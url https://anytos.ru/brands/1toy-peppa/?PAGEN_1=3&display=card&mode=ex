--- v0 (2026-01-02)
+++ v1 (2026-03-03)
@@ -12,62 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t>AUSINI</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;840&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1193&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;ausini&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;AUSINI&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>СТРОМ</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;838&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1191&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;strom&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;СТРОМ&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Плэйдорадо</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;835&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1188&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:11:&amp;quot;pljejdorado&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:20:&amp;quot;Плэйдорадо&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>BONDIBON</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;790&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1141&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;bondibon&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;BONDIBON&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>ВИТЭКС</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;788&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1139&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;vitjeks&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;ВИТЭКС&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
@@ -1249,57 +1255,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D146"/>
+  <dimension ref="A1:D147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="A146" sqref="A146"/>
+      <selection pane="bottomRight" activeCell="A147" sqref="A147"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:4" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
@@ -2991,50 +2997,62 @@
       <c r="D144" s="1"/>
     </row>
     <row r="145" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D145" s="1"/>
     </row>
     <row r="146" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D146" s="1"/>
+    </row>
+    <row r="147" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D147" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>