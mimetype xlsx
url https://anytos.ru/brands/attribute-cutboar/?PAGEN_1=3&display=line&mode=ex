--- v0 (2025-10-26)
+++ v1 (2025-12-23)
@@ -12,62 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t>BONDIBON</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;790&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1141&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;bondibon&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;BONDIBON&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ВИТЭКС</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;788&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1139&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;vitjeks&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;ВИТЭКС&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Belita-M</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;786&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1137&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;belita-m&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;Белита-М&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Citizen</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;785&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1136&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;citizen&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Citizen&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>TOM JERRY</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;781&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1131&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;tomjerry&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;TOM&amp;JERRY&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ZHORYA</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;779&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1129&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;zhorya&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;ZHORYA&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Белита</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;774&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1124&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;belita&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;Белита&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ФЭСТ</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;773&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1123&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;fjest&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;ФЭСТ&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Фабрика фантазий</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;770&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1120&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:16:&amp;quot;fabrika-fantazij&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:31:&amp;quot;Фабрика фантазий&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Smiles</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;764&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1114&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;smiles&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Smiles&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Liv Delano</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;748&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1098&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:10:&amp;quot;liv-delano&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;Liv Delano&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>BelKosmex</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;745&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1095&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;belkosmex&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;BelKosmex&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Аистенок</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;729&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1078&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;aistenok&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:16:&amp;quot;Аистенок&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Ушастый Нянь</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;721&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1069&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:13:&amp;quot;ushastyj-njan&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:23:&amp;quot;Ушастый Нянь&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Belor Design</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;712&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1060&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:11:&amp;quot;belordesign&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:11:&amp;quot;BelorDesign&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>LUXVISAGE</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;711&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1059&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;luxvisage&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;LuxVisage&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>RELOUIS</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;705&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1053&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;relouis&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;RELOUIS&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Карапуз</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;673&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1016&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;karapuz&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Карапуз&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Factis</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;672&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1014&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;factis&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Factis&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Архангельский ЦБК</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;668&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1009&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:16:&amp;quot;arhangelskij-cbk&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:33:&amp;quot;Архангельский ЦБК&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Рантис</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;634&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;972&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;rantis&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;Рантис&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ЭРА</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;633&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;971&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;jera&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;ЭРА&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Спектр</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;631&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;968&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;spektr&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;Спектр&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Эсир</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;602&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;937&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;jesir&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Эсир&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Топ-Спин</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;600&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;935&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;top-spin&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;Топ-Спин&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Пчелка</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;586&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;918&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;pchelka&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;Пчелка&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Красная Звезда</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;585&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;917&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:15:&amp;quot;krasnaja-zvezda&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:27:&amp;quot;Красная Звезда&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Экспоприбор</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;581&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;913&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:12:&amp;quot;jekspopribor&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:22:&amp;quot;Экспоприбор&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Красин</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;578&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;910&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;krasin&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:12:&amp;quot;Красин&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Тридевятое царство</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;577&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;908&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:19:&amp;quot;tridevjatoe-carstvo&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:35:&amp;quot;Тридевятое царство&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Луч</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;573&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;904&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;luch&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Луч&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Стеллар</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;570&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;900&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;stellar&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Стеллар&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>LORI</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;568&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;898&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;lori&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;LORI&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Томик</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;565&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;895&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;tomik&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;Томик&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Crown</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;563&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;893&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;crown&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;Crown&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Castor Land</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;562&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;892&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:11:&amp;quot;castor-land&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:11:&amp;quot;Castor Land&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Лилия Холдинг</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;557&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;881&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:14:&amp;quot;lilija-holding&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:25:&amp;quot;Лилия Холдинг&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ПЗБФ</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;556&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;880&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;pzbf&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;ПЗБФ&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ЗХК</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;555&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;879&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:3:&amp;quot;zhk&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;ЗХК&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ФКБ и КЛ</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;554&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;878&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;fkb-i-kl&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;ФКБ и КЛ&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Алекс</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;551&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;874&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;aleks&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;Алекс&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Комус</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;550&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;873&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;komus&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;Комус&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Снегурочка</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;529&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;846&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:11:&amp;quot;snegurochka&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:20:&amp;quot;Снегурочка&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Свобода</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;527&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;843&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;svoboda&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Свобода&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Регистр</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;524&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;838&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;registr&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Регистр&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Пемолюкс</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;517&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;829&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;pemoljuks&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:16:&amp;quot;Пемолюкс&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Крот</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;503&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;813&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;krot&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Крот&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>3M</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;500&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;630&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:2:&amp;quot;3m&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:2:&amp;quot;3M&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:11:&amp;quot;Три Эм&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Attache</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;494&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;638&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;attache&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Attache&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Bagi</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;492&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;641&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;bagi&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;Bagi&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>BIC</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;487&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;648&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:3:&amp;quot;bic&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:3:&amp;quot;BIC&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Bref</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;485&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;651&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;bref&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;Bref&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Cif</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;481&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;656&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:3:&amp;quot;cif&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:3:&amp;quot;Cif&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
@@ -943,57 +1237,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="A95" sqref="A95"/>
+      <selection pane="bottomRight" activeCell="A144" sqref="A144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:4" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
@@ -2073,50 +2367,638 @@
       <c r="D93" s="1"/>
     </row>
     <row r="94" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D94" s="1"/>
     </row>
     <row r="95" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D95" s="1"/>
+    </row>
+    <row r="96" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D96" s="1"/>
+    </row>
+    <row r="97" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D97" s="1"/>
+    </row>
+    <row r="98" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D98" s="1"/>
+    </row>
+    <row r="99" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D99" s="1"/>
+    </row>
+    <row r="100" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D100" s="1"/>
+    </row>
+    <row r="101" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D101" s="1"/>
+    </row>
+    <row r="102" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D102" s="1"/>
+    </row>
+    <row r="103" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D103" s="1"/>
+    </row>
+    <row r="104" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D104" s="1"/>
+    </row>
+    <row r="105" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D105" s="1"/>
+    </row>
+    <row r="106" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D106" s="1"/>
+    </row>
+    <row r="107" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D107" s="1"/>
+    </row>
+    <row r="108" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D108" s="1"/>
+    </row>
+    <row r="109" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D109" s="1"/>
+    </row>
+    <row r="110" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D110" s="1"/>
+    </row>
+    <row r="111" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D111" s="1"/>
+    </row>
+    <row r="112" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D112" s="1"/>
+    </row>
+    <row r="113" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D113" s="1"/>
+    </row>
+    <row r="114" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D114" s="1"/>
+    </row>
+    <row r="115" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D115" s="1"/>
+    </row>
+    <row r="116" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D116" s="1"/>
+    </row>
+    <row r="117" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D117" s="1"/>
+    </row>
+    <row r="118" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D118" s="1"/>
+    </row>
+    <row r="119" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D119" s="1"/>
+    </row>
+    <row r="120" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D120" s="1"/>
+    </row>
+    <row r="121" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D121" s="1"/>
+    </row>
+    <row r="122" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D122" s="1"/>
+    </row>
+    <row r="123" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D123" s="1"/>
+    </row>
+    <row r="124" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D124" s="1"/>
+    </row>
+    <row r="125" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D125" s="1"/>
+    </row>
+    <row r="126" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D126" s="1"/>
+    </row>
+    <row r="127" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D127" s="1"/>
+    </row>
+    <row r="128" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D128" s="1"/>
+    </row>
+    <row r="129" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D129" s="1"/>
+    </row>
+    <row r="130" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D130" s="1"/>
+    </row>
+    <row r="131" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D131" s="1"/>
+    </row>
+    <row r="132" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D132" s="1"/>
+    </row>
+    <row r="133" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D133" s="1"/>
+    </row>
+    <row r="134" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D134" s="1"/>
+    </row>
+    <row r="135" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D135" s="1"/>
+    </row>
+    <row r="136" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D136" s="1"/>
+    </row>
+    <row r="137" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D137" s="1"/>
+    </row>
+    <row r="138" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D138" s="1"/>
+    </row>
+    <row r="139" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D139" s="1"/>
+    </row>
+    <row r="140" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D140" s="1"/>
+    </row>
+    <row r="141" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D141" s="1"/>
+    </row>
+    <row r="142" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D142" s="1"/>
+    </row>
+    <row r="143" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D143" s="1"/>
+    </row>
+    <row r="144" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D144" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>