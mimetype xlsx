--- v0 (2025-12-23)
+++ v1 (2026-02-15)
@@ -26,50 +26,62 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1004">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
+    <t>Майский</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3932&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4763&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;majskij&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Майский&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Master IQ</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3929&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4760&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;master-iq&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Master IQ&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
     <t>Сказочный патруль</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3880&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4711&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:17:&amp;quot;skazochnyj-patrul&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:33:&amp;quot;Сказочный патруль&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>KOSMOS</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3879&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4710&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;kosmos&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;KOSMOS&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Зайка Ми</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3877&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4708&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;zajka-mi&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;Зайка Ми&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>BudiBasa</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3876&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4707&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;budibasa&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;BudiBasa&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>ПК Лидер</t>
@@ -3012,62 +3024,50 @@
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;876&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1234&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:13:&amp;quot;tri-bogatyrja&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:23:&amp;quot;Три богатыря&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Svetocopy</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;873&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1231&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;svetocopy&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Svetocopy&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>ФИКСИКИ</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;861&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1217&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;fiksiki&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;ФИКСИКИ&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Можга</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;851&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1207&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;mozhga&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;Можга&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>AUSINI</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;840&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1193&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;ausini&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;AUSINI&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
-  </si>
-[...10 lines deleted...]
-    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;835&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1188&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:11:&amp;quot;pljejdorado&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:20:&amp;quot;Плэйдорадо&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>