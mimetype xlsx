--- v0 (2025-11-20)
+++ v1 (2026-01-11)
@@ -12,64 +12,127 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="664">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
+    <t>ROYAL CLIMA</t>
+  </si>
+  <si>
+    <t>BALLU</t>
+  </si>
+  <si>
+    <t>X-ONE</t>
+  </si>
+  <si>
+    <t>ДОМАШНЯЯ КУХНЯ</t>
+  </si>
+  <si>
+    <t>A4TECH</t>
+  </si>
+  <si>
+    <t>WOOZOO</t>
+  </si>
+  <si>
+    <t>LAIMA DENT</t>
+  </si>
+  <si>
+    <t>GLANCE Professional</t>
+  </si>
+  <si>
+    <t>Abtoys</t>
+  </si>
+  <si>
+    <t>Контэнт</t>
+  </si>
+  <si>
+    <t>Выбор есть</t>
+  </si>
+  <si>
+    <t>Escalada</t>
+  </si>
+  <si>
+    <t>UPAK LAND</t>
+  </si>
+  <si>
+    <t>Тикопластик</t>
+  </si>
+  <si>
+    <t>Проект 111</t>
+  </si>
+  <si>
+    <t>Niklen</t>
+  </si>
+  <si>
+    <t>Gratias</t>
+  </si>
+  <si>
+    <t>Valma</t>
+  </si>
+  <si>
+    <t>Beatrees</t>
+  </si>
+  <si>
+    <t>РОКО</t>
+  </si>
+  <si>
+    <t>Moroz.ru</t>
+  </si>
+  <si>
     <t>PRO-BRITE</t>
   </si>
   <si>
     <t>LASER</t>
   </si>
   <si>
     <t>Романтика</t>
   </si>
   <si>
     <t>DIWASH</t>
   </si>
   <si>
     <t>BoomHouse</t>
   </si>
   <si>
     <t>Саянская</t>
   </si>
   <si>
     <t>SCAFFA</t>
   </si>
   <si>
     <t>RABBITEX</t>
   </si>
   <si>
     <t>Do-re-mi</t>
@@ -1878,176 +1941,50 @@
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3962&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4793&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:19:&amp;quot;vileda-professional&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:19:&amp;quot;Vileda Professional&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Comix</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3961&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4792&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;comix&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;Comix&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3960&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4791&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;richard&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Richard&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Curtis</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3959&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4790&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;curtis&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Curtis&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Avikomp</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3934&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4765&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;avikomp&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Avikomp&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
-  </si>
-[...124 lines deleted...]
-    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3814&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4644&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;big-dog&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;BIG DOG™&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5805,1960 +5742,1918 @@
         <v>3</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C342" s="1"/>
       <c r="D342" s="1"/>
     </row>
     <row r="343" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C343" s="1"/>
       <c r="D343" s="1"/>
     </row>
     <row r="344" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="C344" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C344" s="1"/>
       <c r="D344" s="1"/>
     </row>
     <row r="345" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="C345" s="1"/>
       <c r="D345" s="1"/>
     </row>
     <row r="346" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="C346" s="1"/>
       <c r="D346" s="1"/>
     </row>
     <row r="347" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="C347" s="1"/>
       <c r="D347" s="1"/>
     </row>
     <row r="348" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="C348" s="1"/>
       <c r="D348" s="1"/>
     </row>
     <row r="349" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="C349" s="1"/>
       <c r="D349" s="1"/>
     </row>
     <row r="350" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="C350" s="1"/>
       <c r="D350" s="1"/>
     </row>
     <row r="351" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="C351" s="1"/>
       <c r="D351" s="1"/>
     </row>
     <row r="352" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="C352" s="1"/>
       <c r="D352" s="1"/>
     </row>
     <row r="353" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="C353" s="1"/>
       <c r="D353" s="1"/>
     </row>
     <row r="354" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="C354" s="1"/>
       <c r="D354" s="1"/>
     </row>
     <row r="355" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>366</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="C355" s="1"/>
       <c r="D355" s="1"/>
     </row>
     <row r="356" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="C356" s="1"/>
       <c r="D356" s="1"/>
     </row>
     <row r="357" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>370</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="C357" s="1"/>
       <c r="D357" s="1"/>
     </row>
     <row r="358" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>372</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="C358" s="1"/>
       <c r="D358" s="1"/>
     </row>
     <row r="359" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="C359" s="1"/>
       <c r="D359" s="1"/>
     </row>
     <row r="360" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="C360" s="1"/>
       <c r="D360" s="1"/>
     </row>
     <row r="361" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="C361" s="1"/>
       <c r="D361" s="1"/>
     </row>
     <row r="362" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="C362" s="1"/>
       <c r="D362" s="1"/>
     </row>
     <row r="363" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="C363" s="1"/>
       <c r="D363" s="1"/>
     </row>
     <row r="364" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="C364" s="1"/>
       <c r="D364" s="1"/>
     </row>
     <row r="365" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
       <c r="D365" s="1"/>
     </row>
     <row r="366" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>389</v>
+        <v>368</v>
       </c>
       <c r="D366" s="1"/>
     </row>
     <row r="367" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
       <c r="D367" s="1"/>
     </row>
     <row r="368" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="D368" s="1"/>
     </row>
     <row r="369" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>394</v>
+        <v>373</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="D369" s="1"/>
     </row>
     <row r="370" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>396</v>
+        <v>375</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>397</v>
+        <v>376</v>
       </c>
       <c r="D370" s="1"/>
     </row>
     <row r="371" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>398</v>
+        <v>377</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>399</v>
+        <v>378</v>
       </c>
       <c r="D371" s="1"/>
     </row>
     <row r="372" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>400</v>
+        <v>379</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>401</v>
+        <v>380</v>
       </c>
       <c r="D372" s="1"/>
     </row>
     <row r="373" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="D373" s="1"/>
     </row>
     <row r="374" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="D374" s="1"/>
     </row>
     <row r="375" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>406</v>
+        <v>385</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>407</v>
+        <v>386</v>
       </c>
       <c r="D375" s="1"/>
     </row>
     <row r="376" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>408</v>
+        <v>387</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>409</v>
+        <v>388</v>
       </c>
       <c r="D376" s="1"/>
     </row>
     <row r="377" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>410</v>
+        <v>389</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>411</v>
+        <v>390</v>
       </c>
       <c r="D377" s="1"/>
     </row>
     <row r="378" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>412</v>
+        <v>391</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>413</v>
+        <v>392</v>
       </c>
       <c r="D378" s="1"/>
     </row>
     <row r="379" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>414</v>
+        <v>393</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>415</v>
+        <v>394</v>
       </c>
       <c r="D379" s="1"/>
     </row>
     <row r="380" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>416</v>
+        <v>395</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
       <c r="D380" s="1"/>
     </row>
     <row r="381" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>418</v>
+        <v>397</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>419</v>
+        <v>398</v>
       </c>
       <c r="D381" s="1"/>
     </row>
     <row r="382" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>420</v>
+        <v>399</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>421</v>
+        <v>400</v>
       </c>
       <c r="D382" s="1"/>
     </row>
     <row r="383" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
       <c r="D383" s="1"/>
     </row>
     <row r="384" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>424</v>
+        <v>403</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>425</v>
+        <v>404</v>
       </c>
       <c r="D384" s="1"/>
     </row>
     <row r="385" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
       <c r="D385" s="1"/>
     </row>
     <row r="386" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>429</v>
+        <v>408</v>
       </c>
       <c r="D386" s="1"/>
     </row>
     <row r="387" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>431</v>
+        <v>410</v>
       </c>
       <c r="D387" s="1"/>
     </row>
     <row r="388" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>432</v>
+        <v>411</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>433</v>
+        <v>412</v>
       </c>
       <c r="D388" s="1"/>
     </row>
     <row r="389" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>434</v>
+        <v>413</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>435</v>
+        <v>414</v>
       </c>
       <c r="D389" s="1"/>
     </row>
     <row r="390" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>436</v>
+        <v>415</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>437</v>
+        <v>416</v>
       </c>
       <c r="D390" s="1"/>
     </row>
     <row r="391" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>438</v>
+        <v>417</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="D391" s="1"/>
     </row>
     <row r="392" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>440</v>
+        <v>419</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
       <c r="D392" s="1"/>
     </row>
     <row r="393" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>443</v>
+        <v>422</v>
       </c>
       <c r="D393" s="1"/>
     </row>
     <row r="394" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>444</v>
+        <v>423</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>445</v>
+        <v>424</v>
       </c>
       <c r="D394" s="1"/>
     </row>
     <row r="395" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>446</v>
+        <v>425</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>447</v>
+        <v>426</v>
       </c>
       <c r="D395" s="1"/>
     </row>
     <row r="396" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>449</v>
+        <v>428</v>
       </c>
       <c r="D396" s="1"/>
     </row>
     <row r="397" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>450</v>
+        <v>429</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>451</v>
+        <v>430</v>
       </c>
       <c r="D397" s="1"/>
     </row>
     <row r="398" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>452</v>
+        <v>431</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>453</v>
+        <v>432</v>
       </c>
       <c r="D398" s="1"/>
     </row>
     <row r="399" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>454</v>
+        <v>433</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>455</v>
+        <v>434</v>
       </c>
       <c r="D399" s="1"/>
     </row>
     <row r="400" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>456</v>
+        <v>435</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>457</v>
+        <v>436</v>
       </c>
       <c r="D400" s="1"/>
     </row>
     <row r="401" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>458</v>
+        <v>437</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>459</v>
+        <v>438</v>
       </c>
       <c r="D401" s="1"/>
     </row>
     <row r="402" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>460</v>
+        <v>439</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>461</v>
+        <v>440</v>
       </c>
       <c r="D402" s="1"/>
     </row>
     <row r="403" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>462</v>
+        <v>441</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>463</v>
+        <v>442</v>
       </c>
       <c r="D403" s="1"/>
     </row>
     <row r="404" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>464</v>
+        <v>443</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>465</v>
+        <v>444</v>
       </c>
       <c r="D404" s="1"/>
     </row>
     <row r="405" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>466</v>
+        <v>445</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>467</v>
+        <v>446</v>
       </c>
       <c r="D405" s="1"/>
     </row>
     <row r="406" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>468</v>
+        <v>447</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="D406" s="1"/>
     </row>
     <row r="407" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>471</v>
+        <v>450</v>
       </c>
       <c r="D407" s="1"/>
     </row>
     <row r="408" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>472</v>
+        <v>451</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>473</v>
+        <v>452</v>
       </c>
       <c r="D408" s="1"/>
     </row>
     <row r="409" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>474</v>
+        <v>453</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>475</v>
+        <v>454</v>
       </c>
       <c r="D409" s="1"/>
     </row>
     <row r="410" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>477</v>
+        <v>456</v>
       </c>
       <c r="D410" s="1"/>
     </row>
     <row r="411" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>478</v>
+        <v>457</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="D411" s="1"/>
     </row>
     <row r="412" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>480</v>
+        <v>459</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>481</v>
+        <v>460</v>
       </c>
       <c r="D412" s="1"/>
     </row>
     <row r="413" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>482</v>
+        <v>461</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
       <c r="D413" s="1"/>
     </row>
     <row r="414" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>484</v>
+        <v>463</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>485</v>
+        <v>464</v>
       </c>
       <c r="D414" s="1"/>
     </row>
     <row r="415" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>486</v>
+        <v>465</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>487</v>
+        <v>466</v>
       </c>
       <c r="D415" s="1"/>
     </row>
     <row r="416" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>488</v>
+        <v>467</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>489</v>
+        <v>468</v>
       </c>
       <c r="D416" s="1"/>
     </row>
     <row r="417" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>490</v>
+        <v>469</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>491</v>
+        <v>470</v>
       </c>
       <c r="D417" s="1"/>
     </row>
     <row r="418" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>492</v>
+        <v>471</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>493</v>
+        <v>472</v>
       </c>
       <c r="D418" s="1"/>
     </row>
     <row r="419" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
       <c r="D419" s="1"/>
     </row>
     <row r="420" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>497</v>
+        <v>476</v>
       </c>
       <c r="D420" s="1"/>
     </row>
     <row r="421" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>498</v>
+        <v>477</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
       <c r="D421" s="1"/>
     </row>
     <row r="422" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
       <c r="D422" s="1"/>
     </row>
     <row r="423" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>502</v>
+        <v>481</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>503</v>
+        <v>482</v>
       </c>
       <c r="D423" s="1"/>
     </row>
     <row r="424" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>505</v>
+        <v>484</v>
       </c>
       <c r="D424" s="1"/>
     </row>
     <row r="425" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>506</v>
+        <v>485</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>507</v>
+        <v>486</v>
       </c>
       <c r="D425" s="1"/>
     </row>
     <row r="426" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>508</v>
+        <v>487</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>509</v>
+        <v>488</v>
       </c>
       <c r="D426" s="1"/>
     </row>
     <row r="427" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>510</v>
+        <v>489</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>511</v>
+        <v>490</v>
       </c>
       <c r="D427" s="1"/>
     </row>
     <row r="428" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>512</v>
+        <v>491</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>513</v>
+        <v>492</v>
       </c>
       <c r="D428" s="1"/>
     </row>
     <row r="429" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>514</v>
+        <v>493</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>515</v>
+        <v>494</v>
       </c>
       <c r="D429" s="1"/>
     </row>
     <row r="430" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>516</v>
+        <v>495</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>517</v>
+        <v>496</v>
       </c>
       <c r="D430" s="1"/>
     </row>
     <row r="431" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>518</v>
+        <v>497</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>519</v>
+        <v>498</v>
       </c>
       <c r="D431" s="1"/>
     </row>
     <row r="432" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>520</v>
+        <v>499</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>521</v>
+        <v>500</v>
       </c>
       <c r="D432" s="1"/>
     </row>
     <row r="433" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>522</v>
+        <v>501</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>523</v>
+        <v>502</v>
       </c>
       <c r="D433" s="1"/>
     </row>
     <row r="434" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>525</v>
+        <v>504</v>
       </c>
       <c r="D434" s="1"/>
     </row>
     <row r="435" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>526</v>
+        <v>505</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>527</v>
+        <v>506</v>
       </c>
       <c r="D435" s="1"/>
     </row>
     <row r="436" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>528</v>
+        <v>507</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>529</v>
+        <v>508</v>
       </c>
       <c r="D436" s="1"/>
     </row>
     <row r="437" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>530</v>
+        <v>509</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>531</v>
+        <v>510</v>
       </c>
       <c r="D437" s="1"/>
     </row>
     <row r="438" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>532</v>
+        <v>511</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>533</v>
+        <v>512</v>
       </c>
       <c r="D438" s="1"/>
     </row>
     <row r="439" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>534</v>
+        <v>513</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>535</v>
+        <v>514</v>
       </c>
       <c r="D439" s="1"/>
     </row>
     <row r="440" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>536</v>
+        <v>515</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>537</v>
+        <v>516</v>
       </c>
       <c r="D440" s="1"/>
     </row>
     <row r="441" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>539</v>
+        <v>518</v>
       </c>
       <c r="D441" s="1"/>
     </row>
     <row r="442" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>540</v>
+        <v>519</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>541</v>
+        <v>520</v>
       </c>
       <c r="D442" s="1"/>
     </row>
     <row r="443" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>542</v>
+        <v>521</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>543</v>
+        <v>522</v>
       </c>
       <c r="D443" s="1"/>
     </row>
     <row r="444" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="D444" s="1"/>
     </row>
     <row r="445" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>546</v>
+        <v>525</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>547</v>
+        <v>526</v>
       </c>
       <c r="D445" s="1"/>
     </row>
     <row r="446" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>548</v>
+        <v>527</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>549</v>
+        <v>528</v>
       </c>
       <c r="D446" s="1"/>
     </row>
     <row r="447" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>550</v>
+        <v>529</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>551</v>
+        <v>530</v>
       </c>
       <c r="D447" s="1"/>
     </row>
     <row r="448" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>552</v>
+        <v>531</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>553</v>
+        <v>532</v>
       </c>
       <c r="D448" s="1"/>
     </row>
     <row r="449" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>554</v>
+        <v>533</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>555</v>
+        <v>534</v>
       </c>
       <c r="D449" s="1"/>
     </row>
     <row r="450" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>556</v>
+        <v>535</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>557</v>
+        <v>536</v>
       </c>
       <c r="D450" s="1"/>
     </row>
     <row r="451" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>558</v>
+        <v>537</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>559</v>
+        <v>538</v>
       </c>
       <c r="D451" s="1"/>
     </row>
     <row r="452" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>560</v>
+        <v>539</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>561</v>
+        <v>540</v>
       </c>
       <c r="D452" s="1"/>
     </row>
     <row r="453" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>562</v>
+        <v>541</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>563</v>
+        <v>542</v>
       </c>
       <c r="D453" s="1"/>
     </row>
     <row r="454" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>564</v>
+        <v>543</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>565</v>
+        <v>544</v>
       </c>
       <c r="D454" s="1"/>
     </row>
     <row r="455" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>566</v>
+        <v>545</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>567</v>
+        <v>546</v>
       </c>
       <c r="D455" s="1"/>
     </row>
     <row r="456" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>568</v>
+        <v>547</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="D456" s="1"/>
     </row>
     <row r="457" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>570</v>
+        <v>549</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>571</v>
+        <v>550</v>
       </c>
       <c r="D457" s="1"/>
     </row>
     <row r="458" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>572</v>
+        <v>551</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>573</v>
+        <v>552</v>
       </c>
       <c r="D458" s="1"/>
     </row>
     <row r="459" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>574</v>
+        <v>553</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>575</v>
+        <v>554</v>
       </c>
       <c r="D459" s="1"/>
     </row>
     <row r="460" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>576</v>
+        <v>555</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>577</v>
+        <v>556</v>
       </c>
       <c r="D460" s="1"/>
     </row>
     <row r="461" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>578</v>
+        <v>557</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>579</v>
+        <v>558</v>
       </c>
       <c r="D461" s="1"/>
     </row>
     <row r="462" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>580</v>
+        <v>559</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>581</v>
+        <v>560</v>
       </c>
       <c r="D462" s="1"/>
     </row>
     <row r="463" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>582</v>
+        <v>561</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>583</v>
+        <v>562</v>
       </c>
       <c r="D463" s="1"/>
     </row>
     <row r="464" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>584</v>
+        <v>563</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="D464" s="1"/>
     </row>
     <row r="465" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>587</v>
+        <v>566</v>
       </c>
       <c r="D465" s="1"/>
     </row>
     <row r="466" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>588</v>
+        <v>567</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>589</v>
+        <v>568</v>
       </c>
       <c r="D466" s="1"/>
     </row>
     <row r="467" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>590</v>
+        <v>569</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>591</v>
+        <v>570</v>
       </c>
       <c r="D467" s="1"/>
     </row>
     <row r="468" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>592</v>
+        <v>571</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>593</v>
+        <v>572</v>
       </c>
       <c r="D468" s="1"/>
     </row>
     <row r="469" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>594</v>
+        <v>573</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>595</v>
+        <v>574</v>
       </c>
       <c r="D469" s="1"/>
     </row>
     <row r="470" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>596</v>
+        <v>575</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>597</v>
+        <v>576</v>
       </c>
       <c r="D470" s="1"/>
     </row>
     <row r="471" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>599</v>
+        <v>578</v>
       </c>
       <c r="D471" s="1"/>
     </row>
     <row r="472" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>600</v>
+        <v>579</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>601</v>
+        <v>580</v>
       </c>
       <c r="D472" s="1"/>
     </row>
     <row r="473" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>602</v>
+        <v>581</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>603</v>
+        <v>582</v>
       </c>
       <c r="D473" s="1"/>
     </row>
     <row r="474" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>604</v>
+        <v>583</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>605</v>
+        <v>584</v>
       </c>
       <c r="D474" s="1"/>
     </row>
     <row r="475" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>606</v>
+        <v>585</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>607</v>
+        <v>586</v>
       </c>
       <c r="D475" s="1"/>
     </row>
     <row r="476" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>608</v>
+        <v>587</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>609</v>
+        <v>588</v>
       </c>
       <c r="D476" s="1"/>
     </row>
     <row r="477" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>610</v>
+        <v>589</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>611</v>
+        <v>590</v>
       </c>
       <c r="D477" s="1"/>
     </row>
     <row r="478" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>612</v>
+        <v>591</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>613</v>
+        <v>592</v>
       </c>
       <c r="D478" s="1"/>
     </row>
     <row r="479" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>614</v>
+        <v>593</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>615</v>
+        <v>594</v>
       </c>
       <c r="D479" s="1"/>
     </row>
     <row r="480" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="D480" s="1"/>
     </row>
     <row r="481" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>618</v>
+        <v>597</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>619</v>
+        <v>598</v>
       </c>
       <c r="D481" s="1"/>
     </row>
     <row r="482" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>620</v>
+        <v>599</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>621</v>
+        <v>600</v>
       </c>
       <c r="D482" s="1"/>
     </row>
     <row r="483" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>622</v>
+        <v>601</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>623</v>
+        <v>602</v>
       </c>
       <c r="D483" s="1"/>
     </row>
     <row r="484" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>624</v>
+        <v>603</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>625</v>
+        <v>604</v>
       </c>
       <c r="D484" s="1"/>
     </row>
     <row r="485" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>626</v>
+        <v>605</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>627</v>
+        <v>606</v>
       </c>
       <c r="D485" s="1"/>
     </row>
     <row r="486" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>628</v>
+        <v>607</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>629</v>
+        <v>608</v>
       </c>
       <c r="D486" s="1"/>
     </row>
     <row r="487" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>630</v>
+        <v>609</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>631</v>
+        <v>610</v>
       </c>
       <c r="D487" s="1"/>
     </row>
     <row r="488" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>633</v>
+        <v>612</v>
       </c>
       <c r="D488" s="1"/>
     </row>
     <row r="489" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>634</v>
+        <v>613</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>635</v>
+        <v>614</v>
       </c>
       <c r="D489" s="1"/>
     </row>
     <row r="490" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>636</v>
+        <v>615</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>637</v>
+        <v>616</v>
       </c>
       <c r="D490" s="1"/>
     </row>
     <row r="491" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>638</v>
+        <v>617</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>639</v>
+        <v>618</v>
       </c>
       <c r="D491" s="1"/>
     </row>
     <row r="492" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>641</v>
+        <v>620</v>
       </c>
       <c r="D492" s="1"/>
     </row>
     <row r="493" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>643</v>
+        <v>622</v>
       </c>
       <c r="D493" s="1"/>
     </row>
     <row r="494" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>644</v>
+        <v>623</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="D494" s="1"/>
     </row>
     <row r="495" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="D495" s="1"/>
     </row>
     <row r="496" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="D496" s="1"/>
     </row>
     <row r="497" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
       <c r="D497" s="1"/>
     </row>
     <row r="498" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="D498" s="1"/>
     </row>
     <row r="499" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="D499" s="1"/>
     </row>
     <row r="500" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>656</v>
+        <v>635</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="D500" s="1"/>
     </row>
     <row r="501" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>659</v>
+        <v>638</v>
       </c>
       <c r="D501" s="1"/>
     </row>
     <row r="502" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>660</v>
+        <v>639</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>661</v>
+        <v>640</v>
       </c>
       <c r="D502" s="1"/>
     </row>
     <row r="503" spans="1:4" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>662</v>
+        <v>641</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>663</v>
+        <v>642</v>
       </c>
       <c r="D503" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>