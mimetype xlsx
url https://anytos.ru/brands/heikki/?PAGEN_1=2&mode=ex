--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -26,50 +26,68 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1004">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
+    <t>ATTRIBUTE</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3516&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4343&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;attribute&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;ATTRIBUTE&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Рот Фронт</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3480&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4306&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;rot-front&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:17:&amp;quot;Рот Фронт&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>HIT IMAGINATION</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3474&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4299&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:15:&amp;quot;hit-imagination&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;HIT IMAGINATION&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
     <t>Woodland</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3453&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4276&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;woodland&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Woodland&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>SOMAT</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3440&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4263&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;somat&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;SOMAT&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Berlingo</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3439&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4262&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;berlingo&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;BERLINGO*&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Snowstorm</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3415&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4008&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;snowstorm&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Snowstorm&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Компания игрушки</t>
@@ -3006,68 +3024,50 @@
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;524&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;838&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;registr&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Регистр&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Пемолюкс</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;517&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;829&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;pemoljuks&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:16:&amp;quot;Пемолюкс&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Крот</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;503&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;813&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;krot&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Крот&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;500&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;630&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:2:&amp;quot;3m&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:2:&amp;quot;3M&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:11:&amp;quot;Три Эм&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Attache</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;494&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;638&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;attache&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Attache&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
-  </si>
-[...16 lines deleted...]
-    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;485&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;651&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;bref&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;Bref&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>