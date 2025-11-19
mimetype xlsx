--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -26,50 +26,248 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1004">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
+    <t xml:space="preserve">ALBION </t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3813&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4643&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;albion&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;ALBION™&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Amico</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3791&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4621&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;amico&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Ami&amp;Co™&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Love is...</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3786&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4616&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;love-is&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:10:&amp;quot;Love is...&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Lucky</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3785&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4615&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;lucky&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;Lucky&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Динаком</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3782&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4612&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;dinakom&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Динаком&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Феникс-Премьер</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3774&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4604&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:13:&amp;quot;feniks-premer&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:27:&amp;quot;Феникс-Премьер&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Невская Косметика</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3762&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4592&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:18:&amp;quot;nevskaja-kosmetika&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:33:&amp;quot;Невская Косметика&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Familia</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3752&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4582&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;familia&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Familia&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>STAFF</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3724&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4554&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;staff&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;STAFF&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Бабаевский</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3722&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4552&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:10:&amp;quot;babaevskij&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:20:&amp;quot;Бабаевский&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Coca-Cola</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3721&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4551&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;coca-cola&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Coca-Cola&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Maitre</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3718&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4548&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;maitre&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Maitre&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Шармэль</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3711&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4541&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;sharmjel&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Шармэль&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Бон Пари</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3710&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4540&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;bon-pari&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;Бон Пари&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Neogift</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3706&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4536&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;neogift&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;Neogift&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENLIGHTEN  Brick </t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3703&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4533&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:15:&amp;quot;enlighten-brick&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:17:&amp;quot;ENLIGHTEN &amp;#40;Brick&amp;#41;&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ORIGAMI</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3702&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4532&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;origami&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;ORIGAMI&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>YAKO</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3697&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4527&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;yako&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;YAKO&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Merci</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3696&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4526&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;merci&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;Merci&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Красный Октябрь</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3680&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4508&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:15:&amp;quot;krasnyj-oktjabr&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:29:&amp;quot;Красный Октябрь&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>БОС-Плюс</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3669&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4496&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;bos-pljus&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;БОС-Плюс&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Jacobs</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3666&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4493&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;jacobs&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Jacobs&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Decola</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3665&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4492&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;decola&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Decola&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Tess</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3661&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4488&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;tess&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;Tess&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Mr. Muscle</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3660&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4487&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;mrmuscle&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Mr.Muscle&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Sanfor</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3659&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4486&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;sanfor&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Sanfor&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Курт</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3641&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4468&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;kurt&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Курт&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Союз</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3614&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4441&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;sojuz&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Союз&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>NERF</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3594&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4421&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;nerf&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;NERF&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Profit</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3568&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4395&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;profit&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Profit&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>ATTRIBUTE</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3516&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4343&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;attribute&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;ATTRIBUTE&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>Рот Фронт</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3480&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4306&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;rot-front&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:17:&amp;quot;Рот Фронт&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
+    <t>HIT IMAGINATION</t>
+  </si>
+  <si>
+    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3474&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4299&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:15:&amp;quot;hit-imagination&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:15:&amp;quot;HIT IMAGINATION&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
+  </si>
+  <si>
     <t>Woodland</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3453&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4276&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;woodland&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:8:&amp;quot;Woodland&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>SOMAT</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3440&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4263&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:5:&amp;quot;somat&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:5:&amp;quot;SOMAT&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Berlingo</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3439&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4262&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:8:&amp;quot;berlingo&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;BERLINGO*&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Snowstorm</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:4:&amp;quot;3415&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;4008&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;snowstorm&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;Snowstorm&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Компания игрушки</t>
@@ -2826,248 +3024,50 @@
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;712&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1060&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:11:&amp;quot;belordesign&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:11:&amp;quot;BelorDesign&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>LUXVISAGE</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;711&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1059&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:9:&amp;quot;luxvisage&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:9:&amp;quot;LuxVisage&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>RELOUIS</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;705&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1053&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;relouis&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:7:&amp;quot;RELOUIS&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Карапуз</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;673&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1016&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:7:&amp;quot;karapuz&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:14:&amp;quot;Карапуз&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
   <si>
     <t>Factis</t>
   </si>
   <si>
     <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;672&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:4:&amp;quot;1014&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:6:&amp;quot;factis&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:6:&amp;quot;Factis&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
-  </si>
-[...196 lines deleted...]
-    <t>a:14:{s:2:&amp;quot;id&amp;quot;;s:3:&amp;quot;485&amp;quot;;s:6:&amp;quot;old_id&amp;quot;;s:3:&amp;quot;651&amp;quot;;s:3:&amp;quot;img&amp;quot;;s:0:&amp;quot;&amp;quot;;s:3:&amp;quot;url&amp;quot;;s:4:&amp;quot;bref&amp;quot;;s:5:&amp;quot;title&amp;quot;;s:4:&amp;quot;Bref&amp;quot;;s:9:&amp;quot;title_sin&amp;quot;;s:0:&amp;quot;&amp;quot;;s:10:&amp;quot;title_sin2&amp;quot;;s:0:&amp;quot;&amp;quot;;s:8:&amp;quot;keywords&amp;quot;;N;s:11:&amp;quot;description&amp;quot;;N;s:7:&amp;quot;context&amp;quot;;N;s:6:&amp;quot;active&amp;quot;;s:1:&amp;quot;1&amp;quot;;s:6:&amp;quot;ins_dt&amp;quot;;s:19:&amp;quot;2019-09-23 20:55:03&amp;quot;;s:8:&amp;quot;ins_user&amp;quot;;s:1:&amp;quot;0&amp;quot;;s:3:&amp;quot;del&amp;quot;;s:1:&amp;quot;0&amp;quot;;}</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>