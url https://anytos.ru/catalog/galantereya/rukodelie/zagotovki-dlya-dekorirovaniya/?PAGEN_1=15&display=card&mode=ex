--- v0 (2026-01-27)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -170,59 +170,50 @@
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. КОТЕНОК, 140 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01e/y5enbjyhhqhw1ht9suqd4m0g30k02qwj.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. МЕДВЕЖОНОК 100 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92e/qhgupil4lr3aeke9sltqmyfp3diutvrv.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ПОЛУСФЕРЫ 40 ММ, 10 ШТ.</t>
   </si>
   <si>
     <t>840313</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb1/qs71sf2b6785srb7lzbfddpz9mhvg0ud.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/60c/nxsi4j8x99n1euak3hc25o6alvpdalgp.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. СЕРДЕЧКИ-КАПЛИ, 75 ММ, 4 ШТ.</t>
   </si>
   <si>
     <t>840316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/415/3dyizipg7uzt4z4vt7bf6wmiv78ie4xl.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. СНЕГОВИК, 160 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/893/gcrxy0dteueet4iz0lpmp6zxjl0ikbpd.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. СНЕЖИНКА, ? 130 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840318</t>
@@ -701,159 +692,123 @@
   <si>
     <t>ПРОВОЛОКА ДЛЯ ДЕКОРА И ПЛЕТЕНИЯ МЯГКАЯ, ? 2 ММ, 3 М., СИНЯЯ</t>
   </si>
   <si>
     <t>955964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/799/1igxhv2it2i68zz9s5cm9tbkynxqx0qb.jpeg</t>
   </si>
   <si>
     <t>ПРОВОЛОКА ДЛЯ ДЕКОРА И ПЛЕТЕНИЯ МЯГКАЯ, ? 3 ММ, 3 М., ЗОЛОТАЯ</t>
   </si>
   <si>
     <t>955965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/417/maxtv4jgfgzoxr5mm1o3io20k828gho5.jpeg</t>
   </si>
   <si>
     <t>ПРОВОЛОКА ДЛЯ ДЕКОРА И ПЛЕТЕНИЯ МЯГКАЯ, ? 3 ММ, 3 М., СЕРЕБРЯНАЯ</t>
   </si>
   <si>
     <t>955966</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f7/n4jc4q1i4qnf3a4lpv3ejzbk08nfmrqh.jpg</t>
-[...8 lines deleted...]
-    <t>959679</t>
+    <t>http://anytos.ru//upload/iblock/5ad/5dvbbjlvutc6bzusimxpftvsgjk8rzdh.jpg</t>
+  </si>
+  <si>
+    <t>Шары из пенопласта, 60 мм, 6 шт., ОСТРОВ СОКРОВИЩ, 665367</t>
+  </si>
+  <si>
+    <t>Пенопластовые заготовки ОСТРОВ СОКРОВИЩ прекрасно подойдут для занятий декупажом, скрапбукингом, для изготовления елочных игрушек. Заготовки просты в использовании, универсальны и прекрасно сочетаются с другими товарами торговой марки. Предоставляют безграничное число возможностей для реализации самых разнообразных творческих идей. Изготовлены из пенопласта белого цвета. В наборе 6 заготовок шарообразной формы. Предназначены для детей от 3 лет. Диаметр - 60 мм. Поставляются в пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>974860</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0a/6j3wmhthe939zv7i7thzp79n4wj6rtee.jpg</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок, 10 cм, 5 штук, BRAUBERG HOBBY, 665394</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 10 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 10 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 10 половинок образуются 5 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>995292</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>5</t>
-[...16 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ad/5dvbbjlvutc6bzusimxpftvsgjk8rzdh.jpg</t>
-[...20 lines deleted...]
-    <t>974861</t>
+    <t>http://anytos.ru//upload/iblock/5ce/2pgiyoyc2607er7u957bc824ntu34dx1.jpg</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок, 100 мм, 10 штук, BRAUBERG HOBBY, 665395</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 20 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 10 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить для образования петли для подвешивания. Таким образом из 20 половинок образуются 10 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Шарики можно заполнить сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку, которая надежно защищает от влаги и деформирования.Пластиковые шары относятся к товарам средней ценовой категории. Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>995293</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a61/t3nzv9p8tzz7znqyv7qjumoxxh0ifs8w.jpg</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок, 12 см., 2 штуки, BRAUBERG HOBBY, 665396</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 4 половинки &amp;#40;полусферы&amp;#41; из прозрачного пластика диаметром 12 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 4 половинок образуются 2 прозрачных пластиковых шара, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>995294</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/186/rvd3diyjv0aun43uuu9ue7uzx7rkrpek.jpg</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок, 7 см., 5 штук, BRAUBERG HOBBY, 665390</t>
+  </si>
+  <si>
+    <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 10 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 7 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 10 половинок образуются 5 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>995295</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...46 lines deleted...]
-    <t>995295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed2/qhczemi0jdxd9wwk340bt0zhzvy0iwet.jpg</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок, 8 см, 5 штук, BRAUBERG HOBBY, 665391</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 10 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 8 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 10 половинок образуются 5 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>995296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14b/9v1zo5lhl6vehdbpdf7w3d1dvyuwnd5d.jpg</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок, 8 см., 10 штук, BRAUBERG HOBBY, 665392</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 20 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 8 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 20 половинок образуются 10 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>995297</t>
   </si>
@@ -1216,57 +1171,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L81"/>
+  <dimension ref="A1:L77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G81" sqref="G81"/>
+      <selection pane="bottomRight" activeCell="G77" sqref="G77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -1823,1198 +1778,1109 @@
       </c>
       <c r="B30" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>15</v>
+        <v>113</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G42" s="3" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>159</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>207</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>216</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>116</v>
+        <v>230</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>137</v>
+        <v>231</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B72" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G72" s="3" t="s">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
+        <v>237</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>240</v>
-[...91 lines deleted...]
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">