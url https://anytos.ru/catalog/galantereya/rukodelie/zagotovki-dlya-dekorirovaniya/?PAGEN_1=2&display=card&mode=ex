--- v0 (2025-10-16)
+++ v1 (2026-01-28)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/537/orlg75dg1qlu0xbiqmi41qd5chdwo39x.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ЕЛОЧКА С ОРНАМЕНТОМ, 140 ММ, 1ШТ.</t>
   </si>
   <si>
     <t>Заготовки для декорирования</t>
   </si>
   <si>
     <t>840297</t>
   </si>
   <si>
     <t>1</t>
@@ -152,86 +161,68 @@
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ЗВЕЗДОЧКИ, 75 ММ, 4 ШТ.</t>
   </si>
   <si>
     <t>840306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67f/7gnq6lgx10nfp7zpjzgk6mcs3l3g4pof.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. КОТЕНОК, 140 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01e/y5enbjyhhqhw1ht9suqd4m0g30k02qwj.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. МЕДВЕЖОНОК 100 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840310</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c6/ad54qkhcbhlrzh6e00hkll4g38vmlho9.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92e/qhgupil4lr3aeke9sltqmyfp3diutvrv.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ПОЛУСФЕРЫ 40 ММ, 10 ШТ.</t>
   </si>
   <si>
     <t>840313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb1/qs71sf2b6785srb7lzbfddpz9mhvg0ud.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ПОЛУСФЕРЫ 50 ММ, 7 ШТ.</t>
   </si>
   <si>
     <t>840314</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/acf/51eb51kadb9t1zvhei3lvv45w9mwpv2a.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/60c/nxsi4j8x99n1euak3hc25o6alvpdalgp.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. СЕРДЕЧКИ-КАПЛИ, 75 ММ, 4 ШТ.</t>
   </si>
   <si>
     <t>840316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/415/3dyizipg7uzt4z4vt7bf6wmiv78ie4xl.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. СНЕГОВИК, 160 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/893/gcrxy0dteueet4iz0lpmp6zxjl0ikbpd.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. СНЕЖИНКА, ? 130 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840318</t>
@@ -260,59 +251,50 @@
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ШАР 100 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbe/d11fogowddky7h3nlti6cr60zfoo7rem.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ШАР 120 ММ, 1 ШТ.</t>
   </si>
   <si>
     <t>840322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cb/xn9lengx02gvxm11150gngs8s3ylya72.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ШАР ФИГУРНЫЙ, 80 ММ, 3 ШТ.</t>
   </si>
   <si>
     <t>840324</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c3e/vkz91f7foq6thaxfjoptf8720j34ce0o.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/17f/hhcsxpbs13h9t5sjc8gwi7jj7kch4fqb.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ШАРЫ 60 ММ, 4 ШТ.</t>
   </si>
   <si>
     <t>840328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b24/2f0d5ij5ep7nsvf9yizk292x2fx9vmmm.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ШАРЫ 90 ММ, 2 ШТ.</t>
   </si>
   <si>
     <t>840329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52c/y17vv0krbfl326p0khnv2r8q5sjwzi0i.jpeg</t>
   </si>
   <si>
     <t>ПЕНОПЛАСТОВЫЕ ФИГУРКИ. ШАРЫ, 75 ММ, 2 ШТ.</t>
   </si>
   <si>
     <t>840330</t>
@@ -737,119 +719,95 @@
   <si>
     <t>ПРОВОЛОКА ДЛЯ ДЕКОРА И ПЛЕТЕНИЯ МЯГКАЯ, ? 3 ММ, 3 М., СЕРЕБРЯНАЯ</t>
   </si>
   <si>
     <t>955966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/n4jc4q1i4qnf3a4lpv3ejzbk08nfmrqh.jpg</t>
   </si>
   <si>
     <t>Заготовки для творчества деревянные, круглые, 5 шт., диаметр: 10-20-30 см, BRAUBERG HOBBY, 665314</t>
   </si>
   <si>
     <t>Доски деревянные для творчества BRAUBERG HOBBY подходят для выполнения работ по выжиганию, росписи красками и выпиливания. Из доски можно вырезать праздничную открытку или сделать кухонную разделочную доску, создать красивую картину или памятный кулон. Товар предназначен для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 5 досок толщиной 3 мм, круглой формы и 3 видами диаметра: 10 см &amp;#40;2 шт.&amp;#41;, 20 см &amp;#40;2 шт.&amp;#41;, 30 см &amp;#40;1 шт.&amp;#41;. Заготовки из фанеры сорта 1/1 отличаются светлым тоном и почти полным отсутствием дефектов на поверхности. Изделия упакованы в термоусадочную пленку для надежного предохранения от влаги и деформирования.Деревянное полотно достаточно плотное, при резке не ломается, благодаря чему из него можно с легкостью моделировать изделия любой формы. Поверхность тщательно отшлифована и подходит не только для рисования и выжигания по дереву, но и для декупажа. Для росписи рекомендуется использовать акриловые краски, рисовать можно трафаретным методом или по эскизам.Деревянная заготовка относится к товарам средней ценовой категории. Срок годности не ограничен.Деревянная заготовка BRAUBERG HOBBY станет замечательным подарком для детей и взрослых, увлекающихся творчеством. Благодаря такому изделию можно стать мастером декора, научиться создавать настоящие произведение искусства.Деревянная заготовка BRAUBERG HOBBY дает простор для творчества, позволяя нанести на поверхность любое изображение, впоследствии выжечь его или раскрасить красками. От изделия, изготовленного своими руками, веет безмятежностью, умиротворением и теплом, а сама работа с деревянными заготовками всегда приносит настоящее удовольствие.</t>
   </si>
   <si>
     <t>959679</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b40/ufiihbdoufvcvnjuv8wkf3hjakbmw3d6.jpg</t>
-[...8 lines deleted...]
-    <t>974857</t>
+    <t>http://anytos.ru//upload/iblock/b99/aieeywd2kntvcmtprhs05xd682sb649i.jpg</t>
+  </si>
+  <si>
+    <t>Шары из пенопласта, 120 мм, 4 шт., ОСТРОВ СОКРОВИЩ, 665370</t>
+  </si>
+  <si>
+    <t>Пенопластовые заготовки ОСТРОВ СОКРОВИЩ прекрасно подойдут для занятий декупажом, скрапбукингом, для изготовления елочных игрушек. Заготовки просты в использовании, универсальны и прекрасно сочетаются с другими товарами торговой марки. Предоставляют безграничное число возможностей для реализации самых разнообразных творческих идей. Изготовлены из пенопласта белого цвета. В наборе 4 заготовки шарообразной формы. Предназначены для детей от 3 лет. Диаметр - 120 мм. Поставляются в пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>974859</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2aa/hwwem2j67y78igvhomo6mxvq91r089br.jpg</t>
-[...8 lines deleted...]
-    <t>974858</t>
+    <t>http://anytos.ru//upload/iblock/5ad/5dvbbjlvutc6bzusimxpftvsgjk8rzdh.jpg</t>
+  </si>
+  <si>
+    <t>Шары из пенопласта, 60 мм, 6 шт., ОСТРОВ СОКРОВИЩ, 665367</t>
+  </si>
+  <si>
+    <t>Пенопластовые заготовки ОСТРОВ СОКРОВИЩ прекрасно подойдут для занятий декупажом, скрапбукингом, для изготовления елочных игрушек. Заготовки просты в использовании, универсальны и прекрасно сочетаются с другими товарами торговой марки. Предоставляют безграничное число возможностей для реализации самых разнообразных творческих идей. Изготовлены из пенопласта белого цвета. В наборе 6 заготовок шарообразной формы. Предназначены для детей от 3 лет. Диаметр - 60 мм. Поставляются в пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>974860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec3/emku3mcjan3q6qcbuetzghxbo9sbh7u7.jpg</t>
+  </si>
+  <si>
+    <t>Шары из пенопласта, 80 мм, 6 шт., ОСТРОВ СОКРОВИЩ, 665368</t>
+  </si>
+  <si>
+    <t>Пенопластовые заготовки ОСТРОВ СОКРОВИЩ прекрасно подойдут для занятий декупажом, скрапбукингом, для изготовления елочных игрушек. Заготовки просты в использовании, универсальны и прекрасно сочетаются с другими товарами торговой марки. Предоставляют безграничное число возможностей для реализации самых разнообразных творческих идей. Изготовлены из пенопласта белого цвета. В наборе 6 заготовок шарообразной формы. Предназначены для детей от 3 лет. Диаметр - 80 мм. Поставляются в пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>974861</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b99/aieeywd2kntvcmtprhs05xd682sb649i.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b0a/6j3wmhthe939zv7i7thzp79n4wj6rtee.jpg</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок, 10 cм, 5 штук, BRAUBERG HOBBY, 665394</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 10 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 10 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 10 половинок образуются 5 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>995292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ce/2pgiyoyc2607er7u957bc824ntu34dx1.jpg</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок, 100 мм, 10 штук, BRAUBERG HOBBY, 665395</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 20 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 10 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить для образования петли для подвешивания. Таким образом из 20 половинок образуются 10 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Шарики можно заполнить сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку, которая надежно защищает от влаги и деформирования.Пластиковые шары относятся к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>995293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a61/t3nzv9p8tzz7znqyv7qjumoxxh0ifs8w.jpg</t>
@@ -888,62 +846,50 @@
     <t>995296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14b/9v1zo5lhl6vehdbpdf7w3d1dvyuwnd5d.jpg</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок, 8 см., 10 штук, BRAUBERG HOBBY, 665392</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 20 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 8 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить, чтобы получилась петля для подвешивания. Таким образом из 20 половинок образуются 10 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>995297</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f2/1wrlq7mr6zwy87px5d2aid1jvgo0bfbe.jpg</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок, 9 cм, 5 штук, BRAUBERG HOBBY, 665393</t>
   </si>
   <si>
     <t>Пластиковые шары для поделок BRAUBERG HOBBY предназначены для создания уникальных новогодних украшений, красочных поделок и аксессуаров для дома. Пластиковые шары для поделок BRAUBERG HOBBY предназначены для взрослых, увлекающихся творчеством, и детей старше 3 лет. В набор входят 10 половинок &amp;#40;полусфер&amp;#41; из прозрачного пластика диаметром 9 см. Они имеют удобную конструкцию с &amp;quot;ушками&amp;quot;, которые необходимо соединить для образования петли для подвешивания. Таким образом из 10 половинок образуются 5 прозрачных пластиковых шаров, являющихся замечательными заготовками как для новогоднего творчества, так и для интерьерных украшений – гирлянд, фотоподелок, мобиля. Можно заполнить шарики сладостями, конфетти, светодиодными свечами, фруктами или другими мелочами, добавить украшение из бархата или перьев, чтобы создать эффектный декор. Получившиеся изделия станут оригинальным украшением или подарком. От них веет безмятежностью и умиротворением, а сам процесс работы всегда приносит настоящее удовольствие.Товар упакован в картонную подарочную коробку для надежного предохранения от влаги и деформирования.Пластиковые шары относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>995298</t>
-  </si>
-[...10 lines deleted...]
-    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1270,1922 +1216,1805 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:L81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G87" sqref="G87"/>
+      <selection pane="bottomRight" activeCell="G81" sqref="G81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="C43" s="1" t="s">
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...81 lines deleted...]
-    <row r="47" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>122</v>
+        <v>239</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="G73" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...6 lines deleted...]
-    <row r="74" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>239</v>
       </c>
       <c r="G74" s="3" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G75" s="3" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="75" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...22 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G78" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...54 lines deleted...]
-      <c r="G78" s="3" t="s">
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G79" s="3" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...22 lines deleted...]
-    <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>12</v>
-[...137 lines deleted...]
-        <v>12</v>
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">