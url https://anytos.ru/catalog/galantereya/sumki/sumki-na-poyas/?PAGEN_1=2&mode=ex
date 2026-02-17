--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -12,173 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
-    <t>Торговая марка</t>
-[...1 lines deleted...]
-  <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba6/9w1p6x1u34g562yon94pm3p4zrq7elpt.jpg</t>
-[...5 lines deleted...]
-    <t>Сумка на ремне BRAUBERG - это стильный аксессуар и практичная повседневная вещь. Наличие карманов для мелочей, отделения для планшета и непромокаемой лицевой поверхности позволит ей с легкостью вписаться в быстрый ритм современной жизни. Сумка выполнена из надежного и качественного материала защищающего содержимое от влаги и пыли.Сумка имеет одно отделение в которое помещается планшет с диагональю экрана до 9.7&amp;quot;, два кармана на молнии: передний карман на молнии оснащен органайзером, и задний карман.Используется прочная металлическая фурнитура и качественная молния.Регулируемый съемный плечевой ремень обеспечивает удобную эксплуатацию. Сумка на плечо универсальна в своем применении: подходит как для повседневного использования, так и для бега или путешествий. Упакована в плотный ПЭТ пакет, который сохранит качество и товарный вид при хранении и транспортировке.Деловые сумки BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании модельного ряда деловых сумок. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
+    <t>http://anytos.ru//upload/iblock/9e5/04kfzykrp8jii2bujraq04mszg1kzq9b.jpg</t>
+  </si>
+  <si>
+    <t>Сумка на пояс на молнии широкая</t>
+  </si>
+  <si>
+    <t>Сумка на пояс идеально подойдет для бега, езды на велосипеде, других видов спорта и простых прогулок. С этой спортивной поясной сумкой вы сможете взять с собой все необходимое!</t>
   </si>
   <si>
     <t>Сумки на пояс</t>
   </si>
   <si>
-    <t>385134</t>
+    <t>707825</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b0/ngoqnhlf6xjgq1ik60ifrve4wmqwy366.jpg</t>
+  </si>
+  <si>
+    <t>Сумка на пояс BRAUBERG RIO, черная, салатовые детали, 30х12x10 см, 270823</t>
+  </si>
+  <si>
+    <t>Поясная сумка идеальна для ежедневного ношения, велосипедных прогулок, бега, путешествий. С ней все ценные вещи будут под надежной защитой и всегда под рукой. В дополнение, это модный и современный аксессуар, который отлично сочетается с разными стилями. Лаконичная модель универсального черного цвета с яркими акцентными молниями имеет довольно вместительный объем. Надежная застежка - фастекс - позволяет с легкостью зафиксировать сумку на поясе или плече. Удобная регулировка длины ремня производится с помощью пряжек, выполненных из качественного пластика. Сумка рассчитана на обхват талии до 120 см. Минимальная длина - 80 см.Изделие изготовлено из современного, водоотталкивающего и качественного материала - полиэстера, который обладает отличной устойчивостью цвета к солнечным лучам и легкостью в уходе. Загрязнения легко удаляются с помощью мыла и мягкой влажной губки.Для подкладки используется прочный, устойчивый к воздействию загрязнений полиэстер.Задняя стенка, дно и верхняя часть сумки уплотнены слоем специальной амортизирующей пены для дополнительной защиты содержимого.Сумка упакована в плотный ПЭТ пакет, который сохранит качество и товарный вид при хранении и транспортировке.</t>
+  </si>
+  <si>
+    <t>843049</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...8 lines deleted...]
-    <t>696149</t>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c9/apsk0s2x3jpguri1jibv7lrjb3fn3ka1.jpg</t>
+  </si>
+  <si>
+    <t>Сумка поясная LOREX WIDE WB серия LIGHT ROSE 34х14х1,5 см карман для девочек</t>
+  </si>
+  <si>
+    <t>847662</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
-  </si>
-[...52 lines deleted...]
-    <t>900172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/667/d7e135a18j9bs7cnjqux4tg1g3490bvl.jpg</t>
   </si>
   <si>
     <t>Поясная сумка-квадро ErichKrause Soft Violet</t>
   </si>
   <si>
     <t>1013717</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d49/95h5zjoxjw3vpncg5ueb3x4yyzlsr5mh.jpg</t>
   </si>
   <si>
     <t>Сумка на пояс HEIKKI PROMPT  ХЕЙКИ , 2 отделения, регулируемый ремень, карман-антивор, синяя, 37х14х5 см, 273927</t>
   </si>
   <si>
     <t>Практичная, компактная и вместительная сумка на пояс PROMPT – верный спутник на прогулках, тренировках и в путешествиях. Карман-антивор обеспечит безопасное хранение денег и документов. Стильный аксессуар для современных жителей города. Сумка на пояс PROMPT изготовлена из прочного, водоотталкивающего полиэстера, обеспечивающего стойкость к механическим повреждениям и капризам погоды. Компактные размеры &amp;#40;37x14x5 см&amp;#41; обеспечивают комфорт при ношении на поясе или через плечо.Сумка оборудована двумя вместительными отделениями, внутреннее пространство сумки грамотно организовано, позволяя удобно расположить вещи. Защищенность важных вещей, таких как денег, ключей и документов, обеспечивается благодаря отдельному заднему карману.Яркие бегунки придают аксессуару стильный акцент и упрощают эксплуатацию сумки. Передняя часть сумки оснащена практичным металлическим D-образным кольцом, предназначенным для крепления полезных аксессуаров.Регулируемый поясной ремень позволяет гибко подбирать длину благодаря удобной застежке-клипсе.Сумка PROMPT удачно сочетает комфорт, стильный дизайн и практичность, становясь отличным выбором для активных и мобильных людей, ценящих надежность и качество аксессуара.</t>
   </si>
   <si>
     <t>1015522</t>
   </si>
@@ -601,447 +559,357 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M18"/>
+  <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G18" sqref="G18"/>
+      <selection pane="bottomRight" activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
-    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="M3" s="2" t="s">
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="B4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F4" s="3" t="s">
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B5" s="1" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="G5" s="3" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G6" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1" t="s">
+      <c r="B8" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="1" t="s">
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...29 lines deleted...]
-    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>50</v>
-[...91 lines deleted...]
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">