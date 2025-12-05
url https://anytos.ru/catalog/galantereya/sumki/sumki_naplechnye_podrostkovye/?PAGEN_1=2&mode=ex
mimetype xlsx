--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="892">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="844">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -200,86 +200,50 @@
   <si>
     <t>Сумка городская  quot;Darvish quot; 2 отделения карман,лаковая</t>
   </si>
   <si>
     <t>Сумка городская &amp;quot;Darvish&amp;quot; 2 отделения&amp;#43;карман,лаковая</t>
   </si>
   <si>
     <t>707814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2f/4ulzf15m7ya81crj3727903g5lzk3puq.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер Erich Krause  10L Color Squama</t>
   </si>
   <si>
     <t>Сумка-шоппер Erich Krause® 10L Color Squama</t>
   </si>
   <si>
     <t>792384</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d67/086xt7w9206u2u412k2sq9xmet53757z.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/682/cao41ie3t8tkfx4z5v3r8mcc4zdiwzxc.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер Erich Krause  10L Retro Camera</t>
   </si>
   <si>
     <t>Сумка-шоппер Erich Krause® 10L Retro Camera</t>
   </si>
   <si>
     <t>792407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e7/uc7mdl57kbe911esp3bpqzh30fcl5ti1.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер  quot;Исчезающая красота quot;. Размер 46х44см. 3 цвета</t>
   </si>
   <si>
     <t>Сумка-шоппер &amp;quot;Исчезающая красота&amp;quot;. Размер 46х44см. 3 цвета</t>
   </si>
   <si>
     <t>795004</t>
   </si>
   <si>
     <t>6</t>
@@ -293,74 +257,50 @@
   <si>
     <t>Чехол для сумки &amp;quot;Исчезающая красота&amp;quot;. Размер 30*40*10см. 3 цвета</t>
   </si>
   <si>
     <t>795005</t>
   </si>
   <si>
     <t>Чехол для сумки  quot;Исчезающая красота quot;. Размер 40 55 10см. 3 цвета</t>
   </si>
   <si>
     <t>Чехол для сумки &amp;quot;Исчезающая красота&amp;quot;. Размер 40*55*10см. 3 цвета</t>
   </si>
   <si>
     <t>795006</t>
   </si>
   <si>
     <t>Чехол для сумки  quot;Исчезающая красота quot;. Размер 50 55 10см. 3 цвета</t>
   </si>
   <si>
     <t>Чехол для сумки &amp;quot;Исчезающая красота&amp;quot;. Размер 50*55*10см. 3 цвета</t>
   </si>
   <si>
     <t>795007</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fb9/dgpum67bu0r16gqx85khwj2gfpbse9or.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/21e/fjhdmph2q3wqna37aqepef0uochziydr.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР WHITE  quot;RELAX quot; 34х36 см</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР WHITE &amp;quot;RELAX&amp;quot; 34х36 см</t>
   </si>
   <si>
     <t>818745</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/nrg774hcv8t92s22qkwu2azsj7wgc17g.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР WHITE  quot;МИЛЛИОН ДОЛЛАРОВ quot; 34х36 см</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР WHITE &amp;quot;МИЛЛИОН ДОЛЛАРОВ&amp;quot; 34х36 см</t>
   </si>
   <si>
     <t>818746</t>
@@ -908,62 +848,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b5f/8xawodgrch6e33o9v04s09almykrzr0s.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause  10L Punky Monkey</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause® 10L Punky Monkey</t>
   </si>
   <si>
     <t>882779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbe/0q6p82oqimk5gk4baj2or7p36c27r0zn.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер двусторонняя ErichKrause  11L Meditation</t>
   </si>
   <si>
     <t>Универсальная двусторонняя сумка-шоппер. Объём: 11 литров. Чтобы разнообразить образ, у сумки две стороны: одна с дизайнерским принтом, вторая — однотонная или также с принтом, но в другом цвете. Сумку-шоппер легко носить как на плече, так и в руке, благодаря длине ручек. 100&amp;#37; полиэстер Оксфорд с полиуретановой пропиткой устойчив к износу и морозу.</t>
   </si>
   <si>
     <t>882786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/624/h6gplubqfuyungtrgn8j2sgdyolobnh3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/010/p7fhkgijtetw34ysiqekahkhgt84wh71.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер на молнии ErichKrause  14L Meditation</t>
   </si>
   <si>
     <t>Сумка-шоппер, 39x39x12 см, объемом 14 л имеет одно вместительное отделение. Материал: износо- морозостойкий водоотталкивающий 100&amp;#37; полиэстер. Модель закрывается на молнию, имеет внутренний карман для полезных мелочей.</t>
   </si>
   <si>
     <t>882790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e5/juwsy2zmfve0tdchgqxxwhog7yqn7hr3.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause  10L Black Cat</t>
   </si>
   <si>
     <t>Сумка-шоппер, 32x40 см, объемом 10 л имеет одно вместительное отделение. Материал: облегченный износо- морозостойкий водоотталкивающий 100&amp;#37; полиэстер, что позволяет компактно сложить сумку</t>
   </si>
   <si>
     <t>883330</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/833/d1fsndk0xa2wva4m0r4f6h59ucbmo4e1.jpg</t>
@@ -992,62 +920,50 @@
   <si>
     <t>883344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/405/uhk7uo5276ebmjovaao9q6xs2rs4sps0.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause  10L Stay Strong</t>
   </si>
   <si>
     <t>886420</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95e/8383p3ut4e8lxac47adl72xw3qjstzpq.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер с лямками ErichKrause  14L Not Found</t>
   </si>
   <si>
     <t>Сумка-шоппер, 40x36x12 см, объемом 14 л имеет одно вместительное отделение. Материал: износо- морозостойкий водоотталкивающий 100&amp;#37; полиэстер. Рюкзачные лямки и ручки из прочной стропы. Места крепления лямок усилены дополнительными швами. Модель закрывается на молнию, имеет внешний и внутренний карман для полезных мелочей.</t>
   </si>
   <si>
     <t>886431</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4cb/hfdmjumr30n4nwcl0gh20cg41k12e838.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a17/o9rmnshuzbbeanryz9u3qz35pg83jtl2.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK  quot;AVOCADO STYLE quot; 34х36 см</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK &amp;quot;AVOCADO STYLE&amp;quot; 34х36 см</t>
   </si>
   <si>
     <t>909845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa7/rg4anv29ndle1h4wqq2jkoz1vszpps77.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK  quot;BV quot; 34х36 см</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK &amp;quot;BV&amp;quot; 34х36 см</t>
   </si>
   <si>
     <t>909846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9af/wtkwqbxrxls0gimkrwj88c4v25h1ccrm.jpeg</t>
@@ -1160,62 +1076,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/68f/36tbfm9t972mteu1meoh4v26iyvsf64z.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK  quot;СЛАДКОЕ НАСТРОЕНИЕ quot; 34х36 см</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK &amp;quot;СЛАДКОЕ НАСТРОЕНИЕ&amp;quot; 34х36 см</t>
   </si>
   <si>
     <t>909856</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ba/muhvxowxca9agnqwuf1f1lqwvckwcjig.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK  quot;СЛАДКОЕ НАСТРОЕНИЕ.ДОНАТ quot; 34х36 см</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР BLACK &amp;quot;СЛАДКОЕ НАСТРОЕНИЕ.ДОНАТ&amp;quot; 34х36 см</t>
   </si>
   <si>
     <t>909857</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/df6/03qpjve2tx37fgz334ofjrw264hpqpmj.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/068/pq8jfarsgwjsmsc3c51ujqgt1hr9lq6x.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, СЕРАЯ  quot;GREAT BODIES quot; 35x47 cm</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, СЕРАЯ &amp;quot;GREAT BODIES&amp;quot; 35x47 cm</t>
   </si>
   <si>
     <t>909859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/837/u7v40ppyei5lwm1sekblmzqdy6fzfdt3.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, СЕРАЯ  quot;СЕКРЕТЫ ЛЮБВИ quot; 35x47 cm</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, СЕРАЯ &amp;quot;СЕКРЕТЫ ЛЮБВИ&amp;quot; 35x47 cm</t>
   </si>
   <si>
     <t>909860</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aad/v812lvpnhf52e7x35u3wt30m7wjc3sbx.jpeg</t>
@@ -1244,59 +1148,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/67f/uwc4nfiv99ut43m5yanvjajgdrm7ole3.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, ЦВЕТ ХАКИ  quot;YOGA quot; 35x47 cm</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, ЦВЕТ ХАКИ &amp;quot;YOGA&amp;quot; 35x47 cm</t>
   </si>
   <si>
     <t>909863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de7/dgajzn9myyftc0ghulbdm3iup8mhvjvb.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, ЦВЕТ ХАКИ  quot;ТРАТИМ ДЕНЬГИ quot; 35x47 cm</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР С КАРМАНОМ, ЦВЕТ ХАКИ &amp;quot;ТРАТИМ ДЕНЬГИ!&amp;quot; 35x47 cm</t>
   </si>
   <si>
     <t>909864</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/082/z5o6sc1pfebqsp22wfsz99h7qyaoacx4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/452/y5cwtwpde7uj8ofxvkcujmf6s2d4ec4q.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ArtSpace quot;Long Friend quot;, 31 39см.</t>
   </si>
   <si>
     <t>Шоппер ArtSpace- это не только модный аксессуар, но и экологичная альтернатива пластиковому пакету. Изготовлен из полиэстера повышенной износостойкости.</t>
   </si>
   <si>
     <t>941909</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/597/epmam05y0k76i4shqbp7s2mdl3vlhozk.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ArtSpace quot;Meow quot;, 31 39см.</t>
   </si>
   <si>
     <t>941910</t>
@@ -1382,50 +1277,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5a5/4gn6ratqotredljebxylhlt9syja6hey.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ArtSpace quot;Rawr quot;, 31 39см, с карманом</t>
   </si>
   <si>
     <t>Сумка-шоппер ArtSpace&amp;quot;Rawr&amp;quot;, 31*39см, с карманом</t>
   </si>
   <si>
     <t>945395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/013/ji5mmxlmh11z5a6mhkfuj3qcblle80h6.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ArtSpace quot;Wings quot;, 31 39см., с карманом</t>
   </si>
   <si>
     <t>Сумка-шоппер ArtSpace&amp;quot;Wings&amp;quot;, 31*39см., с карманом</t>
   </si>
   <si>
     <t>945397</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cd7/m90dyuui2nzhqf8twcmg1wq5niagrv7j.jpg</t>
+  </si>
+  <si>
+    <t>Шоппер LOREX COTTON LE PESCHE 33х40 см белый хлопок универс.</t>
+  </si>
+  <si>
+    <t>948321</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/153/nqihz6qnamm24jjrnz1bjdkx0tp4ewkm.jpeg</t>
   </si>
   <si>
     <t>СУМКА ДЛЯ ДОП. ЗАНЯТИЙ СИНЯЯ  quot;БЕЛАЯ ЧЕРЕШНЯ quot; 31 х 36 см.</t>
   </si>
   <si>
     <t>СУМКА ДЛЯ ДОП. ЗАНЯТИЙ СИНЯЯ &amp;quot;БЕЛАЯ ЧЕРЕШНЯ&amp;quot; 31 х 36 см.</t>
   </si>
   <si>
     <t>956430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39e/ao5p7apzfmcvdhjp1btld08d88g5ig8n.jpeg</t>
   </si>
   <si>
     <t>СУМКА ДЛЯ ДОП. ЗАНЯТИЙ СИНЯЯ  quot;ЕНОТ BRO quot; 31 х 36 см.</t>
   </si>
   <si>
     <t>СУМКА ДЛЯ ДОП. ЗАНЯТИЙ СИНЯЯ &amp;quot;ЕНОТ BRO&amp;quot; 31 х 36 см.</t>
   </si>
   <si>
     <t>956432</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8f/6dkw5qgoxdyik3prs6iizfd7nt22cr1a.jpeg</t>
@@ -1721,77 +1628,59 @@
   <si>
     <t>Сумка-шоппер BRAUBERG - это современная и экологичная альтернатива одноразовым пластиковым пакетам. Она станет незаменимым аксессуаром на все случаи жизни: идеально подходит для учебы, работы, поездок и пляжного отдыха. Сумка выполнена из легкого, но плотного материала &amp;quot;канвас&amp;quot;, благодаря чему выдерживает нагрузку до 5 кг. Внутри одно вместительное отделение &amp;#40;40х35 см&amp;#41;. Оптимальная длина ручек &amp;#40;52 см&amp;#41; позволяет носить шоппер как в руке, так и на плече.</t>
   </si>
   <si>
     <t>960319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41d/fhhr00bflfx05x69bsosju7876pds8yo.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер BRAUBERG, канвас, 40х35 см, черный,  quot;Anime eyes quot;, 271897</t>
   </si>
   <si>
     <t>960320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e42/1bap21xjbxex9ber6bwryk5gbizjvxge.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер BRAUBERG, канвас, 40х35 см, черный,  quot;Smiley quot;, 271900</t>
   </si>
   <si>
     <t>960321</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/26c/ljt7oy8mjq33qosnk6tosr11jccpuxa1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d2/ijdzl9t7a3qsz3gc6sp59wqoj2uxnjvy.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause 10L Jungle Spirit</t>
   </si>
   <si>
     <t>961115</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8aa/zx1pk3auw1z2iaxt2s9n8sc9ufr0eegk.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/35b/1cj3wocyzh28lqaz37owv34rgq4c59bw.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер F?rst  quot;Digital geometric quot; 40 35см, 1 отделение</t>
   </si>
   <si>
     <t>Сумка-шоппер F?rst &amp;quot;Digital geometric&amp;quot; 40*35см, 1 отделение</t>
   </si>
   <si>
     <t>969521</t>
   </si>
   <si>
     <t>&lt;a href="/brands/forst/"&gt;Forst&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87b/40mhd5ua3yfoz3xsbq3ts9fm2s6gfv6o.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер F?rst  quot;Grass quot; 40 35 8см, 1 отделение, 1 карман, вельветовая на кнопке</t>
   </si>
   <si>
     <t>Сумка-шоппер F?rst &amp;quot;Grass&amp;quot; 40*35*8см, 1 отделение, 1 карман, вельветовая на кнопке</t>
   </si>
   <si>
     <t>969524</t>
@@ -1976,50 +1865,62 @@
   <si>
     <t>Сумка-шоппер Erich Krause 10L Sneakers</t>
   </si>
   <si>
     <t>975956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e6/ke6wm34eujvwek2few3wi05gzmpea9kq.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер Erich Krause 10L Винни-Пух</t>
   </si>
   <si>
     <t>975959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/6qph17ujg560qne86z8ti3jjbw6e86ry.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Сумка-шоппер Erich Krause 10L Manga  Grey </t>
   </si>
   <si>
     <t>978657</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c43/ec8vpcnoj68k657r0y40hl2el4zfheza.jpeg</t>
+  </si>
+  <si>
+    <t>СУМКА-ШОППЕР IVORY  quot;Гранат quot;, 34 36см.</t>
+  </si>
+  <si>
+    <t>СУМКА-ШОППЕР IVORY &amp;quot;Гранат&amp;quot;, 34*36см.</t>
+  </si>
+  <si>
+    <t>980678</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/84a/gpiayoydr2r3l37wgp5iry604d58o5d0.jpeg</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР IVORY  quot;Цветочная страсть quot;, 34 36см.</t>
   </si>
   <si>
     <t>СУМКА-ШОППЕР IVORY &amp;quot;Цветочная страсть&amp;quot;, 34*36см.</t>
   </si>
   <si>
     <t>980679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/pr6ye10twvekts40t0sv1kuse7lyi8m6.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер Forst  quot;Dragon quot; 40 35см, 1 отделение, мужская женская</t>
   </si>
   <si>
     <t>Сумка-шоппер Forst &amp;quot;Dragon&amp;quot; 40*35см, 1 отделение, мужская/женская</t>
   </si>
   <si>
     <t>984248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d68/0tkli9ob3zy6io2dcg1dcv62qx9msf7m.jpg</t>
@@ -2084,143 +1985,146 @@
   <si>
     <t>985307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/679/okeit9qc0osnq28smxkp3t43qbna63ps.jpg</t>
   </si>
   <si>
     <t>Сумка на плечо HEIKKI WALLET  ХЕЙКИ  два отделения, органайзер, черная, 15х20х5 см, 272639</t>
   </si>
   <si>
     <t>Сумка на плечо HEIKKI WALLET – это компактный и практичный аксессуар для повседневной носки, прогулок, бега, путешествий. Два отделения и два кармана на молнии и уплотненные стенки по периметру для лучшей организации и сохранности вещей. Легкая и удобная в использовании сумка на плечо, сумка кросс-боди. Черный цвет и лаконичный дизайн сочетается с любым стилем в одежде. Несмотря на компактный размер, вмещает много разных предметов. Два отделения и два кармана на молнии для оптимальной организации пространства. Во внутреннем отделении находится карман на молнии, а на задней части сумки – карман-антивор. Сумка держит форму благодаря плотным стенкам со специальным амортизационным материалом. Удобная регулировка длины ремня производится с помощью пряжки, выполненной из качественного пластика. Максимальная длина – 155 см.Изделие изготовлено из современного, водоотталкивающего и качественного материала – полиэстера, который обладает отличной устойчивостью цвета к солнечным лучам и легкостью в уходе. Загрязнения легко удаляются с помощью мыла и мягкой влажной губки. Для подкладки используется прочный, устойчивый к воздействию загрязнений полиэстер с тиснением логотипа бренда.Сумку легко открывать закрывать благодаря удобным металлическим бегункам с пластиковыми брендированными пуллерами, которые можно снять при желании. Сумка упакована в плотный ПЭТ-пакет, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>985308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f2/3t0ead5ju4x754w0n0tb3junhj9242c2.jpg</t>
   </si>
   <si>
     <t>Сумка кросс-боди LOREX CROSS BODY SQUARE TWO FACES 14x18x5 см черн. твилл молния, вышивка, 1 карман универс.</t>
   </si>
   <si>
     <t>985704</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/351/wgzipx6m6n9tr7e1ncobhmhcl4pkl1pd.jpg</t>
   </si>
   <si>
     <t>Сумка кросс-боди LOREX CROSS BODY SQUARE YOU DECIDE 14x18x5 см серый твилл молния, вышивка, 1 карман универс.</t>
   </si>
   <si>
     <t>985705</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8d3/lqsroh2iv75t55fjkkbr5wvhbwpsd7xi.jpg</t>
+  </si>
+  <si>
+    <t>Шоппер LOREX COTTON FUTURE IS NOW 33х40 см белый хлопок универс.</t>
+  </si>
+  <si>
+    <t>985712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a48/kviih3fkujhtunaly1sm4wc6ifdapk3g.jpg</t>
+  </si>
+  <si>
+    <t>Шоппер LOREX COTTON SUPERPOWERS 38x44x6 см черн. хлопок расширенное дно универс.</t>
+  </si>
+  <si>
+    <t>985719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d71/efqv6f3laihw71skhtaqw43504klkber.jpg</t>
+  </si>
+  <si>
+    <t>Шоппер LOREX COTTON YOU CAN 33х40 см черн. хлопок универс.</t>
+  </si>
+  <si>
+    <t>985720</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9dd/1ijpxaobblax82dnhihggr3cfq7014lo.jpg</t>
   </si>
   <si>
     <t>Сумка на плечо HEIKKI SELFIE  ХЕЙКИ  кросс боди, черная, 15х30х10 см, 272636</t>
   </si>
   <si>
     <t>Ультрасовременная сумка на плечо HEIKKI SELFIE – это стильный и функциональный аксессуар, который дополнит любой образ. Легкая и удобная в использовании сумка на плечо, сумка кросс-боди.Несмотря на компактный размер, вмещает много разных предметов. Мини-сумка вмещает все необходимое: телефон, ключи, документы, наушники и многие другие вещи небольших размеров. Внутри расположен небольшой карман. Удобная регулировка длины ремня производится с помощью пряжек, выполненных из качественного пластика. Максимальная длина – 119 см. Стильный аксессуар – сумка багет или бананка.Изделие изготовлено из современного, водоотталкивающего и качественного материала – нейлона, который обладает отличной устойчивостью цвета к солнечным лучам и легкостью в уходе. Загрязнения легко удаляются с помощью мыла и мягкой влажной губки. Для подкладки используется прочный, устойчивый к воздействию загрязнений полиэстер с тиснением логотипа бренда.Сумку легко открывать закрывать благодаря удобным металлическим бегункам с пластиковыми брендированными пуллерами, которые можно снять при желании. Сумка упакована в плотный ПЭТ-пакет, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>993525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bec/74rwemuo4dujkzj8b6i9mwwog9c19r64.jpg</t>
   </si>
   <si>
     <t>Сумка на плечо HEIKKI BLASTER  ХЕЙКИ  с карманом, черная, 20х14х5 см, 272634</t>
   </si>
   <si>
     <t>Сумка через плечо HEIKKI BLASTER – компактный и практичный аксессуар для повседневной носки, прогулок, бега, путешествий. Легкая и удобная в использовании сумка на плечо, сумка-мессенджер, барсетка, сумка кросс-боди. Черный цвет сочетается с любым стилем в одежде. Несмотря на компактный размер, вмещает много разных предметов.Наружный карман на молнии: обеспечит быстрый доступ к необходимым вещам. Удобная регулировка длины ремня производится с помощью пряжки, выполненной из качественного пластика. Максимальная длина – 130 см. Обратная часть сумки имеет сетчатую поверхность, что делает ее максимально комфортной в носке.Изделие изготовлено из современного и качественного материала – полиэстера, который обладает отличной устойчивостью цвета к солнечным лучам и легкостью в уходе. Загрязнения легко удаляются с помощью мыла и мягкой влажной губки. Для подкладки используется прочный, устойчивый к воздействию загрязнений полиэстерСумку легко открывать и закрывать одной рукой с любой стороны – отделение имеет долговечную реверсивную молнию с удобными бегунками и декоративными шнурками, которые можно снять при желании.Сумка упакована в плотный ПЭТ-пакет, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>994241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/815/quqq49kas7ziavpbsasr721ib8xqiupb.jpg</t>
   </si>
   <si>
     <t>Сумка на плечо HEIKKI ATOM  ХЕЙКИ  два кармана, черная, 17х22х6 см, 272633</t>
   </si>
   <si>
     <t>Сумка на плечо HEIKKI ATOM – компактный и практичный аксессуар для повседневной носки, прогулок, бега, путешествий. Легкая и удобная в использовании сумка на плечо, сумка-мессенджер, барсетка, сумка кросс-боди. Черный цвет сочетается с любым стилем в одежде. Несмотря на компактный размер, вмещает много разных предметов.Два наружных кармана: один карман с клапаном на липучке и карман с вертикальной молнией обеспечат быстрый доступ к необходимым вещам. Внутренний карман сохранит ценные вещи. Модель имеет съемный ремень. Удобная регулировка длины ремня производится с помощью пряжки, выполненной из качественного пластика. Максимальная длина – 115 см. Сумка на плечо универсальна в своем применении: подходит как для повседневного использования, так и для бега или путешествий. Изделие изготовлено из современного и качественного материала – полиэстера, который обладает отличной устойчивостью цвета к солнечным лучам и легкостью в уходе. Загрязнения легко удаляются с помощью мыла и мягкой влажной губки. Для подкладки используется прочный, устойчивый к воздействию загрязнений полиэстерСумку легко открывать и закрывать – отделение и карманы имеют долговечную молнию с удобными металлическими бегунками, пластиковыми пуллерами и декоративными шнурками, которые можно снять при желании.Сумка упакована в плотный ПЭТ-пакет, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>994589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74e/khzmw1gfslrucr3z11u3rifgz8w7er5u.jpg</t>
   </si>
   <si>
     <t>Сумка шоппер HEIKKI MINI  ХЕЙКИ , вельвет, 25х20 см, бежевый, 272440</t>
   </si>
   <si>
     <t>Сумка-шоппер HEIKKI MINI подойдет для молодых людей, предпочитающих стильные и функциональные аксессуары. Она станет отличным дополнением к повседневным образам, а также будет незаменима в путешествиях и городских прогулках. Сумка изготовлена из качественного вельвета, который отличается прочностью и износостойкостью. Сумка выдерживает нагрузку до 5 кг. Вельвет приятен на ощупь, хорошо сохраняет форму и не теряет своего внешнего вида даже после многократного использования. Вельвет неприхотлив в уходе, достаточно просто протереть его влажной тканью. Внутри есть брендированная подкладка из полиэстера, которая подчеркивает уникальность товара. Основное отделение оснащено магнитной застежкой-клапаном для безопасности и быстрого доступа к вещам, снаружи расположен карман для телефона или ценных вещей. Компактный размер сумки 25x20 см делает ее идеальным выбором для городских образов и путешествий. Вместительность сумки позволяет разместить всё необходимое, не перегружая образ лишними деталями. С помощью двойных ручек и регулируемого плечевого ремня шоппер можно носить как в руке, так и на плече.</t>
   </si>
   <si>
     <t>995061</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6bf/exds53xymsny46zm93mpu7xdup8t1t0r.jpg</t>
-[...2 lines deleted...]
-    <t>Сумка шоппер HEIKKI VELVET  ХЕЙКИ , вельвет, карманы, 35х32 см, бежевый, 272438</t>
+    <t>http://anytos.ru//upload/iblock/8d6/xjfciv5wxqjza3dupo7b4gil5368t1go.jpg</t>
+  </si>
+  <si>
+    <t>Сумка шоппер HEIKKI VELVET  ХЕЙКИ , вельвет, карманы, 35х32 см, черный, 272437</t>
   </si>
   <si>
     <t>Сумка-шоппер HEIKKI VELVET подойдет для молодых людей, предпочитающих стильные и функциональные аксессуары. Она станет отличным дополнением к повседневным образам, а также будет незаменима в путешествиях и городских прогулках. Сумка изготовлена из качественного вельвета, который отличается прочностью и износостойкостью. Сумка выдерживает нагрузку до 10 кг. Вельвет приятен на ощупь, хорошо сохраняет форму и не теряет своего внешнего вида даже после многократного использования. Вельвет неприхотлив в уходе – достаточно просто протереть его влажной тканью. Внутри есть брендированная подкладка из полиэстера, которая подчеркивает уникальность товара. Основное отделение оснащено металлической застежкой-молнией для безопасности и быстрого доступа к вещам, снаружи расположены два кармана для телефона и других мелочей. Внутри есть дополнительный карман для ценных вещей.Универсальный размер сумки 35x32 см делает ее идеальным выбором для городских образов и путешествий. Вместительность сумки позволяет разместить все необходимое, не перегружая образ лишними деталями. С помощью двойных ручек и регулируемого плечевого ремня шоппер можно носить как в руке, так и на плече.</t>
   </si>
   <si>
-    <t>995063</t>
-[...7 lines deleted...]
-  <si>
     <t>995064</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/363/sglswmsm0n6z3ircd5mcintlwyk5822c.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/56f/bmd0r45cbbgi1obsw0harxihu8jwf8u6.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause 10L Balloon Dog</t>
   </si>
   <si>
     <t>995889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb0/bfibsk3mgzoiw5rn1a8nqyywjncd8ynu.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause 10L Floral Soul</t>
   </si>
   <si>
     <t>995890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/530/cpftqx9tptun82j7y3nrtlrmdgdub0r6.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause 10L Jelly Bear</t>
   </si>
   <si>
     <t>995891</t>
@@ -2507,231 +2411,183 @@
   <si>
     <t>1002664</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10d/4zuaijsgbp1h775eouwz35s427mmg7f1.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер MESHU  quot;Несу рыбОв quot;, 33 40см, канвас, 1 отделение на молнии, с карманом</t>
   </si>
   <si>
     <t>Сумка-шоппер MESHU &amp;quot;Несу рыбОв&amp;quot;, 33*40см, канвас, 1 отделение на молнии, с карманом</t>
   </si>
   <si>
     <t>1002665</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d21/bfx2wopz5h5qs2yqbevd2u274994rcex.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause 10L Victory</t>
   </si>
   <si>
     <t>1011399</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/345/smcwh36huracrft2tdyai37hos7k7n2t.jpg</t>
-[...76 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ea7/v26hfi718gaydaspnk60n938ux3mvpj4.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause  10L Animal Camo</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause® 10L Animal Camo</t>
   </si>
   <si>
     <t>1012858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04c/6towg6f1oiggdz3myp2d5jmfcl5g2x9g.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause  10L Extreme</t>
   </si>
   <si>
     <t>Сумка-шоппер ErichKrause® 10L Extreme</t>
   </si>
   <si>
     <t>1012859</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/946/4wyj6bnr1hxo57ak2lu3oe9ajgikkxd8.jpg</t>
-[...67 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/23e/u315ceb21zwmw0nurti203c4jiqhby8v.jpg</t>
   </si>
   <si>
     <t>Сумка-шоппер на молнии ErichKrause  14L Sky Dream</t>
   </si>
   <si>
     <t>Сумка-шоппер на молнии ErichKrause® 14L Sky Dream</t>
   </si>
   <si>
     <t>1012866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/275/4c40eyjv87iw3i0b3i91dlea5w5dfv1b.jpg</t>
+  </si>
+  <si>
+    <t>Сумочка-органайзер повседневная HEIKKI KNIT  ХЕЙКИ  кросс боди, вязаная, 17х12х5 см,  quot;Flowers quot;, 273797</t>
+  </si>
+  <si>
+    <t>Сумочка-органайзер HEIKKI KNIT &amp;quot;Flowers&amp;quot; - стильная и компактная сумка кросс-боди для повседневного использования. Отлично подходит для хранения мелочей, которые всегда должны быть под рукой. Сумочка-органайзер изготовлена из износостойких прочных нитей из полиэстера, плотное плетение обеспечивает долгий срок службы изделия. Размер сумочки 17х12 см, компактная, но вместительная. Глубина сумки - 5 см, но благодаря тянущемуся материалу она может расширяться в 2 раза - до 10 см. В нее поместится телефон, кошелек, паспорт, ключи, а также ряд других мелочей, которые всегда должны быть под рукой. У сумочки-органайзера два варианта ручек - 1 удлиненная плетеная ручка размером 120 см позволяет носить ее через плечо. Кроме того, сумочка оснащена 2 нескользящими силиконовыми ручками, с помощью которых ее комфортно держать в руке, размер каждой ручки - 28 см. Металлическая застежка-кнопка, расположенная в верхней части сумки, сохранит все предметы в безопасности.Упакована в прозрачный полиэтиленовый пакет, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
+  </si>
+  <si>
+    <t>1015515</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d8/6tnod1egvdfds25bbk22nbpxgtm7ihor.jpg</t>
+  </si>
+  <si>
+    <t>Сумочка-органайзер повседневная HEIKKI KNIT  ХЕЙКИ  кросс боди, вязаная, 17х12х5 см,  quot;Fun zebra quot;, 273792</t>
+  </si>
+  <si>
+    <t>Сумочка-органайзер HEIKKI KNIT &amp;quot;Fun zebra&amp;quot; - стильная и компактная сумка кросс-боди для повседневного использования. Отлично подходит для хранения мелочей, которые всегда должны быть под рукой. Сумочка-органайзер изготовлена из износостойких прочных нитей из полиэстера, плотное плетение обеспечивает долгий срок службы изделия. Размер сумочки 17х12 см, компактная, но вместительная. Глубина сумки - 5 см, но благодаря тянущемуся материалу она может расширяться в 2 раза - до 10 см. В нее поместится телефон, кошелек, паспорт, ключи, а также ряд других мелочей, которые всегда должны быть под рукой. У сумочки-органайзера два варианта ручек - 1 удлиненная плетеная ручка размером 120 см позволяет носить ее через плечо. Кроме того, сумочка оснащена 2 нескользящими силиконовыми ручками, с помощью которых ее комфортно держать в руке, размер каждой ручки - 28 см. Металлическая застежка-кнопка, расположенная в верхней части сумки, сохранит все предметы в безопасности.Упакована в прозрачный полиэтиленовый пакет, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
+  </si>
+  <si>
+    <t>1015516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3c/x4psegjkf4m0016nx1172bp9wjngc9p7.jpg</t>
+  </si>
+  <si>
+    <t>Сумочка-органайзер повседневная HEIKKI KNIT  ХЕЙКИ  кросс боди, вязаная, 17х12х5 см,  quot;Hearts quot;, 273795</t>
+  </si>
+  <si>
+    <t>Сумочка-органайзер HEIKKI KNIT &amp;quot;Hearts&amp;quot; - стильная и компактная сумка кросс-боди для повседневного использования. Отлично подходит для хранения мелочей, которые всегда должны быть под рукой. Сумочка-органайзер изготовлена из износостойких прочных нитей из полиэстера, плотное плетение обеспечивает долгий срок службы изделия. Размер сумочки 17х12 см, компактная, но вместительная. Глубина сумки - 5 см, но благодаря тянущемуся материалу она может расширяться в 2 раза - до 10 см. В нее поместится телефон, кошелек, паспорт, ключи, а также ряд других мелочей, которые всегда должны быть под рукой. У сумочки-органайзера два варианта ручек - 1 удлиненная плетеная ручка размером 120 см позволяет носить ее через плечо. Кроме того, сумочка оснащена 2 нескользящими силиконовыми ручками, с помощью которых ее комфортно держать в руке, размер каждой ручки - 28 см. Металлическая застежка-кнопка, расположенная в верхней части сумки, сохранит все предметы в безопасности.Упакована в прозрачный полиэтиленовый пакет, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
+  </si>
+  <si>
+    <t>1015517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f91/smz3ggkzcxcpjeerg5owsz6kulb3byc5.jpg</t>
+  </si>
+  <si>
+    <t>Сумка-шоппер ErichKrause  10L Dandelions</t>
+  </si>
+  <si>
+    <t>Сумка-шоппер ErichKrause® 10L Dandelions</t>
+  </si>
+  <si>
+    <t>1016903</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9be/rg7yhxo6tkf4iaj27s1utd7dhpwj5a80.jpg</t>
+  </si>
+  <si>
+    <t>Сумка-шоппер ErichKrause  10L Chilling Dog</t>
+  </si>
+  <si>
+    <t>Сумка-шоппер ErichKrause® 10L Chilling Dog</t>
+  </si>
+  <si>
+    <t>1016904</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/743/wku4iiv72u2o85t58z5ismyjmp4y7bo2.jpg</t>
+  </si>
+  <si>
+    <t>Сумка-шоппер ErichKrause  10L City Life</t>
+  </si>
+  <si>
+    <t>Сумка-шоппер ErichKrause® 10L City Life</t>
+  </si>
+  <si>
+    <t>1016905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eae/4ixvpf0vdtvnkra10vsg959ka9sbmlfp.jpeg</t>
+  </si>
+  <si>
+    <t>СУМКА-ШОППЕР BLACK COLOR, 34х36 см.</t>
+  </si>
+  <si>
+    <t>Шоппер Bruno Visconti &amp;quot;BLACK COLOR&amp;quot; 34х36 см - практичная молодежная модель от бренда BrunoVisconti. Это не просто сумка - это стильный аксессуар, который дополнит ваш образ, подчеркнет индивидуальность и прослужит много лет. Изделие сшито из ткани Canvas &amp;#40;70&amp;#37; хлопок, 30&amp;#37; полиэстер&amp;#41;, отличающейся повышенной плотностью и износостойкостью. Шоппер выдерживает вес до 15 кг. Он прост в уходе, универсальный, вместительный и актуальный для всех случаев жизни: шопинг, прогулка, пляжный отдых, путешествие.</t>
+  </si>
+  <si>
+    <t>1016942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b43/yudmvv39v7qclx4x0ck7huwjsh8zr26r.jpeg</t>
+  </si>
+  <si>
+    <t>СУМКА-ШОППЕР WHITE COLOR, 34х36 см.</t>
+  </si>
+  <si>
+    <t>Шоппер Bruno Visconti &amp;quot;WHITE COLOR&amp;quot; 34х36 см - практичная молодежная модель от бренда BrunoVisconti. Это не просто сумка - это стильный аксессуар, который дополнит ваш образ, подчеркнет индивидуальность и прослужит много лет. Изделие сшито из ткани Canvas &amp;#40;70&amp;#37; хлопок, 30&amp;#37; полиэстер&amp;#41;, отличающейся повышенной плотностью и износостойкостью. Шоппер выдерживает вес до 15 кг. Он прост в уходе, универсальный, вместительный и актуальный для всех случаев жизни: шопинг, прогулка, пляжный отдых, путешествие.</t>
+  </si>
+  <si>
+    <t>1016943</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3058,57 +2914,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J235"/>
+  <dimension ref="A1:J222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G235" sqref="G235"/>
+      <selection pane="bottomRight" activeCell="G222" sqref="G222"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -3471,892 +3327,877 @@
       </c>
       <c r="F18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>70</v>
-      </c>
-[...16 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="F23" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+      <c r="G23" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>181</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>193</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="G52" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="G53" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="G54" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="G55" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="G56" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
@@ -4553,429 +4394,423 @@
       </c>
       <c r="E67" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F68" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G68" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F69" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G69" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F70" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F71" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G71" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>280</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F72" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G72" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B75" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>297</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>300</v>
+        <v>268</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G79" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G80" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F81" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G81" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F82" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G82" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B83" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>321</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G83" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>325</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G84" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G85" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
@@ -5192,3180 +5027,2905 @@
       </c>
       <c r="E97" s="3" t="s">
         <v>377</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>381</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>15</v>
+        <v>382</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="G99" s="3" t="s">
         <v>383</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B101" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F101" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="C101" s="1" t="s">
-[...9 lines deleted...]
-        <v>15</v>
+      <c r="G101" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F103" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C104" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F104" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F105" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>288</v>
+        <v>389</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>61</v>
+        <v>391</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>415</v>
+        <v>389</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>417</v>
+        <v>382</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>426</v>
+        <v>382</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F110" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G110" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>426</v>
+        <v>85</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>426</v>
+        <v>85</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>426</v>
+        <v>85</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>426</v>
+        <v>85</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B115" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>426</v>
+        <v>85</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>418</v>
+        <v>445</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="G116" s="3" t="s">
         <v>445</v>
-      </c>
-[...16 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>417</v>
+        <v>85</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>418</v>
+        <v>445</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>417</v>
+        <v>85</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>418</v>
+        <v>445</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>476</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>476</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B133" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F133" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G133" s="3" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>520</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C135" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F135" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B136" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F136" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B137" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F137" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="B138" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="C138" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B139" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F139" s="3" t="s">
-        <v>105</v>
+        <v>514</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>545</v>
+        <v>61</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>545</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>549</v>
-      </c>
-[...10 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>545</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>553</v>
-      </c>
-[...7 lines deleted...]
-        <v>554</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>545</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B144" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>545</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B145" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F145" s="3" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B146" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="C146" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F146" s="3" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B147" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="C147" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F147" s="3" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B148" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B149" s="1" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>577</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>578</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C151" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>582</v>
+        <v>61</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="B152" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>582</v>
+        <v>61</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>589</v>
+        <v>573</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>582</v>
+        <v>61</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>593</v>
+        <v>573</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>582</v>
+        <v>61</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>545</v>
+        <v>61</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>545</v>
+        <v>61</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>545</v>
+        <v>61</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>545</v>
+        <v>61</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>610</v>
+        <v>573</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>610</v>
+        <v>573</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>610</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>610</v>
+        <v>573</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>610</v>
+        <v>573</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>610</v>
+        <v>623</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>61</v>
+        <v>545</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>610</v>
+        <v>631</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>61</v>
+        <v>545</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="B168" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F168" s="3" t="s">
-        <v>61</v>
+        <v>545</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C169" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="C169" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F169" s="3" t="s">
-        <v>61</v>
+        <v>545</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B170" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>644</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>61</v>
+        <v>645</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="F171" s="3" t="s">
         <v>645</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>610</v>
+        <v>652</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>61</v>
+        <v>645</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>610</v>
+        <v>655</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>61</v>
+        <v>424</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>105</v>
+        <v>424</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>476</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>582</v>
+        <v>424</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>665</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>582</v>
+        <v>424</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C177" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F177" s="3" t="s">
-        <v>582</v>
+        <v>424</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B178" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F178" s="3" t="s">
-        <v>582</v>
+        <v>645</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="B179" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F179" s="3" t="s">
-        <v>678</v>
+        <v>645</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="C180" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F180" s="3" t="s">
-        <v>678</v>
+        <v>645</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C181" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F181" s="3" t="s">
-        <v>678</v>
+        <v>645</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="C182" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F182" s="3" t="s">
-        <v>690</v>
+        <v>645</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="B183" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F183" s="3" t="s">
-        <v>690</v>
+        <v>61</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B184" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F184" s="3" t="s">
-        <v>678</v>
+        <v>61</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>700</v>
+        <v>573</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>678</v>
+        <v>61</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>704</v>
+        <v>573</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>678</v>
+        <v>61</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>708</v>
+        <v>573</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>678</v>
+        <v>61</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>712</v>
+        <v>573</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>678</v>
+        <v>61</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>716</v>
+        <v>710</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>678</v>
+        <v>382</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>545</v>
+        <v>715</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>610</v>
+        <v>718</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>61</v>
+        <v>391</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>610</v>
+        <v>722</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>61</v>
+        <v>382</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B193" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F193" s="3" t="s">
-        <v>61</v>
+        <v>382</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F194" s="3" t="s">
-        <v>61</v>
+        <v>382</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="B195" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>735</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>61</v>
+        <v>382</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>736</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>737</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>610</v>
+        <v>738</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>61</v>
+        <v>382</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>417</v>
+        <v>715</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>747</v>
+        <v>715</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>748</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>749</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>751</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>426</v>
+        <v>715</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
         <v>752</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>753</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>755</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>417</v>
+        <v>715</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>756</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>757</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>759</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>760</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>762</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>763</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>764</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>765</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>766</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>767</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>768</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>769</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>770</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>771</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
         <v>772</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>773</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>774</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>775</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>747</v>
+        <v>391</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
         <v>776</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>779</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>747</v>
+        <v>391</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
         <v>780</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>783</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>747</v>
+        <v>391</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
         <v>784</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>785</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>786</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>787</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>747</v>
+        <v>391</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>15</v>
+        <v>383</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
         <v>788</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>789</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>790</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>791</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>426</v>
+        <v>391</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
         <v>792</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>793</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>795</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>426</v>
+        <v>391</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
         <v>796</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>797</v>
       </c>
       <c r="C211" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F211" s="3" t="s">
-        <v>426</v>
+        <v>61</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B212" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="C212" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F212" s="3" t="s">
-        <v>426</v>
+        <v>61</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B213" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F213" s="3" t="s">
-        <v>426</v>
+        <v>61</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B214" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F214" s="3" t="s">
-        <v>426</v>
+        <v>61</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B215" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="G215" s="3" t="s">
         <v>815</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
         <v>816</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>818</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>819</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>426</v>
+        <v>645</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>418</v>
+        <v>815</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
         <v>820</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>822</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>823</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>426</v>
+        <v>645</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>418</v>
+        <v>815</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
         <v>824</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>825</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>827</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>426</v>
+        <v>61</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>418</v>
+        <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
         <v>828</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>829</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>15</v>
-[...297 lines deleted...]
-      <c r="G235" s="3" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>