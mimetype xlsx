--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -83,80 +83,77 @@
   <si>
     <t>Зонты детские</t>
   </si>
   <si>
     <t>289102</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mary-poppins/"&gt;Mary Poppins&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/749/7urcvpuzycqk9bwhxoqz9kjzfh0yxmuq.jpg</t>
   </si>
   <si>
     <t>Зонт детский Совушки, 46 см 53570</t>
   </si>
   <si>
     <t>Детский зонтик-тросточка &amp;quot;Совушки&amp;quot; защитит ребенка от непогоды, потому что не боится дождя и ветра благодаря прочному креплению купола к каркасу. Изогнутая ручка позволяет крепко держать зонт в руках.Технические характеристики:Механическая система складывания;Концы спиц закрыты пластиковыми шариками;Пластиковый фиксатор на стержне зонтика;Радиус купола - 46 см.</t>
   </si>
   <si>
     <t>289112</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e52/e52a14fa9df08e114743ae1504f86ef2/cee4c475601f1e4f1b12363f206ab53a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ab5/zn77tdr0k5epa2pwuv0lnaw12e9kqwyf.jpg</t>
   </si>
   <si>
     <t>Зонт детский Динозаврик, 46см. 53592 штр.  6927060535928</t>
   </si>
   <si>
     <t>340155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94b/94b18d37369848b4f153a3766bbb8580/bb40db4e78893c2335cd9001a9a1f846.jpg</t>
   </si>
   <si>
     <t>Зонт детский Русалка, 46 см 53589 штр.  6927060535898</t>
   </si>
   <si>
     <t>340157</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/986/m40bms3vf0dqj70kgcge0u1fltpfzojz.jpg</t>
+  </si>
+  <si>
+    <t>Зонт детский Лакомка прозрачный, 45 см, полуавтомат</t>
+  </si>
+  <si>
+    <t>395512</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6af/6af2c864fa3965d4d0f5ccd3ef01cff6.jpeg</t>
   </si>
   <si>
     <t>Детский зонтик. 79564</t>
   </si>
   <si>
     <t>Детский зонтик</t>
   </si>
   <si>
     <t>411096</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0d/a0dcc461250f121f69bb8be373d18ae0.jpeg</t>
   </si>
   <si>
     <t>Детский зонтик. 79567</t>
   </si>
   <si>
     <t>411099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/331/044by4y1izcql1kbtr9wtcdiovc1qysr.jpg</t>
   </si>
   <si>
     <t>Детский зонтик. 79581</t>
@@ -222,62 +219,50 @@
     <t>http://anytos.ru//upload/iblock/927/9271cbd080c0600ac670b0fdce17e2af/afa64d018bf68d43c76aad8623d8b633.jpg</t>
   </si>
   <si>
     <t>Зонт BONDIBON, авто, полиэстер, диам19 quot;, розовый с жирафиком</t>
   </si>
   <si>
     <t>Зонт BONDIBON, авто, полиэстер, диам19&amp;quot;, розовый с жирафиком</t>
   </si>
   <si>
     <t>577369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b0/5b052d050774ccebb782d6463ed9406e.jpg</t>
   </si>
   <si>
     <t>Зонт детский  quot;Полет в лето quot;  полуавтомат  D80см.</t>
   </si>
   <si>
     <t>Зонт детский &amp;quot;Полет в лето&amp;quot; &amp;#40;полуавтомат&amp;#41; D80см.</t>
   </si>
   <si>
     <t>639287</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...10 lines deleted...]
-    <t>668559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a3/fyx0j0df7brtik8dyn1u601babbt2ytm.jpg</t>
   </si>
   <si>
     <t>Зонт детский  quot;Любимые машинки quot;  полуавтомат  D80см.</t>
   </si>
   <si>
     <t>Зонт детский &amp;quot;Любимые машинки&amp;quot; &amp;#40;полуавтомат&amp;#41; D80см.</t>
   </si>
   <si>
     <t>695848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/194/ymvacdr4af6dvrhqbymjaiz0ommfzt93.jpg</t>
   </si>
   <si>
     <t>Зонт детский  quot;Веселые картинки quot;</t>
   </si>
   <si>
     <t>Прозрачный детский зонт с радиусом купола 67 см.</t>
   </si>
   <si>
     <t>709100</t>
   </si>
@@ -681,57 +666,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G25" sqref="G25"/>
+      <selection pane="bottomRight" activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -797,478 +782,455 @@
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>31</v>
-      </c>
-[...5 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="3" t="s">
+      <c r="F13" s="3" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="F19" s="3" t="s">
-        <v>69</v>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>93</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>18</v>
-[...21 lines deleted...]
-      <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>