--- v0 (2025-12-24)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -120,62 +120,50 @@
     <t>http://anytos.ru//upload/iblock/b17/b17c4c2da837bb469a46d25d83279942/511a234c11dc614ed29ee5c811fb8021.jpg</t>
   </si>
   <si>
     <t>Пирамида Великан 47 см 13037</t>
   </si>
   <si>
     <t>Высота пирамиды &amp;quot;Великан&amp;quot; - 47 см. Играть с ней увлекательно и интересно! Пирамида из колец - это замечательное дидактическое пособие для малышей и тренажер для развития мелкой моторики и координации движений обеих рук. В процессе игры ребенок знакомится с разными цветами и размерами предметов, учится соотносить и сравнивать предметы по этим признакам. С помощью пирамидки можно освоить устный порядковый счет.</t>
   </si>
   <si>
     <t>296022</t>
   </si>
   <si>
     <t>&lt;a href="/brands/plastmaster/"&gt;Пластмастер&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35a/35aa870b0cae766de263f37bcfe9e2e4/af4581aa4066cd880214830accc882d4.jpg</t>
   </si>
   <si>
     <t>Пирамида Малютка, 19 см,в сетке, 7 дет. 9225</t>
   </si>
   <si>
     <t>296023</t>
   </si>
   <si>
     <t>&lt;a href="/brands/rosigrushka/"&gt;Росигрушка&lt;/a&gt;</t>
-  </si>
-[...10 lines deleted...]
-    <t>296024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/066/066d8678160063dccbc9bd31ad0469ee/97c4b8e57555320862bd1ba84c61b548.jpg</t>
   </si>
   <si>
     <t>Пирамида Петушок с шариками, 19 см,в сетке, 8 дет. 9248</t>
   </si>
   <si>
     <t>296026</t>
   </si>
   <si>
     <t>&lt;a href="/brands/russkij-stil/"&gt;Русский Стиль&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37b/37b4e695f5b0d447a804f85a7e7db817/14e9434545f694479efbb1b2dec12d92.jpg</t>
   </si>
   <si>
     <t>Пирамида-мини с шариками Зайка, 22 см , 8 дет. 9246</t>
   </si>
   <si>
     <t>296028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c3/2xs40shre3rzk3mksrw8nk436vw9m222.jpg</t>
   </si>
@@ -760,57 +748,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J31"/>
+  <dimension ref="A1:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G31" sqref="G31"/>
+      <selection pane="bottomRight" activeCell="G30" sqref="G30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -952,540 +940,517 @@
       </c>
       <c r="B9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="C10" s="1"/>
+      <c r="D10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="C13" s="1"/>
+      <c r="D13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>58</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>113</v>
-      </c>
-[...13 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>117</v>
+        <v>79</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...21 lines deleted...]
-      <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>