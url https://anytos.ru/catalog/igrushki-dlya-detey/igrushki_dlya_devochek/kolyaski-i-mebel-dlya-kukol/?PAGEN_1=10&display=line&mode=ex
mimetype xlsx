--- v0 (2026-01-03)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -117,325 +117,336 @@
     <t>Спальня Конфетти</t>
   </si>
   <si>
     <t>298261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/617/61761322973f389a6f97a1f4e4a97c08/fb0b9e783413929cb6d017e7e2ef5d2f.jpg</t>
   </si>
   <si>
     <t>Кроватка детская У594</t>
   </si>
   <si>
     <t>298265</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sovtehstrom/"&gt;Совтехстром&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90f/90f7dc1a6caeb48a47491f765ed15ff2/f6bec7d80b9f2e9d5863e23703461229.jpg</t>
   </si>
   <si>
     <t>Кровать для куклы большая У765</t>
   </si>
   <si>
     <t>298266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/045/0459be64c9505f590ebcb5bb0b94afc0/1fac5679ac89d07aa6e04cc34cbd69bb.jpg</t>
+  </si>
+  <si>
+    <t>Наб. мягкой мебели для гостиной Коллекция</t>
+  </si>
+  <si>
+    <t>Набор мягкой мебели для гостиной &amp;quot;Коллекция&amp;quot; станет украшением любой кукольной комнатки. Кресла и диван выглядят как красивая мягкая мебель. Торшер и столик добавят уюта гостиной.Набор мебели для кукольной комнаты подойдет для кукол размером около 20 см.</t>
+  </si>
+  <si>
+    <t>339758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/7580df83e05ac714486f43f07196a5fd/93d7eea7cdd09c9e6f5ba58484fd4dd4.jpg</t>
   </si>
   <si>
     <t>Ванная комната Конфетти цвет в ассортименте</t>
   </si>
   <si>
     <t>Набор «Ванная комната» из серии игрушечной мебели «Конфетти». Ванная, унитаз, шкафчик, зеркала и все необходимые принадлежности – в наборе. Яркая игрушка для сюжетно-ролевых игр. Изготовлено на московском заводе игрушек &amp;quot;Огонек&amp;quot;.</t>
   </si>
   <si>
     <t>339759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/165/16529c743e1d2d3fc707cfcf9e46d591/5e3fa79f9d08e349c7ecfefdfa203eef.jpg</t>
   </si>
   <si>
     <t>Набор мебели  кроватка  с куколкой и медвежонком, серия  Мир micro Игрушек, CRD 13,5х20 см, арт.M76</t>
   </si>
   <si>
     <t>Набор мебели &amp;#40;кроватка&amp;#41; с куколкой и медвежонком, серия&amp;nbsp;&amp;nbsp;Мир micro Игрушек, CRD 13,5х20 см, арт.M76</t>
   </si>
   <si>
     <t>359174</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yako/"&gt;YAKO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c9/6c97fe65bd19d495a76c63f57fc67ef4/013d1ef89df8ab69642b2f610b543b3d.jpg</t>
   </si>
   <si>
     <t>Коляска для кукол, пластик</t>
   </si>
   <si>
     <t>Если коляска для любимой куколки, то только такая. Колясочка легко складывается и раскладывается, катается вперед-назад. Ремешок безопасности фиксирует пупсика, куклу или любимую мягкую зверушку, не давая выпасть из коляски. Текстильный элемент снимается, можно стирать.&lt;br /&gt;
  Коляска компактная, маневренная, оформлена в красивой и яркой расцветке, куколки будут в восторге.&lt;br /&gt;
  Забота о куколке учит малышку ответственности, улучшает коммуникативные и социальные навыки.&lt;br /&gt;
  &lt;br /&gt;
  Коляска изготовлена из пластика, есть текстильные элементы. Упакована в пакет с картонным хедером с отверстием.&lt;br /&gt;
  Размеры коляски в разложенном виде: 24*45*50 см.&lt;br /&gt;
  Размеры коляски в сложенном виде: 9*8*56 см.&lt;br /&gt;
  Размеры коляски в упаковке: 14*8*62 см.</t>
   </si>
   <si>
     <t>562466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f57/f57fca41a636744236bbdac7639bc551.jpg</t>
+  </si>
+  <si>
+    <t>Коляска прогулочная трехколесная  quot;Русалка quot; 52,5 36,5 58,5 см.</t>
+  </si>
+  <si>
+    <t>Трёхколёсная прогулочная коляска «Русалка» станет самым незаменимым аксессуаром среди предметов игрового обихода у девочки! Ведь с ней можно легко брать любимую куколку на прогулку, в гости, в детский садик, да куда угодно! Коляска удобно складывается и раскладывается, а в сложенном виде не занимает много места. Стильный современный принт на тканевой части изделия не оставит равнодушной ни одну модницу! Размер коляски &amp;#40;ДхШхВ&amp;#41; составляет 52,5х36,5х58,5 см. Изделие изготовлено из металла с элементами текстильных материалов. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>643348</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mary-poppins/"&gt;Mary Poppins&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b7/5b753cec6847104a572eb30ba91fce26.jpg</t>
   </si>
   <si>
     <t>Набор Мебель-спальня для кукол, свук, звук, 29х9х34, коробка</t>
   </si>
   <si>
     <t>Эта очаровательная куколка хочет стать дизайнером одежды. У нее есть все необходимые инструменты - швейная машинка, компьютер, где она рисует новые эскизы, отрезы ткани. А еще у куколки есть любимый питомец, с которым она не расстается никогда. &lt;br /&gt;
  В этом наборе большое количество предметов, с которыми можно придумать массу увлекательных сюжетно-ролевых игр и смоделировать ситуации из жизни.&lt;br /&gt;
  В комплект входят детали для сборки комнат, куколка, питомец, предметы интерьера &amp;#40;кроватка, стол, ноутбук, швейная машинка, корзина с отрезами ткани, картины на стену, стул, телефончик, ножницы, умывальник, ванна, унитаз, мыльные принадлежности, тканевые принадлежности для ванны и комплект белья&amp;#41;, карточка с персональной информацией, картонные декорации, набор наклеек и инструкция по сборке на английском и китайском языках.&lt;br /&gt;
  Комнаты легко собираются и разбираются.&lt;br /&gt;
  У куколки двигаются ручки и ножки, крутится голова, тело мягкое, голова жесткая. Фигурка питомца жесткая.&lt;br /&gt;
  Мебель сборно-разборная, некоторые мелкие предметы интерьера тоже, ноутбук раскрывается, у унитаза опускается крышка.&lt;br /&gt;
  Настенный светильник работает от батареек. Если установить светильник на стене и включить его, он будет подсвечиваться и проигрывать мелодию. &lt;br /&gt;
  Благодаря играм с таким набором ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, воображение, слуховое и зрительное восприятие. Игрушка станет замечательным подарком. Обязательно порадуйте малышку таким потрясающим игровым набором.&lt;br /&gt;
  &lt;br /&gt;
  Светильник работает от 3 батареек LR44, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из высококачественного и безопасного полимерного материала.&lt;br /&gt;
  Размеры собранных комнат: 29*15*15 см.&lt;br /&gt;
  Размеры куколки: 4,5*3,5*10 см.&lt;br /&gt;
  Размеры питомца: 3,5*1,5*3 см.&lt;br /&gt;
  Размеры кроватки: 11*6*8 см.&lt;br /&gt;
  Размеры умывальника: 5*3,5*6 см.&lt;br /&gt;
  Размеры ванны с душем: 12*5,5*10 см.&lt;br /&gt;
  Размеры унитаза: 4,5*3*5 см.&lt;br /&gt;
  Размеры коробки: 26*9*34 см.</t>
   </si>
   <si>
     <t>653304</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/045/i0hjjhwo3fd6zesjv7zrfdhpoiecn6mo.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ab/wfsak0476ypkgtq1snq6t1q9c91qrtpr.jpg</t>
   </si>
   <si>
     <t>Коляска метал., 17х68х7 пакет</t>
   </si>
   <si>
     <t>776536</t>
   </si>
   <si>
     <t>&lt;a href="/brands/veld-co/"&gt;VELD CO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e4/lx54yqup65e5lm1sn0jjkei0s4z2wc5n.jpg</t>
   </si>
   <si>
     <t>Коляска пласт., 56,5х8,5х7, пакет</t>
   </si>
   <si>
     <t>Коляска пласт., 56, 5х8, 5х7, пакет</t>
   </si>
   <si>
     <t>776549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95b/ufi8u0r28p6khsb21dzt6ugvs96smon8.jpg</t>
   </si>
   <si>
     <t>Мебель для кукол  quot;Гостиная quot;, 33,5х17,5х13,5, коробка</t>
   </si>
   <si>
     <t>Мебель для кукол &amp;quot;Гостиная&amp;quot;, 33, 5х17, 5х13, 5, коробка</t>
   </si>
   <si>
     <t>776551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f06/bmltngtqprmut7ox7flnmgcku6tnwzig.jpg</t>
   </si>
   <si>
     <t>Коляска метал., 39х25х45, пакет</t>
   </si>
   <si>
     <t>799685</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8bc/on0f7lj5igcq7mpnmjs086z21zmyp4jq.jpg</t>
-[...23 lines deleted...]
-    <t>942567</t>
+    <t>http://anytos.ru//upload/iblock/7fc/s5l1dd79o3x3mgbciotcaqn5x1s52pdh.jpg</t>
+  </si>
+  <si>
+    <t>Кроватка двухэтажная Принцесса</t>
+  </si>
+  <si>
+    <t>851693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/684/9zpskx5mmx7lnj2g3zyihgkbpgdyxnw9.jpg</t>
+  </si>
+  <si>
+    <t>Кроватка для куклы Принцесса</t>
+  </si>
+  <si>
+    <t>851694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/599/cn0ks6uozsbpg6sqrrb8sveabeytsxhi.jpg</t>
   </si>
   <si>
     <t>Коляска  quot;Корона quot; прогулочная с подставкой 52 33,5 56см.</t>
   </si>
   <si>
     <t>Коляска &amp;quot;Корона&amp;quot; прогулочная с подставкой 52*33,5*56см.</t>
   </si>
   <si>
     <t>944189</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/mary-poppins/"&gt;Mary Poppins&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/c32/w62xpjog2s9el1rmjqb5idndhmsy8phr.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;Гостинная quot;, в комплекте 22 предмета</t>
+  </si>
+  <si>
+    <t>Игровой набор &amp;quot;Гостинная&amp;quot;, в комплекте 22 предмета</t>
+  </si>
+  <si>
+    <t>957266</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb3/22x4v5xcqiimax4enzi8kqolwy71er1m.jpg</t>
+  </si>
+  <si>
+    <t>Коляска-люлька для кукол  quot;Енотики quot; с корзиной и сумкой, металл</t>
+  </si>
+  <si>
+    <t>Коляска-люлька для кукол &amp;quot;Енотики&amp;quot; с корзиной и сумкой, металл, пакет</t>
+  </si>
+  <si>
+    <t>957270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef4/16lp2osv16b71hvxy2q0iejy4djbnk95.jpg</t>
+  </si>
+  <si>
+    <t>Коляска-люлька для кукол  quot;Енотики quot; с корзиной металл</t>
+  </si>
+  <si>
+    <t>Коляска-люлька для кукол &amp;quot;Енотики&amp;quot; с корзиной металл, пакет</t>
+  </si>
+  <si>
+    <t>957271</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d2/xp9lws8bw1llz7ck8aiihjul7a4tcznj.jpg</t>
+  </si>
+  <si>
+    <t>Коляска-люлька для кукол  quot;Енотики quot;, большие кол са, металл</t>
+  </si>
+  <si>
+    <t>Коляска-люлька для кукол &amp;quot;Енотики&amp;quot;, большие колёса, металл, пакет</t>
+  </si>
+  <si>
+    <t>957272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b34/wlc6h8x9kumjc12371z3e8jmhzulezls.jpg</t>
   </si>
   <si>
     <t>Кроватка для кукол  quot;Енотики quot; 44 26 33 см металл</t>
   </si>
   <si>
     <t>Кроватка для кукол &amp;quot;Енотики&amp;quot; 44*26*33 см металл, пакет</t>
   </si>
   <si>
     <t>957282</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
-[...8 lines deleted...]
-    <t>957285</t>
+    <t>http://anytos.ru//upload/iblock/ed2/8mft2an052lvssqlqml2ld3cy5nw602e.jpg</t>
+  </si>
+  <si>
+    <t>Кроватка-люлька для кукол</t>
+  </si>
+  <si>
+    <t>972310</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/168/22o5h5nxyh3o8491da2dur9juci29u14.jpg</t>
+  </si>
+  <si>
+    <t>Набор мебели для кукол Кухня</t>
+  </si>
+  <si>
+    <t>977412</t>
   </si>
   <si>
     <t>&lt;a href="/brands/strom/"&gt;СТРОМ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5bf/tk8evbrf1hqq5vdq8z63eb1b7cg9xjbn.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b74/estgor38bgy7sz9tbg8frw63y4sz097x.jpg</t>
   </si>
   <si>
     <t>Коляска-люлька для кукол  quot;Лошадки quot;, большие кол са, металл</t>
   </si>
   <si>
     <t>Коляска-люлька для кукол &amp;quot;Лошадки&amp;quot;, большие колёса, металл, пакет</t>
   </si>
   <si>
     <t>977421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf3/g0eeq1t8mvzzau4opwe6pp28xxphwdn8.jpg</t>
   </si>
   <si>
     <t>Коляска-люлька для кукол  quot;Милый кролик quot;, большие кол са, металл</t>
   </si>
   <si>
     <t>Коляска-люлька для кукол &amp;quot;Милый кролик&amp;quot;, большие колёса, металл, пакет</t>
   </si>
   <si>
     <t>977426</t>
-  </si>
-[...16 lines deleted...]
-    <t>1013018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bd/jmeoi5xfs52s17zlnufnl1qrw5lz74us.jpg</t>
   </si>
   <si>
     <t>Складная многофункциональная прогулочная коляска ТМ  quot;QPLAY quot; Qbook 360  navy</t>
   </si>
   <si>
     <t>Складная многофункциональная прогулочная коляска ТМ &amp;quot;QPLAY&amp;quot; Qbook 360° navy</t>
   </si>
   <si>
     <t>1013019</t>
   </si>
   <si>
     <t>&lt;a href="/brands/qplay/"&gt;QPLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e4/iudbnd01zbexu1pbnisxqwwzhh3q9jcb.jpg</t>
   </si>
   <si>
     <t>Складная многофункциональная прогулочная коляска ТМ  quot;QPLAY quot; Qbook 360  беж</t>
   </si>
   <si>
     <t>Складная многофункциональная прогулочная коляска ТМ &amp;quot;QPLAY&amp;quot; Qbook 360° беж</t>
   </si>
@@ -861,57 +872,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L38"/>
+  <dimension ref="A1:L39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G38" sqref="G38"/>
+      <selection pane="bottomRight" activeCell="G39" sqref="G39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -1091,665 +1102,691 @@
       </c>
       <c r="F10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="3" t="s">
+      <c r="F12" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="F12" s="3" t="s">
+      <c r="G12" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G15" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>64</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="F29" s="3" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>122</v>
+        <v>90</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>130</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G38" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>