--- v0 (2025-11-12)
+++ v1 (2026-01-22)
@@ -12,896 +12,862 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1179">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46f/46fbc6c8c08e89556c7bd3797edef448/48c373002f566f934e67aba0ee7a5b5c.jpg</t>
   </si>
   <si>
     <t>Кукла  РАС 32см, арт.928.</t>
   </si>
   <si>
     <t>Куклы и пупсы</t>
   </si>
   <si>
     <t>242187</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/379/pawshtfr7n5drrq4t3q2773hll1ndjve.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed1/ed19a355c5c4555ad272f51b179d0a86/14e3a3fbb4c952404352f7f939ffbc34.jpg</t>
   </si>
   <si>
     <t>Пупс в ванночке 22020</t>
   </si>
   <si>
     <t>Пупс в ванночке - игрушка для сюжетно-ролевых игр.У куклы подвижные ручки и ножки.Высота куклы - около 22 см.Комплектность:кукла,ванночка,халат,соска.</t>
   </si>
   <si>
     <t>297942</t>
   </si>
   <si>
     <t>&lt;a href="/brands/igrushkin/"&gt;Игрушкин&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2f/a2fe559262f967cd319507a9ddbd7cce/63a34cf09aedd61e2b309af680639616.jpg</t>
   </si>
   <si>
     <t>Куколка Isabella мал. в шапочке, РАС  6x4x12,5 см, 6 видов,  арт.YL1701В.</t>
   </si>
   <si>
     <t>Куколка Isabella мал. в шапочке, РАС&amp;nbsp;&amp;nbsp;6x4x12,5 см, 6 видов,&amp;nbsp;&amp;nbsp;арт.YL1701В.</t>
   </si>
   <si>
     <t>329847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f5/1f53078b41d02155c4853edc6ba8a2b3/3ae27ddd28af34ed6218d195de686872.jpg</t>
   </si>
   <si>
     <t>Набор куколок 24 шт.,Happy Girl с собачкой, ВОХ, арт.K899-34.</t>
   </si>
   <si>
     <t>329849</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c7/4c7a4473cdc64e5793cf5561f578b393/a81987e0f9bc8ffcad076f0abade351f.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b33/znmq9axhktch40xjeojqp4eemo0ucwgv.jpg</t>
   </si>
   <si>
     <t>Кукла с аксессуарами 57968</t>
   </si>
   <si>
     <t>352395</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e19/e19d2476554197133b34e974d008bffc/2702667d67d0436ebfdef495ee608b9b.jpg</t>
-[...8 lines deleted...]
-    <t>352637</t>
+    <t>http://anytos.ru//upload/iblock/43d/43d22c9290be903eb4f9cd5063c0019b/c4934becde4c05d65bba068655fcf068.jpg</t>
+  </si>
+  <si>
+    <t>Набор пласт.аксессуаров для куклы, зонтик и шляпка,МиниМаниЯ, РАС 15х23см, арт. М6737.</t>
+  </si>
+  <si>
+    <t>352642</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yako/"&gt;YAKO&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/43d/43d22c9290be903eb4f9cd5063c0019b/c4934becde4c05d65bba068655fcf068.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff4/ff40d429d6059a46107bdd2cd69ba2dd/a17e30e9153e5874966fa256b08c6edc.jpg</t>
   </si>
   <si>
     <t>Набор 2 пупса в мех. костюмчиках с ушками, с сосками, Kaibibi baby, ВОХ 22х11х11 см, 2 вида, арт. BL</t>
   </si>
   <si>
     <t>359148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/937/9379a40eeea2ba77d62efcd4ffba30a9/b8a28dbc0c58495c23e80aab8f688aa0.jpg</t>
   </si>
   <si>
     <t>Пупс в конверте с соской, в шарике, Kaibibi baby, D B 24 шт., ВОХ 45х23х34 см, арт. BLD196-3.</t>
   </si>
   <si>
     <t>Пупс в конверте с соской,&amp;nbsp;&amp;nbsp;в шарике, Kaibibi baby, D/B 24 шт., ВОХ 45х23х34 см, арт. BLD196-3.</t>
   </si>
   <si>
     <t>359213</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/144/144ce201ef5fc33d4734fb9f068a04ee/f8997e96d5b516c8c48342dba15beda5.jpg</t>
   </si>
   <si>
     <t>Пупс ПВХ 22 см с аксессуарами, серия  quot;Домовята quot;, 3 вида, ВОХ 27х15х9,5 см, арт. M7579-3</t>
   </si>
   <si>
     <t>Пупс ПВХ 22 см с аксессуарами, серия &amp;quot;Домовята&amp;quot;, 3 вида, ВОХ 27х15х9,5 см, арт. M7579-3</t>
   </si>
   <si>
     <t>359220</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b81/b81a574e722cc75657dca530664bee67/b3bcfe4c8f21c890d27cacc7e9bf38c8.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba8/ba8b85b5d565e6dea48526d0e5efcb70/236126f888febf4d55a244908fa8d504.jpg</t>
   </si>
   <si>
     <t>Набор 12 шт. кукол беби-сюрприз в шаре с аксессуарами, серия пляж,  D B, арт.LM2518.</t>
   </si>
   <si>
     <t>Набор 12 шт. кукол беби-сюрприз в шаре с аксессуарами, серия пляж,&amp;nbsp;&amp;nbsp;D/B, арт.LM2518.</t>
   </si>
   <si>
     <t>368406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/952/952e4efe39bd61673db3614755cc7732/a4625038bc51aa778ddee4cead40c48d.jpg</t>
   </si>
   <si>
     <t>Набор кукол беби-сюрприз в шаре с аксессуарами  серия дом, 12 шт., арт.LM2532.</t>
   </si>
   <si>
     <t>Набор кукол беби-сюрприз в шаре с аксессуарами&amp;nbsp;&amp;nbsp;серия дом, 12 шт., арт.LM2532.</t>
   </si>
   <si>
     <t>368407</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ab/3ab2ffe932b292c378200beef33256cc/0aa1bcacc0febb0a5ae792ea346ca7a7.jpg</t>
-[...8 lines deleted...]
-    <t>395949</t>
+    <t>http://anytos.ru//upload/iblock/47e/47e3d22f4923d27e4d40af9072513654/0223d96b664dae1545fc599b8b30c901.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в кепке в шляпе и аксессуарами в банке. ВВ3826</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой  оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Необычная упаковка в виде баночки с лимонадом станет отличным дополнением к игре и местом для хранения аксессуаров. В коллекции Кукла в баночке - 6 пупсиков в разноцветных париках и головных уборах. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401576</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/589/58957a864d52075ab1dc469f3084d62d/adca0f3324dc297911ebc344bade9dd2.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в кепке в шляпе и аксессуарами в банке. ВВ3827</t>
+  </si>
+  <si>
+    <t>401577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67c/67c97243799560893b39035325cd1b24/46bfa4944d97ab93ab39b3df7458d794.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в кепке в шляпе и аксессуарами в чемоданчике на кодовом замке. ВВ3859</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде чемоданчика с кодовым замочком поможет хранить в тайне все свои секретики и аксессуары пупса. В коллекции Кукла в бутылочке - 12 пупсиков в разноцветных шапочках-ушанках в виде животных. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84f/84f703d0b9415e777a9638b9666072ec/6111ae18c6060f845751f399a61aaf3e.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в кепке в шляпе и аксессуарами в чемоданчике на кодовом замке. ВВ3860</t>
+  </si>
+  <si>
+    <t>401580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/838/8387060c07dfbab730aba0d93669184a/d533867fa944973f396828446c0f50a8.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в парике и аксессуарами в чемоданчике на кодовом замке. ВВ3861</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается парик - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде чемоданчика с кодовым замочком поможет хранить в тайне все свои секретики и аксессуары пупса. В коллекции Кукла в бутылочке - 12 пупсиков в разноцветных шапочках-ушанках в виде животных. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/388/388c5ceaa63a578ecd20df15e72833a2/1bbbac425fb16e62591f24d428ddd016.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в парике и аксессуарами в чемоданчике на кодовом замке. ВВ3862</t>
+  </si>
+  <si>
+    <t>401582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a82/a8248518ba599183e44c9302d2a1d5fe/1395490e2c2bd0c01db5d01393e1bc40.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в парике и аксессуарами в чемоданчике на кодовом замке. ВВ3863</t>
+  </si>
+  <si>
+    <t>401583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d4/2d4dd95a3984dec1a2cc2f908618511a/9358b708ccd9c1af89ffc969061dbbca.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в поильнике. ВВ3846</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор в виде животного - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде бутылочки с носиком, внутри которой расположены полочки для аксессуаров, непременно заинтересует малышку. В коллекции Кукла в бутылочке - 12 пупсиков в разноцветных шапочках-ушанках в виде животных. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fe/5feb8d686eb9283e919e4869f45f27e4/70e412f7f61e5f8a92052ea29963b5dd.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в поильнике. ВВ3847</t>
+  </si>
+  <si>
+    <t>401585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/720/720c354a526826e39f319f18ef9485b0/65cb14699eb4c535ac1348fd55359dc5.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в поильнике. ВВ3848</t>
+  </si>
+  <si>
+    <t>401586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb3/fb3c438294b4a28b85ab8658418a1779/aca66e2b8bce040860ee1b34487d6738.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в поильнике. ВВ3849</t>
+  </si>
+  <si>
+    <t>401587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25d/25dbf963647af5c85066ed203ba63ddd/deda8f973f6681307fae9bd8455ea979.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в поильнике. ВВ3850</t>
+  </si>
+  <si>
+    <t>401588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40c/40c355ef1694d338041087fe8b3da787/781c75c737e2c2d63152ae0ad9827588.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в поильнике. ВВ3851</t>
+  </si>
+  <si>
+    <t>401589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e65/e65377659bd25f42c8056a9cc1694a89/4736c274073f91987fd5a82c3b7c1c2e.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в чемоданчике на кодовом замке. ВВ3870</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается шапочка - у каждой куколки она своя. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде чемоданчика с кодовым замочком поможет хранить в тайне все свои секретики и аксессуары пупса. В коллекции Кукла в чемоданчике - 12 пупсиков в разноцветных шапочках-ушанках в виде животных и фруктово-конфетных шапочках. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be2/be280fc83e3ff968818aa976bf03458b/acf179f9a86a2fa32d5b537f481f694a.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в чемоданчике на кодовом замке. ВВ3871</t>
+  </si>
+  <si>
+    <t>401591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bab/babcc2679a1dfc450af3c12c552f92c8/d007fca68494d68eeb84d30cdea6b275.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в чемоданчике на кодовом замке. ВВ3872</t>
+  </si>
+  <si>
+    <t>401592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23b/23b279cb00ccb9e0b6b78401cbe6ec6e/8c94849d2be1ea07d9e4422e8a9ba185.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в чемоданчике на кодовом замке. ВВ3873</t>
+  </si>
+  <si>
+    <t>401593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f51/f519aa308f39a7096b47b8dc09e15fa9/fff9c8c1a68cedb56bf2c66adbb35e20.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в чемоданчике на кодовом замке. ВВ3874</t>
+  </si>
+  <si>
+    <t>401594</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3f/b3faf8d4e348ec435b57c5000d1e3b20/dd5c1bcce7e741442d93c219da11481d.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке с животным  и аксессуарами в чемоданчике на кодовом замке. ВВ3875</t>
+  </si>
+  <si>
+    <t>401595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c12/c12c8d7afb2f757d22418d0b75875fee/b2838efc2e6f7643b90e5a97d24b2753.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в поильнике. ВВ3852</t>
+  </si>
+  <si>
+    <t>401596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fc/8fc584e0f2f688ac59021d4bf93ecab9/21d3ddb62451d223ec2b9e35a4cbda4e.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в поильнике. ВВ3853</t>
+  </si>
+  <si>
+    <t>401597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/433/43348014ab24c177618ab9f15826d70e/c6d3ec7618aff4dc584c5b8b3efb42bd.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в поильнике. ВВ3854</t>
+  </si>
+  <si>
+    <t>401598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d70/d7002a19caf0849a4bcfd5464881323e/a2236e1face9f0f2a22230a1a754200b.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в поильнике. ВВ3855</t>
+  </si>
+  <si>
+    <t>401599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a92/a92c9120bd6026010ca3b1483a8a4d47/1baaf81ee777fc454e5ecad3859ded63.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в поильнике. ВВ3856</t>
+  </si>
+  <si>
+    <t>401600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c88/c88078dceebba6c618e42f997ca330ab/fb7113ecf95c0ba3787b67fd8ab1c566.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в поильнике. ВВ3857</t>
+  </si>
+  <si>
+    <t>401601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd5/fd51e53f23120e6db534ea34e2067c95/39ced7deae56e3aec8582b8b33d216be.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в шаре. ВВ3888</t>
+  </si>
+  <si>
+    <t>Кукла всегда была самым приятным подарком для девочки! Поэтому Bondibon представляет ХИТ СЕЗОНА - линейку кукол OLY! OLY - это разнообразные очаровательные куколки, у каждой из которых есть свой набор оригинальных аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается шапочка в виде забавного животного. На неё можно примерить все аксессуары из любого набора OLY. Необычный сундучок-шар станет дополнительным аксессуаром для игры. Он может быть как подставкой для куколки, так и местом хранения аксессуаров. А еще его очень интересно распаковывать! В нем можно найти и наклейки, и сосочку, и очки или сумочку, а также любые другие аксессуары, а какие именно - это сюрприз! В коллекции Кукла в шаре - 6 разных пупсиков. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09c/09c263741484ca6416d146f810d67673/77a6fd58173899c53ff916992976d65f.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в шаре. ВВ3889</t>
+  </si>
+  <si>
+    <t>401603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1d/c1dacd1865d8cb6929657a51c91617d4/1b5f17e471862bfb08c72947f2d420a9.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в шаре. ВВ3890</t>
+  </si>
+  <si>
+    <t>401604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4e/f4e6408cd7dbd44800e8a205518447bd/5d48976ec8da3082ddac41896887754d.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в шаре. ВВ3892</t>
+  </si>
+  <si>
+    <t>401606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/efd0c60034f93db708635d034a8d588a/dbecfc8a987748c7ac0ff8adb3c91a08.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным  и аксессуарами в шаре. ВВ3893</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается шапочка-ушанка - у каждой куколки она своя. На неё можно примерить все аксессуары из любого набора OLY.  Необычный сундучок-шар станет дополнительным аксессуаром для игры. Он может быть как подставкой для куколки, так и местом хранения аксессуаров. А еще его очень интересно распаковывать! В нем можно найти и наклейки, и сосочку, и очки или сумочку, а также любые другие аксессуары, а какие именно - это сюрприз! В коллекции Кукла в шаре - 6 разных пупсиков. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcc/fccca0cbd437b13ef3dcf888f2f54deb/70847312b79e9486de3aa0ed9079a2cf.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банане. ВВ3840</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой  оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор в виде вязаного животного - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде банана непременно вызовет восхищение ребенка! Он будет не только отличным местом для хранения куколки и аксессуаров, но и самостоятельной игрушкой. Каждый банан очищается как настоящий, а несклько бананов можно соеденить между собой в целую связку. В коллекции Кукла в банане - 6 пупсиков в разноцветных шапочках-ушанках в виде животных и 6 пупсиков в шапочках-сладостях. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdf/cdf5c5f9505429b0d34c39e25b11bd30/d9b980db57486fbe6d2948c7fedd6ba4.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банане. ВВ3841</t>
+  </si>
+  <si>
+    <t>401609</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/187/187dc817c732a7b6e41b6fa81ebc2378/9f0f72f5a7076cac8464d534d9980bae.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банане. ВВ3842</t>
+  </si>
+  <si>
+    <t>401610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a8/5a8700cc697bda6f8df0aaec34921b6d/4bc9321435a2367f8dcdb71321a952fd.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банане. ВВ3843</t>
+  </si>
+  <si>
+    <t>401611</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdd/cdd5340fdd2a07e19ba3ffb807986b75/c78b09d13a8ed93eb7ecee89b557a301.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банане. ВВ3844</t>
+  </si>
+  <si>
+    <t>401612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/776/7766b0b610840bbc31f7b082a7d5d865/4324018ec5490072daef35566facbbc5.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банане. ВВ3845</t>
+  </si>
+  <si>
+    <t>401613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4d/c4dc85f1712099b5c3946f518ca50b11/405a6b4d2bb3246c00c34c3558719082.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банке. ВВ3829</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой  оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор в виде вязаного животного - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Необычная упаковка в виде баночки с лимонадом станет отличным дополнением к игре и местом для хранения аксессуаров. В коллекции Кукла в баночке - 6 пупсиков в разноцветных шапочках-ушанках в виде животных. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d5/2d52b5fa7668bafdaa8f23522cbefb05/bd6c039ffe5491466284215d4bf2ae68.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банке. ВВ3830</t>
+  </si>
+  <si>
+    <t>401616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85f/85fff8457e4524c3f68157f74c82229b/3232fd89093b9cbd541e73b9cfd51615.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банке. ВВ3833</t>
+  </si>
+  <si>
+    <t>401617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/481/4812ab319d9b7c13b141d77ada8839e9/52d3464d6aa095966f2c814fc0d36391.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в банане. ВВ3834</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой  оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор в виде фруктовой или десертной шапочки - у каждой куколки она своя. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде банана непременно вызовет восхищение ребенка! Банан будет не только отличным местом для хранения куколки и аксессуаров, но и самостоятельной игрушкой. Каждый банан очищается как настоящий, а несклько бананов можно соеденить между собой в целую связку. В коллекции Кукла в банане - 6 пупсиков в разноцветных шапочках-ушанках в виде животных и 6 пупсиков в шапочках-сладостях. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401618</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6b/d6b085ed8dcd63b87b7a901a330b4aaf/11e868848a4452b11752d0db0e165768.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в банане. ВВ3835</t>
+  </si>
+  <si>
+    <t>401619</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02e/02e6d71dc7ee76b75e255565ba59b9ae/981d6b6572796122a009fb5cf08c3d86.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в банане. ВВ3837</t>
+  </si>
+  <si>
+    <t>401621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb0/bb067509396490717dfbd730c06b1d99/6ea9f026fe7f477f4afdac19992810b4.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в банане. ВВ3838</t>
+  </si>
+  <si>
+    <t>401622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45b/45bbb27f750315f44cd1a9f0043e9ae9/ea95f5e6add25e1aca9cb4dee8c421d3.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в банане. ВВ3839</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой  оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор в виде фруктовой или десертной шапочки - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Упаковка в виде банана непременно вызовет восхищение ребенка! Он будет не только отличным местом для хранения куколки и аксессуаров, но и самостоятельной игрушкой. Каждый банан очищается как настоящий, а несклько бананов можно соеденить между собой в целую связку. В коллекции Кукла в банане - 6 пупсиков в разноцветных шапочках-ушанках в виде животных и 6 пупсиков в шапочках-сладостях. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/735/73566a82c1c92005a32498bcf5166f12/71a1e1a2287f04593c61d03c9edb9c66.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в чемоданчике. ВВ3864</t>
+  </si>
+  <si>
+    <t>401624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3e/e3e94f3d3420bc5ed3d103fc313bf856/f5f6696a6d4bc3840225f56c9886a14a.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в чемоданчике. ВВ3865</t>
+  </si>
+  <si>
+    <t>401625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1f/c1f78fa7f94bb6952b9334c2c0713e6e/87fc6e1d51adfc987393093cfedb9557.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в чемоданчике. ВВ3866</t>
+  </si>
+  <si>
+    <t>401626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/769/769f57c5f19f1dd791fec4da728a7429/252ce804a64c54e6a9f4eaf3ad69f9ac.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в чемоданчике. ВВ3867</t>
+  </si>
+  <si>
+    <t>401627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84b/84b5297ebfd891b1b607f7e39a7bec6d/b3893f86813223467e0607f45fb89306.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в чемоданчике. ВВ3868</t>
+  </si>
+  <si>
+    <t>401628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22a/22a814826c8ad8ee8c79eecf1e5c9155/882dcd1dfbc55b623247cff5d29dd6d4.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY во фруктово-конфетной шапочке и аксессуарами в чемоданчике. ВВ3869</t>
+  </si>
+  <si>
+    <t>401629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/965/965d9ba492e713afe8ad3e1086425291/49b6936d7eb78d2c1b67c063d67ef868.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY спящая, в меховом костюмчике и аксессуарами в леденце d10 см. ВВ3879</t>
+  </si>
+  <si>
+    <t>Кукла всегда была самым приятным подарком для девочки! Поэтому Bondibon представляет линейку кукол OLY! OLY - это разнообразные очаровательные куколки, у каждой из которых есть свой набор оригинальных аксессуаров, а также особенные функции. У этой куколки двигаются ручки, снимается меховой комбинезончик. Необычный леденец-упаковка станет дополнительным аксессуаром для игры. В комплекте к куколке идет бутылочка. Узнайте, есть ли именно у Вашей пушистой OLY дополнительные функции? Суть игры заключается в том, чтобы ребенок ухаживал за куклой и развивал своё воображение. Данный игровой набор  подойдет для различных сюжетно-ролевых игр. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>401630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/031/031da93fb13a08e0f04667322cf4d978/13f0c5bf753e048d246db17fd73d1340.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY спящая, в меховом костюмчике и аксессуарами в леденце d10 см. ВВ3880</t>
+  </si>
+  <si>
+    <t>401631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/237/2377fe97c7af3fcc6fb9ef6591afa5a5/4152cde12887ae986b6fabed6f01127a.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY спящая, в меховом костюмчике и аксессуарами в леденце d10 см. ВВ3881</t>
+  </si>
+  <si>
+    <t>401632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd2/cd2a67aac8c09327ba2e63a7e2dd5cd5/ab4427aca5b43478502a6b294f70f921.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY спящая, в меховом костюмчике и аксессуарами в леденце d10 см. ВВ3877</t>
+  </si>
+  <si>
+    <t>401634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc9/bc9999c642f92fa20dad901fd8c27e9a/2431a742c654f8344f1adc98029a3166.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY спящая, в меховом костюмчике и аксессуарами в леденце d10 см. ВВ3878</t>
+  </si>
+  <si>
+    <t>401635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fe/4fec1c81ad22b19c0593645c077459d8/5d37550f4ec9a5856a2859e84f6e9177.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банке. ВВ3831</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается головной убор в виде вязаного животного - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Необычная упаковка в виде баночки с лимонадом станет отличным дополнением к игре и местом для хранения аксессуаров. В коллекции &amp;quot;Кукла в баночке&amp;quot; - 6 пупсиков в разноцветных шапочках-ушанках в виде животных. Соберите всю серию кукол OLY! </t>
+  </si>
+  <si>
+    <t>405418</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e5/6e5e376fdafc3916de1ef7979845faa0/24707f8093abccf1c80f6362444a1d96.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в шапочке-ушанке с животным и аксессуарами в банке. ВВ3832</t>
+  </si>
+  <si>
+    <t>405419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bc/8bc78f72cc14c2828a19831360b509c1.jpeg</t>
+  </si>
+  <si>
+    <t>Кукла Элиза  Мой милый пушистик, 26см, котенок. 451236</t>
+  </si>
+  <si>
+    <t>Кукла Элиза&amp;nbsp;&amp;nbsp;Мой милый пушистик, 26см, котенок</t>
+  </si>
+  <si>
+    <t>409171</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mary-poppins/"&gt;Mary Poppins&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/726/7262f538ea01a26d5197c542c5dc9ac5/bacd5e92625919a25fc52f6cec97aeac.jpg</t>
-[...526 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/50f/50f30b2bd36a19b61bc7415efb6186ce/7fbd94861192270813c622bf92eb8d5c.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Волшебное превращение quot; 2 в 1 Фея цветов. 451316</t>
   </si>
   <si>
     <t>Кукла &amp;quot;Волшебное превращение&amp;quot; 2в1 Фея цветов</t>
   </si>
   <si>
     <t>409175</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/45c/swace650b1pr1vdi153bixljvrnqq0k2.webp</t>
-[...12 lines deleted...]
-    <t>409348</t>
+    <t>http://anytos.ru//upload/iblock/7f7/7f73f169697cf4b34df78755297b49e1/b31ccc778f0628f4e7e1b638fb73bef0.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 20 см в синем костюмчике, ходит, повторяет фразы. SY818 blue</t>
+  </si>
+  <si>
+    <t>Кукла 20 см в синем костюмчике, ходит, повторяет фразы, бат.AAA*3шт. в компл.не вх., коробка</t>
+  </si>
+  <si>
+    <t>409540</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3a/b3a04c3ccdc2ff18e5177d6fbf3cb13e/77a68e3c5455fd6e90bc804c87c6f8b3.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 20 см в розовом костюмчике, ходит, повторяет фразы. SY818 pink</t>
+  </si>
+  <si>
+    <t>Кукла 20 см в розовом костюмчике, ходит, повторяет фразы, бат.AAA*3шт. в компл.не вх., коробка</t>
+  </si>
+  <si>
+    <t>409541</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64f/64f41d5cf5e6a40ece4aeaaf28b4bd53/7b9785ca03ea070b7bb763dec341f2a8.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка OLY- повар нок, арт.K899-18</t>
   </si>
   <si>
     <t>Куклы OLY в пакетиках  это куколки с длинными волосами, с уникальными и интересными аксессуарами мебелью, питомцами, лошадкой и даже транспортным средством. В этом наборе куколка OLY представлена в виде очаровательного поваренка в специальном колпачке и костюмчике, а также с духовкой и приготовленным блюдом! При изготовлении мини-куколок особое внимание уделяется деталям и разнообразию аксессуаров. Бондибон - для ярких идей и веселых затей!</t>
   </si>
   <si>
     <t>410262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12f/12f021ee69c997c0f9dd4517f57e5e88/048d640d890d2b54f71011ac739c2b18.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка OLY с собачкой в будке, арт.K899-20</t>
   </si>
   <si>
     <t>Куклы OLY в пакетиках  это куколки с длинными волосами, с уникальными и интересными аксессуарами мебелью, питомцами, лошадкой и даже транспортным средством. В этом наборе куколка OLY представлена с милым щенком, украшенным бантиком, а также с мисочкой и домиком для питомца! При изготовлении мини-куколок особое внимание уделяется деталям и разнообразию аксессуаров. Бондибон - для ярких идей и веселых затей!</t>
   </si>
   <si>
     <t>410264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd8/fd89ffcc484abd4ddb5f015bc2aadcb9/fa67a3be032aa6dade262db1d9fabf60.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка OLY с мотороллером, арт.K899-23</t>
   </si>
   <si>
     <t>Куклы OLY в пакетиках  это куколки с длинными волосами, с уникальными и интересными аксессуарами мебелью, питомцами, лошадкой и даже транспортным средством. В этом наборе куколка OLY представлена с розовым мотороллером. И конечно же, в комплекте к нему - шлем безопасности! При изготовлении мини-куколок особое внимание уделяется деталям и разнообразию аксессуаров. Бондибон - для ярких идей и веселых затей!</t>
   </si>
   <si>
     <t>410265</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ac/8acc0c4382fdf811798c6aadf45b6ea6/6871ee1c1c1f27a54e11648615083692.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bad/bad375af732c7dd2c5cc781ee8cd6e6f/356eada59dc242cc12d362d3ed9499a1.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка OLY с кроваткой, арт.K899-27</t>
   </si>
   <si>
     <t>Куклы OLY в пакетиках  это куколки с длинными волосами, с уникальными и интересными аксессуарами мебелью, питомцами, лошадкой и даже транспортным средством. В этом наборе куколка OLY представлена в ночной сорочке и с кроваткой! При изготовлении мини-куколок особое внимание уделяется деталям и разнообразию аксессуаров. Бондибон - для ярких идей и веселых затей!</t>
   </si>
   <si>
     <t>410268</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ff/6ffdded22ade93b23605b9f24d2eac25/12627b3aaa1d0c5b3e03ba87eab082e5.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка OLY- жокей с лошадкой, арт.K899-12А</t>
   </si>
   <si>
     <t>Куклы OLY в пакетиках  это куколки с длинными волосами, с уникальными и интересными аксессуарами мебелью, питомцами, лошадкой и даже транспортным средством. В этом наборе куколка OLY представлена в виде жокея с хлыстом, а также с белым пони в амуниции. При изготовлении мини-куколок особое внимание уделяется деталям и разнообразию аксессуаров. Бондибон - для ярких идей и веселых затей!</t>
   </si>
   <si>
     <t>410269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/807/807699bd13a71c2c05c7e1faefdab056/2765230da72701a3bc175fc933011138.jpg</t>
@@ -948,231 +914,168 @@
   <si>
     <t>Пупс OLY от Bondibon - это очаровательный малыш, который непременно завоюет сердце любой девочки. У него забавная мордашка и милый костюмчик, который можно снимать и надевать. У пупсика двигаются ручки, ножки, а еще он умеет пить из бутылочки и ходить на горшок! Когда пупсик недоволен, он плачет, а еще он может издавать другие звуки и даже произносить слова! В комплекте с пупсом Вы найдете бутылочку для кормления, горшочек и памперс. Питание звукового механизма - 3AG13 включены в комплект.</t>
   </si>
   <si>
     <t>413568</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61b/61bcb2caa8ac12c65e4697fdb7e681ef/98c58116ee7662c8000c767a6e4d10bf.jpg</t>
   </si>
   <si>
     <t>Кукла Oly Bondibon, 36см функциональная  пь т, писает , озвученная, с аксессуарами. ВВ4259</t>
   </si>
   <si>
     <t>413569</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/714cc2552539be2464abbacd6cac037c/9245f79aeefb9acad693adbdcc0acf82.jpg</t>
   </si>
   <si>
     <t>Кукла Oly Bondibon, 36см функциональная  пь т, писает , озвученная, с аксессуарами. ВВ4260</t>
   </si>
   <si>
     <t>413570</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ec/3ec58de99b4054927e29c7e78821cea8/d23130430bb791eaa0402780f22681e5.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/886/886ab58229d9d9d208e1002d3e30c3cb/42154066fec760e89c6739ba86dfb172.jpg</t>
   </si>
   <si>
     <t>Кукла Oly Bondibon, 36см функциональная  пь т, писает , озвученная, с аксессуарами. ВВ4262</t>
   </si>
   <si>
     <t>413572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7d/c7d3b70598ea6f0485aaa55c1980bd78/3691656165f3343cceb4385b3c925385.jpg</t>
   </si>
   <si>
     <t>Кукла Oly Bondibon, 36см функциональная  пь т, писает , озвученная, с аксессуарами. ВВ4263</t>
   </si>
   <si>
     <t>413573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17e/17ee32963a0ffebf2324a000ba45e4c4/bad2c01c4a2d6df796e865aeda6b9307.jpg</t>
   </si>
   <si>
     <t>Одежда для куклы 38-43см, куртка c юбкой. 452151</t>
   </si>
   <si>
     <t>Одежда для куклы 38-43см, куртка c юбкой</t>
   </si>
   <si>
     <t>413976</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6b/a6ba70b61071c127c4cecba2632dbd15/6a111ebf370d400eeb192f365a8cfdc3.jpg</t>
   </si>
   <si>
     <t>Одежда для куклы 38-43см, шубка с юбкой. 452152</t>
   </si>
   <si>
     <t>Одежда для куклы 38-43см, шубка с юбкой</t>
   </si>
   <si>
     <t>413977</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f47/f47f36a69fb8f3339ff658dedbd3add3/60257ac87ab53e1dc12c54cbaed97d69.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a96/a9605dcb504a24d00319615139ddb308/44d6bda31d27177a687bd7f8d530db7e.jpg</t>
   </si>
   <si>
     <t>Одежда для куклы 38-43см, футболка и юбочка  quot;Пирожное quot;. 452153</t>
   </si>
   <si>
     <t>Одежда для куклы 38-43см, футболка и юбочка &amp;quot;Пирожное&amp;quot;</t>
   </si>
   <si>
     <t>430023</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/59b/8hrhuwkewt01cgqecsz1t4gg33sb7117.jpg</t>
-[...8 lines deleted...]
-    <t>430708</t>
+    <t>http://anytos.ru//upload/iblock/d1c/d1c22b630f43debea851c5e768cdb811/039c8ec3a60e4d42e7ee88836fc70460.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой Bondibon куколка OLY в парике и аксессуарами в банке, ВОХ 6,3х11х6,3см, девочка-C</t>
+  </si>
+  <si>
+    <t>Bondibon представляет ХИТ СЕЗОНА - эксклюзивную линейку кукол OLY! OLY - это очаровательные куколки, у каждой из которых есть свой  оригинальный стиль, набор аксессуаров, а также особенные функции, наличие и разнообразие которых варьируется от одной куколки к другой. Например, одна куколка пьет, другая пьет и писает, а третья реагирует на влагу! У куколки двигаются ручки, снимается парик - у каждой куколки он свой. На неё можно примерить все аксессуары из любого набора OLY. Необычная упаковка в виде баночки с лимонадом станет отличным дополнением к игре и местом для хранения аксессуаров. В коллекции Кукла в баночке - 6 пупсиков в разноцветных париках и головных уборах. Соберите всю серию кукол OLY!</t>
+  </si>
+  <si>
+    <t>435696</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f19/kc9omg0o9vw2ei7omtg31hpxd9vu3x63.jpg</t>
   </si>
   <si>
     <t>Пупс 30 см, винил</t>
   </si>
   <si>
     <t>Милый и очаровательный пупсик покорит сердце любой девочки и станет замечательным подарком. Реалистичный европейский дизайн, отличное исполнение игрушки, качественные материалы, одежда нежных расцветок, красивая подарочная упаковка - малышка обязательно оценит эту игрушку. В комплект входят пупсик и матрасик из плюша. У пупсика двигаются ручки и ножки, голова крутится, тело мягкое. Благодаря компактным размерам удобно брать игрушку с собой на улицу. Забота о пупсике научит ребенка ответственности, улучшит коммуникативные и социальные навыки, поможет развивать воображение, мелкую моторику рук и координацию движений. Игрушка изготовлена из высококачественного и безопасного винила, есть элементы текстильных материалов. Размеры пупсика: 13,5*9*30 см. Размеры коробки: 34*13*22 см.</t>
   </si>
   <si>
     <t>552220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea4/ea42051febd2eb240b5702ca0fee4f95/1d8c0021a79a1327a472a8fc41fb3d9b.jpg</t>
   </si>
   <si>
     <t>Кукла Кевин доктор, 29 см.</t>
   </si>
   <si>
     <t>Материал: пластмасса.&lt;br /&gt;
  Аксессуары: 2 собаки, докторский набор, расческа, фен, косточка, бутылочка, миска.&lt;br /&gt;
  Размеры собачки около 6*3,5*4 см.&amp;nbsp;&amp;nbsp;&lt;br /&gt;
  Размеры доктора: 10*4*31,5 см.&lt;br /&gt;
  У куколки руки-ноги двигаются, голова крутится. Голова мягкая, тело жесткое.</t>
   </si>
   <si>
     <t>562525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/67247b424bd8f6c6ea4cdc79dc4f381b/25ebbc23e7ab0567a5f605329ef5a832.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon 11,5см куколка OLY- путешественница c одеждой, аксессуарами и медвежонком</t>
   </si>
   <si>
     <t>577485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/230/230bdd0fdb8eceb74bca3c495cfb720e/16478a6938a4e4b5ece5f075f0738584.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon 11,5см куколка OLY- путешественница c одеждой, аксессуарами, подставкой</t>
   </si>
   <si>
     <t>577486</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a9/2a96531c7e8de504f0602a77a3fb1711/b34d8181d92436e12bbe34d0cd835133.jpg</t>
+  </si>
+  <si>
+    <t>577487</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e12/e127418b1a772a4588807606385ec99c/c07245b6b50808aaeb64ae0336bcd97b.jpg</t>
   </si>
   <si>
     <t>577488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03c/03c9d32a6a543e48902ddc5f92eaf720/1bc1c32544f856e66f8e763c057f573b.jpg</t>
   </si>
   <si>
     <t>577489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/870/870b939fd100b4f4d3e01229721076d6/ecdf2f30c6e547213448f913bbca85ba.jpg</t>
   </si>
   <si>
     <t>577490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/431/4318678d90a17cb43ec1bdf932ea9654/857e44c7361b86da9878c947eed937cd.jpg</t>
   </si>
   <si>
     <t>577491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/442/4421ce739299bf10fe8d58641d5aaa98/1e52770a3327cae595b908b2d95b6588.jpg</t>
@@ -1183,87 +1086,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/739/7398cba9eac074a46d099b9610b19b1b/1fdac5ff3b857f1ffcd13c8e3a6373e3.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка  OLY  с домашним питомцем и аксессуары, салатовый чемодан, BLISTER</t>
   </si>
   <si>
     <t>Набор игровой Bondibon куколка «OLY» с домашним питомцем и аксессуары, салатовый чемодан, BLISTER</t>
   </si>
   <si>
     <t>577506</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b45/b456074f1acbc6be631c2916d1b32b90/5342fc82c529b1e8424d77d8b8824232.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon, куколка OLY 13 см с собачкой в прозрачном шаре d 11СМ, арт. 8215</t>
   </si>
   <si>
     <t>Набор игровой Bondibon, куколка OLY 13 см с собачкой в прозрачном шаре d=11СМ, арт. 8215</t>
   </si>
   <si>
     <t>577508</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/069/0690444220d6116575176771a598ba9e/ce91430cb19b3776133fce27bc44f67e.jpg</t>
-[...35 lines deleted...]
-    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/211/21193e14e323dcebe5dfb9027dfc407b/eff85c91b37d8d55186e92ad8cd55181.jpg</t>
+  </si>
+  <si>
+    <t>577509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2c/c2c94ab580069677272084f0a2c60e9d/09c95647dbab493c2429e266de574e60.jpg</t>
+  </si>
+  <si>
+    <t>577510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04d/04d17d077c085792a166247bcf9ceb4e/68a4ba0a41bff52db4ac7fc1b7598918.jpg</t>
   </si>
   <si>
     <t>Пупс Гриша 22 см в переноске</t>
   </si>
   <si>
     <t>Дети просто обожают кукол, у которых имеются какие-либо аксессуары. Это дает возможность устраивать предметно-ролевые игры, развивать мелкую моторику и креативное мышление. Подарите ребенку пупса и он наверняка будет рад подарку!</t>
   </si>
   <si>
     <t>580436</t>
   </si>
   <si>
     <t>&lt;a href="/brands/plastmaster/"&gt;Пластмастер&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c3/6c37a70cd9157b1a4ed0aec10895a92c/8f6079f465273c46d0c1cc98413801ad.jpg</t>
   </si>
   <si>
     <t>Пупс Эля 22 см в переноске</t>
   </si>
   <si>
     <t>Дети просто обожают кукол, у которых имеются какие-либо аксессуары. Это дает возможность устраивать предметно-ролевые игры, развивать мелкую моторику и креативное мышление. Подарите ребенку пупса Эли в переноске, и он наверняка будет рад подарку!</t>
   </si>
@@ -1273,117 +1149,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f28/f28c0511d50e4c3b8b70d2be82315b3b/b93e0b9593f70dbb0be36e1b96b1415a.jpg</t>
   </si>
   <si>
     <t>Пупс винил, 20 см., аксесс.</t>
   </si>
   <si>
     <t>Совсем, как настоящий, очень милый и очаровательный пупс, сделанный по европейским дизайнам - великолепный подарок для девочек! &lt;br /&gt;
  Куклу можно сажать, купать, брать с собой на прогулку, менять ей белье! &lt;br /&gt;
  У пупсика есть кружевные трусики и мягкое одеяльце с помпончиками, сам он одет в шапочку и комбинезончик на липучке нежного приятного цвета.&lt;br /&gt;
  Ручки, ножки и голова куклы двигаются, все части тела мягкие на ощупь, глазки не закрываются. &lt;br /&gt;
  Пупс упакован в красивую подарочную коробку.&lt;br /&gt;
  Забота о такой кукле научит ребенка ответственности и терпению, улучшит&amp;nbsp;&amp;nbsp;коммуникативные способности.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из высококачественной пластмассы, аксессуары сшиты из ткани.&lt;br /&gt;
  Предназначена для детей старше 3 лет.&lt;br /&gt;
  Страна-производитель: Китай.&lt;br /&gt;
  Размеры пупса: 11*5,5*20 см.&lt;br /&gt;
  Размеры одеяльца: 16*16 см.&lt;br /&gt;
  Размеры коробки: 20,5*8,5*23,5 см.</t>
   </si>
   <si>
     <t>608893</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/75b/75b19e4b40767688655867e5224f6b29.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ee7/ee771e1fb584f90d823a390fb31d1c91.jpg</t>
   </si>
   <si>
     <t>Одежда для куклы 43см, толстовка и леггинсы  quot;Принцесса quot;</t>
   </si>
   <si>
     <t>Одежда для куклы 43см, толстовка и леггинсы &amp;quot;Принцесса&amp;quot;</t>
   </si>
   <si>
     <t>616026</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e3/wx7ijmrggslb8f0kvtd10731wvt8gft6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/406/406d862ab299d467963927b927cd92e0.jpg</t>
   </si>
   <si>
     <t>Набор  quot;Мэри quot; легинсы и носочки для куклы 43см.</t>
   </si>
   <si>
     <t>В образе прекрасной леди важна буквально каждая деталь! Набор «Мэри» из авторской линии кукольной одежды ТМ Mary Poppins поможет одеть любимую куколку безупречно и со вкусом. В комплекте – легинсы и носочки. Они подходят для кукол высотой 43 см. Тёплые и приятные на ощупь, изделия выполнены в нежно-розовом цвете с элементами из небесно-голубого цвета, есть мелкий принт сердечек. В верхней части колготок и носочков напечатан товарный знак ТМ Mary Poppins. Носочки украшены атласными бантиками. Размер колготок &amp;#40;ДхШ&amp;#41; составляет 21х11 см. Изготовлено из текстильных материалов. Рекомендованный возраст: 3 года &amp;#43;</t>
   </si>
   <si>
     <t>631564</t>
-  </si>
-[...22 lines deleted...]
-    <t>631994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b76/b760f72415b172ba80f6c090680317cb.jpg</t>
   </si>
   <si>
     <t>Кукла интерактивная 40см, в розовом костюмчике, говорит, поет, рассказывает стихи</t>
   </si>
   <si>
     <t>Совсем, как настоящий, очень милый и очаровательный пупс порадует любую девочку! &lt;br /&gt;
  С ним так здорово играть: он знает много фраз, умеет рассказывать веселые стихи, поет колыбельную, стоит нажать на одну из ручек!&lt;br /&gt;
  Пупсик одет в стильный и мягкий комбинезончик и носочки. На голове игрушки красивая повязка с очаровательным бантиком.&lt;br /&gt;
  Тело пупсика мягконабивное, кисти ручек и стопы ножек&amp;nbsp;&amp;nbsp;сделаны из пластмассы.&lt;br /&gt;
  Бровки, реснички нарисованы, глазки не закрываются, ручки, ножки, голова мягкие. &lt;br /&gt;
  Забота о такой кукле научит ребенка ответственности, улучшит&amp;nbsp;&amp;nbsp;коммуникативные и социальные навыки, позволит придумать множество сюжетно-ролевых игр, развивая фантазию!&lt;br /&gt;
  Этот пупсик - великолепный подарок для девочки, с которым она проведет немало веселых и занимательных часов игры!&lt;br /&gt;
 &amp;nbsp;&amp;nbsp;&lt;br /&gt;
  Игрушка работает от 3 батареек АА, в комплект не входят.&lt;br /&gt;
  Изготовлена из безопасной и высококачественной пластмассы, аксессуары и наполнитель тела сделаны из текстильных материалов.&lt;br /&gt;
  Размеры пупса: 20*9,5*40 см.&lt;br /&gt;
  Размеры коробки: 24*12*40 см.</t>
   </si>
   <si>
     <t>635854</t>
   </si>
   <si>
@@ -1436,71 +1267,50 @@
     <t>http://anytos.ru//upload/iblock/1c8/1c8fd9fcf9ce071e9d409b56d198f4da.jpg</t>
   </si>
   <si>
     <t>Платье для куклы в ассортименте</t>
   </si>
   <si>
     <t>Платье для куклы в ассортименте, пакет</t>
   </si>
   <si>
     <t>636335</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a5/3a5f2e321c3756a586fad8f443a0e4e2.jpg</t>
   </si>
   <si>
     <t>636336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/276/276d6e7ae235cf3b4aae01d7c675c7b5.jpg</t>
   </si>
   <si>
     <t>636337</t>
-  </si>
-[...19 lines deleted...]
-    <t>643391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6f/c6f2f4ebb330f14d1f21292ea6ed3d0c.jpg</t>
   </si>
   <si>
     <t>Пупс мягконаб., озвуч., в розовом платье, 40 см, русская озвучка</t>
   </si>
   <si>
     <t>Очаровательный и нежный образ, воплощённый в пупсике от торговой марки Lisa Doll, покорит каждую девочку. Игрушка отличается реалистичным и красивым дизайном, тщательной проработкой деталей и высоким качеством исполнения. &lt;br /&gt;
  Голова, кисти рук и стопы сделаны из пластмассы. Тело мягконабивное. Все части тела мягкие. &lt;br /&gt;
  Активация звукового чипа - нажатие на одну из ручек. Пупсик говорит более 20 фраз и поет колыбельную.&lt;br /&gt;
  Игра с пупсиком развивает социальные и речевые навыки, мелкую моторику ручек и координацию движений, зрительное и слуховое восприятие, учит заботиться и положительно влияет на эмоциональное развитие ребёнка. &lt;br /&gt;
  Пупсик от Lisa Doll станет отличным подарком и настоящей радостью для малышки.&lt;br /&gt;
  Озвучка русская.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек АА, не входят в комплект. Вставляются в спинку пупсика. Здесь же находится кнопка включения.&lt;br /&gt;
  Игрушка изготовлена из высококачественных и безопасных материалов: пластмасса, текстиль, мягконабивные элементы. &lt;br /&gt;
  Размеры пупсика: 32*11*40 см.&lt;br /&gt;
  Размеры коробки: 24*12*37 см.&lt;br /&gt;
  &lt;br /&gt;
  Фразы, которые говорит пупсик&lt;br /&gt;
  &lt;br /&gt;
  Как тебя зовут?&lt;br /&gt;
  Сколько тебе лет?&lt;br /&gt;
  Как приятно познакомиться с тобой.&lt;br /&gt;
@@ -1691,156 +1501,117 @@
     <t>http://anytos.ru//upload/iblock/337/3378612cf8e2fbb73a2cd3125d340982.jpg</t>
   </si>
   <si>
     <t>653370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3c/d3c74d9559de8518594c51a2f7192dbc.jpg</t>
   </si>
   <si>
     <t>Кукла Кевин в очках, 29 см.</t>
   </si>
   <si>
     <t>Лучший кавалер для куколки маленькой принцессы - серьезный молодой человек!&amp;nbsp;&amp;nbsp;&lt;br /&gt;
  Руки, ноги, голова куклы подвижны. Тело жесткое, голова и ладони мягкие.&lt;br /&gt;
  Забота о такой кукле научит ребенка ответственности, улучшит&amp;nbsp;&amp;nbsp;коммуникативные и социальные навыки, позволит придумать множество интересных сюжетно-ролевых игр, развивая фантазию!&lt;br /&gt;
  Эта кукла - великолепный подарок для девочки, с которым она проведет немало веселых и занимательных часов игры!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из безопасной и высококачественной пластмассы, есть текстильные элементы.&lt;br /&gt;
  Размеры игрушки: 9*4,5*31 см.&lt;br /&gt;
  Размеры коробки: 12*5,5*32 см.</t>
   </si>
   <si>
     <t>653372</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/19e/odce0im2scecle71gtzytkft15qih9xq.jpg</t>
-[...17 lines deleted...]
-    <t>654177</t>
+    <t>http://anytos.ru//upload/iblock/e73/e73d8beef3b82c9642e2fed70aaf6b71.jpg</t>
+  </si>
+  <si>
+    <t>Кукла малыш Oly толстощ кий с улыбкой, Bondibon, размер 8 quot;, коричн.костюм, ВОХ 17,8х14,5х10,3 см.</t>
+  </si>
+  <si>
+    <t>Забавная кукла &amp;quot;МАЛЫШ С УЛЫБКОЙ&amp;quot; серии Oly от ТМ Bondibon так смешно показывает язычок, что просто невозможно не улыбнуться ей в ответ! Веселый игровой пупс Bondibon готов поиграть в дочки-матери, помогая развивать чувство ответственности и заботы. Ухаживайте за пупсиком, как за настоящим малышом. Длина куклы составляет 20 см. Мягкий тканевый костюмчик с ушками медвежонка молочно-коричневого цвета. Пупс изготовлен из качественных и безопасных материалов, приятных на ощупь. Игрушка упакована в стильную картонную коробку размером 17,8х14,5х10,3 см с демонстрационным окном и специальным местом для поздравительной надписи.</t>
+  </si>
+  <si>
+    <t>654172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/120/2c8o4onjufipckm6nxfku469fciyc8lk.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Полина quot;</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Кукла 45 см без музыкального модуля. Упаковка: открытая картонная коробка. В ассортименте. Материал: руки, ноги, голова - ПВХ, тело - пластик. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; Кукла - ПВХ-пластизоль, пластик, волосы - полиэстр, одежда - текстильные синтетические материалы Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp; Коробка &amp;#40;картон плотностью 250 г/м&amp;#41;</t>
   </si>
   <si>
     <t>683862</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fancy/"&gt;FANCY&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bf9/4qn3n4zg5wvaxquv9nzaix26zp1czppa.jpg</t>
+  </si>
+  <si>
+    <t>Кукла  quot;Русалка quot; с аксессуарами</t>
+  </si>
+  <si>
+    <t>Кукла-русалка в наборе с морскими обитателями. В ассортименте три цвета. Упаковка блистер</t>
+  </si>
+  <si>
+    <t>683871</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e39/mrbez1dnd513lovimp5gcupfu47abc5v.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Малыш Единорог quot;</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Милейший Пупс в комбинезоне Единорога. Без аксессуаров. Высота пупса - 30 см. Упаковка - картонный лоток. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; Тело - ПВХ-пластизоль, одежда - текстильные синтетические материалы, аксессуар - пластик Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp; Коробка &amp;#40;картон плотностью 250 г/м&amp;#41; Комплектность изделия с указанием количества:&amp;nbsp;&amp;nbsp; Пупс - 1 шт.</t>
   </si>
   <si>
     <t>684458</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e6/hahwmp89h96m8nksph1f2k4uuirbewvd.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Малышка quot; с соской</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Пупс в милом костюмчике с соской. Высота пупса - 30 см. Упаковка - лоток картонный. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; Тело - ПВХ-пластизоль, одежда - текстильные синтетические материалы, комплектующие &amp;#40;соска&amp;#41; - пластик. Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp; Коробка &amp;#40;картон плотностью 250 г/м&amp;#41; Комплектность изделия с указанием количества:&amp;nbsp;&amp;nbsp; Пупс - 1 шт., соска - 1 шт.</t>
   </si>
   <si>
     <t>685237</t>
   </si>
   <si>
     <t>&lt;a href="/brands/little-you/"&gt;LITTLE YOU&lt;/a&gt;</t>
-  </si>
-[...43 lines deleted...]
-    <t>692071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/221/l1v36b1p15njh9tznk29egcqu6qxl8dr.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Кукла Милана на велосипеде quot;</t>
   </si>
   <si>
     <t>Здоровый образ жизни и активное время препровождение – это не просто модное течение, но и очень увлекательный досуг. Ведь катаясь на велосипеде можно не только посмотреть город, но и получить массу положительных эмоций. А катание на велосипеде с любимым питомцем – это двойное удовольствие для любимой куколки. Комплектность набора: кукла со шлемом, велосипед, щенок или котенок, расческа, сумочка. Размер куклы составляет – 11,7 см.</t>
   </si>
   <si>
     <t>694731</t>
   </si>
   <si>
     <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee0/djkkmlscxg08fncamg6wnv7kcww989gu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игровой набор  quot;Кукла Эмили quot;  в ветклинике </t>
   </si>
   <si>
     <t>Случается, что любимые питомцы кукол болеют. Но это не беда, ведь набор ветклиники поможет вылечить питомца! Комплектность набора: кукла, щенок, котенок, 12 аксессуаров, монитор, 2 миски &amp;#40;с рыбкой, косточкой&amp;#41;, картонный столик. Размер куклы составляет – 11,7 см.</t>
   </si>
@@ -2186,515 +1957,422 @@
     <t>Кукла Кевин с питомцем, со звуком, 29 см.</t>
   </si>
   <si>
     <t>Кевин с питомцем обожают гулять! Берут с собой все необходимое и любуются городом!&lt;br /&gt;
  В комплект входят кукла, собачка, фотоаппарат, коробочка имитации собачьей еды, расческа, фен, миска, фигурка-имитация косточки, 4 бутылочки.&lt;br /&gt;
  У куклы ручки и ножки шарнирные, ручки сгибаются в локтях, ножки в коленях. Тело у куклы жесткое, голова мягкая. Ручки-ножки двигаются, голова крутится.&lt;br /&gt;
  У собачки снимается поводок, она умеет лаять, если нажать на кнопку на основании питомца, хвостик и язычок у собачки двигаются. Если погладить собачку по голове, она заскулит.&lt;br /&gt;
  Забота о такой кукле научит ребенка ответственности, будет развивать коммуникативные и социальные навыки, воображение, мелкую моторику ручек и координацию движений, позволит придумать множество интересных сюжетно-ролевых игр!&lt;br /&gt;
  &lt;br /&gt;
  Собачка работает от 3 батареек AG13, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из безопасной и качественной пластмассы, есть элементы текстильных материалов.&lt;br /&gt;
  Размеры куклы: 10,5*4*31 см.&lt;br /&gt;
  Размеры собачки: 15*5,5*13 см.&lt;br /&gt;
  Размеры коробки: 25,5*8,5*32 см.</t>
   </si>
   <si>
     <t>825050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75a/kdbm28dzuxm90tzfrusdmojxp4e24f26.jpg</t>
   </si>
   <si>
     <t>825051</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c68/s6x4dmiqb5zf6pu1e4a3w5d0pvle81jr.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba9/7fua7waprxg57l3w7o00oavtd25dsvv1.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Русалка quot;</t>
   </si>
   <si>
     <t>Мини-кукла русалка размером 6,5*4*18 см . В комплект входит: кукла, морская звезда, морской конек, гребень для волос.</t>
   </si>
   <si>
     <t>830050</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a1/qdx0i483jfw1w688mjeklhb3eywggzbx.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc5/0y231ju6fftwgr35p9yjzyt7hst6mmf2.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Красотка quot;, в комплекте: кукла 29см.</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Красотка&amp;quot;, в комплекте: кукла 29см, пакет</t>
   </si>
   <si>
     <t>851752</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/226/893kadcqlfmol0lp7glpssj9aviuwc7r.jpg</t>
-[...8 lines deleted...]
-    <t>851755</t>
+    <t>http://anytos.ru//upload/iblock/e26/0qouevifr67mrncn2d78qihth5d72s2a.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;Кукла Лина с питомцем quot;</t>
+  </si>
+  <si>
+    <t>Кукла из ПВХ высотой 12 см. Комплектность: кукла, сумочка, расческа, собачка. В ассортименте 2 вида кукол &amp;#40;блондинка и брюнетка&amp;#41;</t>
+  </si>
+  <si>
+    <t>854601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4e/1y30ctcpqah288glb9nevho7zaqu5iyz.jpg</t>
   </si>
   <si>
     <t>Две пары лыж, две пары палок, ботинки для Софии и анечки, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>890971</t>
   </si>
   <si>
     <t>&lt;a href="/brands/karapuz/"&gt;Карапуз&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b1/7c4t11ck8p224on5i2vgdh8hy80lldr8.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см комплект акс для Софии, для магазина, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>890977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/gu46udsrvjrpz8mpf6t4aab3x5idlm5d.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см набор зимних спортивных акс, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>890985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3c/7rrb6gkf0n8mobyoqzet3xll3qxtrpeq.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см набор спортивных акс, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>890986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c1/m76fhiuhp4ibplh1bqs5wrq83xe89ii6.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см единорог с акс для Софии, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>890987</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd5/fhj5hi2z46nml3v3yplqjixwn5p8xsm6.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см лошадь с акс для Софии, кор КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>890988</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/401/ejcjwtve74vec01de2b9ul1t95ufj717.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см флокированный единорог с акс для Софии, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>890991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/316/067fav90p4r8lgwxltm49lass673br1t.jpg</t>
   </si>
   <si>
     <t>890992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e5/zx09xk3uhyh14lw0er17oie6hywu9wo3.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см флокированная лошадь с акс для Софии, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>890993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab0/96a7wmf8x7awvytrsuqmu6rs1jswozlk.jpg</t>
   </si>
   <si>
     <t>890994</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f37/1l0nzj28vtbi5vi14391hdmbwjow5cbc.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см питомец с акс для Софии, блистер КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>890995</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee0/yssik7g0xxggbfrmp82ta1lds9uhk21z.jpg</t>
   </si>
   <si>
-    <t>Аксессуары для кукол 29 см питомец с акс для Софии, блистер КАРАПУЗ</t>
-[...1 lines deleted...]
-  <si>
     <t>890997</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/16b/kb9uh1o9y68hpeicxltx5xldz88b7jjs.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f48/9towrxpkq0hiswz8wll1ykklpu4f6n11.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см магнитная собака с косточкой для Софии, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>891004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db9/whdngdcu4d11lhop95e4kg35dkk3wgyy.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см магнитные собака и щенок с акс для Софии, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>891005</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/559/oh4s15amt69snlyumtbplw7v21b5k7f1.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см светящийся единорог для Софии, блистер КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>891006</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2cc/jbw8qbo143bo2cn9g5cwotsbno33fylw.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София путешествие в Москва, акс для путешественика ТМ  quot;КАРАПУЗ quot;</t>
   </si>
   <si>
     <t>Кукла 29 см София путешествие в Москва, акс для путешественика ТМ &amp;quot;КАРАПУЗ&amp;quot;</t>
   </si>
   <si>
     <t>891019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed2/h3irlgv968i0kg5osjdn82bt02u8ydxz.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, ресницы, маникюр, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891022</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff9/s4w388uom77m6iuaq55ovlbjttg6isgd.jpg</t>
+    <t>http://anytos.ru//upload/iblock/0a1/myrdgpb9xuxp9ivk5nsjooofy1t12yie.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
-    <t>891025</t>
-[...4 lines deleted...]
-  <si>
     <t>891026</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/631/jh51vxl4njyh4h4fhozmeauz92fzelek.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8cf/b3pec2c5luuvfu8k7dr7y0niq3joe4q9.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, зимняя одежда, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891033</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/986/a3isbrd79ztca2jd36sqqriwith07tkp.jpg</t>
+    <t>http://anytos.ru//upload/iblock/35b/cy8779qbmj3fkf2czo2q3o93z5fklvjl.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 29 см София беременная двойней, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>891039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdb/bvw7hzx3u0l386fbs9ncf3eohe54u3bf.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, 2 младенца, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
-    <t>891034</t>
-[...28 lines deleted...]
-  <si>
     <t>891041</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9e9/dz6e991g6zh6kirsbf72mszx35g35ta6.jpg</t>
+  </si>
+  <si>
+    <t>891042</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/65e/ttmjbs38f6lix708b3d9egn3r5kv7awk.jpg</t>
   </si>
   <si>
     <t>891045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6d/k1popl5fpm0wmezdslgqv61jk9wyqutn.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная тройней, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/309/njzdb4yujsx5hkr557umdxnfvs2owuhx.jpg</t>
   </si>
   <si>
     <t>891048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/028/h7wjvvlf4spr2kpfei153i1ay2aja471.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, цветные волосы, в вечернем платье с акс КАРАПУЗ</t>
   </si>
   <si>
     <t>891059</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/437/8oqv9tsno9rvol2mrfxueykymibjn92i.jpg</t>
+    <t>http://anytos.ru//upload/iblock/17d/0k3valz29uy20ece4gpui7qvzzw8w46r.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгибаются, ресницы, маникюр, акс, кор КАРАПУЗ</t>
   </si>
   <si>
-    <t>891061</t>
-[...4 lines deleted...]
-  <si>
     <t>891062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/545/46yzrjpi8a4czhup4qfklxbjkm8865ss.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49d/whqzzugdjohhmpuzd1ap97igncu43tqc.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, бесшарнирная, блист КАРАПУЗ</t>
   </si>
   <si>
     <t>891069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fd/ay2sv91xjrx6s4st3k8rhjfldjk9fsk2.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, бесшарнирная, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891072</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/76f/2vqaq7t282533swooe3o003vgwmo5h64.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c90/5129uvmhqoa1pnldcp06sg24mr32ceic.jpg</t>
   </si>
   <si>
     <t>891078</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfb/71ueb62lg4aa4v4wgi35t5jtmtfvnyk8.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София блогер, руки и ноги сгибаются, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891079</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f18/ce29kynrygr9kjr7ynwu9czxpokxj4zb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d31/d6x1gnvyosjhhhsr21r7wqqpdw74sd7e.jpg</t>
   </si>
   <si>
     <t>891084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c39/vwvxhymsi5b35k3j3raohzqhbrkez1tu.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгибаются, демисезон, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891086</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c9/jx71njhj01ydqq0j9ik3zrd70ztcloa5.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгибаются, собака с пятнами, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>891091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0b/g6hbzdocn4gkzchzp3js2o2ajs1qkiu9.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см комплект акс для Софии, ванна, блист КАРАПУЗ</t>
   </si>
   <si>
     <t>891131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54c/stguxn105ye621c2hrqan31o5xa3hn89.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см комп. одежды и акс для Алекс,блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>891134</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/794/l4egtq409qmgxwodi52huqb9w36d9x46.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см комп. спортив. одежды и акс для Алекс,блистер КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>891135</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/570/rqmd1rpxdn59w4ry6pp0tjtlaw20y2j0.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см набор акс для Софии и машеньки, коньки, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>892387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0e4/t0myos02e3ri892pes1pm7i0brai5ntf.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/838/kg41ljol4muucnzn82gecc3aoskzkyfi.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см набор акс для Софии ветеринар, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>892389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cb/5su4yaruf9xmzrtt107mwjcg47pihyi1.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см комплект одежды и акс для Алекс, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>892412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56a/o153g3gyax5vut8owpgt1fq9wji4xe9o.jpg</t>
   </si>
   <si>
     <t>Аксессуары для кукол 29 см комплект одежды и акс для Софии, блистер КАРАПУЗ</t>
   </si>
   <si>
     <t>892413</t>
@@ -2717,57 +2395,66 @@
   <si>
     <t>http://anytos.ru//upload/iblock/da1/gy7uvsl2leqd3wf2mj1imefx4vrv1ycp.jpg</t>
   </si>
   <si>
     <t>Набор для пупса ЭНЧАНТИМАЛС 2 предмета: поильник, погремушка, блист КАРАПУЗ</t>
   </si>
   <si>
     <t>893174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef3/lq3iulfdnc4n2e8yw8tdyrn0qrdh2lsc.jpg</t>
   </si>
   <si>
     <t>Пупс неозвученный БУБА 12см, можно купать, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>893175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af5/zkjpptkf2tq9ox3i5c52feili48mx11p.jpg</t>
   </si>
   <si>
     <t>893176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8c2/9az79svf18cvxozcqn7ys13bl0rinfy1.jpg</t>
-[...5 lines deleted...]
-    <t>893181</t>
+    <t>http://anytos.ru//upload/iblock/c73/vm8dgm6u6c6autdzchx4p6727yb5cj49.jpg</t>
+  </si>
+  <si>
+    <t>Пупс функциональный БУБА 15см, пьет, пис, бутылочка, на блистере КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>893178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/329/xtp15wil13gt33nyhxz3ovwqz0mqxzv3.jpg</t>
+  </si>
+  <si>
+    <t>Пупс функциональный МАЛЫШАРИКИ 15см, пьет, пис, бутылочка, на блистере КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>893183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ab/0g5l7keg6wcvesuga7l36pj03gm7ztj0.jpg</t>
   </si>
   <si>
     <t>Пупс функциональный Синий ТРАКТОР 15см, пьет, пис, бутылочка, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>893185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f5/wwtwnwq8jbpffvju3ehw69gtyo05e4go.jpg</t>
   </si>
   <si>
     <t>893186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c94/ofvp500trepfbec475b2m44btsqthmoh.jpg</t>
   </si>
   <si>
     <t>Пупс неозвученный Три Кота 12см, можно купать, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>893187</t>
   </si>
@@ -2780,335 +2467,296 @@
   <si>
     <t>893193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/583/chn8i315s0m7kcthzgwz1aclru4936on.jpg</t>
   </si>
   <si>
     <t>Пупс Синий ТРАКТОР 20 см, аксессуары КАРАПУЗ</t>
   </si>
   <si>
     <t>893197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bb/4ni3g3bh692vnd6b18lg6rvg51ytpvdm.jpg</t>
   </si>
   <si>
     <t>Игровой набор Красотка, в комплекте: кукла-русалка 15см., предметы: 1 штука в ассортименте</t>
   </si>
   <si>
     <t>Игровой набор Красотка, в комплекте: кукла-русалка 15см., предметы: 1 штука в ассортименте, пакет</t>
   </si>
   <si>
     <t>901983</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd0/pxy3emchrqt43i282zg26rm4uxroz14g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/673/n3la8p6fo9qn3awi5rtipps9xmdnoseg.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Модница quot;</t>
   </si>
   <si>
     <t>Игровой набор&amp;quot;Модница&amp;quot;, в комплекте: кукла 17см., предметы: 1 штука, пакет</t>
   </si>
   <si>
     <t>902062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/0y18qbwzg5m01cyioa7ii15crrls917c.jpg</t>
   </si>
   <si>
     <t>902063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92d/5u40n2d7zr5m17hieyoprc1fj96pv4u8.jpg</t>
   </si>
   <si>
     <t>Платье для куклы в ассортименте, блистер</t>
   </si>
   <si>
     <t>902792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc9/721h2mud732zkhwig7jfb5nq9erstfoe.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Юный модельер quot;</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Юный модельер&amp;quot;, в комплекте: предметы: 4 штуки в ассортименте, пакет</t>
   </si>
   <si>
     <t>902809</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/787/914mcrk9l8ljow0j9p79jh7kgd4nefwe.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1b8/phwqbooqjrrf5zldpg4y0g56laitcrt0.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Кукла Мишель в бальном платье quot;</t>
   </si>
   <si>
     <t>Кукла из ПВХ высотой 16 см с большими глазами. Комплектность: кукла, обувь, 4 заколки, расческа, сумочка. Особенности: у куклы сгибаются руки и ноги. В ассортименте 3 вида кукол &amp;#40;блондинка, брюнетка и кукла с пепельным цветом волос&amp;#41;.</t>
   </si>
   <si>
     <t>931170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f46/emng6tbae7a6e2qq8vc4dgulmkm0m31o.jpg</t>
   </si>
   <si>
     <t>Кукла Oly Bondibon, Зайка для сна 31 cм, белый, русская озвучка, мягкое туловище</t>
   </si>
   <si>
     <t>Спят усталые игрушки… А ребенка никак не уложить? С &amp;quot;ЗАЙКОЙ ДЛЯ СНА&amp;quot; от Bondibon дети засыпают легко и с улыбкой на лице. Ведь в мягкой кукле все продумано для того, чтобы настроить ребенка на сон. Игрушка кругленькая, толстенькая и очень привлекательная. Исполнена в пастельных тонах, чтобы не возбуждать перед сном. Мягкую шубку так приятно обнимать во сне. А если ребенок захочет, кукла может с ним поговорить. Говорящая Зайка окажет эмоциональную поддержку и поможет быстрее заснуть. Чтобы услышать ее голос, достаточно нажать на кнопочку на животике. У игрушки 10 милых фраз. Размер куклы 31 см. Гибкие ручки. Цвет шубки белый. В комплекте идут 3 батарейки AG13. Возраст 3&amp;#43; Игрушка упакована в красочную коробку. Подарочная нарядная упаковка обрадует малыша. Мягкая говорящая кукла для сна – полезный уютный подарок для маленьких мальчиков и девочек! С заинькой Bondibon обязательно будут сниться только добрые, сладкие сны. ВОХ 32х18х11 см.</t>
   </si>
   <si>
     <t>931226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6f/o9ww463s5m7u5iwl15dtjtdy9e7owbzb.jpg</t>
   </si>
   <si>
     <t>Кукла озвученная МАЛЫШАРИКИ Пандочка 40см, пьет, пис, плачет, 15 песен, 6 акс КАРАПУЗ</t>
   </si>
   <si>
     <t>934646</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/74a/3c6peoikw47qddmhe7urkzxatj9gs9nq.jpg</t>
+  </si>
+  <si>
+    <t>Пупс озвученный  quot;Карапуз quot;, Сашенька 10 песенок, закрыв. глазки, с набором аксесуаров в кор.</t>
+  </si>
+  <si>
+    <t>Пупс озвученный &amp;quot;Карапуз&amp;quot;, Сашенька 10 песенок, закрыв. глазки, с набором аксесуаров в кор.</t>
+  </si>
+  <si>
+    <t>934680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8cd/7q9nbse07g10m7yjb5sxfu0tlig4q5jd.jpg</t>
+  </si>
+  <si>
+    <t>Пупс озвученный Барто А. Алиса 30см, пьет, пис, закр глаза, 100 фраз, 4 акс КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>934684</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e3/77yata1kxb4k285ccqbii8zhontse9uk.jpg</t>
   </si>
   <si>
     <t>Пупс озвученный БУБА 30см, пьет, пис, 40 фраз и песен, пласт игрушка, 4 акс КАРАПУЗ</t>
   </si>
   <si>
     <t>934691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/701/rdugbizlrl658y86wlcatq1mxu4yk8jj.jpg</t>
   </si>
   <si>
     <t>Пупс озвученный Три Кота 30см, пьет, пис, 40 фраз и песен, пласт игрушка, 4 акс КАРАПУЗ</t>
   </si>
   <si>
     <t>934705</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d44/retn9lq0p99ze6fdvu3a1061ruf0y0tx.jpg</t>
   </si>
   <si>
     <t>Пупс озвученный Три Кота 30см, пьет, пис, плачет, 40 фраз и песен, пласт игр, 4 акс КАРАПУЗ</t>
   </si>
   <si>
     <t>934706</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85f/ivtl7l0zlivpt4rbbiq0voq4n0ugrwtd.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ad/rjbrktesyusiz7i1u6m3w0pa0vmj0f2q.jpg</t>
   </si>
   <si>
     <t>934760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d7/ngyyp5f30j413uzbmu4rbm7jfxoy381n.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934767</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb4/7udoc9u3yz9ijfbtgrinmyya722e9bs9.jpg</t>
+  </si>
+  <si>
+    <t>934768</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/174/rurdrdny3hqw4b1gogqdxa8y17oacovv.jpg</t>
   </si>
   <si>
     <t>934770</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/043/pq65vgdwycfe52y8e43av20ait89kgho.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, зимняя одежда, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/762/swhfaapgaaz20oh0m2dpialpb8ky6t6f.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/278/sgfwy0im0skjl4r2lbbh03tz99r1qioi.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная 3-мя, руки и ноги сгиб, ресницы, маникюр,акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/548/dcl7bgrke1bq82k3uhi0p0d7eq99eya2.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, руки и ноги сгиб, 3 младенца, ресницы, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934797</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cfc/z71lj7u5wh7bwaau14s12ibg2372a7ua.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 29 см София беременная, руки и ноги сгиб, акс, зимняя одежда, кор КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>934798</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5e0/fzcs37cjj7v1k3pf9s6xnarddysfzj11.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, руки и ноги сгиб, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5dc/kxsxpjcivixzi4wnwwrbk48x3gsmsam3.jpg</t>
   </si>
   <si>
     <t>934801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa1/c5cu31v6p6mddcb48m6zee9j4js9axym.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/38f/t1z16hc3wji5xy7hhspggft2h0bqdfqw.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, руки и ноги сгиб, ресницы, маникюр, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/387/j60hj2x4wgivgvqmxdza7aotzni36lvp.jpg</t>
   </si>
   <si>
     <t>934807</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/579/n3pr0ic50csdkj89pjezg5d2cm430kdt.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e3d/yvsksia7g3ebnz1b4wto81m3yqeh2wi6.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, беременная, руки и ноги сгибаются, в комплекте акс КАРАПУЗ</t>
   </si>
   <si>
     <t>934817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cb/f01i7mkgzidlx6wrnyttb9sdgimhcrrg.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, демисезонная одежда, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e92/m2wheod1iaw3vpp6qsjuksm9hz92728g.jpg</t>
   </si>
   <si>
     <t>934824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3c/94txucaz8ww6v9a709fy18cpwv3izxcv.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, с маникюром, акс, кор КАРАПУЗ</t>
   </si>
   <si>
     <t>934829</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/511/4ew4vm9ndojf49lfn2qyquksadqbu8up.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1b1/e4vycdlm8vp0403l42hypbpv1g43qh31.jpg</t>
   </si>
   <si>
     <t>Пупс 13 см, твердое тело, акс, блист КАРАПУЗ</t>
   </si>
   <si>
     <t>936433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c31/0iy7lrnro0j1g3q4tsjx1a3mgbgsx3dd.jpg</t>
   </si>
   <si>
     <t>Пупс неозвученный КОШЕЧКИ - СОБАЧКИ 12см, можно купать, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>936441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95a/mg4n5j53ybkuwyncuztr1zt832f6lxxm.jpg</t>
   </si>
   <si>
     <t>Пупс неозвученный МАЛЫШАРИКИ 12см, можно купать, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>936443</t>
@@ -3131,149 +2779,152 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4de/a06u3styq0990e8lh8ltugo87g2gvrlr.jpg</t>
   </si>
   <si>
     <t>Пупс функциональный 15см, пьет, пис, бутылочка, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>936449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa2/3w22v1smxsdw27h9gp08yi98ys9i2o5t.jpg</t>
   </si>
   <si>
     <t>Пупс функциональный Три Кота 15см, пьет, пис, бутылочка, на блистере КАРАПУЗ</t>
   </si>
   <si>
     <t>936451</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a73/fbvknbgioq0rp3fb4ow4tav25ep5laf9.jpg</t>
   </si>
   <si>
     <t>936452</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/500/rzuzzhccmkiatp0yf39j2wvjgeggvd6l.jpg</t>
+    <t>http://anytos.ru//upload/iblock/761/vv3dnvr0mnag6tqik933whfrtr01aguv.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 29 см София, руки и ноги сгиб, ресницы, акс, коробка. КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d62/afpr1ew3j9md40ubixr371an5was7082.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 29 см София, руки и ноги сгиб,свет прядь, акс, коробка. КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b11/vo48yk6za94athlp4ff0shsq4w7ngjip.jpg</t>
+  </si>
+  <si>
+    <t>938029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1d/vfi23li33url6wafdjfr1yfc7z7dmv34.jpg</t>
+  </si>
+  <si>
+    <t>Кукла 29 см София, руки и ноги сгиб, в комплекте расческа с блестками, коробка. КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a9/8xyxm15fknpptfchcaerek2rz46q13ex.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см комплект нарядной одежды и акс для Софии, блист КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/gkpctd6jl1n97i00vyh6pqbsd0m2q9rp.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см комплект одежды и акс для Софии, блист КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a6/bwuhh4hzjkz2sq8n382h86313k7jsye2.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см комплект одежды и акс для Софии, фея, блист КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/daf/op48bjtlk55rehod8ygg5w1qwy7gz5vn.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см комплект свадебной одежды и акс для Софии, блист КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/943/nxs63ly463nssqs82v7n88n4fv3yajby.jpg</t>
+  </si>
+  <si>
+    <t>Одежда для кукол 40-46 см, на плечиках в пакете КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>938142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c88/telsfs12o36lvxm2r7bed9u8wdcjho5x.jpg</t>
+  </si>
+  <si>
+    <t>Аксессуары для кукол 29 см лошадь для Софии, машет головой, звук, акс, коробка. КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>942754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/437/gk9kd09oxoluv0havifycdf15ma0xm4v.jpg</t>
+  </si>
+  <si>
+    <t>Пупс озвученный Оленька 20 см в боди, в комлекте 3акс КАРАПУЗ</t>
+  </si>
+  <si>
+    <t>943190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/sfzmudhasc01gzxi3yswbgdg922aeu8g.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
-    <t>938014</t>
-[...91 lines deleted...]
-  <si>
     <t>943199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/395/zakzi2vwbqrzqawlida5h9ferrepzw8s.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, ресницы, маникюр, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46e/9lt7u1w0c052atg3vcqvvkxchy9zwxg5.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, русалка, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbe/q5znky6psqy1i7ubb801qdycgaz0rkw0.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София plus size, руки и ноги сгиб, ЗИМА, акс, коробка. КАРАПУЗ</t>
@@ -3287,641 +2938,485 @@
   <si>
     <t>Кукла 29 см София plus size, руки и ноги сгиб, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e0/crpi67f34m5fhvbk0tkznwnu9f5nlftl.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София берем, руки и ноги сгиб, малыш в животике, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07a/6m8fvrghajdmtfcpufjg3om21wr6dpod.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, руки и ноги сгиб, 3 младенца, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943214</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b6f/s1umx9sy3ojz0gaswvj3tpxi3q57glsu.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0c7/y0nwsl8uzc2lma2ybjw8ktsgt65xovzj.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София беременная, руки и ноги сгибаются, в комплекте акс КАРАПУЗ</t>
   </si>
   <si>
     <t>943221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/448/nxw3q1t665ui30req0iu17qtb0qcqgl2.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София блогер, руки и ноги сгиб, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943222</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f27/r7bxfsim844xham73piyp71naqztkucu.jpg</t>
   </si>
   <si>
     <t>943234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb6/jytcz0rjkqj0n3kaqng3dmjio6020t1b.jpg</t>
   </si>
   <si>
     <t>943235</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9be/c2rehzpkayp7qpgi5eugzipr7qjmv8d7.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ebe/ubcjp3rjz3veag4zjb43dv6tgmetus1y.jpg</t>
   </si>
   <si>
     <t>943239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00a/d9q6mntqmnv59j488353z0ys9qc3u77y.jpg</t>
   </si>
   <si>
     <t>943241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c44/uusx02cnbkxliesfonuf86c3woqqd45v.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, длинная коса, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/922/l3lmdirq6q6gn669qww683a6zkm2rxqr.jpg</t>
   </si>
   <si>
     <t>Кукла 29 см София, руки и ноги сгиб, ЗИМА, акс, коробка. КАРАПУЗ</t>
   </si>
   <si>
     <t>943248</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/094/1ojzeuci8dbxmn62kox04jaaeloty347.jpg</t>
-[...32 lines deleted...]
-    <t>http://anytos.ru//upload/iblock/9e8/yff09vi3cwf0m71realvgrq0vqivi4at.jpg</t>
+    <t>http://anytos.ru//upload/iblock/c12/frumbmwyp1e2d3c4zz488h73331b52gh.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;Русалка quot;, в ассортименте</t>
+  </si>
+  <si>
+    <t>Игровой набор &amp;quot;Русалка&amp;quot;, в компл. кукла-русалка 22см., предм. 1 шт. в ассортименте, пакет</t>
+  </si>
+  <si>
+    <t>944275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60d/krz0l3kqldmokkfeigsz2eqk3u8yj3ha.jpg</t>
+  </si>
+  <si>
+    <t>Кукла  quot;Занятия йогой quot;</t>
+  </si>
+  <si>
+    <t>Кукла из категории fashion dolls высотой 30 см. В состав набора входит: кукла, занимающаяся йогой.</t>
+  </si>
+  <si>
+    <t>948763</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/balbina/"&gt;Balbina&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/893/kjbddj6g1nt87ee1v91eumkxel1l9861.jpeg</t>
+  </si>
+  <si>
+    <t>Кукла с аксессуарами  quot;Белла в светлом quot;</t>
+  </si>
+  <si>
+    <t>Кукла с аксессуарами «Белла» ? прекрасный подарок для девочки возрастом 3&amp;#43;. В игровой набор входит взрослая кукла, кукла-малыш, пупс-младенец, коляска и модный аксессуар для прогулки. Кукла Белла высотой 30 см одета в майку с узором, юбку и босоножки. Ролевые игры с набором помогут сформировать у ребенка чувство ответственности, привить навыки ухода за детьми, развить воображение и фантазию.</t>
+  </si>
+  <si>
+    <t>949359</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/565/ecxiwapx8fg094ljw7qjvh0qnnku6r3j.jpeg</t>
+  </si>
+  <si>
+    <t>Кукла с аксессуарами  quot;Нина на прогулке, самокат quot;</t>
+  </si>
+  <si>
+    <t>Набор с куклой «Нина на прогулке» ? прекрасный подарок для девочки. У куклы Нины милое личико, красивые волосы, модная одежда, гнущиеся ручки и ножки. В наборе с шарнирной мини-куклой есть все для веселой игры: самокат, защитный шлем, верный питомец и модные аксессуары. Высота куклы ? 16 см.Коллекция кукол с аксессуарами «Нина на прогулке» погрузит ребенка в яркий мир спортивной куколки и ее лучших друзей! Вместе они обожают активный отдых: устраивать пикник, кататься на скейте, велосипеде и самокате. В коллекцию «Нина на прогулке» входят три варианта с разным наполнением набора.</t>
+  </si>
+  <si>
+    <t>949361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9c/nopw30qonp15xsd0frd1n96aq3dtl5rg.jpeg</t>
+  </si>
+  <si>
+    <t>Кукла с аксессуарами  quot;Нина на прогулке, скейт quot;</t>
+  </si>
+  <si>
+    <t>Набор с куклой «Нина на прогулке» ? прекрасный подарок для девочки. У куклы Нины милое личико, красивые волосы, модная одежда, гнущиеся ручки и ножки. В наборе с шарнирной мини-куклой есть все для веселой игры: скейт, защитный шлем, верный питомец и модные аксессуары. Высота куклы ? 16 см.Коллекция кукол с аксессуарами «Нина на прогулке» погрузит ребенка в яркий мир спортивной куколки и ее лучших друзей! Вместе они обожают активный отдых: устраивать пикник, кататься на скейте, велосипеде и самокате. В коллекцию «Нина на прогулке» входят три варианта с разным наполнением набора.</t>
+  </si>
+  <si>
+    <t>949362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/pwooo2my0e05goh63qeq5bj30zbkcc02.jpg</t>
+  </si>
+  <si>
+    <t>Кукла  quot;Маша quot;</t>
+  </si>
+  <si>
+    <t>Кукла мягконабивная с комлектующими из ПВХ &amp;#40;руки, ноги, голова&amp;#41;. Платье из трикотажа, жилетка из искусвенного меха. Упаковка: картонный лоток-коробка, транспортный картонный чехол.</t>
+  </si>
+  <si>
+    <t>954456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e0/34ge2kb307p7i1snc4hnmbpdi2wncyu6.jpg</t>
+  </si>
+  <si>
+    <t>Кукла  quot;Яна quot;</t>
+  </si>
+  <si>
+    <t>Кукла мягконабивная с комлектующими из ПВХ &amp;#40;руки, ноги, голова&amp;#41;. Платье из трикотажа и фатина. Упаковка: картонный лоток-коробка, транспортный картонный чехол.</t>
+  </si>
+  <si>
+    <t>954458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12a/abi2gub5n78q356x8tly5y8b7zy5le8t.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;На прогулке quot;, в комплекте: кукла 15 см., 5 предметов</t>
+  </si>
+  <si>
+    <t>Игровой набор &amp;quot;На прогулке&amp;quot;, в комплекте: кукла 15 см., 5 предметов, коробка</t>
+  </si>
+  <si>
+    <t>957411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/h62bt43gy7hjtudjzp04b9ef101jpspu.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;Будущая мама quot;</t>
+  </si>
+  <si>
+    <t>Игровой набор Будущая мама, в комплекте: кукла 28 см., пупс, 5 предметов</t>
+  </si>
+  <si>
+    <t>957464</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fc/8joncytgo6g4uc50kvbrb4p5g26rlgin.jpg</t>
   </si>
   <si>
     <t>Кукла 15 см.</t>
   </si>
   <si>
-    <t>Кукла 15 см., кор.</t>
-[...113 lines deleted...]
-    <t>957383</t>
+    <t>Кукла 15 см., коробка</t>
+  </si>
+  <si>
+    <t>957473</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ad/w5b3rfhggq6l4b6bb12s778l2ekurm2n.jpg</t>
   </si>
   <si>
-    <t>Кукла 15 см., коробка</t>
-[...1 lines deleted...]
-  <si>
     <t>957474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e49/nbjl49zkihnjgsk94ap6tmdrt8ivgybp.jpg</t>
   </si>
   <si>
     <t>957475</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/943/yf5l5lgf75kjucumeasnn78fsqh3zddu.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4dc/filg8f7uzayeu60bfabpykm374ntxl27.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;На гребне волны quot;, свет, звук</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;На гребне волны&amp;quot;, свет, звук, в комплекте: 15 предм., элементы питания AG13х3шт. вх. в комл.</t>
   </si>
   <si>
     <t>957508</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6dc/twlpxwpp3y2ca8ivismb1lbxr0zpz007.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eb7/q1kp3y7dkcsq4n0l0qf8jxc2p11ihe4d.jpg</t>
   </si>
   <si>
     <t>Кукла 17 см, функциональная, с аксессуарами, арт.YL1913G</t>
   </si>
   <si>
     <t>Кукла 17 см, функциональная, с аксессуарами, BOX 18x18x9 см, арт.YL1913G</t>
   </si>
   <si>
     <t>958974</t>
   </si>
   <si>
     <t>&lt;a href="/brands/4m/"&gt;4М&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b0/mu7l64wdluvqqe0vq0ya1p24hj0qi8lh.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b41/7nu2hqxrhwrhec96vb2pn5vrcd70u18g.jpg</t>
   </si>
   <si>
     <t>Кукла функциональная, с аксессуарами, арт.YL1706G</t>
   </si>
   <si>
     <t>Игрушечный младенец в костюмчике и шапочке совсем как настоящий - пьет из бутылочки и ходит на горшок! Функциональная КУКЛА С АКСЕССУАРАМИ – идеальный компаньон для сюжетно-ролевых игр в дочки-матери! Ухаживайте за пупсом, как за настоящим маленьким ребенком. Младенец пьет из бутылочки и умеет ходить на горшок. Малышу нравится сосать пустышку. А еще он любит, когда его качают на руках. В игровом наборе Вы также найдете карточку новорожденного, которую детям будет очень интересно заполнять. Игры с куклами помогают сформировать у ребенка чувство ответственности, стимулируют воображение и развивают эмоциональный интеллект. Игрушка изготовлена из качественных безопасных материалов. Высота куклы 25 см. В набор входят: пупс с одеждой, карточка новорожденного, горшок, бутылочка, соска. Возраст 3&amp;#43; Функциональная КУКЛА С АКСЕССУАРАМИ в красивой коробке – отличный подарок для девочки на день рождения, Новый год, 8 марта и любой другой праздник!</t>
   </si>
   <si>
     <t>961323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a85/a2b2bytvtgiatkzs9g9at5s5cb41yx8f.jpg</t>
   </si>
   <si>
     <t>Пупс 14 quot;, мягкое тело, озвученный, с аксессуарами, 2 вида, арт. L-8026B2</t>
   </si>
   <si>
     <t>Пупс 14&amp;quot;, мягкое тело, озвученный, с аксессуарами, РАС 43х21,5х7 см, 2 вида, арт. L-8026B2</t>
   </si>
   <si>
     <t>961335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fae/dmwk3efvlk4k3lknqfdp4qh12vvinjiu.jpg</t>
   </si>
   <si>
     <t>Пупс 14 quot;, мягкое тело, озвученный, с аксессуарами, 2 вида, арт. L-8026C1</t>
   </si>
   <si>
     <t>Пупс 14&amp;quot;, мягкое тело, озвученный, с аксессуарами, РАС 43х21,5х7 см, 2 вида, арт. L-8026C1</t>
   </si>
   <si>
     <t>961336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/515/lxge7kkbj24twdv12x55ab4ty8wnmtnl.jpg</t>
   </si>
   <si>
     <t>Пупс, мягкое тело, арт. 815-10</t>
   </si>
   <si>
     <t>Пупс, мягкое тело, закрывает глаза, PAC 36x19x9 см, арт. 815-10</t>
   </si>
   <si>
     <t>961337</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/74b/dinlw1q1n6gpafc58m5xexux4ge41ks9.jpg</t>
+  </si>
+  <si>
+    <t>Пупс, мягкое тело, арт. 815-12</t>
+  </si>
+  <si>
+    <t>Пупс, мягкое тело, закрывает глаза, PAC 36x19x9 см, арт. 815-12</t>
+  </si>
+  <si>
+    <t>961338</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f43/zhiczb7vdz5gbdmeobusk09fdiew7vo0.jpg</t>
   </si>
   <si>
     <t>Пупс, мягкое тело, арт. 815-9</t>
   </si>
   <si>
     <t>Пупс, мягкое тело, закрывает глаза, PAC 36x19x9 см, арт. 815-9</t>
   </si>
   <si>
     <t>961339</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f6/2wf31xvaifafr01391rd24pp3sokgp2m.jpg</t>
   </si>
   <si>
     <t>Кукла с аксессуарами  quot;Музыкальная вечеринка quot;</t>
   </si>
   <si>
     <t>Наборы куколок с аксессуарами. Игрушка поставляется в ассортименте &amp;#40;12 шт.&amp;#41;. Тематика – «музыкальная вечеринка». Размер куколки составляет 9*4*3,3 см. Особенности: большие глаза; снимаются обувь, платье, волосы; обувь, платье, волосы выполнены из мягкого пластика PVC; в ладошках куколок есть отверстия, в которые можно разместить, например, микрофон/барабанные палочки и тп. Ассортимент: кукла, кепка, обувь, микрофон, синтезатор; кукла, шапка, обувь, микрофон, гитара, стока &amp;#43; микрофон, стул; кукла, обувь, микрофон, барабан, гитара; кукла, обувь, микрофон, кошка, 2 ударные барабанные тарелки на стойке; кукла, обувь, микрофон, очки, микрофон на стойке, барабан; кукла, обувь, кошка, стойка, микрофон, бумбокс; кукла, обувь, 2 ударные барабанные тарелки на стойке, гитара, бумбокс; кукла, шапка, обувь, микрофон, усилитель звука с микрофоном, синтезатор; кукла, обувь, микрофон на стойке, барабанная установка, гитара; кукла, обувь, микрофон, головной микрофон, синтезатор; кукла, обувь, микрофон, барабанная установка, г</t>
   </si>
   <si>
     <t>971316</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8e5/wwzuluxk3n52u31akc9zzozzakouiz1o.jpg</t>
   </si>
   <si>
     <t>Кукла мягконабивная 35см, озвученная, в зеленом платье</t>
   </si>
   <si>
     <t>Кукла мягконабивная 35см, озвученная, в зеленом платье, элементы питания AG13х3шт. входят в комплект</t>
   </si>
   <si>
     <t>972341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ece/oz7r01naoxcy9rlpfqj3pdvpbgz8013r.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Модница quot;, в комплекте 5 предметов</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Модница&amp;quot;, в комплекте 5 предметов</t>
   </si>
   <si>
     <t>972345</t>
   </si>
   <si>
+    <t>&lt;a href="/brands/defa/"&gt;Defa&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d9a/164uqvwfr1cs2qf10h3ipva5ikw7alha.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Модница quot;, в комплекте 8 предметов</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Модница&amp;quot;, в комплекте 8 предметов</t>
   </si>
   <si>
     <t>972348</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80f/96dl62y8zydrqt0sq8ncs71lrn5v23fb.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9aa/tyagomafih4jhsqzg4hfumo3zpc7k8pq.jpg</t>
   </si>
   <si>
     <t>972350</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f66/aov5uno89zmp2olc1e5ca6ev09qutinp.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Модница quot;, в комплекте 9 предметов</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Модница&amp;quot;, в комплекте 9 предметов</t>
   </si>
   <si>
     <t>972351</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a0/szoq8gx88vxs4a0ycwrz0ni880eeugd8.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fff/scxa9ipzeiwnu1ifqbg9w062vnxfcfs3.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Профессия quot;, свет, в комплекте 8 предметов</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Профессия&amp;quot;, свет, в комплекте 8 предметов, элементы питания LR44х3 шт. входят в комплект</t>
   </si>
   <si>
     <t>972360</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a5b/iupgrbr09de63cgg5ws6qhyje4ny7r8x.jpg</t>
-[...11 lines deleted...]
-    <t>http://anytos.ru//upload/iblock/648/uip17oig4xa9dg2lj63tae3b60yzf9m3.jpg</t>
+    <t>http://anytos.ru//upload/iblock/011/rzbmol1cnupd0zl4ac45ngmfpa05ecyg.jpg</t>
   </si>
   <si>
     <t>Одежда для кукол 39-45см.</t>
   </si>
   <si>
-    <t>972507</t>
-[...5 lines deleted...]
-    <t>972509</t>
+    <t>972508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9f/lyylm2xw0z5lnk2hs0ub8qeu3l22ksps.jpg</t>
   </si>
   <si>
     <t>972521</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a81/lvv3b8phb2tg88qhma6ofclqmxmlpwan.jpg</t>
   </si>
   <si>
     <t>Пупс мягконабивной, озвученный 21см,  quot;Моя первая кукла quot;, в ассортименте</t>
   </si>
   <si>
     <t>Пупс мягконабивной, озвученный 21см, &amp;quot;Моя первая кукла&amp;quot;, в ассортименте</t>
   </si>
   <si>
     <t>972545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/774/y6esktj7fml6ctpvo0w03zzh18ujfx4h.jpg</t>
   </si>
   <si>
     <t>Кукла интерактивная  quot;Вылечи меня quot;</t>
   </si>
   <si>
     <t>Кукла интерактивная &amp;quot;Вылечи меня&amp;quot;</t>
   </si>
   <si>
     <t>972551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67f/bh4q4pxurtp5034k3a19npbhiyvldgyt.jpg</t>
   </si>
   <si>
     <t>Пупс ПВХ 21см  quot;Мой малыш quot;</t>
   </si>
   <si>
     <t>Пупс ПВХ 21см &amp;quot;Мой малыш&amp;quot;</t>
   </si>
   <si>
     <t>972554</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cf1/mq5sh93sihbssepnj6ot76erqclu3vhc.jpg</t>
+    <t>http://anytos.ru//upload/iblock/129/zgtn6islaejuvs7f1bvrl7p3fm4fy9o3.jpg</t>
   </si>
   <si>
     <t>Кукла 15 см. Наша Игрушка</t>
   </si>
   <si>
-    <t>977476</t>
-[...4 lines deleted...]
-  <si>
     <t>977479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/102/s8pp16rhkjjgnx02z5q1s5w1vk9370tk.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Фея quot;</t>
   </si>
   <si>
     <t>Кукла &amp;quot;Фея&amp;quot;. Эта милая куколка с крылышками порадует любую девочку. У куклы выразительная внешность, яркие волосы, волшебные крылышки. Она одета в красивое короткое платье. В комплекте сумочка и расческа. Играя с куклой, девочка будет придумывать различные игровые сюжеты, развивать фантазию и чувство стиля. В комплекте: кукла, сумочка, расческа.Материал игрушки: PVC, PP, полиэстер. Размер игрушки: 19х11,2х3см. Упаковка – блистер. Размер упаковки:27х17х3,5см. В ассортименте 3 цвета.</t>
   </si>
   <si>
     <t>979873</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf1/h78n0gc3rvxrbigx0vhmu2v8j770niok.jpg</t>
   </si>
   <si>
     <t>Набор  quot;Обувь и одежда для куклы quot;</t>
   </si>
   <si>
     <t>Набор аксессуаров для куклы-пупса. Игровой набор включает 2 пары пинеток и 2 пары носочков. Такие аксессуары подойдут для большинства кукол-пупсов. Размер носочков: 9*5 см. Размер пинеток: 7*5,2*3,5 см. Размер упаковки: 22,3*4,5*31,8 см.</t>
   </si>
   <si>
     <t>979906</t>
@@ -3953,101 +3448,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0e4/1dsg0mum0xsn325cmt7mh4z1dvb0uif6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор игровой  quot;Одежда для куклы quot;  Платье с аксессуарами </t>
   </si>
   <si>
     <t>Платье для куклы с аксессуарами. Такой игровой набор позволит преобразить куклу и создать для нее необычный образ. Набор включает: платье, наушники, очки, сумочку, клатч, игрушечного медведя, пару босоножек. Платье застегивается на липучку, что упрощает процесс переодевания куклы. Платье длиной 15 см и аксессуары подойдут для большинства кукол fashion dolls. 2 цвета в ассортименте. Размер упаковки: 23*24*2,5 см.</t>
   </si>
   <si>
     <t>979910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d41/himq6ps12qm2q2l4fndrtowx3e2tszs1.jpg</t>
   </si>
   <si>
     <t>Пупс  quot;Пошли купаться quot; Pусалка, 30 см, рюкзак</t>
   </si>
   <si>
     <t>Пупс &amp;quot;Пошли купаться&amp;quot; Pусалка, 30 см, рюкзак</t>
   </si>
   <si>
     <t>986663</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/510/uqkchfcv1cgnpj89znr0ddm28ou7m6mc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4d9/affv0tscnxtraqi3re98nam7j900h45j.jpg</t>
   </si>
   <si>
     <t>Игрушка  quot;Мой жирафик quot;</t>
   </si>
   <si>
     <t>Игрушка &amp;quot;Мой жирафик&amp;quot;</t>
   </si>
   <si>
     <t>986734</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fluffy-family/"&gt;Fluffy Family&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa2/by9g1qexaqpo06imgggl7whtf3kuzlri.jpg</t>
   </si>
   <si>
     <t>Игрушка  quot;Мой лисенок quot;</t>
   </si>
   <si>
     <t>Игрушка &amp;quot;Мой лисенок&amp;quot;</t>
   </si>
   <si>
     <t>986738</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b16/p1a8qxcw6qjk5bdo0pv5mwrjw9m9dd2b.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ce6/16fyuo5c5h7uydu27715703duav2lcfe.png</t>
   </si>
   <si>
     <t>Кукла с расческой. Игрушка SR-T-2598</t>
   </si>
   <si>
     <t>Кукла &amp;#40;h16,5см&amp;#41; в обуви, с расческой. Ножки и ручки на шарнирах. Длинные волосы. Упаковка - картонная коробка 15*20,5*6см.</t>
   </si>
   <si>
     <t>995133</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85b/y306qsxce3l8smhyrhjxu88i2lhoqf7b.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Мой питомец quot;, в комплекте кукла 12 см, 6 предметов, в ассортименте</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Мой питомец&amp;quot;, в комплекте кукла 12 см, 6 предметов, в ассортименте, блистер</t>
   </si>
   <si>
     <t>997444</t>
@@ -4067,510 +3538,300 @@
   <si>
     <t>http://anytos.ru//upload/iblock/729/rdqcke7iw2r7vysvjuvczcs9meu8c1nl.jpg</t>
   </si>
   <si>
     <t>Кукла  quot;Малышка Котик quot;</t>
   </si>
   <si>
     <t>Пупсик в образе котика. Материалы: ПВХ&amp;#43;трикотаж. Высота в костюмчике: 38,5 см. Упаковка: пакет.</t>
   </si>
   <si>
     <t>998395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b5/lbk4djw8cmm51ffx9e1impcfqbbk63uc.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Кукла Дейзи с лошадкой quot;</t>
   </si>
   <si>
     <t>Очаровательная кукла высотой 28 см с лошадкой и аксессуарами. У куклы красивые длинные волосы, которые можно расчесывать расческой, входящей в состав набора, и создавать различные прически. Кукла одета в пышное платье принцессы. У лошади длинная мягкая грива, красивое седло и уздечка. В комплекте: кукла, лошадь, аксессуары. Размер куклы с платьем: 33*18*10 см. Размер куклы без платья: 28*7*4 см. Размер лошади: 23*8,5*25,5 см. Упаковка: коробка с окном. Размер упаковки: 40*8,1*32,5 см.</t>
   </si>
   <si>
     <t>999201</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2b/nvws1et6fmajlbdq9ongsepm5lcb0rqt.jpg</t>
-[...8 lines deleted...]
-    <t>1000179</t>
+    <t>http://anytos.ru//upload/iblock/fe7/p27f8j3iep3tzou185hdnvtw573say4d.jpg</t>
+  </si>
+  <si>
+    <t>КУКЛА  quot;Alisa Little Love quot;, НАБОР, с портфелем, 14,4 см, АССОРТИ, 3 вида, 1TOY</t>
+  </si>
+  <si>
+    <t>Кукла для девочки &amp;quot;Alisa Little Love&amp;quot; с портфелем. Кукла школьница помогает в развитии коммуникативных навыков и эмоциональном росте, так как забота о ней способствует формированию чувства ответственности. Кукла сделана из высококачественны материалов, которые гарантируют безопасность, а яркий и актуальный дизайн превращает куклу в настоящую стильную подружку. Она способствует развитию творческого мышления и помогает эмоционально расти. Малышки из коллекции – это отличные игрушки в детский сад или в дорогу. Высота куклы составляет 14,4 см, в комплекте к кукле идет рюкзачок. 3 вида ассорти.</t>
+  </si>
+  <si>
+    <t>1006206</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/1toy/"&gt;1toy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22e/l3i9dj91qkvenvjhztzezjc4um56r7n4.jpg</t>
   </si>
   <si>
     <t>Интерактивная кукла  quot;Я морщу носик quot;</t>
   </si>
   <si>
     <t>Интерактивная кукла &amp;quot;Я морщу носик&amp;quot;</t>
   </si>
   <si>
     <t>1013065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18a/hmjlfidbzr3415n3sbt0a77bntex9ag4.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Русалка quot;, кукла, 4 предмета</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Русалка&amp;quot;, кукла, 4 предм., коробка</t>
   </si>
   <si>
     <t>1013066</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f5c/31bpzry5dfhb00a0gwgj16hneqyn8shj.jpg</t>
-[...76 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/24a/7tul94anokavlzsnbv8yn6vml62p987x.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Зимний спорт quot;, кукла, 5 предметов</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Зимний спорт&amp;quot;, кукла, 5 предм., коробка</t>
   </si>
   <si>
     <t>1013074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/449/5jbuv6eg0e88wf7clcx5awunm3kwwgyb.jpg</t>
   </si>
   <si>
     <t>1013075</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/776/m5xtg1so2jlggvsqpgqkt0flkh525lfk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d7c/v9c5izn18a81ix9zv0gtt23mourg0j3a.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Модница quot;, кукла, 10 предметов</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Модница&amp;quot;, кукла, 10 предм., коробка</t>
   </si>
   <si>
     <t>1013077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8b/e0k4f96o2qx1n874zpsmko5vzqkja6wo.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Модница quot;, кукла, 11 предметов</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Модница&amp;quot;, кукла, 11 предм., коробка</t>
   </si>
   <si>
     <t>1013078</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba6/iz3crtriiwa9fdf5jiszrmaqbvhv2ie8.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/914/9a0irpla15iqle3g5jsco80s8qfzqg9i.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Модница quot;, кукла, 2 предмета</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Модница&amp;quot;, кукла, 2 предм., коробка</t>
   </si>
   <si>
     <t>1013081</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d2a/u6x1zgri08vwwjiqd17xbnz4qf5iuvcb.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c6b/tpuesju0cxxl96vw8blcxrzdz1rtbj19.jpg</t>
   </si>
   <si>
     <t>1013083</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/18b/afcac467tccnemop22c41kcmoijheuu2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e35/2v4ubx8280usud2oossl3kvjqghkcpfh.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Модница quot;, кукла, 3 предмета</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Модница&amp;quot;, кукла, 3 предм., коробка</t>
   </si>
   <si>
     <t>1013086</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/577/vez63nk5md0rl9n1it9w4s1p4s3y4ric.jpg</t>
   </si>
   <si>
     <t>1013087</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d3/d9ecjbccg7fj6t3k5fbtuq28xk16n6xb.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Модница quot;, кукла, 4 предмета</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Модница&amp;quot;, кукла, 4 предм., коробка</t>
   </si>
   <si>
     <t>1013088</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c41/7udnw1ydh42zda2wyg0x7u2k11k9qbow.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Модница quot;, кукла, 7 предметов</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Модница&amp;quot;, кукла, 7 предм., коробка</t>
   </si>
   <si>
     <t>1013089</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8a/ijvx4xxb9iwgfb4xs58bsjk047l7d5cu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fcd/hq7js12t1z90bkdrx819cu0z3l7ckqmi.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;На прогулке quot;, 2 куклы, 3 предмета</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;На прогулке&amp;quot;, 2 куклы, 3 предм., коробка</t>
   </si>
   <si>
     <t>1013091</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b5/nbctm4h94sd0pitcdus7t6ipgonb2q33.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ba/2q1hs2s2p4kmqz98utm4mx9vlro73jb8.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Путешествие quot;, кукла, 7 предметов</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Путешествие&amp;quot;, кукла, 7 предм., коробка</t>
   </si>
   <si>
     <t>1013094</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d52/um1vng71qlanspbtqplxsetqmeip7nve.jpg</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy  quot;Спорт quot;, кукла, 4 предмета</t>
   </si>
   <si>
     <t>Игровой набор Defa Lucy &amp;quot;Спорт&amp;quot;, кукла, 4 предм., коробка</t>
   </si>
   <si>
     <t>1013095</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b22/gp8dpurfit4hxh8f7gnlq1d3mcz3114g.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/716/3jdfohi77qg0435kffmft135koplx8qe.jpg</t>
   </si>
   <si>
     <t>Кукла Defa Kevin, в ассортименте</t>
   </si>
   <si>
     <t>Кукла Defa Kevin, в ассортименте, кор.</t>
   </si>
   <si>
     <t>1013101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14a/54mpw8o81ck1miw1t2iymh1210qbq2v2.jpg</t>
   </si>
   <si>
     <t>Кукла Defa Lucy</t>
   </si>
   <si>
     <t>Кукла Defa Lucy, коробка</t>
   </si>
   <si>
     <t>1013102</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d9/zlwrh64rh354ddqiiym2wyzxgz82wkns.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/893/sazopfd1daug31272rs73b738096oztq.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Спортсменка quot;</t>
   </si>
   <si>
     <t>Игр. наб. &amp;quot;Спортсменка&amp;quot;, в компл. кукла 12 см, предм. 6 шт, блистер</t>
   </si>
   <si>
     <t>1013104</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b03/eu45v5li1ixamo1kst5icjoyeadypvbc.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Туристка quot;</t>
   </si>
   <si>
     <t>Игр. наб. &amp;quot;Туристка&amp;quot;, в компл. кукла 12 см, предм. 5 шт, блистер</t>
   </si>
   <si>
     <t>1013105</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/391/s1erl7ftn0vyiaphuwi18oofwq435i8b.jpg</t>
   </si>
   <si>
     <t>Набор питомцы с аксессуарами  quot;Любимый питомец quot;</t>
   </si>
   <si>
     <t>Набор питомцы с аксессуарами &amp;quot;Любимый питомец&amp;quot;</t>
   </si>
   <si>
     <t>1013106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/235/smhx1hw5ws08b7g5c06ghe18pc0j821o.jpg</t>
   </si>
   <si>
     <t>Пупс-балерина 23см, в ассортименте, дисплей</t>
   </si>
   <si>
     <t>Пупс-балерина 23см , в ассортименте, дисплей</t>
   </si>
   <si>
     <t>1013107</t>
-  </si>
-[...10 lines deleted...]
-    <t>1013272</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4897,9661 +4158,8001 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I424"/>
+  <dimension ref="A1:L351"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G424" sqref="G424"/>
+      <selection pane="bottomRight" activeCell="G351" sqref="G351"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C5" s="1"/>
+        <v>17</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="D5" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>59</v>
       </c>
-    </row>
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G16" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="B24" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G23" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="C24" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="F24" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="B25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="C25" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="F25" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="B26" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="C26" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="F26" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="D28" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="F28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="B29" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="F29" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B30" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="F30" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="B31" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B32" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B33" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F33" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B34" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C34" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C35" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="B37" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F37" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="B38" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="C38" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="B39" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="C39" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="F39" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="B40" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C41" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C42" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F42" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="F43" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F44" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="D45" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="C46" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="C47" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="F47" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="C48" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C49" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="B50" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="C50" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="B51" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F51" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C52" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F52" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C53" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="D54" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="C55" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F56" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C57" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F57" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="F58" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="C59" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C60" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="F60" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C61" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="F63" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C64" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="D65" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="F65" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="C66" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="F67" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C68" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="F68" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C69" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="F69" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="B70" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="D70" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="C71" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="C72" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="F72" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="G72" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="F72" s="3" t="s">
+      <c r="C73" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="G72" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="C74" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="F74" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="G74" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="B75" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="B76" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="F77" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="B78" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="B79" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="B80" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="B81" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="B82" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="B83" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="B84" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="B85" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="D85" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B85" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="C87" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="F87" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="C88" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C89" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F89" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="D90" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="C91" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C96" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="B97" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="C97" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="B98" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B99" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="B100" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="B101" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="B102" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B103" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="C104" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="C105" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="B106" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F106" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B107" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="C108" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="F108" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="G108" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>366</v>
-      </c>
-[...93 lines deleted...]
-        <v>367</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="F111" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="B110" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="B112" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="F112" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="B113" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="F113" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="B114" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="B115" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="F115" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="B116" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="F116" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G116" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+    </row>
+    <row r="117" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="F115" s="3" t="s">
+      <c r="B117" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="G115" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="F117" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="B118" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="B119" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F116" s="3" t="s">
+      <c r="C119" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="G116" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="F119" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="G119" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="B120" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="F117" s="3" t="s">
+      <c r="C120" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="G117" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="C121" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="F121" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="B122" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="F122" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="B123" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="C124" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="F124" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="G124" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="B125" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="B126" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="B128" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B129" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="D130" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="D131" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G128" s="3" t="s">
+      <c r="F131" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>452</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B129" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="C132" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="B130" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="F132" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="G132" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="D133" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="F133" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="G133" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="F133" s="3" t="s">
+      <c r="C135" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="G133" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="F135" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="G135" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="F136" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="G136" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="D137" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="C138" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="C139" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F138" s="3" t="s">
+      <c r="D139" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="G138" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="B140" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="B142" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="F142" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="B143" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="B144" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F144" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B143" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="C145" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="B146" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="C146" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="C147" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="B148" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="B149" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="F147" s="3" t="s">
+      <c r="C149" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="G147" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="C150" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="B151" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="F151" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="F149" s="3" t="s">
+      <c r="B152" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="G149" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="C153" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C154" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B155" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C155" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="C156" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="B157" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="C157" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="C158" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="F154" s="3" t="s">
+      <c r="D158" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="G154" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="D159" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="B160" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="C160" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="F160" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C161" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F161" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B158" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="C162" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="B163" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="F163" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="C164" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="F164" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B161" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="C165" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="B162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C162" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G165" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+    </row>
+    <row r="166" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="F166" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="C167" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="F167" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="G167" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C168" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B169" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="C169" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="C170" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F171" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C172" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="B173" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="C173" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B169" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="F173" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="B174" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B170" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="F174" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C175" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="C171" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="B176" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="C177" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C173" s="1" t="s">
+      <c r="B178" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C179" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C180" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C181" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="F181" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="B182" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="C183" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="B184" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="C185" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="C186" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C187" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B189" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...36 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="B190" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="B191" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="C192" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F192" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C193" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="B194" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C194" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="F194" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="B195" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="C195" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="C196" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G188" s="3" t="s">
+      <c r="F196" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>667</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="B197" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="C198" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="B199" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="F190" s="3" t="s">
+      <c r="B200" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="G190" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B201" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="C195" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B205" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="B196" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C206" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="B198" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="C207" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="D208" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="B209" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F209" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C210" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F210" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C211" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F211" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C212" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="B213" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="D214" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="D215" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="B206" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="B216" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="C216" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="B207" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="F216" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="B217" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B218" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C218" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="B219" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="C219" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="B220" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="C220" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="B211" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="F220" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="C221" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="D221" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="B223" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C223" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...30 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="B215" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F223" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="B224" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C224" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="C216" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="F224" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B217" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="B226" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="C219" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F226" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="B220" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="C227" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="C221" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="B228" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="C228" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="C222" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="B229" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="C223" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="F229" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C230" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="C224" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="F230" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B225" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C231" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="D232" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>774</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="D233" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="B228" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="B234" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="C235" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="D235" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="B236" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="C230" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="F236" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="B237" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="B238" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="C238" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="B239" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="C239" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C233" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="B240" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="C240" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="C234" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="B241" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="C235" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="B242" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="C242" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="C236" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="B243" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="D244" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="D245" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="D246" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="D247" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="B248" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="F248" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="B242" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="C249" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D250" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>822</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="D251" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>825</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="B245" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="C252" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B254" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="D255" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="C256" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="F256" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="B257" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>841</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="C258" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="C259" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="F259" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="B260" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="B252" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="F260" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C253" s="1" t="s">
+      <c r="C261" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="F261" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="C262" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="B263" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="C263" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B264" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C264" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>861</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="C265" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="C266" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="C267" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B268" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C268" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>873</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B269" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C269" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="B270" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="C270" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="B271" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="C271" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="B272" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="C272" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="B273" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="B264" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="C274" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>891</v>
       </c>
-      <c r="C265" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="B266" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="C275" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="B276" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="D276" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="D277" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="B278" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="C269" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F278" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B279" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B280" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="B281" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>908</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="F281" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="B272" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="C282" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B273" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="B284" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="B275" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="D284" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="C276" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C285" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="F285" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="G285" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="D286" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>927</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="F286" s="3" t="s">
         <v>928</v>
       </c>
-      <c r="B279" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="G286" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="D287" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>932</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="C288" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F289" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="D290" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="B291" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="C291" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="B286" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="F291" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="D292" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="C293" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="C294" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B289" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...28 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="C295" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C291" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="C296" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="C292" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="B297" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="B293" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="D297" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="F297" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="G297" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="B298" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="F298" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="D299" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>977</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="C300" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>981</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="B301" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="C302" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="D302" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>989</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B301" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="B303" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>993</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="D304" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="F304" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="C305" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1001</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="B306" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="C306" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F306" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G306" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="C307" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B308" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="C308" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D308" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>675</v>
+        <v>1006</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>675</v>
+        <v>1006</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>675</v>
+        <v>1006</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>959</v>
+        <v>1022</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>959</v>
+        <v>1022</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>675</v>
+        <v>253</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>959</v>
+        <v>1022</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>959</v>
+        <v>1022</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>675</v>
+        <v>253</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>959</v>
+        <v>1027</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>959</v>
+        <v>1028</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>675</v>
+        <v>244</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>959</v>
+        <v>1031</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>959</v>
+        <v>1032</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>675</v>
+        <v>244</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>959</v>
+        <v>1035</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>959</v>
+        <v>1036</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>675</v>
+        <v>244</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1030</v>
+        <v>955</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>675</v>
+        <v>253</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>675</v>
+        <v>461</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>962</v>
+        <v>1046</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>962</v>
+        <v>1047</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>675</v>
+        <v>461</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>675</v>
+        <v>461</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>399</v>
+        <v>461</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>399</v>
+        <v>461</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1049</v>
+        <v>1064</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>399</v>
+        <v>244</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>399</v>
+        <v>1069</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1054</v>
+        <v>1070</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1055</v>
+        <v>1071</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1056</v>
+        <v>1072</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1057</v>
+        <v>1073</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>79</v>
+        <v>1069</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1058</v>
+        <v>1074</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1059</v>
+        <v>1075</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1060</v>
+        <v>1076</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1061</v>
+        <v>1077</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1062</v>
+        <v>1078</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1063</v>
+        <v>1079</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1064</v>
+        <v>1080</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1065</v>
+        <v>1081</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1066</v>
+        <v>1082</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1067</v>
+        <v>253</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1067</v>
+        <v>456</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1067</v>
+        <v>456</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>521</v>
+        <v>461</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>521</v>
+        <v>1099</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1085</v>
+        <v>1102</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1085</v>
+        <v>1103</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1086</v>
+        <v>1104</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>21</v>
+        <v>244</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1087</v>
+        <v>1105</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1047</v>
+        <v>1106</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1088</v>
+        <v>1107</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1089</v>
+        <v>1108</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1090</v>
+        <v>1109</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1047</v>
+        <v>1110</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1088</v>
+        <v>1111</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1091</v>
+        <v>1112</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1092</v>
+        <v>1113</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1047</v>
+        <v>1110</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1088</v>
+        <v>1111</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1093</v>
+        <v>1114</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1094</v>
+        <v>1115</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1095</v>
+        <v>1116</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1096</v>
+        <v>1117</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1097</v>
+        <v>1118</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1098</v>
+        <v>1119</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1099</v>
+        <v>1120</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1100</v>
+        <v>1121</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1101</v>
+        <v>1122</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1102</v>
+        <v>1123</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1103</v>
+        <v>1124</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1104</v>
+        <v>1125</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1105</v>
+        <v>1126</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1107</v>
+        <v>1127</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1108</v>
+        <v>1124</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1109</v>
+        <v>1125</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1110</v>
+        <v>1128</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1111</v>
+        <v>1129</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1112</v>
+        <v>1130</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1113</v>
+        <v>1131</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1114</v>
+        <v>1132</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1115</v>
+        <v>1133</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1116</v>
+        <v>1130</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1117</v>
+        <v>1131</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1118</v>
+        <v>1134</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1119</v>
+        <v>1135</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1120</v>
+        <v>1136</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1121</v>
+        <v>1137</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1122</v>
+        <v>1138</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1123</v>
+        <v>1139</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1124</v>
+        <v>1140</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1125</v>
+        <v>1141</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1126</v>
+        <v>1142</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="343" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1129</v>
+        <v>1145</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1130</v>
+        <v>1146</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1133</v>
+        <v>1149</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1134</v>
+        <v>1150</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1106</v>
+        <v>1006</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1135</v>
+        <v>1151</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1136</v>
+        <v>1152</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1137</v>
+        <v>1153</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1138</v>
+        <v>1154</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1139</v>
+        <v>1006</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1140</v>
+        <v>1155</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1141</v>
+        <v>1156</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1142</v>
+        <v>1157</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1143</v>
+        <v>1158</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1144</v>
+        <v>1159</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1145</v>
+        <v>1160</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1146</v>
+        <v>1161</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1147</v>
+        <v>1162</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>399</v>
+        <v>1006</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1148</v>
+        <v>1163</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1149</v>
+        <v>1164</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1150</v>
+        <v>1165</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1151</v>
+        <v>1166</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>399</v>
+        <v>253</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1152</v>
+        <v>1167</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1153</v>
+        <v>1168</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1154</v>
+        <v>1169</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1155</v>
+        <v>1170</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1156</v>
+        <v>1171</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1157</v>
+        <v>1172</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1158</v>
+        <v>1173</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1159</v>
+        <v>1174</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>16</v>
+        <v>244</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1160</v>
+        <v>1175</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1157</v>
+        <v>1176</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1158</v>
+        <v>1177</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1161</v>
+        <v>1178</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>12</v>
-[...1678 lines deleted...]
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">