--- v0 (2026-01-07)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -84,59 +84,50 @@
     <t>Кукольные театры</t>
   </si>
   <si>
     <t>339717</t>
   </si>
   <si>
     <t>&lt;a href="/brands/russkij-stil/"&gt;Русский Стиль&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f9/2f991238aaea059bf76ada8dec8d058d/6f5c08172c718db40ae74928aafd1ab0.jpg</t>
   </si>
   <si>
     <t>Театр на пальцах Bondibon  quot;Зоопарк quot;</t>
   </si>
   <si>
     <t>Театр на пальцах Bondibon &amp;quot;Зоопарк&amp;quot;</t>
   </si>
   <si>
     <t>609303</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
-  </si>
-[...7 lines deleted...]
-    <t>934873</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -463,57 +454,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F6" sqref="F6"/>
+      <selection pane="bottomRight" activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -569,70 +560,50 @@
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>18</v>
-[...18 lines deleted...]
-      <c r="F6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>