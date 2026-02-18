--- v0 (2025-10-21)
+++ v1 (2026-02-18)
@@ -12,334 +12,347 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="999">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1205">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/429/cqguuofqb6bnn97lem9r969sabwo5xpa.jpg</t>
   </si>
   <si>
     <t>Автомат на батарейкаx, 62x27x5см.</t>
   </si>
   <si>
     <t>Стильное и крутое игрушечное оружие не оставит равнодушным ни одного ребенка. Игрушка отличается реалистичным внешним видом и наличием дополнительных элементов. В комплект входят автомат с оптическим прицелом, лазерный прицел и фонарик. При нажатии на спусковой крючок автомата он станет издавать звуки выстрелов, ствол оружия и дуло подсветятся. Если передвинуть рычажок на фонарике, он станет светить. Фонарь крепится на ствол оружия. Если передвинуть рычажок на лазерном прицеле оружия, он станет подсвечиваться разноцветными огнями, лазерный прицел крепится на ствол оружия. Игрушка отлично развивает мелкую моторику рук, координацию движений, воображение, слуховое и зрительное восприятие. С такой игрушкой ребенок обязательно станет победителем всех сражений. Игрушка станет хорошим подарком. Автомат работает от 3 батареек АА, вставляются в рукоять оружия, не входят в комплект. Фонарик работает от батарейки LR44 и батарейки LR1130, входят в комплект. Лазерный прицел работает от батарейки LR44 и батарейки LR11</t>
   </si>
   <si>
     <t>Детское оружие</t>
   </si>
   <si>
     <t>552190</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/594/0x70q3t7lygsksoz3uisgmdmyy5mz56e.jpg</t>
   </si>
   <si>
     <t>Автомат на батарейкаx</t>
   </si>
   <si>
     <t>Ни одна игра в войнушку или секретных шпионов не обойдется без этого стильного и очень крутого оружия. В комплект входят игрушечный пистолет с подствольным фонариком, глушитель и оптический прицел. Оптический прицел и глушитель снимаются, фонарик вынимается. Фонарик включается путем передвижения рычажка на нем, горит синим светом. Если нажать на спусковой крючок оружия, затвор передернется, пистолет издаст звук выстрела. Звук выстрела изменится, если на пистолет надеть глушитель и нажать на спусковой крючок (затвор передернется). Если передернуть затвор, он издаст звук перезарядки. Игрушка развивает меткость, ловкость, внимание, воображение, слуховое и зрительное восприятие, предрасполагает к сюжетно-ролевым играм, улучшает координацию движений. С ней можно совершенствовать не только физические данные ребенка, но и учить его тактике, стратегии и хитрости. Пистолет работает от 2 батареек АА, не входят в комплект. Батарейки вставляются в рукоять пистолета. Фонарик работает от 3 батареек AG10, входят в комплект</t>
   </si>
   <si>
     <t>552191</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a64/9yllye0d45qtq9dhz5q1xnjxg347scnx.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9f3/9f3d14f038138977e9d5218f03a9aa8a.jpg</t>
   </si>
   <si>
     <t>Набор пирата, 41684</t>
   </si>
   <si>
     <t>Набор пирата</t>
   </si>
   <si>
     <t>174503</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/abf/abfbe0f2108db4dfd3204d42303c32ab/500cdda7acd1f979ef455292b4186061.jpg</t>
+  </si>
+  <si>
+    <t>Тир с шарами 50011</t>
+  </si>
+  <si>
+    <t>Тир с шарами - это игра на результат, которая учит сосредотачиваться на конкретной задаче, развивает меткость, моторику и координацию движений.Эта веселая игра,&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; одинаково понравится и мальчикам, и девочкам.</t>
+  </si>
+  <si>
+    <t>300959</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pljejdorado/"&gt;Плэйдорадо&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9e4/9e45c99a578572bdc13acda3c36177cb/9f43dc73cc70ef01a35f3271b7140f54.jpg</t>
   </si>
   <si>
     <t>Игрушка пласт., стрела -присоска, CRD 31х44х3см   Ф85843</t>
   </si>
   <si>
     <t>346402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd7/bd79d55447411184f9bc4524232c30b1/6aa4adc22c8004fd49a9b250b9051803.jpg</t>
   </si>
   <si>
     <t>Пистолет пласт. с дротиками и мишенью, МиниМаниЯ, РАС 15х23см,   К85559</t>
   </si>
   <si>
     <t>346843</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yako/"&gt;YAKO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52c/52c98b1746c89aebc41cdcababfbf7c0/6883b9a5bb8323848df2ae3689724d78.jpg</t>
   </si>
   <si>
     <t>Пистолет-диапроектор  quot;Акула quot; 2 в 1, Bondibon, 2 диска со слайдами, свет, звук. ВВ3196</t>
   </si>
   <si>
     <t>Выберите и установите в пистолет диск для просмотра, нажмите на курок. Поворачивайте диск для просмотра новых слайдов.  В комплектвходит 2 диска. Во время игры пистолет светится и издаёт звуки, без дисков может выполнять функцию фонарика.</t>
   </si>
   <si>
     <t>359297</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/140/14021f8b9134f4522af23dab2e3a1b54/f840f5e6ec5044469b555a0bdcf93259.jpg</t>
+  </si>
+  <si>
+    <t>Игр.набор Военный, пистолет эл., звук, в комплекте:  рация, бинокль -муляж, кобура, эл.пит.AG13 3шт.</t>
+  </si>
+  <si>
+    <t>Игр.набор Военный, пистолет эл., звук, в комплекте: &amp;#40;рация, бинокль&amp;#41;-муляж, кобура, эл.пит.AG13*3шт.</t>
+  </si>
+  <si>
+    <t>395538</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edc/edce77ea3b0f3b994b42573d5339fb5f/4fec9b711f97dec6398a6e6f39fcd69d.jpg</t>
+  </si>
+  <si>
+    <t>Игр.набор Военный, пистолет эл., звук, кобура, кинжал, чехол, эл.пит.AG13 3шт.не вх.в комплект, паке</t>
+  </si>
+  <si>
+    <t>Игр.набор Военный, пистолет эл., звук, кобура, кинжал, чехол, эл.пит.AG13*3шт.не вх.в комплект, паке</t>
+  </si>
+  <si>
+    <t>395541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9c/c9c399b5c0a3cf4428f061406fc97a93/ed3877eb6b3b578e9472482d67537bf0.jpg</t>
+  </si>
+  <si>
+    <t>Набор оружия Богатырь щит и меч</t>
+  </si>
+  <si>
+    <t>396501</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/knopa/"&gt;KNOPA&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/327/327e55280860aca39b0010a008ea91e6/56b757d03a239ad5ad7359c083d6d025.jpg</t>
   </si>
   <si>
     <t>Бластер Bondibon  ВЛАСТЕЛИН , Власть, 3 мягкие пули, BLISTER 24х20х4,5см. ВВ4094</t>
   </si>
   <si>
     <t>Бластер Bondibon ВЛАСТЕЛИН Сила по достоинству оценят все любители игрушечного оружия! Он яркий и мощный, а пули, входящие в набор, стреляют на расстояние до 9 метров! Для безопасности игрового процесса они имеют резиновый наконечник, а сами сделаны из мягкого поролона. Дополнительно можно приобрести набор из 20 мягких пуль. Принцип работы бластера - пружинный механизм. Это упрощает игру и дает возможность полностью сосредоточиться на схватке. Использование Вставьте мягкую пулю в ствол пистолета. Отведите затвор. Нажмите на курок. В комплекте бластер, 3 мягкие пули. ВНИМАНИЕ Не направляйте пистолет на хрупкие бьющиеся предметы, людей и животных!</t>
   </si>
   <si>
     <t>401451</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/778/1gybpk3vb9791bjfgrkc61zmkw1cydiz.jpg</t>
   </si>
   <si>
     <t>Оружие детское автомат эл. 82558</t>
   </si>
   <si>
     <t>Ни одна игра в войнушку или секретных шпионов не обойдется без этого стильного и очень крутого оружия! Автомат издает звуки, его дуло подсвечивается разными цветами, в темноте он способен заменить фонарик, настолько ярко он светит! У игрушки выдвигается оптический прицел, а если отодвинуть складную рукоять под стволом, оружие может перейти в режим пистолета. Тогда игрушка сама передернет затвор. Автомат можно поставить на ровную поверхность, не боясь, что он упадет. Игрушка развивает меткость, ловкость, внимание, воображение, предрасполагает к сюжетно-ролевым играм, улучшает координацию движений. С ней можно развивать не только физические данные ребенка, но и учить его тактике, стратегии и хитрости. Игрушка сделана из прочной и высококачественной пластмассы. Работает от 3 батареек АА, в комплект не входят. Размеры игрушки: 24*6*19,5 см. Размеры коробки: 24,5*7*16 см.</t>
   </si>
   <si>
     <t>412094</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/756/y8064smgxq6ggq8bqwwsld6fwgwe5er9.jpg</t>
   </si>
   <si>
     <t>Оружие детское автомат эл. 82559</t>
   </si>
   <si>
     <t>Оружие детское автомат эл.</t>
   </si>
   <si>
     <t>412095</t>
-  </si>
-[...30 lines deleted...]
-    <t>459758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79c/79c20e7d8d3d224efbb46083b96779dd.jpeg</t>
   </si>
   <si>
     <t>Оружие детское автомат эл. 82561</t>
   </si>
   <si>
     <t xml:space="preserve">Ни одна игра в войнушку или секретных шпионов не обойдется без этого стильного и очень крутого оружия!
  Автомат издает звуки, его дуло, ствол, прицел и магазин подсвечиваются разными цветами, а в темноте он способен заменить фонарик, настолько ярко он светит!
  Автомат можно поставить на ровную поверхность, не боясь, что он упадет.
  Игрушка развивает меткость, ловкость, внимание, воображение, предрасполагает к&amp;nbsp;&amp;nbsp;сюжетно-ролевым играм, улучшает координацию движений. С ней можно совершенствовать не только физические данные ребенка, но и учить его тактике, стратегии и хитрости. 
  Игрушка сделана из прочной и высококачественной пластмассы. Работает от 3 батареек АА, в комплект не входят. 
  Размеры игрушки: 39*3,5*17 см.
  Размеры коробки: 40,5*4*17,5 см.
  </t>
   </si>
   <si>
     <t>459948</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2fd/jypu3u7tfbcey78v5hncqutn784uikbp.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/839/83957150fc3df70c5e800c465b1cb377/ba9e3a5d9fdcbec19a1dcb16a6c6f844.jpg</t>
   </si>
   <si>
     <t>Оружие ЛАЗЕР-Жук Bondibon на батар.,набор из 2-х космических ик-бластеров, ВОХ 40,5х25,5х6,5см.</t>
   </si>
   <si>
     <t>577242</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd4/dg8w1wd33t73fes16utjqpei7kw1li6w.jpg</t>
-[...8 lines deleted...]
-    <t>609018</t>
+    <t>http://anytos.ru//upload/iblock/1ab/1abd72491ea3f3e59d70664b99859bd8/f1a1a4ee0283a9357e9356d3f895e947.jpg</t>
+  </si>
+  <si>
+    <t>Набор оружия Вояка шлем, щит и меч</t>
+  </si>
+  <si>
+    <t>Набор оружия &amp;quot;Вояка&amp;quot; – классическая игрушка для ролевых игр. С ним легко войти в образ воина. Можно абсолютно не волноваться за безопасность. Легким пластиком, из которого изготовлено оружие, невозможно пораниться в процессе активной игры.Игрушка упакована на картонной подложке и подойдет для подарка ребенку в качестве игрушки на каждый день</t>
+  </si>
+  <si>
+    <t>580139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c4/8c459837a5d3fce99b5349c6739526db/d9036d5f671452894e3880f4d9777180.jpg</t>
   </si>
   <si>
     <t>Меч воина 15х62,5х2,5, блистер</t>
   </si>
   <si>
     <t>609020</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/390/390c544f93219ee719f2cbacc1ad0c89/281f85332c9fecbf1b8e4ac7baf7e650.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 48х18,3х4,5 см, зел но-синий, арт.8834.</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon &amp;quot;Наше Лето&amp;quot;, РАС 48х18,3х4,5 см, зелёно-синий, арт.8834.</t>
+  </si>
+  <si>
+    <t>609185</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75b/75b8c05ea21f3f1f2d06d48e801f512a.jpg</t>
+  </si>
+  <si>
+    <t>Набор оружия Ниндзя кинжал, саи, лук, 3 стрелы</t>
+  </si>
+  <si>
+    <t>615065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c09/bglr3hl0f8docvkfbef3an5m87ab5i6w.jpg</t>
+  </si>
+  <si>
+    <t>Набор 2 лука и стрелы-присоски, 36х62х3, блистер</t>
+  </si>
+  <si>
+    <t>Набор с луком и стрелами - настоящая мечта юного стрелка! В комплект входят 2 лука и 2 комплекта стрел. Техника стрельбы из лука: - с одной стороны стрелы есть присоска, с другой конец стрелы разделен на 2 половинки. Просуньте стрелу в отверстие в центре лука присоской от себя, другой конец стрелы должен упираться в тетиву, тетива ляжет четко по центру разделения наконечника; - оттяните тетиву на себя, прицельтесь и выстрелите. Игрушка отлично развивает ловкость, меткость, сноровку, глазомер, тренирует мелкую моторику рук и координацию движений. Игрушка изготовлена из безопасного и качественного полимерного материала. Упаковка: блистер. Размеры лука: 13*3*52 см. Размеры стрелы: 37*2,5*2,5 см. Размеры в упаковке: 36*4*62 см.</t>
+  </si>
+  <si>
+    <t>628283</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/090/090007c3f63630f7fec6573fd29658f2.jpg</t>
   </si>
   <si>
     <t>Набор бластер водяной-рюкзак Мишка</t>
   </si>
   <si>
     <t>Водяной бластер &amp;quot;Мишка&amp;quot; предназначен для детских игр в летнюю жару на даче или на природе. Играть с ним не только очень весело, но и безопасно при соблюдении мер предосторожности. Вода наливается в специальное отверстие, расположенное в верхней части рюкзачка - он используется в качестве водного резервуара. В комплекте прилагаются регулируемые по длине лямки. Стрельба по противнику осуществляется движением поршня вперёд-назад. Размер рюкзака &amp;#40;ДхШ&amp;#41; составляет 25х18 см. Изделие изготовлено из пластмассы с элементами из текстильных материалов. Рекомендованный возраст: 3 года &amp;#43;</t>
   </si>
   <si>
     <t>643264</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ebd/ebdf6ec482873546fc4555028ebfe16c.jpg</t>
   </si>
   <si>
     <t>Пистолет Bondibon  ФАНТАСТ , свет, звук</t>
   </si>
   <si>
     <t>Пистолет «ФАНТАСТ» от ТМ Bondibon с световыми и звуковыми эффектами подарит ребенку ощущение настоящего героического сражения! Став настоящим героем, мальчик может придумать много сюжетов, игры в сражения развивают стратегическое мышление, терпение и мужество. С игровым оружием, ребенок чувствует себя более уверенным и сильным или может с помощью игры развить эти качества. Такие игры способствуют выбросу лишнего напряжения, снижают общий уровень агрессии. Для работы необходим элемент питания: 1,5V*2 ААА &amp;#40;в комплект не входит&amp;#41;. Инструкция по эксплуатации: 1. Вставьте батарейки согласно инструкции. 2. Нажмите на пусковой курок</t>
   </si>
   <si>
     <t>646865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ed/2ed3a4f2423058eecc32aa9931cd7c6b.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 16,5х23,5х3 см, 4 вида, арт.A-207</t>
   </si>
   <si>
     <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании.Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду,когда вода так желанна. Его можно использовать&amp;nbsp;&amp;nbsp;для своих игр и развлечений&amp;nbsp;&amp;nbsp;на пляже, на пикниках, в парках, на любом отдыхе на природе.</t>
   </si>
   <si>
     <t>646867</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/542/542dfa43c988755b16b261e6d2a11723.jpg</t>
@@ -347,50 +360,68 @@
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 18,3х37х7 см, оранж.,арт. 6612</t>
   </si>
   <si>
     <t>646868</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06e/06e569cb57f7cb80f2d06e59ebeea8f7.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х46,7х7 см, синий, арт. 6611</t>
   </si>
   <si>
     <t>646870</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06f/06fd92c7c423b5094566bcfa3cba73e1.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х44,5х7 см, белый, арт. 1002</t>
   </si>
   <si>
     <t>646872</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/57f/57ffd2b9c019b829e9b5c757de8a8cc0.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 25х51,5х7 см,белый, арт.1012</t>
+  </si>
+  <si>
+    <t>646874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba1/ba1d9deb25293d5a4bd0c89081b2ccf3.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х43,5х5,5 см, бело-синий, арт. 1755</t>
+  </si>
+  <si>
+    <t>646875</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ab6/ab6f1ee2c974067439dc64c70a2d82e3.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 25х57х9 см, светло-зел н., арт. 6618</t>
   </si>
   <si>
     <t>646876</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/777/7777b08a54948dcf0a308ba5d0742093.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х43,5х5,5 см, сине-зел ный, арт.1755А</t>
   </si>
   <si>
     <t>646877</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a8/9a812011d2f472d28da9f048bb1fb581.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 30х18,3х4,5 см, сине-белый, арт. 4712-A</t>
   </si>
   <si>
     <t>646881</t>
@@ -407,78 +438,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5ba/5ba3bdc808873a7be6f64d1145ad8933.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 37х18,3х7 см, 2 вида белый синий, арт.0938</t>
   </si>
   <si>
     <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений&amp;nbsp;&amp;nbsp;на пляже, на пикниках, в парках, на любом отдыхе на природе. Футуристичный дизайн и сине-желтый цвет бластеров позволит перенестись в мир далекого космического будущего!</t>
   </si>
   <si>
     <t>646883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4b/d4b87d88960ad246e43c346adb505eec.jpg</t>
   </si>
   <si>
     <t>Набор бластер водяной-рюкзак Динозаврик</t>
   </si>
   <si>
     <t>Набор «Динозаврик» с водяным бластером и рюкзаком предназначен для детских игр в летнюю жару надаче или на природе. Играть с ним не только очень весело, но и безопасно при соблюдении мер предосторожности. Вода наливается в специальное отверстие, расположенное в рюкзачке – он используется в качестве водного резервуара. В комплекте прилагаются регулируемые по длине лямки. Стрельба по противнику осуществляется движением поршня водяного пистолета вперёд-назад. На рюкзаке изображён динозавр. Размер рюкзачка &amp;#40;ДхШ&amp;#41; составляет 24х17х6 см. Изделие изготовлено из пластмассы с элементами изтекстильных материалов. Рекомендованный возраст: 3 года &amp;#43;</t>
   </si>
   <si>
     <t>651981</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e54/e54a3c3d3467b93d4ffd78b1ca70a23b.jpg</t>
-[...5 lines deleted...]
-    <t>653238</t>
+    <t>http://anytos.ru//upload/iblock/9ee/9eedf1363a542d72dab023b3bf68ff22.jpg</t>
+  </si>
+  <si>
+    <t>Набор оружия с доспехами, 62х33х5,5, пакет</t>
+  </si>
+  <si>
+    <t>653239</t>
   </si>
   <si>
     <t>&lt;a href="/brands/veld-co/"&gt;VELD CO&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ee/9eedf1363a542d72dab023b3bf68ff22.jpg</t>
-[...14 lines deleted...]
-    <t>653500</t>
+    <t>http://anytos.ru//upload/iblock/adc/adcad9efa87f6be3d8a898266439ff42.jpg</t>
+  </si>
+  <si>
+    <t>Гранатомет на батарейках, 48,5х7х21, коробка</t>
+  </si>
+  <si>
+    <t>653502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e4/5e46bac03cadc23d578b116463dac1c6.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 16,5х25х5,8 см, белый, арт. 620-2</t>
   </si>
   <si>
     <t>654142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55d/55dc92c41bca3ee4d5ca8238a579a0b7.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot; РАС 48х20х8 см, милитари-зел ный, арт. 9888-3</t>
   </si>
   <si>
     <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать&amp;nbsp;&amp;nbsp;для своих игр и развлечений&amp;nbsp;&amp;nbsp;на пляже, на пикниках, в парках, на любом отдыхе на природе. Стильный дизайн милитари особенно понравится мальчикам.</t>
   </si>
   <si>
     <t>654146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04e/04e61260a934cd201a49dee72398175a.jpg</t>
   </si>
@@ -503,1535 +525,1822 @@
   <si>
     <t>654148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32d/32d3699f9770af0cc51cd02d569f9c88.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 49х21х6 см, бело-оранжевый, арт. 9955</t>
   </si>
   <si>
     <t>654149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ff/6ff8caac953bc4b14e02d8a85db98606.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 58х25х5,5 см, бело-ч рный, арт.203-2</t>
   </si>
   <si>
     <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений&amp;nbsp;&amp;nbsp;на пляже, на пикниках, в парках, на любом отдыхе на природе. Бело-черный цвет и боевой дизайн привлечет как мальчишек, так и смелых девчонок!</t>
   </si>
   <si>
     <t>654150</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b5/lolxk4xrf4a6v062k32tko5hnftlxf88.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/dream-makers-various/"&gt;DREAM MAKERS-VARIOUS&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/f49/o3wwgku05su6wd3l37t70wjpx9etiir1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Водное оружие  Пожарный </t>
+  </si>
+  <si>
+    <t>26,5x8x18x см – размер бака для воды 74 см – длина шланга 39x15,5x4 см – размер автомата-помпы</t>
+  </si>
+  <si>
+    <t>683614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe8/g1tr6et0lqgpgoit55ip7tjg70xtu4pf.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой  quot;Пистолет quot;</t>
+  </si>
+  <si>
+    <t>Набор, состоящий из 1 пистолет, 5 снарядов с тупыми наконечниками диаметром 1,5 см и 3-мя бочками с нанесением на них мишени. Дальность выстрела составляет порядка 10 метров. Размеры составляющих набора: оружие: 20*13*5 см, снаряд: 1,5*6,5 см, бочка: 4,5*6 см.</t>
+  </si>
+  <si>
+    <t>684298</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/831/7iznu2ud6q0rf5w7ca8rixcf8hzxgfqk.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Животные quot;</t>
+  </si>
+  <si>
+    <t>Водное помповое оружие. В ассортименте 4 вида: акула, крокодил, дракон, кашалот. Размер игрушки составляет 34*5*5 см. Голова &amp;#40;наконечник&amp;#41; и хвост &amp;#40;ручка&amp;#41; игрушки выполнены из пластика, корпус – из ПВХ. Оружие погружается в емкость с водою, и посредством оттягивания ручки на себя вода набирается в резервуар. Для осуществления выстрела необходимо толкать ручку оружия в направлении от себя. Поставка осуществляется в дисплее по 24 шт.</t>
+  </si>
+  <si>
+    <t>685160</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b5/i4cx2vo5plt7ryidn39s9dsfkhiro91k.jpg</t>
+  </si>
+  <si>
+    <t>Игрушечное оружие  quot;Пистолет quot;</t>
+  </si>
+  <si>
+    <t>При нажатии на курок оружие издает трещащий звук, а также происходит имитация искр внутри ствола.</t>
+  </si>
+  <si>
+    <t>685217</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/haiyuanquan/"&gt;HAIYUANQUAN&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd3/flkc3ijyxgc3d8x51ty4ddmt9xmpfzxy.jpg</t>
   </si>
   <si>
     <t>Игрушечное оружие  quot;Бластер 6-зарядный quot;</t>
   </si>
   <si>
     <t>Комплект: бластер, 6 мягких пуль. Cостав: пластик,&amp;nbsp;&amp;nbsp;ПВХ. Размер упаковки: 18 x 4,5 x 16 см. 10,4*4,5*12,2 см - размер оружия. 7*1,3 см - размер пули.</t>
   </si>
   <si>
     <t>685220</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/haiyuanquan/"&gt;HAIYUANQUAN&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/4e2/qh2gck5v5xnlywh3g8629p0h3up9au23.jpg</t>
+  </si>
+  <si>
+    <t>850 Игрушечное оружие  quot;Ружье ковбоя quot;</t>
+  </si>
+  <si>
+    <t>Ружье размером 65*16*2,2 см. Игрушка без света и звука. В ружье откидывается рукоятка, и закладывается снаряд с 8-ю пистонами, которые в комплект не входят – их необходимо перед началом игры приобрести отдельно.</t>
+  </si>
+  <si>
+    <t>685222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e8/xwj6le09le0w1en7va6cxqruthne8wkb.jpg</t>
+  </si>
+  <si>
+    <t>Водяной пистолет - насос</t>
+  </si>
+  <si>
+    <t>Водяной насос &amp;quot;ружье&amp;quot; 64*10см., 5-тиструйный. Ассорти цвет.Игрушка</t>
+  </si>
+  <si>
+    <t>703361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/fvl128u6mkpg71x710jre1onj5v4u7gd.jpg</t>
   </si>
   <si>
     <t>Диноробот-бластер 3 в 1</t>
   </si>
   <si>
     <t>Диноробот-бластер 3в1. Для игровых целей. Свет,звук. Использовать батареи типа АА: в шуруповерт 2шт*1,5V , бластер 3шт*1,5V. В комплект не входят. Возраст 3&amp;#43;. Упаковка - картонная коробка 43,5*28,5*10,5см.</t>
   </si>
   <si>
     <t>703367</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/087/tu7vcds1a502ncvsyc3j0yb0v10bovwb.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon, ЗВЕРОБОЙ, Единорог, желтый</t>
+  </si>
+  <si>
+    <t>В жаркое лето отличным развлечением для детей станет водный пистолет-помпа в виде бело-жёлтого единорога &amp;quot;ЗВЕРОБОЙ&amp;quot; от Bondibon! Заряжайте оружие водой и обстреливайте соперников. &amp;quot;ЗВЕРОБОЙ&amp;quot; - это безопасная игрушка комфортного размера&amp;#40;длина 19 см, диаметр 8 см&amp;#41;, которая позволит не только провести весело время, но и будет способствовать развитию тактильных ощущений и логического мышления. Играть можно как одному, так и с компанией по очереди. Дальность стрельбы 1,5-2 м. В комплекте: водяной пистолет-помпа. Собери всю серию &amp;quot;ЗВЕРОБОЯ&amp;quot;: акулу, поросенка и три разноцветных единорога.</t>
+  </si>
+  <si>
+    <t>709205</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e3/2qlp2lzm48d54f5nh0oh7pzj6vj8yjbz.jpg</t>
   </si>
   <si>
     <t>Бластер Bondibon  ОРУЖЕЙНИК , синий, 3 мягкие пули, маленькие пульки, мишень</t>
   </si>
   <si>
     <t>Как весело и подвижно провести время с детьми? Вам точно подойдет бластер &amp;quot;ОРУЖЕЙНИК&amp;quot; от Bondibon. Поместите на стену мишень из комплекта, зарядите пистолет пулями и стреляйте прямо в цель! Использовать можно пластмассовые пули или мягкие пули с присоской, которые прилипают к самой мишени. В процессе игры у ребенка развиваются меткость, скорость реакции, координация движений. ВНИМАНИЕ! Не целиться в людей и животных! Играть можно даже большой компанией по очереди. В комплекте: сборный детский пистолет сине-красного цвета, 3 мягкие пули, 12 маленьких пластиковых пулек, мишень с присоской и инструкция по сборке. Возраст: 6&amp;#43;</t>
   </si>
   <si>
     <t>709245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dcf/rqxxxarajcop3pjvyju577jr0ygmqzf6.jpg</t>
   </si>
   <si>
     <t>Бластер Bondibon  ОРУЖЕЙНИК , фиолетовый, 3 мягкие пули, маленькие пульки, мишень</t>
   </si>
   <si>
     <t>Как весело и подвижно провести время с детьми? Вам точно подойдет бластер &amp;quot;ОРУЖЕЙНИК&amp;quot; от Bondibon. Поместите на стену мишень из комплекта, зарядите пистолет пулями и стреляйте прямо в цель! Использовать можно пластмассовые пули или мягкие пули с присоской, которые прилипают к самой мишени. В процессе игры у ребенка развиваются меткость, скорость реакции, координация движений. ВНИМАНИЕ! Не целиться в людей и животных! Играть можно даже большой компанией по очереди. В комплекте: сборный детский пистолет черно-фиолетового цвета, 3 мягкие пули, 12 маленьких пластиковых пулек, мишень с присоской и инструкция по сборке. Возраст: 6&amp;#43;</t>
   </si>
   <si>
     <t>709246</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/794/yhvy5fa7q22qabuihxrzy3vfc6tccugu.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Акула quot;</t>
+  </si>
+  <si>
+    <t>Водное помповое оружие в виде акулы. Оружие погружается в емкость с водою, и посредством оттягивания ручки на себя вода набирается в резервуар. Для осуществления выстрела необходимо толкать ручку оружия в направлении от себя. Размер акулы составляет 54,5*6,5*9 см.</t>
+  </si>
+  <si>
+    <t>711623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edd/94hcqrf7xw6dea2yfajqaj0qs14wt2zg.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет</t>
+  </si>
+  <si>
+    <t>Водный пистолет-помпа</t>
+  </si>
+  <si>
+    <t>718054</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/just-cool/"&gt;JUST COOL&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fb9/2ox21b0p9hqtmozodvf6nk0dnvl55vez.jpg</t>
   </si>
   <si>
     <t>Водный пистолет  Пневмопушка. Морские приключения , 30 см, сетка</t>
   </si>
   <si>
     <t>Водный пистолет «Пневмопушка. Морские приключения», 30 см, сетка</t>
   </si>
   <si>
     <t>775932</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ce8/xrgyndo2z4x33fg4sjwiz3c6a3jz7r4a.jpg</t>
-[...5 lines deleted...]
-    <t>777542</t>
+    <t>http://anytos.ru//upload/iblock/353/sni72ewyp1xe3i6d8py1h197fcy1varn.jpg</t>
+  </si>
+  <si>
+    <t>Граната, 16х6х7,5, коробка</t>
+  </si>
+  <si>
+    <t>Замечательная игрушка для увлекательных сюжетно-ролевых игр.&lt;br /&gt;
+ При нажатии на спусковой рычаг запала издает звуки отсчета и взрыва.&lt;br /&gt;
+ Чека вынимается. Верхняя часть гранаты подсвечивается.&lt;br /&gt;
+ Благодаря такой игрушке ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, воображение, зрительное восприятие. &lt;br /&gt;
+ &lt;br /&gt;
+ Граната работает от 3 батареек LR44, входят в комплект.&lt;br /&gt;
+ Игрушка изготовлена из качественного и безопасного полимерного материала.&lt;br /&gt;
+ Размеры гранаты: 6*5*10 см.&lt;br /&gt;
+ Размеры коробки: 8*6*16 см.</t>
+  </si>
+  <si>
+    <t>777508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8e/wgyxustttdyn37ifmkxftpkz7lf7ughb.jpg</t>
   </si>
   <si>
     <t>Оружие-трещотка, 19х4х31,5, карт.</t>
   </si>
   <si>
     <t>Пистолет-трещотка немало позабавит ребенка.&lt;br /&gt;
  При нажатии на спусковой крючок издает звук трещотки.&lt;br /&gt;
  Благодаря такой игрушке ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, воображение, слуховое и зрительное восприятие.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из качественного и безопасного полимерного материала.&lt;br /&gt;
  Размеры игрушки: 25*17*3 см.&lt;br /&gt;
  Размеры в упаковке: 31*19*4 см.</t>
   </si>
   <si>
     <t>777558</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2e3/dnr7l2bj8y5pq8m4x0k0stttwvs0d7j6.jpg</t>
-[...43 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c6/u51fjpyw1y23g2blxyq2tlxywq2ltg5e.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Пират quot;, коробка</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Пират&amp;quot;, коробка</t>
   </si>
   <si>
     <t>799607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/787/8oamqy81dw7wrpme1vnpcldvx24driyv.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;Пират quot;, 38х19,5х5, коробка</t>
+  </si>
+  <si>
+    <t>Игровой набор &amp;quot;Пират&amp;quot;, 38х19,5х5, коробка</t>
+  </si>
+  <si>
+    <t>799608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/927/pcsh0myha87d68yc6wqezr5068zfnfmf.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Пират quot;, 38х51х6,5, коробка</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Пират&amp;quot;, 38х51х6,5, коробка</t>
   </si>
   <si>
     <t>799609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/559/ny53s7zrsh1l76gtr5xt1o4zj3990hoe.jpg</t>
   </si>
   <si>
     <t>Набор пистолетов со светом и звуком, 21,5х41,5 коробка</t>
   </si>
   <si>
     <t>Набор игрушечных пистолетов для тематических игр.&lt;br /&gt;
  В комплект входит 2 пистолета.&lt;br /&gt;
  Пистолет работает от батареек АА 3 шт., не входят в комплект.&lt;br /&gt;
  Функционал игрушки:&lt;br /&gt;
  -при нажатии на спусковой крючок пистолет начинает издавать звуки бластера, ствол и бока корпуса подсвечиваются.&lt;br /&gt;
  Размеры упаковки: 42*22*5 см.&lt;br /&gt;
  Размеры пистолета: 13*21*5 см.&lt;br /&gt;
  Изготовлено из пластика.</t>
   </si>
   <si>
     <t>799615</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b3/0utrtzfguynu3uic6siso3fg51kl9zh9.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/921/96gl9qbkd0oaka2zv63v5kq07c0labfn.jpg</t>
   </si>
   <si>
     <t>Бластер, в комплекте: м пули 10шт., в ассортименте</t>
   </si>
   <si>
     <t>Бластер, в комплекте: м/пули 10шт., блистер, в ассортименте</t>
   </si>
   <si>
     <t>827747</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/66c/5v7w3oxgq1r11fhvjy2osgpex2qb7g3z.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Мини-пистолеты quot;</t>
+  </si>
+  <si>
+    <t>Водный пистолет. Размер игрушки составляет 9,5*7,8*2,5 см. Объем бака – около 45 мл.</t>
+  </si>
+  <si>
+    <t>830012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f58/2kz1npi05vtbrz93x26o00mu1vvyb3u3.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Торнадо quot;</t>
+  </si>
+  <si>
+    <t>Водное оружие размером 28*7*14 см с объемом бака 290 мл.</t>
+  </si>
+  <si>
+    <t>830013</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9a0/0h5hezqxx9o23nh2smhjywcx90farprz.jpg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Граната, 16х6х7,5, коробка</t>
   </si>
   <si>
     <t>Замечательная игрушка для увлекательных сюжетно-ролевых игр.&lt;br /&gt;
  При нажатии на спусковой рычаг запала издает звуки отсчета и взрыва.&lt;br /&gt;
  Чека вынимается. Верхняя часть гранаты подсвечивается.&lt;br /&gt;
  Благодаря такой игрушке ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, воображение, зрительное восприятие.&lt;br /&gt;
  &lt;br /&gt;
  Граната работает от 3 батареек LR44, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из качественного и безопасного полимерного материала.&lt;br /&gt;
  Размеры гранаты: 6*5*10 см.&lt;br /&gt;
  Размеры коробки: 8*6*16 см.</t>
   </si>
   <si>
     <t>835831</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/04e/6umsxj8tk6kb1c6n2d6710ryeodvsoo3.jpg</t>
+  </si>
+  <si>
+    <t>Водное ружь  с рюкзаком-резервуаром  quot;динозавры quot;, РАС, 2000 мл, 31х29х8 см, стрельба 6-8 м, арт. M181</t>
+  </si>
+  <si>
+    <t>Лето, жара – пора освежиться и весело поиграть! Водное ружьё с рюкзаком-резервуаром «Динозавры» Bondibon – отличный выбор для активного отдыха на природе, пляже, даче или в бассейне. Брызги воды и веселый смех подарят замечательные эмоции для всей семьи. Существует множество игр с водным оружием из серии «Наше Лето» от Bondibon, например, догонялки или стрельба по мишени. Просто наполните резервуар водой, закрепите рюкзак на спине, придумайте свои правила и начинайте веселое состязание с детьми и взрослыми. Объем резервуара 2000 мл позволит играть очень долго Размеры пистолета 31х29х8 см. Объем 2000мл. Дальность стрельбы 6-8 м. Батарейки не требуются. Возраст 3&amp;#43;. Водное ружье «Динозавры» Bondibon - то, без чего не обойдется ни одно лето!</t>
+  </si>
+  <si>
+    <t>839298</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5fb/k6aorff5yliqg1k12vptrcomzissz5jq.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, динозаврик, РАС 18х20 см, арт. W609-21А</t>
   </si>
   <si>
     <t>Водные пистолеты – это одна из самых любимых детских игрушек летом и неиссякаемый источник веселья и активных игр для любого возраста. С водяным бластером ДИНОЗАВРИК от Bondibon удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Пистолет в форме динозавра удивляет, добавляет веселья и радует детей и взрослых. Это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся – пистолет всегда можно легко и быстро зарядить водой. Есть множество игр с водным оружием из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Придумайте свои правила! Например, нарисуйте мелом буквы на асфальте или заборе и попросите ребенка выстрелить в те, которые Вы назвали. Возраст 3&amp;#43;, батарейки не требуются. Размеры 18х20 см.</t>
   </si>
   <si>
     <t>839300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a0/iddyl8mtujj0nsyjahz0du47854rgqiu.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, морской кон к, РАС 18х20 см, арт. W609-19A</t>
   </si>
   <si>
     <t>Водные пистолеты – это одна из самых любимых детских игрушек летом и неиссякаемый источник веселья и активных игр для любого возраста. С водяным бластером МОРСКОЙ КОНЁК от Bondibon удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Сиреневый пистолет в форме морского конька удивляет, добавляет веселья и радует детей и взрослых. Это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся – пистолет всегда можно легко и быстро зарядить водой. Есть множество игр с водным оружием из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Придумайте свои правила! Например, нарисуйте мелом буквы на асфальте или заборе и попросите ребенка выстрелить в те, которые Вы назвали. Возраст 3&amp;#43;, батарейки не требуются. Размеры 18х20 см.</t>
   </si>
   <si>
     <t>839302</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0db/4cukgm8fzha9xu8bsopuz80dnkkgeqwz.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 16x24x3 см, 2 вида, красный зел ный</t>
+  </si>
+  <si>
+    <t>Водный пистолет –&amp;nbsp;&amp;nbsp;неиссякаемый источник активных игр и одна из самых любимых детских игрушек в жару . С водяным бластером от Bondibon так удобно играть на пляже, на даче и даже в городе, а в ванной или бассейне - в любое время года. Пистолет с помпой не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся, ведь оружие всегда легко и быстро зарядить&amp;nbsp;&amp;nbsp;водой. Есть множество веселых игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Можно нарисовать мелом буквы на асфальте или заборе и попросить ребенка выстрелить в те, которые Вы назвали. Развиваемся и играем! Возраст 3&amp;#43;, батарейки не требуются. Размеры 20х13 см. Покупка водного пистолета серии «Наше Лето» – это лучший подарок для ребенка на окончание учебного года и начало летних каникул. В ассортименте 2 вида водного оружия – красный и зеленый!</t>
+  </si>
+  <si>
+    <t>839303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76d/jxrc3zywtsafh6864481axs01687ho4s.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, с пропеллером, РАС, синий, арт. M70000B</t>
+  </si>
+  <si>
+    <t>Лето, жара – пора освежиться и весело поиграть. Водный пистолет Bondibon «Наше лето» с пропеллером – отличный выбор в эту пору. Отдых на природе, пляже и даче – где бы Вы не были, с такой забавой будет интересно. Яркие брызги воды и смеха – замечательные эмоции на весь отдых. Просто наполните пистолет Bondibon «Наше лето» с пропеллером водой, придумайте свою игру и начинайте состязание с детьми и взрослыми. Рекомендуемый возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>839307</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3f4/0dm1w83oej5ss4ooln924j3flzwnate3.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, телескопически удлиняющийся, РАС, синий, арт. М60В</t>
   </si>
   <si>
     <t>Без чего не обходится лето? Конечно без водного пистолета Bondibon «Наше лето»! Яркий стиль, оригинальный дизайн и телескопическое удлинение вдохновят на веселые игры и радостные улыбки. Отдых на природе, пляже и даче – где бы Вы не были, с такой забавой будет интересно. Просто наполните пистолет Bondibon «Наше лето» водой, придумайте свою игру и начинайте состязание с детьми и взрослыми. Рекомендуемый возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>839308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e63/bmkvayp6rto8ozaqitf800fo8t58dbpo.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС, 38х17х7 см, оранжевый, арт.9906</t>
   </si>
   <si>
     <t>Лето, жара – пора освежиться и весело поиграть! Яркий водный пистолет Bondibon «Наше лето» с помпой – отличный выбор для активного отдыха на природе, пляже, даче или в бассейне. Брызги воды и веселый смех подарят замечательные эмоции для всей семьи. Существует множество игр с водным оружием из серии «Наше Лето» от Bondibon, например, догонялки или стрельба по мишени. Просто наполните водный пистолет с помпой водой, придумайте свои правила и начинайте веселое состязание с детьми и взрослыми. Размеры пистолета 38х17х7 см. Батарейки не требуются. Возраст 3&amp;#43;.</t>
   </si>
   <si>
     <t>839314</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e42/q66idnlwmkrsroy380vpbz2jm0lz6yde.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС, 40х20х7 см, зел ный голубой ,2 вида, арт.9908</t>
   </si>
   <si>
     <t>Лето, жара – пора освежиться и весело поиграть! Водный пистолет Bondibon «Наше лето» с помпой – отличный выбор для активного отдыха на природе, пляже, даче или в бассейне. Брызги воды и веселый смех подарят замечательные эмоции для всей семьи. Существует множество игр с водным оружием из серии «Наше Лето» от Bondibon, например, догонялки или стрельба по мишени. Просто наполните водный пистолет с помпой водой, придумайте свои правила и начинайте веселое состязание с детьми и взрослыми. Размеры пистолета 40х20х7 см. Батарейки не требуются. Возраст 3&amp;#43;. В ассортименте два цвета: зеленый и голубой.</t>
   </si>
   <si>
     <t>839315</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/423/nr78if28ldn6gre1f45yxl7devbx5liq.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС, 450 мл, 38х17х7,5 см ч рный, стрельба 6-8м.</t>
+  </si>
+  <si>
+    <t>Лето, жара – пора освежиться и весело поиграть! Водный пистолет Bondibon с помпой и интересным дизайном – отличный выбор для активного отдыха на природе, пляже, даче или в бассейне. Брызги воды и веселый смех подарят замечательные эмоции для всей семьи. Существует множество игр с водным оружием из серии «Наше Лето» от Bondibon, например, догонялки или стрельба по мишени. Просто наполните водный пистолет водой, придумайте свои правила и начинайте веселое состязание с детьми и взрослыми. Размеры пистолета 38х17х7,5 см. Объем 450 мл. Дальность стрельбы 6-8 м. Батарейки не требуются. Цвет черный. Возраст 3&amp;#43;.</t>
+  </si>
+  <si>
+    <t>839316</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bf4/gnarvfurgkl6bhsoz9dw7isa219yt9o3.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС, 580 мл, 41х16,5х6,5 см ч рный, стрельба 6-8м.</t>
   </si>
   <si>
     <t>Лето, жара – пора освежиться и весело поиграть! Водный пистолет Bondibon с помпой и интересным дизайном – отличный выбор для активного отдыха на природе, пляже, даче или в бассейне. Брызги воды и веселый смех подарят замечательные эмоции для всей семьи. Существует множество игр с водным оружием из серии «Наше Лето» от Bondibon, например, догонялки или стрельба по мишени. Просто наполните водный пистолет водой, придумайте свои правила и начинайте веселое состязание с детьми и взрослыми. Размеры пистолета 41х16,5х6,5&amp;nbsp;&amp;nbsp;см. Объем 580 мл. Дальность стрельбы 6-8 м. Цвет черный. Батарейки не требуются. Возраст 3&amp;#43;.</t>
   </si>
   <si>
     <t>839318</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b51/3odwy0t6s43wsqqyyc3j43gfko1bpzo5.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с рюкзаком-резервуаром  quot;робот красно-сине-ж лтый quot;, РАС,1700 мл, 32х29х7 см.</t>
+  </si>
+  <si>
+    <t>Лето, жара – пора освежиться и весело поиграть! Водный пистолет с рюкзаком-резервуаром в виде невероятного робота – отличный выбор для активного отдыха на природе, пляже, даче или в бассейне. Брызги воды и веселый смех подарят замечательные эмоции для всей семьи. Существует множество игр с водным оружием из серии «Наше Лето» от Bondibon, например, догонялки или стрельба по мишени. Просто наполните резервуар водой, закрепите рюкзак на спине, придумайте свои правила и начинайте веселое состязание с детьми и взрослыми. Объем резервуара 1700 мл позволит играть очень долго. Размеры пистолета 32х29х7 см. Объем 1700 мл. Дальность стрельбы 6-8 м. Батарейки не требуются. Возраст 3&amp;#43;. Водяной пистолет с рюкзаком-резервуаром «РОБОТ» от Bondibon - то, без чего не обойдется ни одно лето!</t>
+  </si>
+  <si>
+    <t>839319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e4/8ub22rdk0od4551kqx7ga83x258suk2u.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет  quot;Стрелок quot;</t>
+  </si>
+  <si>
+    <t>Водный пистолет размером 18*14*4 см с объемом бака в 150 мл.</t>
+  </si>
+  <si>
+    <t>839934</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bab/5fnkcmx6sdgcqa8dcnc6gl5bcrr1tuqe.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет  quot;Обливай-ка quot;</t>
+  </si>
+  <si>
+    <t>Водный пистолет размером 12*10*3 см с объемом бака в 90 мл.</t>
+  </si>
+  <si>
+    <t>843216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/222/5wv20ewkw3sz5vmb7h3ivw32ucdvugj5.jpg</t>
+  </si>
+  <si>
+    <t>Водяной пистолет</t>
+  </si>
+  <si>
+    <t>В жаркий летний день от идеи повеселиться и пострелять друг в друга из водного пистолета не сможет отказаться ни один ребенок. Детям обеспечена масса положительных эмоций и ярких впечатлений.&amp;nbsp;&amp;nbsp;Длина пистолета: 45 см.</t>
+  </si>
+  <si>
+    <t>845713</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/33e/ud9vdxtymo7pcfr992l29fzg8d5r0ekr.jpg</t>
   </si>
   <si>
     <t>Бластер космический свет-звук, кор.30 21,5 5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Бластер космический свет-звук, кор.30*21,5*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>887426</t>
   </si>
   <si>
     <t>&lt;a href="/brands/igraem-vmeste/"&gt;ИГРАЕМ ВМЕСТЕ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/914/awnpd4450fnru91n7bl7pp6kwcjcql71.jpg</t>
   </si>
   <si>
     <t>Набор ПОЛИЦИЯ звук, блист.15,3 25,7 5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор ПОЛИЦИЯ звук, блист.15,3*25,7*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>889584</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/910/1sbvi4cmh817lzcvojuec89ywg2nk4lg.jpg</t>
+    <t>http://anytos.ru//upload/iblock/9c1/tyyvsmie39hrsxmx46kk891bk99895dy.jpg</t>
+  </si>
+  <si>
+    <t>Набор ковбоя блист.27,5 38,5 3см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Набор ковбоя блист.27,5*38,5*3см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>889590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c1/7zuw6h8ndkbzqi1c8dvw8v0ew259pypr.jpg</t>
+  </si>
+  <si>
+    <t>Револьвер для стрельбы пистонами 8 зарядов, блист.14,5 23 3см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Револьвер для стрельбы пистонами 8 зарядов, блист.14,5*23*3см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>892451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb1/qvsei58r3y3bajh2lqwb2byngw83wicb.jpg</t>
+  </si>
+  <si>
+    <t>Бластер динозавр мягкие пули, фигурки кор.30 19,8 4,8см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Бластер динозавр мягкие пули, фигурки кор.30*19,8*4,8см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>892458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/528/d1dffoff1kbh234zfx2fgs0e5667vevn.jpg</t>
+  </si>
+  <si>
+    <t>Бластер мягкие пули, шарики блист.20 32,5 4см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Бластер мягкие пули, шарики блист.20*32,5*4см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>892460</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a3/vmn1ibiakzrf5earjrm1w8ckzl9jagu3.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с шариками Грузовичок Лева блист.21,3 35 5см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Бластер с шариками Грузовичок Лева блист.21,3*35*5см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>892474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71d/e256f7g7grsh0ivmtw55t2w0a4t7a3l9.jpg</t>
+  </si>
+  <si>
+    <t>Набор бластер водяной-рюкзак Бегемотик</t>
+  </si>
+  <si>
+    <t>Набор «Бегемотик» предназначен для детских игр в теплую погоду на улице. Играть с ним не только очень весело, но и безопасно при соблюдении мер предосторожности. Вода наливается в специальное отверстие, расположенное в верхней части рюкзачка – они спользуется в качестве водного резервуара. В комплекте прилагаются регулируемые по длине лямки. Стрельба по противнику осуществляется движением поршня бластера вперёд-назад. Бластер присоединяется к рюкзаку с помощью трубки. Размер рюкзака &amp;#40;ДхШхВ&amp;#41; составляет 21х8х26 см, размер бластера: 26,5х6,5х14 см. Изготовлено из пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>900864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/544/bwl0cb7xc97pdh5kkk0fap0g2zyq1vih.jpg</t>
+  </si>
+  <si>
+    <t>Набор бластер водяной-рюкзак Собачка</t>
+  </si>
+  <si>
+    <t>Набор «Собачка» предназначен для детских игр в теплую погоду на улице. Играть с ним не только очень весело, но и безопасно при соблюдении мер предосторожности. Вода наливается в специальное отверстие, расположенное в верхней части рюкзачка – он используется в качестве водного резервуара. В комплекте прилагаются регулируемые по длине лямки. Стрельба по противнику осуществляется движением поршня бластера вперёд-назад. Бластер присоединяется к рюкзаку с помощью трубки. Размер рюкзака &amp;#40;ДхШхВ&amp;#41; составляет 20х5,5х23,5 см, размер бластера: 21х4,5х12 см. Изготовлено из пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>900866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12b/3yue13n97onbrf3nr6p5imtma8uto39l.jpg</t>
+  </si>
+  <si>
+    <t>Набор бластер водяной-рюкзак Цветочек</t>
+  </si>
+  <si>
+    <t>Набор «Цветочек» предназначен для детских игр в теплую погоду на улице. Играть с ним не толькоочень весело, но и безопасно при соблюдении мер предосторожности. Вода наливается в специальное отверстие, расположенное в верхней части рюкзачка – он используется в качестве водного резервуара. В комплекте прилагаются регулируемые по длине лямки. Стрельба по противнику осуществляется движением поршня бластера вперёд-назад. Бластер присоединяется к рюкзаку с помощью трубки. Цветовые варианты представлены в ассортименте. Разме ррюкзака &amp;#40;ДхШхВ&amp;#41; составляет 22х5,5х27 см, размер бластера: 25х5х12,5 см. Изготовлено из пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>900867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9f/d8r5nhqitnayjisq6cp1w71nmfnezwhh.jpg</t>
+  </si>
+  <si>
+    <t>Набор оружия Кочевник сабля, лук, 3 стрелы</t>
+  </si>
+  <si>
+    <t>901429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f31/9c8cvgna26jil60fritceei06frjceo4.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 20 штук</t>
+  </si>
+  <si>
+    <t>902854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2c/tak2vsthvqqf4im78jihu5q73fa0u5hi.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 6 штук</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 6 штук, пакет</t>
+  </si>
+  <si>
+    <t>902855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce1/w730bat6hhhc8051s4bs8tbu8vl9aswl.jpg</t>
+  </si>
+  <si>
+    <t>902857</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cb/2b1fx1h5mym8ekf0a9qfj1bxsf76700m.jpg</t>
+  </si>
+  <si>
+    <t>902858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b29/u3tpupwmi3n5556o5k425iq8lc9y7dei.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 5 штук</t>
+  </si>
+  <si>
+    <t>902863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80c/hq28f7bi0ykyjndf9c1a4s23sun5v5hg.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 20 штук, мишени 2 штуки</t>
+  </si>
+  <si>
+    <t>902864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/838/bvzbt5s41x9j33929cd7c6v3fgnbrssb.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие шары 20 штук</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие шары 20 штук, элементы питания АА*6 штук, не входят в комплект</t>
+  </si>
+  <si>
+    <t>902865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/141/mwswqoblecwktzpudzwldo0m4xwfzea4.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 9 штук</t>
+  </si>
+  <si>
+    <t>902867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12e/d78ia3qeo3jenp3be3jgv2fpsz9g64gl.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 20 штук</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 20 штук, элементы питания АА*5 штук, не входят в комплект</t>
+  </si>
+  <si>
+    <t>902883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6b/gxrhf93gdflnmi7sly7t0xyxfd66qjo9.jpg</t>
+  </si>
+  <si>
+    <t>Бластер-мини с мягкими пулями, в комплекте: мягкие пули 5 штук</t>
+  </si>
+  <si>
+    <t>902887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc0/ag5dbpr73gtm2v0m1iyqlub9ukphe8tw.jpg</t>
+  </si>
+  <si>
+    <t>902892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e80/am76nssmb3zs05faesd8dp9a3833kox3.jpg</t>
+  </si>
+  <si>
+    <t>902895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abb/mjbm6xtb0bfhdl8xvass1ynx8p9naats.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 20 штук, элементы питания АА*3 штуки, не входят в комплект</t>
+  </si>
+  <si>
+    <t>902897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/185/ef0iykta1mifrczfr1f8y79atk5ilp1f.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, динозавр, РАС 17,5х14,5х5 см, зел ный, арт.135-1</t>
+  </si>
+  <si>
+    <t>Водные пистолеты – это одна из самых любимых детских игрушек летом и неиссякаемый источник веселья и активных игр для любого возраста.&amp;nbsp;&amp;nbsp;С водяным бластером &amp;quot;ДИНОЗАВР&amp;quot; от Bondibon удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Пистолет в форме динозавра удивляет, добавляет веселья и радует детей и взрослых.&amp;nbsp;&amp;nbsp;Это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся - всегда можно легко и быстро зарядить водой. Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Придумайте свои правила! Например, нарисуйте мелом буквы на асфальте или заборе и попросите ребенка выстрелить в те, которые Вы назвали. Возраст 3&amp;#43;, батарейки не требуются. Размеры 18х21 см. Цвет: зелёный.</t>
+  </si>
+  <si>
+    <t>904122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ee/hq9l481ou44wvgnikcjifxxc2x5n3tuz.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, динозавр, РАС 17,5х14,5х5 см, красный, арт.135-1</t>
+  </si>
+  <si>
+    <t>Водные пистолеты – это одна из самых любимых детских игрушек летом и неиссякаемый источник веселья и активных игр для любого возраста.&amp;nbsp;&amp;nbsp;С водяным бластером &amp;quot;ДИНОЗАВР&amp;quot; от Bondibon удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Пистолет в форме динозавра удивляет, добавляет веселья и радует детей и взрослых.&amp;nbsp;&amp;nbsp;Это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся - всегда можно легко и быстро зарядить водой. Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Придумайте свои правила! Например, нарисуйте мелом буквы на асфальте или заборе и попросите ребенка выстрелить в те, которые Вы назвали. Возраст 3&amp;#43;, батарейки не требуются. Размеры 18х21 см. Цвет: красный.</t>
+  </si>
+  <si>
+    <t>904123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afe/kyhergzvybdvylkdg1l15ybs72xxg4dy.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 18х15,5х4см, прозрачный красный</t>
+  </si>
+  <si>
+    <t>Как заставить детей оторваться от телефонов в теплое время года?&amp;nbsp;&amp;nbsp;Водные пистолеты от Bondibon - отличный вариант игры на летнем отдыхе! Дети не только развлекаются. В процессе такой игры невозможно просто сидеть в углу, а это значит, что ребенок будет много бегать, прыгать, прокачивать двигательные навыки и улучшать координацию. Еще мы знаем, что игрушечное оружие помогает развивать дальнее зрение ребенка. Это обеспечивает естественную релаксацию глаз, которые перегружены различными гаджетами. Играть просто. Зарядите бластер, набрав в резервуар воду. Поднимите пушку и нажмите спусковой крючок. Пистолет стреляет хорошей струей воды.&amp;nbsp;&amp;nbsp;Веселые баталии во дворе, на пляже, в парке — излюбленное занятие мальчиков и девочек. Снайперский водяной бластер можно использовать на любом отдыхе на природе. Стильный дизайн и полупрозрачный корпус детского пистолета гарантируют восторг у ребенка.&amp;nbsp;&amp;nbsp;Батарейки Вам не понадобятся. Корпус полупрозрачный красный с жёлтой декоративной вставкой. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd1/lq1y2zxeygj3z75tdrnqgnhxas0mlhe5.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 22х16х4,5 см, голубой с синим</t>
+  </si>
+  <si>
+    <t>Как заставить детей оторваться от телефонов в теплое время года?&amp;nbsp;&amp;nbsp;Водные пистолеты от Bondibon - отличный вариант игры на летнем отдыхе! Дети не только развлекаются. В процессе такой игры невозможно просто сидеть в углу, а это значит, что ребенок будет много бегать, прыгать, прокачивать двигательные навыки и улучшать координацию. Еще мы знаем, что игрушечное оружие помогает развивать дальнее зрение ребенка. Это обеспечивает естественную релаксацию глаз, которые перегружены различными гаджетами. Играть просто. Зарядите бластер, набрав в резервуар воду. Поднимите пушку и нажмите спусковой крючок. Пистолет стреляет хорошей струей воды.&amp;nbsp;&amp;nbsp;Веселые баталии во дворе, на пляже — излюбленное занятие мальчиков и девочек. Снайперский водяной бластер можно использовать на любом отдыхе на природе. Стильный дизайн и полупрозрачный резервуар детского пистолета гарантируют восторг у ребенка.&amp;nbsp;&amp;nbsp;Батарейки Вам не понадобятся. Корпус пистолета голубого цвета, резервуар - синий. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/605/w63oacy1wly3dpupks0anpjh63pgqzlg.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 50х20см, бело-оранжевый</t>
+  </si>
+  <si>
+    <t>Как заставить детей оторваться от телефонов в теплое время года?&amp;nbsp;&amp;nbsp;Водные пистолеты от Bondibon - отличный вариант игры на летнем отдыхе! Дети не только развлекаются. В процессе такой игры невозможно просто сидеть в углу, а это значит, что ребенок будет много бегать, прыгать, прокачивать двигательные навыки и улучшать координацию. Еще мы знаем, что игрушечное оружие помогает развивать дальнее зрение ребенка. Это обеспечивает естественную релаксацию глаз, которые перегружены различными гаджетами. Играть просто. Зарядите бластер, набрав в резервуар воду. Поднимите пушку и нажмите спусковой крючок. Благодаря помпе, автомат стреляет хорошей струей воды. Актуально в жару! Веселые баталии на даче, на пляже, в парке — излюбленное занятие мальчиков и девочек. Снайперский водяной бластер можно использовать на любом отдыхе на природе. Стильная бело-оранжевая расцветка детского пистолета гарантирует восторг у ребенка.&amp;nbsp;&amp;nbsp;Батарейки Вам не понадобятся.&amp;nbsp;&amp;nbsp;Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fc/eh0ootn9e5t5od60tfnx7nysf5l1vr19.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 50х20см, зел но-оранжевый</t>
+  </si>
+  <si>
+    <t>Как заставить детей оторваться от телефонов в теплое время года?&amp;nbsp;&amp;nbsp;Водные пистолеты от Bondibon - отличный вариант игры на летнем отдыхе! Дети не только развлекаются. В процессе такой игры невозможно просто сидеть в углу, а это значит, что ребенок будет много бегать, прыгать, прокачивать двигательные навыки и улучшать координацию. Еще мы знаем, что игрушечное оружие помогает развивать дальнее зрение ребенка. Это обеспечивает естественную релаксацию глаз, которые перегружены различными гаджетами. Играть просто. Зарядите бластер, набрав в резервуар воду. Поднимите пушку и нажмите спусковой крючок. Благодаря помпе, автомат стреляет хорошей струей воды. Актуально в жару! Веселые баталии на даче, на пляже, в парке — излюбленное занятие мальчиков и девочек. Снайперский водяной бластер можно использовать на любом отдыхе на природе. Стильная зелёно-оранжевая расцветка детского пистолета гарантирует восторг у ребенка.&amp;nbsp;&amp;nbsp;Батарейки Вам не понадобятся.&amp;nbsp;&amp;nbsp;Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/201/m1mcb74hx6g1t2ehr44ecipue179so9o.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой, 2 ствола, Bondibon  quot;Наше Лето quot;, РАС 20х16x4см, зел ный</t>
+  </si>
+  <si>
+    <t>Как заставить детей оторваться от телефонов в теплое время года?&amp;nbsp;&amp;nbsp;Водные пистолеты от Bondibon - отличный вариант игры на летнем отдыхе! Дети не только развлекаются. В процессе такой игры невозможно просто сидеть в углу, а это значит, что ребенок будет много бегать, прыгать, прокачивать двигательные навыки и улучшать координацию. Еще мы знаем, что игрушечное оружие помогает развивать дальнее зрение ребенка. Это обеспечивает естественную релаксацию глаз, которые перегружены различными гаджетами. Играть просто. Зарядите бластер, набрав в резервуары воду. Поднимите пушку и нажмите спусковой крючок. ДВУХСТВОЛКА стреляет сразу несколькими струями воды!&amp;nbsp;&amp;nbsp;Веселые баталии во дворе, на пляже — излюбленное занятие мальчиков и девочек. Снайперский водяной бластер можно использовать на любом отдыхе на природе. Стильный дизайн, 2 ствола и 2 резервуара детского пистолета гарантируют восторг у ребенка.&amp;nbsp;&amp;nbsp;Батарейки Вам не понадобятся. Цвет: зелёный, с синими резервуарами для воды. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77a/ejwsrqg5bgii5t5h582sog23ipaxtf6d.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 16,5х24,5х4 см, оранжевый, арт.4513</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Корпус пистолета зелёно-оранжевого цвета. Серия &amp;quot;Наше Лето&amp;quot;. 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1f/gug0qbuatpm2wj5q4xbebl0xczvlzsbg.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 18,3х40х3,5 см, зел ный, арт. С-909</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Пистолет зелёного цвета, имеет широкую горловину для наполнения водой. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/596/vupeljv7haki06o2bm2vzylcp78hetnr.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 18,3х40х3,5 см, красный, арт. С-909</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Пистолет красного цвета, имеет широкую горловину для наполнения водой. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5a/6kaj16vy4lurjqc1379bkrdz425vk8kc.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х38х7 см, зел ный, арт. LD-119</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Возраст 3&amp;#43;, батарейки не требуются. Размеры 38х21,5 см. Цвет: зелёный с жёлтым резервуаром.</t>
+  </si>
+  <si>
+    <t>904137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d25/ie0qxq19xwup00fvl292ed9lz5yibeik.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х38х7 см, синий, арт. LD-119</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Возраст 3&amp;#43;, батарейки не требуются. Размеры 38х21,5 см. Цвет: синий с жёлтым резервуаром.</t>
+  </si>
+  <si>
+    <t>904138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebb/t36f0zc0e6ncv7l5iq3dfauvkchnthrm.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 21,5х44,5х7 см, синий, арт. 1002</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Возраст 3&amp;#43;, батарейки не требуются. Размеры 44,5х21,5 см. Цвет: синий с жёлтым резервуаром.</t>
+  </si>
+  <si>
+    <t>904139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abc/j27nrizcjxlxjeyuycmkfxjtemn501jg.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 25х53х8 см, синий, арт. 519</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Возраст 3&amp;#43;, батарейки не требуются. Размеры 53х25 см. Цвет: синий.</t>
+  </si>
+  <si>
+    <t>904140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af9/z27v7gxk4ospcmwd62cy5mblasm0zr13.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, РАС 25х53х8 см, красный, арт. 519</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании.Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду,когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Возраст 3&amp;#43;, батарейки не требуются. Размеры 53х25 см. Цвет: красный.</t>
+  </si>
+  <si>
+    <t>904143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8c/9ov7rjaso7oqjt96g00ko9tcrneac2ol.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет на батарейках, Bondibon  quot;Наше Лето quot;, светящ, автоматич. стрельба водой</t>
+  </si>
+  <si>
+    <t>Прекрасное развлечение в жаркий день – водный пистолет c автоматической стрельбой от Bondibon. С таким бластером один выстрел следует за другим через промежутки времени. Стрельба идет очередями. Плюсом включается яркая подсветка. Очень удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Водяные пистолеты – это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся, ведь бластер всегда можно легко и быстро подзарядить водой. Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon. Догонялки, стрельба по мишеням и многое другое. Например, все участники берут по водяному пистолету. По команде начинают обливать друг друга, убегая, уворачиваясь. Кто остался самым сухим - победил. Размеры пистолета 21 на 16 см. Требуются батарейки АА 1,5 V – 4шт &amp;#40;в комплект не входят&amp;#41;. Корпус пистолета водонепроницаемый, синего цвета. Возраст 3&amp;#43;.</t>
+  </si>
+  <si>
+    <t>904144</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/265/ccsr2piboatg2z42eh4w0npvri187qwn.jpg</t>
+  </si>
+  <si>
+    <t>Прекрасное развлечение в жаркий день – водный пистолет c автоматической стрельбой от Bondibon. С таким бластером один выстрел следует за другим через промежутки времени. Стрельба идет очередями. Плюсом включается яркая подсветка. Очень удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Водяные пистолеты – это самый безопасный способ игры в войнушку. Здесь отсутствуют пули и опасные патроны. К тому же снаряды никогда не кончатся, ведь бластер всегда можно легко и быстро подзарядить водой. Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon. Догонялки, стрельба по мишеням и многое другое. Например, все участники берут по водяному пистолету. По команде начинают обливать друг друга, убегая, уворачиваясь. Кто остался самым сухим - победил. Размеры пистолета 21 на 16 см. Требуются батарейки АА 1,5 V – 4шт &amp;#40;в комплект не входят&amp;#41;. Корпус пистолета водонепроницаемый, красного цвета. Возраст 3&amp;#43;.</t>
+  </si>
+  <si>
+    <t>904145</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad4/de7yggegvtb52904fbievl5wup9ezd1l.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет на батарейках, Bondibon  quot;Наше Лето quot;, cо светящ. вертушкой, PAC, белый</t>
+  </si>
+  <si>
+    <t>Прекрасное развлечение в жаркий день – водный пистолет cо светящейся вертушкой от Bondibon. С таким бластером удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Водяные пистолеты – это самый безопасный способ игры в любимую многими детьми забаву – игры в войнушку. Здесь отсутствуют опасные патроны, и снаряды никогда не кончатся. Заряжается водное оружие очень легко и быстро.&amp;nbsp;&amp;nbsp;Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Светящаяся вертушка начинает активно крутиться и светиться во время стрельбы, что добавляет веселья и радует детей и взрослых.&amp;nbsp;&amp;nbsp;Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Наполните оружие, придумайте свои правила и вперед к развлечениям! Возраст 3&amp;#43;, батарейки не требуются. Корпус пистолета белого цвета, с картинкой на вертушке. Размеры 25х16 см.</t>
+  </si>
+  <si>
+    <t>904146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ff/qfh3e35cb8myfofe94eqo8141wyk0mdy.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет на батарейках, Bondibon  quot;Наше Лето quot;, cо светящ. вертушкой, PAC, зел ный</t>
+  </si>
+  <si>
+    <t>Прекрасное развлечение в жаркий день – водный пистолет cо светящейся вертушкой от Bondibon. С таким бластером удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Водяные пистолеты – это самый безопасный способ игры в любимую многими детьми забаву – игры в войнушку. Здесь отсутствуют опасные патроны, и снаряды никогда не кончатся. Заряжается водное оружие очень легко и быстро.&amp;nbsp;&amp;nbsp;Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Светящаяся вертушка начинает активно крутиться и светиться во время стрельбы, что добавляет веселья и радует детей и взрослых.&amp;nbsp;&amp;nbsp;Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Наполните оружие, придумайте свои правила и вперед к развлечениям! Возраст 3&amp;#43;, батарейки не требуются. Корпус пистолета зелёного цвета, с картинкой на вертушке. Размеры 25х16 см.</t>
+  </si>
+  <si>
+    <t>904147</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a32/meksgbu5diw785yyd53vs520xr65ld51.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет на батарейках, Bondibon  quot;Наше Лето quot;, cо светящ. вертушкой, PAC, розовый</t>
+  </si>
+  <si>
+    <t>Прекрасное развлечение в жаркий день – водный пистолет cо светящейся вертушкой от Bondibon. С таким бластером удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Водяные пистолеты – это самый безопасный способ игры в любимую многими детьми забаву – игры в войнушку. Здесь отсутствуют опасные патроны, и снаряды никогда не кончатся. Заряжается водное оружие очень легко и быстро.&amp;nbsp;&amp;nbsp;Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Светящаяся вертушка начинает активно крутиться и светиться во время стрельбы, что добавляет веселья и радует детей и взрослых.&amp;nbsp;&amp;nbsp;Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Наполните оружие, придумайте свои правила и вперед к развлечениям! Возраст 3&amp;#43;, батарейки не требуются. Корпус пистолета розового цвета, с картинкой на вертушке. Размеры 25х16 см.</t>
+  </si>
+  <si>
+    <t>904148</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5a/yxgmjkfofbkpdesxuknjep4wni1wq9hk.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет на батарейках, Bondibon  quot;Наше Лето quot;, cо светящ. вертушкой, PAC, синий</t>
+  </si>
+  <si>
+    <t>Прекрасное развлечение в жаркий день – водный пистолет cо светящейся вертушкой от Bondibon. С таким бластером удобно играть на пляже, на даче и даже в городе, а также в любое время года в ванной или бассейне. Водяные пистолеты – это самый безопасный способ игры в любимую многими детьми забаву – игры в войнушку. Здесь отсутствуют опасные патроны, и снаряды никогда не кончатся. Заряжается водное оружие очень легко и быстро.&amp;nbsp;&amp;nbsp;Такое игрушечное оружие не издает сильного шума и вокруг слышны только визг, хохот веселой компании. Светящаяся вертушка начинает активно крутиться и светиться во время стрельбы, что добавляет веселья и радует детей и взрослых.&amp;nbsp;&amp;nbsp;Есть множество игр с водным пистолетом из серии «Наше Лето» от Bondibon - догонялки, стрельба по мишеням. Наполните оружие, придумайте свои правила и вперед к развлечениям! Возраст 3&amp;#43;, батарейки не требуются. Корпус пистолета синего цвета, с картинкой на вертушке. Размеры 25х16 см.</t>
+  </si>
+  <si>
+    <t>904149</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df1/k91cbz1ckx750xfzajlpb0s07qcju7pr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бластер Bondibon с вертушкой, со световыми эффектами  арт.ST057794 </t>
+  </si>
+  <si>
+    <t>Приготовьтесь – перед Вами оружие космического масштаба!&amp;nbsp;&amp;nbsp;Мы выпустили новый бластер, у которого вместо пуль – светящаяся вертушка в дизайне аниме. Веселая игра развивает у ребенка координацию движений, внимательность и пространственное мышление, а еще это очень увлекательно и весело! Установите вертушку в разъеме наверху ствола, двигайте до щелчка. Потяните затвор снизу несколько раз туда и обратно. Прицельтесь в зону, где никто не стоит и нажмите на курок, чтобы запустить свою вертушку.&amp;nbsp;&amp;nbsp;У игрушки есть секрет – если вертушку запустить на ровную поверхность, например, на пол, она будет долго вращаться и сверкать огоньками. Вы можете выключить свет, ведь в темноте это зрелище выглядит еще красивее!&amp;nbsp;&amp;nbsp;В наборе есть все, что нужно для захватывающего времяпрепровождения - бластер и вертушка.&amp;nbsp;&amp;nbsp;В базовой комплектации есть 3 батарейки типа AG3, установлены в вертушку. Игра для детей от 6 лет. В</t>
+  </si>
+  <si>
+    <t>904150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f51/hutl7k7gg8136ixyqvhcnut04m8oikl4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бластер Bondibon с вертушкой, со световыми эффектами  арт. ST057796-GA </t>
+  </si>
+  <si>
+    <t>Приготовьтесь – перед Вами оружие космического масштаба!&amp;nbsp;&amp;nbsp;Мы выпустили новый бластер, у которого вместо пуль – светящаяся вертушка. Стрельба по мишени разовьет у ребенка координацию движений, внимательность и пространственное мышление, а еще это очень увлекательно и весело! Установите вертушку в разъеме наверху ствола, двигайте до щелчка. Потяните затвор снизу несколько раз туда и обратно. Прицельтесь в зону, где никто не стоит и нажмите на курок, чтобы запустить свою вертушку.&amp;nbsp;&amp;nbsp;У игрушки есть секрет – если вертушку запустить на ровную поверхность, например, на пол, она будет долго вращаться и сверкать огоньками. Вы можете выключить свет, ведь в темноте это зрелище выглядит еще красивее!&amp;nbsp;&amp;nbsp;В наборе есть все, что нужно для захватывающего времяпрепровождения - бластер и вертушка. Игра была разработана для детей от 6-ти лет и предназначена для 1-го игрока. Выбирайте яркий и уникальный игрушечный набор с оружием от Bondibon и погружайтесь в космический мир, полный авантюр и приключений!</t>
+  </si>
+  <si>
+    <t>904151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38c/6u3stoxtsmgx3rcl8ccit7ronjxg2hgh.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор  quot;АЭРО-ТИР quot; с парящими шариками, зеленая подсветка, один бластер</t>
+  </si>
+  <si>
+    <t>Необыкновенный АЭРОТИР Bondibon с парящими шариками и мишенями в движении!&amp;nbsp;&amp;nbsp;Интересно попадать в летающие цели? Усложните задачу и попробуйте новый вид игры. Освойте стрельбу по движущейся мишени! Соберите рельсы, установите на них мобильную базу и закрепите основание тира.&amp;nbsp;&amp;nbsp;Нажмите кнопку и приступайте к игре. Будет весело – обещаем! Можете начать с самого простого. Установите мишени Аэро-тира, стреляйте и набирайте баллы.&amp;nbsp;&amp;nbsp;Или выберите режим посложнее. Поместите шарики на подставку, нажмите кнопку - появится сильная струя воздуха. Отрегулируете высоту полета шариков и начинайте стрелять по парящим мишеням. А еще тир имеет зелёную подсветку в темноте&amp;nbsp;&amp;nbsp;— впечатляющий подарок для детей от 6 лет, подростков и взрослых.&amp;nbsp;&amp;nbsp;В комплекте - бластер, 3 мишени с подставками, мягкие безопасные пули, мишени-шарики, основание тира, сборные рельсы и мобильная база.</t>
+  </si>
+  <si>
+    <t>904400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/079/12p6ezaqcpkpi968ftgnxz164kd6t38q.jpg</t>
+  </si>
+  <si>
+    <t>Набор лук 21  со стрелами и мишень, quot;Олимпик quot; Воndibon</t>
+  </si>
+  <si>
+    <t>Организуйте увлекательнейшие соревнования на меткость и дальность выстрела вместе с луком ОЛИМПИК от Воndibon.&amp;nbsp;&amp;nbsp;Стрельба из лука– это интересное и полезное занятие, помогающее развить ловкость и умение сосредотачиваться. После того, как ребенок овладеет мастерством, он со своими друзьями сможет устраивать соревнования на меткость и дальность стрельбы.&amp;nbsp;&amp;nbsp; ОЛИМПИК – прост в использовании. Поместите стрелу в паз, потяните за наконечник, прицельтесь и отпустите стрелу. Классно и безопасно! Ведь в комплекте безопасные стрелы с мягкими наконечниками. Длина стрелы 45 см. Еще в наборе мишень с зонами призовых очков.&amp;nbsp;&amp;nbsp;А сам лук, длиной 53 см, сделан из прочного пластика, очень легкий, имеется паз для стрелы, надежная тетива. Это обеспечит Вам дальность полета стрелы до 6 метров! Повышайте точность выстрелов. Устраивайте соревнования с луком ОЛИМПИК на улице или дома. Играйте круглый год! Спортивный подарок от Воndibon для мальчиков и девочек!</t>
+  </si>
+  <si>
+    <t>904401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cd/19oiuwimj6ddq4cc6s53rwt8j89ihpn4.jpg</t>
+  </si>
+  <si>
+    <t>Пистолет Bondibon  ФАНТАСТИКА , свет, звук, подвижные элементы, вибрация</t>
+  </si>
+  <si>
+    <t>Игрушечное супер оружие пистолет от Bondibon светится, стреляет с межгалактическими звуками и спецэффектами. Во время стрельбы в пистолете ощущается вибрация, крутится светящийся барабан с фиксированными игрушечными патронами. Удивительная проекция 9 тематических изображений сильно впечатляют детей.&amp;nbsp;&amp;nbsp;Мега бластер - отличный подарок для мальчиков, ведь он дает возможность почувствовать себя сильным, храбрым и смелым. К тому же, ролевые игры с применением детского оружия помогают развить воображение и сообразительность малыша.&amp;nbsp;&amp;nbsp;Активные игры в войнушку позволяют детям выпустить пар, а также закладывают характерные для будущих мужчин нормы и модели поведения. Например, стремление быть защитником и воином.&amp;nbsp;&amp;nbsp;Начать играть просто. Вставьте батарейки, нажмите на пусковой курок.&amp;nbsp;&amp;nbsp;В комплекте: детский серебристо-оранжевый пистолет с подвижными элементами. Дополнительно понадобятся 3 батарейки АА &amp;#40;не входят в набор&amp;#41;.&amp;nbsp;&amp;nbsp;Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/768/6pjtawbycdia8iqq3fystq0lv6q861jg.jpg</t>
+  </si>
+  <si>
+    <t>Пистолет Bondibon  ФАНТАСТИКА , стреляет дисками, свет, звук, подвижные детали</t>
+  </si>
+  <si>
+    <t>Это просто ФАНТАСТИКА!&amp;nbsp;&amp;nbsp;Игрушечное оружие супер бластер от Bondibon светится, стреляет с межгалактическими звуками и спецэффектами. Во время стрельбы в пистолете крутится светящийся барабан с фиксированными игрушечными патронами. Впечатляющая игрушка выстреливает мощными дисками.&amp;nbsp;&amp;nbsp;Мега бластер - отличный подарок для мальчиков, ведь он дает возможность почувствовать себя сильным, храбрым и смелым. К тому же, ролевые игры с применением детского оружия помогают развить воображение и сообразительность малыша.&amp;nbsp;&amp;nbsp;Для стрельбы загрузите диски в специальную камеру. Закрепите ее на пистолете. Стреляйте, нажав на курок.&amp;nbsp;&amp;nbsp;Такие детские игрушки &amp;#40;с дисками, пульками, пистонами&amp;#41; хорошо помогают развить меткость.&amp;nbsp;&amp;nbsp;Активные игры в войнушку позволяют детям выпустить пар, а также закладывают характерные для будущих мужчин нормы и модели поведения. Например, стремление быть защитником и воином.&amp;nbsp;&amp;nbsp;В комплекте: детский красно-синий пистолет с подвижными элементами, 6 дисков. Понадобятся 3 батарейки АА &amp;#40;не входят в набор&amp;#41;.</t>
+  </si>
+  <si>
+    <t>904404</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1b/y0y9jqniok1aahiw1r85pubxbg8uki8f.jpg</t>
+  </si>
+  <si>
+    <t>Пистолет Bondibon  ФАНТАСТИКА , свет, звук, вибрация, подвижные элементы</t>
+  </si>
+  <si>
+    <t>Это просто ФАНТАСТИКА!&amp;nbsp;&amp;nbsp;Игрушечное супер оружие пистолет от Bondibon светится, стреляет с межгалактическими звуками и спецэффектами. Во время стрельбы в пистолете движется дуло, ощущается вибрация, крутится светящийся барабан с фиксированными игрушечными патронами.&amp;nbsp;&amp;nbsp;Мега бластер - отличный подарок для мальчиков, ведь он дает возможность почувствовать себя сильным, храбрым и смелым. К тому же, ролевые игры с применением детского оружия помогают развить воображение и сообразительность малыша.&amp;nbsp;&amp;nbsp;Активные игры в войнушку позволяют детям выпустить пар, а также закладывают характерные для будущих мужчин нормы и модели поведения. Например, стремление быть защитником и воином.&amp;nbsp;&amp;nbsp;Начать играть просто. Вставьте батарейки, нажмите на пусковой курок.&amp;nbsp;&amp;nbsp;В комплекте: детский серебристо-чёрный пистолет с подвижными элементами. Дополнительно понадобятся 3 батарейки АА &amp;#40;не входят в набор&amp;#41;.&amp;nbsp;&amp;nbsp;Возраст 3&amp;#43;&amp;nbsp;&amp;nbsp;Выберите фантастическую сверкающую игрушку в подарок ребенку и удивите его в День рождения, на Новый год или любой другой праздник</t>
+  </si>
+  <si>
+    <t>904406</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/z61m57c974xo9huhodu6tzgfirmruvb0.jpg</t>
+  </si>
+  <si>
+    <t>Автомат Bondibon  ФАНТАСТИКА , свет, звук, вибрация, подвижное дуло, анимация</t>
+  </si>
+  <si>
+    <t>Это просто ФАНТАСТИКА! Игрушечное оружие автомат с анимацией ДИНОЗАВРЫ от Bondibon светится, стреляет с межгалактическими звуками и спецэффектами. Во время стрельбы в пистолете движется дуло, ощущается вибрация.&amp;nbsp;&amp;nbsp;Мега бластер - отличный подарок для мальчиков, ведь он дает возможность почувствовать себя сильным, храбрым и смелым. К тому же, ролевые игры с применением детского оружия помогают развить воображение и сообразительность малыша.&amp;nbsp;&amp;nbsp;Активные игры в войнушку позволяют детям выпустить пар, а также закладывают характерные для будущих мужчин нормы и модели поведения. Например, стремление быть защитником и воином.&amp;nbsp;&amp;nbsp;Начать играть просто. Вставьте батарейки, нажмите на курок.&amp;nbsp;&amp;nbsp;В комплекте: детский черно-зеленый автомат с подвижными элементами, коллиматорным прицелом и фонариком. Дополнительно понадобятся 3 батарейки АА &amp;#40;не входят в набор&amp;#41;. Возраст 3&amp;#43; Выберите фантастический сверкающий автомат в подарок ребенку и удивите его в День рождения, на Новый год или любой другой праздник. Подарите незабываемые эмоции!</t>
+  </si>
+  <si>
+    <t>904408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0d/1umfyiaipvhsuvbsuxowm3z0w0sxqe34.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, 2 в 1, 500 мл, зел но-коричневый</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании.Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду,когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе.</t>
+  </si>
+  <si>
+    <t>931191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e63/fpwx134n3i4kje5ihxf3xk7kqt228j61.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, 150 мл, улитка зел ная</t>
+  </si>
+  <si>
+    <t>931192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e1/6jshekgswxnacbj5pjoawz6qmfth581w.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, 150 мл, пч лка розовая</t>
+  </si>
+  <si>
+    <t>931193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/894/4pcyf7tb594l61wdya7zgjmdd3huzdmf.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, 150 мл, ж лто-ч рный</t>
+  </si>
+  <si>
+    <t>931194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e98/uzxoq1ai9fbtz176w6ee8fbgu300wmvn.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, зел ный, арт. CH8026A-1</t>
+  </si>
+  <si>
+    <t>931195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b05/wllc57vfegpp12egewpethuly8tmi1rl.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, прозрачный голубой</t>
+  </si>
+  <si>
+    <t>Как заставить детей оторваться от телефонов в теплое время года? Водные пистолеты от Bondibon - отличный вариант игры на летнем отдыхе! Дети не только развлекаются. В процессе такой игры невозможно просто сидеть в углу, а это значит, что ребенок будет много бегать, прыгать, прокачивать двигательные навыки и улучшать координацию. Еще мы знаем, что игрушечное оружие помогает развивать дальнее зрение ребенка. Это обеспечивает естественную релаксацию глаз, которые перегружены различными гаджетами. Играть просто. Зарядите бластер, набрав в резервуар воду. Поднимите пушку и нажмите спусковой крючок. Пистолет стреляет хорошей струей воды. Веселые баталии во дворе, на пляже — излюбленное занятие мальчиков и девочек. Снайперский водяной бластер можно использовать на любом отдыхе на природе. Стильный дизайн и полупрозрачный резервуар детского пистолета гарантируют восторг у ребенка. Батарейки Вам не понадобятся. Цвет бело-голубой. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>931197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d1/c7wgo1csz2z20dppp6gvclmfa563bedb.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, динозаврик зел ный</t>
+  </si>
+  <si>
+    <t>931198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc0/n9tf7f3nipkqbbb8xuzsw230s4mwmwno.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, жирафик ж лтый</t>
+  </si>
+  <si>
+    <t>931199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/337/tb8el3mtqs39l0dvpc9iyltbtcn6lhkb.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, ж лтый, арт. 9833</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Корпус пистолета жёлтого цвета. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>931201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ea/ob7imp5vt6iyzhr7fctalf2yjpboaa1r.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, зел ный, арт. 9833</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Корпус пистолета зелёного цвета. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>931202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/068/vycbjonl0dqa7xidj0m7oyjcz954wewi.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, оранжевый, арт. 9833</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Корпус пистолета оранжевого цвета. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>931203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22e/sdvp6krz26cj29s4gt4x9jzv79oyhwem.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, красный, арт. 4502</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Футуристичный дизайн и синий цвет позволит перенестись в мир далекого космического будущего! Возраст 3&amp;#43;, батарейки не требуются. Размеры 30х16 см. Цвет: красный.</t>
+  </si>
+  <si>
+    <t>931204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e6/znchriksailcxh7scbgu1wj27554q34e.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, синий, арт. 4502</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Футуристичный дизайн и синий цвет позволит перенестись в мир далекого космического будущего! Возраст 3&amp;#43;, батарейки не требуются. Размеры 30х16 см. Цвет: синий.</t>
+  </si>
+  <si>
+    <t>931205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/515/j357ufg43kwzpk8f8tdnb0l9xram2pfm.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, 200 мл, ж лто-синий</t>
+  </si>
+  <si>
+    <t>931206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6aa/yfmkn41071o2971m3oryampx8cs7d9lg.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, 200 мл, зел но-синий</t>
+  </si>
+  <si>
+    <t>931207</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/537/schngts819n6u1kjosccm34z7c1eipp8.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, голубой с зел ным, арт.3304</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Корпус пистолета полупрозрачный, голубого цвета. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>931208</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f94/ukw0nv9vq44wjfy14wehcca6u8tftiur.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Bondibon  quot;Наше Лето quot;, ж лтый с синим, арт.3304</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Батарейки Вам не понадобятся. Корпус пистолета полупрозрачный, желтого цвета. Серия Наше Лето. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>931209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/261/glx4scbn52qh865ukgxv45uobc6rgmax.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, 450 мл, зел но-голубой</t>
+  </si>
+  <si>
+    <t>931210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86c/mn91xi1h6cz7lrvyn6ai9ewxmf8a44gk.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, голубой, арт.6311</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Изящный дизайн и розово-голубой цвет бластеров понравится как мальчикам, так и девочкам! Возраст 3&amp;#43;, батарейки не требуются. Размеры 37х18,3 см. Цвет: сиренево-голубой с розовыми элементами.</t>
+  </si>
+  <si>
+    <t>931212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/312/yxacggcwvwp7sox5rfjud8p3lh6hke28.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, розовый, арт.6311</t>
+  </si>
+  <si>
+    <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании. Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду, когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Изящный дизайн и розово-голубой цвет бластеров понравится как мальчикам, так и девочкам! Возраст 3&amp;#43;, батарейки не требуются. Размеры 37х18,3 см. Цвет: розово-голубой с сиреневыми элементами.</t>
+  </si>
+  <si>
+    <t>931213</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54c/rc49nn1q95atukqq11tfcyxk1en6z4z7.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, 850 мл, оранжево-черный</t>
+  </si>
+  <si>
+    <t>931215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6a/eh5qgm8jrc6qo1nc1sphosrx3ul51w5l.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, 920 мл, оранжевый</t>
+  </si>
+  <si>
+    <t>931216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b57/gveqd0f2282k03d7mip9k9dn38izhk1d.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, 260 мл, ч рный</t>
+  </si>
+  <si>
+    <t>931217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f58/82rzg2dthu796mtkxv3bvu4apsln60yf.jpg</t>
+  </si>
+  <si>
+    <t>Набор ковбоя блист.25 38,5 5см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Набор ковбоя блист.25*38,5*5см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>934061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b17/h8eiwyuom6r9zqqu6kd1y13y0jvae2wa.jpg</t>
+  </si>
+  <si>
+    <t>Набор ковбоя блист.25,5 68,5 4см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Набор ковбоя блист.25,5*68,5*4см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>934062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7de/i5s20wsj0fgud781rs4cjz1rfv2hcm8i.jpg</t>
   </si>
   <si>
     <t>Набор ковбоя блист.27,5 38,5 4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор ковбоя блист.27,5*38,5*4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
-    <t>889589</t>
-[...700 lines deleted...]
-  <si>
     <t>934063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbe/xrig1niww347vl55zgvueu4e4mbxxm42.jpg</t>
   </si>
   <si>
     <t>Набор оружия ВОЕННЫЙ, пистолет, звук, кор.26,5 17 4,5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор оружия ВОЕННЫЙ, пистолет, звук, кор.26,5*17*4,5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>934070</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e9/thcoy6mqgd7eb26obyutkc5diljya6pk.jpg</t>
-[...53 lines deleted...]
-    <t>936035</t>
+    <t>http://anytos.ru//upload/iblock/b04/5c1riznggb20bzkddowopkx81oynkrt0.jpg</t>
+  </si>
+  <si>
+    <t>Бластер мягкие пули, блистер 19,5 25,6 4см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Бластер мягкие пули, блистер 19,5*25,6*4см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>936050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bf/stdl13q3d4xe5sizhvpuuh4j7262s3o4.jpg</t>
   </si>
   <si>
     <t>Пистолет ПОЛИЦИЯ свет-звук, на карт.25,5 31 4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Пистолет ПОЛИЦИЯ свет-звук, на карт.25,5*31*4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>936076</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/618/i1gs1jgh2n7h7rxpv6zug175dsxseaxw.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/703/jhrskehpnhl2glq4rwnc0r5eyf80oqu9.jpg</t>
   </si>
   <si>
     <t>Набор оружия ПОЛИЦИЯ пистолет, мягкие пули, блистер 29 31 4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор оружия ПОЛИЦИЯ пистолет, мягкие пули, блистер 29*31*4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>937929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/654/j4kzbgs1nffi5potafv3sqartuaiyymq.jpg</t>
   </si>
   <si>
     <t>Бластер мягкие пули, блистер 24 33,5 3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Бластер мягкие пули, блистер 24*33,5*3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>938153</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/085/nja4r7xs0qm5kij2wiowfl2ffckl8v5x.jpg</t>
-[...8 lines deleted...]
-    <t>938159</t>
+    <t>http://anytos.ru//upload/iblock/6dd/o61pzupyo1vi2g0o9ikc3q3alcip04rs.jpg</t>
+  </si>
+  <si>
+    <t>Бластер мягкие пули, блистер 26,6 25 3см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Бластер мягкие пули, блистер 26,6*25*3см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>938154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bb/g85ortjcrcnix5gzcsq3k7ssi2367lii.jpg</t>
   </si>
   <si>
     <t>Водный пистолет с помпой Bondibon  quot;Наше Лето quot;, зел ный, арт. 1002</t>
   </si>
   <si>
     <t>Ни одно лето не обходится без водных пистолетов. Из всех видов детского оружия этот — самый безопасный вид, вода не нанесёт никакого вреда при попадании.Пистолет станет отличным развлечением для детей и взрослых в жаркую летнюю погоду,когда вода так желанна. Его можно использовать для своих игр и развлечений на пляже, на пикниках, в парках, на любом отдыхе на природе. Возраст 3&amp;#43;, батарейки не требуются. Размеры 44,5х21,5 см. Цвет: зелёный с жёлтым резервуаром. РАС 21,5х44,5х7 см.</t>
   </si>
   <si>
     <t>939094</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5cc/udg5ph83sq307gg3x8mokurcvzwppvaq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ffb/tzo3lzycvy32tudwknc8wdyr0r3x4tgp.jpg</t>
   </si>
   <si>
     <t>Набор оружия ПОЛИЦИЯ пистолет с присосками, блистер 24,4 37,8 4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор оружия ПОЛИЦИЯ пистолет с присосками, блист.24,4*37,8*4см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>942412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d0/xtx8ni5c6evgtw2jce8u19e0vat5kgbt.jpg</t>
   </si>
   <si>
     <t>Набор оружия ПОЛИЦИЯ пистолет с присосками, блистер 26 36 3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор оружия ПОЛИЦИЯ пистолет с присосками, блист.26*36*3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>942413</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3f3/d0qe3r8rmwjxcfy6dbiouitms110xwlz.jpg</t>
-[...8 lines deleted...]
-    <t>942764</t>
+    <t>http://anytos.ru//upload/iblock/7af/vx9cpyfi3qhvs71u7zfqf7fb4qjaudrq.jpg</t>
+  </si>
+  <si>
+    <t>Набор оружия спецназ автомат с присосками, блистер 23 37,3 6см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Набор оружия спецназ автомат с присосками, блист.23*37,3*6см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>942415</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11b/ld812adi4g1mdczv21mxth2ecy0tpp7r.jpg</t>
   </si>
   <si>
     <t>Лук с присосками кор.26,5 68,5 4,3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Лук с присосками кор.26,5*68,5*4,3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>942765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2e/yqrrw4aou44oz2faz6am70qq4mv5p3it.jpg</t>
   </si>
   <si>
     <t>Бластер мягкие пули блист.21 36 5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Бластер мягкие пули блист.21*36*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>942776</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b4/jov2rnd802xrohnjmf266qgn7tiyhdzv.jpg</t>
-[...35 lines deleted...]
-    <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/ac0/zdfjs6pnxcd7yzfks48a2njunlcr0514.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 10шт.</t>
+  </si>
+  <si>
+    <t>944534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f0/sv6t2u79mm611qfvtxm0pbkiwknh1vlg.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 20шт.</t>
+  </si>
+  <si>
+    <t>944537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ff/38ct7itkud7gf2rkfdl7l8zk26taxhxm.jpg</t>
+  </si>
+  <si>
+    <t>944538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/475/5q0kaah94p9bslj9ctme2muzdrg8v32a.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие пули 5шт.</t>
+  </si>
+  <si>
+    <t>Бластер, стреляющий мягкими патронами – один из самых безопасных видов среди детского игрового оружия. Игрушка поспособствует развитию ловкости, меткости и глазомера. В комплекте прилагаются софт-патроны в количестве 5-ти штук, которые поочерёдно устанавливаются в дуло игрового оружия &amp;#40;2 патрона из пяти с присоской&amp;#41;. Для выстрела нужно вытянуть рычаг в нижней части игрушки и нажать на спусковой крючок. Размер бластера &amp;#40;ДхШхВ&amp;#41; составляет 13х5х15см. Длина патрона – 7 см. Диаметр – 1,3 см. Материал изготовления: пластмасса. Рекомендованный возраст: 8 лет &amp;#43;</t>
+  </si>
+  <si>
+    <t>944539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3a/h13e26e0npri8iqtz30xko65821kimgg.jpg</t>
+  </si>
+  <si>
+    <t>944540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dd/re4wo0jy4p1s43895z6mpk52yp5szer5.jpg</t>
+  </si>
+  <si>
+    <t>Бластер с мягкими пулями, в комплекте: мягкие шары 5шт.</t>
+  </si>
+  <si>
+    <t>944542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8da/kzbzq0ey4hxfigz23b6p2fxsrm8r8mf4.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 20шт.</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 20шт., тестовые эл.пит. LR44*2шт. входят, АА*3шт. не входят в комплект</t>
+  </si>
+  <si>
+    <t>944543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a6/cj1yajh90al2mm0frcb8u201pb7201ao.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 12шт.</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 12шт., коробка</t>
+  </si>
+  <si>
+    <t>944549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/587/xfyoyg7mue25cnh1po13bi1aalodr26e.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 5шт.</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте: мягкие пули 5шт., коробка</t>
+  </si>
+  <si>
+    <t>944553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd7/tpv95iwjxdfzi0rwt5836bnyqsxa2laq.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Мега-бластер quot;</t>
+  </si>
+  <si>
+    <t>Водное помповое оружие с бутылкой объемом 650-700 мл. Для данного оружия подходит только бутылка, находящаяся в комплекте данного артикула. Размеры игрушки: пистолет без растяжения: 53*15,8*6,8 см; пистолет после растяжения: 63*15,8*6,8 см; пистолет без бутылки: 37*13,5*4,2 см; бутылка: 22*6,8*6,8 см. Дальность выстрела составляет 7,5-8 м.</t>
+  </si>
+  <si>
+    <t>948722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f54/skjlljmx6e16o3jw9orunvottyol159j.jpg</t>
   </si>
   <si>
     <t>Набор бластер с резервуаром  quot;Дино quot;: водный пистолет 20х14х6 см. ранцем 24х22х5,5 см.</t>
   </si>
   <si>
     <t>Набор бластер с резервуаром &amp;quot;Дино&amp;quot;: водный пистолет 20х14х6 см. ранцем 24х22х5,5 см.</t>
   </si>
   <si>
     <t>956613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/861/l14jesbf1ygne3vpdj66bve26dq7ggz7.jpg</t>
   </si>
   <si>
     <t>Набор бластер с резервуаром  quot;НЛО quot;: водный пистолет 20х14х6 см. с ранцем 22х21,5х7 см.</t>
   </si>
   <si>
     <t>Набор бластер с резервуаром &amp;quot;НЛО&amp;quot;: водный пистолет 20х14х6 см. с ранцем 22х21,5х7 см.</t>
   </si>
   <si>
     <t>956614</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ee2/8smwona59pf51b1sqor2g66b4rmkmmpe.jpg</t>
+  </si>
+  <si>
+    <t>Набор пуль, мягкие пули 12 штук</t>
+  </si>
+  <si>
+    <t>Набор пуль, мягкие пули 12шт., блистер</t>
+  </si>
+  <si>
+    <t>957879</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b10/z5gd27z2ct0m13ckgun9j6bcrqilwnf2.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Bondibon  quot;Наше Лето quot;, РАС 14х15х5 см, 150 мл, единорог</t>
   </si>
   <si>
     <t>Порадуйте маленькую непоседу розовым водным пистолетом в форме единорога от Bondibon! Проведите время на свежем воздухе весело и с пользой! Возьмите любимого волшебного единорога с собой на прогулку, пикник, дачу или на пляж. Наполните контейнер водой и придумывайте самые разнообразные сюжеты игры. В жаркую погоду девочки будут в восторге от догонялок с обливанием. Устраивайте соревнования и стреляйте струйками воды по мишени. Играйте в ванне и бассейне в любое время года. Водный пистолет отвлекает детей от гаджетов, развивает зрительно-моторную координацию, эмоциональную сферу и фантазию. Игрушка изготовлена из безопасных материалов. Объем емкости для воды 150мл. Возраст 3&amp;#43; Подарите ребенку игрушки из серии Наше Лето от Бондибон на окончание учебного года и начало летних каникул!</t>
   </si>
   <si>
     <t>958852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/552/ifrr1yp1lj5c4zwrfpa6x5xabuagu62h.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;ПУШКА quot; Bondibon, 3 снаряда, мишень, звуков.эффект</t>
   </si>
   <si>
     <t>Игровой набор ПУШКА С МИШЕНЬЮ от Bondibon со звуком и тремя снарядами станет замечательным подарком для мальчика. Юный защитник будет в восторге от яркой модели, которая производит динамичные выстрелы! Соберите мишень. Установите стреляющую пушку на ровную поверхность и приготовьтесь поразить цель. Вставьте снаряд и направьте дуло на цель. Запустите его при помощи кнопки на стволе. Слушайте канонаду стрельбы. Выстрел произведен! Можно устроить соревнование и поражать мишень с друзьями! Набор с игрушечной пушкой развивает меткость, моторику, зрительное восприятие и внимание. С ним можно придумать множество сюжетно-ролевых игр, закладывающих характерные для будущих мужчин качества и модели поведения. В набор входит: сборная мишень, пушка, 3 снаряда. Количество игроков 1-2 Возраст 6&amp;#43; Батарейки 2шт. АА &amp;#40;в набор не входят&amp;#41;</t>
   </si>
   <si>
     <t>959117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc4/qlhtwuj986jf6dyrd0w9kr6sze1c7yej.jpg</t>
   </si>
   <si>
     <t>Игровой набор quot;Тир ДИНОПАРК quot; Bondibon, свет, звук, 1 бластер, браслет-обойма</t>
   </si>
   <si>
     <t>Попади по вращающимся мишеням-динозаврам мягкими безопасными пулями из многозарядного дино-бластера! Игровой набор ТИР ДИНОПАРК от Bondibon со светом и звуком развивает координацию движений, меткость, ловкость, концентрацию внимания, фантазию и эмоциональный интеллект. Такая подвижная игра очень популярна и полезна для ребенка! Приклейте стикеры к мишеням. Установите мишени на тире, как показано в инструкции. Вставьте батарейки и включите тир, передвинув рычажок в положение ON. Зарядите пистолет патронами. Остальные пули вставьте в браслет-обойму и закрепите его на руке. Начните охоту на динозавров! А световые и звуковые эффекты добавят игре атмосферу и веселье! ТИР ДИНОПАРК от Бондибон – это впечатляющий подарок для детей! В набор входят: рамка с восьмью мишенями, основание тира, браслет-обойма, дино-бластер, 8 мягких пуль, наклейки на мишени. Понадобятся 4 батарейки 1,5V АА &amp;#40;не входят в набор&amp;#41;. Возраст 6&amp;#43;</t>
   </si>
   <si>
     <t>959118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/364/73g6nd8kr33bs8iaf3j9mp9kpfd8s87n.jpg</t>
   </si>
   <si>
     <t>Набор игровой Bondibon  quot;CНАЙПЕР-элита quot;  пистолеты, мишень, мягкие пули  , BOX 26,5x21,3x6,5 см.</t>
   </si>
   <si>
     <t>Приготовьтесь к атаке с игровым набором СНАЙПЕР ЭЛИТА от Bondibon! Стреляйте по мишени мягкими пулями одновременно из 2 бластеров с двух рук! Соревнуйтесь с другом в скорости и меткости! Детский тир - это очень легко и весело! Зарядите мягкую пулю в пистолет. Потяните за ручку. Нажмите на курок для выстрела. Постарайтесь поразить выбранную цель! Устройте динамичную забаву дома, на даче, на пикнике или на детском празднике. В процессе активной игры дети разовьют внимание, ловкость, координацию движений, остроту зрения и получат массу положительных эмоций. О качестве и безопасности позаботился Бондибон. В набор входят: мишень, 2 пистолета, 20 мягких пуль. Дальность стрельбы 12м Возраст 3&amp;#43; Отвлеките ребенка от гаджетов! Проведите досуг весело и с пользой!</t>
   </si>
   <si>
     <t>959119</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc9/15svzw98gkw1319snjpr96ad4k7l9zbr.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bfc/6jmxp7mi0uggawhxtmeay62nz5rhw6b7.jpg</t>
   </si>
   <si>
     <t>Автомат Bondibon  ФАНТАСТИКА , свет, звук, вибрация, подвижные элементы, 37х17х4,5 см.</t>
   </si>
   <si>
     <t>Автомат ФАНТАСТИКА от Bondibon длиной 37см со светом, звуком, вибрацией и подвижным дулом – замечательный подарок для мальчика. Черное с зеленым оружие непременно порадует детей, которые обожают играть в войнушку. Вставьте батарейки и начните веселую забаву! Придумывайте захватывающие сюжеты. Примерьте на себя роль отважного защитника и супергероя! С бластером это очень просто, ведь игра сопровождается световыми и звуковыми эффектами. А еще элементы автомата двигаются, и он вибрирует. Реалистичная игрушка отвлечет детей от гаджетов, поможет развить зрительно-моторную координацию движений, фантазию и эмоциональный интеллект. О качестве и безопасности позаботился Бондибон. Дополнительно понадобятся 3 батарейки 1,5В АА &amp;#40;в комплект не входят&amp;#41;. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>959122</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/267/c9lylpjuarsh7lqyrvelysuhly2tdl6w.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие</t>
+  </si>
+  <si>
+    <t>Помповый водный пистолет подходит для развлечений на воде и на открытом воздухе. Пистолет использует помповый механизм: сопло помпы необходимо опустить в воду, затем вода набирается в корпус пистолета путем оттягивания поршня назад. По нажатию на поршень пистолет выстреливает струей воды. Корпус игрушки выполнен из пластика и EVA. Размер игрушки: 64*3 см. Поставка в дисплее на 48 вложений. 2 цвета в ассортименте.</t>
+  </si>
+  <si>
+    <t>979809</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/641/raonh9qotw43jbnvmu5xxhk87aitebat.jpg</t>
+  </si>
+  <si>
+    <t>Помповый водный пистолет подходит для развлечений на воде и на открытом воздухе. Пистолет использует помповый механизм: сопло помпы необходимо опустить в воду, затем вода набирается в корпус пистолета путем оттягивания поршня назад. По нажатию на поршень пистолет выстреливает струей воды. Корпус игрушки выполнен из мягкого легкого вспененного материала. Размер игрушки: 38*5 см. Поставка в дисплее на 24 вложения. 4 цвета в ассортименте.</t>
+  </si>
+  <si>
+    <t>979810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/105/egm3psh42e1btpx3e8hmpazqwj07pzcj.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;2 в 1 quot;</t>
+  </si>
+  <si>
+    <t>Водное оружие. Объем резервуара для воды маленького пистолета около 120 мл, большого пистолета – около 200 мл. Особенностью игрушки является возможность трансформировать два оружия в одно и наоборот. Игрушка стреляет на расстояние до 7-8 метров. При нажатии на курок осуществляется выстрел. Размер игрушки без упаковки – 21*15,5*3 см. Размер индивидуальной упаковки составляет 30*3*17 см.</t>
+  </si>
+  <si>
+    <t>979811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d5/afhjr0odskzj3srqjysgl7tqcily34h7.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Бластер quot;</t>
+  </si>
+  <si>
+    <t>Водное оружие. Объем резервуара для воды: 620 мл. Нижняя часть оружия является подвижной, перемещая её вперед-назад осуществляется выстрел. Размер игрушки без упаковки – 33*18*6,5 см. Размер индивидуальной упаковки составляет 43*25*7 см.</t>
+  </si>
+  <si>
+    <t>979812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f4/2i51i9wpoglx6w2h2o8wbwc25cwacrav.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Двойной удар quot;</t>
+  </si>
+  <si>
+    <t>Водное оружие. Объем резервуара для воды: 500 мл. Благодаря двойному насосу можно выпустить вдвое больше воды, намочив противников по полной. Нижняя часть оружия является подвижной, перемещая её вперед-назад осуществляется выстрел. Размер игрушки без упаковки – 31*20*6 см. Размер индивидуальной упаковки составляет 42*24*6,5 см.</t>
+  </si>
+  <si>
+    <t>979813</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d71/roytvr1h02m62z5cj189w71ummxj54lw.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Космическая атака quot;</t>
+  </si>
+  <si>
+    <t>Водное оружие. Объем резервуара для воды: 450 мл. Изделие работает от трех батареек типа AA &amp;#40;не входят в комплект, с возможностью замены&amp;#41;. При нажатии на курок осуществляется выстрел. Время работы – 12 минут. Комплектность: бластер, резервуар для воды, отвертка. Размер игрушки без упаковки – 24*21*10,2 см. Размер индивидуальной упаковки составляет 24,5*21,5*8,8 см.</t>
+  </si>
+  <si>
+    <t>979814</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7f5/mylnavi3uy46ii43nwy293np73fmngeg.jpg</t>
   </si>
   <si>
     <t>Сувенирное деревянное оружие  quot;Меч самурайский quot;</t>
   </si>
   <si>
     <t>Меч - символ доблестного воина и всего воинского дела, чести и славы, отваги и силы.Деревянное оружие с длинным прямым клинком и удобной рукояткой.Оружие сделано вручную. Размер в упаковке: 52*6,5*3,5 см</t>
   </si>
   <si>
     <t>979911</t>
   </si>
   <si>
     <t>&lt;a href="/brands/master-wood/"&gt;MASTER WOOD&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c9/v06sfkuf4d1z1g6s7g8uhv16swibv5u9.jpg</t>
   </si>
   <si>
     <t>Сувенирное деревянное оружие  quot;Меч quot;</t>
   </si>
   <si>
     <t>Игрушечное оружие Меч выполнено из экологически чистого материала - дерева. С таким Мечом можно упражняться в трюках, организовывать сражения , а также он станет отличным атрибутом к тематическому костюму для утренника или костюмированного мероприятия. Размер в упаковке: 39,5*12*0,6 см</t>
   </si>
   <si>
     <t>979912</t>
@@ -2039,65 +2348,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e48/4ocli7s84a3zdmcmsjgf9gheini1u86m.jpg</t>
   </si>
   <si>
     <t>Набор бластер водяной-рюкзак  quot;Единорог quot;, ранец 21х23х5 см., пистолет 20х11х6 см., трубка, ремешки, крышки</t>
   </si>
   <si>
     <t>Набор бластер водяной-рюкзак &amp;quot;Единорог&amp;quot;, ранец 21х23х5 см., пистолет 20х11х6 см., трубка, ремешки, крышки</t>
   </si>
   <si>
     <t>986545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/542/kwylemwmho3ck7ags70jq7swmfmpgscr.jpg</t>
   </si>
   <si>
     <t>Набор бластер водяной-рюкзак  quot;Фламинго quot;, ранец 21х23х5 см., пистолет 20х11х6 см., трубка, ремешки, крышки</t>
   </si>
   <si>
     <t>Набор бластер водяной-рюкзак &amp;quot;Фламинго&amp;quot;, ранец 21х23х5 см., пистолет 20х11х6 см., трубка, ремешки, крышки</t>
   </si>
   <si>
     <t>986546</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/628/creomah7nedat9dbtw1toyj2o73v44lt.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5fe/ka4zs7m3bn2fai3yqyuvicvy360tvn3x.jpg</t>
   </si>
   <si>
     <t>Сувенирное деревянное оружие  quot;Кинжал quot;</t>
   </si>
   <si>
     <t>Игрушечное оружие Кинжал выполнено из экологически чистого материала - дерева. С Кинжалом можно упражняться в трюках, организовывать сражения , а также он станет отличным атрибутом к тематическому костюму для утренника или костюмированного мероприятия. Размер в упаковке: 25*10*2,5 см</t>
   </si>
   <si>
     <t>998389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f5/nur99u9mvzdo97wrip0aog5bsbduz7s5.jpg</t>
   </si>
   <si>
     <t>Сувенирное деревянное оружие  quot;Нож Тигриный коготь quot;</t>
   </si>
   <si>
     <t>Кинжал выполнен из экологически чистого материала - дерева. С использованием игрушечного оружия можно организовывать сражения, также оружие станет отличным атрибутом к тематическому костюму на костюмированное мероприятие. Размер в упаковке: 20*6*0,9 см</t>
   </si>
   <si>
     <t>998390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18c/e83shc0zajp6313jzo2o5is2vztc2npc.jpg</t>
@@ -2189,81 +2483,105 @@
   <si>
     <t>http://anytos.ru//upload/iblock/47a/hns419fayz62781ns0ttyfzbm1u0kd46.jpg</t>
   </si>
   <si>
     <t>Пистолет  ФАНТАСТИКА  со звуком и многоцветной подсветкой, длина 28 см, ч рно-коричневый камуфляж, Bondibon</t>
   </si>
   <si>
     <t>Это просто ФАНТАСТИКА! Игрушечное оружие пистолет в расцветке камуфляж от Bondibon с многоцветной подсветкой и звуковыми спецэффектами. Яркий сверкающий бластер - отличный подарок для мальчиков, ведь он дает возможность почувствовать себя сильным, храбрым и смелым. К тому же, ролевые игры с применением детского оружия помогают развить воображение и сообразительность малыша. Активные игры в войнушку позволяют детям выпустить пар, а также закладывают характерные для будущих мужчин нормы и модели поведения. Например, стремление быть защитником и воином. Начать играть просто. Вставьте батарейки, нажмите на курок. Игрушка размером 28 х 18 см, в расцветке черно-коричневый камуфляж, с эффектной разноцветной подсветкой. Дополнительно понадобятся 3 батарейки АА &amp;#40;не входят в набор&amp;#41;. Возраст 3&amp;#43; Выберите сверкающий автомат ФАНТАСТИКА от Бондибон в подарок ребенку и удивите его в День рождения, на Новый год или любой другой праздник. Подарите незабываемые эмоции!</t>
   </si>
   <si>
     <t>1000237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c46/yg55jgjxfuz5yorx0yx06e860zrmyvu7.jpg</t>
   </si>
   <si>
     <t>Пистолет  ФАНТАСТИКА  со светом, звуком, длина 28 см, сине-ч рный, Bondibon</t>
   </si>
   <si>
     <t>Это просто ФАНТАСТИКА! Игрушечное оружие пистолет от Bondibon светится и стреляет с звуковыми спецэффектами. Яркий сверкающий бластер - отличный подарок для мальчиков, ведь он дает возможность почувствовать себя сильным, храбрым и смелым. К тому же, ролевые игры с применением детского оружия помогают развить воображение и сообразительность малыша. Активные игры в войнушку позволяют детям выпустить пар, а также закладывают характерные для будущих мужчин нормы и модели поведения. Например, стремление быть защитником и воином. Начать играть просто. Вставьте батарейки, нажмите на курок. Игрушка размером 28 х 18 см, черно-синего цвета с эффектной оранжевой подсветкой. Дополнительно понадобятся 3 батарейки АА &amp;#40;не входят в набор&amp;#41;. Возраст 3&amp;#43; Выберите сверкающий автомат ФАНТАСТИКА от Бондибон в подарок ребенку и удивите его в День рождения, на Новый год или любой другой праздник. Подарите незабываемые эмоции!</t>
   </si>
   <si>
     <t>1000238</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/627/lmehxlug8b19fsgib0c7cxicfoc9dj4a.jpg</t>
+  </si>
+  <si>
+    <t>Водное оружие  quot;Смартфон quot;</t>
+  </si>
+  <si>
+    <t>Раскладной водный пистолет, корпус которого выполнен в виде смартфона. Для начала игры достаточно набрать воды в пистолет через специальное отверстие, раскрыть пистолет и нажать на кнопку. Пистолет стреляет двумя струями воды одновременно. Размер игрушки: 13,5*7,9*2,4 см. Упаковка: картонная коробка. Размер упаковки: 8,3*14,2*2,6 см.</t>
+  </si>
+  <si>
+    <t>1009059</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/31a/vtzbx9cpfyofkalhdbfgqgth00k1f2im.jpg</t>
   </si>
   <si>
     <t>Игрушечное оружие  quot;Бластер-динозавр quot;</t>
   </si>
   <si>
     <t>Игрушечный пистолет в виде динозавра, оснащенный пусковым устройством для летающих дисков. Чтобы запустить летающий диск, необходимо вставить и закрутить его на пусковом устройстве, а затем нажать на кнопку. В набор входит: пистолет, 3 летающих диска. Размер пистолета: 11,4*11,2*4,9 см. Размер летающего диска: 7,3*7,3*1 см. Упаковка: п/э пакет с картонным холдером. Размер упаковки: 18*20*5 см.</t>
   </si>
   <si>
     <t>1009060</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/d0d/ya1o2vhrq3r5wccaerceugkcwfg3spq2.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка  quot;Водный пистолет quot;</t>
+  </si>
+  <si>
+    <t>Водное оружие с емкостью для воды в форме бутылки. Для начала игры нужно открутить бутылку, набрать в нее воду, вкрутить бутылку с водой в пистолет и нажать на курок для выстрела. Объем бутылки составляет 40 мл. Размер игрушки: 14*3,5*11 см. Упаковка: п/э пакет. Размер упаковки: 18*3,5*16 см. В ассортименте 4 цвета.</t>
+  </si>
+  <si>
+    <t>1009061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc2/8w74sm26zmmxa2uudlazgr6hpy6h4oqq.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет в виде фена. Дуло пистолета оснащено 3 отверстиями, благодаря чему игрушка стреляет 3 струями воды одновременно. Размер игрушки: 11,5*11*5,3 см. Упаковка: дисплей на 12 вложений &amp;#43; навесная бирка. Размер дисплея: 36*26*11,5 см.</t>
+  </si>
+  <si>
+    <t>1009062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d2/9hkszax0gsgsqcm3xvryhl0lahlk6bqj.jpg</t>
   </si>
   <si>
-    <t>Игрушечное оружие  quot;Пистолет quot;</t>
-[...1 lines deleted...]
-  <si>
     <t>Игровой набор с пистолетом, стреляющим мягкими пулями. В набор входит пистолет и 3 мягкие пули. Чтобы осуществить выстрел, нужно вставить пулю в дуло пистолета, отвести вниз клапан на рукоятке пистолета и нажать на курок. В качестве мишени в набор входит игрушечный жук с липкими лапками, благодаря которым его можно прикрепить к ровным вертикальным поверхностям. Размер пистолета: 10,2*3,5*12,1 см. Размер жука: 8,4*6,3*2 см. Упаковка: п/э пакет с холдером. Размер упаковки: 18*23,5*4 см.</t>
   </si>
   <si>
     <t>1009102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12d/iijui838b0981qj6u1gftyotuyouqwpf.jpg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Водный пистолет</t>
   </si>
   <si>
     <t>Открываем крышечку в верхней части корпуса оружия. Заливаем внутрь воду, закрываем крышечку. Передергиваем ручку, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 650 мл.&lt;br /&gt;
  Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
  Размер оружие 38х5х22 см.&lt;br /&gt;
  Размер упаковки 26х5х46 см.</t>
   </si>
   <si>
     <t>1009146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/765/w2gojvpkkc18yllld8rx52od6jcfd6sf.png</t>
   </si>
   <si>
     <t>Водный пистолет, 1420 мл</t>
   </si>
   <si>
     <t>1009149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b6/v4qysn5k89cs90waajq6ejwdpx72mvoq.png</t>
   </si>
@@ -2273,224 +2591,242 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/qtlkucbe1vce77y68jf4dpjkcp0w64yl.png</t>
   </si>
   <si>
     <t>Водный пистолет, 919 мл</t>
   </si>
   <si>
     <t>1009151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7d/juor5zar9c4x4c8mj3498m9cqs98j69f.png</t>
   </si>
   <si>
     <t>1009152</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f3/15326h7vcvrkmgw63iih1id0bcn2650d.png</t>
   </si>
   <si>
     <t>Водный пистолет, 589 мл</t>
   </si>
   <si>
     <t>1009153</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/567/c0jbv16rav0rr0fau34jlfoansx73m03.png</t>
+  </si>
+  <si>
+    <t>1009154</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/197/lrg76qiac8cj1659l4rh8itb1tnbq594.png</t>
   </si>
   <si>
     <t>Водный пистолет, 550 мл</t>
   </si>
   <si>
     <t>1009155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/792/rqd7ldc9f6mg91a7i25q8r2vwt3bes5i.png</t>
   </si>
   <si>
     <t>1009156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29b/effdv7c6ssrnz5tlxrvu9q24meg5itlr.png</t>
   </si>
   <si>
     <t>1009157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19c/ztygbo3kdhx4uza5g4isw24uic2u28y5.png</t>
   </si>
   <si>
     <t>Водный пистолет, 1720 мл</t>
   </si>
   <si>
     <t>1009158</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c14/jnnefxt4p9evlj98cvjrs2sssd1fqrm4.png</t>
   </si>
   <si>
     <t>1009159</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f2/1q4rzld8be4exdbaet6znad3qxwplfxa.jpg</t>
+    <t>http://anytos.ru//upload/iblock/dd9/h9s14gfw095cawhg1vlx4p8f8q9pxkci.jpg</t>
   </si>
   <si>
     <t>Водная пушка 33 см, коробка</t>
   </si>
   <si>
     <t>Замечательная игрушка для летних забав - водяная пушка. Красивый и яркий дизайн, простота использования. Игрушка водная пушка разнообразит сюжетно-ролевые игры. Функционал игрушки: -пушка работает по принципу насоса; -вода заполняется при отводе поршня, выстреливается при возврате; -корпус изготовлен из мягкого материала. Размеры пушки: 33*5*8 см. Изготовлено из полимерного материала.</t>
   </si>
   <si>
-    <t>1009194</t>
+    <t>1009193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/789/ndyfbjpbowwi83beups6tin8sy4tqp8q.jpg</t>
   </si>
   <si>
     <t>1009195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04a/hwmcod23khcfc85jz5q6iruiv2gkc3u5.jpg</t>
   </si>
   <si>
     <t>1009196</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb5/gl4tctrjnagd01wrkr1uedktluhdx8uo.jpg</t>
+  </si>
+  <si>
+    <t>Водная пушка 35,5см</t>
+  </si>
+  <si>
+    <t>Водяная пушка в форме цилиндра, покурыта мягким материалом. Выстреливает водой по принципу поршня. Длина игрушки 35,5 см.</t>
+  </si>
+  <si>
+    <t>1009197</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a82/bk00ytk3i4m5lhsyqdq4y6805haf8bju.jpg</t>
   </si>
   <si>
-    <t>Водное оружие</t>
-[...1 lines deleted...]
-  <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передергиваем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой. Дальность выстрела от 5 до 7 метров. Полимер. Объем резервуара 600 мл. Размер оружия 42х8х19 см. Размер упаковки 25х11х52 см.</t>
   </si>
   <si>
     <t>1009198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/mw51lq3dgh6qqb2vgrrq39j94rwr0g9l.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передергиваем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой. Полимер. Дальность выстрела от 5 до 7 метров. Объем резервуара 600 мл. Размер оружия 42х8х19 см. Размер упаковки 25х11х52 см.</t>
   </si>
   <si>
     <t>1009199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3df/jw57vgee7g8v6v87qtaz9mt8htjc772z.jpg</t>
   </si>
   <si>
     <t>Открываем крышку, наливаем внутрь оружия воду. Закрываем крышку, передергиваем ручку под стволом, оружие выстрелит водой. Объем резервуара 400 мл. Дальность выстрела от 5 до 7 метров. Размер оружия 33х6х17 см. Размер упаковки 22х6х40 см.</t>
   </si>
   <si>
     <t>1009200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da8/5vgrznw6612jdg6phw8mbuhvk84ajbpy.jpg</t>
   </si>
   <si>
     <t>Водный бластер 33см 355 мл, коробка</t>
   </si>
   <si>
     <t>Вы только посмотрите на этот стильный и крутой водяной бластер. У него яркий дизайн, большая дальность стрельбы и легкий вес. Принцип работы игрушки: - налейте воду в специальный отсек с крышечкой; - прицельтесь, передерните несколько раз ручку под стволом, чтобы выстрелить. Игрушка отлично развивает меткость, ловкость, сноровку, координацию движений и мелкую моторику рук. С такой игрушкой ребенок обязательно станет победителем водных сражений. Игрушка представлена в ассортименте. Игрушка изготовлена из высококачественного и безопасного полимерного материала. Объем: 355 мл. Размеры игрушки: 33*5*18,5 см. Размеры коробки: 34,5*5*20,5 см.</t>
   </si>
   <si>
     <t>1009201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/558/v1qn855pnslx3slch9jbryyz8jcsp3tq.jpg</t>
   </si>
   <si>
     <t>1009202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/768/94avmevc2f19tjdz32x3uaoblbg4r857.jpg</t>
+  </si>
+  <si>
+    <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передвигаем ручку под стволом, нажимаем на спусковой крючок, оружие выстрелит водой. Оружие имеет 2 дула, оба стреляют водой. Полимер.&amp;nbsp;&amp;nbsp;Объем резервуара 550 мл.&amp;nbsp;&amp;nbsp;Дальность выстрела от 5 до 7 метров.&amp;nbsp;&amp;nbsp;Размер оружия 45х8х19 см.&amp;nbsp;&amp;nbsp;Размер упаковки 24х8х53 см.</t>
+  </si>
+  <si>
+    <t>1009203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ec/mz0bmlwpne5zfy7f1ps2tyk1spwzi69a.jpg</t>
   </si>
   <si>
     <t>Открываем крышку, наполняем отсек водой. Для выстрела передергиваем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 220 мл.&lt;br /&gt;
  Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
  Размер оружия 37х5х16 см.&lt;br /&gt;
  Размер упаковки 21х5х46 см.</t>
   </si>
   <si>
     <t>1009204</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fb3/z86uws7lazwzb43ekklmxcn7kysw93zp.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет, 800 мл</t>
+  </si>
+  <si>
+    <t>1009206</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/964/clw2qjjljuirjhvkic650v6pz052i8lg.jpg</t>
   </si>
   <si>
     <t>1009207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/583/mzb10j7kqhkylb32ktshdapu8lz60j0l.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передвигаем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 850 мл.&lt;br /&gt;
  Дальность выстрела от 5 до 7 метров&lt;br /&gt;
  Размер оружия 47х8х19 см.&lt;br /&gt;
  Размер упаковки 26х8х51 см.</t>
   </si>
   <si>
     <t>1009208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9b/mmw0q5qn4l826ma3vl233rmn6gc1k4tr.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передвигаем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 600 мл&lt;br /&gt;
  Дальность выстрела 5 метров.&lt;br /&gt;
  Размер оружия 38х8х19 см.&lt;br /&gt;
  Размер упаковки 23х8х45 см.</t>
   </si>
   <si>
     <t>1009209</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dab/2yc8862210guxxs1is4nl13vyoq8iykf.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/300/jdcnqppdhzqxkmhz6p5pytx5ndp92h9d.jpg</t>
   </si>
   <si>
     <t>Откручиваем крышечку в верхней части корпуса оружия. Заливаем внутрь воду, закручиваем крышечку. Нажимаем на спусковой крючок под дулом, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара для воды 350 мл.&lt;br /&gt;
  Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
  Размер оружия 34х4х19 см&lt;br /&gt;
  Размер упаковки 22хх45 см.</t>
   </si>
   <si>
     <t>1009211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94a/up372onvw4auoorrn0m9sfqtkuqn2v0d.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передвигаем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 850 мл.&lt;br /&gt;
  Дальность выстрела 5 метров.&lt;br /&gt;
  Размер оружия 38х8х22 см&lt;br /&gt;
  Размер упаковки 25х8х51 см.</t>
@@ -2522,62 +2858,74 @@
  Полимер.&lt;br /&gt;
  Объем резервуара 100 мл.&lt;br /&gt;
  Дальность выстрела от 3 до 5 метров.&lt;br /&gt;
  Размер оружие 37х5х16 см.&lt;br /&gt;
  Размер упаковки 21х5х48 см</t>
   </si>
   <si>
     <t>1009214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ab/va250830z1b7a302quus02f2iupu2hbw.jpg</t>
   </si>
   <si>
     <t>Открываем крышечку в верхней части корпуса оружия. Заливаем внутрь воду, закрываем крышечку. Нажимаем на кнопку под ручкой ствола, из обоих дул пистолета выстрелит вода.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 100 мл.&lt;br /&gt;
  Дальность выстрела от 3 до 5 метров.&lt;br /&gt;
  Размер оружие 37х5х16 см.&lt;br /&gt;
  Размер упаковки 21х5х48 см</t>
   </si>
   <si>
     <t>1009215</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/761/x2movm8ezrao29kcyb8a635af369b9vf.jpg</t>
+    <t>http://anytos.ru//upload/iblock/819/7tsfhqifqci7s0vwyoqojveyvdrawor2.jpg</t>
+  </si>
+  <si>
+    <t>1009216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a3/7bkxx4r1mo13ne1hxtdzqr7ozbrj9nmy.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передвигаем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 850 мл.&lt;br /&gt;
  Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
  Размер оружия 36х8х17 см.&lt;br /&gt;
  Размер упаковки 20х8х48 см.</t>
   </si>
   <si>
+    <t>1009217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/761/x2movm8ezrao29kcyb8a635af369b9vf.jpg</t>
+  </si>
+  <si>
     <t>1009218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29d/r5vppmmgp22p8bqzyamw0kqr3zxmi6lh.jpg</t>
   </si>
   <si>
     <t>1009219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27c/hv9lmu5czey2j1fi26be897n59raik1o.jpg</t>
   </si>
   <si>
     <t>Открываем крышечку в верхней части корпуса оружия. Заливаем внутрь воду, закрываем крышечку. Нажимаем на спусковой крючок под дулом, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 150 мл.&lt;br /&gt;
  Дальность выстрела от 3 до 5 метров.&lt;br /&gt;
  Размер оружия 23х4х16 см.&lt;br /&gt;
  Размер упаковки 19х4х29 см.</t>
   </si>
   <si>
     <t>1009220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cd/jfxhsu9nbq4080dn7y4jfgs52yozhvoh.jpg</t>
@@ -2624,50 +2972,65 @@
  Полимер.&lt;br /&gt;
  Объем резервуара 150 мл.&lt;br /&gt;
  Дальность выстрела от 3 до 5 метров.&lt;br /&gt;
  Размер оружия 24х4х17 см.&lt;br /&gt;
  Размер упаковки 19х4х34 см.</t>
   </si>
   <si>
     <t>1009225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8f/w1tkiuqad2x5euzkyc0uy5c1t3b18ehf.jpg</t>
   </si>
   <si>
     <t>Открываем крышечку в верхней части корпуса оружия. Заливаем внутрь воду, закрываем крышечку. Нажимаем на кнопку под ручкой ствола, из обоих дул пистолета выстрелит вода.&lt;br /&gt;
  &lt;br /&gt;
  Полимер&lt;br /&gt;
  Объем резервуара 250 мл.&lt;br /&gt;
  Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
  Размер оружия 25х4х16 см.&lt;br /&gt;
  Размер упаковки 26х7х16 см</t>
   </si>
   <si>
     <t>1009226</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8a6/3pcbas429elp3aq218xfotar8ldx42dy.jpg</t>
+  </si>
+  <si>
+    <t>Открываем крышечку в верхней части корпуса оружия. Заливаем внутрь воду, закрываем крышечку. Нажимаем на спусковой спусковой крючок под ручкой ствола, из обоих дул пистолета выстрелит вода.&lt;br /&gt;
+ &lt;br /&gt;
+ Полимер&lt;br /&gt;
+ Объем резервуара 250 мл.&lt;br /&gt;
+ Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
+ Размер оружия 25х4х16 см.&lt;br /&gt;
+ Размер упаковки 26х7х16 см</t>
+  </si>
+  <si>
+    <t>1009227</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/57b/s4fvplew0v88g5s7mpha9xj6uztswxfz.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела нажимаем на спусковой крючок под дулом. Оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 350 мл.&lt;br /&gt;
  Дальность выстрела от 3 до 5 метров.&lt;br /&gt;
  Размер оружия 35х6х19 см&lt;br /&gt;
  Размер упаковки 36х6х19 см.</t>
   </si>
   <si>
     <t>1009228</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/ze432waexx0x981vd8lrmqlp5a9mlyzj.jpg</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела нажимаем на спусковой крючок. Оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 350 мл.&lt;br /&gt;
  Дальность выстрела от 3 до 5 метров.&lt;br /&gt;
  Размер оружия 35х6х19 см&lt;br /&gt;
  Размер упаковки 36х6х19 см.</t>
@@ -2687,68 +3050,86 @@
  Размер оружия 39х5х17 см.&lt;br /&gt;
  Размер упаковки 22х5х49 см.</t>
   </si>
   <si>
     <t>1009232</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3f/u4b92l2hr0htul2a98irztk97rmer6om.jpg</t>
   </si>
   <si>
     <t>1009233</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/567/k4mg19yv2xzo1v9x0grdt7kxctizwakg.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 12см 90мл</t>
   </si>
   <si>
     <t>Водяной пистолет для летних забав - замечательный подарок для вашего ребёнка. Красивый и яркий дизайн, простота использования. Игрушка водный пистолет разнообразит сюжетно-ролевые игры. Функционал игрушки: -вода заливается в специальный отсек на крышке ствольной коробки; -выстрел производится нажатием на спусковой крючок. Размеры упаковки: 12*3*11 см. Размеры пистолета: 12*3*9 см. Изготовлено из безопасного пластика. Объём 90 мл.</t>
   </si>
   <si>
     <t>1009234</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ab2/wj06y6nifphyzq7zir6b0dy2of6b0re5.jpg</t>
+  </si>
+  <si>
+    <t>1009235</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bd4/0fvynzo0gs0xmal5djsjc9d5iega1q1n.jpg</t>
   </si>
   <si>
     <t>1009236</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7da/hrkwmcnnivhdeqqu41x52tgr20zswlvj.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 14см, пакет</t>
   </si>
   <si>
     <t>Вы только посмотрите на этот стильный и крутой водяной бластер. У него удобный спусковой механизм, яркая расцветка и большая дальность стрельбы. Функционал игрушки: -отсек с водой плотно закрывается и не протекает; -выстрел производится нажатием на спусковой курок. Размеры упаковки: 15*6*20 см. Размеры пистолета: 14*6*12 см. Изготовлено из пластика.</t>
   </si>
   <si>
     <t>1009237</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f75/yy7xa3p18j9kni7dvctj99ae7lz2h3yi.jpg</t>
+  </si>
+  <si>
+    <t>1009238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3b/5z7x8b1864f7e779zsgh7gtxmbudzylg.jpg</t>
+  </si>
+  <si>
+    <t>1009239</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e9f/w2cfkln1xl6fk0xkctjae0fcchhmxmji.jpg</t>
   </si>
   <si>
     <t>1009240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db8/vac2yjrtq111ohydhpip0po1v2q0zgjo.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 18см, пакет</t>
   </si>
   <si>
     <t>Водный пистолет - идеальная игрушка для летних забав. Преимущества оружия: - стильный дизайн; - рукоять пистолета удобно ложится в руку; - большая дальность стрельбы; - простой механизм работы; - можно играть дома и на улице, брать с собой в дорогу; - безопасно, практично, весело, станет хорошим подарком; - играем большой компанией или всей семьей; - водное оружие - отличный вариант для развлечений в парке, на даче. Летняя игрушка водный пистолет принесет радость ребенку, поможет придумать сценарии новых игр. Функционал игрушки: -вода наливается в специальный съёмный отсек; -выстрел производится нажатием на спусковой крючок. Размеры упаковки: 15*3*28 см. Размеры пистолета: 18*3*10 см. Изготовлено из безопасного пластика.</t>
   </si>
   <si>
     <t>1009241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/65jfw2tgu3tsz3nonz3hoffx2outf9z1.jpg</t>
   </si>
   <si>
     <t>1009242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/698/ujjxg3zz9802gigzedii54bzc2u5nu7x.jpg</t>
@@ -2756,75 +3137,81 @@
   <si>
     <t>1009243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bf/jvht19d1ph6r57ccxrr82etdyxqbqsc3.jpg</t>
   </si>
   <si>
     <t>Водный пистолет - идеальная игрушка для летних забав. Преимущества оружия: - стильный дизайн; - рукоять пистолета удобно ложится в руку; - большая дальность стрельбы; - простой механизм работы; - можно играть дома и на улице, брать с собой в дорогу; - безопасно, практично, весело, станет хорошим подарком; - играем большой компанией или всей семьей; - водное оружие - отличный вариант для развлечений в парке, на даче. Летняя игрушка водный пистолет принесет радость ребенку, поможет придумать сценарии новых игр. Функционал игрушки: -вода заливается внутрь пистолета; -выстрел производится нажатием на спусковой крючок. Размеры упаковки: 15*2*28 см. Размеры пистолета: 18*2*10 см. Изготовлено из безопасного пластика.</t>
   </si>
   <si>
     <t>1009246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/814/zi42edquktllo4ud4zq1v8upr6grswq8.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 21 см, пакет</t>
   </si>
   <si>
     <t>Замечательная игрушка для летних забав - водный пистолет. Принцип работы: - открутите крышечку, налейте внутрь воду; - прицельтесь и нажмите на спусковой крючок. Игрушка изготовлена из качественного и безопасного полимерного материала. Размеры игрушки: 21*3*15 см. Размеры в упаковке: 18*3*30 см.</t>
   </si>
   <si>
     <t>1009247</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ee/y7ibmao3439ycciy268e6a0ypgzj2s4v.jpg</t>
+  </si>
+  <si>
+    <t>1009248</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/883/aon0duapf8la9jjm2alwvyslrtzodiq6.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет 22см, коробка</t>
+  </si>
+  <si>
+    <t>Водный пистолет - идеальная игрушка для летних забав. Преимущества оружия: - стильный дизайн; - рукоять пистолета удобно ложится в руку; - большая дальность стрельбы; - простой механизм работы; - можно играть дома и на улице, брать с собой в дорогу; - безопасно, практично, весело, станет хорошим подарком; - играем большой компанией или всей семьей; - водное оружие - отличный вариант для развлечений в парке, на даче. Летняя игрушка водный пистолет принесет радость ребенку, поможет придумать сценарии новых игр. Функционал игрушки: -вода заливается внутрь пистолета; -выстрел производится нажатием на спусковой крючок. Размеры упаковки: 23*4*17 см. Размеры пистолета: 22*3*14 см. Изготовлено из качественного полимерного материала.</t>
+  </si>
+  <si>
+    <t>1009249</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5a1/8eiyaz1b3e7943idq9h22eelg4yflqtx.jpg</t>
   </si>
   <si>
-    <t>Водный пистолет 22см, коробка</t>
-[...4 lines deleted...]
-  <si>
     <t>1009250</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c3c/aqsqt2rrz96ky6unrcik8nj41ypni37t.jpg</t>
+    <t>http://anytos.ru//upload/iblock/e95/sufg4zb2yddceot93mt9q1juwqf4cs6d.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 29см 200мл, коробка</t>
   </si>
   <si>
     <t>Принцип работы: - откройте заглушку, налейте воду в специальный отсек; - передергивайте ручку под стволом, бластер будет выпускать струи воды. Большая дальность стрельбы. Размеры бластера: 29*7*14 см. Размеры коробки: 28*4*19 см. полимер</t>
-  </si>
-[...4 lines deleted...]
-    <t>http://anytos.ru//upload/iblock/e95/sufg4zb2yddceot93mt9q1juwqf4cs6d.jpg</t>
   </si>
   <si>
     <t>1009254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e8/9vb8edudv1onuith73tb2qtsyaq4ib07.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 29см 500мл</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела нажимаем на спусковой крючок, оружие выстрелит водой.&lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 500 мл.&lt;br /&gt;
  Дальность выстрела 5-7 метров.&lt;br /&gt;
  Размер оружия 29х8х16 см.&lt;br /&gt;
  Размер упаковки 20х8х37 см.</t>
   </si>
   <si>
     <t>1009255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fa/we28dp08wc01tzgpt551h8aj5k2j0yw5.jpg</t>
   </si>
@@ -2927,84 +3314,114 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a6e/zgfmcj0f595j5ntma149f5nuu1qsplz6.jpg</t>
   </si>
   <si>
     <t>1009265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e98/lkeojliimfyxya2ylghmjetpdgnon5bx.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 33см 350мл</t>
   </si>
   <si>
     <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передергиваем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой. &lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Объем резервуара 350 мл.&lt;br /&gt;
  Дальность выстрела от 7 до 10 метров.&lt;br /&gt;
  Размер оружия 33х8х21 см.&lt;br /&gt;
  Размер упаковки 22х8х43 см.</t>
   </si>
   <si>
     <t>1009266</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/85f/bieospuaysue2jbqtcsoxoprem4vd85u.jpg</t>
+  </si>
+  <si>
+    <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передергиваем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой. &lt;br /&gt;
+ &lt;br /&gt;
+ Полимер.&lt;br /&gt;
+ Объем резервуара 350 мл.&lt;br /&gt;
+ Дальность выстрела от 7 до 10 см.&lt;br /&gt;
+ Размер оружия 33х8х21 см.&lt;br /&gt;
+ Размер упаковки 22х8х43 см.</t>
+  </si>
+  <si>
+    <t>1009267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f9/uwdsezab5hm602luok9xn5bjcsentq0x.jpg</t>
+  </si>
+  <si>
+    <t>Откручиваем резервуар, наполняем водой. Возвращаем резервуар на место. Для выстрела передергиваем ручку под стволом и нажимаем на спусковой крючок, оружие выстрелит водой. &lt;br /&gt;
+ &lt;br /&gt;
+ Полимер.&lt;br /&gt;
+ Объем резервуара 350 мл.&lt;br /&gt;
+ Дальность выстрела от 5 до 7 метров.&lt;br /&gt;
+ Размер оружия 33х8х21 см.&lt;br /&gt;
+ Размер упаковки 22х8х43 см.</t>
+  </si>
+  <si>
+    <t>1009268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a2/abe0355vbdgpretqugxl1425b33di6w9.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет 34см 350мл, пакет</t>
+  </si>
+  <si>
+    <t>Водный бластер для увлекательных игр: - игрушечное оружие отличается красивым и интересным дизайном; - имеет простой принцип работы; - большая дальность стрельбы; - водный бластер детский - замечательная летняя игрушка. Охлаждает в жару. Принцип работы: - открутите резервуар для воды; - наберите внутрь воду, вставьте резервуар обратно; - несколько раз передерните ручку под стволом; - прицельтесь и нажмите на спусковой крючок. Объем: 350 мл. Материал: полимер. Дальность стрельбы: 8 метров. Размеры игрушки: 34*7*14 см. Размеры в упаковке: 19*7*41 см.</t>
+  </si>
+  <si>
+    <t>1009270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fad/xaxvzo2alm5iet1y2xd2q54cwgxa0lrp.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет 34см 450мл, пакет</t>
+  </si>
+  <si>
+    <t>Водный пистолет для увлекательных игр. Игрушечное оружие отличается красивым и интересным дизайном. Игрушка водяной пистолет с простым принципом работы, большая дальность стрельбы. Пистолет водный детский замечательная летняя игрушка. Охлаждает в жару. Снимите отсек для воды, наберите внутрь воду. Вкрутите отсек обратно, нажмите на спусковой крючок. Объем 450 мл. Полимер. Размеры игрушки 34х6х16 см. Размеры в упаковке 20х6х40 см.</t>
+  </si>
+  <si>
+    <t>1009271</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/719/bufl1rqu66j63t909qca3s28ziovb0ve.jpg</t>
   </si>
   <si>
-    <t>Водный пистолет 34см 450мл, пакет</t>
-[...4 lines deleted...]
-  <si>
     <t>1009272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5b/12ukl4qp9fdwhmpw1d1t8rhuzo8fxvg5.jpg</t>
   </si>
   <si>
     <t>1009273</t>
-  </si>
-[...16 lines deleted...]
-    <t>1009276</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98b/dkg7pl3tntw0y41p4ysvop2yj5jnl0x3.jpg</t>
   </si>
   <si>
     <t>Водный пистолет 35см 400мл, пакет</t>
   </si>
   <si>
     <t>Водный пистолет в красивом и интересном дизайне. &lt;br /&gt;
  Игрушечное оружие с большой дальностью стрельбы, простым принципом работы, рукоять водяного пистолета удобно ложится в ладонь.&lt;br /&gt;
  Водяной пистолет изготовлен из прочных и долговечных материалов.&lt;br /&gt;
  Пистолет водный детский замечательная летняя игрушка, охлаждает в жару.&lt;br /&gt;
  Водяной пистолет для игр дома и на улице, можно брать с собой в дорогу, отличный вариант для развлечений в парке, на даче.&lt;br /&gt;
  Безопасно, практично, весело, станет хорошим подарком для мальчиков и девочек на Новый год и День рождения.&lt;br /&gt;
  Летняя игрушка водный пистолет принесет радость ребенку.&lt;br /&gt;
  Принцип работы.&lt;br /&gt;
  1. Открутите крышку, наполните резервуар водой, прикрутите крышку обратно.&lt;br /&gt;
  2. Передерните ручку под стволом, нажмите на спусковой крючок.&lt;br /&gt;
  &lt;br /&gt;
  Объем 400 мл.&lt;br /&gt;
  Игрушечное водное оружие изготовлено из полимера.&lt;br /&gt;
  Размеры игрушки 35х7х18 см.&lt;br /&gt;
  Размеры в упаковке 23х7х42 см.</t>
   </si>
   <si>
@@ -3192,156 +3609,412 @@
  Объем резервуара для воды 900 мл.&lt;br /&gt;
  Размер упаковки 28х5х86 см.</t>
   </si>
   <si>
     <t>1009301</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f68/3k77cjbgakzvcytztkq328eh29t8s0ru.jpg</t>
   </si>
   <si>
     <t>1009302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/575/3mm3io727koku606jt54jimsujb8fxc8.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Акула,16х12см 80мл, блистер</t>
   </si>
   <si>
     <t>Водяной пистолет - идеальная игрушка для летних забав: - красивый дизайн; - простой механизм работы игрушечного оружия; - рукоять пистолета удобно ложится в руку; - большая дальность стрельбы; - можно играть дома и на улице, брать с собой в дорогу; - безопасно, практично, весело, станет хорошим подарком; - играем большой компанией или всей семьей; - водное оружие - отличный вариант для развлечений в парке, на даче. Летняя игрушка водный пистолет принесет радость ребенку, поможет придумать сценарии новых игр. Принцип работы: - откручиваем резервуар для воды, наливаем туда воду; - вставляем резервуар обратно; - прицеливаемся и нажимаем на спусковой крючок. Материал: полимер. Объем: 80 мл. Размеры пистолета: 16*6*12 см. Размеры в упаковке: 17*6*24 см.</t>
   </si>
   <si>
     <t>1009303</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a8/1iznly0pjdeuueytehjsgv9bnc2ymxfn.jpg</t>
+  </si>
+  <si>
+    <t>Водный пистолет Единорог 20х10см 75мл, блистер</t>
+  </si>
+  <si>
+    <t>Водный пистолет - идеальная игрушка для летних забав. Преимущества оружия: - стильный дизайн; - рукоять пистолета удобно ложится в руку; - большая дальность стрельбы; - простой механизм работы; - можно играть дома и на улице, брать с собой в дорогу; - безопасно, практично, весело, станет хорошим подарком; - играем большой компанией или всей семьей; - водное оружие - отличный вариант для развлечений в парке, на даче. Летняя игрушка водный пистолет принесет радость ребенку, поможет придумать сценарии новых игр. Функционал игрушки: -пистолет заряжается отводом рычага; -выстрел производится возвратом рычага. Размеры упаковки: 22*7*15 см. Размеры пистолета: 20*6*10 см. Изготовлено из безопасного пластика. Объем 75 мл.</t>
+  </si>
+  <si>
+    <t>1009304</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/591/xs4nd02r40kj76gbi2w9vrd8fekqhe77.jpg</t>
   </si>
   <si>
     <t>Водный пистолет Единорог,15х14см 125мл, блистер</t>
   </si>
   <si>
     <t>Вы только посмотрите на этот стильный и невероятно крутой водяной пистолет. У него большой резервуар для воды, удобный спусковой механизм, большая дальность стрельбы и легкий вес. Принцип работы игрушки: - залейте воду в снимающийся резервуар для воды; - прицельтесь и нажмите на спусковой крючок. Игрушка отлично развивает меткость, ловкость, сноровку, координацию движений и мелкую моторику рук. С такой игрушкой ребенок обязательно станет победителем водных сражений. Функционал игрушки: -выстрел производится нажатием на спусковой крючок; -вода наливается в специальный отсек; -отсек с водой скручивается. Размеры упаковки: 17*4*24 см. Размеры пистолета: 14*4*15 см. Изготовлено из безопасного пластика. Объём 125 мл.</t>
   </si>
   <si>
     <t>1009305</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b5/8pgxsphopmcezxn9typnzn8wul3zm76h.jpg</t>
+    <t>http://anytos.ru//upload/iblock/e38/p97ivnk1socc3ptl0u5ruybo8do9i97u.jpg</t>
   </si>
   <si>
     <t>Водяная пушка 38 см.</t>
   </si>
   <si>
-    <t>Водяная пушка - потрясающая игрушка для каждого ребенка. Простота использования, яркий дизайн, большая дальность стрельбы. Разнообразит сюжетно-ролевые игры. Принцип работы: - наберите в емкость воду; - опустите один конец игрушки в воду, выдвиньте второй конец, вода наберется внутрь; - прицельтесь, опустите ручку, пушка выстрелит водой. Игрушка представлена в ассортименте.  Игрушка изготовлена из качественного и безопасного полимерного материала. Размеры игрушки: 38*5*5 см. Длина в выдвинутом состоянии: 63 см. Размеры коробки: 27*14*27 см.</t>
-[...7 lines deleted...]
-  <si>
     <t>Водяная пушка - потрясающая игрушка для каждого ребенка. Простота использования, яркий дизайн, большая дальность стрельбы. Разнообразит сюжетно-ролевые игры. Принцип работы: - наберите в емкость воду; - опустите один конец игрушки в воду, выдвиньте второй конец, вода наберется внутрь; - прицельтесь, опустите ручку, пушка выстрелит водой. Игрушка представлена в ассортименте. Игрушка изготовлена из качественного и безопасного полимерного материала. Размеры игрушки: 38*5*5 см. Длина в выдвинутом состоянии: 63 см. Размеры коробки: 27*14*27 см.</t>
   </si>
   <si>
     <t>1009307</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f7/pl0d77itltc8xu4s5997mutlz494auh3.jpg</t>
-[...11 lines deleted...]
-    <t>Набор лук и стрелы, коробка</t>
+    <t>http://anytos.ru//upload/iblock/5d9/ofghxilb5oo6ss08nvbtsi4f006x9e09.jpg</t>
+  </si>
+  <si>
+    <t>Арбалет, коробка</t>
+  </si>
+  <si>
+    <t>Арбалет со стрелами для увлекательных сюжетных игр.&lt;br /&gt;
+ Игрушка арбалет имеет очень простой принцип работы, удобно ложится в руки.&lt;br /&gt;
+ Игрушечный арбалет изготовлен из прочных и долговечных материалов, прослужит много лет.&lt;br /&gt;
+ Привлекательный дизайн, красивая подарочная упаковка.&lt;br /&gt;
+ В комплекте пистолет, арбалетная насадка, очки, 3 стрелы, мишень.&lt;br /&gt;
+ Вставьте арбалетную насадку в пистолет, натяните и зафиксируйте тетиву, как показано на фото.&lt;br /&gt;
+ Вставьте стрелу в паз арбалета присоской от себя. Нажмите на спусковой крючок.&lt;br /&gt;
+ Стрела полетит вперед.&lt;br /&gt;
+ У мишени двигается центральная часть в виде мишени с очками.&lt;br /&gt;
+ Из коробки можно вырезать большую мишень.&lt;br /&gt;
+ &lt;br /&gt;
+ Полимер.&lt;br /&gt;
+ Размеры пистолета с арбалетной насадкой 38х36х17 см.&lt;br /&gt;
+ Размеры одного пистолета 37х3х17 см.&lt;br /&gt;
+ Размеры насадки 36х8х8 см.&lt;br /&gt;
+ Размеры стрелы 2х36 см.&lt;br /&gt;
+ Размеры очков в разложенном виде 14х11х5 см.&lt;br /&gt;
+ Размеры мишени 15х3х16 см.&lt;br /&gt;
+ Размеры коробки 37х7х20 см.</t>
+  </si>
+  <si>
+    <t>1009371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/33swyhz74qeoqe27xja4r7e68t43rm6l.jpg</t>
+  </si>
+  <si>
+    <t>Набор лук и стрелы</t>
   </si>
   <si>
     <t>Игровой набор с луком и безопасными стрелами. Развивающая детская игрушка с очень простым принципом работы, оформлена в стильном дизайне. &lt;br /&gt;
  Набор лук и стрелы изготовлен из прочных и долговечных материалов.&lt;br /&gt;
  Лук детский комфортно ложится в руки, подходит для ребят разного возраста.&lt;br /&gt;
  Детский набор лук со стрелами, это замечательная игрушка для дома и улицы.&lt;br /&gt;
  Детский игровой набор лук со стрелами станет прекрасным подарком на Новый год и День рождения.&lt;br /&gt;
  Увлекательное и полезное занятие для девочек и мальчиков стрельба из лука поможет поддерживать хорошую физическую форму, разнообразит активные игры на свежем воздухе.&lt;br /&gt;
- В комплекте лук, 3 стрелы на присосках, колчан.&lt;br /&gt;
-[...4 lines deleted...]
- Стрела с присоской крепится к поверхности. &lt;br /&gt;
+ В наборе лук и 3 стрелы.&lt;br /&gt;
+ У стрел наконечники с присосками, закрепляются на поверхностях. &lt;br /&gt;
+ Принцип работы: вставьте стрелу в лук. Тетива должна проходить по центру выемки наконечника, присоской от себя. Натяните тетиву со стрелой, прицельтесь, отпустите тетиву.&lt;br /&gt;
  &lt;br /&gt;
+ 4 предмета.&lt;br /&gt;
  Полимер.&lt;br /&gt;
- Размеры лука 18х3х55 см.&lt;br /&gt;
-[...6 lines deleted...]
-    <t>1009373</t>
+ Размер лука 10х2х54 см.&lt;br /&gt;
+ Размер стрелы 3х3х41 см. &lt;br /&gt;
+ Размер упаковки 17х4х58 см</t>
+  </si>
+  <si>
+    <t>1009372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b4/j60yc6v06sp26ioiozos39j5hh1ar77f.jpg</t>
+  </si>
+  <si>
+    <t>Набор лук и стрелы, коробка</t>
   </si>
   <si>
     <t>Игровой набор с луком и безопасными стрелами. Развивающая детская игрушка с очень простым принципом работы, оформлена в стильном дизайне. &lt;br /&gt;
  Набор лук и стрелы изготовлен из прочных и долговечных материалов.&lt;br /&gt;
  Лук детский комфортно ложится в руки, подходит для ребят разного возраста.&lt;br /&gt;
  Детский набор лук со стрелами, это замечательная игрушка для дома и улицы.&lt;br /&gt;
  Детский игровой набор лук со стрелами станет прекрасным подарком на Новый год и День рождения.&lt;br /&gt;
  Увлекательное и полезное занятие для девочек и мальчиков стрельба из лука поможет поддерживать хорошую физическую форму, разнообразит активные игры на свежем воздухе.&lt;br /&gt;
  В комплекте лук, 3 стрелы на присосках.&lt;br /&gt;
  Принцип работы.&lt;br /&gt;
  1. Вставьте стрелу в отверстие лука присоской от себя. Разделение наконечника должно проходить четко по тетиве.&lt;br /&gt;
  2. Оттяните тетиву, отпустите.&lt;br /&gt;
  Стрелы с присосками крепятся к поверхностям. &lt;br /&gt;
  &lt;br /&gt;
  Полимер.&lt;br /&gt;
  Размеры лука 12х3х59 см.&lt;br /&gt;
  Размеры стрелы 47х4 см.&lt;br /&gt;
  Размеры коробки 11х5х48 см.</t>
   </si>
   <si>
     <t>1009374</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e1e/n606cbp3vs13fc13w7x7vlug7hc1yirg.jpg</t>
-[...8 lines deleted...]
-    <t>1009375</t>
+    <t>http://anytos.ru//upload/iblock/3e3/wlkymz44tq8f99xtjgfcq1fau93w03zi.jpg</t>
+  </si>
+  <si>
+    <t>Набор лук и стрелы с мишенью, пак.</t>
+  </si>
+  <si>
+    <t>Детский лук и стрелы с присосками станут замечательным подарком детям на Новый год, День рождения или любой другой повод.&lt;br /&gt;
+ Игровой набор оружия со стрелами выполнен в реалистичном дизайне и яркой расцветке, простота использования и качественные и долговечные материалы.&lt;br /&gt;
+ В комплекте спортивный детский лук, 3 стрелы на присосках, мишень.&lt;br /&gt;
+ Колчан для стрел вмещает все стрелы, входящие в набор. Есть зажим, можно прикрепить колчан к поясу, ремню.&lt;br /&gt;
+ Принцип работы.&lt;br /&gt;
+ 1. Вставьте стрелу в отверстие лука присоской от себя.&lt;br /&gt;
+ 2. Разделение наконечника должно проходить четко по тетиве.&lt;br /&gt;
+ 3. Оттяните тетиву, отпустите.&lt;br /&gt;
+ Стрела с присоской крепится к поверхностям. Мишень можно повесить на стену, есть отверстие для гвоздика.&lt;br /&gt;
+ &lt;br /&gt;
+ Полимер.&lt;br /&gt;
+ Размер лука 19х4х56 см.&lt;br /&gt;
+ Размер стрелы 46х3,5 см.&lt;br /&gt;
+ Диаметр мишени 22 см.&lt;br /&gt;
+ Размер в упаковке 24,5х5х64 см.&lt;br /&gt;
+ Ассортимент.</t>
+  </si>
+  <si>
+    <t>1009376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c8/zfts8b51edsxzmmfornvahefj4roxh0y.jpg</t>
+  </si>
+  <si>
+    <t>Детский лук и стрелы с присосками станут замечательным подарком детям на Новый год, День рождения или любой другой повод.&lt;br /&gt;
+ Игровой набор оружия со стрелами выполнен в реалистичном дизайне и яркой расцветке, простота использования и качественные и долговечные материалы.&lt;br /&gt;
+ В комплекте спортивный детский лук, 3 стрелы на присосках, мишень.&lt;br /&gt;
+ Колчан для стрел вмещает все стрелы, входящие в набор. Есть зажим, можно прикрепить колчан к поясу, ремню.&lt;br /&gt;
+ Принцип работы.&lt;br /&gt;
+ 1. Вставьте стрелу в отверстие лука присоской от себя.&lt;br /&gt;
+ 2. Разделение наконечника должно проходить четко по тетиве.&lt;br /&gt;
+ 3. Оттяните тетиву, отпустите.&lt;br /&gt;
+ Стрела с присоской крепится к поверхностям. Мишень можно повесить на стену, есть отверстие для гвоздика.&lt;br /&gt;
+ &lt;br /&gt;
+ Полимер.&lt;br /&gt;
+ Размер лука 19х4х56 см.&lt;br /&gt;
+ Размер стрелы 46х3,5 см.&lt;br /&gt;
+ Диаметр мишени 22 см.&lt;br /&gt;
+ Размер в упаковке 24,5х5х64 см.</t>
+  </si>
+  <si>
+    <t>1009377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71a/ju27ma2bhwycix1qk7n6sgclrrxqvzj4.jpg</t>
+  </si>
+  <si>
+    <t>Пистолет с мягкими снарядами</t>
+  </si>
+  <si>
+    <t>Ракетки с шариками для увлекательных сюжетно-ролевых игр. В комплект входят 2 ракетки, 2 шарика. Принцип работы: - бросаем мячик в ракетку, нажимаем на ручку, шарик выстреливает; - ловим шарики с помощью ракеток. Ракетки разбираются. Материал: полимер. Размеры ракетки: 11*18 см. Диаметр шарика: 3 см. Размеры в упаковке: 14*11*19 см.</t>
+  </si>
+  <si>
+    <t>1009378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/iomks2otmpsqpm4yxf8dm3izitgvzxcc.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка Меч со световыми и звуковыми эффектами, в ассортименте</t>
+  </si>
+  <si>
+    <t>Игрушка Меч со световыми и звуковыми эффектами, батарейки АА*3шт. не входят в комплект, пакет, в ассортименте</t>
+  </si>
+  <si>
+    <t>1012909</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a00/yc308hc2yipl30pwg028w19idt9fqrfd.jpg</t>
+  </si>
+  <si>
+    <t>Автомат водяной электрофицированный 7.4V</t>
+  </si>
+  <si>
+    <t>1012927</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bd/3fdsw2htapoltkjgfpvywzynhlbw3y08.jpg</t>
+  </si>
+  <si>
+    <t>Бластер водяной 18 см, в ассортименте</t>
+  </si>
+  <si>
+    <t>1012928</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffd/dzbfnhljg919kxuj76p17efwarkaooik.jpg</t>
+  </si>
+  <si>
+    <t>Бластер водяной 48 см., 900 мл., в ассортименте с хедером</t>
+  </si>
+  <si>
+    <t>Бластер водяной 48 см., 900 мл., в ассортименте, пакет с хедером</t>
+  </si>
+  <si>
+    <t>1012929</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/911/vxogrbadr7auqob2g1g7sd4apc8u6i0m.jpg</t>
+  </si>
+  <si>
+    <t>Бластер водяной электрофицированный 3,7V</t>
+  </si>
+  <si>
+    <t>1012930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d0/932mkyu81tgq7nztcylffeafyqlwl01i.jpg</t>
+  </si>
+  <si>
+    <t>Бластер водяной электрофицированный 3.7V</t>
+  </si>
+  <si>
+    <t>1012931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/yckilaq4nc4f08k0vfk7z5siujuidfu9.jpg</t>
+  </si>
+  <si>
+    <t>Бластер-автомат водяной 53 см. красный, 500 мл с хедером</t>
+  </si>
+  <si>
+    <t>Бластер-автомат водяной 53 см. красный, 500 мл, пакет с хедером</t>
+  </si>
+  <si>
+    <t>1012932</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0c/oldfuicfs1r0urow53i8iq1uzmyy1gar.jpg</t>
+  </si>
+  <si>
+    <t>Бластер-автомат водяной 53 см. синий, 500 мл. с хедером</t>
+  </si>
+  <si>
+    <t>Бластер-автомат водяной 53 см. синий, 500 мл., пакет с хедером</t>
+  </si>
+  <si>
+    <t>1012933</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/982/91k64cvmoslhtqqp3himwrsxbmpz55j5.jpg</t>
+  </si>
+  <si>
+    <t>Бластер-пулем т водяной  quot;Акула quot; большой 69 см., 1 500 мл. в ассортименте РР с хедером</t>
+  </si>
+  <si>
+    <t>Бластер-пулемёт водяной &amp;quot;Акула&amp;quot; большой 69 см., 1 500 мл. в ассортименте, пакет РР с хедером</t>
+  </si>
+  <si>
+    <t>1012934</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/714/1fphq29qffmfsj7z6g11ichy1g8j0u6o.jpg</t>
+  </si>
+  <si>
+    <t>Бластер-пулем т водяной большой 61 см., 1 200 мл. в ассортименте РР с хедером</t>
+  </si>
+  <si>
+    <t>Бластер-пулемёт водяной большой 61 см., 1 200 мл. в ассортименте, пакет РР с хедером</t>
+  </si>
+  <si>
+    <t>1012935</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/613/wmk62dh6tdk5sbdbmlpac0il6t94bebe.jpg</t>
+  </si>
+  <si>
+    <t>Бластер-пулем т водяной большой 69 см., 1 400 мл. в ассортименте РР с хедером</t>
+  </si>
+  <si>
+    <t>Бластер-пулемёт водяной большой 69 см., 1 400 мл. в ассортименте, пакет РР с хедером</t>
+  </si>
+  <si>
+    <t>1012936</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff5/m08z2t9sehcgwktbr94ss43czt6uw3uo.jpg</t>
+  </si>
+  <si>
+    <t>Пистолет-бластер водяной 37 см., 600 мл., в ассортименте с хедером</t>
+  </si>
+  <si>
+    <t>Пистолет-бластер водяной 37 см., 600 мл., в ассортименте, пакет с хедером</t>
+  </si>
+  <si>
+    <t>1012937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f63/3d89lnejvz6zxxk8ubjdym1wcyc4080g.jpg</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте мягкие пули 3шт., держатели для пуль</t>
+  </si>
+  <si>
+    <t>Бластер, в комплекте мягкие пули 3шт., держатели для пуль, пакет</t>
+  </si>
+  <si>
+    <t>1013242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a43/cvmx1bspv5zvhcgif36zjdlg60hscne0.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор Стрелок, в комплекте: пистолет, м пули 3шт., мишени 4шт., в ассортименте</t>
+  </si>
+  <si>
+    <t>Игровой набор Стрелок, в комплекте: пистолет, м/пули 3шт., мишени 4шт., блистер, в ассортименте</t>
+  </si>
+  <si>
+    <t>1013244</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11a/73mh5c7rj1gt3a2fhx3j1wi8yvp1ufo1.jpg</t>
+  </si>
+  <si>
+    <t>Револьвер механический с мягкими пулями, в комплекте мягкие пули 8шт.</t>
+  </si>
+  <si>
+    <t>Револьвер механический с мягкими пулями, в комплекте мягкие пули 8шт., пакет</t>
+  </si>
+  <si>
+    <t>1013245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b33/qh782yu19jcczz6z334pmhej9vcq8n0r.png</t>
+  </si>
+  <si>
+    <t>Игровой набор оружия и аксессуар.  Полиция , РАС 53х17,5х3 см, арт. 700-29</t>
+  </si>
+  <si>
+    <t>Юный герой готов к настоящей полицейской операции с игровым набором оружия и аксессуаров «Полиция»! Этот комплект создан для захватывающих сюжетных игр и поможет ребёнку почувствовать себя настоящим защитником правопорядка. В набор входят автомат, мягкие патроны и пули, очки, наручники, мишень и рация — всё, чтобы разыграть миссию по поимке преступников и защитить мирных граждан. Игрушки выполнены из прочного пластика с безопасными краями. Лёгкие и удобные детали подходят для детских рук. Очки и наручники добавляют реалистичности, развивают воображение и позволяют погрузиться в игру с головой. Мягкие пули и мишень сделают игру безопасной и увлекательной даже дома. Размер упаковки — 53?17,5?3 см. Рекомендовано детям от 3 лет. Набор способствует развитию координации, логики и коммуникативных навыков. Прекрасный подарок для активных мальчишек, мечтающих стать героями. Собери полную коллекцию полицейских комплектов и устраивай командные операции!</t>
+  </si>
+  <si>
+    <t>1017240</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3668,6339 +4341,7774 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I277"/>
+  <dimension ref="A1:L339"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G277" sqref="G277"/>
+      <selection pane="bottomRight" activeCell="F339" sqref="F339"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G11" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F12" s="3" t="s">
+      <c r="G14" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G12" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="G18" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...242 lines deleted...]
-      </c>
       <c r="G24" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>129</v>
+        <v>46</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>95</v>
+        <v>140</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>41</v>
+        <v>142</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>145</v>
+        <v>102</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B44" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>167</v>
+        <v>41</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>41</v>
+        <v>176</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>186</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>129</v>
+        <v>181</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>129</v>
+        <v>223</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>226</v>
+        <v>142</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...51 lines deleted...]
-      <c r="F63" s="3" t="s">
+      <c r="C69" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F70" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G63" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F64" s="3" t="s">
+      <c r="G70" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F71" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G64" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F65" s="3" t="s">
+      <c r="G71" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G65" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F66" s="3" t="s">
+      <c r="G72" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F73" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G66" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F67" s="3" t="s">
+      <c r="G73" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F74" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G67" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F68" s="3" t="s">
+      <c r="G74" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F75" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G68" s="3" t="s">
-[...159 lines deleted...]
-      </c>
       <c r="G75" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>263</v>
+        <v>181</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>263</v>
+        <v>176</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>263</v>
+        <v>181</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>88</v>
+        <v>327</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>88</v>
+        <v>327</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G86" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>88</v>
+        <v>327</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>88</v>
+        <v>327</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B105" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="B106" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="B107" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F107" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>408</v>
-      </c>
-[...27 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>448</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>454</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>456</v>
-      </c>
-[...7 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>464</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>469</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>471</v>
-      </c>
-[...7 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>480</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>487</v>
-      </c>
-[...4 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>492</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>495</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>498</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>499</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>500</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>501</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>502</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>503</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>504</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>269</v>
+        <v>505</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>270</v>
+        <v>506</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B138" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>263</v>
+        <v>41</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>533</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="C143" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="B144" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="C144" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="C145" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="B146" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="C146" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="C147" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="C148" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="C149" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="C150" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>568</v>
-      </c>
-[...21 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B152" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C152" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F152" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C153" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="C154" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="F154" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="B155" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="C155" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B157" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C157" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="C158" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F159" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B160" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="F160" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C161" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="F161" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F159" s="3" t="s">
+      <c r="B162" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="G159" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="C162" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="B163" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="C163" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="B164" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="C164" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="B165" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="F162" s="3" t="s">
+      <c r="C165" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="F169" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G162" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F163" s="3" t="s">
+      <c r="G169" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="F188" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G163" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F164" s="3" t="s">
+      <c r="G188" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="F189" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G164" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F165" s="3" t="s">
+      <c r="G189" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F190" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G165" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F166" s="3" t="s">
+      <c r="G190" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F191" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G166" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F167" s="3" t="s">
+      <c r="G191" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F192" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G167" s="3" t="s">
-[...453 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="G192" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C188" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>728</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="F193" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="B189" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="G193" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="B194" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C190" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="F194" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B191" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="C195" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="B192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C192" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C196" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="B193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C193" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="F196" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B194" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="C197" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="B195" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="B196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C196" s="1" t="s">
+      <c r="C198" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B197" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="B199" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="F199" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="G199" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C199" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="F200" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="G200" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C201" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F201" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>765</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>129</v>
+        <v>46</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>129</v>
+        <v>753</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>753</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>753</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>723</v>
+        <v>779</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>129</v>
+        <v>729</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>723</v>
+        <v>783</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>724</v>
+        <v>784</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>129</v>
+        <v>786</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>723</v>
+        <v>788</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>723</v>
+        <v>792</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>723</v>
+        <v>796</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>723</v>
+        <v>800</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>790</v>
+        <v>801</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>791</v>
+        <v>802</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>792</v>
+        <v>803</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>723</v>
+        <v>804</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>723</v>
+        <v>808</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>723</v>
+        <v>812</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>800</v>
+        <v>814</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>129</v>
+        <v>176</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>801</v>
+        <v>815</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>723</v>
+        <v>816</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>802</v>
+        <v>817</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>803</v>
+        <v>818</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>129</v>
+        <v>176</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>723</v>
+        <v>820</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>805</v>
+        <v>821</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>806</v>
+        <v>822</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>129</v>
+        <v>181</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>807</v>
+        <v>823</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>723</v>
+        <v>820</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>808</v>
+        <v>825</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>129</v>
+        <v>181</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>809</v>
+        <v>826</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>723</v>
+        <v>183</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>810</v>
+        <v>827</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>811</v>
+        <v>828</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>129</v>
+        <v>176</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>813</v>
+        <v>830</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>815</v>
+        <v>832</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>813</v>
+        <v>833</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>816</v>
+        <v>834</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>817</v>
+        <v>835</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>819</v>
+        <v>836</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>820</v>
+        <v>837</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>825</v>
+        <v>841</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>826</v>
+        <v>842</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>827</v>
+        <v>843</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>829</v>
+        <v>845</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>723</v>
+        <v>220</v>
       </c>
       <c r="C225" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C243" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...412 lines deleted...]
-      </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>885</v>
+        <v>220</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>886</v>
+        <v>898</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>885</v>
+        <v>220</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>893</v>
+        <v>220</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>897</v>
+        <v>220</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>897</v>
+        <v>220</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>898</v>
+        <v>910</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>903</v>
+        <v>220</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>907</v>
+        <v>220</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>907</v>
+        <v>220</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>913</v>
+        <v>220</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>913</v>
+        <v>220</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>919</v>
+        <v>220</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>919</v>
+        <v>220</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>925</v>
+        <v>220</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>929</v>
+        <v>220</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>929</v>
+        <v>220</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>935</v>
+        <v>220</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>935</v>
+        <v>220</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>941</v>
+        <v>220</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>945</v>
+        <v>220</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>949</v>
+        <v>220</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>953</v>
+        <v>220</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>955</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>956</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>953</v>
+        <v>220</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>957</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
         <v>958</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>961</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
         <v>962</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>963</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
         <v>964</v>
       </c>
       <c r="B268" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="B269" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="B269" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>969</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
         <v>970</v>
       </c>
       <c r="B270" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B271" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="B272" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>975</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="B273" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="C273" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="D273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="C272" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="B274" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>981</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="B273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C273" s="1" t="s">
+      <c r="B275" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="F275" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="B276" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C276" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="B274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C274" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>986</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F276" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="D277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="F277" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="B278" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>992</v>
       </c>
-      <c r="B276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C276" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="B279" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="B280" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>998</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="F280" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F336" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F339" s="3" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">