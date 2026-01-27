--- v0 (2025-10-29)
+++ v1 (2026-01-27)
@@ -12,767 +12,742 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2499">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88c/wapwuum3x23j1d243t53x1pc0z827fe2.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Lamborghini Aventador LP700-4 Roadster, цвет зеленый</t>
   </si>
   <si>
     <t>Лицензионная модель автомобиля в реальном масштабе. Модель выполнена из металла, имеет инерционный механизм и открываемые передние двери, прорезиненные колёса.</t>
   </si>
   <si>
     <t>Машинки детские</t>
   </si>
   <si>
     <t>343055</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5f5/e9xqgarsvzdj2dg5ucu3j91030q882g4.jpg</t>
-[...8 lines deleted...]
-    <t>411617</t>
+    <t>http://anytos.ru//upload/iblock/5ec/dqn7k07hoxb88ga8vqn34qdnmjflmqta.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Мастер quot;, трактор-экскаватор</t>
+  </si>
+  <si>
+    <t>Трактор-экскаватор «Мастер» - незаменимая машинка для веселых игр в песочнице. Игрушка оснащена ковшиком, с помощью которого можно рыть в песке настоящие каналы и котлованы. А с грузовыми работами легко управится погрузочный щит. В кабинку трактора можно посадить «шофера» - любую маленькую фигурку. Колеса трактора крутятся, они оснащены надежными шинами.</t>
+  </si>
+  <si>
+    <t>472590</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/polese/"&gt;Полесье&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c4/uk6hd6c27f5ipeppq2gm5brs3n752yu8.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка  quot;Трамвай quot;</t>
+  </si>
+  <si>
+    <t>Настоящая находка для каждого маленького любителя городского транспорта - реалистичная модель трамвая. Особенности игрушки: - прозрачные стекла, через которые виден салон трамвая; - катается вперед-назад; - вращая элементы над дверками, можно открывать дверки; - пантограф поднимается и складывается; - соединение сегментов в областях гармошки гибкое, может поворачивать; - большой салон, можно поместить внутрь маленькие фигурки зверушек и куколок; - высокий уровень детализации; - красивый и стильный дизайн; - отличное качество исполнения. С такой игрушкой ребенок представит себя водителем трамвая, будет составлять маршруты и перевозить пассажиров, больше узнает о работе городского транспорта. Игрушка развивает: - мелкую моторику рук и координацию движений; - воображение; - зрительное восприятие; - тактильные навыки. Обязательно дополните автопарк ребенка такой красивой и интересной игрушкой. Игрушка изготовлена из высококачественной и безопасной пластмассы. Размеры игрушки: 47*6*9 см. Размеры коробки: 53*8*15</t>
+  </si>
+  <si>
+    <t>552053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/443/443825183ca9e78f4859849c2e2cd52d/7bcc49711e7e7410fc3a9d9094668f74.jpg</t>
+  </si>
+  <si>
+    <t>Самосвал Муравей 3102</t>
+  </si>
+  <si>
+    <t>290887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/238/2385c5f997410282f977d0497d21301c/9858dc195b75ce22dba9b048defc231b.jpg</t>
+  </si>
+  <si>
+    <t>Автомобиль-самосвал Салют 8946</t>
+  </si>
+  <si>
+    <t>290896</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c2/4c24a067e44ccf5ceebc73583681e8d3/07296c045a6bc897f266f8d2ff7de3fe.jpg</t>
+  </si>
+  <si>
+    <t>Автомобиль для перевозки зверей 44204</t>
+  </si>
+  <si>
+    <t>290907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f9/7f9e86b7b8859e3af254ba15dbc796c3/85a84c1fece601fa73dc313d20092ec8.jpg</t>
+  </si>
+  <si>
+    <t>Автомобиль Зубр У430</t>
+  </si>
+  <si>
+    <t>290912</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sovtehstrom/"&gt;Совтехстром&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba9/ba90e3dd212ce2ef2fe8cf2535384b4a/9c9a84dddf49c53aabc2754f4698ce10.jpg</t>
+  </si>
+  <si>
+    <t>Самосвал 3х осный 08810</t>
+  </si>
+  <si>
+    <t>290985</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lena/"&gt;Лена&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46c/46c8b2941281d3985bc60ae1d05eedd4/a8f52102a2ca6d988da979cd0b02ccde.jpg</t>
+  </si>
+  <si>
+    <t>Самосвал карьерный Трак 05250</t>
+  </si>
+  <si>
+    <t>290986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/060/060e8c65a739f5b01cc066b84a711fd0/0f3f34bdf1778ba2b3abd584734ee8e5.jpg</t>
+  </si>
+  <si>
+    <t>Машина Go MINI CREW-Zers на платф., D B10 шт.,4 вида Pace,Flame,Slix,Dash ,арт.0368.</t>
+  </si>
+  <si>
+    <t>Машина Go MINI CREW-Zers на платф., D/B10 шт.,4 вида&amp;#40;Pace,Flame,Slix,Dash&amp;#41;,арт.0368.</t>
+  </si>
+  <si>
+    <t>327294</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e1/jwnd448ju6u2ipfsz7czoi3fx8rsvyo2.png</t>
+  </si>
+  <si>
+    <t>Упр. радио Play Smart Внедорожник ,FullFunc аккум. адапт., BOX 29,8x16,6x15,9 см</t>
+  </si>
+  <si>
+    <t>Ваш малыш будет в восторге от радиоуправляемой машины! Она интересна как сама по себе, так и как элемент, включенный в любую игру. Её можно взять с собой на улицу, играть дома или на отдыхе с родителями. Игрушка понравится как детям, так и взрослым. Взяв в руки пульт управления – каждый попадает в волшебный мир радости и развлечений. Машина на радиоуправлении - это замечательный подарок для ребенка любого возраста!</t>
+  </si>
+  <si>
+    <t>327371</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/play-smart/"&gt;Play Smart&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12d/h1f9q9m9hck6k4ckgsbc5fqxeuvu2jro.png</t>
+  </si>
+  <si>
+    <t>Упр. радио маш.джип внедорожник FullFunc аккум. адапт.,Play Smart quot;Безумные гонки quot;, М1:20, BOX 29,8х1</t>
+  </si>
+  <si>
+    <t>Ваш малыш будет в восторге от радиоуправляемого джипа! Он интересен как сами по себе, так и как элемент, включенный в любую игру. Его можно взять с собой на улицу, играть дома или на отдыхе с родителями. Джип на радиоуправлении имеют большое преимущество – он нравятся как детям, так и взрослым. Взяв в руки пульт управления – каждый попадает в волшебный мир радости и развлечений. Джип на радиоуправлении - это замечательный подарок для ребенка любого возраста!</t>
+  </si>
+  <si>
+    <t>327412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b8/6b89ca08a92da308146f68e63ad30b67/a1b3034ecf40c00ca759df3f87d1c284.jpg</t>
+  </si>
+  <si>
+    <t>Набор инерц.пласт.маш., 6 шт., мультяшн., Box</t>
+  </si>
+  <si>
+    <t>Набор инерц.пласт.маш., 6 шт., мультяшн., Box, арт. 120-17</t>
+  </si>
+  <si>
+    <t>328182</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/130/130921f2d7aa11435dad7485d3625c03/55eb75f88727943146d56f4600d20971.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. маш. пласт. police РАС 26х11х8 см, арт.S100-2.</t>
+  </si>
+  <si>
+    <t>328233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e89/e893373af16c7d4e15b5a81cedfafb79.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Audi R8 GT. Дв.Откр., цв.красн., инерц. 58023</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Audi R8 GT. Дв.Откр., цв.красн., инерц.</t>
+  </si>
+  <si>
+    <t>343046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b69/b699426af989130e0962737998f3671f.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 BMW X6. Дв.Откр., цв.син., инерц. 58012</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 BMW X6. Дв.Откр., цв.син., инерц.</t>
+  </si>
+  <si>
+    <t>343047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/56048d58ee0e071bd0b54a8d8df1ff6e.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Bentley Continental Supersports Convertible ISR. Дв.Откр., цв.сер., инерц. 58011</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Bentley Continental Supersports Convertible ISR. Дв.Откр., цв.сер., инерц.</t>
+  </si>
+  <si>
+    <t>343048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/718/718d17405ffa0d0149bc502978d93451.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Buick Enclave. Дв.Откр., цв.сереб., инерц. 58020</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Buick Enclave. Дв.Откр., цв.сереб., инерц.</t>
+  </si>
+  <si>
+    <t>343049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/326/8ko6qdxjgd07gcsq1kwsmwia2zmq5u8j.png</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Chevrolet Camaro SS</t>
+  </si>
+  <si>
+    <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. &lt;br /&gt;
+ Уменьшенная копия роскошного автомобиля Chevrolet Camaro SS имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, катается вперед-назад. Качество исполнения и детализация салона заслуживают высшей похвалы.&lt;br /&gt;
+ Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук.&lt;br /&gt;
+ Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
+ &lt;br /&gt;
+ Игрушка изготовлена из долговечного и прочного материала - металла.&lt;br /&gt;
+ Масштаб 1:43.&lt;br /&gt;
+ Размеры машинки: 11*5*3,5 см.&lt;br /&gt;
+ Размеры коробки: 14*6,5*13 см.</t>
+  </si>
+  <si>
+    <t>343051</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hoffmann/"&gt;HOFFMANN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/nm9osencezea13492ikq9jqnaujv1v9a.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Hummer H3</t>
+  </si>
+  <si>
+    <t>343053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ad/8ad8e44ffd9aa4ddb8d545e097db28ff.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Lamborghini Gallardo LP560-4. Дв.Откр., цв.зелен., инерц. 58018</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Lamborghini Gallardo LP560-4. Дв.Откр., цв.зелен., инерц.</t>
+  </si>
+  <si>
+    <t>343056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b5/8b5ff49c93bb81a516f2296a3e5148b0.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Lexus LFA. Дв.Откр., цв.красн., инерц. 57999</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Lexus LFA. Дв.Откр., цв.красн., инерц.</t>
+  </si>
+  <si>
+    <t>343057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/161/161e923db7d45795f3b9245820d9c6fa.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:46 BMW 760 LI. Дв.Откр., цв. сереб., инерц. 58008</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:46 BMW 760 LI. Дв.Откр., цв. сереб., инерц.</t>
+  </si>
+  <si>
+    <t>343062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/329/32901a6f27dae2e512221d995c9f3dfb.jpg</t>
+  </si>
+  <si>
+    <t>Танковый бой на р у, -Т34- против -Тигр-, масштаб 1:24, свет звук 47815</t>
+  </si>
+  <si>
+    <t>Танковый бой на р/у, -Т34- против -Тигр-, масштаб 1:24, свет/звук</t>
+  </si>
+  <si>
+    <t>344127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/367/9udxecjj4xaug1ew6zgaz1nh2owl71d9.jpg</t>
+  </si>
+  <si>
+    <t>Танк на р у -Т34-, масштаб 1:24, свет звук 47817</t>
+  </si>
+  <si>
+    <t>От такой игрушки придет в восторг любой фанат бронетехники - мощный и красивый танк готов к захватывающим приключениям и грандиозным битвам.Танк М 1:24. Пушка с инфракрасным излучаетелем. Радиус действия пульта -12 м. Радиус передачи ИК сигнала - 8 м. Время работы 15-20 минут. Время зарядки - 4 часа. Скорость танка - 6 км/ч. Демо режим. Функция автоотключения. Имитация отката при выстреле. Движение танка во все стороны. Поворот башни на 320 градусов. Подъём на наклонную поверхность при угле наклона - до 45 градусов.В комплект входит танк, пульт управления, зарядное устройство.Пульт работает на батарейках АА 2 шт., не входят в комплект, танк работает от аккумулятора 4.8 V.Функционал игрушки:-танк двигается во всех направлениях;-управление каждой гусеницей индивидуальное;-башня поворачивается с пульта;-орудие поднимается и опускается;-пулемётная турель подвижна, люк командира открывается, в него устанавливается командир танка;-при движении горят фары со стороны соответствующей работающей гусеницы;-танк издаёт звуки работы двигателя;-при нажатии кнопки выстрела танк издаёт звук выстрела и имитирует отдачу орудия;-при нажатии кнопки выстрела при повороте башни танка издаёт звук стрельбы пулемёта;-частота работы пульта 27 MHz.Размеры упаковки: 41*19*16 см.Размеры танка: 35*12*12 см.Размеры пульта управления: 11*12*8 см.Изготовлено из пластика.</t>
+  </si>
+  <si>
+    <t>344129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c79/c797dbd32c68e6866d438aa8b576d7e2.jpg</t>
+  </si>
+  <si>
+    <t>Танк на р у -Т90-, масштаб 1:24, свет звук 47819</t>
+  </si>
+  <si>
+    <t>Танк на р/у -Т90-, масштаб 1:24, свет/звук</t>
+  </si>
+  <si>
+    <t>344131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee8/ee85d2c3aaa23353f546a40aec9f0bf8/c6316eae1efa08e8db19484fb7ceaa80.jpg</t>
+  </si>
+  <si>
+    <t>Упр. радио маш.Play Smart BOX 21 18 см. Джип Тарзан   М19276</t>
+  </si>
+  <si>
+    <t>346931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca7/ca7d72062729c6803fc364e52c70f116/836a4ba9b9069faacf9af400bcd017ef.jpg</t>
+  </si>
+  <si>
+    <t>Набор игров.  quot;дорожное движение quot; с инерц. маш. и 6 карточек на знание дор. знаков,РАС 23х15 см,М7175</t>
+  </si>
+  <si>
+    <t>Набор игров. &amp;quot;дорожное движение&amp;quot; с инерц. маш. и 6 карточек на знание дор. знаков,РАС 23х15 см,М7175</t>
+  </si>
+  <si>
+    <t>352861</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/yako/"&gt;YAKO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/317029e5a2d25bb708ed76ab8c45343f/f6100c2553a83d9e5bc01326c3204601.jpg</t>
+  </si>
+  <si>
+    <t>Набор пластмассовый стройка, 8 предметов, PAC 19x29 см, серия МиниМаниЯ, арт. М7475</t>
+  </si>
+  <si>
+    <t>Набор пластм. стройка ,8 предметов, PAC 19x29 см, серия МиниМаниЯ, арт. М7475.</t>
+  </si>
+  <si>
+    <t>356470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2d/f2d656ca56b7a00d36fda5c2dfb505ea/53076624d442dfc7cc1cbd945a0d2ee3.jpg</t>
+  </si>
+  <si>
+    <t>Машинка на радиоуправлении Play Smart BOX 34 24 см. Джип ТурбоСпринт арт. 9000</t>
+  </si>
+  <si>
+    <t>Машинка на радиоуправлении Play Smart BOX 34*24 см. Джип ТурбоСпринт арт. 9000</t>
+  </si>
+  <si>
+    <t>359142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/641/641f35071b5319815dcbaf5bf5c5610b/35d21c9623b1703308c6633c6f70fff1.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия  quot;На земле, В небе, На море quot;, РАС 19?38 см, police, арт.M9076.</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия &amp;quot;На земле, В небе, На море&amp;quot;, РАС 19?38 см, police, арт.M9076.</t>
+  </si>
+  <si>
+    <t>368380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54b/54bfcfcbecc4dbfa0d1792c6a831f93f/557f52ecc395283d3561174efeee1206.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия  quot;На земле, В небе, На море quot;, РАС 19?38 см, арт.M9077.</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия &amp;quot;На земле, В небе, На море&amp;quot;, РАС 19?38 см, арт.M9077.</t>
+  </si>
+  <si>
+    <t>368382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8c/f8c0f39a5edf6c2ea74f0ceb5122b4b8/6ee4e4e961d3b3c17f39dc8dcb8385a8.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия  quot;На земле, В небе, На море quot;, РАС 28х19х10,5 см, арт.M9540.</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия &amp;quot;На земле, В небе, На море&amp;quot;, РАС 28х19х10,5 см, арт.M9540.</t>
+  </si>
+  <si>
+    <t>368390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36c/36cb17bd90fc8fae3ddec4c6b0e586d0/41cc7c4e047328c6e8b3b8eff114c70f.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия  quot;На земле, В небе, На море quot;, РАС 19х19х8 см, police, арт.M9536.</t>
+  </si>
+  <si>
+    <t>Инерц. пласт. маш., серия &amp;quot;На земле, В небе, На море&amp;quot;, РАС 19х19х8 см, police, арт.M9536.</t>
+  </si>
+  <si>
+    <t>394626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba1/ba13a748abb6be425843b967883a588c/03b44027061142f514d6b19ce78d03f1.jpg</t>
+  </si>
+  <si>
+    <t>Машинка ракетный комплекс Вжух на войнушке 10 см</t>
+  </si>
+  <si>
+    <t>396158</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/knopa/"&gt;KNOPA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f4/4f4ac2b53021d6b3943fb4b12b975160/b2b5ec59dd520612f501efbb4559a953.jpg</t>
+  </si>
+  <si>
+    <t>Самосвал Мерседес Axor 3-х осный</t>
+  </si>
+  <si>
+    <t>397021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9c/f9c92627f112250213d5cd509a91cf2f/90e2d3fea9400937215831070053e264.jpg</t>
+  </si>
+  <si>
+    <t>Машинка бетономешалка Вжух на стройке 10 см. 86216</t>
+  </si>
+  <si>
+    <t>Машинка бетономешалка Вжух на стройке 10 см</t>
+  </si>
+  <si>
+    <t>398653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b8/9b84b6b5116af9b588c47314554431b1/cd5b54ed0345c29b0c46591782a55943.jpg</t>
+  </si>
+  <si>
+    <t>Машинка грузовик Вжух в городе 10 см. 86220</t>
+  </si>
+  <si>
+    <t>Машинка грузовик Вжух в городе 10 см</t>
+  </si>
+  <si>
+    <t>398654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54b/54bf7d9a3545a4f9ce2bbebdae89d74b/668e7ab56050028f94b518c205eac43a.jpg</t>
+  </si>
+  <si>
+    <t>Машинка грузовик Вжух на стройке 10 см. 86215</t>
+  </si>
+  <si>
+    <t>Машинка грузовик Вжух на стройке 10 см</t>
+  </si>
+  <si>
+    <t>398655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f37/f37143e3ede440e87776c64d509f0031/e488a1709e8b03d4a0e48a4c90c26e30.jpg</t>
+  </si>
+  <si>
+    <t>Машинка джип Вжух на войнушке 10 см. 86224</t>
+  </si>
+  <si>
+    <t>Машинка джип Вжух на войнушке 10 см</t>
+  </si>
+  <si>
+    <t>398656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8eb/8eb121fdfbaf861a12dbb88f6255121d/37efeb8aa2c4f9f9ed34a49430f61162.jpg</t>
+  </si>
+  <si>
+    <t>Машинка кран Вжух в городе 10 см. 86222</t>
+  </si>
+  <si>
+    <t>Машинка кран Вжух в городе 10 см</t>
+  </si>
+  <si>
+    <t>398657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f4/2f40a15e47863082fd1ff01b70002419/fe957e6683bf804a4c2891afa732867f.jpg</t>
+  </si>
+  <si>
+    <t>Машинка кран Вжух на стройке 10 см. 86217</t>
+  </si>
+  <si>
+    <t>Машинка кран Вжух на стройке 10 см</t>
+  </si>
+  <si>
+    <t>398658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f23/f23be056b191e1e356a6288e34c7f474/bbb2c89d946a514f446e9025715d2747.jpg</t>
+  </si>
+  <si>
+    <t>Машинка цистерна Вжух на войнушке 10 см. 86225</t>
+  </si>
+  <si>
+    <t>Машинка цистерна Вжух на войнушке 10 см</t>
+  </si>
+  <si>
+    <t>398659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcb/bcb563b183e71de285e3df27fa25223c/a60aac1de3135b7557ffde56d8a11063.jpg</t>
+  </si>
+  <si>
+    <t>Инерционная машинка Bondibon  ПАРК ТЕХНИКИ , пожарная машина, свет, звук BOX 32,5х12х19. ВВ4067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Прекрасно детализированный кузов, прочные прорезиненные колеса, инерционный механизм, широкий ассортимент специализированных автомобилей - все это отличает серию автомобилей &amp;quot;Парк техники&amp;quot;. Пожарная машина со светом и звуком обладает функциональным кузовом и выглядит совсем как настоящая! Игрушка может двигаться самостоятельно, если поставить ее на ровную поверхность и оттянуть назад &amp;#40;инерционный механизм&amp;#41;. Работает от батареек AG13 * 3 шт &amp;#40;входят в набор&amp;#41;. Для работы подсветки и звука вытащите защитный язычок из отсека с батарейками. </t>
+  </si>
+  <si>
+    <t>401482</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a27/a27771a7ac53ea9523565bfdb12d51a2/de8792eb067bbf99c575845728506dbd.jpg</t>
+  </si>
+  <si>
+    <t>Инерционная машинка Bondibon  ПАРК ТЕХНИКИ , скорая, свет, звук BOX 27,5х12х17. ВВ4068</t>
+  </si>
+  <si>
+    <t>Детализированный кузов. Световые и звуковые эффекты. Игрушка может двигаться самостоятельно, если поставить ее на ровную поверхность и оттянуть назад.</t>
+  </si>
+  <si>
+    <t>401489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac5/ac525bfbc9fbdbac76845c84a8817c85/31931673780aeb7a4796092bca4c3f3d.jpg</t>
+  </si>
+  <si>
+    <t>Кран башенный с дистанционным управлением Bondibon, ВОХ 24?16,5?38 см, арт.952</t>
+  </si>
+  <si>
+    <t>Башенный кран Bondibon на пульте управления имеет очень реалистичный дизайн. Его размер в собранном виде 78х43х26 см. Крану можно задать движение с помощью пульта управления пульт работает от 3 батареек АА. Кран обладает следующими функциями подъёмопускание груза вращение на 680 градусов.</t>
+  </si>
+  <si>
+    <t>401548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/394/394804e40be818bd8c633ae457c9b692/26dedbd189ead50c1e2429a7f38382da.jpg</t>
+  </si>
+  <si>
+    <t>Самосвал Мерседес Axor 3-х осный, 24,5 см. 8880</t>
+  </si>
+  <si>
+    <t>Самосвал Мерседес Axor 3-х осный, 24,5 см</t>
+  </si>
+  <si>
+    <t>408916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f20/f2098f9105071478dc7735ffcc3112e3/5b61b41505f2118d3c1e8c993bbbd4d6.jpg</t>
+  </si>
+  <si>
+    <t>Набор машин металлических Полиция, автовоз, пикап, эвакуатор. 870392</t>
+  </si>
+  <si>
+    <t>Набор машин металлических Полиция, автовоз, пикап, эвакуатор</t>
+  </si>
+  <si>
+    <t>409431</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/plamennyj-motor/"&gt;Пламенный мотор&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42b/42b9631aac62c298ff86f366b06c6931.jpeg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Audi RS 5 DTM. 83448</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Audi RS 5 DTM. Двери откр., цв. оранжевый, инерция</t>
+  </si>
+  <si>
+    <t>411635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e65/e65e6f1c6f0ee963c40f6640c1976069.jpeg</t>
+  </si>
+  <si>
+    <t>Машинка инерционная. 64390</t>
+  </si>
+  <si>
+    <t>Машинка инерционная, 19,5х8,5х6 см</t>
+  </si>
+  <si>
+    <t>411746</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/adex/"&gt;ADEX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c41/c417f52b71b21b7cae88ee0f938eea80.jpeg</t>
+  </si>
+  <si>
+    <t>Машинка инерционная. 64387</t>
+  </si>
+  <si>
+    <t>Машинка инерционная, 7,5х3,5х4 см</t>
+  </si>
+  <si>
+    <t>411748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ab/9ab1f271654d71e453891769fdacc2e0/88379c99c5e241d5b4e82b2f3e3bfd05.jpg</t>
+  </si>
+  <si>
+    <t>Автомобиль на батарейках с сенсорным управлением, серия  quot;Автомаркет quot;. Б93460</t>
+  </si>
+  <si>
+    <t>Автомобиль на бат. с сенсорным управл.,серия &amp;quot;Автомаркет&amp;quot;,рус.озвуч.песни/фразы,ВОХ 24х11х12 см</t>
+  </si>
+  <si>
+    <t>413549</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c17/ppfvljxjrff1xiwo6wk302qfwl80j4mo.jpg</t>
+  </si>
+  <si>
+    <t>Машина ГУСЕНИЧНЫЙ ЭКСКАВАТОР Д У 1:36 с управляемыми подвижными деталями и звуком</t>
+  </si>
+  <si>
+    <t>Высокая детализация проработки, реалистичный дизайн и яркий цвет сделают эту игрушку любимицей ребенка. С ней малыш обязательно придумает огромное количество веселых забав, ведь у игрушки так много подвижных деталей и элементов. В комплект входят гусеничный экскаватор и пульт управления, соединенные друг с другом проводом. Экскаватор ездит вперед и назад, при движении назад он поворачивает направо. Если передвинуть рычажок на пульте управления вправо-влево, экскаватор начнет копать, походя на своего большого собрата - стрела с ковшом станет подниматься и опускаться, ковш будет совершать движения, имитируя захват земли. Если передвинуть рычажок управления влево - экскаватор копает, если вправо - экскаватор совершает те же действия, что и при копании, только ковш ходит в обратную сторону. Гусеницы у машинки снимаются. Кабину можно вращать вручную вокруг своей оси в обе стороны с потрескивающим звуком. Есть мягкая деталь - труба на капоте. С такой интересной и потрясающей игрушкой малыш никогда не заскучает. Игрушка отлично тренирует мелкую моторику рук, координацию движений, логическое и пространственное мышление, воображение. Соберите всю коллекцию машинок спецтехники, с которой ребенок проведет множество увлекательных часов игры. Пульт управления работает от 3 батареек АА, не входят в комплект. Игрушка изготовлена из высококачественной и безопасной пластмассы. Масштаб экскаватора 1:36. Размеры экскаватора: 25*10*17 см. Высота экскаватора с поднятой стрелой: 18 см. Размеры пульта управления: 9,5*5*8,5 см. Размеры коробки: 28*11,5*15,5 см.</t>
+  </si>
+  <si>
+    <t>441679</t>
   </si>
   <si>
     <t>&lt;a href="/brands/drift/"&gt;Drift&lt;/a&gt;</t>
-  </si>
-[...658 lines deleted...]
-    <t>441679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/836/836f1edccd33d325504db15756f44ee3.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">Высокая детализация проработки, реалистичный дизайн и яркий цвет сделают эту игрушку любимицей ребенка. С ней малыш обязательно придумает огромное количество веселых забав, ведь у игрушки так много подвижных деталей и элементов. В комплект входят гусеничный экскаватор с пультом управления, соединенные друг с другом проводом.
  Экскаватор ездит вперед и назад, при движении назад он поворачивает направо. Если передвинуть рычажок на пульте управления вправо-влево, экскаватор начнет копать, походя на своего большого собрата - стрела с ковшом станет подниматься и опускаться, ковш будет совершать движения, пытаясь захватить землю. Если передвинуть рычажок управления влево - экскаватор копает, если вправо - экскаватор совершает те же действия, что и при копании, только ковш ходит в обратную сторону.
  Ковш поднимается и опускается вручную, руль прокручивается вокруг своей оси в обе стороны.
  Гусеницы снимаются, экскаватор может кататься как на гусеницах, так и на колесах, если снять гусеницы. Кабина крутится вручную в обе стороны с потрескивающим звуком.
  С такой интересной и потрясающей игрушкой малыш никогда не заскучает. Игрушка отлично тренирует мелкую моторику рук, координацию движений, логическое и пространственное мышление, воображение. Соберите всю коллекцию машинок спецтехники, с которой ребенок проведет множество увлекательных часов игры.
  Пульт управления работает от 3 батареек АА, не входят в комплект.
  Игрушка изготовлена из высококачественной и безопасной пластмассы.
  Масштаб экскаватора 1:36.
  Размеры экскаватора: 24,5*10*14 см. 
  Высота экскаватора с поднятой стрелой: 19 см.
  Размеры пульта управления: 9,5*5*8,5 см.
  Размеры коробки: 28*11,5*15,5 см.
  </t>
   </si>
   <si>
     <t>441680</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a66/a66dfc271917bf7097dff731840cc09b.jpeg</t>
   </si>
@@ -818,62 +793,50 @@
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Машина КАРЬЕРНЫЙ САМОСВАЛ Р У 1:30 с управляемыми подвижными деталями и звуком</t>
   </si>
   <si>
     <t xml:space="preserve">Высокая детализация проработки, реалистичный дизайн и яркий цвет сделают эту игрушку любимицей ребенка. С ней малыш обязательно придумает огромное количество веселых забав, ведь у игрушки так много подвижных деталей и элементов. В комплект входят карьерный самосвал и пульт управления.
  Самосвал катается во все стороны, если нажать на правую кнопку на ребре пульта управления и держать ее, у самосвала станет подниматься и опускаться кузов, издавая звук поднимающегося механизма. Если нажать на левую кнопку на ребре пульта управления, включится деморежим, где самосвал покажет, что он умеет делать. На корпусе самосвала есть мягкая деталь - труба. Машинка полноприводная.
  С такой интересной и потрясающей игрушкой малыш никогда не заскучает. Игрушка отлично тренирует мелкую моторику рук, координацию движений, логическое и пространственное мышление, воображение. Соберите всю коллекцию машинок спецтехники, с которой ребенок проведет множество увлекательных часов игры.
  Самосвал работает от 3 батареек АА, не входят в комплект.
  Пульт управления работает от 2 батареек АА, не входят в комплект.
  Игрушка изготовлена из высококачественной и безопасной пластмассы.
  Масштаб самосвала 1:30.
  Размеры самосвала: 19*10,5*11,5 см.
  Высота самосвала с поднятым кузовом: 16 см. 
  Размеры пульта управления: 10,5*5*10 см.
  Размеры коробки: 29*13,5*16,5 см.
  </t>
   </si>
   <si>
     <t>441689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d1/lvy0t9gusphp0wahjtrm2m2710fxhgps.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>Машина КОЛЕСНЫЙ ЭКСКАВАТОР Р У 1:32 с управляемыми подвижными деталями и звуком</t>
   </si>
   <si>
     <t xml:space="preserve">Высокая детализация проработки, реалистичный дизайн и яркий цвет сделают эту игрушку любимицей ребенка. С ней малыш обязательно придумает огромное количество веселых забав, ведь у игрушки так много подвижных деталей и элементов. В комплект входят колесный экскаватор и пульт управления.
  Экскаватор катается во все стороны, если нажать на правую кнопку на ребре пульта управления и держать ее, у экскаватора станет подниматься и опускаться стрела, издавая звук поднимающегося механизма. Ковш будет двигаться, имитируя захват земли.
  Если нажать на левую кнопку на ребре пульта управления, включится деморежим, где экскаватор покажет, что он умеет делать. На корпусе экскаватора есть мягкие детали - лестницы, труба, перегородки на капоте, боковые зеркала. Машинка полноприводная.
  С такой интересной и потрясающей игрушкой малыш никогда не заскучает. Игрушка отлично тренирует мелкую моторику рук, координацию движений, логическое и пространственное мышление, воображение. Соберите всю коллекцию машинок спецтехники, с которой ребенок проведет множество увлекательных часов игры.
  Экскаватор работает от 3 батареек АА, не входят в комплект.
  Пульт управления работает от 2 батареек АА, не входят в комплект.
  Игрушка изготовлена из высококачественной и безопасной пластмассы.
  Масштаб экскаватора 1:32.
  Размеры экскаватора: 26*11*13 см.
  Высота экскаватора с поднятой стрелой: 16 см. 
  Размеры пульта управления: 10,5*5*10 см.
  Размеры коробки: 29*13,5*16,5 см.
  </t>
   </si>
   <si>
     <t>441692</t>
   </si>
   <si>
     <t>Машина ФРОНТАЛЬНЫЙ ПОГРУЗЧИК Р У 1:32 с управляемыми подвижными деталями и звуком</t>
   </si>
   <si>
     <t xml:space="preserve">Высокая детализация проработки, реалистичный дизайн и яркий цвет сделают эту игрушку любимицей ребенка. С ней малыш обязательно придумает огромное количество веселых забав, ведь у игрушки так много подвижных деталей и элементов. В комплект входят фронтальный погрузчик и пульт управления.
@@ -928,102 +891,84 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2fe/tx1vwvttp8zv8hr18120vag1uhriwask.jpg</t>
   </si>
   <si>
     <t>Набор машинок с автовозом 32x11x8см.</t>
   </si>
   <si>
     <t>Набор стильных машинок станет приятным подарком для каждого ребенка. Яркие цвета, хорошее исполнение - играть с таким набором одно удовольствие. В комплект входят автовоз, 6 машинок и набор стикеров. Маленькие машинки оснащены инерционным механизмом, катаются вперед-назад. Автовоз катается вперед-назад, прозрачные дверцы по обеим сторонам автовоза открываются, под ними есть отсеки для машинок. Можно заполнить одну сторону с отсеками машинками, которые идут в наборе, вторую сторону машинками из автопарка ребенка. Из крыши кузова автовоза выдвигается ручка, удобно переносить машинку с собой. Благодаря такой игрушке ребенок с удовольствием будет развивать мелкую моторику рук, координацию движений, воображение, визуальное восприятие. Игрушка изготовлена из качественной и безопасной пластмассы. Размеры маленькой машинки: 7*3,5*2,5 см. Размеры автовоза: 31*8*11 см. Размеры коробки: 32*9*12 см.</t>
   </si>
   <si>
     <t>552034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c08/hotrol9y441rteqi208zsao3c5ps51zo.webp</t>
   </si>
   <si>
     <t>Набор машинок с автовозом 35x12x7см.</t>
   </si>
   <si>
     <t>Набор стильных машинок станет приятным подарком для каждого ребенка. Яркие цвета, хорошее исполнение - играть с таким набором одно удовольствие. В комплект входят автовоз и 6 машинок. Маленькие машинки катаются вперед-назад, автовоз катается вперед-назад, прозрачная дверца автовоза открывается, под ней есть отсеки для машинок. Из крыши кузова автовоза выдвигается ручка, удобно переносить машинку с собой. Благодаря такой игрушке ребенок с удовольствием будет развивать мелкую моторику рук, координацию движений, воображение, визуальное восприятие. Игрушка изготовлена из качественной и безопасной пластмассы.&amp;nbsp;&amp;nbsp;Размеры маленькой машинки: 7*3*2 см.&amp;nbsp;&amp;nbsp;Размеры автовоза: 34*7*12 см.&amp;nbsp;&amp;nbsp;Размеры коробки: 35*7*13 см.</t>
   </si>
   <si>
     <t>552035</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f11/g8q3y87g1y9ylidbv991qzgqvw7abr3y.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/930/930065a9aecdbc56fee661794bd98c7d/64e343eba69bed0695450536067cc2df.jpg</t>
   </si>
   <si>
     <t>Погрузчик вилочный с бочками 1:16, свет, звук, фрикция</t>
   </si>
   <si>
     <t>562614</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/211/211b4e86f1b2f5842b907110db673d3c/8524b7b808df6a7ca3d4e81fe74ae2fe.jpg</t>
+  </si>
+  <si>
+    <t>Погрузчик вилочный с коробками 1:16, свет, звук, фрикция</t>
+  </si>
+  <si>
+    <t>562615</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e01/e01e287bcb1f382d462ca1222175fba5/cfbce0de4346cb9c2df856560640195f.jpg</t>
   </si>
   <si>
     <t>Погрузчик вилочный с прицепом и бочками 1:16, свет, звук, фрикция</t>
   </si>
   <si>
     <t>562616</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/234/234b0a1555c81a1c4302bd1b59e9d293/bf1b04311b49a1cf96689a4a37bf31a2.jpg</t>
-[...5 lines deleted...]
-    <t>562618</t>
+    <t>http://anytos.ru//upload/iblock/29d/29d3f9f99b3fd9fabee55ba44c4e643a/7b5ca9dea13e7d467d0fddaa64254f67.jpg</t>
+  </si>
+  <si>
+    <t>Погрузчик вилочный с прицепом и коробками 1:16, свет, звук, фрикция</t>
+  </si>
+  <si>
+    <t>562617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be3/be36880353d8184d56a955538394922a/0ab375913cf283fd3c6ddf50fda41641.jpg</t>
   </si>
   <si>
     <t>Автовоз с вертолетом GREEN TRANSPORT TRUCK 1:16, фрикц.механизм, со звуком и светом</t>
   </si>
   <si>
     <t>Автовоз с вертолетом GREEN TRANSPORT TRUCK, масштаб 1:16, со звуком и светом. У машины прорезиненные колеса и фрикционный механизм. Кнопки на крыше включают автомобильные звуки и мигалки. Для работы требуются 3 батарейки AG13 / LR44 &amp;#40;в комплекте&amp;#41;. &lt;br /&gt;
  У вертолета есть повижный винт и выдвигающийся трос.&lt;br /&gt;
  Размер машинки с вертолетом в кузове: 47*9*16 см.&lt;br /&gt;
  Размер коробки: 42*19*12 см.</t>
   </si>
   <si>
     <t>562629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d7/3d7813b2fb74118502fc8fb8468d16d7/007860a2c475b566918f9b03287e9e0a.jpg</t>
   </si>
   <si>
     <t>Автовоз с самолетом BLUE TRANSPORT TRUCK 1:16, фрикц.механизм, со звуком и светом</t>
   </si>
   <si>
     <t>Автовоз с самолетом BLUE TRANSPORT TRUCK, масштаб 1:16, со звуком и светом. У машины прорезиненные колеса и фрикционный механизм. Кнопки на крыше включают автомобильные звуки и мигалки. Для работы требуются 3 батарейки AG13 / LR44 &amp;#40;в комплекте&amp;#41;. &lt;br /&gt;
  У самолета вращается пропеллер и отсоединяются крылья.&lt;br /&gt;
@@ -1051,99 +996,78 @@
  Размеры автомобиля: 13,5*6*7 см.&lt;br /&gt;
  Размеры коробки: 17*7,5*13,5 см.</t>
   </si>
   <si>
     <t>562667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20b/20b33c946d19ff6d8e6028d83fcb890d/f0232666fd78f4838e0b42365a12e7d7.jpg</t>
   </si>
   <si>
     <t>Машина металическая ВНЕДОРОЖНИК 4x4  ОХРАННАЯ СЛУЖБА-R  1:32, звук свет, дв.откр., инерция</t>
   </si>
   <si>
     <t>562668</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e63/e63a08a1337abd130b8a51f4f544aad5/ebd36c564d2f5326f246eb036cd9767f.jpg</t>
   </si>
   <si>
     <t>Машина металическая ВНЕДОРОЖНИК 4x4  ОХРАННАЯ СЛУЖБА-W  1:32, звук свет, дв.откр., инерция</t>
   </si>
   <si>
     <t>562669</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/755/755be647ec87e26c91ce0b9341669ba7/240922487b869ff99508fa81600cfe2e.jpg</t>
-[...2 lines deleted...]
-    <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ-6R 1:32, звук свет, двери и капот откр., инерция</t>
+    <t>http://anytos.ru//upload/iblock/7fe/7fe618786bbd585e63be56e491cf2b2d/3e59606df440bbb0cc813320d010a71a.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ-6B1:32, звук свет, двери и капот откр., инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Машинка имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, ездит вперед-назад. У автомобиля прозрачные стекла, через которые виден весь салон, уровень детализации салона заслуживает высших похвал.&lt;br /&gt;
  Если нажать на корпус машинки, она издаст звук заводящегося мотора, передние и задние фары будут подсвечиваться. Капот открывается вручную.&lt;br /&gt;
  Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой ребенок проведет множество веселых и увлекательных часов.&lt;br /&gt;
 &amp;nbsp;&amp;nbsp;&lt;br /&gt;
  Машинка работает от 3 батареек LR44, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла. Упакована в коробку с картонным хедером с отверстием.&lt;br /&gt;
  Масштаб машинки 1:32. &lt;br /&gt;
  Размеры автомобиля: 13*5,5*5 см.&lt;br /&gt;
  Размеры коробки: 17*7,5*13 см.</t>
   </si>
   <si>
+    <t>562693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/755/755be647ec87e26c91ce0b9341669ba7/240922487b869ff99508fa81600cfe2e.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ-6R 1:32, звук свет, двери и капот откр., инерция</t>
+  </si>
+  <si>
     <t>562694</t>
-  </si>
-[...28 lines deleted...]
-    <t>562696</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/8789825877a48d50f9416e72e9740ee0/0881a217d03a1b1a7208b69d7232d6c5.jpg</t>
   </si>
   <si>
     <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ-7R 1:32, звук свет, двери и капот откр., инерция</t>
   </si>
   <si>
     <t>562697</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc5/fc545251eee34536b53d1f2208fe71e6/8d226125451aa61bede00875eca8d5f4.jpg</t>
   </si>
   <si>
     <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ-NBL 1:32, звук свет, двери и капот откр., инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Машинка имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, ездит вперед-назад. У автомобиля прозрачные стекла, через которые виден весь салон, уровень детализации салона заслуживает высших похвал.&lt;br /&gt;
  Если нажать на корпус машинки, она издаст звук заводящегося мотора, передние и задние фары будут подсвечиваться. Капот открывается.&lt;br /&gt;
  Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой ребенок проведет множество веселых и увлекательных часов.&lt;br /&gt;
 &amp;nbsp;&amp;nbsp;&lt;br /&gt;
  Машинка работает от 3 батареек LR44, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла. Упакована в коробку с картонным хедером с отверстием.&lt;br /&gt;
  Масштаб машинки 1:32. &lt;br /&gt;
@@ -1171,474 +1095,519 @@
   <si>
     <t>562701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b4/3b40f1aa0ef36411e0cfe7ce92ddd106/c121dc0713a19ebde87d7030993dce33.jpg</t>
   </si>
   <si>
     <t>Машина металлическая СПЕЦСЛУЖБЫ-BL 1:32, звук свет, дв.откр., инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Машинка имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, ездит вперед-назад. У автомобиля прозрачные стекла, через которые виден весь салон, уровень детализации салона заслуживает высших похвал.&lt;br /&gt;
  Если нажать на корпус машинки, она издаст звук сирены, передние и задние фары станут подсвечиваться. Капот открывается.&lt;br /&gt;
  Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой ребенок проведет множество веселых и увлекательных часов.&lt;br /&gt;
 &amp;nbsp;&amp;nbsp;&lt;br /&gt;
  Машинка работает от 3 батареек LR44, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла. Упакована в коробку с картонным хедером с отверстием.&lt;br /&gt;
  Масштаб машинки 1:32. &lt;br /&gt;
  Размеры автомобиля: 13*5,5*6 см.&lt;br /&gt;
  Размеры коробки: 17*7,5*13,5 см.</t>
   </si>
   <si>
     <t>562702</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b86/b866257e4db843dd1eb8a0d63e675bec/b357c01689b956bc0657511298414704.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ad/9adfe7ee608624973d6e868abbe7adce/5fbfad15e010dcd8fccb035d40370f45.jpg</t>
   </si>
   <si>
     <t>Мигалка со светом  quot;Полиция quot;</t>
   </si>
   <si>
     <t>Мигалка со светом, звуком.&lt;br /&gt;
  3 батарейки AG13 входят в комплект Размер в коробке: 11х9.5х11</t>
   </si>
   <si>
     <t>562807</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/001/00129e97643aa15b4e29508df92b1923/164a9b3103923c8332bb4a01fad9d544.jpg</t>
+  </si>
+  <si>
+    <t>Уборочная машина для улиц 1:16, фрикц.механизм, со звуком и светом</t>
+  </si>
+  <si>
+    <t>Уборочная машина для улиц 1:16, фрикц.механизм, со светом и звуком, масштаб 1:16. У машины прорезиненные колеса и фрикционный механизм. В комплекте идет мусорный бак. Есть подвижные детали - щетки и крышка бака. Три кнопки, включающие звук, находятся на крыше. Они включают автомобильные звуки и свет фар. Соединение между кабиной и кузовом гибкое. Для работы требуются 3 батарейки AG13 / LR44 &amp;#40;в комплекте&amp;#41;.&lt;br /&gt;
+ Размер машинки: 20*11*14,5 см.&lt;br /&gt;
+ Размер коробки: 30*18,5*11,5 см.</t>
+  </si>
+  <si>
+    <t>562828</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2fe/2fe4dd25fee209c07802c056b8a35b12/18256ff717ccbe5dd7dff91ef8c52287.jpg</t>
   </si>
   <si>
     <t>Инерц. метал. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет ж лтый с граффити</t>
   </si>
   <si>
     <t>Инерц. метал. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет жёлтый с граффити</t>
   </si>
   <si>
     <t>577599</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1f4/1f40255f7590fd3e31c0a8979704dd83/729d29cea02def81f29acd9ff27a9f07.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. метал. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет красный с граффити</t>
+  </si>
+  <si>
+    <t>Инерц. метал. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет красный с граффити</t>
+  </si>
+  <si>
+    <t>577602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8c/b8c771f73f8aa3202895681cf80d00f1/00645b48ff81d225dda134d077cb8143.jpg</t>
+  </si>
+  <si>
+    <t>Инерц. метал. джип 4WD на пружинной подвеске, со светом и звуком, Bondibon  quot;Парк Техники quot;</t>
+  </si>
+  <si>
+    <t>Инерц. метал. джип 4WD на пружинной подвеске, со светом и звуком, Bondibon &amp;quot;Парк Техники&amp;quot;</t>
+  </si>
+  <si>
+    <t>577605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/735/7357095eaa0fb0417f028eb96bb20193/73dd536f25052efab167eb8fc89febbc.jpg</t>
+  </si>
+  <si>
+    <t>577606</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/090/090e550b2cfb8cb4185ecac2ff1a8c8c/2ee930b9d45bf7828bda67ee7ee5f86d.jpg</t>
   </si>
   <si>
     <t>Инерц.  Pull back  пласт. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет зел ный</t>
   </si>
   <si>
     <t>Инерц. &amp;#40;Pull back&amp;#41; пласт. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет зелёный</t>
   </si>
   <si>
     <t>577609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab6/ab6f269fc3ea0a43788b3c1cbf639c92/1e1ab96dd7b33964f0830c7b05ecdf6a.jpg</t>
   </si>
   <si>
     <t>577610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/fab54c83712da3d3cadb490d10de63dd/a04fff47764878d630b88a25e5feb714.jpg</t>
   </si>
   <si>
     <t>Инерц.  Pull back  пласт. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет серый</t>
   </si>
   <si>
     <t>Инерц. &amp;#40;Pull back&amp;#41; пласт. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет серый</t>
   </si>
   <si>
     <t>577611</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aec/aec6f8f2b854596d0e45760cabfc1add/672f10089d3c792703f845f212f3d4d6.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8d9/8d971791949ee19bd743c906e7814388/6e2f562e09f588daabc17c878c2ddfec.jpg</t>
   </si>
   <si>
     <t>Инерц.  Pull back  пласт. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет синий</t>
   </si>
   <si>
     <t>Инерц. &amp;#40;Pull back&amp;#41; пласт. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет синий</t>
   </si>
   <si>
     <t>577613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/025/0251f15cd8a4a09bd99e373af33113c3/2199ff3002bb36eca33737533d1b348d.jpg</t>
   </si>
   <si>
     <t>Инерц.  Pull back  пласт. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет фиолетовый</t>
   </si>
   <si>
     <t>Инерц. &amp;#40;Pull back&amp;#41; пласт. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет фиолетовый</t>
   </si>
   <si>
     <t>577614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/802/802b54cf655d78e1bae32b4c1f3f4254/f560a6a08205113049a7717d0a7062f8.jpg</t>
   </si>
   <si>
     <t>Инерц.  Pull back  пласт. джип 4WD на пружинной подвеске, Bondibon  quot;Парк Техники quot;, цвет ч рный</t>
   </si>
   <si>
     <t>Инерц. &amp;#40;Pull back&amp;#41; пласт. джип 4WD на пружинной подвеске, Bondibon &amp;quot;Парк Техники&amp;quot;, цвет чёрный</t>
   </si>
   <si>
     <t>577617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e5/2e5f1a5521b0cf0a662a6c79ef0fcba8/f6148f9dbe621550df41bc6af07431d1.jpg</t>
   </si>
   <si>
     <t>Пластм. инерц.  pull back  машина Краш-тест, Bondibon, ВОХ 17х4х20 см, красная</t>
   </si>
   <si>
     <t>Пластм. инерц. &amp;#40;pull back&amp;#41; машина Краш-тест, Bondibon, ВОХ 17х4х20 см, красная</t>
   </si>
   <si>
     <t>577621</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/99a/99a30b3fc6f716baa56b62b2f1dd5ffa/3fc62f9414ebabc1af95abfa7ba2e404.jpg</t>
-[...8 lines deleted...]
-    <t>579464</t>
+    <t>http://anytos.ru//upload/iblock/09e/09e05810c8df0c8512f9c5f349aa86d5/50326122eec5918d565e1a32ab16836d.jpg</t>
+  </si>
+  <si>
+    <t>Машинка паровозик Вжух в городе 10 см</t>
+  </si>
+  <si>
+    <t>В детстве все мальчики обожают играть с машинками! Поэтому машина паровозик «Вжух в городе» всегда будет приятным и актуальным подарком для ребёнка. Играя с небольшими машинками, мальчики не только увлекательно проводят досуг, но и развивают мелкую моторику рук и тактильные ощущения. Размер игрушки &amp;#40;ДхШхВ&amp;#41; составляет 10х5,5х6 см. Изделие изготовлено из пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>579454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bae/bae7758aa0e1d199be5576526c832f4c/4464582cc87ac5d90504349b9000b680.jpg</t>
+  </si>
+  <si>
+    <t>Машинка пожарная Вжух в городе 10 см</t>
+  </si>
+  <si>
+    <t>В детстве все мальчики обожают играть с машинками! Поэтому пожарная машина «Вжух в городе» всегда будет приятным и актуальным подарком для ребёнка. Играя с небольшими машинками, мальчики не только увлекательно проводят досуг, но и развивают мелкую моторику рук и тактильные ощущения. Размер игрушки &amp;#40;ДхШхВ&amp;#41; составляет 10х5х6 см. Изделие изготовлено из пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>579455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60e/60e4f94165a1bb64cf1ca88ea34c4f3d/86f82c537c63a2a6b579ed21310ed32b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Автомобиль Легион патрульный  3  белый </t>
   </si>
   <si>
     <t>Игрушечный автомобиль &amp;quot;Легион&amp;quot; патрульный №3 сделан из пластмассы, в виде внедорожника. Игрушка изготовлена из экологическичистого пластика. Джип можно катать на улице, играть с ним в песочнице. Открывающихся частей нет. Салон доступен через окна, поэтому внутрь можно сажать человечков или солдатиков.</t>
   </si>
   <si>
     <t>579541</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d51/d5197edecbbf91159705f2a4835cdfee/ca64aa4bbbe2ed54278cb88891c13b66.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ce/7ce81e9fb3fd1a79e4ec10884569fbfc/d7869b2a3a675f809bacd4a38dcf2dcb.jpg</t>
   </si>
   <si>
     <t>Джип Полиция</t>
   </si>
   <si>
     <t>Маленькому любителю автомобилей обязательно понравитсяполицейский джип с открытой кабиной, куда можно посадить пассажиров.Оригинальная машинка для самых маленьких коллекционеров выполнена извысококачественных износостойких материалов. Яркая окраска и интересный дизайнделают машину приметной и привлекательной. Игрушка оснащена крутящимисяколесами со свободным ходом и будет хорошо кататься по ровной поверхности.Стилизация и характерный дизайн делают машину интересной для малышей, а процессигры увлекательным. Такая модель станет прекрасным подарком маленькому любителюавтомобилей, а также разнообразит игровые сюжеты. С ним можно устроить массуувлекательных игр с друзьями дома или на улице. Оптимальные габариты позволятудобно захватывать игрушку. Изделия просты в уходе и эксплуатации, прочные идолговечные, они будут долго радовать своим внешним видом.</t>
   </si>
   <si>
     <t>579556</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/854/854f10fbaf0f55c8fa0f8f24ed0e86e7/404db6e90d233f65e59f24bb3c47c9cb.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:32,  16.1 6.6 5.6см  дв., капот и баг. откр., со светом и звуком, инерция</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:32, &amp;#40;16.1*6.6*5.6см&amp;#41; дв., капот и баг. откр., со светом и звуком, инерция</t>
+  </si>
+  <si>
+    <t>609029</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f4f/f4f0d88ecfe04837bb9aceb02ffb27b4/ca6ae9b4759cd7222582c5d455b59766.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:32, 16 6.6 5.6см  дв., капот и баг. откр., со светом и звуком, инерция</t>
   </si>
   <si>
     <t>Машина металлическая 1:32,&amp;#40;16*6.6*5.6см&amp;#41; дв., капот и баг. откр., со светом и звуком, инерция</t>
   </si>
   <si>
     <t>609031</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f87/f873c6a869c4c80cc5a1d90abb672ed4/393418675e262e1ab500b7a2efff14e3.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:40 Ford GT. Дв.Откр., цв.желт., инерция.</t>
+  </si>
+  <si>
+    <t>609033</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/816/816fbb7d96cd832a91231aacffd5fa6b/e6e80a2c0e578eed181002507634b37c.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Bentley Continental GT3. Дв.Откр., цв.бел., инерция</t>
   </si>
   <si>
     <t>609034</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a9f/a9fd85c3964291369a2eab38b1855ea6/fef5ec3060e1d58b33ff177cc90dc777.jpg</t>
-[...2 lines deleted...]
-    <t>Машина металлическая Bentley Continental Supersports Convertible ISR 1:32, звук свет, двери багажн. капот откр., инерция</t>
+    <t>http://anytos.ru//upload/iblock/eda/edac4b2a038f16207cd0230eccfd09f0/ff75209f50f4bcda11a2456a76ce0101.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая Porsche 911 GT3 RS  997  1:32, звук свет, двери откр., инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. &lt;br /&gt;
- Уменьшенная копия знаменитого роскошного автомобиля Bentley Continental Supersports Convertible ISR оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. У нее открываются дверки салона, капот и багажник. &lt;br /&gt;
+ Уменьшенная копия знаменитого спортивного автомобиля Porsche 911 GT3 RS &amp;#40;997&amp;#41; оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. У нее открываются дверки салона.&lt;br /&gt;
+ При открытии дверей салона машинка издает звук автомобильного гудка, салон, передние и задние фары подсвечиваются.&lt;br /&gt;
+ При нажатии на капот машинка издает звук заводящегося двигателя, салон, передние и задние фары подсвечиваются.&lt;br /&gt;
+ У автомобиля прозрачные стекла, через которые виден весь салон. Уровень детализации салона заслуживает высшей похвалы.&lt;br /&gt;
+ Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость.&lt;br /&gt;
+ Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов.&lt;br /&gt;
+ Игрушка представлена в ассортименте.&lt;br /&gt;
+ &lt;br /&gt;
+ Машинка работает от 3 батареек LR44, входят в комплект. Упакована в коробку с картонным хедером с отверстием.&lt;br /&gt;
+ Игрушка изготовлена из металла.&lt;br /&gt;
+ Масштаб машинки 1:32. &lt;br /&gt;
+ Размеры машинки: 14*6*4 см.&lt;br /&gt;
+ Размеры коробки: 18*9*16 см.</t>
+  </si>
+  <si>
+    <t>609055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46f/46fb14e3a4c06d03e2f4b58b6c86a450/7b477cb8b9f57dea431a64aac14806fe.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая Porsche 911 GT3 RSR 1:32, звук свет, двери откр., инерция</t>
+  </si>
+  <si>
+    <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. &lt;br /&gt;
+ Уменьшенная копия знаменитого спортивного автомобиля Porsche 911 GT3 RSR оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. У нее открываются дверки салона.&lt;br /&gt;
  При открытии дверей салона машинка издает звук автомобильного гудка, салон, передние и задние фары подсвечиваются.&lt;br /&gt;
  При нажатии на капот машинка издает звук заводящегося двигателя, салон, передние и задние фары подсвечиваются.&lt;br /&gt;
  У автомобиля прозрачные стекла, через которые виден весь салон. Уровень детализации салона заслуживает высшей похвалы.&lt;br /&gt;
  Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость.&lt;br /&gt;
  Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов.&lt;br /&gt;
  &lt;br /&gt;
  Машинка работает от 3 батареек LR44, входят в комплект. Упакована в коробку с картонным хедером с отверстием.&lt;br /&gt;
  Игрушка изготовлена из металла.&lt;br /&gt;
  Масштаб машинки 1:32. &lt;br /&gt;
- Размеры машинки: 15*7*4,5 см.&lt;br /&gt;
+ Размеры машинки: 14*6,5*4 см.&lt;br /&gt;
  Размеры коробки: 18*9*16 см.</t>
   </si>
   <si>
-    <t>609040</t>
+    <t>609057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3cf/3cf7476826cbd34f82aa379c623f6b32/33a2ee10749f5c1091a808f005649b6d.jpg</t>
   </si>
   <si>
     <t>Машина металлическая Porsche Cayman  987  Race Version 1:32, звук свет, двери откр., инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. &lt;br /&gt;
  Уменьшенная копия знаменитого спортивного автомобиля Porsche Cayman &amp;#40;987&amp;#41; оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. У нее открываются дверки салона.&lt;br /&gt;
  При открытии дверей салона машинка издает звук автомобильного гудка, салон, передние и задние фары подсвечиваются.&lt;br /&gt;
  При нажатии на капот машинка издает звук заводящегося двигателя, салон, передние и задние фары подсвечиваются.&lt;br /&gt;
  У автомобиля прозрачные стекла, через которые виден весь салон. Уровень детализации салона заслуживает высшей похвалы.&lt;br /&gt;
  Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость.&lt;br /&gt;
  Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов.&lt;br /&gt;
  &lt;br /&gt;
  Машинка работает от 3 батареек LR44, входят в комплект. Упакована в коробку с картонным хедером с отверстием.&lt;br /&gt;
  Игрушка изготовлена из металла.&lt;br /&gt;
  Масштаб машинки 1:32. &lt;br /&gt;
  Размеры машинки: 14*6,5*4 см.&lt;br /&gt;
  Размеры коробки: 18*9*16 см.</t>
   </si>
   <si>
     <t>609058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6b/b6b489ebda94b9552e81d8b7419abbc3.jpg</t>
   </si>
   <si>
     <t>Набор из 40 металлических машинок, 47х2,5х36</t>
   </si>
   <si>
     <t>Набор из 40 металлических машинок, 47х2,5х36, кор.</t>
   </si>
   <si>
     <t>628361</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/58c/58ca90b189de598b13349036889b4893.jpg</t>
+  </si>
+  <si>
+    <t>Монстр трак, мет., ин.мех-зм 4х4, вращение на задних колесах, оранж.</t>
+  </si>
+  <si>
+    <t>Игрушечная инерционная машинка «Монстр трак» обладает полным приводом, что позволяет её разгоняться на максимальную мощность! В игрушке предусмотрена функция вращения на задних колёсах на 360 градусов. Например, машинка может ехать на 4-х колёсах, а подъехав к горке, подпрыгнуть вертикально, встать на задние колёса и ехать таким образом дальше. Размер игрушки &amp;#40;ДхШхВ&amp;#41; составляет 7,5х6,5х6,5 см. Изделие Изготовлено из металла с элементами пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>632029</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/870/87030c7af5b23dca1ea39818d5b591c9.jpg</t>
   </si>
   <si>
     <t>Монстр трак, мет., ин.мех-зм 4х4, вращение на задних колесах, син.</t>
   </si>
   <si>
-    <t>Игрушечная инерционная машинка «Монстр трак» обладает полным приводом, что позволяет её разгоняться на максимальную мощность! В игрушке предусмотрена функция вращения на задних колёсах на 360 градусов. Например, машинка может ехать на 4-х колёсах, а подъехав к горке, подпрыгнуть вертикально, встать на задние колёса и ехать таким образом дальше. Размер игрушки &amp;#40;ДхШхВ&amp;#41; составляет 7,5х6,5х6,5 см. Изделие Изготовлено из металла с элементами пластмассы. Рекомендованный возраст: 3 года &amp;#43;</t>
-[...1 lines deleted...]
-  <si>
     <t>632030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/473/473e986b15eb3780c1549274e77ede46.jpg</t>
   </si>
   <si>
     <t>Монстр трак, мет., ин.мех-зм 4х4, вращение на задних колесах, черн.</t>
   </si>
   <si>
     <t>632031</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/708/7081c28040aafe614ea4bb694e6d7b77.jpg</t>
-[...44 lines deleted...]
-    <t>653784</t>
+    <t>http://anytos.ru//upload/iblock/4ea/4eadc3a48e40f6ccec8841c9e8b0e497.jpg</t>
+  </si>
+  <si>
+    <t>Монстр трак Мир динозавров, мет.машина, фигурка брахиозавра</t>
+  </si>
+  <si>
+    <t>636512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c7/4c76504fb48715837246c2bdafe799c3.jpg</t>
+  </si>
+  <si>
+    <t>Поезд на магнитах эл.  quot;Грузовой локомотив quot;, 33х5х8,3, коробка</t>
+  </si>
+  <si>
+    <t>Поезд на магнитах эл. &amp;quot;Грузовой локомотив&amp;quot;, 33х5х8,3, коробка</t>
+  </si>
+  <si>
+    <t>653766</t>
   </si>
   <si>
     <t>&lt;a href="/brands/veld-co/"&gt;VELD CO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd4/bd484902c585a51e83211302bdb3f1f0.jpg</t>
   </si>
   <si>
     <t>Мотоцикл металлический 1:14 ATHLETE BIKER свет звук, руль вращ., инерц.</t>
   </si>
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, бибиканья, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают.&lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
  С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
  Масштаб 1:14.&lt;br /&gt;
  Размеры мотоцикла: 12*7,5*8 см.&lt;br /&gt;
  Размеры коробки: 15*8*17 см.</t>
   </si>
   <si>
     <t>653828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65b/65b4264884e0bd8104c6e5632bdb0cff.jpg</t>
   </si>
   <si>
     <t>Мотоцикл металлический 1:14 FIRE BIKER свет звук, руль вращ., инерц.</t>
   </si>
   <si>
     <t>653829</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b49/b49698b005bc84ebc3de9bcba1c508cd.jpg</t>
-[...2 lines deleted...]
-    <t>Мотоцикл металлический 1:14 POLICE свет звук, 2 бок. багажн. откр., руль вращ., инерц.</t>
+    <t>http://anytos.ru//upload/iblock/a7a/a7a1a54318f473f3e8d0c8bbdd3526ee.jpg</t>
+  </si>
+  <si>
+    <t>Мотоцикл металлический 1:14 TRUE BIKER свет звук, руль вращ., инерц.</t>
   </si>
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
- Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, полицейской сирены &amp;#40;есть разные звуковые сигналы сирены&amp;#41;, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают. Боковые багажники открываются, можно положить мелкие предметы.&lt;br /&gt;
+ Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, бибиканья, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают. &lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
- С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
+ С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! &lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
  Масштаб 1:14.&lt;br /&gt;
- Размеры игрушки: 13*7*8 см.&lt;br /&gt;
+ Размеры игрушки: 12*7,5*8 см.&lt;br /&gt;
  Размеры коробки: 15*8*17 см.</t>
   </si>
   <si>
-    <t>653831</t>
+    <t>653830</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f0/4f05f9b95cf86f828de6379cc8cee28c.jpg</t>
   </si>
   <si>
     <t>Мотоцикл металлический 1:14 BLUE MOONLIGHT свет звук, руль вращ., инерц.</t>
   </si>
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, торможения, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают. &lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
  С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
  Масштаб 1:14.&lt;br /&gt;
  Размеры игрушки: 12*5,5*8 см.&lt;br /&gt;
  Размеры коробки: 15*8*17 см.</t>
   </si>
   <si>
     <t>653832</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ae9/ae9a042bd97a9c921ac679a9217c4259.jpg</t>
+  </si>
+  <si>
+    <t>Мотоцикл металлический 1:14 GREEN MOONLIGHT свет звук, руль вращ., инерц.</t>
+  </si>
+  <si>
+    <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
+ Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, торможения, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают.&lt;br /&gt;
+ Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
+ С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
+ &lt;br /&gt;
+ Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
+ Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
+ Масштаб 1:14.&lt;br /&gt;
+ Размеры игрушки: 12*5*7,5 см.&lt;br /&gt;
+ Размеры коробки: 15*8*17 см.</t>
+  </si>
+  <si>
+    <t>653833</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e0/6e0652f84b4f0790ee6eb6064913444e.jpg</t>
   </si>
   <si>
     <t>Мотоцикл металлический 1:14 WHITE MOONLIGHT свет звук, руль вращ., инерц.</t>
   </si>
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, торможения, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают.&lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
  С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
  Масштаб 1:14.&lt;br /&gt;
  Размеры игрушки: 12*5,5*8 см.&lt;br /&gt;
  Размеры коробки: 15*8*17 см.</t>
   </si>
   <si>
     <t>653835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/409/4098c74653938d7f943d63a36d0607ad.jpg</t>
   </si>
   <si>
     <t>Мотоцикл металлический 1:14 WHITE STYLE свет звук, руль вращ., инерц.</t>
@@ -1646,122 +1615,98 @@
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, торможения, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают.&lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
  С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
  Масштаб 1:14.&lt;br /&gt;
  Размеры игрушки: 12*7,5*8 см.&lt;br /&gt;
  Размеры коробки: 15*8*17 см.</t>
   </si>
   <si>
     <t>653836</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af3/af398bc9296bf5008cc70d9de8efd1f3.jpg</t>
   </si>
   <si>
     <t>Мотоцикл металлический 1:14 YELLOW STYLE свет звук, руль вращ., инерц.</t>
   </si>
   <si>
     <t>653837</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/01d/01d9de9bc1f37687e0244304c53ebe46.jpg</t>
-[...2 lines deleted...]
-    <t>Мотоцикл металлический 1:14 FIGHTER свет звук, 2 бок. багажн. откр., руль вращ., инерц.</t>
+    <t>http://anytos.ru//upload/iblock/4a7/4a701ce237fe5e12223772d6aa92cd1f.jpg</t>
+  </si>
+  <si>
+    <t>Мотоцикл металлический 1:14 TRAVELLER свет звук, 2 бок. багажн. откр., руль вращ., инерц.</t>
   </si>
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  Мотоцикл оснащен инерционным механизмом, прорезиненными колесами, издает звуки заводящегося двигателя, едущего транспорта, торможения, проигрывает мелодию, катается вперед-назад. Фара подсвечивается. Руль с передним колесом поворачивают. Боковые багажники открываются, можно положить мелкие предметы.&lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:14 позволяет хорошо рассмотреть все детали.&lt;br /&gt;
  С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек LR41, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из металла, есть элементы полимерных материалов.&lt;br /&gt;
  Масштаб 1:14.&lt;br /&gt;
- Размеры игрушки: 13*7*8 см.&lt;br /&gt;
+ Размеры игрушки: 12*7*8 см.&lt;br /&gt;
  Размеры коробки: 15*8*17 см.</t>
   </si>
   <si>
-    <t>653838</t>
+    <t>653839</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/988/gh160k6udbg7331gcy7bp2o3nw6sgc6m.jpg</t>
   </si>
   <si>
     <t>Инерционная машинка 4 WD</t>
   </si>
   <si>
     <t>Джип инерционный с полным приводом. Очень мощный инерционный механизм. Полный привод. Машинка может крутиться на двух задних колесах. Комплектность: 1 машинка в упаковке; 8 машинок в дисплее</t>
   </si>
   <si>
     <t>683978</t>
   </si>
   <si>
     <t>&lt;a href="/brands/big-motors/"&gt;BIG MOTORS&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/675/zqw6t1snrkqkmtp326rbrpreb6nvai7v.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1ed/id8cy1l23ee68yygke4wooxfqqlzks4s.jpg</t>
   </si>
   <si>
     <t>Трейлер</t>
   </si>
   <si>
     <t>Трейлер с контейнером для перевозки грузов размером масштабом 1:50 и размером 36*5,5*8 см. Функционал: инерционный механизм, свет, звук. Комплектность: трейлер, 3 батарейки AG13 &amp;#40;входят в комплект&amp;#41;.</t>
   </si>
   <si>
     <t>683998</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eb7/e5xxc0sdvlhma77bcfn2t6cw2y1mezrn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/58f/xrhmzk9i6n5kqft0vpq7yd54kxq36nep.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Башенный кран  quot;Агат quot; на кол сиках малый  в пакете </t>
   </si>
   <si>
     <t>Яркий башенный кран и автомобиль доставят массу удовольствия Вашему ребёнку. С помощью крана можно поднимать и опускать различные грузы и перевозить их на автомобиле на большие расстояния. Ваш ребёнок увлекательно проведет время, играя с этой игрушкой, получит множество положительных эмоций и приобретет различные полезные навыки.</t>
   </si>
   <si>
     <t>684032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c66/7kkk53c5a87as0hjwrzdm4ca7jkwl0sw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Т ма quot;, автомобиль-бетоновоз</t>
   </si>
   <si>
     <t>Автомобиль &amp;quot;Tема&amp;quot; представляет собой игрушечную копию настоящей строительной техники с упрощенным дизайном кузова. Крупные элементы игрушки не имеют острых углов, а большие колеса спецтехники позволят ей преодолеть большинство препятствий на своем пути. Бетоновоз выполнен из прочной пластмассы и окрашен в яркие цвета.</t>
   </si>
   <si>
     <t>684034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b44/lpb27v1gnso1zo02svsmgk5qy63fcnal.jpg</t>
@@ -1790,62 +1735,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/199/knlr3ixpaenw4ygif41ucdetj8jnumeg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Мираж quot;, автомобиль-самосвал</t>
   </si>
   <si>
     <t>Автомобиль-самосвал &amp;quot;Мираж&amp;quot; отлично подходит для игр дома, а также на свежем воздухе. Особенно здорово играть с ним в песочнице, ведь в просторном кузове можно перевозить небольшие формочки, камешки и другие &amp;quot;грузы&amp;quot;! Он выполнен из прочного пластика и не боится влаги, поэтому, если ребенок испачкает самосвал, вы сможете промыть машинку в мыльной воде.</t>
   </si>
   <si>
     <t>684045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/6u9yrugh2irrnxu3qidk8j2mkalqw0bc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Сталкер quot;, автомобиль-самосвал</t>
   </si>
   <si>
     <t>Автомобиль-самосвал &amp;quot;Сталкер&amp;quot; выполнен в отличном качестве, его цвета яркие и насыщенные. Примечательно и то, что он не перегружена излишними деталями, выполнен просто, качественно и интересно. Ничего лишнего, все гармонично, выдержано в замечательном стиле. Автомобиль-самосвал &amp;quot;Сталкер&amp;quot; выглядит именно так, как и должна выглядеть настоящая машина-самосвал. Игрушка выполнена из плотной пластмассы, способна выдержать даже очень большие нагрузки. Для того чтобы её сломать, нужно приложить максимум усилий. Никакому ребёнку это не под силу. Все колёса хорошо крутятся, что обеспечивает машине мобильность и быстрый ход.</t>
   </si>
   <si>
     <t>684046</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e44/9ik1kuk32hehdqo9stdqo11zwq4gm138.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aa3/docx764aadqp96nz95ka2hsxfrlx43jt.jpg</t>
   </si>
   <si>
     <t>Автомобиль  quot;Жук quot;</t>
   </si>
   <si>
     <t>Небольшая, забавная и яркая машинка «Жук» - это замечательная игрушка, которая создана специально для малышей. Ее дизайн учитывает отсутствие острых углов. На ветровом стекле находится наклейка с изображением смешной мультипликационной мордочки. Игрушка создана из безопасного сырья, с использованием гипоаллергенных красителей. Цвета в ассортименте.</t>
   </si>
   <si>
     <t>684075</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d12/a3akt4pe9ktxpb8avjsxenvhm3l03kn8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Премиум quot; автомобиль дорожный</t>
   </si>
   <si>
     <t>Такой большой самосвал привлечёт внимание любого мальчишки. Данная машина является точной мини-копией настоящей дорожной машины. Уникальность игрушки в том, что она выполнена из пластика, который способен выдержать нагрузку больше 50 кг. Благодаря чему малыш сможет перевозить внутри кузова песок, камни и даже свои любимые игрушки. Теперь игра малыша на открытом воздухе будет увлекательнее и интереснее. Машина выполнен из пластика, который нетоксичен и не вызовет аллергии, а значит, полностью безопасен для детского здоровья. Играя, ребёнок разовьёт мышление, речь, мелкую моторику пальцев, координацию движения рук, а также внимательность, фантазию и воображение.</t>
   </si>
   <si>
     <t>684077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b7/dq3hhzxzzj4ymv0dj6atvzfzknyghac3.jpg</t>
@@ -1862,352 +1795,277 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e66/259mp9td2b4bzihpepmh91xtidqo8vu3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Крепыш quot;, трактор с прицепом  1 и ковшом</t>
   </si>
   <si>
     <t>Трактор раскрашен в яркие краски, которые привлекают внимание детей самого разного возраста. А его массивные колеса обеспечивают трактору высокую маневренность, подвижность, легкий и плавный ход. В кузове-прицепе трактора можно перевозить разнообразные грузы, сажать туда игрушечных человечков и животных. Большая кабина трактора позволяет посадить туда игрушку-водителя. Широкий ковш спереди позволяет трактору собирать песок, мелкие камешки, землю и некрупные предметы. Трактор станет идеальной игрушкой для игр дома, на улице или просто на природе. Цвета в ассортименте.</t>
   </si>
   <si>
     <t>684080</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea1/6cg37mzhqbgchul38kh347ckz4xvtlqr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Т ма quot;, автомобиль-пожарная спецмашина</t>
   </si>
   <si>
     <t>Яркий, красочный aвтомобиль-пожарная спецмашина &amp;quot;Тёма&amp;quot; прекрасно подойдет для игр в песочнице и дома.Благодаря формам автомобиля даже годовалому ребенку будет удобно держать его в руке.</t>
   </si>
   <si>
     <t>684084</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bde/6gk9ea14tlmwf8auad35r0ai9m4s0c2z.jpg</t>
-[...8 lines deleted...]
-    <t>684090</t>
+    <t>http://anytos.ru//upload/iblock/b51/a478e44pv3gj65zzu9hxmels4dfc7q3s.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Крепыш quot;, трактор-погрузчик</t>
+  </si>
+  <si>
+    <t>Красочный трактор-погрузчик не оставит равнодушым Вашего малыша!</t>
+  </si>
+  <si>
+    <t>685256</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/094/zg2s5b2t86ldd8t6jluyb2gi1ub0fpgi.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Престиж quot;, автомобиль коммунальный  2</t>
+  </si>
+  <si>
+    <t>Очень яркий и реалистичный мусоровоз. Мусорный бак крепится к подъемному механизму сзади. Кузов открывается.</t>
+  </si>
+  <si>
+    <t>685258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee0/n3j29mob3buv2ylzhrejxy18dw6mtxz7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Т ма quot;, автомобиль-самосвал</t>
+  </si>
+  <si>
+    <t>Крепкая игрушечная машинка с функциональным кузовом &amp;#40;поднимается, опускается&amp;#41; делает игру более увлекательной, развивая фантазию, речь, логическое мышление и мелкую моторику у ребёнка. Автомашина детская подходит для игры, как в помещении, так и на улице, на ней можно перевозить любой груз от игрушек до песка из песочницы.</t>
+  </si>
+  <si>
+    <t>685260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a8/byukknyusevhzg75xhaxsguhrgsloly5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Умелец quot;, трактор-погрузчик</t>
+  </si>
+  <si>
+    <t>Трактор-погрузчик «Умелец» - это машинка небольшого размера, изготовленная из качественного пластика. У трактора есть большой ковш, который может менять положение в вертикальной плоскости &amp;#40;по желанию его можно поднять или опустить&amp;#41;. Крупные колеса хорошо прокручиваются, поэтому трактор сможет легко и просто преодолевать преграды и передвигаться по неровной поверхности.</t>
+  </si>
+  <si>
+    <t>685261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6be/bmf66bb8bkjzh469owzqem13mn1he14d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомобиль-самосвал  quot;Эксперт quot;  в сеточке </t>
+  </si>
+  <si>
+    <t>Высококачественная пластмассовая&amp;nbsp;&amp;nbsp;игрушка из экологически чистых материалов.</t>
+  </si>
+  <si>
+    <t>685265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/111/kkrkvb1lcgit4mnd9mqui66ma6308ojw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Игрушка  Каток </t>
+  </si>
+  <si>
+    <t>Игрушка &amp;quot;Каток&amp;quot; для малышей. Материал: пластик.</t>
+  </si>
+  <si>
+    <t>685266</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/fancy-baby/"&gt;FANCY BABY&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8d/dc76kcs6dfujt5vmz64e8ah0eqe0kp5j.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Игрушка  Трактор с ковшом </t>
+  </si>
+  <si>
+    <t>Игрушка &amp;quot;Трактор с ковшом&amp;quot; для малышей. Материал: пластик.</t>
+  </si>
+  <si>
+    <t>685267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cd/josm55k4g670kouxx9gmcv6znmzkqdl8.jpg</t>
+  </si>
+  <si>
+    <t>Машинка  quot;Городские службы quot;</t>
+  </si>
+  <si>
+    <t>Машинка pull-back размером 10,5*5*6,5 см по 12 шт в дисплее</t>
+  </si>
+  <si>
+    <t>685271</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ce/0wkz8fuq83kducah6rub2mm0tq5bawe6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Машинка  Робо-машинка </t>
+  </si>
+  <si>
+    <t>Машинка-трансформер размером 18*9*5 см. Функционал: свет, звук. Комплектность: машинка, 3 батарейки AG3. При наличии у ребенка всех машинок-трансформеров из коллекции можно собрать одного большого робота.</t>
+  </si>
+  <si>
+    <t>685273</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/815/jgbp3jhq4omtyobe6a4pvzytsw482s95.jpg</t>
+  </si>
+  <si>
+    <t>Машинка металлическая 1:32 ассорти цвет и модель</t>
+  </si>
+  <si>
+    <t>705363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/8zqx4u7adt8r6jjix1vgiemhkddl55wj.jpg</t>
+  </si>
+  <si>
+    <t>Набор техники  quot;Авиатранспорт quot; 5 шт уп</t>
+  </si>
+  <si>
+    <t>Набор техники &amp;quot;Авиатранспорт&amp;quot; 5 шт/уп</t>
+  </si>
+  <si>
+    <t>705408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca5/nf058wf5spm1t6e5ox8wuphzqs7bfm0b.jpg</t>
+  </si>
+  <si>
+    <t>Машинка  ретро автомобиль  ассорти модель и цвет</t>
+  </si>
+  <si>
+    <t>Ретро автомобить ассорти модель и цвет</t>
+  </si>
+  <si>
+    <t>705412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0d/uevqq3mg2zx9yf2g6bg50ooszosdxv2p.jpg</t>
+  </si>
+  <si>
+    <t>Трактор-экскаватор  quot;Алтай quot;</t>
+  </si>
+  <si>
+    <t>Трактор-экскаватор &amp;quot;Алтай&amp;quot; подойдет самым маленьким детям. Он изготовлен из высококачественных, прочных материалов, состоит из крупных деталей без острых углов. У трактора подвижный задний манипулятор, а также поднимающийся передний ковш. Манипулятор экскаватора может удлиняться вперед и сгибаться назад, его можно поворачивать вправо и влево, поднимать вверх и вниз.</t>
+  </si>
+  <si>
+    <t>709178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1b/u7wei9gsbd340kms3jq1ybkwercn2xy8.jpg</t>
+  </si>
+  <si>
+    <t>Инерционный джип 4WD со светящ. в темноте корпусом, Bondibon  quot;Парк Техники quot;, цвет белый</t>
+  </si>
+  <si>
+    <t>Инерционный джип из серии супер внедорожников «Парк Техники» от Bondibon! Теперь светится в темноте! Маленький, но мощный полноприводный монстр легко покоряет бездорожье. •Огромные колеса с мягкими полыми шинами позволяют преодолевать любые препятствия на пути. Немного подтолкните машинку, и она устремится вперед навстречу приключениям. •За счет мощного инерционного механизма монстр-трек способен двигаться по наклонной поверхности до 30 градусов! А также продолжать движение и вращение даже в вертикальном положении. •Съемный корпус бигфута мягко светится в темноте. Заряжается от солнечного света или лампы. Ребенок сможет воплотить в жизнь любой игровой сюжет, проявляя фантазию. В процессе игры развивается мелкая моторика, пространственное мышление и точность. Игрушка на больших колесах в стильной упаковке – идеальный подарок для мальчиков, обожающих внедорожники! Размер машинки 12*10*10 см \ Материал корпуса - ABS пластик \ Батарейки не требуются \ Цвет белый \ Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>718692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d4/dslzsnqbuksu4iud9ragwr6a1ymwy0zz.jpg</t>
+  </si>
+  <si>
+    <t>Инерционный джип 4WD со светящ. в темноте корпусом, Bondibon  quot;Парк Техники quot;, цвет синий</t>
+  </si>
+  <si>
+    <t>Инерционный джип из серии супер внедорожников «Парк Техники» от Bondibon! Теперь светится в темноте! Маленький, но мощный полноприводный монстр легко покоряет бездорожье. •Огромные колеса с мягкими полыми шинами позволяют преодолевать любые препятствия на пути. Немного подтолкните машинку, и она устремится вперед навстречу приключениям. •За счет мощного инерционного механизма монстр-трек способен двигаться по наклонной поверхности до 30 градусов! А также продолжать движение и вращение даже в вертикальном положении. •Съемный корпус бигфута мягко светится в темноте. Заряжается от солнечного света или лампы. Ребенок сможет воплотить в жизнь любой игровой сюжет, проявляя фантазию. В процессе игры развивается мелкая моторика, пространственное мышление и точность. Игрушка на больших колесах в стильной упаковке – идеальный подарок для мальчиков, обожающих внедорожники! Размер машинки 12*10*10 см \ Материал корпуса - ABS пластик \ Батарейки не требуются \ Цвет синий \ Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>718693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/182/nnde083l0j3uw4fu1ucu0rx20h232oz8.jpg</t>
+  </si>
+  <si>
+    <t>Инерционный джип 4WD со светящ. в темноте корпусом, Bondibon  quot;Парк Техники quot;, цвет зел ный</t>
+  </si>
+  <si>
+    <t>Инерционный джип из серии супер внедорожников «Парк Техники» от Bondibon! Теперь светится в темноте! Маленький, но мощный полноприводный монстр легко покоряет бездорожье. •Огромные колеса с мягкими полыми шинами позволяют преодолевать любые препятствия на пути. Немного подтолкните машинку, и она устремится вперед навстречу приключениям. •За счет мощного инерционного механизма монстр-трек способен двигаться по наклонной поверхности до 30 градусов! А также продолжать движение и вращение даже в вертикальном положении. •Съемный корпус бигфута мягко светится в темноте. Заряжается от солнечного света или лампы. Ребенок сможет воплотить в жизнь любой игровой сюжет, проявляя фантазию. В процессе игры развивается мелкая моторика, пространственное мышление и точность. Игрушка на больших колесах в стильной упаковке – идеальный подарок для мальчиков, обожающих внедорожники! Размер машинки 12*10*10 см \ Материал корпуса - ABS пластик \ Батарейки не требуются \ Цвет зеленый \ Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>718694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21f/1m030t8m0kub5q7xib95xdj5q8zgzt96.jpg</t>
+  </si>
+  <si>
+    <t>Внедорожник на дистанционном управлении</t>
+  </si>
+  <si>
+    <t>Машинка на РУ на высоких колесах. Функционал: вперед-назад-влево-вправо. Размер машинки составляет 21*15,5*12 см. Комплектность: машинка, пульт управления, USB-зарядное устройство, аккумуляторная батарея 3.7V lithium, инструкция. Для пульта управления необходимы 2 батарейки АА &amp;#40;в комплект не входят&amp;#41;. Частота, на которой работает изделие – 2,4 ГГц. Дальность управления – до 40 метров. Машинка развивает скорость до 5-10 км/ч. Время работы составляет примерно 20 минут, время зарядки – около 2,5 часов.</t>
+  </si>
+  <si>
+    <t>769693</t>
   </si>
   <si>
     <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/98f/unugp17env5vmqzrib5ry98n0a3ifafw.jpg</t>
-[...274 lines deleted...]
-    <t>Замечательная игрушка для малыша - компактная и симпатичная машинка, оформленная в ярком дизайне! Она оснащена инерционным механизмом, прорезиненными колесами, ездит вперед-назад. &lt;br /&gt;
+    <t>http://anytos.ru//upload/iblock/93e/su5i57bq7x81t2ytuexnvgz35b86ynfx.jpg</t>
+  </si>
+  <si>
+    <t>Развивающая игрушка  quot;Паровозик  quot;, инерц., в ассортименте</t>
+  </si>
+  <si>
+    <t>Замечательная игрушка для малыша - компактный и симпатичный паровозик, оформленный в ярком дизайне! Он оснащен инерционным механизмом, четырьмя колесиками, ездит вперед-назад. Фары у паровозика нажимаются.&lt;br /&gt;
  Игрушка отлично развивает воображение, мелкую моторику ручек, концентрацию внимания, координацию движений и зрительное восприятие.&lt;br /&gt;
  Обязательно познакомьте кроху с этой миниатюрной очаровашкой!&lt;br /&gt;
  Игрушки торговой марки &amp;quot;Ути-Пути&amp;quot; идеально подходят для развития малыша. У них множество полезных функций, помогающих детям познавать окружающий мир через веселые и увлекательные игры!&lt;br /&gt;
  &lt;br /&gt;
- Игрушка предназначена для детей до 3 лет.&lt;br /&gt;
-[...1 lines deleted...]
- Размеры игрушки: 10*6*5 см.&lt;br /&gt;
+ Игрушка изготовлена из безопасной и высококачественной пластмассы.&lt;br /&gt;
+ Размеры игрушки: 8*5*6,5 см.&lt;br /&gt;
  Размеры коробки: 11*6*9,5 см.</t>
   </si>
   <si>
-    <t>776913</t>
+    <t>776915</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uti-puti/"&gt;Ути Пути&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a00/foptnw8l7mc2otr2m2egos6q5h33w4f7.jpg</t>
   </si>
   <si>
     <t>Автобус 44x10x8 см., фрикция, свет, звук,</t>
   </si>
   <si>
     <t>Настоящая находка для каждого маленького любителя городского транспорта - реалистичная модель автобуса.&lt;br /&gt;
  Особенности игрушки:&lt;br /&gt;
  - прозрачные стекла, через которые виден салон транспорта;&lt;br /&gt;
  - катается вперед-назад;&lt;br /&gt;
  - оснащена фрикционным механизмом;&lt;br /&gt;
  - вращая элементы над дверками, можно открывать дверки;&lt;br /&gt;
  - салон подсвечивается;&lt;br /&gt;
  - издает звуки гудка, едущего транспорта, открытия дверей;&lt;br /&gt;
  - большой салон, можно поместить внутрь маленькие фигурки зверушек и игрушек;&lt;br /&gt;
  - высокий уровень детализации;&lt;br /&gt;
  - красивый и стильный дизайн;&lt;br /&gt;
  - отличное качество исполнения. &lt;br /&gt;
  С такой игрушкой ребенок представит себя водителем автобуса, будет составлять маршруты и перевозить пассажиров, больше узнает о работе городского транспорта.&lt;br /&gt;
  Игрушка развивает:&lt;br /&gt;
@@ -2313,455 +2171,323 @@
  - салон подсвечивается;&lt;br /&gt;
  - издает звуки объявления, гудка, едущего транспорта, открытия дверей;&lt;br /&gt;
  - прорезиненные колеса;&lt;br /&gt;
  - большой салон, можно поместить внутрь маленькие фигурки зверушек и игрушек;&lt;br /&gt;
  - высокий уровень детализации;&lt;br /&gt;
  - красивый и стильный дизайн;&lt;br /&gt;
  - отличное качество исполнения. &lt;br /&gt;
  С такой игрушкой ребенок представит себя водителем троллейбуса, будет составлять маршруты и перевозить пассажиров, больше узнает о работе городского транспорта.&lt;br /&gt;
  Игрушка развивает:&lt;br /&gt;
  - мелкую моторику рук и координацию движений;&lt;br /&gt;
  - воображение;&lt;br /&gt;
  - зрительное и слуховое восприятие;&lt;br /&gt;
  - тактильные навыки.&lt;br /&gt;
  Обязательно дополните автопарк ребенка такой красивой и интересной игрушкой.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из высококачественной и безопасной пластмассы.&lt;br /&gt;
  Игрушка работает от 3 батареек AG13, входят в комплект.&lt;br /&gt;
  Размеры игрушки: 43*7*9 см.&lt;br /&gt;
  Высота с поднятым токоприемником: 27 см.&lt;br /&gt;
  Размеры коробки: 48*17*11 см.</t>
   </si>
   <si>
     <t>776986</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b8/9pvj5jlmju7588dk3qknvgdo8v1j99m9.jpg</t>
-[...152 lines deleted...]
-    <t>777145</t>
+    <t>http://anytos.ru//upload/iblock/9c3/n9hqmo0mf532s6x9x1jrzxop14om6orf.jpg</t>
+  </si>
+  <si>
+    <t>Кран с машинками и знаками, 31,7х23х5, коробка</t>
+  </si>
+  <si>
+    <t>777049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/557/wznt2p76rg44weuw74lu7z8tt9h4eto2.jpg</t>
   </si>
   <si>
     <t>Набор самол т с машинками, 21,5х4х30 коробка</t>
   </si>
   <si>
     <t>Набор самолёт с машинками, 21,5х4х30 коробка</t>
   </si>
   <si>
     <t>777148</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/326/n6flxo1yg3o64187rb3a60dzahappy3a.jpg</t>
-[...8 lines deleted...]
-    <t>777150</t>
+    <t>http://anytos.ru//upload/iblock/a7d/qclr7ixsnzz0ug9dyx791i82ye9ibln7.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ СПЕЦСЛУЖБЫ  1:64, инерционная</t>
+  </si>
+  <si>
+    <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ СПЕЦСЛУЖБЫ&amp;nbsp;&amp;nbsp;1:64, инерционная</t>
+  </si>
+  <si>
+    <t>791475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f61/mfv5y60d8z05w0l8qu8u1k1ru62kb50q.jpg</t>
   </si>
   <si>
-    <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ СПЕЦСЛУЖБЫ  1:64, инерционная</t>
-[...4 lines deleted...]
-  <si>
     <t>791476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/loe0fa5qbhb48491o9jj1440bsbvu893.jpg</t>
   </si>
   <si>
     <t>Трамвай металлический 1:64, инерционный</t>
   </si>
   <si>
     <t>791477</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cf/yczyo0x55x9h6t6p5qml9z7mptj28ygz.jpg</t>
   </si>
   <si>
     <t>Троллейбус металлический 1:64, инерционный</t>
   </si>
   <si>
     <t>791478</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7c4/19l7wnigb67b1gq767hrrqvqg6eqqh5k.jpg</t>
-[...32 lines deleted...]
-    <t>http://anytos.ru//upload/iblock/dca/6ihrqtcymztnm4n6m08l8deb8qcwuv10.jpg</t>
+    <t>http://anytos.ru//upload/iblock/b19/43who2brrmww8l7t5fu84eufbyo2v9e0.jpg</t>
   </si>
   <si>
     <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ СПЕЦСЛУЖБЫ 1:64, инерционная</t>
   </si>
   <si>
-    <t>797364</t>
-[...4 lines deleted...]
-  <si>
     <t>797365</t>
-  </si>
-[...7 lines deleted...]
-    <t>797375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/112/ih6mxrkktfxgtic9j31y7pcorqm6sloc.jpg</t>
   </si>
   <si>
     <t>Набор из 24 металлических машинок, 38х2,5х26, коробка</t>
   </si>
   <si>
     <t>Очень красивый и яркий набор машинок приведет в восторг каждого маленького автолюбителя. Стильный дизайн, разные расцветки, компактный размер - с такими машинками можно придумать множество увлекательных сюжетно-ролевых игр.&lt;br /&gt;
  В комплект входят 24 машинки. Машинки катаются вперед-назад. &lt;br /&gt;
  Благодаря игрушке ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, воображение, зрительное восприятие. Можно собрать всех друзей и устроить самые зрелищные гонки.&lt;br /&gt;
  Набор упакован в стильную и красочную коробку, станет хорошим подарком.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из долговечного и прочного материала - металла.&lt;br /&gt;
  Размеры гоночной машинки: 8*3*1,5 см.&lt;br /&gt;
  Размеры коробки: 37*2*26 см.</t>
   </si>
   <si>
     <t>797402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/8dhifnvpqsqhecboi02m2a5rb96of0ey.jpg</t>
   </si>
   <si>
     <t>Автобус школьный 1:20, фрикция, со светом и звуком, белый</t>
   </si>
   <si>
     <t>799800</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bca/mdh5m35uxpqfn0798v8h8yld3i8dnppz.jpg</t>
+  </si>
+  <si>
+    <t>Автобус школьный 1:20, фрикция, со светом и звуком, желтый</t>
+  </si>
+  <si>
+    <t>799801</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/942/je1zryctv99ywb9t7hvwjnonr406go4l.jpg</t>
   </si>
   <si>
     <t>Автобус школьный 1:20, фрикция, со светом и звуком, красный</t>
   </si>
   <si>
     <t>799802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2c/sqstwggaeo5wb7c55q1xxb0ftt9kgwd8.jpg</t>
   </si>
   <si>
     <t>Двухэтажный автобус, фрикция, со светом и звуком, красный</t>
   </si>
   <si>
     <t>799808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ae/n8tasuugpiiwwzhvhfwncqqws4wwcl84.jpg</t>
   </si>
   <si>
     <t>Двухэтажный автобус, фрикция, со светом и звуком, оранжевый</t>
   </si>
   <si>
     <t>799809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e8/wwkpsjkhl33xgccdyjy0f150lg1ops6q.jpg</t>
   </si>
   <si>
     <t>Двухэтажный автобус, фрикция, со светом и звуком, синий</t>
   </si>
   <si>
     <t>799810</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b2/x5f1q9u1qwkppcn0cw49jwcdp1tbc3ks.jpg</t>
   </si>
   <si>
     <t>Машина инерционная  quot;Лесовоз quot;, 31х13х8,5 коробка</t>
   </si>
   <si>
     <t>Машина инерционная &amp;quot;Лесовоз&amp;quot;, 31х13х8,5 коробка</t>
   </si>
   <si>
     <t>799812</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/27c/dqkr6e3r8ussaaxtzmnrpwkfs1fcmcf8.jpg</t>
-[...17 lines deleted...]
-    <t>799817</t>
+    <t>http://anytos.ru//upload/iblock/3e1/m8p7k8ibjddq8wa0rg790f5nwaplm2dh.jpg</t>
+  </si>
+  <si>
+    <t>Машина инерционная, с амортизацией, 9,5х9,5х8, коробка</t>
+  </si>
+  <si>
+    <t>799815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e1/pjqoicriocsnt25f421u0gj9jejs95li.jpg</t>
+  </si>
+  <si>
+    <t>799818</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/xmpt6kxvf9477uh9ymgy1x31xduxszf2.jpg</t>
+  </si>
+  <si>
+    <t>Уборочная машина 1:16, фрикция, со светом и звуком, зеленый</t>
+  </si>
+  <si>
+    <t>799830</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64b/p89lr2roq2kdubp7jml2bumov84sbrfr.jpg</t>
   </si>
   <si>
     <t>Уборочная машина 1:16, фрикция, со светом и звуком, оранжевый</t>
   </si>
   <si>
     <t>799832</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/98e/efzgg3q4eiiyifesu4pq0mts53nrzm7c.jpg</t>
+  </si>
+  <si>
+    <t>Машина ГУСЕНИЧНЫЙ ЭКСКАВАТОР 1:50 с подвижными деталями, голубой</t>
+  </si>
+  <si>
+    <t>Высоко детализированная модель экскаватора в масштабе 1:50, станет отличным подарком вашему ребёнку. Высокая детализация и подвижность практически всех элементов, подарят массу удовольствий и позволят придумать множество разнообразных игр. Экскаватор двигается в любом направлении, а ковш фиксируется в четырёх положениях. Игрушка выполнена из пластика и резины.&lt;br /&gt;
+ Размеры упаковки: 24*12*7 см.&lt;br /&gt;
+ Размер экскаватора: 21*7*10 см.&lt;br /&gt;
+ Размер экскаватора с поднятой стрелой: 27*7*19 см.</t>
+  </si>
+  <si>
+    <t>799836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb0/p2f3adf9j0657rwtwkst0twxcri25mej.jpg</t>
+  </si>
+  <si>
+    <t>Машина ГУСЕНИЧНЫЙ ЭКСКАВАТОР 1:50 с подвижными деталями, желтый</t>
+  </si>
+  <si>
+    <t>Высоко детализированная модель экскаватора в масштабе 1:50, станет отличным подарком вашему ребёнку. Высокая детализация и подвижность практически всех элементов, подарят массу удовольствий и позволят придумать множество разнообразных игр. Экскаватор двигается в любом направлении, а ковш фиксируется в четырёх положениях. Игрушка выполнена из пластика и резины.&lt;br /&gt;
+ Размеры упаковки: 24*12*7&lt;br /&gt;
+ Размер экскаватора: 21*7*10&lt;br /&gt;
+ Размер экскаватора с поднятой стрелой: 27*7*19</t>
+  </si>
+  <si>
+    <t>799837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/026/sscbryq6y0rzt5bgs4aya4c6ppjtnlhz.jpg</t>
+  </si>
+  <si>
+    <t>Машина ГУСЕНИЧНЫЙ ЭКСКАВАТОР 1:50 с подвижными деталями, зеленый</t>
+  </si>
+  <si>
+    <t>799838</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccc/wqglxsigrtqaldjikltag0tkx8boiod6.jpg</t>
+  </si>
+  <si>
+    <t>Машина ГУСЕНИЧНЫЙ ЭКСКАВАТОР 1:50 с подвижными деталями, красный</t>
+  </si>
+  <si>
+    <t>799839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cef/0pm5txevsnzb26kfdkz4o3rwfdmnrw7o.jpg</t>
+  </si>
+  <si>
+    <t>Машина ГУСЕНИЧНЫЙ ЭКСКАВАТОР 1:50 с подвижными деталями, синий</t>
+  </si>
+  <si>
+    <t>799841</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e51/zxecdawd5y9jyjc547bhogpi2dtmduyy.jpg</t>
   </si>
   <si>
     <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ СКОРАЯ ПОМОЩЬ 1:64, инерц.</t>
   </si>
   <si>
     <t>801767</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f2d/z9gzyp5bhopla52jpx0xd4gj6j2x6o3y.jpg</t>
-[...2 lines deleted...]
-    <t>Мотоцикл металлический 1:36 синий, руль вращается, инерционный</t>
+    <t>http://anytos.ru//upload/iblock/21a/lu1t0oxhj2tkfbgjibcyyfn2qp7je7t0.jpg</t>
+  </si>
+  <si>
+    <t>Мотоцикл металлический 1:36, руль вращается, инерционный</t>
   </si>
   <si>
     <t>Коллекционные мотоциклы Hoffmann - это высокий уровень проработки игрушки и любовь к деталям.&lt;br /&gt;
  &lt;br /&gt;
  Мотоцикл оснащен инерционным механизмом, катается вперед-назад. Руль с передним колесом поворачивают.&lt;br /&gt;
  &lt;br /&gt;
  Благодаря наличию дополнительных опорных колес мотоцикл сохраняет устойчивое положение. Игрушка изготовлена из износостойких материалов, отличается маневренностью и реалистичным дизайном, масштаб 1:36 позволяет рассмотреть все детали.&lt;br /&gt;
  &lt;br /&gt;
  С этим мотоциклом ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию мотоциклов Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из пластика, есть элементы металла.&lt;br /&gt;
  &lt;br /&gt;
  Масштаб 1:36.&lt;br /&gt;
  &lt;br /&gt;
  Размеры упаковки: 12*15*6 см.&lt;br /&gt;
  Размеры мотоцикла: 9*6*5 см.</t>
   </si>
   <si>
-    <t>801792</t>
+    <t>801794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c20/5dquu77qqq5bhlzoml2o2agjb1cqj2in.jpg</t>
   </si>
   <si>
     <t>Мотоцикл на батарейках  quot;Полиция quot;, 17х12х13, коробка</t>
   </si>
   <si>
     <t>Рррын-рррын, этот полицейский наведет порядок в городе. Игрушка отличается интересным дизайном и красивой расцветкой.&lt;br /&gt;
  Функционал игрушки:&lt;br /&gt;
  - люльку можно отсоединить, катается вперед-назад;&lt;br /&gt;
  - мотоциклист снимается;&lt;br /&gt;
  - мотоцикл катается вперед-назад;&lt;br /&gt;
  - при нажатии на кнопку возле руля проигрывает разные звуки сирен. Повторное нажатие кнопки - переключение сигнала сирены.&lt;br /&gt;
  Благодаря такой игрушке ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, слуховое и зрительное восприятие.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка работает от 3 батареек AG3, входят в комплект.&lt;br /&gt;
  Игрушка изготовлена из качественной и безопасной пластмассы.&lt;br /&gt;
  Размеры мотоцикла: 14*9*5 см.&lt;br /&gt;
  Размеры люльки: 9*5*6 см.&lt;br /&gt;
  Размеры всей игрушки: 14*10*10 см.&lt;br /&gt;
  Размеры коробки: 16*13*12 см.</t>
   </si>
   <si>
     <t>801807</t>
@@ -2783,87 +2509,111 @@
  Игрушка отлично развивает воображение, мелкую моторику ручек, концентрацию внимания, координацию движений и зрительное восприятие.&lt;br /&gt;
  Обязательно познакомьте кроху с этой миниатюрной очаровашкой!&lt;br /&gt;
  Игрушки торговой марки &amp;quot;Ути-Пути&amp;quot; идеально подходят для развития малыша. У них множество полезных функций, помогающих детям познавать окружающий мир через веселые и увлекательные игры!&lt;br /&gt;
  &lt;br /&gt;
  Игрушка предназначена для детей до 3 лет.&lt;br /&gt;
  Изготовлена из безопасного и высококачественного полимерного материала.&lt;br /&gt;
  Размеры игрушки: 8,5*5,5*8 см.&lt;br /&gt;
  Размеры коробки: 11*6*9,5 см.</t>
   </si>
   <si>
     <t>825080</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/536/0c5f0ft6t832ffehr5l304db53qdylnh.jpg</t>
   </si>
   <si>
     <t>Джип на радиоуправлении Трофи Мастер, аккумулятор, черный-желтый</t>
   </si>
   <si>
     <t>828812</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crossbot/"&gt;Crossbot&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80e/mf0v01wtbqiumnw2fo77cit1jsm1lof4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06b/2w0jr1icx304zi83kn1f32hhp4ao4qtd.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении Трансформация, 4WD, переворот, режим высокой и низкой посадки, синий</t>
   </si>
   <si>
     <t>828935</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/071/6xm5rlw5fx7pqt4tf0fxwbcu3gqoj6jw.jpg</t>
-[...5 lines deleted...]
-    <t>828984</t>
+    <t>http://anytos.ru//upload/iblock/07f/40g3w3t86mtlbya2bil72dao7mbvu6hi.jpg</t>
+  </si>
+  <si>
+    <t>Набор машинок Вжух в городе</t>
+  </si>
+  <si>
+    <t>828999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffe/k8sxfhorglxnx1mqphq5p3mmzv725tbv.jpg</t>
+  </si>
+  <si>
+    <t>Набор машинок Вжух на стройке</t>
+  </si>
+  <si>
+    <t>829000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/308/24u8p36aqocpj5z1ool7qo2lqj8pmuen.jpg</t>
   </si>
   <si>
     <t>Спецмашина коммунальная Гоша</t>
   </si>
   <si>
     <t>829006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b60/rd3m3hbj0hxzt0990ua037qll4k332tv.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая, 1:64</t>
+  </si>
+  <si>
+    <t>Машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. &lt;br /&gt;
+ &lt;br /&gt;
+ Эта машинка снабжена инерционным механизмом, катается вперед-назад. Качество исполнения и детализация салона заслуживают похвалы.&lt;br /&gt;
+ &lt;br /&gt;
+ Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук.&lt;br /&gt;
+ &lt;br /&gt;
+ Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов!&lt;br /&gt;
+ &lt;br /&gt;
+ Игрушка изготовлена из долговечного и прочного материала - металла.&lt;br /&gt;
+ &lt;br /&gt;
+ Масштаб 1:64. &lt;br /&gt;
+ &lt;br /&gt;
+ Размеры упаковки: 11*9*4 см.&lt;br /&gt;
+ Размеры машинки: 6*3*2 см.&lt;br /&gt;
+ &lt;br /&gt;
+ Игрушка представлена в ассортименте.</t>
+  </si>
+  <si>
+    <t>835810</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/684/v55zklvn4eoctqkyg35vaebsxwj1eocj.jpg</t>
   </si>
   <si>
     <t>Машина металлическая РОССИЙСКИЙ АВТОПРОМ СПЕЦСЛУЖБЫ 1:64, инерция</t>
   </si>
   <si>
     <t>Металлическая модель милицейской машины с резиновыми колёсиками, пластиковым салоном и инерционным механизмом в масштабе 1:64, станет отличным подарком вашему ребёнку или прекрасным дополнением к вашей коллекции транспортных средств.&lt;br /&gt;
  Изготовлено из металла, пластика и резины.&lt;br /&gt;
  Размер упаковки:&amp;nbsp;&amp;nbsp;12*10*4&lt;br /&gt;
  Размер микроавтобуса: 8*3.5*3&lt;br /&gt;
  Размер микроавтобуса-буханки: 8*4*3.5&lt;br /&gt;
  Размер седана: 7.5*3*3&lt;br /&gt;
  Размер внедорожника: 8*4*4 &lt;br /&gt;
  Код представлен в ассортименте.</t>
   </si>
   <si>
     <t>835812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e80/umqvty89hfi2wqhcu5lf7i46li1u157f.jpg</t>
   </si>
   <si>
     <t>Автомобиль-самосвал Сталкер</t>
@@ -2877,389 +2627,386 @@
   <si>
     <t xml:space="preserve"> quot;Крепыш quot;, трактор-экскаватор. 27х13х18 см.</t>
   </si>
   <si>
     <t>Крепыш, трактор-экскаватор 44785 - это многофункциональная машина для мальчиков от 3 лет, которая справляется с различными строительными задачами: выкапыванием ям, прокладыванием дорог и поможет в погрузке мелких грузов. Игрушечная спецтехника оснащена подвижным передним ковшом и лопатой-манипулятором. Материал игрушки Полесье - высококачественный цветной пластик, детали гладкие, без сколов и острых элементов, экскаватор можно мыть под водой. Размер трактора: 27х13х18 см.</t>
   </si>
   <si>
     <t>839952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/496/pfqmzz2tb72qs2fwxgsns0p3ex6gdryp.jpg</t>
   </si>
   <si>
     <t>Набор  quot;Спецтехника: Полицейская служба quot;</t>
   </si>
   <si>
     <t>Набор полицейских машинок из 4-х шт. &amp;#40;автобус, машинка, мотоцикл, вертолет&amp;#41;. Размер машинки составляет 12,5*4,5*6 см. Машинка выполнена из пластика. Машинки без инерционного механизма.</t>
   </si>
   <si>
     <t>843252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17d/ntpztodiu90chaqj0l21koxkzdwb9d5p.jpg</t>
   </si>
   <si>
+    <t>Самосвал для мусора</t>
+  </si>
+  <si>
     <t>843780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89d/rnlifvb6aeslkagvzfr3ney51sc510ya.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:38 BMW Z4M40i инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Уменьшенная копия роскошного автомобиля BMW Z4M40I имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, катается вперед-назад. Качество исполнения и детализация салона заслуживают высшей похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! Игрушка изготовлена из долговечного и прочного материала - металла. Масштаб 1:38. Размеры упаковки: 14*7*6,5 см. Размеры машинки: 11*5*4 см.</t>
   </si>
   <si>
     <t>845478</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/81b/j8qflzmbdgojvue10xrijuu3x13nwuqc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d7/ws3iassysjcs17ffmv39n88upwr116ii.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:39 Volvo XC40 инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Уменьшенная копия роскошного автомобиля Volvo XC40 оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. У машинки открываются дверки салона. Уровень детализации салона заслуживает высшей похвалы. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов. Игрушка изготовлена из прочного и долговечного материала - металла. Масштаб 1:39. Размеры машинки: 11*5*4 см. Размеры коробки: 14*6*7 см.</t>
   </si>
   <si>
     <t>845480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/495/whgfibm3ucu8btwuj7h6bia0dyb0rpga.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:40 HYUNDAI ELANTRA инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Уменьшенная копия роскошного автомобиля Hyundai elantra имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, катается вперед-назад. Качество исполнения и детализация салона заслуживают высшей похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! Игрушка изготовлена из долговечного и прочного материала - металла. Масштаб 1:40. Размеры упаковки: 14*7*6,5 см. Размеры машинки: 11*5*4 см.</t>
   </si>
   <si>
     <t>845481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6e/ajwak4cvajqy13r6gkb1coytilg1hbo4.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:41 KIA K7 инерция</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Уменьшенная копия роскошного автомобиля KIA K7 имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, катается вперед-назад. Качество исполнения и детализация салона заслуживают высшей похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! Игрушка изготовлена из долговечного и прочного материала - металла. Масштаб 1:41. Размеры упаковки: 14*7*6,5 см. Размеры машинки: 11*5*4 см.</t>
   </si>
   <si>
     <t>845482</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/330/v202blhihurbmuyimbydonxk61o674l1.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c3/xqgos21zqfz1szuuqe4uke6z34xebuhu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Экскаватор  quot;Эксперт quot;  в сеточке </t>
   </si>
   <si>
     <t>Высококачественная пластмассоваяигрушка из экологически чистых материалов.</t>
   </si>
   <si>
     <t>883544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/620/hpavbko9jtdvho70qt3v8q3i1rlz95me.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Автомобиль  quot;Легионер-мини quot;  ж лтый   в сеточке </t>
   </si>
   <si>
     <t>883545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/473/w0crb2hqa6ffx43a91rs81bhiuxwlpey.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Машинка гоночная  металлическая </t>
   </si>
   <si>
     <t>Металлическая машинка размером 5,5*6,5*5 см без какого-либо механизма &amp;#40;free wheels&amp;#41;. Поставка в дисплее по 12 шт. Размер дисплея составляет 32,5*24,3*26 см.</t>
   </si>
   <si>
     <t>885624</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eba/wkujrf9tutvcs0d645jxuydr3im121r7.jpg</t>
+  </si>
+  <si>
+    <t>ДЖИП на радиоуправлении БИГФУТ Трансформеры в кор.32 17 16см. ТЕХНОДРАЙВ</t>
+  </si>
+  <si>
+    <t>ДЖИП на радиоуправлении БИГФУТ Трансформеры в кор.32*17*16см. ТЕХНОДРАЙВ</t>
+  </si>
+  <si>
+    <t>891344</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/technodrive/"&gt;ТЕХНОДРАЙВ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3d5/0izwrm2xetps80q0m2liypi35wzrlksa.jpg</t>
   </si>
   <si>
     <t>Машина металлическая CHEVROLET TAHOE LEXUS LX570 12 см,двери,багаж,инер,ассорт. Технопарк</t>
   </si>
   <si>
     <t>Машина металлическая CHEVROLET TAHOE/LEXUS LX570 12 см,двери,багаж,инер,ассорт. Технопарк</t>
   </si>
   <si>
     <t>891352</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tehnopark/"&gt;Технопарк&lt;/a&gt;</t>
   </si>
   <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/acf/13o41vgpmgt69h46wxc6lr4aucbr9vzt.jpg</t>
   </si>
   <si>
     <t>Машина металлическая CHEVROLET TAHOE LEXUS LX570 12 см,двер,багаж,инерц,ассорт. Технопарк</t>
   </si>
   <si>
     <t>Машина металлическая CHEVROLET TAHOE/LEXUS LX570 12 см,двер,багаж,инерц,ассорт. Технопарк</t>
   </si>
   <si>
     <t>891353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69d/d38ow8q7parezcvycz5znychgh61uahs.jpg</t>
   </si>
   <si>
     <t>Машина металлическая INFINITI QX30 QX70 12см, двери, багаж, инерц, в ассортименте Технопарк</t>
   </si>
   <si>
     <t>Машина металлическая INFINITI QX30/QX70 12см, двери, багаж, инерц, в ассортименте Технопарк</t>
   </si>
   <si>
     <t>891355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf2/1d7pla2itfi681madonlrwkwy0vn7dhi.jpg</t>
   </si>
   <si>
     <t>Машина металлическая NISSAN JUKE RANGE ROVER VOGUE 12см,двер,баг, инерц, ассорт. Технопарк</t>
   </si>
   <si>
     <t>Машина металлическая NISSAN JUKE/RANGE ROVER VOGUE 12см,двер,баг, инерц, ассорт. Технопарк</t>
   </si>
   <si>
     <t>891356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db6/7jiaqsspa8yfvfu41gofa9y8hlbeu2yn.jpg</t>
   </si>
   <si>
     <t>Машина металлическая TOYOTA CAMRY RAV4 длина 12 см, двери, багаж, инерц, ассорт. Технопарк</t>
   </si>
   <si>
     <t>Машина металлическая TOYOTA CAMRY/RAV4 длина 12 см, двери, багаж, инерц, ассорт. Технопарк</t>
   </si>
   <si>
     <t>891358</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b46/b5rmojxdj8gujv2ufts0bx671tzzmb8r.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/57c/xmzoz23waaorh5o5lbpq99w1qljn0vv4.jpg</t>
   </si>
   <si>
     <t>Машина металлическая CADILLAC ESCALADE 12 см, двери, багаж, инерц, белый, кор. Технопарк</t>
   </si>
   <si>
     <t>891361</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d11/fni7ufhiabop2cp1peua97c0g2che99x.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a15/onzfz8m7xc969h5lnpfy688z54e9z0x8.jpg</t>
   </si>
   <si>
     <t>Машина металлическая HONDA CIVIC длина 12 см, двери, багаж, инерц, красный, кор. Технопарк</t>
   </si>
   <si>
     <t>891364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f8/fe44b310poqlk20bpzi4oo52tpi7v6fa.jpg</t>
   </si>
   <si>
     <t>Машина металлическая LAND ROVER RANGE ROVER EVOQUE 12,5 см, двер, инер, серый, кор. Технопарк</t>
   </si>
   <si>
     <t>891376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/149/t95hhy02grk2r9kb642d1b3dwzctq42f.jpg</t>
   </si>
   <si>
     <t>Машина металлическая MERCEDES-BENZ GLE 2018 12 см, двери, багаж, серебристый, кор. Технопарк</t>
   </si>
   <si>
     <t>891377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e1/w1wdu8mqfmua3ia61e3bt2a4l03anmr2.jpg</t>
   </si>
   <si>
     <t>Машина металлическая MERCEDES-BENZ GLE 2018 ТАКСИ 12 см, двер, багаж, инерц, в кор. Технопарк</t>
   </si>
   <si>
     <t>891378</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a29/yaoqmzo1ulzm9plagd9c35qhdrgjr25e.jpg</t>
-[...8 lines deleted...]
-    <t>891381</t>
+    <t>http://anytos.ru//upload/iblock/509/trmax4u3r3h26t0ms111mvyd6fusgark.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая MITSUBISHI OUTLANDER 12 см, двери, багаж, инерц, черный, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>891380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70b/dy6jpxskyq6o4yf7wnidedru5rc6pscv.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая SKODA OCTAVIA длина 12 см, двери, багаж, серебристый, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>891385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec6/w41jg2vosumamf4v4trvxezqtfy3c0ra.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая TOYOTA PRADO длина 12 см, двери, багаж, инерц, белый, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>891386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a3/fianx3wqmrd8mr81hu0qwl8egh7fcosm.jpg</t>
   </si>
   <si>
     <t>Машина металлическая UAZ PICKUP, 12 см, откр дв, багаж, инерц, черный, кор. Технопарк</t>
   </si>
   <si>
     <t>891387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/014/zsgw843lflgqjpnhyn0hvvk2s6rfscai.jpg</t>
-[...5 lines deleted...]
-    <t>891396</t>
+    <t>http://anytos.ru//upload/iblock/8ed/x0d2z7fyo8vyka6skspm2drs38xiwusv.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая СПЕЦТЕХНИКА 11,5 см, инерц, в ассортим., кор. Технопарк</t>
+  </si>
+  <si>
+    <t>891402</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/261/o4mmjclbfajk1mxjlnjbthkm9o5mty5d.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая ВНЕДОРОЖНИК, 11 см, инерция, в ассорт, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>891406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efb/r3emy394pv791loc3hepm60pf2na1jh6.jpg</t>
   </si>
   <si>
     <t>Модель металл СТРИТБАЙК 11см, руль поворач, подвеска, подножка, кор. Технопарк</t>
   </si>
   <si>
     <t>891408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/270/9qdaujhdhnvy4rj6yk0lcjrnnbqrwyro.jpg</t>
   </si>
   <si>
     <t>Машина металлическая ГОНОЧНЫЕ МАШИНЫ 8 см, в ассорт, дисп. Технопарк</t>
   </si>
   <si>
     <t>891409</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d4/gkb3m85p2hrhkwuo1mwe4715vg4a51ma.jpg</t>
   </si>
   <si>
     <t>Машина металлическая ВНЕДОРОЖНИК, 10,5 см, инерция, кор Технопарк</t>
   </si>
   <si>
     <t>891411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/y3ap0mb5qmbf3mnjsmxkmsfcs9cicve5.jpg</t>
   </si>
   <si>
     <t>Машина металлическая ВНЕДОРОЖНИК СПОРТ, 10,5 см, инерция, кор Технопарк</t>
   </si>
   <si>
     <t>891412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d8/u9abb6if1i0fj60uxhyb9su6hsa8lq6o.jpg</t>
   </si>
   <si>
     <t>Набор из металла АЭРОПОРТ в ассортименте, кор. Технопарк</t>
   </si>
   <si>
     <t>891415</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad7/92zs5xy3dhwioquaoygsalyv4dl00pmy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/07e/plrhvtx2li2t1tonp5j85hjpzm6u1rxr.jpg</t>
   </si>
   <si>
     <t>Машина металлическая ГОНОЧНЫЕ МАШИНЫ 7,5 см, в ассорт, кор., дисплей Технопарк</t>
   </si>
   <si>
     <t>891431</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6e6/kx3qgstbphvsyoz1cwrc86dqpnpmgrxd.jpg</t>
+  </si>
+  <si>
+    <t>Модель металл автобус троллейбус с резинкой, 12см, в ассортименте в дисплее Технопарк</t>
+  </si>
+  <si>
+    <t>Модель металл автобус/троллейбус с резинкой, 12см, в ассортименте в дисплее Технопарк</t>
+  </si>
+  <si>
+    <t>891432</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7c5/46ot8gndo43p2g58ouzjxt0t3v532ei6.jpg</t>
   </si>
   <si>
     <t>Машина металлическая LADA kalina cross 12 см, дв, багаж, инерц., кор. Технопарк</t>
   </si>
   <si>
     <t>891433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0f/bc32gtk9qqtvlgenarjddde1m355k01a.jpg</t>
   </si>
   <si>
     <t>Модель пластик свет-звук фермер 40см, приц., живот., баг.,под.дет.,ин., кор. Технопарк</t>
   </si>
   <si>
     <t>891436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f96/8txf9v7i1w2kl6myzzf60p5rex4be0xv.jpg</t>
   </si>
   <si>
     <t>Модель пластик свет-звук ТРАМВАЙ 28 см, открыв. двери, желтый, кор. Технопарк</t>
   </si>
   <si>
     <t>891439</t>
@@ -3339,188 +3086,159 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f3e/xurpobrbqhhu6hytqrgnljk8q4ahs7bs.jpg</t>
   </si>
   <si>
     <t>Машинка на радиоуправлении, Play Smart BOX 36х20х18 см, джип Добрыня, хаки защитный зел ный, арт. 9004</t>
   </si>
   <si>
     <t>Радиоуправляемый джип &amp;#39;Тарзан&amp;#39; - мечта любого мальчишки! С джипом на пульте управления, с удовольствием можно играть годами. Машинка не надоест и не утратит своей актуальности со временем. Взяв в руки пульт управления – каждый попадает в волшебный мир радости и развлечений. Имея среди игрушек радиоуправляемые машинки, ребёнок не соскучится один, а также отлично проведёт время с друзьями в подвижных играх</t>
   </si>
   <si>
     <t>904494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/050/vlay3qat4nyx7aeloujlcphge8e417ga.jpg</t>
   </si>
   <si>
     <t>Инерционная машина Bondibon  ПАРК ТЕХНИКИ , эвакуатор, многофункциональная</t>
   </si>
   <si>
     <t>Эвакуаторщик пришёл в детский сад за сыном, а его уже забрали. И подарили отличную игрушку - ЭВАКУАТОР автокран от Bondibon!&amp;nbsp;&amp;nbsp;Кузов машинки оснащён подъемным механизмом, который при нажатии кнопки на кабине поднимает кран, а также опускает его при нажатии кнопки на кузове.&amp;nbsp;&amp;nbsp;Кран эвакуатора выдвигается, к нему крепится тросы. В комплект игрового набора 2 в 1 входит легковой автомобиль. Автомобиль фиксируется за тросы и помещается на платформу. Платформа легко поднимается. Инерционная машинка может двигаться самостоятельно, если поставить её на ровную поверхность и оттянуть назад.&amp;nbsp;&amp;nbsp;Масштабная модель 1:16 увлечет детей своей многофункциональностью и детализацией. Эвакуатор светится и издает реалистичные звуки. Пополните детский технопарк светящейся машинкой. Тематический транспорт знакомит ребенка с окружающим миром.</t>
   </si>
   <si>
     <t>904495</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/172/b38kjmt453fb34r2anqbial1mgvra02y.jpg</t>
-[...32 lines deleted...]
-    <t>930807</t>
+    <t>http://anytos.ru//upload/iblock/1b5/rj36je45z3wt8soj3c75bycs34nr869c.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая, инерционная</t>
+  </si>
+  <si>
+    <t>Машина металлическая, инерционная, коробка</t>
+  </si>
+  <si>
+    <t>930287</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7f/g5oh123zb6bpibby12f8xmcgunx1n8t5.webp</t>
+  </si>
+  <si>
+    <t>Машина металлическая, инерционная, Пламя</t>
+  </si>
+  <si>
+    <t>Эта металлическая игрушечная машинка отличается ярким, огненным дизайном. С ней можно придумать множество сюжетно-ролевых игр, и каждая из них станет безумно интересной и запоминающейся.&lt;br /&gt;
+&lt;br /&gt;
+В машинке предусмотрен инерционный механизм движения &amp;#40;pull-back&amp;#41;: сначала откатите игрушку немного назад, а затем отпустите. Машина помчится вперед!&lt;br /&gt;
+&lt;br /&gt;
+Двери салона можно открывать и закрывать.&lt;br /&gt;
+&lt;br /&gt;
+Размер изделия &amp;#40;ДхШхВ&amp;#41;: 12,5х5,5х4,6 см.&lt;br /&gt;
+&lt;br /&gt;
+Изготовлено из металла с элементами полимерных материалов.&lt;br /&gt;
+&lt;br /&gt;
+Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>930297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d8/9z6ikwgs3ok58w4ezo0fa5r2c223e294.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:42 Mercedes-Benz G350d</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:42 Mercedes-Benz G350d. Двери откр., цв. сер, инерция</t>
+  </si>
+  <si>
+    <t>930803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/416/3qrvfxp0fjd6zeigs2yoto9pjw9k709l.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Toyota Corolla Hybrid</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Toyota Corolla Hybrid двери откр., цв. красный, инерция</t>
   </si>
   <si>
     <t>930808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79d/wo3ro95zxf8rf53dko5nka44y653ulct.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 BMW X5M</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 BMW X5M двери откр., цв. белый, инерция</t>
   </si>
   <si>
     <t>930809</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1fa/0dahty2ln10fcjak5p5gnhgjqs9htwdk.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/62d/9rqrwmtb2zuh05uuels08p0s98uqsjnq.jpg</t>
   </si>
   <si>
     <t>Машина металл AUDI Q7 ПОЛИЦИЯ 12 см, двер, багаж, инер, серебристый, Технопарк</t>
   </si>
   <si>
     <t>934956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fb/mfnldexn3b1g7hyb3ff059230ju90q6w.jpg</t>
   </si>
   <si>
     <t>Машина металл AUDI Q7 СПОРТ длина 12 см, двер, багаж, инер, зеленый, Технопарк</t>
   </si>
   <si>
     <t>934957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d76/4r5wlq76chq1ga7zi6elqtzyvgegn0qs.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW X5 M-SPORT ПОЛИЦИЯ 12 см, двери, баг, в Технопарк</t>
   </si>
   <si>
     <t>934959</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c39/1thw7zc7zs2spmgsxcejqsro8i6anpuk.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d3d/7uz3m1tcg83w5yg0cuv8zr4xr6soej23.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW X6 СПОРТ длина 12 см, двери, багаж, инер, красный, Технопарк</t>
   </si>
   <si>
     <t>934961</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/790/m35cuft6dj3ntjz7kjmefpxwyoqqy5bs.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9f4/svk79prhm50wh0dzsjh9s31q4sopru9k.jpg</t>
   </si>
   <si>
     <t>Машина металл CITROEN JUMPER ДЕТИ 14 см, двери, багаж, инерц, желтый, Технопарк</t>
   </si>
   <si>
     <t>934964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98b/od92fwcbvowjrg5m6cpbe4ak6xswv18c.jpg</t>
   </si>
   <si>
     <t>Машина металл CITROEN JUMPER МЕТРОПОЛИТЕН 14 см, двер, баг,инер, СИНИЙ, Технопарк</t>
   </si>
   <si>
     <t>934965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/907/s83k3of5rgrpb6h2y0ceodd3fg7ku1u1.jpg</t>
   </si>
   <si>
     <t>Машина металл CITROEN JUMPER ПОЛИЦИЯ 14 см, двер, баг, инер, серебр, Технопарк</t>
   </si>
   <si>
     <t>934966</t>
@@ -3540,78 +3258,87 @@
   <si>
     <t>Машина металл FORD FOCUS ПОЛИЦИЯ длина 12 см, двери, багаж, инерц, Технопарк</t>
   </si>
   <si>
     <t>934975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13e/oi8cjibgs9dxvrw4xnw89uaem4tcbfby.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD KUGA длина 12 см, двери, багаж, инерц, серый, Технопарк</t>
   </si>
   <si>
     <t>934979</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cc/gneutqxwkgx50jlloorcdxv4h2595hus.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD ranger ПИКАП полиц., 12 см, дв., багаж., инерция, Технопарк</t>
   </si>
   <si>
     <t>934983</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/813/wp3us0pf9ms96mib8wz36agbbsz7gytg.jpg</t>
-[...5 lines deleted...]
-    <t>934984</t>
+    <t>http://anytos.ru//upload/iblock/1de/lls41xso8vgl7el07h7t1cf1dmyl0osh.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл FORD ranger, 12 см, дв., баг., инер. солд. 4,5 см, в ассортименте Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл FORD ranger, 12 см, дв., баг., инер.&amp;#43;солд. 4,5 см, в ассортименте Технопарк</t>
+  </si>
+  <si>
+    <t>934985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/091/725dt1fqcvvqmahc9a9n49u0ogf5it2y.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD ranger, 12 см, дв., баг., инер. фигур. 4,5см, в ассортименте Технопарк</t>
   </si>
   <si>
     <t>Машина металл FORD ranger, 12 см, дв., баг., инер.&amp;#43;фигур. 4,5см, в ассортименте Технопарк</t>
   </si>
   <si>
     <t>934986</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/02a/kgh08uzlx5bm0a8tjfzxyxn5to87jax0.jpg</t>
-[...5 lines deleted...]
-    <t>934989</t>
+    <t>http://anytos.ru//upload/iblock/426/bq6eqd4h3jum2a6qyely5hrme3v533in.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл FORD TRANSIT ПОЛИЦИЯ, 12 см, двери., инерция, Технопарк</t>
+  </si>
+  <si>
+    <t>934987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70b/ckolcw3h1zbqj8yg0rabxg0g0rw61p7j.jpg</t>
+  </si>
+  <si>
+    <t>934988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24a/ygf7akyy5ediae5yi68wlzkqgpajwweo.jpg</t>
   </si>
   <si>
     <t>Машина металл HONDA CR-V длина 12 см, двери, багаж, инерц, красный, Технопарк</t>
   </si>
   <si>
     <t>934992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/477/ln51rqquoe8sygvpxz4ylng8kija1vd3.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER h1 ПИКАП ПОЛИЦИЯ, 12 см, дв., багаж., инерция, Технопарк</t>
   </si>
   <si>
     <t>934993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9e/spfvj7nedi98e4idrwkve5exoo6qpp74.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER h1 ПИКАП, 12 см, дв., багаж., инерция, черн., Технопарк</t>
   </si>
@@ -3633,149 +3360,95 @@
   <si>
     <t>Машина металл HUMMER H2 PICKUP КАМУФЛЯЖ 12 см, двер, баг, инер, песочн, Технопарк</t>
   </si>
   <si>
     <t>934998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc9/ir1v7xb3jk0bfs7283d53qibby3nu5yq.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER H2 PICKUP СПОРТ 12 см, двер, багаж, инер, красный, Технопарк</t>
   </si>
   <si>
     <t>935000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cce/p9j25eomtf3872zori6z4xruadufl2c4.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER H2 СПОРТ 12 см, двери, багаж, инерц, розовый, в Технопарк</t>
   </si>
   <si>
     <t>935001</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f52/ewdbu5z8vodez82titaevsxdruhlaqd7.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/13f/wrt2zxa2je7tavdfs550aubgpeqlf58k.jpg</t>
   </si>
   <si>
     <t>Машина металл HYUNDAI SANTAFE ПОЛИЦИЯ 12 см, двер, багаж, инер, серебр, Технопарк</t>
   </si>
   <si>
     <t>935004</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/925/d3osgkt3s1mbh99llyq515kyxnlmzwk9.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a5/5nwbirvomthj4bfsf7y3pn4yf9n240n0.jpg</t>
   </si>
   <si>
     <t>Машина металл INFINITI QX30 ДЛЯ ДЕВОЧЕК 12 см, двери, багаж, инерц, Технопарк</t>
   </si>
   <si>
     <t>935008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a18/ht94f60ibvoc7vy6iv6h8wp48e55pxoo.jpg</t>
   </si>
   <si>
     <t>Машина металл JEEP WRANGLER RUBICON 11 см, двери, багаж, инерц, черный, Технопарк</t>
   </si>
   <si>
     <t>935011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/6dd338x7jm8trybx3lubpjaoxd3fv36o.jpg</t>
   </si>
   <si>
     <t>Машина металл JEEP WRANGLER RUBICON ПОЛИЦИЯ 11 см, двери, багаж, инерц, Технопарк</t>
   </si>
   <si>
     <t>935013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1e/gkfbqbv8g4w4otzgha015vdgeh4nb2br.jpg</t>
   </si>
   <si>
     <t>Машина металл JEEP WRANGLER SAHARA ПОЛИЦИЯ 12 см, двер, баг, ин, белый, Технопарк</t>
   </si>
   <si>
     <t>935014</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/86f/46oa2ud1zee33sd1g28p42l5p8ly4y6j.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cf7/qbxtm7ilvpi1q3osjs615kn94cycixeu.jpg</t>
   </si>
   <si>
     <t>Машина металл KIA CEED, длина 12 см, откр дв, багаж, инерц, серый, в Технопарк</t>
   </si>
   <si>
     <t>935032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/623/zpesqquj2vlx2ddjf84paccjzq7cut32.jpg</t>
   </si>
   <si>
     <t>Машина металл KIA sorento prime ПОЛИЦИЯ, 12 см, двери, багаж., инерция, Технопарк</t>
   </si>
   <si>
     <t>935035</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0d/oq3c3t1y2wbzf4vh9c0633uynrh87v1j.jpg</t>
   </si>
   <si>
     <t>Машина металл KIA sorento prime, 12 см, двери, багаж., инерция, сереб., Технопарк</t>
   </si>
   <si>
     <t>935037</t>
@@ -3828,113 +3501,83 @@
   <si>
     <t>935046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/922/m1efe2384854h45b1bwvhcp2y9dvad1n.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA -2114  quot;SAMARA quot;, 12 см, двери, багаж, инерция, синий, Технопарк</t>
   </si>
   <si>
     <t>Машина металл LADA -2114 &amp;quot;SAMARA&amp;quot;, 12 см, двери, багаж, инерция, синий, Технопарк</t>
   </si>
   <si>
     <t>935047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d85/4yv7ndg41kqf0b94ldw7kamlqik0essw.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA granta ПОЛИЦИЯ, 12 см., дв, баг., инерция, Технопарк</t>
   </si>
   <si>
     <t>935051</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/198/02ymdwxcd18dvvcuydntr12nvgmr6uae.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/177/6mgyyer3c1bep0ufbsp05a4h7sdrq95s.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA PRIORA длина 12 см, двери, багаж, инерц, бежевый, в Технопарк</t>
   </si>
   <si>
     <t>935060</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dc8/01nr9vmpnxmct3qn114vxdx6dd0tcv29.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7db/hr9c6cbaaxk58q2qvs1psn89rrzv7bg2.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA-2108  quot;СПУТНИК quot; 12 см, двер, баг, инерц, серебристый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл LADA-2108 &amp;quot;СПУТНИК&amp;quot; 12 см, двер, баг, инерц, серебристый, Технопарк</t>
   </si>
   <si>
     <t>935070</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1d/8e0y22962h0164e99erljlf64ewasetq.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA-2108  quot;СПУТНИК quot; 12 см, двери, багаж, инерц, вишневый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл LADA-2108 &amp;quot;СПУТНИК&amp;quot; 12 см, двери, багаж, инерц, вишневый, Технопарк</t>
   </si>
   <si>
     <t>935071</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85b/c8og3kqn5q080lfpi25iv5ys052j3n5d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f50/ptj911h2b5b2h1q18napdbenpokfo4ne.jpg</t>
   </si>
   <si>
     <t>Машина металл LAND ROVER DEFENDER PICKUP КАМУФЛЯЖ 12 см, двери, багаж, Технопарк</t>
   </si>
   <si>
     <t>935075</t>
   </si>
   <si>
     <t>Машина металл LAND ROVER DEFENDER PICKUP КАМУФЛЯЖ 12 см, двери, багажн, Технопарк</t>
   </si>
   <si>
     <t>935076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c93/tonyddajzljd8qdlkylx7o53bnfn9lua.jpg</t>
   </si>
   <si>
     <t>Машина металл land ROVER DEFENDER HUMMER H2 PICKUP 12см,дв,баг,асс,дис. Технопарк</t>
   </si>
   <si>
     <t>Машина металл land ROVER DEFENDER/HUMMER H2 PICKUP 12см,дв,баг,асс,дис. Технопарк</t>
   </si>
   <si>
     <t>935078</t>
@@ -4062,111 +3705,111 @@
   <si>
     <t>Машина металл RENAULT DUSTER ДОСТАВКА длина 12 см, двери, багаж, инерц, Технопарк</t>
   </si>
   <si>
     <t>935112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dad/ud6z9lkmgdrr5tgszjqxf5h6sd7vcu2r.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT KANGOO РЕАНИМАЦИЯ 12 см, двери, багаж, желтая, в кор. Технопарк</t>
   </si>
   <si>
     <t>935113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b1/gvnujhemw6yxib1xf3ioecxn30xjv4yb.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT KANGOO СКОРАЯ 12 см, двер, баг, инер, Технопарк</t>
   </si>
   <si>
     <t>935114</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/104/webxf9u8k1cinxxze6h3vigpb8hatmbe.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e5/t3ke96mw072sr7cwudvk7g8une27u4gu.jpg</t>
   </si>
   <si>
     <t>Машина металл SKODA rapid ПОЛИЦИЯ, 12 cm, дв., багаж., инерция, Технопарк</t>
   </si>
   <si>
     <t>935121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/924/1i7kntsgoaqcrds64ex4fmiix5hmtmvj.jpg</t>
   </si>
   <si>
     <t>Машина металл SUZUKI JIMNY 11,5 см, двер, баг, инер, оранж, Технопарк</t>
   </si>
   <si>
     <t>935124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/375/g2clfcu9t9sgign8v1rfihu7lekll13f.jpg</t>
   </si>
   <si>
     <t>Машина металл SUZUKI JIMNY 11,5 см, двер, баг, инер, сер, Технопарк</t>
   </si>
   <si>
     <t>935125</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/15b/53db2pdr4p94kx7rdq5yij6vmcfgizn7.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл SUZUKI JIMNY 11,5 см, двери, багаж, инерц, желтый, Технопарк</t>
+  </si>
+  <si>
+    <t>935126</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ac7/418nlzaqh7r1xb4514u2zqh0y7xfb8cc.jpg</t>
   </si>
   <si>
     <t>Машина металл TOYOTA LAND CRUISER ПОЛИЦИЯ длина 12,5 см, двери, инерц, Технопарк</t>
   </si>
   <si>
     <t>935127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d85/s72dy7uf5q0y3mkpinpp8ic6gzm50yd0.jpg</t>
   </si>
   <si>
     <t>Машина металл TOYOTA PRADO ПОЛИЦИЯ 12 см, двери, багаж, инерц, белый, Технопарк</t>
   </si>
   <si>
     <t>935128</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e78/hmmspvw7nko8ty4omrg0d5eup4dbz0k1.jpg</t>
-[...5 lines deleted...]
-    <t>935129</t>
+    <t>http://anytos.ru//upload/iblock/83a/1cisd4so19e3rqzb0poq0zhsoj78sew0.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл TOYOTA RAV4 ГРАФИТИ 12 см, двери, багаж, инерц, ассорт, Технопарк</t>
+  </si>
+  <si>
+    <t>935130</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef3/3t3gcwl5a2nyzdrcvvv23toeilmr6j92.jpg</t>
   </si>
   <si>
     <t>Машина металл TOYOTA RAV4 ДЛЯ ДЕВОЧЕК длина 12 см, двери, багаж, инерц, Технопарк</t>
   </si>
   <si>
     <t>935131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad6/deswpsum2g6o8mdkyqfkzmcxpt5humgp.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ HUNTER ДИНОЗАВРЫ 11,5 см, двер, багаж, ин, салатовый, Технопарк</t>
   </si>
   <si>
     <t>935135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36c/s11amtx7404b55p75v1nd454ap7b5ugk.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ HUNTER длина 12 см, двери, багаж, инерц, серебристый, Технопарк</t>
   </si>
@@ -4179,251 +3822,266 @@
   <si>
     <t>Машина металл UAZ HUNTER ПОЛИЦИЯ 11,5 см, двери, баг, ин, фигурка, асс, Технопарк</t>
   </si>
   <si>
     <t>935137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f0/j2pe71hb5vco83aqbc2q6hds5lqkgldo.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ HUNTER, 11,5 см, дв., багаж., инерция, оранж., Технопарк</t>
   </si>
   <si>
     <t>935139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f3/6p7gm22i6yl0g3n232360a3wbgb0e0e4.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ patriot ПОЛИЦИЯ, 12 см, дв., багаж., инерция, Технопарк</t>
   </si>
   <si>
     <t>935141</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c7f/dkb9eslmmatxzq24va9hbfcmm49vgguw.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/34b/5c2fdyqe4oj9o0ua3a7bdt63wvg1v1t8.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ PICKUP СНЕГ 12 см, двери, багаж, инерц, динозавр, Технопарк</t>
   </si>
   <si>
     <t>935148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/835/mdk62s69dhdcs6y9laozyxz91lnlvgtm.jpg</t>
   </si>
   <si>
     <t>Машина металл автовездеход ПОЛИЦИЯ 12 см, пулемет, инерц, белый, в Технопарк</t>
   </si>
   <si>
     <t>935150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a32/26rgvko173gg25qqxy8jwp7zigey2opx.jpg</t>
   </si>
   <si>
     <t>Машина металл БАГГИ АВТОСПОРТ длина 12 см, инерц, красный, в Технопарк</t>
   </si>
   <si>
     <t>935153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ab/12nf7x9ghxrc8vqv45qzeadl2x6cqhd1.jpg</t>
   </si>
   <si>
     <t>Машина металл БАГГИ АВТОСПОРТ длина 12 см, инерц, синий, Технопарк</t>
   </si>
   <si>
     <t>935154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a7/4gljleo34tl87oo8uihjhj5cc0ns5n6o.jpg</t>
   </si>
   <si>
     <t>Машина металл ВАЗ-2104 2106 12 см, двери, багаж, инерц, ассорт, дисп. Технопарк</t>
   </si>
   <si>
     <t>Машина металл ВАЗ-2104/2106 12 см, двери, багаж, инерц, ассорт, дисп. Технопарк</t>
   </si>
   <si>
     <t>935156</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/00f/54ylm9xsb0wpzw1pnj7uwfi3u9ulv5n1.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл ВАЗ-2104 2106 ПОЛИЦИЯ 12 см, двер, баг, инерц, в ассорт, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл ВАЗ-2104/2106 ПОЛИЦИЯ 12 см, двер, баг, инерц, в ассорт, Технопарк</t>
+  </si>
+  <si>
+    <t>935157</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/551/pe4s7vlfn54xhx7b9fflk0rhmelv23sq.jpg</t>
   </si>
   <si>
     <t>Машина металл ВНЕДОРОЖНИК ПОЖАРНАЯ МАШИНА, 11 см, инерция, Технопарк</t>
   </si>
   <si>
     <t>935158</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d8/7m6jo6a4ga9l0115r9smowqhkuis4fka.jpg</t>
   </si>
   <si>
     <t>Машина металл ГАЗ -2402  quot;волга quot; дл 12 см, откр дв, багаж, инерц, крас., Технопарк</t>
   </si>
   <si>
     <t>Машина металл ГАЗ -2402 &amp;quot;волга&amp;quot; дл 12 см, откр дв, багаж, инерц, крас., Технопарк</t>
   </si>
   <si>
     <t>935161</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a77/la94z75q8j7a4uh64am830o3olhvybm8.jpg</t>
   </si>
   <si>
     <t>Машина металл ГАЗ ВЕПРЬ ПОЛИЦИЯ 12,5 см, двери, пулем, инерц, сер, Технопарк</t>
   </si>
   <si>
     <t>935163</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90d/r4sj44xxa330375sgh77u5imarnj1h7y.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/80e/l05w8vodnevrulzl1qm5jqdn3qw5plan.jpg</t>
   </si>
   <si>
     <t>Машина металл ГРУЗОВИК 10,5 см, красный, Технопарк</t>
   </si>
   <si>
     <t>935176</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/104/f6p00pfonuivy738o0hbvoj3les5mhh4.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл ДЖИПЫ ПОЛИЦИЯ 7,5 см в ассортименте, коробка Технопарк</t>
+  </si>
+  <si>
+    <t>935178</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d22/8vujigj5ukycz2bvbbbcmcyx0bvhn0ys.jpg</t>
   </si>
   <si>
     <t>Машина металл звук-свет ГАЗ ТИГР РОСГВАРДИЯ 13 см, дв.,кап, люк, инер.,Технопарк</t>
   </si>
   <si>
     <t>935186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b6/xnzlfsoiwicspcuifv12cg6oa1pmiio3.jpg</t>
   </si>
   <si>
     <t>Машина металл  quot;МИНИВЭН quot; 12см, свет-звук, открыв. двери, инерц, в ассортименте в кор Технопарк</t>
   </si>
   <si>
     <t>Машина металл &amp;quot;МИНИВЭН&amp;quot; 12см, свет-звук, открыв. двери, инерц, в ассортименте в кор Технопарк</t>
   </si>
   <si>
     <t>935196</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/985/3hsnn9cyjdlp4c4zm6519zhizi3au21u.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/218/ss2k1aaudv3uyyllg5r16qe1zb233m9l.jpg</t>
   </si>
   <si>
     <t>Машина металл свет звук ГАЗЕЛЬ РЕАНИМАЦИЯ, 13 см, двери, баг., инерция, Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет&amp;#43;звук ГАЗЕЛЬ РЕАНИМАЦИЯ, 13 см, двери, баг., инерция, Технопарк</t>
   </si>
   <si>
     <t>935199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a8/c57xk49c12u5xdawscz2ib86wbkpmun0.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук CITROEN JUMPER ПОЛИЦИЯ 14 см, двер, инер,белый, Технопарк</t>
   </si>
   <si>
     <t>935200</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7c8/c6q477j7snc8awgdyq5cjd2ghheakwx1.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл свет-звук FIAT DOBLO ПОЛИЦИЯ 12 см, двери, инерц, серебр, Технопарк</t>
+  </si>
+  <si>
+    <t>935203</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/29c/4izxthewro13qe6xguggkvg1b7phy4gt.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук hot wheels СПОРТКАР, 12,5 см, двери, инерц, Технопарк</t>
   </si>
   <si>
     <t>935209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16c/4gd1c1qftw9sirlqem5n9siplzbdnl2p.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук HUMMER H2 PICKUP ПОЛИЦИЯ 12 см, двери, багажн, Технопарк</t>
   </si>
   <si>
     <t>935210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/698/gloesi9mfsl3n3hioi3x0mlumoemx7bp.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук HUMMER H2 PICКUP КАМУФЛЯЖ 12 см, двери, багажн, Технопарк</t>
   </si>
   <si>
     <t>935211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1e/iuz3q2hj8bbg7blu8q2q0qu6u2n9m379.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук HYUNDAI CRETA ПОЛИЦИЯ, 12 см,отк.дв.,баг.,ин., Технопарк</t>
   </si>
   <si>
     <t>935212</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cbc/81o719gb3slntobimb9m6wql4zzrsai0.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл свет-звук INFINITI QX80 ПОЛИЦИЯ 12 см, двер, багаж, инер, Технопарк</t>
+  </si>
+  <si>
+    <t>935213</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d1/fz5bz58y8tvd37i4g78kntl2a1e8pwlf.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл свет-звук JEEP WRANGLER RUBICON ПОЛИЦИЯ 12 см, двер, баг, Технопарк</t>
+  </si>
+  <si>
+    <t>935215</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6c3/dra963k5vsspbbrxiy20sc5orzdvdrfp.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук JEEP WRANGLER SAHARA ПОЛИЦИЯ 12 см, двер, баг, Технопарк</t>
   </si>
   <si>
     <t>935216</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39b/15ghz741y5ipqdacadxtj7lplyvf7ezp.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук LADA grantacross2019полиц12см,двери,багажн,сереб,кор Технопарк</t>
   </si>
   <si>
     <t>935225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b3/o22pi0szkfjf9r13zdtpuhwuvdhef657.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук LADA kalina ДПС, 12,5 см, двери, инерция Технопарк</t>
   </si>
   <si>
     <t>935226</t>
@@ -4506,257 +4164,236 @@
   <si>
     <t>Машина металл свет-звук NISSAN INFINITI QX30, 12 см, откр дв., баг.,ин.,Технопарк</t>
   </si>
   <si>
     <t>935239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c7/8vvhdzxsoxiiyx60iqyq6yyhtzyrszx0.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук NISSAN JUKE-R 2.0 12 см, двери, багаж, черный, Технопарк</t>
   </si>
   <si>
     <t>935241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9e/4pjeqf5392h0s2g24ir2os5krxy7rnm6.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук RENAULT master ПОЛИЦИЯ 14 см, двер, серебрист, Технопарк</t>
   </si>
   <si>
     <t>935244</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b43/gt3qeur799vt4am81gmdzev8v5j1cygo.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff9/xn8m6jdo8v0lnj8bb21q1ohlvv46v57h.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук БРОНЕАВТОМОБИЛЬ ПОЛИЦИЯ 12 см, двери, инерц, Технопарк</t>
   </si>
   <si>
     <t>935254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d3/6wqu0ufs9qmtthaxlral942j027ct092.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук ваз 21099, 18,5 см, дв., кап.,баг.,инер.,сер., Технопарк</t>
   </si>
   <si>
     <t>935260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47d/4r1czprfjuyxumxkjolp560f02viovk5.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук ГАЗ-2402  quot;ВОЛГА quot; СКОРАЯ 12 см, двери, багаж, в Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук ГАЗ-2402 &amp;quot;ВОЛГА&amp;quot; СКОРАЯ 12 см, двери, багаж, в Технопарк</t>
   </si>
   <si>
     <t>935268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d0f/ydxvkqvmyh1urq20oqnwwo69sa78fajx.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b2/hb16dsvzo4ivah4wcs5j1w4jktpqf6l3.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук ДОРОЖНАЯ СЛУЖБА 20см, инерц, кузов, оранж, Технопарк</t>
   </si>
   <si>
     <t>935275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec9/ak0209ikumkplib9vvcsol7t7fsqq9g3.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук лимузин свадебный, 17 см, двери, люк, инерция, Технопарк</t>
   </si>
   <si>
     <t>935279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/354/23aegef916vbiyst2ylzumv0spmvur2l.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук САМОСВАЛ 19,5 см, подв. дет., инерция, Технопарк</t>
   </si>
   <si>
     <t>935290</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/757/3ob3aun80gg3hgmawl4wnvxbih5wnw1j.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/35b/p9nvvnx3nzt7tgq0xcpvqddkszhuyomh.jpg</t>
   </si>
   <si>
     <t>Машина металл СПОРТКАР, 10 см, инерция, Технопарк</t>
   </si>
   <si>
     <t>935313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e15/ccj5t1qa18zr8nphxsymmtzzrhlt0oki.jpg</t>
   </si>
   <si>
     <t>935314</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/49e/3bkwck7n1334hy94c7duvhhc2cmyf0xv.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл СПОРТКАР, 11 см, инерция, Технопарк</t>
+  </si>
+  <si>
+    <t>935316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/412/t9ust0t7d8ea55w153f69zv28urvcs4e.jpg</t>
+  </si>
+  <si>
+    <t>935317</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/291/ltbkqbt7nzsdnkcaj0uljtrvsz1mlg1g.jpg</t>
   </si>
   <si>
     <t>Машина металл СУПЕРКАР Ф1 17 см, инерция, СИНИЙ, Технопарк</t>
   </si>
   <si>
     <t>935320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb2/fl9vrxe383wlt8outlqyd6z5olz9kr8k.jpg</t>
   </si>
   <si>
     <t>Машина металл ТРОЛЛЕЙБУС с резинкой 12см, Технопарк</t>
   </si>
   <si>
     <t>935326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ee/tsf7l1z9c8cgtbdjhdteodanmwj4qh4t.jpg</t>
   </si>
   <si>
     <t>Машина металл УАЗ ПИКАП ДИНОЗАВРЫ 12 см, двери, багаж, инерц, желтый, Технопарк</t>
   </si>
   <si>
     <t>935328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eda/92vupqqico5y4j2uqr11odjboswctv4c.jpg</t>
   </si>
   <si>
     <t>Машина металл УАЗ ХАНТЕР ЗОМБИ 12 см, двери, багаж, инерц, оранжевый, Технопарк</t>
   </si>
   <si>
     <t>935329</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/359/i7no5yzy4zeyoyhyflxwro9f1d1u421l.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/30a/if58fwu1r9v9cyuztin2x0tcmljz0qll.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук KAMAZ камаз ПОЖАРНАЯ 26см, инерц, двери, Технопарк</t>
   </si>
   <si>
     <t>935345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c7/nmfcrd9w1xucw70u1ups98hthgx0m8gc.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук автоперевозчик 20 см, подв. дет., ин, в ассортименте,кор. Технопарк</t>
   </si>
   <si>
     <t>935360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/639/1aartcqv5fx1deopt76hn8811mhn6zd7.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук автоперевозчик 20 см, подв. дет., ин,кор. Технопарк</t>
   </si>
   <si>
     <t>935361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13b/x20zx4l31fwzkg24hegcy6sbrmlguhsg.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук БАГГИ 13 см, инерция, оранж, Технопарк</t>
   </si>
   <si>
     <t>935362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afd/vswh55o8rgsz28zqmb1611aohzi8ch18.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук ГАЗОН NEXT САМОСВАЛ 22 см, двер, кузов, зелен, Технопарк</t>
   </si>
   <si>
     <t>935367</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f1f/st68crkayuheqhat6z2qdk1j793su7sg.jpg</t>
+  </si>
+  <si>
+    <t>Машина пластик свет-звук ДЖИП вс, 22 см, подвиж. детали, инерция, Технопарк</t>
+  </si>
+  <si>
+    <t>935370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/351/no3x6esxe825atc18uwwmstng2x3oc7l.jpg</t>
+  </si>
+  <si>
+    <t>Машина пластик свет-звук ДЖИП ПОЛИЦИЯ 18 см, отк. дв, инерц, Технопарк</t>
+  </si>
+  <si>
+    <t>935371</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7af/orgcdkkmgwel28rne8m91kfph8skvesp.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук ТРОЛЛЕЙБУС 45 см, двери, инерц, син, Технопарк</t>
   </si>
   <si>
     <t>935386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/184/kw5zi2hzx5huadrdga2750l92aw6imj7.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук УАЗ HUNTER ДПС 19,5см, откр.дв.багаж., инерция, Технопарк</t>
   </si>
   <si>
     <t>935389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93c/zhjcmagkhg981wiy6r5o8oii0z5qgyn7.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении LADA 4x4 18 см, свет, камуф, Технопарк</t>
   </si>
   <si>
     <t>935396</t>
@@ -4767,179 +4404,161 @@
   <si>
     <t>Машина на радиоуправлении АМН ВПК-233114 ПОЛИЦИЯ 21 см, свет, бел, Технопарк</t>
   </si>
   <si>
     <t>935404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b3/zcqeniwg7126bqdl4cxn8zezpf32htlk.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении ВАЗ-2106 18 см, свет, крас, Технопарк</t>
   </si>
   <si>
     <t>935406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/580/bep05a23eyujyfc93xjbgoj57i5marrv.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении ВАЗ-2106 ПОЛИЦИЯ 18 см, свет, бел, Технопарк</t>
   </si>
   <si>
     <t>935408</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/135/hqjd00epqeh8syzi3p0xxe265ib828vb.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении УАЗ ПАТРИОТ ПОЛИЦИЯ 15,5 см, свет, белый, Технопарк</t>
+  </si>
+  <si>
+    <t>935410</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/61b/b9uwgvexbxigo621knn2n453i03soz8u.jpg</t>
   </si>
   <si>
     <t>Модель металл звук СПОРТБАЙК 11,5 см, подв эл. Технопарк</t>
   </si>
   <si>
     <t>935429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d65/2sj62hos36faxvzv1nazs9lxx7shm90z.jpg</t>
   </si>
   <si>
     <t>Модель металл МОТОЦИКЛ с фигуркой ПОЛИЦИЯ, 7 см, в ассортименте Технопарк</t>
   </si>
   <si>
     <t>935432</t>
   </si>
   <si>
-    <t>36</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/41e/ar37sb71q87fogc0oipat467w5illwbv.jpg</t>
   </si>
   <si>
     <t>Модель пластик свет-звук МОТОЦИКЛ СПОРТ 15 см, 2 кнопки, инерц, желт, Технопарк</t>
   </si>
   <si>
     <t>935466</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/835/hdb9r9zcuc3lccxgnibql1usl4emw23t.jpg</t>
+  </si>
+  <si>
+    <t>Модель пластик свет-звук СУПЕРБАЙК 13,5 см, поднож., руль, ассорт. Технопарк</t>
+  </si>
+  <si>
+    <t>935467</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/uew4yy9q9imxuoloklm8lgg9zo0y7i1p.jpg</t>
+  </si>
+  <si>
+    <t>Модель пластик свет-звук ТРАМВАЙ, 24 см, двери, Технопарк</t>
+  </si>
+  <si>
+    <t>935472</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/512/08d3on0eovdxc8ej13yse4qp1an8zt6d.jpg</t>
   </si>
   <si>
     <t>Набор из металл машин ГОРОДСКОЙ МИКС 7,5 см, в ассорт, Технопарк в кор.2 84наб</t>
   </si>
   <si>
     <t>Набор из металл машин ГОРОДСКОЙ МИКС 7,5 см, в ассорт, Технопарк в кор.2*84наб</t>
   </si>
   <si>
     <t>935481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e3/rty2zxvdwoe543oa74i7ktdcoliaduwh.jpg</t>
   </si>
   <si>
     <t>ТМ ТЕХНОПАРК. МАШИНА МЕТАЛЛ. NISSAN MURANO ПОЛИЦИЯ 12СМ, ОТКРЫВ.ДВЕРИ, инерция В КОР.</t>
   </si>
   <si>
     <t>935486</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a84/ib0jnynmvq8tqkq6sg4mnpgltyaif3j4.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/902/fp4ml82ywmfjx5sqxdb2kw5gbwa16pcz.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW X6 длина 12 см, двери, багажник, инерция, синий, коробка. Технопарк</t>
   </si>
   <si>
     <t>938353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e2/1ryr80wzdmp129g0h0m04x7jgidftrs9.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW X6 длина 12 см, двери, багажник, инерция, черный, коробка. Технопарк</t>
   </si>
   <si>
     <t>938354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a2/qnesry38biqoyxxp2ptc4ns98ulq71p3.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD Ecosport полиция 12см, открыв. двери, инерция в коробке. Технопарк</t>
   </si>
   <si>
     <t>938355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef1/j5oy6n5ymu1j8j4i3rdksxon5sg1buat.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD FOCUS ХЭТЧБЕК ПОЛИЦИЯ 12 см, двери, багажник, инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938357</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c19/lvw3wgfarotpo62tfqyiyza45iwbckxy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/33b/ypra3rzm4sfd59119f8gsyurickxu3s8.jpg</t>
   </si>
   <si>
     <t>Машина металл HONDA CR-V длина 12 см, двери, багажник, инерция, черный, коробка. Технопарк</t>
   </si>
   <si>
     <t>938360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49d/iu12halke2soaf49tzyyw6s5t0tulcdp.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER h1 ПИКАП, 12 см, двери, багаж., инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83a/vzvt1035jsa2md6fgw060d3an7ywjyeg.jpg</t>
   </si>
   <si>
     <t>Машина металл INFINITI QX70 длина 12 см, двери, багажник, инерция, черный, коробка. Технопарк</t>
   </si>
   <si>
     <t>938365</t>
@@ -4968,146 +4587,161 @@
   <si>
     <t>Машина металл LADA 111 СКОРАЯ, 12 см, двери, багажник, инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b1/uzbv20tr2gmrhxyk7r5vxss9xm4e6yoh.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA VESTA SW CROSS ПОЛИЦИЯ 12 см, двери, багажник, белый, коробка. Технопарк</t>
   </si>
   <si>
     <t>938379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef8/pzvd41zee4x6n1gubgrbr8ihp49ikemv.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA XRAY ПОЛИЦИЯ длина 12 см, двери, багажник, инерция, белый, кор Технопарк</t>
   </si>
   <si>
     <t>938380</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/15b/84tdlr83uq1nnuv2ffcxs8ugeiw6417w.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл LAND ROVER DEFENDER САФАРИ длина 12 см, двери, багажник, коробка. Технопарк</t>
+  </si>
+  <si>
+    <t>938381</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad7/7pl1cgy4xzleu1oaysbksla4sqm1b1zm.jpg</t>
   </si>
   <si>
     <t>Машина металл LAND ROVER DISCOVERY ПОЛИЦИЯ 12 см, двери, багажник, инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab8/q2cul6p2y3iyyckgs69n769ha2lxhqqh.jpg</t>
   </si>
   <si>
     <t>Машина металл MERCEDES-BENZ GLE 22018 12 см, двери, багажник, инерция, СИНИЙ, коробка. Технопарк</t>
   </si>
   <si>
     <t>938384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97b/8zia5sbfjrb7ap9sapnwgwx8fw5sen8f.jpg</t>
   </si>
   <si>
     <t>Машина металл MITSUBISHI PAJERO SPORT 12 см, двери, багажник, инерция, СИНИЙ, коробка. Технопарк</t>
   </si>
   <si>
     <t>938385</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/be3/dveywfnpxu9z155h1iymneb2l8gthdtv.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл NISSAN QASHQAI длина 12 см, двери, багажник, инерция, серый, коробка. Технопарк</t>
+  </si>
+  <si>
+    <t>938386</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/eac/gmui0u6kj887sw8lys4ugg947qmd0sz2.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT sandero ПОЛИЦИЯ, 12 см, двери, багажник, инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa2/g1cqvjcw2tj2gcnlq040ggdsh2jqroho.jpg</t>
   </si>
   <si>
     <t>Машина металл SUZUKI JIMNY 11,5 см, двери, багажник, инерция, синий, коробка. Технопарк</t>
   </si>
   <si>
     <t>938389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa0/4cj162oq5v7bd6ydte4n9v7w60085xyd.jpg</t>
   </si>
   <si>
     <t>Машина металл SUZUKI VITARA S 2015 МАТОВЫЙ 12 см, двери, багажник, инерция, серый, коробка. Технопарк</t>
   </si>
   <si>
     <t>938390</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/225/hvj9is5eo28zuju9axbir9kwtcrmr1wq.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл TOYOTA PRADO матовая 12 см, двери, багажник, инерция, черный, коробка. Технопарк</t>
+  </si>
+  <si>
+    <t>938392</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f87/cokv1d02v2eyx680ajf2w5yjegp9v6sr.jpg</t>
   </si>
   <si>
     <t>Машина металл TOYOTA PRADO, 12 см, откр дв, багажник, инерция, ч рный, коробка. Технопарк</t>
   </si>
   <si>
     <t>Машина металл TOYOTA PRADO, 12 см, откр дв, багажник, инерция, чёрный, коробка. Технопарк</t>
   </si>
   <si>
     <t>938393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f97/rqtxywc25p6gatxzrvx9uv8fj4q2n94x.jpg</t>
   </si>
   <si>
     <t>Машина металл АВТОБУС с резинкой 12 см, коробка. Технопарк</t>
   </si>
   <si>
     <t>938398</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b8/tu6bjurz1ixyqp1xwqevr7ycklqb0egd.jpg</t>
   </si>
   <si>
     <t>Машина металл АРМЕЙСКИЙ ВНЕДОРОЖНИК ПИКАП 12 см, двери, багажн, камуф, коробка. Технопарк</t>
   </si>
   <si>
     <t>938401</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/287/o7td71op8s6x07cncjmk2xs9vqt88isj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b9d/99nc6uw0e73kqqahqht1lr77h0x271w4.jpg</t>
   </si>
   <si>
     <t>Машина металл ВНЕДОРОЖНИК, 10,5 см, инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/936/t048668xd62n9w3mgni9xy8g8rk6zv5r.jpg</t>
   </si>
   <si>
     <t>Машина металл ВНЕДОРОЖНИК, 11 см, инерция, коробка. Технопарк</t>
   </si>
   <si>
     <t>938408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/937/aaz8oct22arnh8e02kmqxmpq5v9kp9gy.jpg</t>
   </si>
   <si>
     <t>Машина металл ГАЗ ВЕПРЬ 12,5 см, двери, инерция, черный, коробка. Технопарк</t>
   </si>
   <si>
     <t>938411</t>
@@ -5211,267 +4845,175 @@
   <si>
     <t>Машина пластик свет&amp;#43;звук ГАЗ ТИГР полиция, 21 см, двери, капот, багажник, люк, коробка. Технопарк</t>
   </si>
   <si>
     <t>938455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb8/wtiox63vs3mc09bsfdx5lskx3zehnxmm.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук БРОНЕВИК ПОЛИЦИЯ 18 см, своб. ход, коробка. Технопарк</t>
   </si>
   <si>
     <t>938461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/637/wvxc0c0jjo3mzozs0p1ap6ogy1sfemd9.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук ПОЛИЦИЯ 18 см, своб. ход, коробка. Технопарк</t>
   </si>
   <si>
     <t>938464</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/723/432beqp9png8lacmngazac0j1otw88z7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec0/h5y22s6t2omuxvmp8b40mtqttkwxs8fq.jpg</t>
   </si>
   <si>
     <t>Модель металл свет-звук ТУРИСТБАЙК 12,5 см, подв эл., в ассортименте, коробка. Технопарк</t>
   </si>
   <si>
     <t>938483</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10c/kqkbs2wypgfex4it4mfflhg57nllooy2.jpg</t>
   </si>
   <si>
     <t>Машина металл  quot;ПИКАП quot;, длина 12см, свет звук, инерция, в ассортименте, в коробке. Технопарк</t>
   </si>
   <si>
     <t>Машина металл &amp;quot;ПИКАП&amp;quot;, длина 12см, свет&amp;#43;звук, инерция, в ассортименте, в коробке. Технопарк</t>
   </si>
   <si>
     <t>938495</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/14e/4x0ytaipxu3ytp39gpw2jbxy1whp6lks.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6a2/5glbdgisrbw8hd7gtf6dp3qwtcpplhct.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW 5-ER SEDAN M-SPORT 12 см, двери, багаж, сер, Технопарк</t>
   </si>
   <si>
     <t>Машина металл BMW 5-ER SEDAN M-SPORT 12 см, двери, багаж, сер, кор. Технопарк</t>
   </si>
   <si>
     <t>943284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c9/0ku93why3z6kzik73iej4axvsbnbabd1.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW 5-ER SEDAN M-SPORT 12 см, двери, багаж, син, Технопарк</t>
   </si>
   <si>
     <t>Машина металл BMW 5-ER SEDAN M-SPORT 12 см, двери, багаж, син, кор. Технопарк</t>
   </si>
   <si>
     <t>943285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/124/hgeuu2af6kfiwk7nlxi9iicybafezbu0.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW 5-ER SEDAN M-SPORT ПОЛИЦИЯ 12 см, двери, баг, Технопарк</t>
   </si>
   <si>
     <t>Машина металл BMW 5-ER SEDAN M-SPORT ПОЛИЦИЯ 12 см, двери, баг, кор. Технопарк</t>
   </si>
   <si>
     <t>943286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d09/1n3chyv233dhxv5yamldxq2jezgzzcz2.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW X5 M-SPORT 12 см, двери, багаж, бел, Технопарк</t>
   </si>
   <si>
     <t>Машина металл BMW X5 M-SPORT 12 см, двери, багаж, бел, кор. Технопарк</t>
   </si>
   <si>
     <t>943287</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f37/8sext7giyvpv3scz4s49bhaf39pxz2qu.jpg</t>
-[...8 lines deleted...]
-    <t>943288</t>
+    <t>http://anytos.ru//upload/iblock/864/su4gyakz97rridt28ix6u8xzq3adtybx.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл BMW X5 ДЛЯ ДЕВОЧЕК 12 см, двери, багаж, инер, красный, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл BMW X5 ДЛЯ ДЕВОЧЕК 12 см, двери, багаж, инер, красный, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30b/h2xttjdm123ib7pxbp4jn8pfdug0ksxd.jpg</t>
   </si>
   <si>
     <t>Машина металл BMW X6 ПОЛИЦИЯ длина 12 см, двери, багаж, инерц, белый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл BMW X6 ПОЛИЦИЯ длина 12 см, двери, багаж, инерц, белый, кор. Технопарк</t>
   </si>
   <si>
     <t>943290</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/571/tuikkiho8vyvay82vq63hexhvsc69zak.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d79/dym23i2we663ak8snk7auudw0o8vo1uk.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD F150 RAPTOR СПОРТ 12 см, двери, багаж, инерц, белый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл FORD F150 RAPTOR СПОРТ 12 см, двери, багаж, инерц, белый, кор. Технопарк</t>
   </si>
   <si>
     <t>943297</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4e9/eptzewmv46mtcuen0et8523aoxo9qs2l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/abf/mec12pfopy43p39fa9brq95qk76k0m4q.jpg</t>
   </si>
   <si>
     <t>Машина металл FORD KUGA длина 12 см, двери, багаж, инерц, синий, Технопарк</t>
   </si>
   <si>
     <t>Машина металл FORD KUGA длина 12 см, двери, багаж, инерц, синий, кор. Технопарк</t>
   </si>
   <si>
     <t>943303</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/866/7d2cfe832vqvb7zpfwlzsq441ie1i0w3.jpg</t>
-[...17 lines deleted...]
-    <t>Машина металл HUMMER H2 длина 12 см, двери, багаж, инерц, КАМУФЛЯЖ, в кор. Технопарк</t>
+    <t>http://anytos.ru//upload/iblock/c6c/tzyk1st8ygjq0r3rnnqcqbvug5y0kio3.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл HUMMER H2 длина 12 см, двери, багаж, инерц, КАМУФЛЯЖ, Технопарк</t>
+  </si>
+  <si>
+    <t>Металлическая модель «Hummer H2» ТМ «Технопарк» - прекрасный подарок для ребёнка:&lt;br /&gt;
+- открываются двери, - пушка вращается, - инерционный механизм &amp;#40;поставьте машинку на ровную поверхность, потяните за корпус назад, отпустите и она начнёт быстро двигаться вперёд&amp;#41;. Металлическая модель, выполненная с учётом всех особенностей прототипа, обязательно понравится вашему ребёнку. Благодаря открывающимся дверям, которые делают машинку максимально похожей на настоящую, всегда можно заглянуть к ней внутрь, чтобы убедиться - каждая деталь отлично проработана. Реалистичный дизайн данной модели позволит с головой погрузиться в игру, придумывая новые интересные сюжеты. Кроме того, эта игрушка познакомит малыша с видами военной техники. Игра с инерционной моделью ТМ «Технопарк» развивает: - координацию движений, - внимание, - ловкость, - фантазию и воображение. Длина модели: 12 см. Материал: пластмасса &amp;#43; металл. Рекомендовано детям от 3-х лет.</t>
   </si>
   <si>
     <t>943308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b50/kz79cpikdnr3gv4oc9xtrzwgtuytxvvk.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER  quot;hummer H2 полиц quot;дл12 см,откр дв,баг,инерц,сереб,в кор Технопарк</t>
   </si>
   <si>
     <t>Машина металл HUMMER &amp;quot;hummer H2 полиц&amp;quot;дл12 см,откр дв,баг,инерц,сереб,в кор Технопарк</t>
   </si>
   <si>
     <t>943309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/3cx2hyclg4dyldlpr86iz3vkm5oaits3.jpg</t>
   </si>
   <si>
     <t>Машина металл HUMMER  quot;hummer h2 quot;, дл12см,откр дв,багаж,инерц,темн-сер,в кор Технопарк</t>
   </si>
   <si>
     <t>Машина металл HUMMER &amp;quot;hummer h2&amp;quot;, дл12см,откр дв,багаж,инерц,темн-сер,в кор Технопарк</t>
   </si>
@@ -5493,131 +5035,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/511/b38tze4nhacxpn13srlbhsndaiyon6lt.jpg</t>
   </si>
   <si>
     <t>Машина металл HYUNDAI SOLARIS СПОРТ 12 см, двер, багаж, инерц,синий, Технопарк</t>
   </si>
   <si>
     <t>Машина металл HYUNDAI SOLARIS СПОРТ 12 см, двер, багаж, инерц,синий, кор. Технопарк</t>
   </si>
   <si>
     <t>943313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95f/rn1dunr2xeta311t9gry8astbwhryj9u.jpg</t>
   </si>
   <si>
     <t>Машина металл KAMAZ ЭВАКУАТОР, 7,5 см uaz ХАНТЕР 7,5 см, Технопарк</t>
   </si>
   <si>
     <t>Машина металл KAMAZ ЭВАКУАТОР, 7,5 см&amp;#43;uaz ХАНТЕР 7,5 см, кор. Технопарк</t>
   </si>
   <si>
     <t>943325</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/68f/8fy5p577b7tzlwao5r7sf273ewe4gy8q.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5d2/xg3evydxyndu3bv13kocb88bdmj1tgoo.jpg</t>
   </si>
   <si>
     <t>Машина металл KIA SPORTAGE СПОРТ длина 12 см, двери, багаж, инерц, Технопарк</t>
   </si>
   <si>
     <t>Машина металл KIA SPORTAGE СПОРТ длина 12 см, двери, багаж, инерц, кор. Технопарк</t>
   </si>
   <si>
     <t>943331</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a08/ub9bsewhqu9aoi10agnwaovx2l0ygnvl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/86a/rwu763oeiiscps6b93heez0o2g5xfvob.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA VESTA SW CROSS СПОРТ, длина 12 см, инерц. 9748R в Технопарк</t>
   </si>
   <si>
     <t>Машина металл LADA VESTA SW CROSS СПОРТ, длина 12 см, инерц. 9748R в кор. Технопарк</t>
   </si>
   <si>
     <t>943336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fe/37ujbu9n40dbljout5zloxd04q2ek1lb.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA калина ТАКСИ 12 см, свет звук, откр. дв., инерц., в Технопарк</t>
   </si>
   <si>
     <t>Машина металл LADA калина ТАКСИ 12 см, свет&amp;#43;звук, откр. дв., инерц., в кор. Технопарк</t>
   </si>
   <si>
     <t>943337</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f92/a5hr890pjvqngooq09t4b48gw7xi8rnd.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл LADA СПЕЦТЕХНИКА, 7,5 см, в ассорт., кор., Технопарк уп-36шт в кор.2 4уп</t>
+  </si>
+  <si>
+    <t>Машина металл LADA СПЕЦТЕХНИКА, 7,5 см, в ассорт., кор., Технопарк уп-36шт в кор.2*4уп</t>
+  </si>
+  <si>
+    <t>943339</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1d0/fn2qeek06bbp2bsq3mph2ult3s4bx2j4.jpg</t>
   </si>
   <si>
     <t>Машина металл LADA-21099  quot;СПУТНИК quot; ПОЛИЦИЯ 12 см, двери, багаж, белый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл LADA-21099 &amp;quot;СПУТНИК&amp;quot; ПОЛИЦИЯ 12 см, двери, багаж, белый, кор. Технопарк</t>
   </si>
   <si>
     <t>943340</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/891/ebbslz4leu5si4j0bu54h2smzv8to87s.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл LAND ROVER DEFENDER PICKUP САФАРИ 12 см, двери, багажн, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл LAND ROVER DEFENDER PICKUP САФАРИ 12 см, двери, багажн, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e74/et296jt43yqcpq41f936hnswr20xz1k0.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл LAND ROVER RANGE ROVER EVOQUE СПОРТ 12,5 см, двер, инерц, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл LAND ROVER RANGE ROVER EVOQUE СПОРТ 12,5 см, двер, инерц, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943344</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ab9/b5k9nwf1pu1xuaqbfmncnj82fj31c6ly.jpg</t>
   </si>
   <si>
     <t>Машина металл MERCEDES-BENZ G-CLASS 12 см, двери, багаж, серебристый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл MERCEDES-BENZ G-CLASS 12 см, двери, багаж, серебристый, кор. Технопарк</t>
   </si>
   <si>
     <t>943345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c8/dak3ppjg3iadk92k3gqt6c8vtsfgbglp.jpg</t>
   </si>
   <si>
     <t>Машина металл MERCEDES-BENZ G-CLASS MERCEDES GLE-COUPE 12см, дв,баг,асс. Технопарк</t>
   </si>
   <si>
     <t>Машина металл MERCEDES-BENZ G-CLASS/MERCEDES GLE-COUPE 12см, дв,баг,асс. Технопарк</t>
   </si>
   <si>
     <t>943346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f7/9xgh9n5560nh4sp0p9h598ms3shbqpkn.jpg</t>
@@ -5658,62 +5203,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/72f/nqzwp8nywnjaodoacltswf9i49wzz9s1.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT KANGOO 12 см, двери, багаж, инерц, серебристый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл RENAULT KANGOO 12 см, двери, багаж, инерц, серебристый, кор. Технопарк</t>
   </si>
   <si>
     <t>943356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1c/wrxnlt4g2uks3tz7ktt2b75n552uc02f.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT KANGOO длина 12 см, двери, багаж, инерц, черный, Технопарк</t>
   </si>
   <si>
     <t>Машина металл RENAULT KANGOO длина 12 см, двери, багаж, инерц, черный, кор. Технопарк</t>
   </si>
   <si>
     <t>943357</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a25/zad8gwv7k1vzn9abd5qfj30w3xmxn7p4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7c4/ekj48fnecleslt8bxmk51k0quml12xab.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT KOLEOS СПОРТ, длина 12см, открыв. двери, инерц. Технопарк</t>
   </si>
   <si>
     <t>943360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d5/fkhbb5h54w55l3y2jh3bl4lfych50eqy.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT LOGAN ПОЛИЦИЯ, 12 см, двери, баг, ин.серебристый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл RENAULT LOGAN ПОЛИЦИЯ, 12 см, двери, баг, ин.серебристый, кор. Технопарк</t>
   </si>
   <si>
     <t>943362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a1/bry6midchn2tyti7mb2z80jsmp2rm6hz.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT master ПОЛИЦИЯ длина 14 см, двери, инерц, белый, Технопарк</t>
@@ -5727,95 +5260,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e72/2nxch35mavdslxhn9r3hh3kle7713p7m.jpg</t>
   </si>
   <si>
     <t>Машина металл RENAULT sandero, 12 см, двери, багаж., инерц. Технопарк</t>
   </si>
   <si>
     <t>Машина металл RENAULT sandero, 12 см, двери, багаж., инерц. кор. Технопарк</t>
   </si>
   <si>
     <t>943365</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72e/zlzyjl92edwc21af7dmxfkc485au9c72.jpg</t>
   </si>
   <si>
     <t>Машина металл SKODA KODIAQ МАТОВЫЙ 12 см, двери, багаж, инер, серый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл SKODA KODIAQ МАТОВЫЙ 12 см, двери, багаж, инер, серый, кор. Технопарк</t>
   </si>
   <si>
     <t>943366</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/371/mdg2axpakz0ke61ttalg1wzbgfj7whdh.jpg</t>
-[...5 lines deleted...]
-    <t>943368</t>
+    <t>http://anytos.ru//upload/iblock/c92/dc8atxukhaq8hy69msqm4hq5w2j3r0rw.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл SKODA OCTAVIA длина 12 см, двери, багаж, инерц, СИНИЙ, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл SKODA OCTAVIA длина 12 см, двери, багаж, инерц, СИНИЙ, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9dd/i1u10ill1cmelr2kpf70zkjqbil657fh.jpg</t>
   </si>
   <si>
     <t>Машина металл SKODA OCTAVIA ПОЛИЦИЯ длина 12 см, двери, багаж, инерц. Технопарк</t>
   </si>
   <si>
     <t>Машина металл SKODA OCTAVIA ПОЛИЦИЯ длина 12 см, двери, багаж, инерц. кор. Технопарк</t>
   </si>
   <si>
     <t>943369</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b7/62imol3ws8gpc8voxybk2uir88tqbwzu.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe1/o7sxqza4x8b88ygjn2ebs8hqxjui45ht.jpg</t>
   </si>
   <si>
     <t>Машина металл SKODA OCTAVIA ХРОМ 12 см, двери, багаж, инерц, красный, Технопарк</t>
   </si>
   <si>
     <t>Машина металл SKODA OCTAVIA ХРОМ 12 см, двери, багаж, инерц, красный, кор. Технопарк</t>
   </si>
   <si>
     <t>943372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47b/94sq1pf036iizm25bdfcurk4oillvqb0.jpg</t>
   </si>
   <si>
     <t>Машина металл SUZUKI JIMNY ПОЛИЦИЯ 11,5 см, двер, баг, инер, сер, Технопарк</t>
   </si>
   <si>
     <t>Машина металл SUZUKI JIMNY ПОЛИЦИЯ 11,5 см, двер, баг, инер, сер, кор. Технопарк</t>
   </si>
   <si>
     <t>943373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d6/21px452j3redka6bljs7pqy9i2t0n8gd.jpg</t>
@@ -5853,60 +5365,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/105/ahr84pk95k1lqhw9igb9tn1rag9dduxo.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ HUNTER ПОЛИЦИЯ 11,5 см, двери, багаж, серебристый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл UAZ HUNTER ПОЛИЦИЯ 11,5 см, двери, багаж, серебристый, кор. Технопарк</t>
   </si>
   <si>
     <t>943384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e11/0n4a7nadgjqcyoodfnlzfmq1jcw3h8nm.jpg</t>
   </si>
   <si>
     <t>Машина металл UAZ PICKUP МАТОВЫЙ черный, 12 см, откр дв, багаж, инерц., Технопарк</t>
   </si>
   <si>
     <t>Машина металл UAZ PICKUP МАТОВЫЙ черный, 12 см, откр дв, багаж, инерц., кор. Технопарк</t>
   </si>
   <si>
     <t>943387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/df3/jdjktsrx08omkkytq19eruopqxwbfohs.jpg</t>
-[...8 lines deleted...]
-    <t>943391</t>
+    <t>http://anytos.ru//upload/iblock/2d5/jostltllcdteupa8f1q4970qkbcfoc6r.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл беспилотник дозор 19 см, свет звук, склад. крылья, инерц.,кор Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл беспилотник дозор 19 см, свет&amp;#43;звук, склад. крылья, инерц.,кор Технопарк</t>
+  </si>
+  <si>
+    <t>943390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38c/zamjuwylnj7q8dimtj1abhzw0hohpt4a.jpg</t>
   </si>
   <si>
     <t>Машина металл ВАЗ-2104 ЖИГУЛИ длина 12 см, двери, багаж, инерц,красный, Технопарк</t>
   </si>
   <si>
     <t>Машина металл ВАЗ-2104 ЖИГУЛИ длина 12 см, двери, багаж, инерц,красный, кор. Технопарк</t>
   </si>
   <si>
     <t>943393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d73/ueeil98t4vdq5n9l37e07n32jey4dl0h.jpg</t>
   </si>
   <si>
     <t>Машина металл ВАЗ-2106 ЖИГУЛИ 12 см, двери, багаж, инерц, оранжевый, Технопарк</t>
   </si>
   <si>
     <t>Машина металл ВАЗ-2106 ЖИГУЛИ 12 см, двери, багаж, инерц, оранжевый, кор. Технопарк</t>
   </si>
   <si>
     <t>943394</t>
   </si>
@@ -6021,98 +5533,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/812/51wz4l4jsii9ftxgz2vf03llsup83ms7.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук FORD FOCUS TURNIER ПОЛИЦИЯ 12 см, двер, баг,ин, Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук FORD FOCUS TURNIER ПОЛИЦИЯ 12 см, двер, баг,ин, кор. Технопарк</t>
   </si>
   <si>
     <t>943426</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/7wsluzym7i3miicow5k5uaxnbn4w2359.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук HYUNDAI TUCSON ПОЛИЦИЯ 12 см, двер, баг, инер, Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук HYUNDAI TUCSON ПОЛИЦИЯ 12 см, двер, баг, инер, кор. Технопарк</t>
   </si>
   <si>
     <t>943428</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b7/mzibke1hxx5pq0yobf5b2vtob3ljh7v2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/402/ma2ngy1ji5w1tyhbsj067ugonkm6fj2m.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук LAND ROVER DISCOVERY СПОРТ 12 см, дв, баг, син, Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук LAND ROVER DISCOVERY СПОРТ 12 см, дв, баг, син, кор. Технопарк</t>
   </si>
   <si>
     <t>943434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f1/fd6fngqf16334x4osiijkme63juj5d3t.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук NISSAN TITAN ПОЛИЦИЯ 12,5 см, двери, баг, инер, Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук NISSAN TITAN ПОЛИЦИЯ 12,5 см, двери, баг, инер, кор. Технопарк</t>
   </si>
   <si>
     <t>943435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42a/sqjqj8mdhcrc7mul23d32o82ibv6nu91.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук RENAULT logan, 12,5 см, двери, багаж., инерц., Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук RENAULT logan, 12,5 см, двери, багаж., инерц., кор. Технопарк</t>
   </si>
   <si>
     <t>943436</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b79/v91z618gl1b36np1uwkgpil1yc9shr77.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл свет-звук TOYOTA HILUX КАМУФЛЯЖ,12 см, двери, ин, СИНИЙ, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл свет-звук TOYOTA HILUX КАМУФЛЯЖ,12 см, двери, ин, СИНИЙ, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943438</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1f7/nrstdudvynboz0ldd75jqdimo97mq8zp.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук АРМЕЙСКИЙ ВНЕДОРОЖНИК 12 см, двер, баг, камуф, Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук АРМЕЙСКИЙ ВНЕДОРОЖНИК 12 см, двер, баг, камуф, кор. Технопарк</t>
   </si>
   <si>
     <t>943441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ff/pisr6zjhilld8e22rhqiu0k5h66kq5s2.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук ВНЕДОРОЖНИК 12 см, дв. багаж., инерц., Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук ВНЕДОРОЖНИК 12 см, дв. багаж., инерц., кор. Технопарк</t>
   </si>
   <si>
     <t>943442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b78/4lc3380u22xltiad22dbe88jvkxxfza6.jpg</t>
@@ -6129,179 +5641,302 @@
   <si>
     <t>http://anytos.ru//upload/iblock/52c/9jxxktet1d0gt22tjfwaeg25okqb3hyd.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук СПОРТКАР 12 см, двер. багаж., инерц., Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук СПОРТКАР 12 см, двер. багаж., инерц., кор. Технопарк</t>
   </si>
   <si>
     <t>943448</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c5/7qmoa15e0gmn7qciihuh0g26asnubjbh.jpg</t>
   </si>
   <si>
     <t>Машина металл свет-звук ТАНК Т-90, 13 см, башня вращ., инерц., Технопарк</t>
   </si>
   <si>
     <t>Машина металл свет-звук ТАНК Т-90, 13 см, башня вращ., инерц., кор. Технопарк</t>
   </si>
   <si>
     <t>943449</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9aa/udpyjrlcz9mja2wbrgcbxobcbvzeqtdx.jpg</t>
-[...8 lines deleted...]
-    <t>943456</t>
+    <t>http://anytos.ru//upload/iblock/4ff/6lyv6hwez2nn81we48mi1nn4mfqhfgnc.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл УРАЛ снегоуборочная, 12 см, дв., подв.дет., инерц., Технопарк</t>
+  </si>
+  <si>
+    <t>Машина металл УРАЛ снегоуборочная, 12 см, дв., подв.дет., инерц., кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943458</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/048/0xqwekl1cz244h5oxd0ajrr2np6l9dwx.jpg</t>
   </si>
   <si>
     <t>Машина металл ЭВАКУАТОР 11,5 см, подв.дет., ассорт., Технопарк</t>
   </si>
   <si>
     <t>Машина металл ЭВАКУАТОР 11,5 см, подв.дет., ассорт., кор. Технопарк</t>
   </si>
   <si>
     <t>943460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/020/96q6xnbxb53z7sj5w6o7rew7desqeqxe.jpg</t>
   </si>
   <si>
     <t>Машина металл ЯЙЦО гоночное авто, 6,5 см, в ассор., дисплей Технопарк</t>
   </si>
   <si>
     <t>943461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/579/d5ppwjgpxpa16q1faeze80ksxtukoqwd.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук FORD TRANSIT ПОЛИЦИЯ 22,5 см, двери, 4 кнопки, Технопарк</t>
   </si>
   <si>
     <t>Машина пластик свет-звук FORD TRANSIT ПОЛИЦИЯ 22,5 см, двери, 4 кнопки, кор. Технопарк</t>
   </si>
   <si>
     <t>943463</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8c8/kuc30uf9rksatqez1pd590ymgcu49zcz.jpg</t>
+  </si>
+  <si>
+    <t>Машина пластик свет-звук FORD TRANSIT РЕАНИМАЦИЯ 22,5см, двери, 4 кноп, Технопарк</t>
+  </si>
+  <si>
+    <t>Машина пластик свет-звук FORD TRANSIT РЕАНИМАЦИЯ 22,5см, двери, 4 кноп, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943464</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/261/83ofwc631d0hnl9ooraqpmiieappx79e.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук ГАЗЕЛЬ NEXT ПОЛИЦИЯ 22,5 см, двери, инерц, Технопарк</t>
   </si>
   <si>
     <t>Машина пластик свет-звук ГАЗЕЛЬ NEXT ПОЛИЦИЯ 22,5 см, двери, инерц, кор. Технопарк</t>
   </si>
   <si>
     <t>943467</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/030/0gypeb8wml7l6pml1q1fj1mf5qhopmhs.jpg</t>
   </si>
   <si>
     <t>Машина пластик свет-звук СПОРТКАР 18 см, 2 кнопки, своб. ход, Технопарк</t>
   </si>
   <si>
     <t>Машина пластик свет-звук СПОРТКАР 18 см, 2 кнопки, своб. ход, кор. Технопарк</t>
   </si>
   <si>
     <t>943473</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fad/086xi4unjck70xbdb0j2p6oo76blv9sq.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении 1:18 lamborghini sian конструктор 72 дет. Rastar</t>
+  </si>
+  <si>
+    <t>943477</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/rastar/"&gt;Rastar&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea1/l6imt2010sbgpkzicachz1ai4dlkc1rn.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении amg gt3 1:14 Rastar</t>
+  </si>
+  <si>
+    <t>943479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/815/fyet8mgkhpgydn9213vcrkvwdoefimdc.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении BMW X6 1:14 m Rastar</t>
+  </si>
+  <si>
+    <t>943480</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/274/v1t9ld4l7k5te3z2jyi08nojr7xa967u.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении cayenne turbo 1:14 Rastar</t>
+  </si>
+  <si>
+    <t>943484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acf/l62v2udrl15dx3rvi89224hlaevhjukg.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении continental gt3 1:14 Со светом Rastar</t>
+  </si>
+  <si>
+    <t>943487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2b/brl8brj62s802i4v20ukviv9npwq5eyu.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении ferrari sf90 stradale 1:24 Rastar</t>
+  </si>
+  <si>
+    <t>943489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/rgf3xpwryazs7vqvv9aa7lila4ax0wqs.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении jeep wrangler jl 1:14, двери открываются вручную Rastar</t>
+  </si>
+  <si>
+    <t>943491</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fac/4ij8lh0qn5zcc08eaix4x5ve8t84erae.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении LADA ПОЛИЦИЯ 4x4 18 см, свет, сер, Технопарк</t>
   </si>
   <si>
     <t>Машина на радиоуправлении LADA ПОЛИЦИЯ 4x4 18 см, свет, сер, кор. Технопарк</t>
   </si>
   <si>
     <t>943493</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/62c/3pi1p1nujfy7tiymllpnfxdk70sczroz.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении lamborghini aventador svj performance 1:14 Rastar</t>
+  </si>
+  <si>
+    <t>943495</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ea5/h9jtblqk1n0zxz5ylq6mfb9sz1mnseok.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении mercedes g55 1:24 Rastar</t>
   </si>
   <si>
     <t>943500</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/rastar/"&gt;Rastar&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/aa2/8g2veu2kqowdx64it00rrrdav3evc5vl.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении MERCEDES-BENZ sls amg 1:14 Rastar</t>
+  </si>
+  <si>
+    <t>943501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34b/55ezxhso07lvfkvumndds89n6o066rn6.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении  quot;porsche gt3 rs quot; 1:24 Rastar</t>
   </si>
   <si>
     <t>Машина на радиоуправлении &amp;quot;porsche gt3 rs&amp;quot; 1:24 Rastar</t>
   </si>
   <si>
     <t>943502</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0a9/unujc753xipdu8qyjj4xxow48nek032v.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении RANGE ROVER EVOQUE 1:14 Rastar</t>
+  </si>
+  <si>
+    <t>943505</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6a8/9f15lc1srp5kw4uspft6qgqb82923qjm.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении  quot;range rover evoque quot; 1:24 Rastar</t>
   </si>
   <si>
     <t>Машина на радиоуправлении &amp;quot;range rover evoque&amp;quot; 1:24 Rastar</t>
   </si>
   <si>
     <t>943506</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2af/42x2fezg3vqhjfm5x5u7o5v8uds2hqwt.jpg</t>
+  </si>
+  <si>
+    <t>Машина на радиоуправлении range rover sport 1:14 Rastar</t>
+  </si>
+  <si>
+    <t>943507</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee4/myx0miynx6ygvb2vde8ooysigbj6mrv1.jpg</t>
   </si>
   <si>
     <t>МАШИНА  quot;ТЕХНОПАРК quot; МЕТАЛЛ. ИНЕРЦ. NISSAN TERRANO ПОЛИЦИЯ 12СМ, ОТКРЫВ. ДВЕРИ В КОР.</t>
   </si>
   <si>
     <t>МАШИНА &amp;quot;ТЕХНОПАРК&amp;quot; МЕТАЛЛ. ИНЕРЦ. NISSAN TERRANO ПОЛИЦИЯ 12СМ, ОТКРЫВ. ДВЕРИ В КОР.</t>
   </si>
   <si>
     <t>943515</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b40/79go1lqp6vswhw389xxc1hbwu40c7540.jpg</t>
+  </si>
+  <si>
+    <t>Модель металл ПОГРУЗЧИК 7 см, подвижные детали, Технопарк</t>
+  </si>
+  <si>
+    <t>Модель металл ПОГРУЗЧИК 7 см, подвижные детали, кор. Технопарк</t>
+  </si>
+  <si>
+    <t>943523</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ac9/drfu5r9ewksil278auzfi45y6b5j801u.jpg</t>
   </si>
   <si>
     <t>Модель металл свет-звук СИНИЙ ТРАКТОР длина 11 см, инерц, красный, Технопарк</t>
   </si>
   <si>
     <t>Модель металл свет-звук СИНИЙ ТРАКТОР длина 11 см, инерц, красный, кор. Технопарк</t>
   </si>
   <si>
     <t>943528</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab7/pciqg8owhcg03ycf1vywjbfyqffkmy0e.jpg</t>
   </si>
   <si>
     <t>Модель металл свет-звук ТАНК Т-90 12см,,инер,подвиж.д. Технопарк</t>
   </si>
   <si>
     <t>Модель металл свет-звук ТАНК Т-90 12см,,инер,подвиж.д. кор. Технопарк</t>
   </si>
   <si>
     <t>943530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b28/its7o4h2xznnu3d06thturaxr2f9u6xl.jpg</t>
@@ -6366,222 +6001,221 @@
   <si>
     <t>http://anytos.ru//upload/iblock/40b/eakffjuiyqn0u9d2630v5sfhj110x9px.jpg</t>
   </si>
   <si>
     <t>Машина Лазеркар на радиоуправлении, подсветка корпуса, аккум., синий</t>
   </si>
   <si>
     <t>Машина Лазеркар на радиоуправлении, подсветка корпуса, аккум., син.</t>
   </si>
   <si>
     <t>944778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b81/gsubac57zpepbcu5hsv1vbe47re2e9og.jpg</t>
   </si>
   <si>
     <t>Машина инерционная Пожарная</t>
   </si>
   <si>
     <t>Машина инерционная Пожарная , выдвигается лестница, свет, звук, светофор эл. с переключением сигналов</t>
   </si>
   <si>
     <t>944805</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ce/yenlzeugng5vadsy2vaenjlhqodovfj8.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/05b/t7638ejzml8otvsao66x3prblrca4lqz.jpg</t>
   </si>
   <si>
     <t>Грузовик металлический, инерционный Самосвал, подвижные элементы</t>
   </si>
   <si>
     <t>944866</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed6/dej73tbum30xkkcg3ezf29ah2y44u3ut.jpg</t>
   </si>
   <si>
     <t>Машина металлическая коллекционная АССОРТИ 1, длина 12 см, инерционная, 10 видов, ТЕХНОПАРК N-001</t>
   </si>
   <si>
     <t>Коллекционная металлическая модель машины &amp;quot;Технопарк&amp;quot; порадует и ребёнка, и коллекционера своим дизайном, скоростью и функционалом. Реалистичный дизайн модели позволит с головой погрузиться в игру, придумывая всё новые и новые сюжеты. У машинки открываются двери и багажник, что делает её максимально похожей на настоящую. Можно заглянуть внутрь, чтобы убедиться, что каждая деталь отлично проработана.</t>
   </si>
   <si>
     <t>946139</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f96/fwo9zz38feb2ss4o60aix8svlt3v8k6j.jpg</t>
-[...14 lines deleted...]
-    <t>Уменьшенная копия машинки Porsche Cayenne для ценителя автомобилей.&lt;br /&gt;
+    <t>http://anytos.ru//upload/iblock/3f6/rb5425qruf67jabesgxn8hb0ar3uruxw.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая коллекционная АССОРТИ 2, длина 12 см, инерционная, 10 видов, ТЕХНОПАРК N-002</t>
+  </si>
+  <si>
+    <t>946140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d10/oakmzodijf5osf5w8ot567ao26c3h4fb.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Lamborghini Gallardo LP560-4 двери открываются, цвет оранжевый, инерция</t>
+  </si>
+  <si>
+    <t>Уменьшенная копия машинки Lamborghini Gallardo LP560-4 для ценителя автомобилей.&lt;br /&gt;
  Металлическая машинка выполнена в реалистичном дизайне, имеет подвижные элементы.&lt;br /&gt;
  Игрушка машинка из прочных и долговечных материалов в подарочной упаковке.&lt;br /&gt;
  Подойдет для ребят разного возраста, коллекционная модель понравится и взрослым. &lt;br /&gt;
  Игрушечная машинка катается вперед и назад, имеет прорезиненные колеса, металлический корпус, оснащена инерционным механизмом. &lt;br /&gt;
  Открываются дверки салона, высокий уровень детализации.&lt;br /&gt;
  &lt;br /&gt;
  Масштаб 1 к 43.&lt;br /&gt;
  Металл, полимер.&lt;br /&gt;
- Размеры машинки 11х5х4 см.&lt;br /&gt;
+ Размеры машинки 12х5х3 см.&lt;br /&gt;
  Размеры коробки 14х6х12 см.</t>
   </si>
   <si>
-    <t>952896</t>
+    <t>952893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3f/0f3pwrw08p8w8cajbses71lejmrxub1h.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Hummer H3 двери открываются, цвет красный, инерция</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Hummer H3. двери открываются, цвет красный, инерция</t>
   </si>
   <si>
     <t>952898</t>
-  </si>
-[...42 lines deleted...]
-    <t>952900</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd5/3td1v30k3bl28u1pu7zciio2vr5g1qvk.jpg</t>
   </si>
   <si>
     <t>Машина металлическая 1:43 Bentley Continental Supersports Convertible ISR двери открываются, цвет белый, инерция</t>
   </si>
   <si>
     <t>Уменьшенная копия машинки Bentley Continental Supersports Convertible ISR для ценителя автомобилей.&lt;br /&gt;
  Металлическая машинка выполнена в реалистичном дизайне, имеет подвижные элементы.&lt;br /&gt;
  Игрушка машинка из прочных и долговечных материалов в подарочной упаковке.&lt;br /&gt;
  Подойдет для ребят разного возраста, коллекционная модель понравится и взрослым. &lt;br /&gt;
  Игрушечная машинка катается вперед и назад, имеет прорезиненные колеса, металлический корпус, оснащена инерционным механизмом. &lt;br /&gt;
  Открываются дверки салона, высокий уровень детализации.&lt;br /&gt;
  &lt;br /&gt;
  Масштаб 1 к 43.&lt;br /&gt;
  Металл, полимер.&lt;br /&gt;
  Размеры машинки 11х5х4 см.&lt;br /&gt;
  Размеры коробки 14х6х12 см.</t>
   </si>
   <si>
     <t>952901</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f88/gtyrb8rzmuu7qv1szrb9jzr4ul0o5g13.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:43 Audi Q7 двери открываются, цвет черный, инерция</t>
+  </si>
+  <si>
+    <t>Уменьшенная копия машинки Audi Q7 для ценителя автомобилей.&lt;br /&gt;
+ Металлическая машинка выполнена в реалистичном дизайне, имеет подвижные элементы.&lt;br /&gt;
+ Игрушка машинка из прочных и долговечных материалов в подарочной упаковке.&lt;br /&gt;
+ Подойдет для ребят разного возраста, коллекционная модель понравится и взрослым. &lt;br /&gt;
+ Игрушечная машинка катается вперед и назад, имеет прорезиненные колеса, металлический корпус, оснащена инерционным механизмом. &lt;br /&gt;
+ Открываются дверки салона, высокий уровень детализации.&lt;br /&gt;
+ &lt;br /&gt;
+ Масштаб 1 к 43.&lt;br /&gt;
+ Металл, полимер.&lt;br /&gt;
+ Размеры машинки 11х5х4 см.&lt;br /&gt;
+ Размеры коробки 14х6х12 см.</t>
+  </si>
+  <si>
+    <t>952902</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b57/08w5vt2dpowwwiiz4802k6gy9i24c2ns.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор игровой  quot;Трейлер quot;  с автотреком </t>
   </si>
   <si>
     <t>Трейлер с автотреком. Трейлер выполнен из пластика, маленькие машинки из металла. Комплектность: трейлер, 4 рандомные die-cast машинки &amp;#40;из 6 представленных на коробке&amp;#41;, 2 листа наклеек, аксессуары &amp;#40;4 дорожных знака, 2 деревца, 2 дорожных ограждения, 2 дорожных конуса, светофор, гидрант&amp;#41;. Функционал: раскладной двойной автотрек длиной 119 см с системой запуска машинки &amp;#40;при нажатии на кнопку сверху трейлера&amp;#41;; мигают фары и воспроизводится звук автомобиля &amp;#40;при нажатии на кнопки на капоте трейлера&amp;#41;; трейлер имеет инерционный механизм. Деталь, которая является задней частью трейлера, можно в процессе игры установить на автотрек в качестве препятствия. Трейлер работает от 2-х батареек 1,5 V типа AAA &amp;#40;в комплект не входят, с возможностью замены&amp;#41;. Отсек для батареек открывается с помощью отвертки. Параметры трейлера без упаковки – 42*10*13 см, параметры die-cast машинок без упаковки – 7*3*2 см. Размер индивидуальной упаковки составляет 43*22*11,1 см.</t>
   </si>
   <si>
     <t>954586</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/161/rbkog79td654uqr7grhbofeco32iv74u.jpg</t>
-[...5 lines deleted...]
-    <t>958704</t>
+    <t>http://anytos.ru//upload/iblock/51b/msvo3j27lgf50ph0ipjwb8acj22naeto.jpg</t>
+  </si>
+  <si>
+    <t>Автомобиль Борька, самосвал в ассортименте</t>
+  </si>
+  <si>
+    <t>958702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/227/r5eul59a01lh9n7c15kcnyn4iq6qss53.jpg</t>
+  </si>
+  <si>
+    <t>Автомобиль Кнопик,пожарная спецмашина в ассортименте</t>
+  </si>
+  <si>
+    <t>958705</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da8/ucmzrdu1xjujb8z1bxbe7rlwcywoyff0.jpg</t>
   </si>
   <si>
     <t>Комбайн Полесье  1 инерционный</t>
   </si>
   <si>
     <t>Комбайн Полесье №1 инерционный</t>
   </si>
   <si>
     <t>958724</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/acb/qq80u7wicb3e8w54oj9cm1uetdc4wmtq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самосвал бортовой Мерседес Unimog U 500 ЛЮКС  17,5 см </t>
+  </si>
+  <si>
+    <t>Самосвал бортовой Мерседес Unimog U 500 ЛЮКС &amp;#40;17,5 см&amp;#41;</t>
+  </si>
+  <si>
+    <t>958758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b11/4hkv67wbqanjatgz2x7juh57mz6jvlae.jpg</t>
+  </si>
+  <si>
+    <t>Трактор Прогресс с прицепом для перевозки животных инерционный</t>
+  </si>
+  <si>
+    <t>958769</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/420/fobafe20409l9qcu2v6j0pwfr3xfl5sn.jpg</t>
   </si>
   <si>
     <t>Многофункциональная инерционная машинка Bondibon  ПАРК ТЕХНИКИ , автобус</t>
   </si>
   <si>
     <t>АВТОБУС от Bondibon – настоящая игрушка мечты для малышей, влюбленных во все, что движется на колесах! Инерционная модель городского автобуса умеет открывать двери, включать подсветку в салоне и даже проигрывать мелодии – только нажимайте кнопки! Игрушка из серии Парк Техники развивает мелкую моторику, фантазию, пространственное и логическое мышление у детей. Поместите игрушку на ровную поверхность, потяните ее на себя и отпустите – автобус поедет вперед. Для открытия дверей покрутите небольшое колесо над ними, нажимайте кнопку над дверями и включите подсветку в салоне, кнопки на крыше автобуса проигрывают мелодии. В комплект входит игрушка автобус масштаба 1:16. Возраст: 3&amp;#43;</t>
   </si>
   <si>
     <t>959033</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e2/28raiq6oye3303dq3dufe69j7aiyvj6l.jpg</t>
   </si>
   <si>
     <t>Машина пласт. инерционная, открыв.двери и багажник, размер 12,5х5,5х7,0 см.</t>
   </si>
   <si>
     <t>Белый инерционный пластиковый ДЖИП С МИГАЛКОЙ серии Парк Техники от Bondibon – замечательный подарок для маленьких мальчиков, которые проявляют интерес к транспорту. Порадуйте ребенка полицейской игрушечной машиной с открывающимися дверями и багажником! Начните увлекательную игру! Немного оттяните игрушку назад и отпустите. Инерционный внедорожник поедет вперед. Открывайте, закрывайте двери и багажник машинки. Фантазируйте и придумывайте захватывающие сюжеты! В процессе динамичной игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Пополните свой парк техники различными интересными моделями данной серии и устройте веселые соревнования с друзьями! О качестве и безопасности позаботился Бондибон. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>959034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a59/7dljvzau2w9eui7ahlha89w5q4ry8hky.jpg</t>
@@ -6784,62 +6418,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cd6/n3bi9es6uncvi1yoi0t6zyezzs1lcfsf.jpg</t>
   </si>
   <si>
     <t>Инерционная машинка Bondibon  СЕЛЬСКОЕ ХОЗЯЙСТВО , свет и звук, трактор красный прицеп</t>
   </si>
   <si>
     <t>Порадуйте ребенка инерционной сельскохозяйственной машиной ФЕРМА с полуприцепом красного цвета от Bondibon. Яркий трактор со светом, звуком и детализированным кузовом надолго увлечет детей. Уберите ограничитель для батареек и начните веселую игру. Нажмите на одну из трех серых кнопок, и Вы услышите звук заводящегося мотора, клаксон или сигнализацию. Одновременно со звуковым сигналом у машинки подсвечиваются огни. Чтобы трактор двигался самостоятельно, поставьте его на ровную поверхность, немного оттяните назад и отпустите. Проявите фантазию и придумывайте с реалистичной моделью различные сюжеты. Играя, дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. О качестве и безопасности позаботился Бондибон. Возраст 3&amp;#43; 3 батарейки AG13 &amp;#40;входят в набор&amp;#41;</t>
   </si>
   <si>
     <t>959058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3f/k430a1dw1kv1rr79cnjddk11619lqod6.jpg</t>
   </si>
   <si>
     <t>Инерционная машинка Bondibon  СЕЛЬСКОЕ ХОЗЯЙСТВО , свет и звук, трактор зеленый прицеп</t>
   </si>
   <si>
     <t>Порадуйте ребенка инерционной сельскохозяйственной машиной ФЕРМА с прицепом зеленого цвета от Bondibon. Яркий трактор со светом, звуком и детализированным кузовом надолго увлечет детей. Уберите ограничитель для батареек и начните веселую игру. Нажмите на одну из трех серых кнопок, и Вы услышите звук заводящегося мотора, клаксон или сигнализацию. Одновременно со звуковым сигналом у машинки подсвечиваются огни. Чтобы трактор двигался самостоятельно, поставьте его на ровную поверхность, немного оттяните назад и отпустите. Проявите фантазию и придумывайте с реалистичной моделью различные сюжеты. Играя, дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. О качестве и безопасности позаботился Бондибон. Возраст 3&amp;#43; 3 батарейки AG13 &amp;#40;входят в набор&amp;#41;</t>
   </si>
   <si>
     <t>959059</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/059/ymflls7sq5sja641ngjo3l7b0k83t1xf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/96d/kv7t6pzkvsu9x3bqfo0yj8s2vv4fw31p.jpg</t>
   </si>
   <si>
     <t>Многофункциональная инерционная машинка Bondibon  ПАРК ТЕХНИКИ , синий эвакуатор</t>
   </si>
   <si>
     <t>Синяя инерционная машина ЭВАКУАТОР 2 в 1 на батарейках серии Парк Техники от Bondibon – замечательный подарок для мальчиков, которые обожают динамичные развлечения. Порадуйте ребенка двумя игрушками в одной в масштабе 1:16 со светом, звуком и подвижными деталями. Начните веселую игру с эвакуатором и маленьким легковым автомобилем! Вытащите защитный язычок из отсека с батарейками. Протестируйте подвижные детали - поднимайте и опускайте маленькую машинку на кузов эвакуатора. Приведите инерционную игрушку в движение, немного оттянув ее назад и опустив. Придумывайте различные сюжеты. Нажимайте кнопки на крыше эвакуатора для звукового сопровождения, а также наслаждайтесь световым эффектом. Детализированный ЭВАКУАТОР 2в1 способствуют расширению кругозора и развитию зрительно-моторной координации движений, фантазии, эмоционального интеллекта. О качестве и безопасности позаботился Бондибон. В набор входят: 2 машинки. Понадобятся 3 батарейки LR 44 &amp;#40;входят в комплект&amp;#41;. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>959061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/289/mcu7vovmxkdl3kpnqld30nc5grsqyki6.jpg</t>
   </si>
   <si>
     <t>Машинка на радиоуправлении M1:22, Bondibon  quot;Парк Техники quot;, BOX 27х13,5х12 см, 4-CH R C, LED-подсветка</t>
   </si>
   <si>
     <t>Стильная черно-синяя ГОНКА на радиоуправлении с LED-подсветкой от Bondibon вызовет восторг у маленьких любителей скорости. Благодаря красочному дизайну и функциональности, спортивный автомобиль с граффити серии Парк Техники надолго увлечет детей. Передвиньте рычаг на дне машинки в положение ON. Управляйте игрушкой с помощью кнопок на пульте управления. Авто может двигаться вперед, назад, влево и вправо. А светодиодная подсветка, которая включается во время динамичной езды, сделает игру еще интересней. Проявите фантазию и придумывайте различные сюжеты. В процессе игры дети разовьют зрительно-моторную координацию движений, пространственное мышление, внимание и эмоциональный интеллект. О качестве и безопасности позаботился Бондибон. Возраст 3&amp;#43; 5 батареек 1,5В АА для машины и пульта &amp;#40;в комплект не входят&amp;#41; Частота 27МГц Соберите коллекцию машинок на пульте с 4 каналами управления серии Парк Техники и устройте веселые соревнования с друзьями!</t>
   </si>
   <si>
     <t>959062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4da/fezph5z3eg6qmzh44mu2d724asnxp628.jpg</t>
@@ -6886,62 +6508,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/09e/s5dicosyc0q5fud8tmt2t7wnhnprcxsi.jpg</t>
   </si>
   <si>
     <t>Трактор-перев ртыш 4WD на батарейках, Bondibon  quot;Парк Техники quot;, ВОХ 11х8х8,5 см, цвет зел ный</t>
   </si>
   <si>
     <t>Трактор перевертыш 4WD на батарейках от Bondibon станет замечательным подарком для маленького мальчика! С зеленой машиной на больших колесах серии Парк Техники можно придумать множество динамичных игр и устроить веселые соревнования! Передвиньте красный рычаг и включите игрушку. Наблюдайте, как трактор ударяется о препятствие, переворачивается и снова встает на колеса. Игрушка способна двигаться по наклонной поверхности до 30 градусов. Мощный трактор с полным приводом не останавливается даже в вертикальном положении. Проявите фантазию и придумывайте различные сюжеты. Развивайте зрительно-моторную координацию, воображение, пространственное мышление и эмоциональную сферу ребенка в увлекательной форме. Игрушка выполнена из безопасных материалов. Рекомендуемый возраст 3&amp;#43; Батарейки 2 шт. х 1,5В АА &amp;#40;в комплект не входят&amp;#41; Пополните свой Парк Техники танком, полицией, тракторами и джипами на батарейках от Бондибон!</t>
   </si>
   <si>
     <t>959067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64f/kpv2j4beufr4o1mvjwc50gpy6t7lvubw.jpg</t>
   </si>
   <si>
     <t>Трактор-перев ртыш 4WD на батарейках, Bondibon  quot;Парк Техники quot;, ВОХ 11х8х8,5 см, цвет синий</t>
   </si>
   <si>
     <t>Трактор перевертыш 4WD на батарейках от Bondibon станет замечательным подарком для маленького мальчика! С синей машиной на больших колесах серии Парк Техники можно придумать множество динамичных игр и устроить веселые соревнования! Передвиньте красный рычаг и включите игрушку. Наблюдайте, как трактор ударяется о препятствие, переворачивается и снова встает на колеса. Игрушка способна двигаться по наклонной поверхности до 30 градусов. Мощный трактор с полным приводом не останавливается даже в вертикальном положении. Проявите фантазию и придумывайте различные сюжеты. Развивайте зрительно-моторную координацию, воображение, пространственное мышление и эмоциональную сферу ребенка в увлекательной форме. Игрушка выполнена из безопасных материалов. Рекомендуемый возраст 3&amp;#43; Батарейки 2 шт. х 1,5В АА &amp;#40;в комплект не входят&amp;#41; Пополните свой Парк Техники танком, полицией, тракторами и джипами на батарейках от Бондибон!</t>
   </si>
   <si>
     <t>959068</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d34/514h4h9d2lddmuxznd56zmwwaf9nyoab.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/880/3js3efvcjb6rrmeh28a0ey8a9ebkev8f.jpg</t>
   </si>
   <si>
     <t>Многофункциональная инерционная машинка Bondibon  ПАРК ТЕХНИКИ , скорая помощь</t>
   </si>
   <si>
     <t>Трудно представить городской трафик без карет скорой помощи, но еще труднее вообразить коллекцию игрушечных авто без инерционной машинки СКОРАЯ ПОМОЩЬ от Bondibon! Игрушка из серии Парк Техники развивает мелкую моторику, фантазию, пространственное и логическое мышление у детей. Поместите машинку на ровную поверхность, потяните ее на себя и отпустите – она поедет вперед. Все двери и люк открываются механически. Модель оборудована носилками: их можно вынимать из кузова и ставить обратно. В комплект входит игрушечная машина Скорой Помощи с носилками, масштаб 1:16. Возраст: 3&amp;#43;</t>
   </si>
   <si>
     <t>959070</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be3/mlunj7v1mhybygoxnsh1r0q3wl82i9d6.jpg</t>
   </si>
   <si>
     <t>Машина инерционная, открыв.двери и багажник, размер 12,5х5,0х5,5 см, ВОХ, джип ч рный</t>
   </si>
   <si>
     <t>Черный инерционный пластиковый ДЖИП серии Парк Техники от Bondibon – замечательный подарок для маленьких мальчиков, которые проявляют интерес к транспорту. Порадуйте ребенка стильной игрушечной машиной с открывающимися дверями и багажником! Начните увлекательную игру! Немного оттяните игрушку назад и отпустите. Инерционный внедорожник поедет вперед. Открывайте, закрывайте двери и багажник машинки. Фантазируйте и придумывайте захватывающие сюжеты! В процессе динамичной игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Пополните свой парк техники различными интересными моделями данной серии и устройте веселые соревнования с друзьями! О качестве и безопасности позаботился Бондибон. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>959071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2e/rxr2lz0brjuphrrwsu1u41jvagplysnu.jpg</t>
@@ -6961,62 +6571,50 @@
   <si>
     <t>Пожарная машина на батарейках, со светом и звуком, арт.8225-66</t>
   </si>
   <si>
     <t>Пожарная машина на батарейках, со светом и звуком, BOX 25x13,5x9 см, арт.8225-66</t>
   </si>
   <si>
     <t>959075</t>
   </si>
   <si>
     <t>&lt;a href="/brands/4m/"&gt;4М&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88f/jifkyr1s2ky7fb1yy0kqsvns2dgc4fbg.jpg</t>
   </si>
   <si>
     <t>Пожарная машина на батарейках, со светом и звуком, арт.8225-67</t>
   </si>
   <si>
     <t>Пожарная машина на батарейках, со светом и звуком, BOX 25x13,5x9 см, арт.8225-67</t>
   </si>
   <si>
     <t>959076</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e72/fy9qv42dhnc9ix66n7f2yo2oqrrbdsr3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/97a/b51wfaxnhj5c5m94oh2u0wm06rk3o6l2.jpg</t>
   </si>
   <si>
     <t>Машинка на радиоуправлении Bondibon, гоночная, зеленая</t>
   </si>
   <si>
     <t>Управляй яркой гонкой при помощи умного браслета! Зеленая РАДИОУПРАВЛЯЕМАЯ МАШИНКА серии Парк Техники от Bondibon – идеальный компаньон для сюжетно-ролевых игр! Откройте крышку браслета, нажав на кнопку сбоку. Переведите рычажок на гоночной машинке в положение ON. Поставьте игрушку на ровную поверхность. Управляйте болидом при помощи двух кнопок на браслете. Машина может двигаться вперед и поворачивать. В процессе игры дети разовьют координацию движений, внимание, зрительное восприятие, фантазию и эмоциональный интеллект. РАДИОУПРАВЛЯЕМАЯ МАШИНКА серии Парк Техники от Бондибон – интересный подарок для мальчика на день рождения, Новый год и любой другой праздник. Игрушка устойчива к ударам и падению. В набор входят: машинка, пульт управления &amp;#40;браслет&amp;#41;. Рабочая дистанция сигнала пульта до 30м. Перезаряжаемый аккумулятор с USB проводом &amp;#40;входит в комплект&amp;#41;. Понадобится батарейка ААА &amp;#40;не входит в набор&amp;#41;. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>961354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/5dobi8tplp9hhwlmi06932r78m5q90zw.jpg</t>
   </si>
   <si>
     <t>Машинка на радиоуправлении Bondibon, полиция</t>
   </si>
   <si>
     <t>Управляй полицейской гонкой при помощи умного браслета! РАДИОУПРАВЛЯЕМАЯ МАШИНКА ПОЛИЦИЯ серии Парк Техники от Bondibon – идеальный компаньон для сюжетно-ролевых игр! Откройте крышку браслета, нажав на кнопку сбоку. Переведите рычажок на гоночной машинке в положение ON. Поставьте игрушку на ровную поверхность. Управляйте полицейским болидом при помощи двух кнопок на браслете. Машина может двигаться вперед и поворачивать. В процессе игры дети разовьют координацию движений, внимание, зрительное восприятие, фантазию и эмоциональный интеллект. РАДИОУПРАВЛЯЕМАЯ МАШИНКА ПОЛИЦИЯ серии Парк Техники от Бондибон – интересный подарок для мальчика на день рождения, Новый год и любой другой праздник. Игрушка устойчива к ударам и падению. В набор входят: машинка, пульт управления &amp;#40;браслет&amp;#41;. Рабочая дистанция сигнала пульта до 30м. Перезаряжаемый аккумулятор с USB проводом &amp;#40;входит в комплект&amp;#41;. Понадобится батарейка ААА &amp;#40;не входит в набор&amp;#41;. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>961355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9e/pvrimlmk0qom0ff311ey35jouscoqfkp.jpg</t>
@@ -7105,134 +6703,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a17/qfbuge4jcnt5z429tojolbpdmgmfelso.jpg</t>
   </si>
   <si>
     <t>Многофункциональная инерционная машинка Bondibon  ПАРК ТЕХНИКИ , ч рный джип</t>
   </si>
   <si>
     <t>Инерционная машина со светом, звуком и открывающимися дверями предназначена для динамичных сюжетно-ролевых игр! Если Вы ищете подарок для мальчика, обратите внимание на черный многофункциональный ДЖИП на батарейках серии Парк Техники от Bondibon. Перед началом игры вытащите защитный язычок из отсека с батарейками. Приведите инерционную игрушку в движение, немного оттянув ее назад и опустив. Открывайте и закрывайте двери внедорожника. Нажимайте кнопки на крыше машинки для звукового сопровождения, а также наслаждайтесь световым эффектом. В процессе игры дети расширят кругозор и разовьют координацию движений, мелкую моторику, зрительное восприятие, фантазию, эмоциональный интеллект. Понадобятся 3 батарейки AG13 &amp;#40;входят в комплект&amp;#41;. Возраст 3&amp;#43; Соберите коллекцию детализированных машин на батарейках серии Парк Техники от Бондибон!</t>
   </si>
   <si>
     <t>961363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1c/fbg8w3iia41en0db5v2tyrtjcr0mngyi.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Автомобиль-пожарный инерционный МАЗ  со светом и звуком   в коробке </t>
   </si>
   <si>
     <t>МАЗ, автомобиль-пожарный – игрушка из разряда специальной техники. Автомобиль оснащен инерционным механизмом, со светом и звуком, имеются сигнальные маяки, автомобиль является копией настоящего пожарного автомобиля. Автомобиль станет отличным подарком для любителей специальной техники.</t>
   </si>
   <si>
     <t>971388</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/82e/byh2waak98t99arvt1xrxta3ut8ff8on.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/159/lscjbhiqddrdb8v8e2iiumi8puwnv8dw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор игровой  quot;Машинки quot;  10 штук </t>
   </si>
   <si>
     <t>Кейс состоит из 10 соединённых между собой боксов, предназначенных для каждой машинки. Боксы разборные, можно использовать как гараж для машинки. В наборе 10 машинок с металлическим корпусом масштабом 1:64. В кейсе идут 3 рандомные машинки из 12 возможных вариантов. Упаковка – пластиковый бокс с картонной обечайкой и термоусадочной пленкой сверху. Размер индивидуальной упаковки составляет 18*4*22,4 см.</t>
   </si>
   <si>
     <t>971399</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3eb/0hxo1s0a7lkcni1zuq1lyvgrqiggh25i.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/6b1/cqcnw3jceqko7m20461lesw1pjyiob93.jpg</t>
+  </si>
+  <si>
+    <t>Машина инерционная Мусоровоз, свет, звук</t>
+  </si>
+  <si>
+    <t>Машина инерционная Мусоровоз, открываются двери, загрузка и выгрузка бака из контейнера, карточки для сортировки мусора, свет, звук, в комплекте тестовые элементы питания AG13/LR44*3шт.</t>
+  </si>
+  <si>
+    <t>972415</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7c/rg0tsii3q59zw8yiw8pgrcj9l5ux1uc2.jpg</t>
   </si>
   <si>
     <t>Набор спортивных машинок  quot;Улетное сальто quot;</t>
   </si>
   <si>
     <t>Набор из 2 металлических трюковых машинок-перевертышей. Машинки оснащены инерционным механизмом, а также функцией «сальто». Для исполнения трюка необходимо изменить положение пластины на дне машинки, зафиксировать ее, оттянуть машинку назад и отпустить. Машинка сделает сальто, столкнувшись с препятствием. Корпус машинок выполнен из металлического сплава. Размер машинки: 7,8*3,5*2,3 см. 6 цветов в ассортименте.</t>
   </si>
   <si>
     <t>972759</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c6/cqink49bhq4vf5y6o6lll8gb5rxjky0q.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3b9/goed1p92is0cqr43vx54ckaefmudbrr0.jpg</t>
   </si>
   <si>
     <t>Машина на радиоуправлении Перевертыш Вездеход, колеса-когти, 4 WD, переворот</t>
   </si>
   <si>
     <t>Машина на радиоуправлении Перевертыш Вездеход, колеса-когти, 4 WD, переворот, режим высокой и низкой посадки, 2 стороны движения, цвет красный</t>
   </si>
   <si>
     <t>977743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c44/wq0yiahm4jzfwpnbvfwi8le2pq26f9mo.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a4e/l2sxek9s9clszwwbp7dv542lt1rnab0x.jpg</t>
   </si>
   <si>
     <t>Дорожный каток Мини инерционный</t>
   </si>
   <si>
     <t>977759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/322/pyu7311a81o22srpzka4b1uomttz4g73.jpg</t>
   </si>
   <si>
     <t>Самосвал-мини   Экскаватор-мини гусеничный   Погрузчик-мини</t>
   </si>
   <si>
     <t>Самосвал-мини &amp;#43; Экскаватор-мини гусеничный &amp;#43; Погрузчик-мини</t>
   </si>
   <si>
     <t>977769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1c/kqyqjqnhd9q4cp50l2jt67zqorfrr5cu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игрушка  quot;Машинка quot;  заводная </t>
@@ -7246,305 +6808,209 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a03/ck9smbvt7mxk217ea28pxw10rwgpi496.jpg</t>
   </si>
   <si>
     <t>Машинка  quot;Зверята quot; в ассортименте</t>
   </si>
   <si>
     <t>Мини-машинка «Зверюшка» - яркая мини-машинка выполнена в форме забавной зверюшки. Благодаря небольшому размеру ребёнок может их брать с собой в детский сад или на прогулку. Мини-машинки развивают мелкую моторику и воображение ребенка, с ними ваш малыш сможет придумать множество веселых и захватывающих игр. В ассортименте 26 видов машинок-зверюшек в виде букв английского алфавита.Материал игрушки: PVC, ABC. Размер машинки: 5,6х4,5х6,2см. Упаковка – дисплей. В дисплее 26 шт. Размер дисплея: 38,5х31х8см.</t>
   </si>
   <si>
     <t>979950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/651/z2t2o82a4see1orq0acahq5o4una0nnk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор игровой  quot;Машинки quot;  3 штуки </t>
   </si>
   <si>
     <t>Кейс состоит из 3 соединённых между собой боксов, предназначенных для каждой машинки. Боксы разборные, можно использовать как гараж для машинки. В наборе 3 машинки с металлическим корпусом масштабом 1:64. В кейсе идут 3 рандомные машинки из 12 возможных вариантов. Упаковка – пластиковый бокс с картонной обечайкой и термоусадочной пленкой сверху. Размер индивидуальной упаковки составляет 8,8*4*15 см.</t>
   </si>
   <si>
     <t>979955</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/617/kqlycguneved5refd9o8p2j2fi2to1i0.png</t>
-[...23 lines deleted...]
-    <t>Трамвай металлический инерционный HOFFMANN со светом и звуком, синий, 119951</t>
+    <t>http://anytos.ru//upload/iblock/1cc/vjxbg61wvt6ajzix8pljpgmm5moh7gvw.png</t>
+  </si>
+  <si>
+    <t>Трамвай металлический инерционный HOFFMANN со светом и звуком, зеленый, 119952</t>
   </si>
   <si>
     <t>Реалистичная модель трамвая станет хорошим подарком всем любителям городского транспорта. Игрушка трамвай оформлена в красивом дизайне, привлекательной расцветке. Трамвай на батарейках имеет высокий уровень детализации, звуковые и световые эффекты. Трамвай со светом и звуком изготовлен из прочных и долговечных материалов. Трамвай игрушка с детализированным салоном и металлическим корпусом, прозрачными стеклами. Шикарная коллекционная модель для ребят разного возраста. Игрушечный трамвай имеет функционал. 1. Оснащен инерционным механизмом, катается вперед и назад. 2. Синяя подсветка салона. 3. При нажатии на корпус издает звук стука колес, гудка, звуковой сигнал объявления, только сигнал, объявления не делает, проигрывает мелодию. 4. Дверки открываются с помощью рычагов на днище. Игрушка работает от 3 батареек LR44, входят в комплект. Металл, полимер. Размеры игрушки 19х3х6 см. Размеры коробки 21х6х12 см.</t>
   </si>
   <si>
-    <t>986220</t>
-[...7 lines deleted...]
-  <si>
     <t>986221</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0e2/3qfgki9q43wz2rnik1ckaffgth9otsge.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ff/bh9wnxyuwl33fxdozk9z8paz1fym1w34.png</t>
   </si>
   <si>
     <t>Машина металлическая инерционная 1:32, HOFFMANN, 119849</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann это высокий уровень проработки игрушки и любовь к деталям. Машинка оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. Открываются передние и задние дверки, капот и багажник. При открытии передних дверей передние и задние фары подсвечиваются, машинка издает звук разблокировки дверей и автомобильного гудка. Если надавить на капот машинки, подсвечиваются передние и задние фары, машинка издает звук заводящегося двигателя и торможения. При открытии передних дверей издаёт звук сигнализации или клаксона, фары подсвечиваются. У автомобиля прозрачные стекла, через которые виден весь салон. Уровень детализации салона заслуживает высшей похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов. Машинка работает от 3 батареек LR44, входят в комплект. Игрушка изготовлена из металла. Масштаб 1:32. Размеры машинки: 16х7х7 см. Размеры коробки: 20х9х10 см.</t>
   </si>
   <si>
     <t>986226</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eae/ocojok99v3ihjm445i4zjn8pykkey034.png</t>
-[...17 lines deleted...]
-    <t>986228</t>
+    <t>http://anytos.ru//upload/iblock/e82/ix523zau0sfwmsokbztc2vm8x1601lro.png</t>
+  </si>
+  <si>
+    <t>Машина металлическая инерционная 1:32, HOFFMANN, 119851</t>
+  </si>
+  <si>
+    <t>Коллекционные машинки Hoffmann это высокий уровень проработки игрушки и любовь к деталям. Машинка оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. Открываются передние и задние дверки, капот и багажник. При открытии передних дверей передние и задние фары подсвечиваются, машинка издает звук разблокировки дверей и автомобильного гудка. Если надавить на капот машинки, подсвечиваются передние и задние фары, машинка издает звук заводящегося двигателя и торможения. При открытии передних дверей издаёт звук сигнализации или клаксона, фары подсвечиваются. У автомобиля прозрачные стекла, через которые виден весь салон. Уровень детализации салона заслуживает высшей похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов. Машинка работает от 3 батареек LR44, входят в комплект. Игрушка изготовлена из металла. Масштаб 1:32. Размеры машинки: 16х8х5 см. Размеры коробки: 20х9х10 см.</t>
+  </si>
+  <si>
+    <t>986229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/630/4uai0lko4t9sgv910pk2qm26tk4l1gml.jpg</t>
+  </si>
+  <si>
+    <t>Машина металлическая 1:32, HOFFMANN  quot;Полицейский патруль quot;, 114074</t>
+  </si>
+  <si>
+    <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Машинка оснащена прорезиненными колесами, инерционным механизмом, катается вперед-назад. Открываются дверки салона, капот, багажник и крышка люка. При открытии дверей передние, задние фары и мигалка подсвечиваются, машинка издает звук полицейской сирены. При нажатии на капот машинки подсвечиваются передние, задние фары и мигалка, машинка издает звук полицейской сирены &amp;#40;есть разные виды звуковых сигналов сирены&amp;#41;. У автомобиля прозрачные стекла, через которые виден весь салон. Уровень детализации салона заслуживает высшей похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов. Машинка работает от 3 батареек LR44, входят в комплект. Игрушка изготовлена из металла. Масштаб 1:32. Размеры машинки: 16*7,5*7,5 см. Размеры коробки: 20*9*10 см.</t>
+  </si>
+  <si>
+    <t>986230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/444/nv7e7wrc1emcv1lcqgqa9rr9emu9e1pf.jpg</t>
   </si>
   <si>
     <t>Машина HOFFMANN 1:64 металлическая инерционная, 125823</t>
   </si>
   <si>
     <t>Машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Машинка катается вперед-назад. Качество исполнения и детализация салона заслуживают похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! Игрушка изготовлена из долговечного и прочного материала - металла. Масштаб 1:64. Размеры упаковки: 11*9*4 см. Размеры машинки: 6*3*2 см. Игрушка представлена в ассортименте.</t>
   </si>
   <si>
     <t>986237</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d52/i9we9or0e752v0z1yabwp8cafds9x4q9.png</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/217/fpz8h8yn07j4i85bo20krsvf5bfig6ss.png</t>
   </si>
   <si>
     <t>Машина HOFFMANN 1:64 металлическая инерционная, 125824</t>
   </si>
   <si>
     <t>986239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc4/7w4z2fdej8e39h0xdtjvcgf3gne0c0kw.jpg</t>
   </si>
   <si>
     <t>Машина HOFFMANN 1:64 металлическая инерционная, 126006</t>
   </si>
   <si>
     <t>Машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Качество исполнения и детализация салона заслуживают похвалы. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, тренировать координацию движений и мелкую моторику рук. Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! Игрушка изготовлена из долговечного и прочного материала - металла. Масштаб 1:64. Размеры упаковки: 11*9*4 см. Размеры машинки: 6*3*2 см.</t>
   </si>
   <si>
     <t>986240</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/296/9es3xj4gh9wu21frmhzaw0j8x7xadcty.jpg</t>
-[...5 lines deleted...]
-    <t>986247</t>
+    <t>http://anytos.ru//upload/iblock/ef0/n6kk3i2gcfmqndd46f9rnohkn2k6xmx8.png</t>
+  </si>
+  <si>
+    <t>Машина HOFFMANN 1:64 металлическая инерционная, 126004</t>
+  </si>
+  <si>
+    <t>986241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e23/gkzm5x3wvq1yrx00qt3z2fpg1l53j7dd.png</t>
+  </si>
+  <si>
+    <t>Машина HOFFMANN 1:64 металлическая инерционная, 125815</t>
+  </si>
+  <si>
+    <t>986246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e01/l1dnnjciseoqpzq3tauqoefxlvefevc4.png</t>
   </si>
   <si>
     <t>Машина HOFFMANN 1:64 металлическая инерционная, 125818</t>
   </si>
   <si>
     <t>986252</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fdc/mjeff5n6h7i2ghmx2rvc5ugevhr3wvvz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/823/kac39yal5dni22xyrmvtrj2ry7g1rvxe.jpg</t>
   </si>
   <si>
     <t>Машина металлическая инерционная РОССИЙСКИЙ АВТОПРОМ СПЕЦСЛУЖБЫ 1:64, HOFFMANN, 124831</t>
   </si>
   <si>
     <t>Металлическая модель милицейской машины с резиновыми колёсиками, пластиковым салоном и инерционным механизмом в масштабе 1:64, станет отличным подарком вашему ребёнку или прекрасным дополнением к вашей коллекции транспортных средств. Изготовлено из металла, пластика и резины. Размер упаковки: 12*10*4 Размер микроавтобуса: 8*3.5*3 Размер микроавтобуса-буханки: 8*4*3.5 Размер седана: 7.5*3*3 Размер внедорожника: 8*4*4 Код представлен в ассортименте.</t>
   </si>
   <si>
     <t>986257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7de/4ljw7kh7k58er4dnqc1mwp2lt86otzfl.png</t>
   </si>
   <si>
     <t>Машина металлическая инерционная РОССИЙСКИЙ АВТОПРОМ-NB 1:32, звук свет, HOFFMANN, 102640</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это высокий уровень проработки игрушки и любовь к деталям. Машинка имеет прорезиненные колеса, снабжена инерционным механизмом и открывающимися дверками салона, ездит вперед-назад. У автомобиля прозрачные стекла, через которые виден весь салон, уровень детализации салона заслуживает высших похвал. Если нажать на корпус машинки, она издаст звук заводящегося мотора, передние и задние фары будут подсвечиваться. Капот открывается. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость. Соберите всю коллекцию машинок Hoffmann, с которой ребенок проведет множество веселых и увлекательных часов. Машинка работает от 3 батареек LR44, входят в комплект. Игрушка изготовлена из металла. Упакована в коробку с картонным хедером с отверстием. Масштаб машинки 1:32. Размеры автомобиля: 13,5*6*6 см. Размеры коробки: 17*7,5*13,5 см.</t>
   </si>
   <si>
     <t>986258</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/365/t0nqmjsi2wd21hm0q9zwiueu0le6e54f.png</t>
   </si>
   <si>
     <t>Грузовик металлический инерционный ИССЛЕДОВАТЕЛЬСКАЯ ЭКСПЕДИЦИЯ 1:36, свет, звук, HOFFMANN, 90150</t>
   </si>
   <si>
     <t>Коллекционные машинки Hoffmann - это всегда высокий уровень проработки игрушки и любовь к деталям! Туристический грузовичок с красивыми аэрографическими рисунками на кузове имеет прорезиненные колеса, снабжен инерционным механизмом и открывающимися дверками салона, ездит вперед-назад. У автомобиля прозрачные стекла, через которые виден весь салон. При нажатии корпуса на колеса фары подсвечиваются и мерцают, раздается звук заводящегося мотора. Запасное колесо прокручивается. Благодаря такой машинке ребенок будет с удовольствием играть в сюжетно-ролевые игры, развивая воображение, осваивать новые социальные роли, а еще тренировать координацию движений и ловкость! Соберите всю коллекцию машинок Hoffmann, с которой малыш проведет множество веселых и увлекательных часов! Игрушка работает от 3 батареек LR41, входят в комплект. Изготовлена из металла, есть элементы пластмассы. Масштаб машинки 1:36. Размеры машинки: 13,5*5*6,5 см. Размеры коробки с картонным хедером с отверстием: 16*6,5*15 см.</t>
   </si>
   <si>
     <t>986260</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc1/h5cjsma202957cg0ht737axjmdswa9il.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3cc/ma1uec4l2upjfd6es00vif5ko38zxr58.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игрушка транспортная  Машинка </t>
   </si>
   <si>
     <t>Изделие упаковано в шоу-бокс с термопленкой. В одном шоу-боксе 20 машинок. Игрушка изготовлена в 4 цветах.</t>
   </si>
   <si>
     <t>998365</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dream-makers-various/"&gt;DREAM MAKERS-VARIOUS&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/993/73tfb77hdcrmhe0j83jbhxkcvrh95tnj.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f7/bhbylk0390278sh7tyjl4unoh5gig3ee.jpg</t>
   </si>
   <si>
     <t>Набор игровой  quot;Спецтехника quot;</t>
   </si>
   <si>
     <t>Набор спецтехники в чемоданчике. Набор включает 5 машинок в тематике «строительная техника». Корпуса машинок выполнены из металла, у машинок имеются подвижные детали. Благодаря входящему в комплект бумажному игровому коврику ребенок сможет придумать с машинками множество игровых сюжетов. Пластиковый чемоданчик с 18 отделениями сделает хранение и транспортировку машинок намного удобнее. В наборе также есть крепежи, которые позволят повесить чемоданчик на стену в виде полки. Набор включает: 5 машинок, пластиковый чемоданчик, детали для чемоданчика, бумажный игровой коврик. Размер чемоданчика: 28,3*8,5*17,4 см. Размер 1 машинки: около 7*2,5*3 см. Размер бумажного коврика: 52,5*31,7 см.</t>
   </si>
   <si>
     <t>999197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6b/wg4p52hlw909fdqolt11kjn9tbzjqwl4.jpg</t>
   </si>
   <si>
     <t>Набор спецтехники в чемоданчике. Набор включает 6 машинок в тематике «пожарная техника». Корпуса машинок выполнены из пластика, у машинок имеются подвижные детали. Благодаря входящему в комплект бумажному игровому коврику ребенок сможет придумать с машинками множество игровых сюжетов. Пластиковый чемоданчик с 18 отделениями сделает хранение и транспортировку машинок намного удобнее. В наборе также есть крепежи, которые позволят повесить чемоданчик на стену в виде полки. Набор включает: 6 машинок, пластиковый чемоданчик, детали для чемоданчика, бумажный игровой коврик. Размер чемоданчика: 28,3*8,5*17,4 см. Размер 1 машинки: около 7,5*3,5*4 см. Размер бумажного коврика: 52,5*31,7 см.</t>
   </si>
   <si>
     <t>999198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e2/eqe8vzwlnxmi9wgy9435xvm38tzn81sk.jpg</t>
   </si>
   <si>
     <t>Инерционная машинка  quot;КРАШ-ТЕСТ quot; ж лтая, Bondibon</t>
@@ -8014,72 +7480,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/052/oruri2m1bv29156sse175fvm86o3983y.jpg</t>
   </si>
   <si>
     <t>Конструктор  quot;МАШИНА СПОРТКАР quot; открываются двери, подвижные руль и колеса, 279 деталей, салатовый, Город Bondibon</t>
   </si>
   <si>
     <t>Чем удивить юного автолюбителя? Яркий салатовый СПОРТКАР Bondibon с открывающимися вверх дверьми, который можно собрать своими руками, справится с этой задачей. Набор блочного конструктора серии Город включает 279 деталей, в собранном виде спортивный автомобиль имеет размер 16,5 х 7,5 см, высоту 4,5 см. У собранной гоночной машины подвижные колеса, боковые панели и рулевое колесо, что позволяет воссоздать реалистичное управление. Двери открываются вверх, добавляя эффектности и реализма. С таким конструктором, дети смогут погрузиться в мир гонок и скорости, развивая воображение, конструкторские навыки и моторику. Машина является одной из моделей конструктора Серии ГОРОД, собирая разные игрушки серии в одну коллекцию, ребенок получает возможность комбинировать элементы и создавать новые сценарии игр. Бондибон гарантирует высокое качество, а детали наборов Бондибон совместимы с деталями конструкторов мировых производителей. Соберите полную коллекцию игрушек серии конструкторов Город. 6&amp;#43;</t>
   </si>
   <si>
     <t>1000332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/747/yedvk38ifv30xhuu8vb1jsv3qst35y25.jpg</t>
   </si>
   <si>
     <t>Машина городской службы, РАС, 17,3х6,2х4,9 см, М1:55, 4 вида, цвет белый, арт.M1637-34</t>
   </si>
   <si>
     <t>Эта интересная игрушка создана специально для маленьких любителей наземного транспорта! Инерционная пластмассовая МАШИНА ГОРОДСКОЙ СЛУЖБЫ белого цвета - это уменьшенная копия настоящего спасательного автомобиля в масштабе 1:55. Игрушечный транспорт оснащен инерционным механизмом движения, что делает его еще более интересным и функциональным. Для того чтобы машина поехала вперед, просто немного подтолкните ее. Кран поднимается, опускается, вращается на 360 градусов и фиксируется на кузове при помощи подъемного рычага. Машинка с подвижными деталями позволит ребенку придумать множество сценариев игры, а также поможет развить мелкую моторику, логическое мышление и воображение. Белая инерционная МАШИНА ГОРОДСКОЙ СЛУЖБЫ – прекрасный подарок для мальчика. Игрушка изготовлена из высококачественной безопасной пластмассы. Детали прочно соединены между собой, что обеспечивает долговечность и надежность машинки. Размер машинки 17,3х6,2х4,9 см. В ассортименте 4 вида. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>1000333</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/714/w5u8tyiqveoh56m2pza3tcm2238dv57t.jpg</t>
-[...20 lines deleted...]
-    <t>1000335</t>
+    <t>http://anytos.ru//upload/iblock/37a/acn3l9dv7gyvmlo9ab5lze7fq801llrt.jpg</t>
+  </si>
+  <si>
+    <t>Гоночная машина King, РАС 31х16,5 см, 2 вида красный ж лтый, арт. M1533-1</t>
+  </si>
+  <si>
+    <t>Эта яркая игрушка создана специально для маленьких любителей скорости! Инерционная пластмассовая ГОНОЧНАЯ МАШИНА KING подарит ребенку много часов увлекательной игры. Игрушечный транспорт оснащен инерционным механизмом движения, что делает его еще более интересным и функциональным. Для того чтобы гонка поехала вперед, просто немного подтолкните ее. Гоночный автомобиль позволит ребенку придумать множество игровых сценариев, а также поможет развить мелкую моторику, логическое мышление и воображение. Инерционная ГОНОЧНАЯ МАШИНА KING - прекрасный подарок для мальчика. Игрушка изготовлена из высококачественной безопасной пластмассы. Все детали прочно соединены между собой, что обеспечивает долговечность и надежность машинки. Размер игрушки 20х8,5х6 см. В ассортименте 2 вида. Цвет красный/желтый. Возраст 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>1000336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b42/y07exxphouthifkw5sp6o624p30l8gc0.jpg</t>
   </si>
   <si>
     <t>Машина инерционная металлическая строительная, РАС 24х13 см, самосвал. арт.M1599-4.</t>
   </si>
   <si>
     <t>Этот игрушечный транспорт создан специально для маленьких любителей автоспецтехники! Инерционная металлическая СТРОИТЕЛЬНАЯ МАШИНА идеально подходит для сюжетно-ролевых игр в стройплощадку! Грузовик хорошо детализирован и оснащен инерционным механизмом движения pull back. Чтобы машинка поехала вперед, просто немного откатите ее назад и отпустите. Такая игрушечная техника позволяет ребенку придумать множество сценариев игры, а также помогает развить мелкую моторику, зрительное восприятие, логическое мышление и воображение. Инерционная металлическая СТРОИТЕЛЬНАЯ МАШИНА – отличный подарок для мальчиков, которые интересуются строительной тематикой или просто любят играть с машинками. Игрушка изготовлена из высококачественных материалов, что обеспечивает ее долговечность и безопасность. В ассортименте 2 вида: самосвал/бетономешалка. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>1000338</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/752/tn3i9cm3cn2leaaiiodu762q7cae97q3.jpg</t>
   </si>
   <si>
     <t>Джип со строительной машинкой на прицепе, РАС, 25х8,5х8 см, 2 вида, арт.M1611-25</t>
   </si>
   <si>
     <t>Яркая и интересная игрушка, которая создана специально для маленьких любителей спецтехники и автомобилей! Инерционный пластмассовый ДЖИП СО СТРОИТЕЛЬНОЙ МАШИНКОЙ НА ПРИЦЕПЕ подарит ребенку много часов увлекательной игры. Игрушечный транспорт оснащен инерционным механизмом движения, что делает его еще более интересным и функциональным. Для того чтобы машина поехала вперед, просто немного подтолкните ее. Кроме того, внедорожник имеет прицеп, на котором находится специальная машинка. Игровой набор поможет развить мелкую моторику, логическое мышление и воображение. Инерционный ДЖИП СО СТРОИТЕЛЬНОЙ МАШИНКОЙ НА ПРИЦЕПЕ - прекрасный подарок для мальчика. Игрушка изготовлена из высококачественной безопасной пластмассы. Все детали прочно соединены между собой, что обеспечивает долговечность и надежность машинки. Размер машинки 25х8,5х8 см. В ассортименте 2 вида. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>1000340</t>
   </si>
@@ -8227,158 +7681,89 @@
   <si>
     <t>1009086</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23d/hvrxxk0csmdonb14458om3zvgihgdzyf.jpg</t>
   </si>
   <si>
     <t>Мотоцикл спортивный</t>
   </si>
   <si>
     <t>1009087</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fd/g1r2jvtg01n8hhkaptkh2ny83krb485p.jpg</t>
   </si>
   <si>
     <t>Машинка с запуском, коробка</t>
   </si>
   <si>
     <t>Машинка с запуском с очень простым и интересным принципом работы. Собрали конструкцию, подсоединили педаль, прыгнули на педаль, машинка поедет вперед. В комплекте трамплин, чтобы сделать игру более интересной. Игрушечная машинка оформлена в оригинальном дизайне, яркой расцветке, изготовлена из прочных и долговечных материалов. Игрушка машина станет замечательным подарком для детей на Новый год и День рождения, поставляется в красивой упаковке, обладает компактными размерами, удобно хранить. Можно устраивать веселые соревнования, чья машинка уедет дальше. В наборе трамплин, подставка для машинки, машинка, педаль со шлангом, трубка, набор наклеек, бумажная лента финиша, инструкция по использованию на английском языке. Принцип работы. 1. Соберите конструкцию, как показано на фото. Машинка ставится на подставку, к подставке присоединяется педаль со шлангом. 2. Прыгните на педаль или сильно и резко нажмите, машинка поедет вперед. 3. У машинки прорезинены колеса, катается вперед и назад. 5 предметов без учета наклеек и бумажных элементов. Полимер. Размеры собранной конструкции, подставка для машинки и педаль, вытянутое состояние 85х12х6 см. Размеры педали без учета шланга 15х10х6 см. Длина шланга 48 см. Размеры трамплина 22х20х7 см. Размеры машинки 14х9х4 см. Размеры коробки 25х7х25 см.</t>
   </si>
   <si>
     <t>1009356</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c8/6ucfvywe8xmlvlzib68v1sxjsyvpi7hd.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/250/bz0nzc1ndh110b3rp636t7khs7jq1bt5.png</t>
   </si>
   <si>
     <t>Машинка трактор с прицепом, цвет ж лтый, РАС 29х13 см, 3 вида, арт.M1505-31</t>
   </si>
   <si>
     <t>Выбираете игрушку для маленького любителя наземной автоспецтехники? Инерционная пластмассовая машина желтого цвета ТРАКТОР С ПРИЦЕПОМ займет достойное место в коллекции Вашего ребенка. Трактор оснащен механизмом движения pull back, что делает его еще более интересным и функциональным. Для того чтобы машина поехала вперед, просто немного откатите ее назад и отпустите. Прицеп подвижен. На нем размещен маленький трактор с ковшом. Такая игрушка позволит ребенку придумать множество игровых сценариев, например, играть в стройку или ферму, а также поможет развить мелкую моторику, логическое мышление и воображение. Желтая инерционная машина ТРАКТОР С ПРИЦЕПОМ – прекрасный подарок для мальчика. Игрушка изготовлена из высококачественной безопасной пластмассы. Все детали прочно соединены между собой, что обеспечивает долговечность и надежность машинки. Размер трактора 29х13см. В ассортименте 3 вида. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>1011162</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e3f/lc8zpwujalmirsan2ni1063rvmo86zjq.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/631/49yt8emf49bu8mx58eqf2mvmhjd9khlm.jpg</t>
   </si>
   <si>
     <t>Грузовик мет. ин. Подъемный кран, подвижные элементы</t>
   </si>
   <si>
     <t>1013137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/986/4owrp89c0jiuxqdh8vp68wv6d9wbxa54.jpg</t>
   </si>
   <si>
     <t>Краулер на радиоуправлении Пантера, аккум, 4WD, металл, черный</t>
   </si>
   <si>
     <t>1013138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41d/3f1m6ykuh2nkeaf2alwajvuqkn643mxt.jpg</t>
   </si>
   <si>
     <t>Краулер-Гидроход на радиоуправлении, аккум, 4WD, металл, синий</t>
   </si>
   <si>
     <t>1013139</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/de6/241gf6lvmh1tgbp4rak14j250xaxnlvb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/46c/myu2t1onipswup7w28y6e2fqvkvtzw2m.jpg</t>
   </si>
   <si>
     <t>Машина Лазеркар Монстр на радиоуправлении, подсветка корпуса, синий</t>
   </si>
   <si>
     <t>1013141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c9/t2al3mguvxkqhlg82xrne9jn6vnxu0dj.jpg</t>
   </si>
   <si>
     <t>Машина Лазеркар Монстр трак Дино на радиоуправлении</t>
   </si>
   <si>
     <t>Машина Лазеркар Монстр трак Дино на радиоуправлении, подсветка корпуса, трюковое движение на задних колесах, дрифт, аккум.</t>
   </si>
   <si>
     <t>1013142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f1/q21g25acryd25ku0wbu83wv77tnzo9pt.jpg</t>
   </si>
   <si>
     <t>Машина Лазеркар Монстр трак на радиоуправлении</t>
@@ -8446,83 +7831,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/530/zb410929rlm4lo7xcle6b1jlwkkqsrzv.jpg</t>
   </si>
   <si>
     <t>Машина радиоуправлении Монстр Носорог HomeWheel, 4х4</t>
   </si>
   <si>
     <t>Машина радиоуправлении Монстр Носорог HomeWheel, 4х4, мягкие колеса, идеальная машина для дома, 4WD, аккум.</t>
   </si>
   <si>
     <t>1013149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f6/a9lxu9cdqc8q9bslyyjxqbmgdoezus55.jpg</t>
   </si>
   <si>
     <t>Машина радиоуправлении Перевертыш Гидроход</t>
   </si>
   <si>
     <t>Машина радиоуправлении Перевертыш Гидроход, трансформация в режим высокой и низкой посадки, плавает по воде, двигается по земле, 2 пульта, аккум.</t>
   </si>
   <si>
     <t>1013150</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/551/fwqq9b4rupzk71q6hz3ry5yrl88kayah.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/60d/534qo4zcajholu2d4j9gbo3bthhz6qxx.jpg</t>
   </si>
   <si>
     <t>Машина-робот радиоуправляемый, 5 каналов</t>
   </si>
   <si>
     <t>Машина-робот радиоуправляемый, 5 каналов, свет, звук, в комплекте предмет 1 шт., аккумулятор, USB шнур, элементы питания AA*2шт. не входят, коробка</t>
   </si>
   <si>
     <t>1013154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/xx71302k21swvckm413xfhqas9n72r7k.jpg</t>
   </si>
   <si>
     <t>Машина-робот радиоуправляемый, 5 каналов, свет, звук, в комплекте предмет 1шт., аккумулятор, USB шнур, элементы питания AA*2шт.не входят, коробка</t>
   </si>
   <si>
     <t>1013155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9b/p5ay2d16gxl7543mj8tux05vvftz0e9b.jpg</t>
   </si>
   <si>
     <t>Машина-робот радиоуправляемый, свет, звук</t>
@@ -8536,135 +7888,102 @@
   <si>
     <t>http://anytos.ru//upload/iblock/44e/rv1i45ee5516fzvhr53t1uvo1k7f7hp4.jpg</t>
   </si>
   <si>
     <t>Монстр трак Дракон, ин., подсветка колес, звук</t>
   </si>
   <si>
     <t>Монстр трак Дракон, ин., подсветка колес, звук, поднимает крылья, раскрывает пасть</t>
   </si>
   <si>
     <t>1013157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/275/0iyjep9sjm9uode9hedx4p3qw6gp1pqn.jpg</t>
   </si>
   <si>
     <t>Монстр трак Охота на динозавра</t>
   </si>
   <si>
     <t>Монстр трак Охота на динозавра, ин., подсветка колес, звук, открывается клетка, выскакивает голова динозавра</t>
   </si>
   <si>
     <t>1013158</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15b/7c18280m6f9kseo6sou2jsf2p9titjs4.jpg</t>
-[...43 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff5/18ytbphfqmx5izo5bb0vo9ivnxypnfjz.jpg</t>
   </si>
   <si>
     <t>Подъемный кран д у, вращение платформы 360?, подъем, опускание грузов, свет, высота 60см</t>
   </si>
   <si>
     <t>Подъемный кран д/у, вращение платформы 360?, подъем, опускание грузов, свет, высота 60см</t>
   </si>
   <si>
     <t>1013163</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8dc/82wa13bkrimpdletsaqjmzig6ahehy43.jpg</t>
   </si>
   <si>
     <t>Трактор-погрузчик на радиоуправлении, аккум.</t>
   </si>
   <si>
     <t>1013164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f5/ukihwj7uj5b2zwd2i3fu69lto8m60k2n.jpg</t>
   </si>
   <si>
     <t>Трактор-экскаватор на радиоуправлении, аккум.</t>
   </si>
   <si>
     <t>1013165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ad/3bw27esc1bkwlk2m2rj3wsltowk032iu.jpg</t>
   </si>
   <si>
     <t>Шорт-корс на радиоуправлении Трак</t>
   </si>
   <si>
     <t>Шорт-корс на радиоуправлении Трак, аккум., 4WD, 25 км/ч, син.-оранж.</t>
   </si>
   <si>
     <t>1013166</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a59/xh0fjygltp48fe6l0h4f1soa7f3zaj6j.jpg</t>
+  </si>
+  <si>
+    <t>Машина металл HUMMER h1 вс ПИКАП, 11 см, дв., баг., инер. пушка, Технопарк</t>
+  </si>
+  <si>
+    <t>Металлическая модель «Пикап Hummer H1» ТМ «Технопарк» станет отличным подарком для любителя военной техники: - открываются двери, - открывается задняя стенка кузова, - пушка в комплекте, - длина пикапа: 11 см, - инерционный механизм &amp;#40;потяните машинку за корпус назад и отпустите - она быстро поедет вперёд&amp;#41; - пушка в комплекте. Металлическая модель, выполненная с учётом всех особенностей прототипа, обязательно понравится вашему ребёнку. Благодаря открывающимся дверям, которые делают машинку максимально похожей на настоящую, всегда можно заглянуть к ней внутрь, чтобы убедиться - каждая деталь отлично проработана. Реалистичный дизайн данной модели позволит с головой погрузиться в игру, придумывая новые интересные сюжеты. Кроме того, эта игрушка познакомит детей с марками автомобилей и видами военного транспорта. Игра с инерционной моделью ТМ «Технопарк» развивает: - координацию движений, - внимание, - ловкость, - фантазию и воображение. Размер машинки: 11 х 5 х 6. Материал: металл &amp;#43; пластмасса. Рекомендовано детям от 3-х лет.</t>
+  </si>
+  <si>
+    <t>1017241</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -8991,16975 +8310,15821 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I744"/>
+  <dimension ref="A1:L691"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G744" sqref="G744"/>
+      <selection pane="bottomRight" activeCell="G691" sqref="G691"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...32 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>30</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="1" t="s">
+      <c r="B10" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F10" s="3" t="s">
+      <c r="G10" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G10" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B11" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="1"/>
+      <c r="C13" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G13" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...316 lines deleted...]
-    <row r="31" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G30" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G32" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C37" s="1"/>
+        <v>144</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>150</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>150</v>
+        <v>42</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>150</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>150</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>63</v>
+        <v>150</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>63</v>
+        <v>187</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B49" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G49" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>190</v>
+        <v>42</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>52</v>
+        <v>227</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F58" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...12 lines deleted...]
-    <row r="59" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G58" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>18</v>
+        <v>227</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>18</v>
+        <v>227</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="B62" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>18</v>
+        <v>227</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B78" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>317</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>207</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>353</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>357</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G95" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G96" s="3" t="s">
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...170 lines deleted...]
-      </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>10</v>
+        <v>410</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>207</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B110" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>190</v>
+        <v>433</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B115" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>87</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>444</v>
+        <v>87</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>448</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>464</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>465</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>467</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>207</v>
+        <v>87</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>468</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>207</v>
+        <v>472</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B124" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F124" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G124" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>479</v>
+        <v>21</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>479</v>
+        <v>21</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>479</v>
+        <v>21</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>479</v>
+        <v>21</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="F142" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G142" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>23</v>
+        <v>554</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>23</v>
+        <v>472</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-    <row r="146" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-    <row r="147" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-    <row r="148" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>573</v>
+        <v>21</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
         <v>574</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>575</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>577</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>573</v>
+        <v>187</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>578</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>580</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>581</v>
       </c>
       <c r="F150" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="G150" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F151" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C152" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="F152" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G152" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>591</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B154" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="F186" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="C154" s="1" t="s">
-[...628 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="G186" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="C187" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F187" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="G187" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="C188" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F188" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="B190" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C186" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="B191" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C191" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="B187" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F191" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>728</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="F194" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="C195" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C196" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="F196" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="C197" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C198" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="C201" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="C202" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="C204" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="B202" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="F205" s="3" t="s">
         <v>774</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="G205" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="C206" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="F204" s="3" t="s">
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>778</v>
       </c>
-      <c r="G204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B205" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G206" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="C205" s="1" t="s">
+    </row>
+    <row r="207" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="B207" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="C209" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="C210" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="B211" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="C211" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="C212" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="C213" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="F213" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="B213" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C214" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="C215" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="C216" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="B217" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="C217" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="C218" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="C219" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="F219" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="C220" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G220" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+    </row>
+    <row r="221" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C221" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="C219" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F221" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="B223" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="C223" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="C224" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="C222" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="C225" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="C226" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>845</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="F226" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C227" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="B228" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F224" s="3" t="s">
+      <c r="C228" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="G224" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C229" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="C230" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="F230" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="C231" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>861</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="B232" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="B233" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>869</v>
       </c>
-      <c r="C229" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="F233" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="C235" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B231" s="1" t="s">
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>875</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="F235" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="C236" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="F236" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="C238" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="C235" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="C239" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="C240" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="B241" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="C241" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="D241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="C238" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="F241" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="G241" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="C242" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="C240" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="B243" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G240" s="3" t="s">
+      <c r="C243" s="1" t="s">
         <v>905</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B244" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="F244" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D245" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="D246" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>917</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="D247" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="D248" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="D249" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="D250" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>929</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>932</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="F251" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="C252" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="C254" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>941</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="B252" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C255" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="C253" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B256" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C256" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="C257" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B258" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="B259" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="C259" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="B260" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="F260" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="C261" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>963</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B262" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C262" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>966</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="C263" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="C264" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="F264" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="C265" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>975</v>
       </c>
-      <c r="C261" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="B266" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="C266" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="F266" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="C267" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>981</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="C263" s="1" t="s">
+      <c r="C268" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>984</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="F268" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="C269" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="B270" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="C270" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C265" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="B271" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="C271" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>993</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="B272" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="C272" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="B273" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="B274" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="C274" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="C269" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="B275" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="B278" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="C278" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="B279" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="C279" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1017</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="B280" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="C280" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="D280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1021</v>
       </c>
-      <c r="C275" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="F280" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="C281" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="C276" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="D282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1028</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="B283" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="D283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="D284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="C285" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="C281" s="1" t="s">
+      <c r="B286" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B282" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="D287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="C288" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="C289" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1051</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B290" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C290" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="C286" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C291" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1057</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="F291" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="B292" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="C292" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="B293" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="C293" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="F293" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B294" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C294" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="B295" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="C295" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1069</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="C291" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="B296" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="C296" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C292" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="B297" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="C293" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B298" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C298" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="B299" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="C299" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1081</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="C300" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1084</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="B301" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="C301" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B302" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="B303" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="C303" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1093</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="F303" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="B304" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="C304" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1096</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="F304" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="B305" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="C305" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="B306" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="C306" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="B307" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="C307" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1105</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="F307" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="B308" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="C308" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1108</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="F308" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="B309" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="C309" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="F309" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="B310" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="C310" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="F310" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="C311" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1117</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="C312" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1120</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F312" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C313" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C314" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1126</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F314" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="C315" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1129</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F315" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C316" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1132</v>
       </c>
-      <c r="C311" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="F316" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C317" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1135</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="F317" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="B318" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="C319" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1141</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="C320" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1144</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="F320" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="C321" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="C315" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="F321" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B316" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="C316" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="C322" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1151</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="F322" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="B323" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="C323" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1155</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="F323" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="C318" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="B324" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="C324" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1158</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="C319" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="B325" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1162</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="F325" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="B326" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="C326" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1165</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="F326" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="B327" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="C327" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1168</v>
       </c>
-      <c r="C322" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="F327" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="C328" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1171</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="F328" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G328" s="3" t="s">
         <v>1172</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+    </row>
+    <row r="329" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="D324" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="F329" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="C325" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="C330" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1179</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="C326" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="B331" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1183</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="F331" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="C332" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1186</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="F332" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="C333" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="F333" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B334" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="C334" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="C330" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="F334" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="B335" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="C335" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1195</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="F335" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="B336" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="C336" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="C332" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="F336" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="B337" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="C337" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1201</v>
       </c>
-      <c r="C333" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="F337" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="B338" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="C338" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1204</v>
       </c>
-      <c r="C334" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="F338" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="B339" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="C339" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1207</v>
       </c>
-      <c r="C335" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="F339" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="C340" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="F340" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="B341" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="C341" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1213</v>
       </c>
-      <c r="C337" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="F341" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="B342" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="C342" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1216</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="F342" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="343" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="B343" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="C343" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="C339" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="F343" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="B344" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="C344" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="C340" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="D344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1223</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="F344" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="B345" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="C341" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="C345" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="D345" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1227</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="C342" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="B346" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="D346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1231</v>
       </c>
-      <c r="C343" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="F346" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="B347" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="C347" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="C344" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="F347" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="B348" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="C348" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1237</v>
       </c>
-      <c r="C345" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="F348" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="B349" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="C349" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1240</v>
       </c>
-      <c r="C346" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="F349" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="B350" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="C350" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1243</v>
       </c>
-      <c r="C347" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="F350" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="B351" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="C351" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="C348" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="F351" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="C352" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1249</v>
       </c>
-      <c r="C349" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="F352" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="353" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1250</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="B353" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="C353" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1252</v>
       </c>
-      <c r="C350" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="F353" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="354" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="C354" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1255</v>
       </c>
-      <c r="C351" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="F354" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="C352" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="D355" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1259</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="356" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="C356" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="F356" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="357" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C357" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1265</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="F357" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="358" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="C358" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1268</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="359" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="B359" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="C359" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1271</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="C356" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="B360" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1273</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="361" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="D361" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1276</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="362" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="B362" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="C358" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="F362" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="363" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="C363" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1281</v>
       </c>
-      <c r="C359" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="F363" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="364" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="C364" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1284</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="F364" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="B365" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="C365" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="C361" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="B366" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="C366" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1290</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="367" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="C367" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1293</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="368" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="C368" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="D368" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1296</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="F368" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="C369" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="D369" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1299</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="F369" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="370" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="C370" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="D370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1302</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="F370" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="371" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="C371" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="D371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1305</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="F371" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="372" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="D372" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1308</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="373" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="D373" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1311</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="F373" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="D374" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1314</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="F374" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="C375" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="D375" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1317</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="376" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="C376" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="D376" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="377" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="C377" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1323</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="F377" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="C378" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1326</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="B379" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="C379" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1329</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="C380" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="381" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="C381" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="D381" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1335</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="F381" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="382" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="C382" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="D382" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1338</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="D383" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1341</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="C384" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="D384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1344</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="D385" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1347</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="C380" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="C386" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="D386" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1351</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="C381" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="B387" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="C387" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1354</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C382" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="B388" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="C388" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1357</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="C383" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="B389" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="C389" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1360</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="390" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C384" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="B390" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="C390" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1363</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="C391" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="C392" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="D392" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1369</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="D393" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1372</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="D394" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1375</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="D395" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="F395" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="C396" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="D396" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1381</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="F396" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="D397" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1384</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="B392" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="B398" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="C398" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1387</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="C393" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="B399" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="C399" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="F399" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="400" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="C394" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="B400" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="C400" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1393</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="401" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="C395" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="B401" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="C401" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1396</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="402" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="C396" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="B402" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="C402" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1399</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="C397" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="B403" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="C403" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1402</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="C398" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="B404" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="C404" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="C399" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="B405" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="C405" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="C400" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="B406" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="C406" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1411</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="C401" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="B407" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="C407" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1414</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="408" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="C402" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="B408" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="C408" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1417</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="C403" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="B409" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1421</v>
       </c>
-      <c r="C404" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="F409" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="410" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="B410" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="C410" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1424</v>
       </c>
-      <c r="C405" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="F410" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C411" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1427</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="F411" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="412" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="C412" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1430</v>
       </c>
-      <c r="C407" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="F412" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="413" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="C413" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="C408" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="F413" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="414" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="C414" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1436</v>
       </c>
-      <c r="C409" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="F414" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="415" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="C415" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1439</v>
       </c>
-      <c r="C410" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="F415" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="416" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="C416" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1442</v>
       </c>
-      <c r="C411" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="F416" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="417" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G411" s="3" t="s">
+      <c r="B417" s="1" t="s">
         <v>1444</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="C417" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1445</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="418" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="C412" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="B418" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="C418" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1448</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="419" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="C413" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="B419" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="C419" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1451</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="C420" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1455</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="B421" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="C421" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1459</v>
       </c>
-      <c r="C416" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="B422" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="F416" s="3" t="s">
+      <c r="C422" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="G416" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1463</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="423" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="C417" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="B423" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="C423" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1466</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="424" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="C418" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="B424" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1470</v>
       </c>
-      <c r="C419" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="F424" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="425" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="B425" s="1" t="s">
         <v>1472</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="C425" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1473</v>
       </c>
-      <c r="C420" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="F425" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="426" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="C426" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1476</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="F426" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="427" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="C427" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1479</v>
       </c>
-      <c r="C422" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="F427" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="428" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="B428" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="C423" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="D428" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1483</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="F428" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="B429" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="C424" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="C429" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1487</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="F429" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="B430" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="C430" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1491</v>
       </c>
-      <c r="C426" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="F430" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="431" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="B431" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C431" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="C427" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="D431" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1495</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="F431" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="432" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="B432" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="C428" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="C432" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1499</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="433" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="B433" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1503</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="F433" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="434" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="B434" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="C434" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="C431" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="D434" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1507</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="435" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="B435" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="C432" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="C435" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="D435" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1511</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="436" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="C433" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="B436" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="C436" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="D436" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1515</v>
       </c>
-      <c r="C434" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="F436" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="437" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="C437" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="C435" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="D437" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1519</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="438" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="B438" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="C436" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="C438" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="D438" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1523</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="439" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="C439" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="D439" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1527</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="F439" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="440" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="B440" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="C440" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1531</v>
       </c>
-      <c r="C439" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="F440" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="441" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="C441" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="D441" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1535</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="F441" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="442" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="C441" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="D442" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1539</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="443" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="C442" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="C443" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="D443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1543</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="444" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="C443" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="B444" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="D444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1547</v>
       </c>
-      <c r="C444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="F444" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="445" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1549</v>
-      </c>
-[...1 lines deleted...]
-        <v>1550</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>1550</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>1551</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="446" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
         <v>1552</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>1553</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="447" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="448" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="450" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="454" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="455" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="456" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="457" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1591</v>
+        <v>1598</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1595</v>
+        <v>1602</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="459" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="460" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>207</v>
+        <v>779</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>207</v>
+        <v>779</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="463" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="464" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="465" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="466" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="467" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="468" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="469" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="470" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G470" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="471" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="473" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="474" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="475" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="478" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="479" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1678</v>
+        <v>1685</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="480" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="481" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="482" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="483" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="484" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1698</v>
+        <v>1705</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="485" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="487" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="488" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="489" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1716</v>
+        <v>1723</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1717</v>
+        <v>1724</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="490" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="491" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="492" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="493" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1734</v>
+        <v>1741</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="494" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1735</v>
+        <v>1742</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="495" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="496" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1744</v>
+        <v>1751</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="497" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1748</v>
+        <v>1755</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1749</v>
+        <v>1756</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="498" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1753</v>
+        <v>1760</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="499" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1754</v>
+        <v>1761</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="500" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="501" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1762</v>
+        <v>1770</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1763</v>
+        <v>1770</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1764</v>
+        <v>1771</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="502" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1766</v>
+        <v>1774</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="503" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F503" s="3" t="s">
         <v>1772</v>
       </c>
-      <c r="F503" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G503" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="504" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="505" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="506" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="507" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="508" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>851</v>
+        <v>779</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="509" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="510" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G510" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="511" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1802</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>1803</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="512" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1805</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1806</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>1807</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>851</v>
+        <v>1772</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="513" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
         <v>1808</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1809</v>
       </c>
       <c r="C513" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513" s="3" t="s">
         <v>1810</v>
       </c>
-      <c r="D513" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E513" s="3" t="s">
+      <c r="F513" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="514" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="F513" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A514" s="1" t="s">
+      <c r="B514" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="B514" s="1" t="s">
+      <c r="C514" s="1" t="s">
         <v>1813</v>
       </c>
-      <c r="C514" s="1" t="s">
+      <c r="D514" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="3" t="s">
         <v>1814</v>
       </c>
-      <c r="D514" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E514" s="3" t="s">
+      <c r="F514" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="515" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="F514" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A515" s="1" t="s">
+      <c r="B515" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="B515" s="1" t="s">
+      <c r="C515" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="3" t="s">
         <v>1817</v>
       </c>
-      <c r="C515" s="1" t="s">
+      <c r="F515" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="516" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="D515" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E515" s="3" t="s">
+      <c r="B516" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="F515" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A516" s="1" t="s">
+      <c r="C516" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="B516" s="1" t="s">
+      <c r="D516" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E516" s="3" t="s">
         <v>1821</v>
       </c>
-      <c r="C516" s="1" t="s">
+      <c r="F516" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="517" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="D516" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E516" s="3" t="s">
+      <c r="B517" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="F516" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A517" s="1" t="s">
+      <c r="C517" s="1" t="s">
         <v>1824</v>
       </c>
-      <c r="B517" s="1" t="s">
+      <c r="D517" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E517" s="3" t="s">
         <v>1825</v>
       </c>
-      <c r="C517" s="1" t="s">
+      <c r="F517" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="518" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="D517" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E517" s="3" t="s">
+      <c r="B518" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="F517" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A518" s="1" t="s">
+      <c r="C518" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="B518" s="1" t="s">
+      <c r="D518" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E518" s="3" t="s">
         <v>1829</v>
       </c>
-      <c r="C518" s="1" t="s">
+      <c r="F518" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="519" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="D518" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E518" s="3" t="s">
+      <c r="B519" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="F518" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A519" s="1" t="s">
+      <c r="C519" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="B519" s="1" t="s">
+      <c r="D519" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E519" s="3" t="s">
         <v>1833</v>
       </c>
-      <c r="C519" s="1" t="s">
+      <c r="F519" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="520" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="D519" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E519" s="3" t="s">
+      <c r="B520" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="F519" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A520" s="1" t="s">
+      <c r="C520" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="B520" s="1" t="s">
+      <c r="D520" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" s="3" t="s">
         <v>1837</v>
       </c>
-      <c r="C520" s="1" t="s">
+      <c r="F520" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="521" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
         <v>1838</v>
       </c>
-      <c r="D520" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E520" s="3" t="s">
+      <c r="B521" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="F520" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A521" s="1" t="s">
+      <c r="C521" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="B521" s="1" t="s">
+      <c r="D521" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E521" s="3" t="s">
         <v>1841</v>
       </c>
-      <c r="C521" s="1" t="s">
+      <c r="F521" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="522" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="D521" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E521" s="3" t="s">
+      <c r="B522" s="1" t="s">
         <v>1843</v>
       </c>
-      <c r="F521" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="C522" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="B522" s="1" t="s">
+      <c r="D522" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E522" s="3" t="s">
         <v>1845</v>
       </c>
-      <c r="C522" s="1" t="s">
+      <c r="F522" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="523" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="D522" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E522" s="3" t="s">
+      <c r="B523" s="1" t="s">
         <v>1847</v>
       </c>
-      <c r="F522" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A523" s="1" t="s">
+      <c r="C523" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="B523" s="1" t="s">
+      <c r="D523" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E523" s="3" t="s">
         <v>1849</v>
       </c>
-      <c r="C523" s="1" t="s">
+      <c r="F523" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="524" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="D523" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E523" s="3" t="s">
+      <c r="B524" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="F523" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A524" s="1" t="s">
+      <c r="C524" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="B524" s="1" t="s">
+      <c r="D524" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E524" s="3" t="s">
         <v>1853</v>
       </c>
-      <c r="C524" s="1" t="s">
+      <c r="F524" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="525" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
         <v>1854</v>
       </c>
-      <c r="D524" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E524" s="3" t="s">
+      <c r="B525" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="F524" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A525" s="1" t="s">
+      <c r="C525" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="B525" s="1" t="s">
+      <c r="D525" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E525" s="3" t="s">
         <v>1857</v>
       </c>
-      <c r="C525" s="1" t="s">
+      <c r="F525" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="526" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="D525" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E525" s="3" t="s">
+      <c r="B526" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="F525" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A526" s="1" t="s">
+      <c r="C526" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="B526" s="1" t="s">
+      <c r="D526" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" s="3" t="s">
         <v>1861</v>
       </c>
-      <c r="C526" s="1" t="s">
+      <c r="F526" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="527" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
         <v>1862</v>
       </c>
-      <c r="D526" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E526" s="3" t="s">
+      <c r="B527" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="F526" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A527" s="1" t="s">
+      <c r="C527" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" s="3" t="s">
         <v>1864</v>
       </c>
-      <c r="B527" s="1" t="s">
+      <c r="F527" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="528" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="C527" s="1" t="s">
+      <c r="B528" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="D527" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E527" s="3" t="s">
+      <c r="C528" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="F527" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A528" s="1" t="s">
+      <c r="D528" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="3" t="s">
         <v>1868</v>
       </c>
-      <c r="B528" s="1" t="s">
+      <c r="F528" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="529" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="C528" s="1" t="s">
+      <c r="B529" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="D528" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E528" s="3" t="s">
+      <c r="C529" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="3" t="s">
         <v>1871</v>
       </c>
-      <c r="F528" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A529" s="1" t="s">
+      <c r="F529" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="530" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="B530" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="C529" s="1" t="s">
+      <c r="C530" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="D529" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E529" s="3" t="s">
+      <c r="D530" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="3" t="s">
         <v>1875</v>
       </c>
-      <c r="F529" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A530" s="1" t="s">
+      <c r="F530" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="531" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="B530" s="1" t="s">
+      <c r="B531" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="C530" s="1" t="s">
+      <c r="C531" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="D530" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E530" s="3" t="s">
+      <c r="D531" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E531" s="3" t="s">
         <v>1879</v>
       </c>
-      <c r="F530" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A531" s="1" t="s">
+      <c r="F531" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="532" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="B531" s="1" t="s">
+      <c r="B532" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="C531" s="1" t="s">
+      <c r="C532" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="D531" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E531" s="3" t="s">
+      <c r="D532" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E532" s="3" t="s">
         <v>1883</v>
       </c>
-      <c r="F531" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A532" s="1" t="s">
+      <c r="F532" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="533" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="B533" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="C532" s="1" t="s">
+      <c r="C533" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="D532" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E532" s="3" t="s">
+      <c r="D533" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" s="3" t="s">
         <v>1887</v>
       </c>
-      <c r="F532" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A533" s="1" t="s">
+      <c r="F533" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="534" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="B533" s="1" t="s">
+      <c r="B534" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="C533" s="1" t="s">
+      <c r="C534" s="1" t="s">
         <v>1890</v>
       </c>
-      <c r="D533" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E533" s="3" t="s">
+      <c r="D534" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="3" t="s">
         <v>1891</v>
       </c>
-      <c r="F533" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A534" s="1" t="s">
+      <c r="F534" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="535" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="B534" s="1" t="s">
+      <c r="B535" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="C534" s="1" t="s">
+      <c r="C535" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="3" t="s">
         <v>1894</v>
       </c>
-      <c r="D534" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E534" s="3" t="s">
+      <c r="F535" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="536" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
         <v>1895</v>
       </c>
-      <c r="F534" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A535" s="1" t="s">
+      <c r="B536" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="C536" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="3" t="s">
         <v>1897</v>
       </c>
-      <c r="C535" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E535" s="3" t="s">
+      <c r="F536" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="537" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="F535" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A536" s="1" t="s">
+      <c r="B537" s="1" t="s">
         <v>1899</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="C537" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="C536" s="1" t="s">
+      <c r="D537" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
         <v>1901</v>
       </c>
-      <c r="D536" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E536" s="3" t="s">
+      <c r="F537" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="538" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="F536" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A537" s="1" t="s">
+      <c r="B538" s="1" t="s">
         <v>1903</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="C538" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="C537" s="1" t="s">
+      <c r="D538" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E538" s="3" t="s">
         <v>1905</v>
       </c>
-      <c r="D537" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E537" s="3" t="s">
+      <c r="F538" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="539" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="F537" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A538" s="1" t="s">
+      <c r="B539" s="1" t="s">
         <v>1907</v>
       </c>
-      <c r="B538" s="1" t="s">
+      <c r="C539" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E539" s="3" t="s">
         <v>1908</v>
       </c>
-      <c r="C538" s="1" t="s">
+      <c r="F539" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="540" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
         <v>1909</v>
       </c>
-      <c r="D538" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="B540" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="F538" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A539" s="1" t="s">
+      <c r="C540" s="1" t="s">
         <v>1911</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="D540" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="3" t="s">
         <v>1912</v>
       </c>
-      <c r="C539" s="1" t="s">
+      <c r="F540" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="541" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="D539" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E539" s="3" t="s">
+      <c r="B541" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="F539" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A540" s="1" t="s">
+      <c r="C541" s="1" t="s">
         <v>1915</v>
       </c>
-      <c r="B540" s="1" t="s">
+      <c r="D541" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E541" s="3" t="s">
         <v>1916</v>
       </c>
-      <c r="C540" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E540" s="3" t="s">
+      <c r="F541" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="542" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
         <v>1917</v>
       </c>
-      <c r="F540" s="3" t="s">
+      <c r="B542" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="G540" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A541" s="1" t="s">
+      <c r="C542" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="B541" s="1" t="s">
+      <c r="D542" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E542" s="3" t="s">
         <v>1920</v>
       </c>
-      <c r="C541" s="1" t="s">
+      <c r="F542" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="543" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
         <v>1921</v>
       </c>
-      <c r="D541" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E541" s="3" t="s">
+      <c r="B543" s="1" t="s">
         <v>1922</v>
       </c>
-      <c r="F541" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A542" s="1" t="s">
+      <c r="C543" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="B542" s="1" t="s">
+      <c r="D543" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E543" s="3" t="s">
         <v>1924</v>
       </c>
-      <c r="C542" s="1" t="s">
+      <c r="F543" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="544" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
         <v>1925</v>
       </c>
-      <c r="D542" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E542" s="3" t="s">
+      <c r="B544" s="1" t="s">
         <v>1926</v>
       </c>
-      <c r="F542" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A543" s="1" t="s">
+      <c r="C544" s="1" t="s">
         <v>1927</v>
       </c>
-      <c r="B543" s="1" t="s">
+      <c r="D544" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E544" s="3" t="s">
         <v>1928</v>
       </c>
-      <c r="C543" s="1" t="s">
+      <c r="F544" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="545" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
         <v>1929</v>
       </c>
-      <c r="D543" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E543" s="3" t="s">
+      <c r="B545" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="F543" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A544" s="1" t="s">
+      <c r="C545" s="1" t="s">
         <v>1931</v>
       </c>
-      <c r="B544" s="1" t="s">
+      <c r="D545" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E545" s="3" t="s">
         <v>1932</v>
       </c>
-      <c r="C544" s="1" t="s">
+      <c r="F545" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="546" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="D544" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E544" s="3" t="s">
+      <c r="B546" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="F544" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A545" s="1" t="s">
+      <c r="C546" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="B545" s="1" t="s">
+      <c r="D546" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E546" s="3" t="s">
         <v>1936</v>
       </c>
-      <c r="C545" s="1" t="s">
+      <c r="F546" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="547" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="D545" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E545" s="3" t="s">
+      <c r="B547" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="F545" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A546" s="1" t="s">
+      <c r="C547" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="B546" s="1" t="s">
+      <c r="D547" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E547" s="3" t="s">
         <v>1940</v>
       </c>
-      <c r="C546" s="1" t="s">
+      <c r="F547" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="548" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
         <v>1941</v>
       </c>
-      <c r="D546" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E546" s="3" t="s">
+      <c r="B548" s="1" t="s">
         <v>1942</v>
       </c>
-      <c r="F546" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A547" s="1" t="s">
+      <c r="C548" s="1" t="s">
         <v>1943</v>
       </c>
-      <c r="B547" s="1" t="s">
+      <c r="D548" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E548" s="3" t="s">
         <v>1944</v>
       </c>
-      <c r="C547" s="1" t="s">
+      <c r="F548" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="549" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A549" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="D547" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E547" s="3" t="s">
+      <c r="B549" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="F547" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A548" s="1" t="s">
+      <c r="C549" s="1" t="s">
         <v>1947</v>
       </c>
-      <c r="B548" s="1" t="s">
+      <c r="D549" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
         <v>1948</v>
       </c>
-      <c r="C548" s="1" t="s">
+      <c r="F549" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G549" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="550" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A550" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="D548" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E548" s="3" t="s">
+      <c r="B550" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="F548" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A549" s="1" t="s">
+      <c r="C550" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="B549" s="1" t="s">
+      <c r="D550" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E550" s="3" t="s">
         <v>1952</v>
       </c>
-      <c r="C549" s="1" t="s">
+      <c r="F550" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="551" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A551" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="D549" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E549" s="3" t="s">
+      <c r="B551" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C551" s="1" t="s">
         <v>1954</v>
       </c>
-      <c r="F549" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A550" s="1" t="s">
+      <c r="D551" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
         <v>1955</v>
       </c>
-      <c r="B550" s="1" t="s">
+      <c r="F551" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="552" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A552" s="1" t="s">
         <v>1956</v>
       </c>
-      <c r="C550" s="1" t="s">
+      <c r="B552" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="D550" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E550" s="3" t="s">
+      <c r="C552" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="F550" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A551" s="1" t="s">
+      <c r="D552" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
         <v>1959</v>
       </c>
-      <c r="B551" s="1" t="s">
+      <c r="F552" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="553" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
         <v>1960</v>
       </c>
-      <c r="C551" s="1" t="s">
+      <c r="B553" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="D551" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E551" s="3" t="s">
+      <c r="C553" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="F551" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A552" s="1" t="s">
+      <c r="D553" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E553" s="3" t="s">
         <v>1963</v>
       </c>
-      <c r="B552" s="1" t="s">
+      <c r="F553" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="554" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
         <v>1964</v>
       </c>
-      <c r="C552" s="1" t="s">
+      <c r="B554" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="D552" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E552" s="3" t="s">
+      <c r="C554" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="F552" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A553" s="1" t="s">
+      <c r="D554" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" s="3" t="s">
         <v>1967</v>
       </c>
-      <c r="B553" s="1" t="s">
+      <c r="F554" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="555" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
         <v>1968</v>
       </c>
-      <c r="C553" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E553" s="3" t="s">
+      <c r="B555" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="F553" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A554" s="1" t="s">
+      <c r="C555" s="1" t="s">
         <v>1970</v>
       </c>
-      <c r="B554" s="1" t="s">
+      <c r="D555" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
         <v>1971</v>
       </c>
-      <c r="C554" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E554" s="3" t="s">
+      <c r="F555" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="556" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
         <v>1972</v>
       </c>
-      <c r="F554" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A555" s="1" t="s">
+      <c r="B556" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="B555" s="1" t="s">
+      <c r="C556" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="C555" s="1" t="s">
+      <c r="D556" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E556" s="3" t="s">
         <v>1975</v>
       </c>
-      <c r="D555" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E555" s="3" t="s">
+      <c r="F556" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="557" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
         <v>1976</v>
       </c>
-      <c r="F555" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A556" s="1" t="s">
+      <c r="B557" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="B556" s="1" t="s">
+      <c r="C557" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="C556" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E556" s="3" t="s">
+      <c r="D557" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E557" s="3" t="s">
         <v>1979</v>
       </c>
-      <c r="F556" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A557" s="1" t="s">
+      <c r="F557" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="558" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
         <v>1980</v>
       </c>
-      <c r="B557" s="1" t="s">
+      <c r="B558" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C558" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="C557" s="1" t="s">
+      <c r="D558" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="3" t="s">
         <v>1982</v>
       </c>
-      <c r="D557" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E557" s="3" t="s">
+      <c r="F558" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="559" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
         <v>1983</v>
       </c>
-      <c r="F557" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A558" s="1" t="s">
+      <c r="B559" s="1" t="s">
         <v>1984</v>
       </c>
-      <c r="B558" s="1" t="s">
+      <c r="C559" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="C558" s="1" t="s">
+      <c r="D559" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
         <v>1986</v>
       </c>
-      <c r="D558" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E558" s="3" t="s">
+      <c r="F559" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="560" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
         <v>1987</v>
       </c>
-      <c r="F558" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A559" s="1" t="s">
+      <c r="B560" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="B559" s="1" t="s">
+      <c r="C560" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="C559" s="1" t="s">
+      <c r="D560" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E560" s="3" t="s">
         <v>1990</v>
       </c>
-      <c r="D559" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E559" s="3" t="s">
+      <c r="F560" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="561" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="F559" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A560" s="1" t="s">
+      <c r="B561" s="1" t="s">
         <v>1992</v>
       </c>
-      <c r="B560" s="1" t="s">
+      <c r="C561" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="C560" s="1" t="s">
+      <c r="D561" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E561" s="3" t="s">
         <v>1994</v>
       </c>
-      <c r="D560" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E560" s="3" t="s">
+      <c r="F561" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G561" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="562" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A562" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="F560" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A561" s="1" t="s">
+      <c r="B562" s="1" t="s">
         <v>1996</v>
       </c>
-      <c r="B561" s="1" t="s">
+      <c r="C562" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="C561" s="1" t="s">
+      <c r="D562" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E562" s="3" t="s">
         <v>1998</v>
       </c>
-      <c r="D561" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E561" s="3" t="s">
+      <c r="F562" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="563" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A563" s="1" t="s">
         <v>1999</v>
       </c>
-      <c r="F561" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A562" s="1" t="s">
+      <c r="B563" s="1" t="s">
         <v>2000</v>
       </c>
-      <c r="B562" s="1" t="s">
+      <c r="C563" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="C562" s="1" t="s">
+      <c r="D563" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E563" s="3" t="s">
         <v>2002</v>
       </c>
-      <c r="D562" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E562" s="3" t="s">
+      <c r="F563" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G563" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="564" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A564" s="1" t="s">
         <v>2003</v>
       </c>
-      <c r="F562" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A563" s="1" t="s">
+      <c r="B564" s="1" t="s">
         <v>2004</v>
       </c>
-      <c r="B563" s="1" t="s">
+      <c r="C564" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="C563" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E563" s="3" t="s">
+      <c r="D564" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E564" s="3" t="s">
         <v>2006</v>
       </c>
-      <c r="F563" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A564" s="1" t="s">
+      <c r="F564" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="565" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A565" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="B564" s="1" t="s">
+      <c r="B565" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C565" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="C564" s="1" t="s">
+      <c r="D565" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E565" s="3" t="s">
         <v>2009</v>
       </c>
-      <c r="D564" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E564" s="3" t="s">
+      <c r="F565" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G565" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="566" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A566" s="1" t="s">
         <v>2010</v>
       </c>
-      <c r="F564" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A565" s="1" t="s">
+      <c r="B566" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C566" s="1" t="s">
         <v>2011</v>
       </c>
-      <c r="B565" s="1" t="s">
+      <c r="D566" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E566" s="3" t="s">
         <v>2012</v>
       </c>
-      <c r="C565" s="1" t="s">
+      <c r="F566" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G566" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="567" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A567" s="1" t="s">
         <v>2013</v>
       </c>
-      <c r="D565" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E565" s="3" t="s">
+      <c r="B567" s="1" t="s">
         <v>2014</v>
       </c>
-      <c r="F565" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A566" s="1" t="s">
+      <c r="C567" s="1" t="s">
         <v>2015</v>
       </c>
-      <c r="B566" s="1" t="s">
+      <c r="D567" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E567" s="3" t="s">
         <v>2016</v>
       </c>
-      <c r="C566" s="1" t="s">
+      <c r="F567" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G567" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="568" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A568" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="D566" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E566" s="3" t="s">
+      <c r="B568" s="1" t="s">
         <v>2018</v>
       </c>
-      <c r="F566" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A567" s="1" t="s">
+      <c r="C568" s="1" t="s">
         <v>2019</v>
       </c>
-      <c r="B567" s="1" t="s">
+      <c r="D568" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E568" s="3" t="s">
         <v>2020</v>
       </c>
-      <c r="C567" s="1" t="s">
+      <c r="F568" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G568" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="569" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A569" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="D567" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E567" s="3" t="s">
+      <c r="B569" s="1" t="s">
         <v>2022</v>
       </c>
-      <c r="F567" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A568" s="1" t="s">
+      <c r="C569" s="1" t="s">
         <v>2023</v>
       </c>
-      <c r="B568" s="1" t="s">
+      <c r="D569" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E569" s="3" t="s">
         <v>2024</v>
       </c>
-      <c r="C568" s="1" t="s">
+      <c r="F569" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G569" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="570" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A570" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="D568" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E568" s="3" t="s">
+      <c r="B570" s="1" t="s">
         <v>2026</v>
       </c>
-      <c r="F568" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A569" s="1" t="s">
+      <c r="C570" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="B569" s="1" t="s">
+      <c r="D570" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E570" s="3" t="s">
         <v>2028</v>
       </c>
-      <c r="C569" s="1" t="s">
+      <c r="F570" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G570" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="571" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A571" s="1" t="s">
         <v>2029</v>
       </c>
-      <c r="D569" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E569" s="3" t="s">
+      <c r="B571" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="F569" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A570" s="1" t="s">
+      <c r="C571" s="1" t="s">
         <v>2031</v>
       </c>
-      <c r="B570" s="1" t="s">
+      <c r="D571" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E571" s="3" t="s">
         <v>2032</v>
       </c>
-      <c r="C570" s="1" t="s">
+      <c r="F571" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G571" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="572" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A572" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="D570" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E570" s="3" t="s">
+      <c r="B572" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="F570" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A571" s="1" t="s">
+      <c r="C572" s="1" t="s">
         <v>2035</v>
       </c>
-      <c r="B571" s="1" t="s">
+      <c r="D572" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E572" s="3" t="s">
         <v>2036</v>
       </c>
-      <c r="C571" s="1" t="s">
+      <c r="F572" s="3" t="s">
         <v>2037</v>
       </c>
-      <c r="D571" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E571" s="3" t="s">
+      <c r="G572" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="573" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A573" s="1" t="s">
         <v>2038</v>
       </c>
-      <c r="F571" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A572" s="1" t="s">
+      <c r="B573" s="1" t="s">
         <v>2039</v>
       </c>
-      <c r="B572" s="1" t="s">
+      <c r="C573" s="1" t="s">
         <v>2040</v>
       </c>
-      <c r="C572" s="1" t="s">
+      <c r="D573" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E573" s="3" t="s">
         <v>2041</v>
       </c>
-      <c r="D572" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E572" s="3" t="s">
+      <c r="F573" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G573" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="574" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A574" s="1" t="s">
         <v>2042</v>
       </c>
-      <c r="F572" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A573" s="1" t="s">
+      <c r="B574" s="1" t="s">
         <v>2043</v>
       </c>
-      <c r="B573" s="1" t="s">
+      <c r="C574" s="1" t="s">
         <v>2044</v>
       </c>
-      <c r="C573" s="1" t="s">
+      <c r="D574" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E574" s="3" t="s">
         <v>2045</v>
       </c>
-      <c r="D573" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E573" s="3" t="s">
+      <c r="F574" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="575" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
         <v>2046</v>
       </c>
-      <c r="F573" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A574" s="1" t="s">
+      <c r="B575" s="1" t="s">
         <v>2047</v>
       </c>
-      <c r="B574" s="1" t="s">
+      <c r="C575" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="C574" s="1" t="s">
+      <c r="D575" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E575" s="3" t="s">
         <v>2049</v>
       </c>
-      <c r="D574" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E574" s="3" t="s">
+      <c r="F575" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="576" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
         <v>2050</v>
       </c>
-      <c r="F574" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A575" s="1" t="s">
+      <c r="B576" s="1" t="s">
         <v>2051</v>
       </c>
-      <c r="B575" s="1" t="s">
+      <c r="C576" s="1" t="s">
         <v>2052</v>
       </c>
-      <c r="C575" s="1" t="s">
+      <c r="D576" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E576" s="3" t="s">
         <v>2053</v>
       </c>
-      <c r="D575" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E575" s="3" t="s">
+      <c r="F576" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G576" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="577" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
         <v>2054</v>
       </c>
-      <c r="F575" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A576" s="1" t="s">
+      <c r="B577" s="1" t="s">
         <v>2055</v>
       </c>
-      <c r="B576" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C576" s="1" t="s">
+      <c r="C577" s="1" t="s">
         <v>2056</v>
       </c>
-      <c r="D576" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E576" s="3" t="s">
+      <c r="D577" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E577" s="3" t="s">
         <v>2057</v>
       </c>
-      <c r="F576" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A577" s="1" t="s">
+      <c r="F577" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="578" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
         <v>2058</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="B578" s="1" t="s">
         <v>2059</v>
       </c>
-      <c r="C577" s="1" t="s">
+      <c r="C578" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="D577" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E577" s="3" t="s">
+      <c r="D578" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E578" s="3" t="s">
         <v>2061</v>
       </c>
-      <c r="F577" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A578" s="1" t="s">
+      <c r="F578" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="579" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
         <v>2062</v>
       </c>
-      <c r="B578" s="1" t="s">
+      <c r="B579" s="1" t="s">
         <v>2063</v>
       </c>
-      <c r="C578" s="1" t="s">
+      <c r="C579" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="D578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E578" s="3" t="s">
+      <c r="D579" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E579" s="3" t="s">
         <v>2065</v>
       </c>
-      <c r="F578" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A579" s="1" t="s">
+      <c r="F579" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="580" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
         <v>2066</v>
       </c>
-      <c r="B579" s="1" t="s">
+      <c r="B580" s="1" t="s">
         <v>2067</v>
       </c>
-      <c r="C579" s="1" t="s">
+      <c r="C580" s="1" t="s">
         <v>2068</v>
       </c>
-      <c r="D579" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E579" s="3" t="s">
+      <c r="D580" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E580" s="3" t="s">
         <v>2069</v>
       </c>
-      <c r="F579" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A580" s="1" t="s">
+      <c r="F580" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="581" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
         <v>2070</v>
       </c>
-      <c r="B580" s="1" t="s">
+      <c r="B581" s="1" t="s">
         <v>2071</v>
       </c>
-      <c r="C580" s="1" t="s">
+      <c r="C581" s="1" t="s">
         <v>2072</v>
       </c>
-      <c r="D580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E580" s="3" t="s">
+      <c r="D581" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="3" t="s">
         <v>2073</v>
       </c>
-      <c r="F580" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A581" s="1" t="s">
+      <c r="F581" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G581" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="582" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
         <v>2074</v>
       </c>
-      <c r="B581" s="1" t="s">
+      <c r="B582" s="1" t="s">
         <v>2075</v>
       </c>
-      <c r="C581" s="1" t="s">
+      <c r="C582" s="1" t="s">
         <v>2076</v>
       </c>
-      <c r="D581" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E581" s="3" t="s">
+      <c r="D582" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E582" s="3" t="s">
         <v>2077</v>
       </c>
-      <c r="F581" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A582" s="1" t="s">
+      <c r="F582" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="583" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A583" s="1" t="s">
         <v>2078</v>
-      </c>
-[...21 lines deleted...]
-        <v>2082</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>2079</v>
       </c>
       <c r="C583" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F583" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G583" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="584" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A584" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B584" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="D583" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E583" s="3" t="s">
+      <c r="C584" s="1" t="s">
         <v>2084</v>
       </c>
-      <c r="F583" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A584" s="1" t="s">
+      <c r="D584" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E584" s="3" t="s">
         <v>2085</v>
       </c>
-      <c r="B584" s="1" t="s">
+      <c r="F584" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="585" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A585" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="C584" s="1" t="s">
+      <c r="B585" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="D584" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E584" s="3" t="s">
+      <c r="C585" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="F584" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A585" s="1" t="s">
+      <c r="D585" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E585" s="3" t="s">
         <v>2089</v>
       </c>
-      <c r="B585" s="1" t="s">
+      <c r="F585" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="586" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="C585" s="1" t="s">
+      <c r="B586" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="D585" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E585" s="3" t="s">
+      <c r="C586" s="1" t="s">
         <v>2092</v>
       </c>
-      <c r="F585" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A586" s="1" t="s">
+      <c r="D586" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E586" s="3" t="s">
         <v>2093</v>
       </c>
-      <c r="B586" s="1" t="s">
+      <c r="F586" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G586" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="587" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
         <v>2094</v>
       </c>
-      <c r="C586" s="1" t="s">
+      <c r="B587" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="D586" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E586" s="3" t="s">
+      <c r="C587" s="1" t="s">
         <v>2096</v>
       </c>
-      <c r="F586" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A587" s="1" t="s">
+      <c r="D587" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E587" s="3" t="s">
         <v>2097</v>
       </c>
-      <c r="B587" s="1" t="s">
+      <c r="F587" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G587" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="588" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
         <v>2098</v>
       </c>
-      <c r="C587" s="1" t="s">
+      <c r="B588" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="D587" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E587" s="3" t="s">
+      <c r="C588" s="1" t="s">
         <v>2100</v>
       </c>
-      <c r="F587" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A588" s="1" t="s">
+      <c r="D588" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E588" s="3" t="s">
         <v>2101</v>
       </c>
-      <c r="B588" s="1" t="s">
+      <c r="F588" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="589" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
         <v>2102</v>
       </c>
-      <c r="C588" s="1" t="s">
+      <c r="B589" s="1" t="s">
         <v>2103</v>
       </c>
-      <c r="D588" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E588" s="3" t="s">
+      <c r="C589" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E589" s="3" t="s">
         <v>2104</v>
       </c>
-      <c r="F588" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A589" s="1" t="s">
+      <c r="F589" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="590" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
         <v>2105</v>
       </c>
-      <c r="B589" s="1" t="s">
+      <c r="B590" s="1" t="s">
         <v>2106</v>
       </c>
-      <c r="C589" s="1" t="s">
+      <c r="C590" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="D589" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E589" s="3" t="s">
+      <c r="D590" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E590" s="3" t="s">
         <v>2108</v>
       </c>
-      <c r="F589" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A590" s="1" t="s">
+      <c r="F590" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="591" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
         <v>2109</v>
-      </c>
-[...21 lines deleted...]
-        <v>2113</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>2110</v>
       </c>
       <c r="C591" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F591" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="592" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B592" s="1" t="s">
         <v>2114</v>
       </c>
-      <c r="D591" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E591" s="3" t="s">
+      <c r="C592" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="F591" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A592" s="1" t="s">
+      <c r="D592" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E592" s="3" t="s">
         <v>2116</v>
       </c>
-      <c r="B592" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C592" s="1" t="s">
+      <c r="F592" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="593" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
         <v>2117</v>
       </c>
-      <c r="D592" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E592" s="3" t="s">
+      <c r="B593" s="1" t="s">
         <v>2118</v>
       </c>
-      <c r="F592" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A593" s="1" t="s">
+      <c r="C593" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="B593" s="1" t="s">
+      <c r="D593" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E593" s="3" t="s">
         <v>2120</v>
       </c>
-      <c r="C593" s="1" t="s">
+      <c r="F593" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="594" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="D593" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E593" s="3" t="s">
+      <c r="B594" s="1" t="s">
         <v>2122</v>
       </c>
-      <c r="F593" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A594" s="1" t="s">
+      <c r="C594" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="B594" s="1" t="s">
+      <c r="D594" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E594" s="3" t="s">
         <v>2124</v>
       </c>
-      <c r="C594" s="1" t="s">
+      <c r="F594" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="595" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="D594" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E594" s="3" t="s">
+      <c r="B595" s="1" t="s">
         <v>2126</v>
       </c>
-      <c r="F594" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A595" s="1" t="s">
+      <c r="C595" s="1" t="s">
         <v>2127</v>
       </c>
-      <c r="B595" s="1" t="s">
+      <c r="D595" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E595" s="3" t="s">
         <v>2128</v>
       </c>
-      <c r="C595" s="1" t="s">
+      <c r="F595" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G595" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="596" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A596" s="1" t="s">
         <v>2129</v>
       </c>
-      <c r="D595" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E595" s="3" t="s">
+      <c r="B596" s="1" t="s">
         <v>2130</v>
       </c>
-      <c r="F595" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A596" s="1" t="s">
+      <c r="C596" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="B596" s="1" t="s">
+      <c r="D596" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E596" s="3" t="s">
         <v>2132</v>
       </c>
-      <c r="C596" s="1" t="s">
+      <c r="F596" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G596" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="597" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A597" s="1" t="s">
         <v>2133</v>
       </c>
-      <c r="D596" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E596" s="3" t="s">
+      <c r="B597" s="1" t="s">
         <v>2134</v>
       </c>
-      <c r="F596" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A597" s="1" t="s">
+      <c r="C597" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="B597" s="1" t="s">
+      <c r="D597" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E597" s="3" t="s">
         <v>2136</v>
       </c>
-      <c r="C597" s="1" t="s">
+      <c r="F597" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G597" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="598" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A598" s="1" t="s">
         <v>2137</v>
       </c>
-      <c r="D597" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E597" s="3" t="s">
+      <c r="B598" s="1" t="s">
         <v>2138</v>
       </c>
-      <c r="F597" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A598" s="1" t="s">
+      <c r="C598" s="1" t="s">
         <v>2139</v>
       </c>
-      <c r="B598" s="1" t="s">
+      <c r="D598" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E598" s="3" t="s">
         <v>2140</v>
       </c>
-      <c r="C598" s="1" t="s">
+      <c r="F598" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A599" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="D598" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E598" s="3" t="s">
+      <c r="B599" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="F598" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A599" s="1" t="s">
+      <c r="C599" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E599" s="3" t="s">
         <v>2143</v>
       </c>
-      <c r="B599" s="1" t="s">
+      <c r="F599" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="600" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A600" s="1" t="s">
         <v>2144</v>
       </c>
-      <c r="C599" s="1" t="s">
+      <c r="B600" s="1" t="s">
         <v>2145</v>
       </c>
-      <c r="D599" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E599" s="3" t="s">
+      <c r="C600" s="1" t="s">
         <v>2146</v>
       </c>
-      <c r="F599" s="3" t="s">
+      <c r="D600" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E600" s="3" t="s">
         <v>2147</v>
       </c>
-      <c r="G599" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A600" s="1" t="s">
+      <c r="F600" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G600" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="601" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A601" s="1" t="s">
         <v>2148</v>
       </c>
-      <c r="B600" s="1" t="s">
+      <c r="B601" s="1" t="s">
         <v>2149</v>
       </c>
-      <c r="C600" s="1" t="s">
+      <c r="C601" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E601" s="3" t="s">
         <v>2150</v>
       </c>
-      <c r="D600" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E600" s="3" t="s">
+      <c r="F601" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="602" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A602" s="1" t="s">
         <v>2151</v>
       </c>
-      <c r="F600" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A601" s="1" t="s">
+      <c r="B602" s="1" t="s">
         <v>2152</v>
       </c>
-      <c r="B601" s="1" t="s">
+      <c r="C602" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E602" s="3" t="s">
         <v>2153</v>
       </c>
-      <c r="C601" s="1" t="s">
+      <c r="F602" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="603" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A603" s="1" t="s">
         <v>2154</v>
       </c>
-      <c r="D601" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E601" s="3" t="s">
+      <c r="B603" s="1" t="s">
         <v>2155</v>
       </c>
-      <c r="F601" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A602" s="1" t="s">
+      <c r="C603" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E603" s="3" t="s">
         <v>2156</v>
       </c>
-      <c r="B602" s="1" t="s">
+      <c r="F603" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="604" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A604" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="C602" s="1" t="s">
+      <c r="B604" s="1" t="s">
         <v>2158</v>
       </c>
-      <c r="D602" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E602" s="3" t="s">
+      <c r="C604" s="1" t="s">
         <v>2159</v>
       </c>
-      <c r="F602" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A603" s="1" t="s">
+      <c r="D604" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E604" s="3" t="s">
         <v>2160</v>
       </c>
-      <c r="B603" s="1" t="s">
+      <c r="F604" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G604" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="605" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A605" s="1" t="s">
         <v>2161</v>
       </c>
-      <c r="C603" s="1" t="s">
+      <c r="B605" s="1" t="s">
         <v>2162</v>
       </c>
-      <c r="D603" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E603" s="3" t="s">
+      <c r="C605" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="F603" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A604" s="1" t="s">
+      <c r="D605" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E605" s="3" t="s">
         <v>2164</v>
       </c>
-      <c r="B604" s="1" t="s">
+      <c r="F605" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G605" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="606" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A606" s="1" t="s">
         <v>2165</v>
       </c>
-      <c r="C604" s="1" t="s">
+      <c r="B606" s="1" t="s">
         <v>2166</v>
       </c>
-      <c r="D604" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E604" s="3" t="s">
+      <c r="C606" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="F604" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A605" s="1" t="s">
+      <c r="D606" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E606" s="3" t="s">
         <v>2168</v>
       </c>
-      <c r="B605" s="1" t="s">
+      <c r="F606" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G606" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="607" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A607" s="1" t="s">
         <v>2169</v>
       </c>
-      <c r="C605" s="1" t="s">
+      <c r="B607" s="1" t="s">
         <v>2170</v>
       </c>
-      <c r="D605" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E605" s="3" t="s">
+      <c r="C607" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="F605" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A606" s="1" t="s">
+      <c r="D607" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E607" s="3" t="s">
         <v>2172</v>
       </c>
-      <c r="B606" s="1" t="s">
+      <c r="F607" s="3" t="s">
         <v>2173</v>
       </c>
-      <c r="C606" s="1" t="s">
+      <c r="G607" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="608" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A608" s="1" t="s">
         <v>2174</v>
       </c>
-      <c r="D606" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E606" s="3" t="s">
+      <c r="B608" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="F606" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A607" s="1" t="s">
+      <c r="C608" s="1" t="s">
         <v>2176</v>
       </c>
-      <c r="B607" s="1" t="s">
+      <c r="D608" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E608" s="3" t="s">
         <v>2177</v>
       </c>
-      <c r="C607" s="1" t="s">
+      <c r="F608" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G608" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="609" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A609" s="1" t="s">
         <v>2178</v>
       </c>
-      <c r="D607" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E607" s="3" t="s">
+      <c r="B609" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C609" s="1" t="s">
         <v>2179</v>
       </c>
-      <c r="F607" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A608" s="1" t="s">
+      <c r="D609" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E609" s="3" t="s">
         <v>2180</v>
       </c>
-      <c r="B608" s="1" t="s">
+      <c r="F609" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="610" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A610" s="1" t="s">
         <v>2181</v>
       </c>
-      <c r="C608" s="1" t="s">
+      <c r="B610" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="D608" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E608" s="3" t="s">
+      <c r="C610" s="1" t="s">
         <v>2183</v>
       </c>
-      <c r="F608" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A609" s="1" t="s">
+      <c r="D610" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E610" s="3" t="s">
         <v>2184</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="F610" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G610" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="611" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A611" s="1" t="s">
         <v>2185</v>
       </c>
-      <c r="C609" s="1" t="s">
+      <c r="B611" s="1" t="s">
         <v>2186</v>
       </c>
-      <c r="D609" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E609" s="3" t="s">
+      <c r="C611" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="F609" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A610" s="1" t="s">
+      <c r="D611" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E611" s="3" t="s">
         <v>2188</v>
       </c>
-      <c r="B610" s="1" t="s">
+      <c r="F611" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="612" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A612" s="1" t="s">
         <v>2189</v>
       </c>
-      <c r="C610" s="1" t="s">
+      <c r="B612" s="1" t="s">
         <v>2190</v>
       </c>
-      <c r="D610" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E610" s="3" t="s">
+      <c r="C612" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="F610" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A611" s="1" t="s">
+      <c r="D612" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E612" s="3" t="s">
         <v>2192</v>
       </c>
-      <c r="B611" s="1" t="s">
+      <c r="F612" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="613" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A613" s="1" t="s">
         <v>2193</v>
       </c>
-      <c r="C611" s="1" t="s">
+      <c r="B613" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="D611" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E611" s="3" t="s">
+      <c r="C613" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="F611" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A612" s="1" t="s">
+      <c r="D613" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E613" s="3" t="s">
         <v>2196</v>
       </c>
-      <c r="B612" s="1" t="s">
+      <c r="F613" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="614" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A614" s="1" t="s">
         <v>2197</v>
       </c>
-      <c r="C612" s="1" t="s">
+      <c r="B614" s="1" t="s">
         <v>2198</v>
       </c>
-      <c r="D612" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E612" s="3" t="s">
+      <c r="C614" s="1" t="s">
         <v>2199</v>
       </c>
-      <c r="F612" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A613" s="1" t="s">
+      <c r="D614" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E614" s="3" t="s">
         <v>2200</v>
       </c>
-      <c r="B613" s="1" t="s">
+      <c r="F614" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G614" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="615" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A615" s="1" t="s">
         <v>2201</v>
       </c>
-      <c r="C613" s="1" t="s">
+      <c r="B615" s="1" t="s">
         <v>2202</v>
       </c>
-      <c r="D613" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E613" s="3" t="s">
+      <c r="C615" s="1" t="s">
         <v>2203</v>
       </c>
-      <c r="F613" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A614" s="1" t="s">
+      <c r="D615" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E615" s="3" t="s">
         <v>2204</v>
       </c>
-      <c r="B614" s="1" t="s">
+      <c r="F615" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G615" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="616" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A616" s="1" t="s">
         <v>2205</v>
       </c>
-      <c r="C614" s="1" t="s">
+      <c r="B616" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="D614" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E614" s="3" t="s">
+      <c r="C616" s="1" t="s">
         <v>2207</v>
       </c>
-      <c r="F614" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A615" s="1" t="s">
+      <c r="D616" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E616" s="3" t="s">
         <v>2208</v>
       </c>
-      <c r="B615" s="1" t="s">
+      <c r="F616" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G616" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="617" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A617" s="1" t="s">
         <v>2209</v>
       </c>
-      <c r="C615" s="1" t="s">
+      <c r="B617" s="1" t="s">
         <v>2210</v>
       </c>
-      <c r="D615" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E615" s="3" t="s">
+      <c r="C617" s="1" t="s">
         <v>2211</v>
       </c>
-      <c r="F615" s="3" t="s">
+      <c r="D617" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E617" s="3" t="s">
         <v>2212</v>
       </c>
-      <c r="G615" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A616" s="1" t="s">
+      <c r="F617" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G617" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="618" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A618" s="1" t="s">
         <v>2213</v>
       </c>
-      <c r="B616" s="1" t="s">
+      <c r="B618" s="1" t="s">
         <v>2214</v>
       </c>
-      <c r="C616" s="1" t="s">
+      <c r="C618" s="1" t="s">
         <v>2215</v>
       </c>
-      <c r="D616" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E616" s="3" t="s">
+      <c r="D618" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E618" s="3" t="s">
         <v>2216</v>
       </c>
-      <c r="F616" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A617" s="1" t="s">
+      <c r="F618" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G618" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="619" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A619" s="1" t="s">
         <v>2217</v>
       </c>
-      <c r="B617" s="1" t="s">
+      <c r="B619" s="1" t="s">
         <v>2218</v>
       </c>
-      <c r="C617" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E617" s="3" t="s">
+      <c r="C619" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="F617" s="3" t="s">
+      <c r="D619" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E619" s="3" t="s">
         <v>2220</v>
       </c>
-      <c r="G617" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A618" s="1" t="s">
+      <c r="F619" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G619" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="620" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A620" s="1" t="s">
         <v>2221</v>
       </c>
-      <c r="B618" s="1" t="s">
+      <c r="B620" s="1" t="s">
         <v>2222</v>
       </c>
-      <c r="C618" s="1" t="s">
+      <c r="C620" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="D618" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E618" s="3" t="s">
+      <c r="D620" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E620" s="3" t="s">
         <v>2224</v>
       </c>
-      <c r="F618" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A619" s="1" t="s">
+      <c r="F620" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G620" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="621" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A621" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="B619" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C619" s="1" t="s">
+      <c r="B621" s="1" t="s">
         <v>2226</v>
       </c>
-      <c r="D619" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E619" s="3" t="s">
+      <c r="C621" s="1" t="s">
         <v>2227</v>
       </c>
-      <c r="F619" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A620" s="1" t="s">
+      <c r="D621" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E621" s="3" t="s">
         <v>2228</v>
       </c>
-      <c r="B620" s="1" t="s">
+      <c r="F621" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="622" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A622" s="1" t="s">
         <v>2229</v>
       </c>
-      <c r="C620" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E620" s="3" t="s">
+      <c r="B622" s="1" t="s">
         <v>2230</v>
       </c>
-      <c r="F620" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A621" s="1" t="s">
+      <c r="C622" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="B621" s="1" t="s">
+      <c r="D622" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E622" s="3" t="s">
         <v>2232</v>
       </c>
-      <c r="C621" s="1" t="s">
+      <c r="F622" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G622" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="623" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A623" s="1" t="s">
         <v>2233</v>
       </c>
-      <c r="D621" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E621" s="3" t="s">
+      <c r="B623" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="F621" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A622" s="1" t="s">
+      <c r="C623" s="1" t="s">
         <v>2235</v>
       </c>
-      <c r="B622" s="1" t="s">
+      <c r="D623" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E623" s="3" t="s">
         <v>2236</v>
       </c>
-      <c r="C622" s="1" t="s">
+      <c r="F623" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="624" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A624" s="1" t="s">
         <v>2237</v>
       </c>
-      <c r="D622" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E622" s="3" t="s">
+      <c r="B624" s="1" t="s">
         <v>2238</v>
       </c>
-      <c r="F622" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A623" s="1" t="s">
+      <c r="C624" s="1" t="s">
         <v>2239</v>
       </c>
-      <c r="B623" s="1" t="s">
+      <c r="D624" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E624" s="3" t="s">
         <v>2240</v>
       </c>
-      <c r="C623" s="1" t="s">
+      <c r="F624" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G624" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="625" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A625" s="1" t="s">
         <v>2241</v>
       </c>
-      <c r="D623" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E623" s="3" t="s">
+      <c r="B625" s="1" t="s">
         <v>2242</v>
       </c>
-      <c r="F623" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A624" s="1" t="s">
+      <c r="C625" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="B624" s="1" t="s">
+      <c r="D625" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E625" s="3" t="s">
         <v>2244</v>
       </c>
-      <c r="C624" s="1" t="s">
+      <c r="F625" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G625" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="626" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A626" s="1" t="s">
         <v>2245</v>
       </c>
-      <c r="D624" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E624" s="3" t="s">
+      <c r="B626" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="F624" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A625" s="1" t="s">
+      <c r="C626" s="1" t="s">
         <v>2247</v>
       </c>
-      <c r="B625" s="1" t="s">
+      <c r="D626" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E626" s="3" t="s">
         <v>2248</v>
       </c>
-      <c r="C625" s="1" t="s">
+      <c r="F626" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="627" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
         <v>2249</v>
       </c>
-      <c r="D625" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E625" s="3" t="s">
+      <c r="B627" s="1" t="s">
         <v>2250</v>
       </c>
-      <c r="F625" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A626" s="1" t="s">
+      <c r="C627" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="B626" s="1" t="s">
+      <c r="D627" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E627" s="3" t="s">
         <v>2252</v>
       </c>
-      <c r="C626" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E626" s="3" t="s">
+      <c r="F627" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G627" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="628" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A628" s="1" t="s">
         <v>2253</v>
       </c>
-      <c r="F626" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A627" s="1" t="s">
+      <c r="B628" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="B627" s="1" t="s">
+      <c r="C628" s="1" t="s">
         <v>2255</v>
       </c>
-      <c r="C627" s="1" t="s">
+      <c r="D628" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E628" s="3" t="s">
         <v>2256</v>
       </c>
-      <c r="D627" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E627" s="3" t="s">
+      <c r="F628" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="629" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A629" s="1" t="s">
         <v>2257</v>
       </c>
-      <c r="F627" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A628" s="1" t="s">
+      <c r="B629" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="B628" s="1" t="s">
+      <c r="C629" s="1" t="s">
         <v>2259</v>
       </c>
-      <c r="C628" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E628" s="3" t="s">
+      <c r="D629" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E629" s="3" t="s">
         <v>2260</v>
       </c>
-      <c r="F628" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A629" s="1" t="s">
+      <c r="F629" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="630" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A630" s="1" t="s">
         <v>2261</v>
       </c>
-      <c r="B629" s="1" t="s">
+      <c r="B630" s="1" t="s">
         <v>2262</v>
       </c>
-      <c r="C629" s="1" t="s">
+      <c r="C630" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="D629" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E629" s="3" t="s">
+      <c r="D630" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E630" s="3" t="s">
         <v>2264</v>
       </c>
-      <c r="F629" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A630" s="1" t="s">
+      <c r="F630" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G630" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="631" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A631" s="1" t="s">
         <v>2265</v>
       </c>
-      <c r="B630" s="1" t="s">
+      <c r="B631" s="1" t="s">
         <v>2266</v>
-      </c>
-[...21 lines deleted...]
-        <v>2270</v>
       </c>
       <c r="C631" s="1" t="s">
         <v>2267</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
+        <v>2268</v>
+      </c>
+      <c r="F631" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="632" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A632" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C632" s="1" t="s">
         <v>2271</v>
       </c>
-      <c r="F631" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A632" s="1" t="s">
+      <c r="D632" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E632" s="3" t="s">
         <v>2272</v>
       </c>
-      <c r="B632" s="1" t="s">
+      <c r="F632" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G632" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="633" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A633" s="1" t="s">
         <v>2273</v>
       </c>
-      <c r="C632" s="1" t="s">
+      <c r="B633" s="1" t="s">
         <v>2274</v>
       </c>
-      <c r="D632" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E632" s="3" t="s">
+      <c r="C633" s="1" t="s">
         <v>2275</v>
       </c>
-      <c r="F632" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A633" s="1" t="s">
+      <c r="D633" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E633" s="3" t="s">
         <v>2276</v>
       </c>
-      <c r="B633" s="1" t="s">
+      <c r="F633" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G633" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="634" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A634" s="1" t="s">
         <v>2277</v>
       </c>
-      <c r="C633" s="1" t="s">
+      <c r="B634" s="1" t="s">
         <v>2278</v>
       </c>
-      <c r="D633" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E633" s="3" t="s">
+      <c r="C634" s="1" t="s">
         <v>2279</v>
       </c>
-      <c r="F633" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A634" s="1" t="s">
+      <c r="D634" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E634" s="3" t="s">
         <v>2280</v>
       </c>
-      <c r="B634" s="1" t="s">
+      <c r="F634" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G634" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="635" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A635" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="C634" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E634" s="3" t="s">
+      <c r="B635" s="1" t="s">
         <v>2282</v>
       </c>
-      <c r="F634" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A635" s="1" t="s">
+      <c r="C635" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="B635" s="1" t="s">
+      <c r="D635" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E635" s="3" t="s">
         <v>2284</v>
       </c>
-      <c r="C635" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E635" s="3" t="s">
+      <c r="F635" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="636" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A636" s="1" t="s">
         <v>2285</v>
       </c>
-      <c r="F635" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A636" s="1" t="s">
+      <c r="B636" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="B636" s="1" t="s">
+      <c r="C636" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="C636" s="1" t="s">
+      <c r="D636" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E636" s="3" t="s">
         <v>2288</v>
       </c>
-      <c r="D636" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E636" s="3" t="s">
+      <c r="F636" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="637" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A637" s="1" t="s">
         <v>2289</v>
       </c>
-      <c r="F636" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A637" s="1" t="s">
+      <c r="B637" s="1" t="s">
         <v>2290</v>
       </c>
-      <c r="B637" s="1" t="s">
+      <c r="C637" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="C637" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D637" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E637" s="3" t="s">
         <v>2292</v>
       </c>
       <c r="F637" s="3" t="s">
-        <v>207</v>
+        <v>2037</v>
       </c>
       <c r="G637" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="638" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A638" s="1" t="s">
         <v>2293</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>2294</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2288</v>
+        <v>2295</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="F638" s="3" t="s">
-        <v>207</v>
+        <v>2037</v>
       </c>
       <c r="G638" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="639" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A639" s="1" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="F639" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G639" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="640" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A640" s="1" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="F640" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G640" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="641" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A641" s="1" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="F641" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G641" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="642" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A642" s="1" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="G642" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="643" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A643" s="1" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>851</v>
+        <v>187</v>
       </c>
       <c r="G643" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="644" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A644" s="1" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>2320</v>
+        <v>187</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="645" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
         <v>2321</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2240</v>
+        <v>2322</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>582</v>
+        <v>187</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="646" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>221</v>
+        <v>187</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="647" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>221</v>
+        <v>187</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="648" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>582</v>
+        <v>187</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="649" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2333</v>
+        <v>2338</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>582</v>
+        <v>187</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="650" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>170</v>
+        <v>2037</v>
       </c>
       <c r="G650" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="651" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>2147</v>
+        <v>2037</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="652" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>2147</v>
+        <v>2037</v>
       </c>
       <c r="G652" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="653" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>170</v>
+        <v>2037</v>
       </c>
       <c r="G653" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="654" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>2147</v>
+        <v>187</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="655" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G655" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="656" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G656" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="657" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="G657" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="658" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A658" s="1" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="F658" s="3" t="s">
-        <v>170</v>
+        <v>2037</v>
       </c>
       <c r="G658" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="659" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A659" s="1" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="F659" s="3" t="s">
-        <v>170</v>
+        <v>2037</v>
       </c>
       <c r="G659" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="660" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A660" s="1" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="F660" s="3" t="s">
-        <v>170</v>
+        <v>2173</v>
       </c>
       <c r="G660" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="661" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-    <row r="662" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="662" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-    <row r="663" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="663" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-    <row r="664" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="664" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>170</v>
+        <v>2173</v>
       </c>
       <c r="G664" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="665" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>170</v>
+        <v>2173</v>
       </c>
       <c r="G665" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="666" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C666" s="1" t="s">
         <v>2403</v>
       </c>
-      <c r="B666" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D666" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>170</v>
+        <v>2173</v>
       </c>
       <c r="G666" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="667" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>170</v>
+        <v>433</v>
       </c>
       <c r="G667" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="668" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-    <row r="669" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="669" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="C669" s="1" t="s">
         <v>2417</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E669" s="3" t="s">
         <v>2418</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>170</v>
+        <v>204</v>
       </c>
       <c r="G669" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="670" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
         <v>2419</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>2420</v>
       </c>
       <c r="C670" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E670" s="3" t="s">
         <v>2421</v>
       </c>
-      <c r="D670" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E670" s="3" t="s">
+      <c r="F670" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G670" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="671" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A671" s="1" t="s">
         <v>2422</v>
       </c>
-      <c r="F670" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A671" s="1" t="s">
+      <c r="B671" s="1" t="s">
         <v>2423</v>
       </c>
-      <c r="B671" s="1" t="s">
+      <c r="C671" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E671" s="3" t="s">
         <v>2424</v>
       </c>
-      <c r="C671" s="1" t="s">
+      <c r="F671" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G671" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="672" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A672" s="1" t="s">
         <v>2425</v>
       </c>
-      <c r="D671" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E671" s="3" t="s">
+      <c r="B672" s="1" t="s">
         <v>2426</v>
       </c>
-      <c r="F671" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A672" s="1" t="s">
+      <c r="C672" s="1" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E672" s="3" t="s">
         <v>2427</v>
       </c>
-      <c r="B672" s="1" t="s">
+      <c r="F672" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G672" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="673" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A673" s="1" t="s">
         <v>2428</v>
       </c>
-      <c r="C672" s="1" t="s">
+      <c r="B673" s="1" t="s">
         <v>2429</v>
       </c>
-      <c r="D672" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E672" s="3" t="s">
+      <c r="C673" s="1" t="s">
         <v>2430</v>
       </c>
-      <c r="F672" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A673" s="1" t="s">
+      <c r="D673" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E673" s="3" t="s">
         <v>2431</v>
       </c>
-      <c r="B673" s="1" t="s">
+      <c r="F673" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G673" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="674" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A674" s="1" t="s">
         <v>2432</v>
       </c>
-      <c r="C673" s="1" t="s">
+      <c r="B674" s="1" t="s">
         <v>2433</v>
       </c>
-      <c r="D673" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E673" s="3" t="s">
+      <c r="C674" s="1" t="s">
         <v>2434</v>
       </c>
-      <c r="F673" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A674" s="1" t="s">
+      <c r="D674" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E674" s="3" t="s">
         <v>2435</v>
       </c>
-      <c r="B674" s="1" t="s">
+      <c r="F674" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G674" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="675" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A675" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="C674" s="1" t="s">
+      <c r="B675" s="1" t="s">
         <v>2437</v>
       </c>
-      <c r="D674" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E674" s="3" t="s">
+      <c r="C675" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="F674" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A675" s="1" t="s">
+      <c r="D675" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E675" s="3" t="s">
         <v>2439</v>
       </c>
-      <c r="B675" s="1" t="s">
+      <c r="F675" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G675" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="676" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A676" s="1" t="s">
         <v>2440</v>
       </c>
-      <c r="C675" s="1" t="s">
+      <c r="B676" s="1" t="s">
         <v>2441</v>
       </c>
-      <c r="D675" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E675" s="3" t="s">
+      <c r="C676" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="F675" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A676" s="1" t="s">
+      <c r="D676" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E676" s="3" t="s">
         <v>2443</v>
       </c>
-      <c r="B676" s="1" t="s">
+      <c r="F676" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G676" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="677" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A677" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="C676" s="1" t="s">
+      <c r="B677" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C677" s="1" t="s">
         <v>2445</v>
       </c>
-      <c r="D676" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E676" s="3" t="s">
+      <c r="D677" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E677" s="3" t="s">
         <v>2446</v>
       </c>
-      <c r="F676" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A677" s="1" t="s">
+      <c r="F677" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G677" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="678" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A678" s="1" t="s">
         <v>2447</v>
       </c>
-      <c r="B677" s="1" t="s">
+      <c r="B678" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="C677" s="1" t="s">
+      <c r="C678" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="D677" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E677" s="3" t="s">
+      <c r="D678" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E678" s="3" t="s">
         <v>2450</v>
       </c>
-      <c r="F677" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A678" s="1" t="s">
+      <c r="F678" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G678" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="679" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A679" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="B678" s="1" t="s">
+      <c r="B679" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C679" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="C678" s="1" t="s">
+      <c r="D679" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E679" s="3" t="s">
         <v>2453</v>
       </c>
-      <c r="D678" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E678" s="3" t="s">
+      <c r="F679" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G679" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="680" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A680" s="1" t="s">
         <v>2454</v>
       </c>
-      <c r="F678" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A679" s="1" t="s">
+      <c r="B680" s="1" t="s">
         <v>2455</v>
       </c>
-      <c r="B679" s="1" t="s">
+      <c r="C680" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="C679" s="1" t="s">
+      <c r="D680" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E680" s="3" t="s">
         <v>2457</v>
       </c>
-      <c r="D679" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E679" s="3" t="s">
+      <c r="F680" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="681" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A681" s="1" t="s">
         <v>2458</v>
       </c>
-      <c r="F679" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A680" s="1" t="s">
+      <c r="B681" s="1" t="s">
         <v>2459</v>
       </c>
-      <c r="B680" s="1" t="s">
+      <c r="C681" s="1" t="s">
         <v>2460</v>
       </c>
-      <c r="C680" s="1" t="s">
+      <c r="D681" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E681" s="3" t="s">
         <v>2461</v>
       </c>
-      <c r="D680" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E680" s="3" t="s">
+      <c r="F681" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="682" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A682" s="1" t="s">
         <v>2462</v>
       </c>
-      <c r="F680" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A681" s="1" t="s">
+      <c r="B682" s="1" t="s">
         <v>2463</v>
       </c>
-      <c r="B681" s="1" t="s">
+      <c r="C682" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="C681" s="1" t="s">
+      <c r="D682" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E682" s="3" t="s">
         <v>2465</v>
       </c>
-      <c r="D681" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E681" s="3" t="s">
+      <c r="F682" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="G682" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="683" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A683" s="1" t="s">
         <v>2466</v>
       </c>
-      <c r="F681" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A682" s="1" t="s">
+      <c r="B683" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C683" s="1" t="s">
         <v>2467</v>
       </c>
-      <c r="B682" s="1" t="s">
+      <c r="D683" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E683" s="3" t="s">
         <v>2468</v>
       </c>
-      <c r="C682" s="1" t="s">
+      <c r="F683" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="G683" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="684" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A684" s="1" t="s">
         <v>2469</v>
       </c>
-      <c r="D682" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E682" s="3" t="s">
+      <c r="B684" s="1" t="s">
         <v>2470</v>
       </c>
-      <c r="F682" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A683" s="1" t="s">
+      <c r="C684" s="1" t="s">
         <v>2471</v>
       </c>
-      <c r="B683" s="1" t="s">
+      <c r="D684" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E684" s="3" t="s">
         <v>2472</v>
       </c>
-      <c r="C683" s="1" t="s">
+      <c r="F684" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="685" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A685" s="1" t="s">
         <v>2473</v>
       </c>
-      <c r="D683" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E683" s="3" t="s">
+      <c r="B685" s="1" t="s">
         <v>2474</v>
       </c>
-      <c r="F683" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A684" s="1" t="s">
+      <c r="C685" s="1" t="s">
         <v>2475</v>
       </c>
-      <c r="B684" s="1" t="s">
+      <c r="D685" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E685" s="3" t="s">
         <v>2476</v>
       </c>
-      <c r="C684" s="1" t="s">
+      <c r="F685" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="686" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A686" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="D684" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E684" s="3" t="s">
+      <c r="B686" s="1" t="s">
         <v>2478</v>
       </c>
-      <c r="F684" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A685" s="1" t="s">
+      <c r="C686" s="1" t="s">
         <v>2479</v>
       </c>
-      <c r="B685" s="1" t="s">
+      <c r="D686" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E686" s="3" t="s">
         <v>2480</v>
       </c>
-      <c r="C685" s="1" t="s">
+      <c r="F686" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="687" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A687" s="1" t="s">
         <v>2481</v>
       </c>
-      <c r="D685" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E685" s="3" t="s">
+      <c r="B687" s="1" t="s">
         <v>2482</v>
       </c>
-      <c r="F685" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A686" s="1" t="s">
+      <c r="C687" s="1" t="s">
         <v>2483</v>
       </c>
-      <c r="B686" s="1" t="s">
+      <c r="D687" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E687" s="3" t="s">
         <v>2484</v>
       </c>
-      <c r="C686" s="1" t="s">
+      <c r="F687" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G687" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="688" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A688" s="1" t="s">
         <v>2485</v>
       </c>
-      <c r="D686" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E686" s="3" t="s">
+      <c r="B688" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="F686" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A687" s="1" t="s">
+      <c r="C688" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E688" s="3" t="s">
         <v>2487</v>
       </c>
-      <c r="B687" s="1" t="s">
+      <c r="F688" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="689" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
         <v>2488</v>
       </c>
-      <c r="C687" s="1" t="s">
+      <c r="B689" s="1" t="s">
         <v>2489</v>
       </c>
-      <c r="D687" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E687" s="3" t="s">
+      <c r="C689" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E689" s="3" t="s">
         <v>2490</v>
       </c>
-      <c r="F687" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A688" s="1" t="s">
+      <c r="F689" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="690" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
         <v>2491</v>
       </c>
-      <c r="B688" s="1" t="s">
+      <c r="B690" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="C688" s="1" t="s">
+      <c r="C690" s="1" t="s">
         <v>2493</v>
       </c>
-      <c r="D688" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E688" s="3" t="s">
+      <c r="D690" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E690" s="3" t="s">
         <v>2494</v>
       </c>
-      <c r="F688" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A689" s="1" t="s">
+      <c r="F690" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="691" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
         <v>2495</v>
       </c>
-      <c r="B689" s="1" t="s">
+      <c r="B691" s="1" t="s">
         <v>2496</v>
       </c>
-      <c r="C689" s="1" t="s">
+      <c r="C691" s="1" t="s">
         <v>2497</v>
       </c>
-      <c r="D689" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E689" s="3" t="s">
+      <c r="D691" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E691" s="3" t="s">
         <v>2498</v>
       </c>
-      <c r="F689" s="3" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F691" s="3" t="s">
-        <v>2147</v>
+        <v>779</v>
       </c>
       <c r="G691" s="3" t="s">
-        <v>13</v>
-[...1203 lines deleted...]
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">