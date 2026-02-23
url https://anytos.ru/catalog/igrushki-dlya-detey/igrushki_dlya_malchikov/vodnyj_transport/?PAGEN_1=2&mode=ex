--- v0 (2026-01-06)
+++ v1 (2026-02-23)
@@ -12,248 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/549/54920dca0a67f97effa64b67124afa06/9942e360292d9267684748b14e65925e.jpg</t>
+  </si>
+  <si>
+    <t>Корабль Трансатлантик 56382</t>
+  </si>
+  <si>
+    <t>Водный транспорт</t>
+  </si>
+  <si>
+    <t>290908</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/polese/"&gt;Полесье&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/261/2619789ec9deb08d7b0308aa470a76db/1adb34e5de57674aad7fc88b58307244.jpg</t>
+  </si>
+  <si>
+    <t>Паром Балтик  Автомобиль Мини 4 шт. 56689</t>
+  </si>
+  <si>
+    <t>Игровой набор &amp;quot;Паром Балтик&amp;quot; - яркая игрушка, безопасная для детей. В комплекте с паромом - четыре машинки, которые могут заезжать на паром и съезжать с него по специальным откидным трапам.Такая игрушка займет достойное место в комнате любого мальчишки!Комплектность:паром,машинки - 4 шт.</t>
+  </si>
+  <si>
+    <t>290909</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b1e/b1e40d1e307e0da595e91d675d52ddc1/52b0c7d6e69911392f4c068806224e92.jpg</t>
   </si>
   <si>
     <t>Корабль Чайка 36964</t>
   </si>
   <si>
-    <t>Водный транспорт</t>
-[...1 lines deleted...]
-  <si>
     <t>290988</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/polese/"&gt;Полесье&lt;/a&gt;</t>
-[...14 lines deleted...]
-    <t>646976</t>
+    <t>http://anytos.ru//upload/iblock/ddc/u516c08v3xmyv3xkvbd1kfcty0b0fszz.jpg</t>
+  </si>
+  <si>
+    <t>Катер  quot;Патруль quot;</t>
+  </si>
+  <si>
+    <t>Высококачественная пластмассовая&amp;nbsp;&amp;nbsp;игрушка из экологически чистых материалов. Вид одиночной упаковки: сеточка&amp;nbsp;&amp;nbsp;Размер в упаковке &amp;#40;ДхШхВ&amp;#41;, мм: 310х145х175&amp;nbsp;&amp;nbsp;Размер в собранном виде &amp;#40;ДхШхВ&amp;#41;, мм: 310х145х175&amp;nbsp;&amp;nbsp;Вид групповой упаковки: гофрокороб&amp;nbsp;&amp;nbsp;Примерный объем, м3: 0,037&amp;nbsp;&amp;nbsp;Количество, шт: 6&amp;nbsp;&amp;nbsp;Товар сертифицирован. Производитель оставляет за собой право на изменение технических характеристик и цвета&amp;nbsp;&amp;nbsp;без предварительного уведомления</t>
+  </si>
+  <si>
+    <t>683632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0f/webhmfk159gbireh9kdiqclwnpwz4e49.jpg</t>
+  </si>
+  <si>
+    <t>Катер  quot;Спасатель quot;</t>
+  </si>
+  <si>
+    <t>Катер &amp;quot;Спасатель&amp;quot; для тех детишек, которые мечтают о морях и океанах, о морских путешествиях. Катер &amp;quot;Спасатель&amp;quot; разнообразит игровую деятельность ребенка в жаркий летний день на берегу водоема или дома в ванной.</t>
+  </si>
+  <si>
+    <t>683633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77a/iw0mgz0u4ci1yhqgawzzpi669hd2j0ug.jpg</t>
+  </si>
+  <si>
+    <t>Крейсер  quot;Смелый quot;</t>
+  </si>
+  <si>
+    <t>Крейсер &amp;quot;Смелый&amp;quot; представлен в виде большого морского судна, окрашенного в белый и синий цвета с добавлением красных элементов. Игрушка выполнена по подобию настоящего боевого надводного корабля, способного выполнять поставленные задачи вне зависимости от основного флота. Модель корабля изготовлена из качественной пластмассы с хорошей детализацией. Игрушка довольно крупного размера - 47 см в длину. С таким крейсером мальчишки будут с удовольствием играть в морские бои, воображая себя великими адмиралами военно-морского флота.</t>
+  </si>
+  <si>
+    <t>694694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/742/dw28l059m5vh3baa1uffcnq0uir9rtz5.jpg</t>
+  </si>
+  <si>
+    <t>Модель металл свет-звук десантный катер КАМУФЛЯЖ 18 см, люк, солдат, Технопарк</t>
+  </si>
+  <si>
+    <t>933092</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tehnopark/"&gt;Технопарк&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b07/q9tv4mqt3wo7ixvk2d2qif7ifyoahs3l.jpg</t>
+  </si>
+  <si>
+    <t>Катер гоночный  quot;Молния quot; на радиоуправлении, 4 канала 22х7,5х7,5 см.</t>
+  </si>
+  <si>
+    <t>Катер гоночный &amp;quot;Молния&amp;quot; на радиоуправлении, 4 канала 22х7,5х7,5 см., эл. пит. AA*5 шт. не в компл., коробка с окном</t>
+  </si>
+  <si>
+    <t>1012939</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ddc/u516c08v3xmyv3xkvbd1kfcty0b0fszz.jpg</t>
-[...79 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c73/jobavu7zwv3ij1id2gs0yfal0yvh6str.jpg</t>
   </si>
   <si>
     <t>Катер гоночный на радиоуправлении, 4 канала</t>
   </si>
   <si>
     <t>Катер гоночный на радиоуправлении, 4 канала, эл. пит. AA*5 шт. не в компл., коробка с окном, красный</t>
   </si>
   <si>
     <t>1012942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe1/y917a2fzya0jkkutvvc5ystl79meoqsf.jpg</t>
   </si>
   <si>
     <t>Катер на радиоуправлении  quot;Турбо Спорт quot;26х9х10 см., 4 канала</t>
   </si>
   <si>
     <t>Катер на радиоуправлении &amp;quot;Турбо Спорт&amp;quot;26х9х10 см., 4 канала, эл.пит. АА*5 шт. не вх. в комплект, в ассортименте</t>
   </si>
   <si>
     <t>1012943</t>
-  </si>
-[...22 lines deleted...]
-    <t>&lt;a href="/brands/crossbot/"&gt;Crossbot&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -580,57 +544,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M16"/>
+  <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G16" sqref="G16"/>
+      <selection pane="bottomRight" activeCell="G13" sqref="G13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -681,306 +645,235 @@
       </c>
       <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>17</v>
-[...67 lines deleted...]
-      <c r="G16" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>