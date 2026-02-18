--- v0 (2026-01-02)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -206,239 +206,233 @@
   <si>
     <t>&lt;a href="/brands/igraem-vmeste/"&gt;ИГРАЕМ ВМЕСТЕ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cec/wbofu1nqlv78weop7zzvuylg1nq2k89i.jpg</t>
   </si>
   <si>
     <t>Набор солдатик с оружием и вертолетом блистер, 26,5 22 6см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатик с оружием и вертолетом блистер, 26,5*22*6см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c3/2gjwz7gw72e3h32yohhwgt653t6r90hb.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков военные с вертолетом ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894541</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c6f/ynsk0incr36j7wc0cd1leohzqu5cxovw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba1/a83ueu93k1d6fekowu4v4njgir9o4n70.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков военные с оружием.блист.15 30 5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатиков военные с оружием.блист.15*30*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c52/rgblyqmehzzwu8nzjostq1cyi1u97usp.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков военные блист.26,3 28,3 3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатиков военные блист.26,3*28,3*3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37e/9rk8hxrims0kwmz7fqajn0hwj3wae1dh.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков пожарные с техн.блист.28,5 24,2 3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатиков пожарные с техн.блист.28,5*24,2*3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894552</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3da/e2jhqhoso26m08z3sl78s9hmbp5857ak.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9d7/jqd9nc1fk4w7mhras1eq00y94z7akn5b.jpg</t>
   </si>
   <si>
     <t>СОЛДАТИК с оружием РОСГВАРДИЯ блист.15 19,6 5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>СОЛДАТИК с оружием РОСГВАРДИЯ блист.15*19,6*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f93/1s169cd6r6921e3h7enuyb7c0ap8a02i.jpg</t>
   </si>
   <si>
     <t>Набор пожарных  1 фигурка  с вертолетом, в кор.17 24,3 6,1см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор пожарных &amp;#40;1 фигурка&amp;#41; с вертолетом, в кор.17*24,3*6,1см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894569</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/84c/cjppi9gqa927qq0ps0ymjblzz4wt63kr.jpg</t>
+  </si>
+  <si>
+    <t>Набор Военный, 220 предметов</t>
+  </si>
+  <si>
+    <t>Набор Военный, 220 предметов, пакет</t>
+  </si>
+  <si>
+    <t>903388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/775/tnuvwsnn83owxr8pxh1wdx0aazks6mo7.jpg</t>
+  </si>
+  <si>
+    <t>Набор Военный, 70 предметов</t>
+  </si>
+  <si>
+    <t>Набор Военный, 70 предметов, пакет</t>
+  </si>
+  <si>
+    <t>903393</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/019/e0htsdggfebskia97e9y0eygo0i0a31n.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Армия quot; Bondibon, Набор солдатиков с оружием 10 штук, танк, самол т, военная карта</t>
   </si>
   <si>
     <t>Красная Армия всех сильней! Игровой набор солдатиков с оружием - желанный подарок для мальчика любого возраста. Солдатики — отличная развивающая игрушка.&amp;nbsp;&amp;nbsp;Набор армии Bondibon пригодится мальчику для того, чтобы разыгрывать сюжетно-ролевые игры, развивая воображение и моторику. А еще развивается логическое мышление, и ребенок учится мыслить стратегически, как полководец! Для увлекательной игры имеет значение поза солдатика. Очень интересны фигурки, которые изображают бег, стрельбу из автомата, несут знамя или ползут по-пластунски. С другой стороны, солдатик, который стоит по стойке смирно, позволит тебе в полной мере проявить свою фантазию. Он может и в окопе сидеть, и в засаде лежать. Игровой набор состоит из 10 разных фигурок солдат с оружием, танка, самолета, военной карты и других аксессуаров. Возраст 3&amp;#43;&amp;nbsp;&amp;nbsp;В общем, если у ребенка своей игрушечной армии, то срочно подарите набор игровой &amp;quot;АРМИЯ&amp;quot;.&amp;nbsp;&amp;nbsp;А дальше знаете – подготовьте плацдарм, постройте бойцов, раздайте приказы и в бой.</t>
   </si>
   <si>
     <t>904431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4e/jx4qlyp2717q8rh4r73vmy0qrrefe7pa.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Армия quot; Bondibon, Набор солдатиков с оружием 10 штук, танк, самол т и аксессуары, военная карта</t>
   </si>
   <si>
     <t>Красная Армия всех сильней! Игровой набор солдатиков с оружием - желанный подарок для мальчика любого возраста. Солдатики — отличная развивающая игрушка.&amp;nbsp;&amp;nbsp;Набор армии Bondibon пригодится мальчику для того, чтобы разыгрывать сюжетно-ролевые игры, развивая воображение и моторику. А еще активно развивается логическое мышление, и ребенок учится мыслить стратегически, как полководец! Для увлекательной игры имеет значение поза солдатика. Очень интересны фигурки, которые изображают бег, стрельбу из автомата, несут знамя или ползут по-пластунски. С другой стороны, солдатик, который стоит по стойке смирно, позволит тебе в полной мере проявить свою фантазию. Он может и в окопе сидеть, и в засаде лежать. Игровой набор состоит из 10 разных фигурок солдат с оружием, самолета, военной карты и других аксессуаров. Возраст 3&amp;#43;&amp;nbsp;&amp;nbsp;В общем, если у ребенка своей игрушечной армии, то срочно подарите набор игровой &amp;quot;АРМИЯ&amp;quot;.&amp;nbsp;&amp;nbsp;А дальше знаете – подготовьте плацдарм, постройте бойцов, раздайте приказы и в бой.</t>
   </si>
   <si>
     <t>904432</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72e/ghu6x4lqldwomspuge6zgr6jmip176wj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Армия quot; Bondibon, Набор солдатиков с оружием 10 штук, танк и аксессуары, военная карта</t>
   </si>
   <si>
     <t>Красная Армия всех сильней! Игровой набор солдатиков с оружием - желанный подарок для мальчика любого возраста. Солдатики — отличная развивающая игрушка.&amp;nbsp;&amp;nbsp;Набор армии Bondibon пригодится мальчику для того, чтобы разыгрывать сюжетно-ролевые игры, развивая воображение и моторику. А еще активно развивается логическое мышление, и ребенок учится мыслить стратегически, как полководец! Для увлекательной игры имеет значение поза солдатика. Очень интересны фигурки, которые изображают бег, стрельбу из автомата, несут знамя или ползут по-пластунски. С другой стороны, солдатик, который стоит по стойке смирно, позволит тебе в полной мере проявить свою фантазию. Он может и в окопе сидеть, и в засаде лежать. Игровой набор состоит из 10 разных фигурок солдат с оружием, танка, военной карты и других аксессуаров. Возраст 3&amp;#43;&amp;nbsp;&amp;nbsp;В общем, если у ребенка своей игрушечной армии, то срочно подарите набор игровой &amp;quot;АРМИЯ&amp;quot;.&amp;nbsp;&amp;nbsp;А дальше знаете – подготовьте плацдарм, постройте бойцов, раздайте приказы и в бой.</t>
   </si>
   <si>
     <t>904433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aac/ojev74r40h5nlpelxm93599wwxucfbjz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Армия quot; Bondibon, Набор солдатиков с оружием 20 штук, аксессуары, военная карта местности</t>
   </si>
   <si>
     <t>Красная Армия всех сильней! Игровой набор солдатиков с оружием - желанный подарок для мальчика любого возраста. Солдатики — отличная развивающая игрушка.&amp;nbsp;&amp;nbsp;Набор армии Bondibon пригодится мальчику для того, чтобы разыгрывать сюжетно-ролевые игры, развивая воображение и моторику. А еще активно развивается логическое мышление, и ребенок учится мыслить стратегически, как полководец! Для увлекательной игры имеет значение поза солдатика. Очень интересны фигурки, которые изображают бег, стрельбу из автомата, несут знамя или ползут по-пластунски. С другой стороны, солдатик, который стоит по стойке смирно, позволит тебе в полной мере проявить свою фантазию. Он может и в окопе сидеть, и в засаде лежать. Игровой набор состоит из 20 разных фигурок солдат с оружием, флагов, военной карты и других аксессуаров. Возраст 3&amp;#43;&amp;nbsp;&amp;nbsp;В общем, если у ребенка своей игрушечной армии, то срочно подарите набор игровой &amp;quot;АРМИЯ&amp;quot;.&amp;nbsp;&amp;nbsp;А дальше знаете – подготовьте плацдарм, постройте бойцов, раздайте приказы и в бой.</t>
   </si>
   <si>
     <t>904434</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b71/x2bvul32k5u8r8fc5kr5203wb7au06nd.jpg</t>
+  </si>
+  <si>
+    <t>Набор Военный, 37 предметов</t>
+  </si>
+  <si>
+    <t>Набор Военный, 37 предметов, пакет</t>
+  </si>
+  <si>
+    <t>930106</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dc1/l3tk1io2egl0bt3g8s69mgvyfl65pt2s.jpg</t>
   </si>
   <si>
     <t>Набор солдат 31 см с оружием,  quot; НАСТОЯЩИЙ БОЕЦ quot; Bondibon</t>
   </si>
   <si>
     <t>Набор игровой АРМИЯ НАСТОЯЩИЙ БОЕЦ ждет Ваших команд! Фигурка солдата спецназа в маске и очках высотой 31 см от Bondibon – мощное пополнение коллекции игрушек. Крупные габариты, глубокая детализация снаряжения, гнущиеся в локтях руки, сгибающиеся ноги – эти воины просто созданы для сюжетно-ролевых игр будущих защитников Отечества! Извлеките фигурку из коробки и отправьте бойца на выполнение любого задания. О том, насколько он серьезен и крут, говорить его свирепая маска и очки, защищающие глаза. Герой спецназа беспрекословно выполнит любой приказ, который Вы сможете придумать! Набор игровой НАСТОЯЩИЙ БОЕЦ в маске, очках и черной форме развивает мелкую моторику, фантазию, познавательные способности ребенка. Игрушка выполнена из прочных, безопасных материалов, обеспечивающих долговременное использование. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>931237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ef/hcneyds0v69ce3mxz3hpi1xgwquo4cgo.jpg</t>
   </si>
   <si>
     <t>Набор игровой АРМИЯ НАСТОЯЩИЙ БОЕЦ ждет Ваших команд. Фигурка солдата спецназа в маске высотой 31 см от Bondibon – мощное пополнение коллекции игрушек. Крупные габариты, глубокая детализация снаряжения, гнущиеся в локтях руки, сгибающиеся ноги – эти воины просто созданы для сюжетно-ролевых игр будущих защитников Отечества! Извлеките фигурку из коробки и отправьте бойца на выполнение любого задания. О том, насколько он серьезен и крут, говорит его свирепая маска. Герой спецназа может красться, выслеживая противника, внезапно атаковать врагов из засады и охранять сон командира. Этот солдат беспрекословно выполнит любой приказ, который Вы сможете придумать! Набор игровой НАСТОЯЩИЙ БОЕЦ в маске и серой форме развивает мелкую моторику, фантазию, познавательные способности ребенка. Игрушка выполнена из прочных, безопасных материалов, обеспечивающих долговременное использование. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>931238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/543/ifpc4zt3i1r7a5pz05p2qlvo7nogqb09.jpg</t>
   </si>
   <si>
     <t>Набор игровой АРМИЯ НАСТОЯЩИЙ БОЕЦ ждет Ваших команд! Фигурка солдата спецназа в очках высотой 31 см от Bondibon – желанное пополнение коллекции игрушек. Крупные габариты, глубокая детализация формы, крутой бронежилет, наличие оружия, гнущиеся в локтях руки, сгибающиеся ноги – эти игрушечные герои разведки просто созданы для сюжетно-ролевых игр будущих защитников Отечества! Извлеките фигурку из коробки и отправьте бойца на выполнение любого задания. Он может захватывать базу противников, внезапно атаковать врагов из засады, стоять на страже порядка, охранять сон командира и его дом. Этот солдат беспрекословно выполнит любой приказ, который Вы сможете придумать! Набор игровой АРМИЯ НАСТОЯЩИЙ БОЕЦ развивает мелкую моторику, фантазию, познавательные способности ребенка. Игрушка выполнена из прочных, безопасных материалов, обеспечивающих долговременное использование. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>931239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc5/l4xrb5c4tjml5a3pcc12eg4u4vnz6igq.jpg</t>
   </si>
   <si>
     <t>Набор игровой АРМИЯ НАСТОЯЩИЙ БОЕЦ ждет Ваших команд! Фигурка солдата спецназа в противогазе высотой 31 см, Bondibon – мощное пополнение коллекции игрушек. Крупные габариты, глубокая детализация снаряжения, гнущиеся в локтях руки, сгибающиеся ноги – эти воины просто созданы для сюжетно-ролевых игр будущих защитников Отечества! Извлеките фигурку из коробки и отправьте бойца на выполнение любого задания в самых опасных местах: этот воин оснащен противогазом! Он может красться, выслеживая противника, внезапно атаковать врагов из засады или охранять сон командира. Этот солдат беспрекословно выполнит любой приказ, который Вы сможете придумать! Игровой набор НАСТОЯЩИЙ БОЕЦ в противогазе развивает мелкую моторику, фантазию, познавательные способности ребенка. Игрушка выполнена из прочных, безопасных материалов, обеспечивающих долговременное использование. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>931240</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/761/97fjthvgfr6q3phkbi6fts5lpigp0324.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e62/hdk76rl4taddb71i3q02opmiueynylev.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков военные с оружием, ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатиков военные с оружием, кор.24,5*17,4*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>943050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7b/kzqquz06l3tt3m0s5imxs4h875piwzzp.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков пираты с оружием, ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатиков пираты с оружием, блист.14*21*5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>943051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a8/992chssk9loplvpfzry945vto3ivixot.jpg</t>
@@ -455,125 +449,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1ca/zx6cfggqdcgs19lev1snqzhbs3u96zsd.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков С ДЖИПОМ военные, с аксессуарами, ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Набор солдатиков С ДЖИПОМ военные, с аксесс., кор.25*18*12см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>943055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c38/hhocqdlp15pbalk1egdfdwhftul9bmfm.jpg</t>
   </si>
   <si>
     <t>СОЛДАТИК ПОЛИЦИЯ с оружием, блист.14 21,8 3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>СОЛДАТИК ПОЛИЦИЯ с оружием, блист.14*21,8*3см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>943057</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32f/pubpxp78qisdb7shgextho0rbult3ht5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4d4/f0c6ugo6x2qsuiz83vsv9zbpnhy4z716.jpg</t>
   </si>
   <si>
     <t>Набор фигурок фантастических персонажей, 5 предметов</t>
   </si>
   <si>
     <t>Набор фигурок фантастических персонажей, 5 предметов, пакет</t>
   </si>
   <si>
     <t>958365</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c4e/19mjvnjs1mfr5z0r814adnjwf7zdpr6v.jpg</t>
+  </si>
+  <si>
+    <t>Набор Военный, 38 предметов</t>
+  </si>
+  <si>
+    <t>Набор Военный, 38 предметов, пакет</t>
+  </si>
+  <si>
+    <t>958385</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/31d/cm0ydgaa2s1pvmrdyxyec49213brfq5l.jpg</t>
   </si>
   <si>
     <t>Набор солдат 18,5 см с оружием,  quot;НАСТОЯЩИЙ БОЕЦ quot; Bondibon, BOX 25,5x12,6x5,4см, армеец</t>
   </si>
   <si>
     <t>ФИГУРКА СОЛДАТА с оружием, в зеленой форме и каске с наушниками, высотой 18,5 см от Bondibon порадует будущих защитников отечества. Игровой набор НАСТОЯЩИЙ БОЕЦ - отличный подарок для мальчика, который обожает играть в войнушку. Достаньте фигурку и оружие. Отважный спецназовец, образ которого хорошо детализирован, а руки сгибаются в локтях, готов отправиться на задание! Проявите фантазию и придумайте захватывающие игровые сюжеты. ФИГУРКА СОЛДАТА от Бондибон способствует развитию познавательных способностей, мелкой моторики, воображения, эмоционального интеллекта, а также формирует у ребенка психологию защитника, борца за добро. Игрушка выполнена из качественных безопасных материалов. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа НАСТОЯЩИЙ БОЕЦ!</t>
   </si>
   <si>
     <t>959157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/622vv2b7d8v3nfvx2o3uzsv64pq267gk.jpg</t>
   </si>
   <si>
     <t>ФИГУРКА СОЛДАТА с оружием, в зеленой форме и каске с очками, высотой 18,5 см от Bondibon порадует будущих защитников отечества. Игровой набор НАСТОЯЩИЙ БОЕЦ - отличный подарок для мальчика, который обожает играть в войнушку. Достаньте фигурку и оружие. Отважный спецназовец, образ которого хорошо детализирован, а руки сгибаются в локтях, готов отправиться на задание! Проявите фантазию и придумайте захватывающие игровые сюжеты. ФИГУРКА СОЛДАТА от Бондибон способствует развитию познавательных способностей, мелкой моторики, воображения, эмоционального интеллекта, а также формирует у ребенка психологию защитника, борца за добро. Игрушка выполнена из качественных безопасных материалов. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа НАСТОЯЩИЙ БОЕЦ!</t>
   </si>
   <si>
     <t>959158</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8e/p5b6jzjvj4aiu5g9h5kxe7wog68mhuly.jpg</t>
   </si>
   <si>
     <t>Набор солдат 18,5 см с оружием,  quot;НАСТОЯЩИЙ БОЕЦ quot; Bondibon, BOX 25,5x12,6x5,4см, спецназовец</t>
   </si>
   <si>
     <t>ФИГУРКА СОЛДАТА с оружием, в синей форме и каске с наушниками, высотой 18,5 см от Bondibon порадует будущих защитников отечества. Игровой набор НАСТОЯЩИЙ БОЕЦ - отличный подарок для мальчика, который обожает играть в войнушку. Достаньте фигурку и оружие. Отважный спецназовец, образ которого хорошо детализирован, а руки сгибаются в локтях, готов отправиться на задание! Проявите фантазию и придумайте захватывающие игровые сюжеты. ФИГУРКА СОЛДАТА от Бондибон способствует развитию познавательных способностей, мелкой моторики, воображения, эмоционального интеллекта, а также формирует у ребенка психологию защитника, борца за добро. Игрушка выполнена из качественных безопасных материалов. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа НАСТОЯЩИЙ БОЕЦ!</t>
   </si>
   <si>
     <t>959161</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5bb/05ewal558dtcze627sjvt6lbdev066lp.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d8f/ff6olk92fh1hy772dssf5zp5crtiuvlr.jpg</t>
   </si>
   <si>
     <t>ФИГУРКА СОЛДАТА с оружием, в синей форме с гранатами и шлеме, высотой 18,5 см от Bondibon порадует будущих защитников отечества. Игровой набор НАСТОЯЩИЙ БОЕЦ - отличный подарок для мальчика, который обожает играть в войнушку. Достаньте фигурку и оружие. Отважный спецназовец, образ которого хорошо детализирован, а руки сгибаются в локтях, готов отправиться на задание! Проявите фантазию и придумайте захватывающие игровые сюжеты. ФИГУРКА СОЛДАТА от Бондибон способствует развитию познавательных способностей, мелкой моторики, воображения, эмоционального интеллекта, а также формирует у ребенка психологию защитника, борца за добро. Игрушка выполнена из качественных безопасных материалов. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа НАСТОЯЩИЙ БОЕЦ!</t>
   </si>
   <si>
     <t>959164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4b/shcz6730na02i482r6l85qxdfpnq26fx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игровой военный набор MILITARY  фигурка солдата, броневик, снаряды </t>
   </si>
   <si>
     <t>Игровой военный набор MILITARY &amp;#40;фигурка солдата, броневик, снаряды&amp;#41;, BOX 27x17,5x11,5см.</t>
   </si>
   <si>
     <t>959165</t>
   </si>
   <si>
     <t>&lt;a href="/brands/4m/"&gt;4М&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b58/h26ua84kb2vah366f4mqh7nwpkt81b1m.jpg</t>
@@ -660,50 +636,83 @@
     <t>http://anytos.ru//upload/iblock/64f/h0x5rjk8ofvkpipu5ptrpcatdmmlgbke.jpg</t>
   </si>
   <si>
     <t>Игровой набор солдатик с оружием и собакой НАСТОЯЩИЙ БОЕЦ от Bondibon непременно понравится будущим защитникам отечества. Сборная модель 1:36 с глубокой детализацией снаряжения – отличный подарок для мальчика, который обожает играть в войнушку. Достаньте реалистичную фигурку бойца в синей форме, собаку и аксессуары. Отважный спецназовец готов отправиться на любое задание! Придумывайте различные сюжеты, используя дополнительный комплект оружия из 13 предметов. Игрушку компактного размера 6см удобно брать с собой. Солдатик с оружием НАСТОЯЩИЙ БОЕЦ поможет развить познавательные способности, мелкую моторику, фантазию и эмоциональный интеллект ребенка. Игрушка выполнена из качественных безопасных материалов. В набор входят: сборная модель солдатика, фигурка собаки, аксессуары, рамка с оружием. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа от Бондибон!</t>
   </si>
   <si>
     <t>961368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04e/w2pviwnoceo6nnapb49cprbnpgpawbjj.jpg</t>
   </si>
   <si>
     <t>Игровой набор солдатик в защитной маске с оружием НАСТОЯЩИЙ БОЕЦ от Bondibon непременно понравится будущим защитникам отечества. Сборная модель 1:36 с глубокой детализацией снаряжения – отличный подарок для мальчика, который обожает играть в войнушку. Достаньте реалистичную фигурку бойца в синей форме и аксессуары. Отважный спецназовец готов отправиться на любое задание! Придумывайте различные сюжеты, используя дополнительный комплект оружия из 13 предметов. Игрушку компактного размера 6см удобно брать с собой. Солдатик с оружием НАСТОЯЩИЙ БОЕЦ поможет развить познавательные способности, мелкую моторику, фантазию и эмоциональный интеллект ребенка. Игрушка выполнена из качественных безопасных материалов. В набор входят: сборная модель солдатика, аксессуары, рамка с оружием. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа от Бондибон!</t>
   </si>
   <si>
     <t>961369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d19/p83ybj495dsxe1tkgtkfx3gcqub9qm53.jpg</t>
   </si>
   <si>
     <t>Игровой набор солдатик штурмовик с оружием НАСТОЯЩИЙ БОЕЦ от Bondibon непременно понравится будущим защитникам отечества. Сборная модель 1:36 с глубокой детализацией снаряжения – отличный подарок для мальчика, который обожает играть в войнушку. Достаньте реалистичную фигурку бойца в синей форме и маске, а также аксессуары. Отважный спецназовец готов отправиться на любое задание! Придумывайте различные сюжеты, используя дополнительный комплект оружия из 13 предметов. Игрушку компактного размера 6см удобно брать с собой. Солдатик с оружием НАСТОЯЩИЙ БОЕЦ поможет развить познавательные способности, мелкую моторику, фантазию и эмоциональный интеллект ребенка. Игрушка выполнена из качественных безопасных материалов. В набор входят: сборная модель солдатика, аксессуары, рамка с оружием. Возраст 3&amp;#43; Соберите коллекцию игрушечных солдат спецназа от Бондибон!</t>
   </si>
   <si>
     <t>961370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/ep8yga0r452qqgtoaa5gcz96r90npp5y.jpg</t>
+  </si>
+  <si>
+    <t>Набор Военный, 60 предметов</t>
+  </si>
+  <si>
+    <t>Набор Военный, 60 предметов, пакет</t>
+  </si>
+  <si>
+    <t>972574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bf/uxxjyo0qqca1rmwefq3z9rjbbg1wvxnv.jpg</t>
+  </si>
+  <si>
+    <t>Набор солдатиков серии Битвы Фэнтази, Крестоносцы</t>
+  </si>
+  <si>
+    <t>977653</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tehnolog/"&gt;Технолог&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7b/pgforegkfwjke21ctrty54mmede7jhwp.jpg</t>
+  </si>
+  <si>
+    <t>Набор солдатиков серии Битвы Фэнтази, Скелеты</t>
+  </si>
+  <si>
+    <t>977655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ec/hsrzgewqwa68n0pxhh8sykt2kkdtq2z3.jpg</t>
   </si>
   <si>
     <t>Набор солдатиков  quot;Битвы фэнтези quot;, АССОРТИ, 10 видов, НЕСКУЧНЫЕ ИГРЫ</t>
   </si>
   <si>
     <t>Набор солдатиков НЕСКУЧНЫЕ ИГРЫ &amp;quot;Битвы фэнтези&amp;quot; можно использовать как для игры, так и для детского творчества, раскрашивая их красками. Виды солдатиков: &amp;quot;Орки-мутанты&amp;quot;, &amp;quot;Оборотни&amp;quot;, &amp;quot;Горные орки&amp;quot;, &amp;quot;Викинги, &amp;quot;Верховные эльфы&amp;quot;, &amp;quot;Варяги&amp;quot;, &amp;quot;Русичи&amp;quot;, &amp;quot;Эльфы&amp;quot;, &amp;quot;Рыцари тьмы&amp;quot;.Количество в 1 пакете: от 4 до 6 солдатиков, исходя из вида.</t>
   </si>
   <si>
     <t>978138</t>
   </si>
   <si>
     <t>&lt;a href="/brands/neskuchnye-igry/"&gt;Нескучные игры&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/352/edo5j2yz4no8xhxkmk3so79k8s34b31k.jpg</t>
   </si>
   <si>
     <t>Набор игровой ФИГУРКА СОЛДАТА  НАСТОЯЩИЙ БОЕЦ , 1:36, с оружием и огнеметом, в маске, Bondibon</t>
   </si>
@@ -1533,980 +1542,980 @@
       </c>
       <c r="B20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>176</v>
+        <v>48</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>176</v>
+        <v>48</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>176</v>
+        <v>48</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>48</v>
+        <v>212</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>