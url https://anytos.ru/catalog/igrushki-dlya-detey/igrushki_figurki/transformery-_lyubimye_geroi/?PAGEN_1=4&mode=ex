--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="799">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
@@ -92,161 +92,140 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a8e/a8e93e4d2a0d388cf062b97ce6af58c7/b166b7ce7af9d925e2b387fd0e292f75.jpg</t>
   </si>
   <si>
     <t>Трансформер пласт.заводной, грузовик - собака, ВОХ 14х10х14см, арт.JD-902B.</t>
   </si>
   <si>
     <t>328651</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yako/"&gt;YAKO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66a/66a873223b218c4a143d880b42f7610c/b9895f394677ecd8a7d1d1f48a57756f.jpg</t>
   </si>
   <si>
     <t>Набор 12 шт.,трансформер робот - машина, вращ., BOX</t>
   </si>
   <si>
     <t>Набор 12 шт.,трансформер робот - машина, вращ., BOX, арт. SZ804</t>
   </si>
   <si>
     <t>328660</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c3/2c3dfdf3330e00989c195922b0fb90a0/d8b688a9ce97b5cc86a439cf0e4dbcfb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1b9/1b9073ab01f821239fa9ef115121e1cd/8f9731e59c0e1c97d8db3ab34e04eda0.jpg</t>
   </si>
   <si>
     <t>Трансформер Play Smart Защитники Земли, 42 25см, CRD, арт.8103</t>
   </si>
   <si>
     <t>Трансформер Play Smart Защитники Земли, 42*25см, CRD, арт.8103</t>
   </si>
   <si>
     <t>352760</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/353/353073bc95a852537ae812aea335d430/218edec976b693b2480a3ffb3e954435.jpg</t>
-[...5 lines deleted...]
-    <t>352772</t>
+    <t>http://anytos.ru//upload/iblock/3f7/3f729d4369691c2c85fda7ffb410bab1/cd7e6961979892b3b93fbef5bb609a33.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер метал. револьвер-робот ,серия РобоGUN, PVC  21х16х5,5 см, арт.M6683-4.</t>
+  </si>
+  <si>
+    <t>Трансформер метал. револьвер-робот ,серия РобоGUN, PVC&amp;nbsp;&amp;nbsp;21х16х5,5 см, арт.M6683-4.</t>
+  </si>
+  <si>
+    <t>352781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f5/4f5bbb1b14558b06bd7deabdd21a6b67/2e65aaf1c4190b48fe979ebfee421c90.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер мет. инерц. машина-робот, Герои Роботы Play Smart, М1:32, CRD 25,5х31х6,5 см, арт. 9858.</t>
+  </si>
+  <si>
+    <t>352782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42a/42ac27539e5149eb63e91beb4cfca2af/d101a3ac67c671df5ff057468868538d.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер мет. машина-робот, Герой перевоплощения Play Smart, ВОХ 32,5х12х5 см, арт. 8174.</t>
+  </si>
+  <si>
+    <t>352785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbd/bbd42cf430ee37969711f39759cc3e45/e7779f277e3de29c1c109100dff22f96.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер мет. машина-робот, Герой перевоплощения Play Smart, ВОХ 32,5х12х5 см, арт. 8176.</t>
+  </si>
+  <si>
+    <t>352787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e26/e269a015cebd6cf28e243410308a7832/5c5af9c5ac40eb552798668909cbdd5e.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер РобоБиль метал., 2 в 1 машина - робот, CRD 15x23x4 см, 2 вида, арт.M6690-2</t>
+  </si>
+  <si>
+    <t>Трансформер РобоБиль метал., 2в1 машина - робот, CRD 15x23x4 см, 2 вида, арт.M6690-2.</t>
+  </si>
+  <si>
+    <t>356519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a55/a55f3d88d4e35a81570d552246aa82bf/2e9f7491c47edf7b21f9bd35f58e8aaa.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер РобоБиль метал., 2 в 1 машина - робот, CRD 15x23x4 см, 2 вида, арт.M6691-1</t>
+  </si>
+  <si>
+    <t>Трансформер РобоБиль метал., 2в1 машина - робот, CRD 15x23x4 см, 2 вида, арт.M6691-1.</t>
+  </si>
+  <si>
+    <t>356520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/746/746515571f7db7cea5cd69945603d59c/5623fb2858ae87e9532d0d4385a7b59e.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер металлический, с пластиком, робот-автомобиль, серия quot;Стальная команда quot;, арт.ZYB-B2744-3</t>
+  </si>
+  <si>
+    <t>Трансформер металлический, с пластиком, робот-автомобиль, серия&amp;quot;Стальная команда&amp;quot;, CRD20x27,8x6см, арт.ZYB-B2744-3</t>
+  </si>
+  <si>
+    <t>402332</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3f7/3f729d4369691c2c85fda7ffb410bab1/cd7e6961979892b3b93fbef5bb609a33.jpg</t>
-[...76 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/65b/65bca5eb2c0ae0096868621561bae6a2/16b8cd6cafc1036a619f363684ae1da3.jpg</t>
   </si>
   <si>
     <t>Трансформер металлический, с пластиком, робот-автомобиль, серия quot;Стальная команда quot;, арт.ZYB-B2744-8</t>
   </si>
   <si>
     <t>Трансформер металлический, с пластиком, робот-автомобиль, серия&amp;quot;Стальная команда&amp;quot;, CRD20x27,8x6см, арт.ZYB-B2744-8</t>
   </si>
   <si>
     <t>402334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/216/216ea1b220c85dff27b32ae95e1cb2a2/089732a06fa9edc25fa5a953a4996f99.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-экскаватор, Bondibon BOX 17,4x15,7x8,5 см, арт.888-2</t>
   </si>
   <si>
     <t>Чем можно порадовать любого мальчика? Может подарить робота, который готов вступить в схватку с противником или автомобиль, самолет или танк?! Лучшим решением будет робот-трансформер! Герой многочисленных комиксов, он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-экскаватор. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение.</t>
   </si>
   <si>
     <t>435742</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
@@ -287,62 +266,50 @@
   <si>
     <t>435745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fff/fff292a850dfc23fecafbb7e9cba720a/326b4f3e49fba86ea79eab25bcb5dc64.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-ж лтый внедорожник, Bondibon BOX 17,4x15,7x8,5 см, арт.888-5</t>
   </si>
   <si>
     <t>Чем можно порадовать любого мальчика? Может подарить робота, который готов вступить в схватку с противником или автомобиль, самолет или танк?! Лучшим решением будет робот-трансформер! Герой многочисленных комиксов, он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-внедорожник. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение.</t>
   </si>
   <si>
     <t>435746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/9c2d9f1c2502e9e0fb060541311bf63c/a14de044aaefc344401b489ea07ebe89.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-зел ный внедорожник, Bondibon BOX 17,4x15,7x8,5 см, арт.888-6</t>
   </si>
   <si>
     <t>435747</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec5/ec55c391f8803fe68f605a959a8f9446/8422a9f7af6705413d87f459bc9c5bdb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/41e/41ebe2c43b86fa92504095cfd0e06e1a/6eed67c5f47f04b4b4dc3e282d0a0743.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon BOX 10,5?6?15,5 см,  цифра quot;5 quot;, арт.YB188-35E</t>
   </si>
   <si>
     <t>Бондиботы от Bondibon - это настоящий Цифровой переворот в мире трансформеров! Любой бондибот за считаные минуты трансформируется из супер-транспорта в ту или иную цифру! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера - зеленая пушка из цифры 5. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление, тренирует воображение а также дает первые представления о математике и числах.</t>
   </si>
   <si>
     <t>435755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b11/b11d5df807c7ad3ee1a8851dfe1772ef/8e9c3efd020a587d2dbf1e6002ccb21f.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon BOX 10,5?6?15,5 см,  цифра quot;7 quot;, арт.YB188-35E</t>
   </si>
   <si>
     <t>Бондиботы от Bondibon - это настоящий Цифровой переворот в мире трансформеров! Любой бондибот за считаные минуты трансформируется из супер-транспорта в ту или иную цифру! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера - оранжевая ракетная установка из цифры 7. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление, тренирует воображение а также дает первые представления о математике и числах.</t>
   </si>
   <si>
     <t>435757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f8/6f809626e8f5fac300855bd49ad99289/5ef9fd1015514e1f2a633edec50558c1.jpg</t>
@@ -365,180 +332,120 @@
   <si>
     <t>Чем порадовать маленького мальчика? Может подарить робота, который готов вступить в схватку с противником или автомобиль, который мчится по дорогам на большой скорости?! Разумным решением вашего вопроса будет робот  трансформер. Герой многочисленных комиксов, он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение.</t>
   </si>
   <si>
     <t>435760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca3/ca3fc1e7270c1a1676f4019ff459d7fc/2437caa8712aac35e6482b40ba864ba9.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-танк, Bondibon CRD 25x16x7 см, арт.5502C</t>
   </si>
   <si>
     <t>435761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c39/c39869bd60eb7ac6730cd5e9b12addec/0e275df37509cdf8676fea4ab495f51c.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-машина, Bondibon CRD 25x16x7 см, арт.5505C</t>
   </si>
   <si>
     <t>435764</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd2/cd29555fd1b3fcb173ea8dae567fa316/cc7b1de1e0fee922e60baa2a53890dbb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8f4/8f4f1c294b6da048c8d17f750aa340ab.jpeg</t>
   </si>
   <si>
     <t>Робот - трансформер 14.5х17см.</t>
   </si>
   <si>
     <t>Робот - трансформер 14.5х17см.</t>
   </si>
   <si>
     <t>459768</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c50/c50326e0d287764b3cd9dd2318d152cc.jpg</t>
+    <t>http://anytos.ru//upload/iblock/b9c/b9c70013c3c4702beb10a876e32d0398.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-машинка исследователь, трансформация в одно касание, Bondibon</t>
   </si>
   <si>
     <t>Игрушка трансформер &amp;quot;BONDIBOT 2в1&amp;quot; красный робот-машинка исследователь от ТМ Bondibon станет замечательным подарком любому мальчику. Он сможет играть как с роботом, так и с машинкой, трансформируя их раз за разом в зависимости от игровой ситуации. Трансформер легко и просто превращается в машину - механизм магнитной трасформации. При вертикальном размещении игрушки – она сама превращается в робота, при горизонтальном – она трансформируется в машинку. Размер игрушки в виде робота составляет 7.5 х 7.8 х 4.8 см, в виде машинки – 6.4 х 4.8 х 4.8 см. Красочная упаковка с описанием механизма трансформации на листе с европодвесом, размер упаковки 21х13х5,5 см.</t>
   </si>
   <si>
-    <t>627978</t>
-[...13 lines deleted...]
-  <si>
     <t>627981</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/164/164b45ec3c59b70ae4d3c316acb6aad5.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ab/9ab59ea42ffbc71d4194eea2b10e2126.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-строительная техника  бульдозер , Bondibon. арт.5001</t>
   </si>
   <si>
     <t>Чем порадовать маленького мальчика? Разумное решение робот – трансформер &amp;quot;BONDIBOT 2в1&amp;quot; - он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота, превращая его в бульдозер. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. Красочная упаковка с описанием механизма трансформации на листе с европодвесом, размер упаковки 13х4,5х21 см.</t>
   </si>
   <si>
     <t>627989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fa/2faf978ef3afce006bad6113fe17cb98.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-строительная техника  кран , Bondibon. арт.5001</t>
   </si>
   <si>
     <t>Чем порадовать маленького мальчика? Разумное решение робот – трансформер &amp;quot;BONDIBOT 2в1&amp;quot; - он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота, превращая его в кран. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. Красочная упаковка с описанием механизма трансформации на листе с европодвесом, размер упаковки 13х4,5х21 см.</t>
   </si>
   <si>
     <t>627990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3cb/3cbdb20c61783a359eb5041d94d0dc20.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот-строительная техника  самосвал , метал. детали, Bondibon</t>
   </si>
   <si>
     <t>Чем порадовать маленького мальчика? Разумное решение робот – трансформер с металлическими деталями &amp;quot;BONDIBOT 2в1&amp;quot; - он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота, превращая его в самосвал. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. Игрушка упакована в информативную коробку с демонстрационным окошком, размер коробки 9,5х24,5х21,5 см.</t>
   </si>
   <si>
     <t>627992</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b9/0b972d5da5a9a800db5cddc5d67faf01.jpg</t>
-[...8 lines deleted...]
-    <t>627994</t>
+    <t>http://anytos.ru//upload/iblock/0d0/0d0ab2f206196a8140f92dfb6128eef0.jpeg</t>
+  </si>
+  <si>
+    <t>Трансформер 2в1 BONDIBOT робот и автомобиль, Bondibon, цвет ж лтый, арт.HF616</t>
+  </si>
+  <si>
+    <t>Чем порадовать маленького мальчика? Разумное решение робот  трансформер BONDIBOT 2в1 - он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота, превращая его в фантастический желтый автомобиль. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. Красочная коробка с подробным описанием механизма трансформации каждой модели имеет  защищенное пленкой демонстрационное окно, размер упаковки 22,5x27,5х10 см, размеры робота 20,5 см х 15 см, размеры автомобиля 23см х 10 см х 8 см5</t>
+  </si>
+  <si>
+    <t>638819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6a/c6a09b35c14cb858a5d875fe28f0e5b2.jpeg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT робот и пистолет с проектором, Bondibon, цвет ж лтый</t>
   </si>
   <si>
     <t>Чем порадовать маленького мальчика? Разумное решение робот  трансформер BONDIBOT 2в1 - он покорил сердца всех мальчишек на планете! Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота, превращая его в пистолет с проектором желтого цвета. В форме пистолета игрушка может проецировать встроенное изображение. Для работы  проектора необходимы 3 батарейки типа AG3  в комплекте. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. Красочная коробка размером 25x20х6 см имеет защищенное пленкой демонстрационное окно</t>
   </si>
   <si>
     <t>638823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee7/ee7889d7a972e52404786f6fd43fff56.jpg</t>
   </si>
   <si>
     <t>Трансформер 2 в 1 BONDIBOT Bondibon, робот-леопард, метал. детали, CRD 13,8?5,2?18,6 см, арт.E2002-01</t>
   </si>
   <si>
     <t>Чем порадовать маленького мальчика? Разумное решение - робот-трансформер с металлическими деталями &amp;quot;BONDIBOT 2в1&amp;quot;. Трансформеры -любимая игрушка всех мальчишек на планете, особенно когда речь идет про серию роботов-динозавров! Проявив смекалку, ребенок сможет самостоятельно превращать робота в фигурку леопарда и обратно. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. Собери всю серию из 7 динозавров! Игрушки упакованы в информативный блистер с европодвесом и описанием серии, размер упаковки 3,8?5,2?18,6 см.</t>
   </si>
   <si>
     <t>646903</t>
   </si>
@@ -606,62 +513,50 @@
     <t>http://anytos.ru//upload/iblock/844/zhxgoit1ervjvdgec0jadra6kip6r9kj.jpg</t>
   </si>
   <si>
     <t>Робот  quot;Пожарная машина quot;</t>
   </si>
   <si>
     <t>Игрушка представляет собой робота &amp;#40;аналог Тоботов&amp;#41;, которого можно трансформировать в машинку и наоборот.&amp;nbsp;&amp;nbsp;Размер игрушки: машинка – 13,8*8,5*7,2 см; робот – 13*7,2*15 см. В комплекте: робот, оружие, наклейки.</t>
   </si>
   <si>
     <t>684565</t>
   </si>
   <si>
     <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6a/lsndupcges3k2d2ahoqfj6mcxuj46r93.jpg</t>
   </si>
   <si>
     <t>Робот  quot;Спорткар quot;</t>
   </si>
   <si>
     <t>Игрушка представляет собой робота &amp;#40;аналог Тоботов&amp;#41;, которого можно трансформировать в машинку и наоборот. Размер игрушки: машинка – 14*7,5*5,8 см; робот – 12*5,8*15,4 см. В комплекте: робот, оружие, наклейки.</t>
   </si>
   <si>
     <t>684566</t>
-  </si>
-[...10 lines deleted...]
-    <t>707956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b4/9ed90bo1tcsy9f1ws9c08ddmgijwunvb.jpg</t>
   </si>
   <si>
     <t>Трансформер Робот - часы</t>
   </si>
   <si>
     <t>Трансформер Робот - часы. Выполняет функцию игрушки-Робота, который трансформируется в часики-будильник. Использовать батареи LR44*2шт&amp;#40; в комплект входят&amp;#41;. Упаковка - картонная коробка 13*15*8 см.</t>
   </si>
   <si>
     <t>707962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf2/j61j2fw33txmh7rngbgfhei9za08yauu.jpg</t>
   </si>
   <si>
     <t>Трансформер Щенок - часы</t>
   </si>
   <si>
     <t>Трансформер Щенок - часы. Выполняет функцию игрушки - Щенка, который трансформируется в часики-будильник. Использовать батареи LR44*2шт&amp;#40; в комплект входят&amp;#41;. Упаковка - картонная коробка 13*15*8 см.</t>
   </si>
   <si>
     <t>707963</t>
   </si>
@@ -705,50 +600,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/07b/d735hcr3w8kmrnswdu6o40i8mjpi4uam.jpg</t>
   </si>
   <si>
     <t>Трансформер-конструктор с отв рткой, 2 в 1 BONDIBOT Bondibon, мусоровоз-робот</t>
   </si>
   <si>
     <t>Чем удивить&amp;nbsp;&amp;nbsp;маленького мальчика? Самым верным решением будет уникальный &amp;quot;Трансформер-конструктор с отверткой&amp;quot; из серии BONDIBOT от Bondibon! Это герой многочисленных комиксов, который покорил уже множество детей! Он с легкостью трансформируется простым складыванием из робота с подвижными деталями в мусоровоз и обратно в храброго робота! С помощью ключа и отвертки робот разбирается на составные части как конструктор. Все детали выполнены из качественно пластика и покрыты безопасными красками. Играть можно как одному, так и с другом по очереди. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. В комплекте: отвертка, трансформер, ключ, которым собирается и разбирается игрушка. Возраст: 5&amp;#43;</t>
   </si>
   <si>
     <t>794494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfd/7v473037rv84sa68mb8itfeftxtjrci6.jpg</t>
   </si>
   <si>
     <t>Трансформер-конструктор с отв рткой, 2 в 1 BONDIBOT Bondibon, контейнерн. мусоровоз-робот</t>
   </si>
   <si>
     <t>Чем удивить маленького мальчика? Самым верным решением будет уникальный &amp;quot;Трансформер-конструктор с отверткой&amp;quot; из серии BONDIBOT от Bondibon! Это герой многочисленных комиксов, который покорил уже множество детей! Он с легкостью трансформируется простым складыванием из робота с подвижными деталями в мусоровоз и обратно в храброго робота! С помощью ключа и отвертки робот разбирается на составные части как конструктор. Все детали выполнены из качественного пластика и покрыты безопасными красками. Играть можно как одному, так и с другом по очереди. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. В комплекте: отвертка, трансформер, ключ, которым собирается и разбирается игрушка. Возраст: 5&amp;#43;</t>
   </si>
   <si>
     <t>794495</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dba/vft0thmiyr0je1shgxxgl2cqk71qucsh.jpg</t>
+  </si>
+  <si>
+    <t>Робот-трансформер</t>
+  </si>
+  <si>
+    <t>Робот-трансформер, коробка</t>
+  </si>
+  <si>
+    <t>828663</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0c2/0d1p9dbzc2sq81tgnhmmsomqfahti55o.jpg</t>
   </si>
   <si>
     <t>Робот  - трансформер 17х13хсм.</t>
   </si>
   <si>
     <t>Красивая, яркая и очень полезная игрушка для развития ребенка - миниатюрный робот-трансформер. У робота двигаются разные части тела, он легко трансформируется в аэроплан и обратно - сюжеты для новых игр возникнут сами собой.&lt;br /&gt;
  Игрушка отлично развивает мелкую моторику рук, координацию движений, воображение, пространственное и логическое мышление.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из качественного и безопасного полимерного материала, поставляется в собранном виде.&lt;br /&gt;
  Размеры робота: 8*5*10,5 см.&lt;br /&gt;
  Размеры аэроплана: 11*16*4,5 см.&lt;br /&gt;
  Размеры коробки: 13*6,5*17 см.</t>
   </si>
   <si>
     <t>835865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99b/u88id66k3anopa5gmrt20n6cr5ocwjjj.jpg</t>
   </si>
   <si>
     <t>Красивая, яркая и очень полезная игрушка для развития ребенка - миниатюрный робот-трансформер. У робота двигаются разные части тела, он легко трансформируется в вилочный погрузчик и обратно - сюжеты для новых игр возникнут сами собой. В виде машинки катается вперед-назад.&lt;br /&gt;
  Игрушка отлично развивает мелкую моторику рук, координацию движений, воображение, пространственное и логическое мышление.&lt;br /&gt;
  &lt;br /&gt;
  Игрушка изготовлена из качественного и безопасного полимерного материала, поставляется в собранном виде.&lt;br /&gt;
@@ -891,62 +801,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/444/j6fywck7z7lzdo1xp1iqw3ivmz4pnmph.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, буква  quot;Г quot;, арт. M1466-1</t>
   </si>
   <si>
     <t>Что можно купить в подарок мальчику? Может подарить ребенку робота, который готов вступить в схватку с противником или автомобиль, который мчится по дорогам на большой скорости? Разумным решением вашего вопроса будет робот – трансформер 2 в 1 BONDIBOT.&amp;nbsp;&amp;nbsp;BONDIBOT - герой многочисленных комиксов, идеальный пример игры для мальчиков.&amp;nbsp;&amp;nbsp;Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера, превращая его в букву и возвращая обратно. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление, тренирует воображение, а главное, с легкостью изучает алфавит.&amp;nbsp;&amp;nbsp; В комплекте робот-компьютер буква &amp;quot;Г&amp;quot;. Для игрушки даже не понадобятся батарейки. Рекомендуемый возраст 5&amp;#43;.&amp;nbsp;&amp;nbsp;Собери всех трансформеров из серии ЭВОЛЮЦИЯ БУКВ от Bondibon и собери своего уникального большого робота!</t>
   </si>
   <si>
     <t>904453</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67e/y6pqzcr4b3tv64zswps2v50a6vo15crc.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, буква  quot;Е quot;, арт. M1466-1</t>
   </si>
   <si>
     <t>Что можно купить в подарок мальчику? Может подарить ребенку робота, который готов вступить в схватку с противником или автомобиль, который мчится по дорогам на большой скорости? Разумным решением вашего вопроса будет робот – трансформер 2 в 1 BONDIBOT.&amp;nbsp;&amp;nbsp;BONDIBOT - герой многочисленных комиксов, идеальный пример игры для мальчиков.&amp;nbsp;&amp;nbsp;Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера, превращая его в букву и возвращая обратно. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление, тренирует воображение, а главное, с легкостью изучает алфавит.&amp;nbsp;&amp;nbsp; В комплекте робот-компьютер буква &amp;quot;Е&amp;quot;. Для игрушки даже не понадобятся батарейки. Рекомендуемый возраст 5&amp;#43;.&amp;nbsp;&amp;nbsp;Собери всех трансформеров из серии ЭВОЛЮЦИЯ БУКВ от Bondibon и собери своего уникального большого робота!</t>
   </si>
   <si>
     <t>904455</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fb0/rtp74mcd4l4eex3m0cyt79ccici7qarj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b9b/msmedo8oe68i5pai5rll6jutnwransvb.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, буква  quot;З quot;, арт. M1466-2</t>
   </si>
   <si>
     <t>Что можно купить в подарок мальчику? Может подарить ребенку робота, который готов вступить в схватку с противником или автомобиль, который мчится по дорогам на большой скорости? Разумным решением вашего вопроса будет робот – трансформер 2 в 1 BONDIBOT.&amp;nbsp;&amp;nbsp;BONDIBOT - герой многочисленных комиксов, идеальный пример игры для мальчиков.&amp;nbsp;&amp;nbsp;Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера, превращая его в букву и возвращая обратно. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление, тренирует воображение, а главное, с легкостью изучает алфавит.&amp;nbsp;&amp;nbsp; В комплекте робот-бур буква &amp;quot;З&amp;quot;. Для игрушки даже не понадобятся батарейки. Рекомендуемый возраст 5&amp;#43;.&amp;nbsp;&amp;nbsp;Собери всех трансформеров из серии ЭВОЛЮЦИЯ БУКВ от Bondibon и собери своего уникального большого робота!</t>
   </si>
   <si>
     <t>904458</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdb/txfzt9malyfhvgwipj1qdiicctz015ga.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, буква  quot;И quot;, арт. M1466-2</t>
   </si>
   <si>
     <t>Что можно купить в подарок мальчику? Может подарить ребенку робота, который готов вступить в схватку с противником или автомобиль, который мчится по дорогам на большой скорости? Разумным решением вашего вопроса будет робот – трансформер 2 в 1 BONDIBOT.&amp;nbsp;&amp;nbsp;BONDIBOT - герой многочисленных комиксов, идеальный пример игры для мальчиков.&amp;nbsp;&amp;nbsp;Проявив смекалку, ребенок сможет самостоятельно собирать и разбирать сколько угодно раз робота-трансформера, превращая его в букву и возвращая обратно. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление, тренирует воображение, а главное, с легкостью изучает алфавит.&amp;nbsp;&amp;nbsp; В комплекте робот-строитель буква &amp;quot;И&amp;quot;. Для игрушки даже не понадобятся батарейки. Рекомендуемый возраст 5&amp;#43;.&amp;nbsp;&amp;nbsp;Собери всех трансформеров из серии ЭВОЛЮЦИЯ БУКВ от Bondibon и собери своего уникального большого робота!</t>
   </si>
   <si>
     <t>904459</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f01/91v7id3cd85seji9931u482s0xbl46en.jpg</t>
@@ -1269,170 +1167,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2ce/wi5ep20sqvqv6l4jzcv0aoentvev3vgk.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon робот-динозавр тираннозавр, BOX 22х16,5х9см.</t>
   </si>
   <si>
     <t>Великий воин с мечом и мощный зверь! В этом трансформере Bondibon встретились робот будущего и динозавр из далеких времен. Этот необыкновенный подарок впечатлит ребенка и поможет в его развитие. Благодаря таким игрушкам формируется пространственное, логическое и творческое мышление. Малыш получает базовые знания об основных законах физики и закономерностях геометрии. Активно тренирует мелкую моторику. Трансформируйте грозного робота в тираннозавра. Это волшебное перевоплощение превратит развивающую игру в сказку. Внимание ребенка сложно удержать, но такая игрушка увлечет его надолго. Фантазийный дизайн робота, проработанные детали и необычная расцветка - универсальное решение для яркой и увлекательной игры. В комплекте трансформер и меч. Батарейки Вам не потребуются. Все трансформации механические. Качественные детали и безопасный пластик. Для мальчиков и девочек. 5&amp;#43; Великолепная серия BONDIBOT 2в1 – это гарантия интересной, полезной и безопасной игры!</t>
   </si>
   <si>
     <t>959192</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/835/lgln49bmh121hkp2bc2hitn19exc6hva.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon робот-динозавр трицератопс, BOX 22х16,5х9см.</t>
   </si>
   <si>
     <t>Великий воин с мечом и мощный зверь! В этом трансформере Bondibon встретились робот будущего и динозавр из далеких времен. Этот необыкновенный подарок впечатлит ребенка и поможет в его развитие. Благодаря таким игрушкам формируется пространственное, логическое и творческое мышление. Малыш получает базовые знания об основных законах физики и закономерностях геометрии. Активно тренирует мелкую моторику. Трансформируйте грозного робота в трицераптоса. Это волшебное перевоплощение превратит развивающую игру в сказку. Внимание ребенка сложно удержать, но такая игрушка увлечет его надолго. Фантазийный дизайн робота, проработанные детали и необычная расцветка - универсальное решение для яркой и увлекательной игры. В комплекте трансформер и меч. Батарейки Вам не потребуются. Все трансформации механические. Качественные детали и безопасный пластик. Для мальчиков и девочек. 5&amp;#43; Великолепная серия BONDIBOT 2в1 – это гарантия интересной, полезной и безопасной игры!</t>
   </si>
   <si>
     <t>959193</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/51a/qa5j13l4zsbxr54s1xaxqr9el0b75fh4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/18b/j4ux04pullun173oxmzd1sji3zccr8j0.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon робот-динозавр, оранжевый тираннозавр, BOX 20,5x24,5х9 см.</t>
   </si>
   <si>
     <t>Динозавры роботы сильнее, быстрее и умнее, своих живых аналогов. Такая замечательная игрушка заинтересует всех детей. Трансформер BONDIBOT с высоким уровнем детализации, эффектно складывается в тираннозавра. Ребенок получает сразу две игрушки. Игры с трансформерами активно тренируют моторику рук, развивают пространственное и логическое мышление, раскрывают воображение и фантазию. BONDIBOT — первый шаг в мир кибернетики, гаджетов и высоких технологий. Трансформеры способствуют адаптации ребенка к современным жизненным реалиям, будят интерес к техническим новинкам и программированию. Благодаря точному исполнению всех деталей и их качественному соединению, трансформацию можно производить несчётное количество раз. Батарейки вам не потребуются. Рекомендуемый возраст 5&amp;#43;. Робот BONDIBOT 2в1 робот-динозавр оранжевый тираннозавр отлично подойдет в качестве подарка, как мальчикам, так и девочкам.</t>
   </si>
   <si>
     <t>959196</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ab/lu7sqo4ctegbmpy42hxuxx8v4d3v2wyf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/47e/fjtj5kfp7fyio4cxvt5vuuuapzsgbq3c.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon робот-автомобиль, белая полиция, BOX 20,5x24,5х9 см.</t>
   </si>
   <si>
     <t>Откройте дверь, это полиция! Вас ожидает не просто машинка, а супертрансформер – робот BONDIBOT. Такая замечательная игрушка заинтересует всех детей. Трансформер с высоким уровнем детализации, складывается в реалистичную машинку. Ребенок получает сразу две игрушки. Игры с роботом-автомобилем тренируют моторику рук, развивают пространственное и логическое мышление, раскрывают воображение и фантазию. BONDIBOT — первый шаг в мир кибернетики, гаджетов и высоких технологий. Трансформеры способствуют адаптации ребенка к современным жизненным реалиям, будят интерес к техническим новинкам и программированию. Благодаря точному исполнению всех деталей и их качественному соединению, трансформацию можно производить несчётное количество раз. Батарейки вам не потребуются. Рекомендуемый возраст 5&amp;#43;. Робот BONDIBOT 2в1 белая полиция отлично подойдет в качестве подарка мальчикам и даже девочкам.</t>
   </si>
   <si>
     <t>959201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65f/bz7z8lvt60avn5ccfpjsvueszesubw4m.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon робот-автомобиль, ч рная полиция, BOX 20,5x24,5х9 см.</t>
   </si>
   <si>
     <t>Откройте дверь, это полиция! Вас ожидает не просто машинка, а супертрансформер – робот BONDIBOT. Такая замечательная игрушка заинтересует всех детей. Трансформер с высоким уровнем детализации, складывается в реалистичную машинку. Ребенок получает сразу две игрушки. Игры с роботом-автомобилем тренируют моторику рук, развивают пространственное и логическое мышление, раскрывают воображение и фантазию. BONDIBOT — первый шаг в мир кибернетики, гаджетов и высоких технологий. Трансформеры способствуют адаптации ребенка к современным жизненным реалиям, будят интерес к техническим новинкам и программированию. Благодаря точному исполнению всех деталей и их качественному соединению, трансформацию можно производить несчётное количество раз. Батарейки вам не потребуются. Рекомендуемый возраст 5&amp;#43;. Робот BONDIBOT 2в1 черная полиция отлично подойдет в качестве подарка мальчикам и даже девочкам.</t>
   </si>
   <si>
     <t>959202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfd/7mcm4c9n8ocx0302xmwoer7qb9ldp8sj.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, ВОХ 15,5x9,5x4,5 см, робот-белый тигр</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, белого с красным робота легко превратить в тигра, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает новые названия животных. Детям непременно захочется также пополнить свою коллекцию BONDIBOT трансформерами с волком, леопардом и львом. Ведь из четырех моделей можно сделать большого робота! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959203</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fef/j1vsgfhkyles5lu5j2an1umbjsprxfcc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f80/hbq31et2t5l2tx4rjl31ak13wpuauh4w.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, CRD pvc 18,6x13,5x5,2 см, робот-соврем.локомотив</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, бесстрашного белого робота легко превратить в современный локомотив, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает названия железнодорожной техники. Детям непременно захочется также пополнить свою коллекцию трансформерами BONDIBOT с поездом, паровозом и электровозом. Ведь из четырех моделей можно сделать двух больших роботов! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f4/teowlvvhmacf2woy3end84inkng6j3gw.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, CRD pvc 18,6x13,5x5,2 см, робот-электровоз</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, бесстрашного голубого робота легко превратить в электричку, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером электровозом, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает названия железнодорожной техники. Детям непременно захочется также пополнить свою коллекцию трансформерами BONDIBOT с поездом, паровозом и современным локомотивом. Ведь из четырех моделей можно сделать двух больших роботов! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959206</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/139/pi0rlund80yhqeryelk9iye0hv5sm046.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0f7/zjgtr36j262xd3of8w3jio6030bkmpuk.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, CRD pvc 18,5x13,5x3,7см, робот-пистолет Кольт M1911</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, бесстрашного робота легко превратить в легендарный пистолет Кольт, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает новые названия моделей оружия. Детям непременно захочется также пополнить свою коллекцию трансформерами BONDIBOT с пистолетами: SIG Sauer и Беретта. Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f06/vzc2iwbh3iqqlw32cvbgqe4tj007aehl.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, CRD pvc 18,6x13,5x5,2 см, робот-паровоз, цвет черный</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, бесстрашного черного робота легко превратить в паровоз, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает названия железнодорожной техники. Детям непременно захочется также пополнить свою коллекцию трансформерами BONDIBOT с поездом, электровозом и современным локомотивом. Ведь из четырех моделей можно сделать двух больших роботов! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f22/bocmzutmbc1xnukwzcvysy6cqef1dje6.jpg</t>
@@ -1473,62 +1323,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/452/lymhi90l8mdqplngozzv6323kldo48dd.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, ВОХ 15,5x9,5x4,5 см, робот-динозавр велоцираптор</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого робота легко превратить в динозавра велоцираптора, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает названия доисторических животных. Детям непременно захочется также пополнить свою коллекцию BONDIBOT трансформерами с динозаврами: трицератопсом, птерозавром и тираннозавром. Ведь из четырех моделей можно сделать большого робота! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959213</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/804/zpmlpapr5thi5xrertfeabx2k2wxr1u1.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, ВОХ 15,5x9,5x4,5 см, робот-динозавр трицератопс</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого робота легко превратить в динозавра трицератопса, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает названия доисторических животных. Детям непременно захочется также пополнить свою коллекцию BONDIBOT трансформерами с динозаврами: велоцираптором, птерозавром и тираннозавром. Ведь из четырех моделей можно сделать большого робота! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959214</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a48/jx5hbokrv9mql5lfld9im9ozjxcdg2wk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/53a/2w31yoiptx7dr371l7rhhw7ab5p6srbh.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, мет. детали, ВОХ 15,5x9,5x4,5 см, робот-динозавр тираннозавр</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого робота легко превратить в тираннозавра, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает названия доисторических животных. Детям непременно захочется также пополнить свою коллекцию BONDIBOT трансформерами с динозаврами: велоцираптором, трицератопсом и птерозавром. Ведь из четырех моделей можно сделать большого робота! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959216</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c0/lj40zyyd0vdjold78j1x7gpxjhrl67f3.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, ВОХ 24x27,8x10 см, метал. детали, робот-танк, арт. HD78</t>
   </si>
   <si>
     <t>Пополните коллекцию трансформером BONDIBOT 2 в 1 с металлическими деталями от Bondibon! Ребенок будет в восторге от двух игрушек в одной! Только представьте, темно-серого робота легко превратить в танк, а затем вновь сделать любимого супергероя! Собирайте и разбирайте прочную игрушку сколько угодно раз! Придумывайте различные сюжеты. В процессе увлекательной динамичной игры расширяйте кругозор детей, развивайте интерес к конструированию, мелкую моторику, фантазию и эмоциональный интеллект. Соберите всю серию трансформеров BONDIBOT 2в1 с металлическими деталями. Игрушка изготовлена из качественных и безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию разнообразных трансформеров 2в1 от Бондибон!</t>
   </si>
   <si>
     <t>959217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce3/cqmmhaj1e01wha0gl28q630blvt6z352.jpg</t>
@@ -1593,62 +1431,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/668/zc5cbo13hu3gd4wry0bd0n5vmdtzzz8d.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, робот-строительная техника  гусеничный экскаватор , CRD 20x15x8 см.</t>
   </si>
   <si>
     <t>Пополните свою коллекцию трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в гусеничный экскаватор, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать игрушку можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление и расширят кругозор. Ребенок узнает названия и назначение строительных и дорожных машин. Детям непременно захочется также пополнить свой парк техники трансформерами BONDIBOT с автокраном, дорожным трактором с ковшом, бетономешалкой и гусеничным трактором с ковшом. Ведь из пяти моделей можно сделать большого робота и подъемный кран! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f84/r8n9ecyzvghdaagqjg863rzugebinsus.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, робот-строительная техника  дорожный трактор с ковшом , CRD 20x15x8 см.</t>
   </si>
   <si>
     <t>Пополните свою коллекцию трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в дорожный трактор с ковшом, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать игрушку можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление и расширят кругозор. Ребенок узнает названия и назначение строительных и дорожных машин. Детям непременно захочется также пополнить свой парк техники трансформерами BONDIBOT с автокраном, гусеничными экскаватором и трактором с ковшом, бетономешалкой. Ведь из пяти моделей можно сделать большого робота и подъемный кран! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1ee/x0mm0g48g0g04vnj9tgwdtre1t9oitq4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bf6/ai16fbjv7sw4eumj3nwykm9but1jp1uv.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, робот-строительная техника   дорожный каток , BOX 28,5x23x9,5 см.</t>
   </si>
   <si>
     <t>Пополните свою коллекцию трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого зеленого робота легко превратить в дорожный каток, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать игрушку можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление и расширят кругозор. Ребенок узнает названия и назначение строительных и дорожных машин. Детям непременно захочется также пополнить свой парк техники трансформерами BONDIBOT с гусеничным экскаватором, самосвалом, бетономешалкой и трактором с ковшом. Ведь из пяти моделей можно сделать большого робота и подъемный кран! Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>959231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/193/t399eilhj31tzqnznb5t4ysjx7pcx3s5.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-джип военный, 2в1 BONDIBOT Bondibon, ВОХ 22х23,3х9 см, цвет зел ный</t>
   </si>
   <si>
     <t>Сражайтесь вместе с трансформером BONDIBOT 2в1! РОБОТ ВОЕННЫЙ ДЖИП зеленого цвета покорит сердца мальчишек. Трансформируйте одну игрушку в другую и придумывайте различные сюжеты! Переделывайте отважного супергероя в реалистичную модель военного внедорожника и обратно сколько угодно раз! Трансформер с гибкими соединениями изготовлен из прочного пластика. В процессе увлекательной динамичной игры дети узнают названия и назначение военной техники, расширят кругозор, разовьют интерес к конструированию, моделированию, мелкую моторику, воображение, а также получат массу положительных эмоций! Соберите серию трансформеров в виде военной техники BONDIBOT 2в1 и сделайте игру еще интересней! О качестве и безопасности позаботился Бондибон. Рекомендуемый возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>959233</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c89/x45ksxm49dshryx5sg2j2m4ot0vkrib1.jpg</t>
@@ -1701,59 +1527,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/92f/334dmbo465lloscokywb1copll15kp5m.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon робот-автомобиль, ж лтое такси, BOX 20,5x24,5х9 см, арт. M7412-16</t>
   </si>
   <si>
     <t>Такси вызывали?? Вас ожидает не просто машинка, а супертрансформер – робот BONDIBOT. Эта замечательная игрушка заинтересует всех детей. Трансформер с высоким уровнем детализации, складывается в реалистичную машинку. Ребенок получает сразу две игрушки. Игры с роботом-автомобилем тренируют моторику рук, развивают пространственное и логическое мышление, раскрывают воображение и фантазию. BONDIBOT — первый шаг в мир кибернетики, гаджетов и высоких технологий. Трансформеры способствуют адаптации ребенка к современным жизненным реалиям, будят интерес к техническим новинкам и программированию. Благодаря точному исполнению всех деталей и их качественному соединению, трансформацию можно производить несчётное количество раз. Батарейки вам не потребуются. Рекомендуемый возраст 5&amp;#43;. Робот BONDIBOT 2в1 жёлтое такси отлично подойдет в качестве подарка мальчикам и даже девочкам.</t>
   </si>
   <si>
     <t>959238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1c/r3q9mdf30322o0zj7id0ra281hvq8639.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT на радиоуправлении робот и автомобиль, свет, аккум. USB-шнур, М1:18, Bondibon</t>
   </si>
   <si>
     <t>Трансформер BONDIBOT 2в1 на радиоуправлении со светом от Bondibon – мечта каждого мальчишки! Ребенок будет в восторге от двух игрушек в одной! Только представьте, белого с синим робота легко на расстоянии до 10 метров превратить в полицейский автомобиль, а затем вновь сделать любимого супергероя! Передвиньте рычаг в положение ON, чтобы включить пульт. Направляйте масштабную модель полиции 1:18, у которой светятся фары, или робота вперед, назад, вправо, влево, манипулируя двумя красными ручками. Дистанционно совершите волшебную трансформацию робота в машину и наоборот, с помощью двух больших красных кнопок. Придумывайте различные сюжетно-ролевые игры и развивайте интерес к конструированию, координацию, познавательные способности, пространственное мышление и внимание. О качестве и безопасности позаботился Бондибон. Литиевая аккумуляторная батарея для машины 3,7V и USB шнур для зарядки батареи &amp;#40;входят в комплект&amp;#41;, 2 батарейки 1,5V АА для пульта &amp;#40;в комплект не входят&amp;#41;. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>959239</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/43a/dso248pfuwqctmogkuloqlw94j12t1wm.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/465/ri7cpigocn1b6rquu9kiu9kxazgduy4l.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT на радиоуправлении робот и автомобиль, свет, аккум. USB-шнур, M1:18, Bondibon</t>
   </si>
   <si>
     <t>Трансформер BONDIBOT 2в1 на радиоуправлении со светом от Bondibon – мечта каждого мальчишки! Ребенок будет в восторге от двух игрушек в одной! Только представьте, яркого красного робота легко на расстоянии до 10 метров превратить в гоночный автомобиль, а затем вновь сделать любимого супергероя! Передвиньте рычаг в положение ON, чтобы включить пульт. Направляйте масштабную модель машинки 1:18, у которой светятся фары, или робота вперед, назад, вправо, влево, манипулируя двумя красными ручками. Дистанционно совершите волшебную трансформацию робота в машину и наоборот, с помощью двух больших красных кнопок. Придумывайте различные сюжетно-ролевые игры и развивайте интерес к конструированию, координацию, познавательные способности, пространственное мышление и внимание. О качестве и безопасности позаботился Бондибон. Литиевая аккумуляторная батарея для машины 3,7V и USB шнур для зарядки батареи &amp;#40;входят в комплект&amp;#41;, 2 батарейки 1,5V АА для пульта &amp;#40;в комплект не входят&amp;#41;. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>959241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b2/0maanuqsk2i8uiuppcqxnjil7t4yz2z4.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon, робот-автомобиль, CRD 27х18,6х6 см, цвет ж лтый, арт.FB8809</t>
   </si>
   <si>
     <t>Трансформер РОБОТ АВТОМОБИЛЬ 2в1 серии BONDIBOT – замечательный подарок для мальчишек! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в машину, а затем вновь сделать любимого супергероя! Собирайте и разбирайте игрушку сколько угодно раз! Трансформировать робота в авто и обратно очень просто и весело! Ведь у игрушки качественные детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты. Играя с трансформером РОБОТ АВТОМОБИЛЬ 2 в 1 серии BONDIBOT, дети разовьют интерес к конструированию, мелкую моторику, воображение, эмоциональный интеллект, логическое и пространственное мышление. О качестве и безопасности позаботился Бондибон. Рекомендуемый возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>959242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecb/3vqo6x885fnp0mx8zw9ssv8i5u0pjccs.jpg</t>
@@ -1770,95 +1587,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aa3/1s2abhdki6aqw25x4alz2bjaki4c30lx.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, ж лтый пластиковый бокс, цифра quot;7 quot;</t>
   </si>
   <si>
     <t>ЦИФРОВОЙ ПЕРЕВОРОТ 2 в 1 от Bondibon станет замечательным подарком для мальчика! Дети будут в восторге от военной машины, которая трансформируется в цифру 7! Можно собирать и разбирать игрушку сколько угодно раз! Превращайте цифру в военную машину и обратно! Придумывайте различные сюжетно-ролевые игры с друзьями. Увлекательная игрушка от Бондибон помогает легко освоить счет, развивает фантазию, кругозор, воображение, мелкую моторику и логическое мышление. Трансформер зеленого цвета в пластиковом боксе в виде желтого чемодана изготовлен из безопасных материалов. Если не получится что-то сделать, схему сборки можно посмотреть на коробке. Рекомендуемый возраст 5&amp;#43; С серией ЦИФРОВОЙ ПЕРЕВОРОТ дети узнают новые названия воздушных и наземных транспортных средств, строительной и военной техники. Соберите игрушки с цифрами 6,7,8,9,0, соедините их, и у вас получится большой робот! Подарите ребенку всю коллекцию трансформеров от 0 до 9, из которых можно сделать огромного супер робота!</t>
   </si>
   <si>
     <t>959245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/819/y8d4tgix9phz7jjeqsgvt5frgfuxez2o.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, розовый пластиковый бокс, цифра quot;7 quot;</t>
   </si>
   <si>
     <t>ЦИФРОВОЙ ПЕРЕВОРОТ 2 в 1 от Bondibon станет замечательным подарком для мальчика! Дети будут в восторге от военной машины, которая трансформируется в цифру 7! Можно собирать и разбирать игрушку сколько угодно раз! Превращайте цифру в военную машину и обратно! Придумывайте различные сюжетно-ролевые игры с друзьями. Увлекательная игрушка от Бондибон помогает легко освоить счет, развивает фантазию, кругозор, воображение, мелкую моторику и логическое мышление. Трансформер зеленого цвета в пластиковом боксе в виде розового чемодана изготовлен из безопасных материалов. Если не получится что-то сделать, схему сборки можно посмотреть на коробке. Рекомендуемый возраст 5&amp;#43; С серией ЦИФРОВОЙ ПЕРЕВОРОТ дети узнают новые названия воздушных и наземных транспортных средств, строительной и военной техники. Соберите игрушки с цифрами 6,7,8,9,0, соедините их, и у вас получится большой робот! Подарите ребенку всю коллекцию трансформеров от 0 до 9, из которых можно сделать огромного супер робота!</t>
   </si>
   <si>
     <t>959246</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aad/0bdry57fsml60mbrf3ba0mpg2eq9vv06.jpg</t>
-[...2 lines deleted...]
-    <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, оранжевый пластиковый бокс, цифра quot;2 quot;</t>
+    <t>http://anytos.ru//upload/iblock/618/b5frb5vl33c26mfoz6h526bywwbiqn9v.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, розовый пластиковый бокс, цифра quot;2 quot;</t>
   </si>
   <si>
     <t>ЦИФРОВОЙ ПЕРЕВОРОТ 2 в 1 от Bondibon станет замечательным подарком для мальчика! Дети будут в восторге от космического шатла, который трансформируется в цифру 2! Можно собирать и разбирать игрушку сколько угодно раз! Превращайте цифру в космический шатл и обратно! Придумывайте различные сюжетно-ролевые игры с друзьями. Увлекательная игрушка от Бондибон помогает легко освоить счет, развивает фантазию, кругозор, воображение, мелкую моторику и логическое мышление. Трансформер зеленого цвета изготовлен из безопасных материалов. Если не получится что-то сделать, схему сборки можно посмотреть на коробке. Рекомендуемый возраст 5&amp;#43; С серией ЦИФРОВОЙ ПЕРЕВОРОТ дети узнают новые названия воздушных и наземных транспортных средств, строительной и военной техники. Соберите игрушки с цифрами 1, 2, 3, 4, 5, соедините их, и у вас получится большой робот! Подарите ребенку всю коллекцию трансформеров от 0 до 9, из которых можно сделать огромного супер робота!</t>
   </si>
   <si>
-    <t>959248</t>
-[...7 lines deleted...]
-  <si>
     <t>959249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52b/137x5tmysssb3vbipy64cssp2alh3imu.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, голубой пластиковый бокс, цифра quot;6 quot;</t>
   </si>
   <si>
     <t>ЦИФРОВОЙ ПЕРЕВОРОТ 2 в 1 от Bondibon станет замечательным подарком для мальчика! Дети будут в восторге от пушки, которая трансформируется в цифру 6! Можно собирать и разбирать игрушку сколько угодно раз! Превращайте цифру в пушку и обратно! Придумывайте различные сюжетно-ролевые игры с друзьями. Увлекательная игрушка от Бондибон помогает легко освоить счет, развивает фантазию, кругозор, воображение, мелкую моторику и логическое мышление. Трансформер коричневого цвета в пластиковом боксе в виде голубого чемодана изготовлен из безопасных материалов. Если не получится что-то сделать, схему сборки можно посмотреть на коробке. Рекомендуемый возраст 5&amp;#43; С серией ЦИФРОВОЙ ПЕРЕВОРОТ дети узнают новые названия воздушных и наземных транспортных средств, строительной и военной техники. Соберите игрушки с цифрами 6,7,8,9,0, соедините их, и у вас получится большой робот! Подарите ребенку всю коллекцию трансформеров от 0 до 9, из которых можно сделать огромного супер робота!</t>
   </si>
   <si>
     <t>959250</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/342/uvqj4w3t77gugvj2khv0i2pyvehgegbf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/281/0oxuk152rbladdb74j6i5i6p768wpsj4.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, розовый пластиковый бокс , цифра quot;1 quot;</t>
   </si>
   <si>
     <t>ЦИФРОВОЙ ПЕРЕВОРОТ 2 в 1 от Bondibon станет замечательным подарком для мальчика! Дети будут в восторге от самолета, который трансформируется в цифру 1! Можно собирать и разбирать игрушку сколько угодно раз! Превращайте цифру в самолет и обратно! Придумывайте различные сюжетно-ролевые игры с друзьями. Увлекательная игрушка от Бондибон помогает легко освоить счет, развивает фантазию, кругозор, воображение, мелкую моторику и логическое мышление. Трансформер голубого цвета в пластиковом боксе в виде розового чемодана изготовлен из безопасных материалов. Если не получится что-то сделать, схему сборки можно посмотреть на коробке. Рекомендуемый возраст 5&amp;#43; С серией ЦИФРОВОЙ ПЕРЕВОРОТ дети узнают новые названия воздушных и наземных транспортных средств, строительной и военной техники. Соберите игрушки с цифрами 1, 2, 3, 4, 5, соедините их, и у вас получится большой робот! Подарите ребенку всю коллекцию трансформеров от 0 до 9, из которых можно сделать огромного супер робота!</t>
   </si>
   <si>
     <t>959255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3df/aceptmvdqftjzzeitmvhw58kx5iyxei6.jpg</t>
   </si>
   <si>
     <t>Трансформер 2в1 BONDIBOT Bondibon PB 13x7x4 см, оранжевый пластиковый бокс, цифра quot;0 quot;</t>
   </si>
   <si>
     <t>ЦИФРОВОЙ ПЕРЕВОРОТ 2 в 1 от Bondibon станет замечательным подарком для мальчика! Дети будут в восторге от эвакуатора, который трансформируется в цифру 0! Можно собирать и разбирать игрушку сколько угодно раз! Превращайте цифру в эвакуатор и обратно! Придумывайте различные сюжетно-ролевые игры с друзьями. Увлекательная игрушка от Бондибон помогает легко освоить счет, развивает фантазию, кругозор, воображение, мелкую моторику и логическое мышление. Трансформер синего цвета в пластиковом боксе в виде оранжевого чемодана изготовлен из безопасных материалов. Если не получится что-то сделать, схему сборки можно посмотреть на коробке. Рекомендуемый возраст 5&amp;#43; С серией ЦИФРОВОЙ ПЕРЕВОРОТ дети узнают новые названия воздушных и наземных транспортных средств, строительной и военной техники. Соберите игрушки с цифрами 6,7,8,9,0, соедините их, и у вас получится большой робот! Подарите ребенку всю коллекцию трансформеров от 0 до 9, из которых можно сделать огромного супер робота!</t>
   </si>
   <si>
     <t>959260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/gmfpptdk90dlswdcq4lzq8moc3fg8mu2.jpg</t>
@@ -1983,50 +1779,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7fa/7qvti8zk7mkpw3tnrudz42uo6b1iu993.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-строительная техника, 2в1 BONDIBOT Bondibon, автобетоносмеситель, цвет ж лтый</t>
   </si>
   <si>
     <t>Развивайте интерес к конструированию с трансформером BONDIBOT 2в1! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в бетономешалку, а затем вновь сделать любимого героя комиксов и мультфильмов! Проявите фантазию и придумайте с трансформером различные сюжетно-ролевые игры. Собирайте и разбирайте игрушку сколько угодно раз! В увлекательной форме расширяйте кругозор ребенка, развивайте воображение, мелкую моторику, логическое и пространственное мышление. Играя, ребенок узнает названия и назначение строительных и дорожных машин. Пополните коллекцию трансформерами BONDIBOT 2 в 1 с экскаватором погрузчиком, автокраном, самосвалом, гусеничным бульдозером, гусеничным экскаватором и соберите из шести моделей большого робота! Игрушка изготовлена из качественных и безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 РОБОТ И МАШИНА от Бондибон!</t>
   </si>
   <si>
     <t>959275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/515/eyup0fovrp5sjgw1l49k822w5q4fh8on.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-строительная техника, 2в1 BONDIBOT Bondibon, бульдозер, цвет ж лтый</t>
   </si>
   <si>
     <t>Развивайте интерес к конструированию с трансформером BONDIBOT 2в1! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в гусеничный бульдозер, а затем вновь сделать любимого героя комиксов и мультфильмов! Проявите фантазию и придумайте с трансформером различные сюжетно-ролевые игры. Собирайте и разбирайте игрушку сколько угодно раз! В увлекательной форме расширяйте кругозор ребенка, развивайте воображение, мелкую моторику, логическое и пространственное мышление. Играя, ребенок узнает названия и назначение строительных и дорожных машин. Пополните коллекцию трансформерами BONDIBOT 2 в 1 с экскаватором погрузчиком, бетономешалкой, автокраном, самосвалом, гусеничным экскаватором и соберите из шести моделей большого робота! Игрушка изготовлена из качественных и безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 РОБОТ И МАШИНА от Бондибон!</t>
   </si>
   <si>
     <t>959276</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ca/guc4wpl6o323dasym130wfuzb97mirj8.jpg</t>
+  </si>
+  <si>
+    <t>Трансформер робот-строительная техника, 2в1 BONDIBOT Bondibon, экскаватор, цвет ж лтый</t>
+  </si>
+  <si>
+    <t>Развивайте интерес к конструированию с трансформером BONDIBOT 2в1! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в гусеничный экскаватор, а затем вновь сделать любимого героя комиксов и мультфильмов! Проявите фантазию и придумайте с трансформером различные сюжетно-ролевые игры. Собирайте и разбирайте игрушку сколько угодно раз! В увлекательной форме расширяйте кругозор ребенка, развивайте воображение, мелкую моторику, логическое и пространственное мышление. Играя, ребенок узнает названия и назначение строительных и дорожных машин. Пополните коллекцию трансформерами BONDIBOT 2 в 1 с экскаватором погрузчиком, бетономешалкой, автокраном, самосвалом, гусеничным бульдозером и соберите из шести моделей большого робота! Игрушка изготовлена из качественных и безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 РОБОТ И МАШИНА от Бондибон!</t>
+  </si>
+  <si>
+    <t>959277</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/38b/lbi10t9vmnkqrn38cpdsd172cyq4co6i.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-строительная техника, 2в1 BONDIBOT Bondibon, самосвал, цвет ж лтый</t>
   </si>
   <si>
     <t>Развивайте интерес к конструированию с трансформером BONDIBOT 2в1! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в самосвал, а затем вновь сделать любимого героя комиксов и мультфильмов! Проявите фантазию и придумайте с трансформером различные сюжетно-ролевые игры. Собирайте и разбирайте игрушку сколько угодно раз! В увлекательной форме расширяйте кругозор ребенка, развивайте воображение, мелкую моторику, логическое и пространственное мышление. Играя, ребенок узнает названия и назначение строительных и дорожных машин. Пополните коллекцию трансформерами BONDIBOT 2 в 1 с экскаватором погрузчиком, бетономешалкой, автокраном, гусеничными бульдозером, гусеничным экскаватором и соберите из шести моделей большого робота! Игрушка изготовлена из качественных и безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 РОБОТ И МАШИНА от Бондибон!</t>
   </si>
   <si>
     <t>959278</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/083/g8hknmmdgnm7gs9cvjn8ya5df0v5u4qp.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-строительная техника, 2в1 BONDIBOT Bondibon, экскаватор-погрузчик, цвет ж лтый</t>
   </si>
   <si>
     <t>Развивайте интерес к конструированию с трансформером BONDIBOT 2в1! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, яркого желтого робота легко превратить в экскаватор погрузчик, а затем вновь сделать любимого героя комиксов и мультфильмов! Проявите фантазию и придумайте с трансформером различные сюжетно-ролевые игры. Собирайте и разбирайте игрушку сколько угодно раз! В увлекательной форме расширяйте кругозор ребенка, развивайте воображение, мелкую моторику, логическое и пространственное мышление. Играя, ребенок узнает названия и назначение строительных и дорожных машин. Пополните коллекцию трансформерами BONDIBOT 2 в 1 с самосвалом, бетономешалкой, автокраном, гусеничными бульдозером, гусеничным экскаватором и соберите из шести моделей большого робота! Игрушка изготовлена из качественных и безопасных материалов. Рекомендуемый возраст 5&amp;#43; Соберите свою коллекцию трансформеров 2в1 РОБОТ И МАШИНА от Бондибон!</t>
   </si>
   <si>
     <t>959279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/617/w31tujly3z3utg53frxup5mb9ol32kc3.jpg</t>
@@ -2151,50 +1959,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cd9/h24mzhu0685h8z4tk7x4lgr1iuaubjkc.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-машина городской службы, 2 в 1 BONDIBOT Bondibon, самосвал, цвет ж лтый</t>
   </si>
   <si>
     <t>Сконструируй игрушечное транспортное средство, которое превращается в супергероя! Трансформер с отверткой BONDIBOT 2 в 1 РОБОТ-САМОСВАЛ от Bondibon – подарок, о котором мечтает любой мальчик! Работать с конструктором очень интересно. Прочные детали легко и надежно соединяются между собой при помощи отвертки. Соберите желтую машину городской службы, а затем трансформируйте ее в робота. Две игрушки в одной дают большой простор детской фантазии, и ребенок будет надолго увлечен сюжетно-ролевыми играми. Трансформер с отверткой РОБОТ-САМОСВАЛ от Бондибон развивает интерес к конструированию, моделированию, мелкую моторику, внимание, познавательные способности, логическое и пространственное мышление. Игрушка изготовлена из качественных безопасных материалов. Возраст 5&amp;#43; Можно собрать коллекцию роботов БОНДИБОТ, которая станет предметом гордости ребенка!</t>
   </si>
   <si>
     <t>961381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eda/fap8crbkmz6gpxhgki1bkpi4adilxbrm.jpg</t>
   </si>
   <si>
     <t>Трансформер робот-машина городской службы, 2 в 1 BONDIBOT Bondibon, эвакуатор, цвет синий</t>
   </si>
   <si>
     <t>Сконструируй игрушечное транспортное средство, которое превращается в супергероя! Трансформер с отверткой BONDIBOT 2 в 1 РОБОТ-МАШИНА ЭВАКУАТОР от Bondibon – подарок, о котором мечтает любой мальчик! Работать с конструктором очень интересно. Прочные детали легко и надежно соединяются между собой при помощи отвертки. Соберите синюю машину городской службы, а затем трансформируйте ее в робота. Две игрушки в одной дают большой простор детской фантазии, и ребенок будет надолго увлечен сюжетно-ролевыми играми. Трансформер с отверткой РОБОТ-МАШИНА ЭВАКУАТОР от Бондибон развивает интерес к конструированию, моделированию, мелкую моторику, внимание, познавательные способности, логическое и пространственное мышление. Игрушка изготовлена из качественных безопасных материалов. Возраст 5&amp;#43; Можно собрать коллекцию роботов БОНДИБОТ, которая станет предметом гордости ребенка!</t>
   </si>
   <si>
     <t>961382</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/76e/8vscf9w1jriihum1hqzyj2e6ou31vjpg.jpg</t>
+  </si>
+  <si>
+    <t>Робо-машинка  quot;Полицейский джип quot;</t>
+  </si>
+  <si>
+    <t>Робот-трансформер с тематикой «полиция». Вид транспорта: SUV. Машинка вручную трансформируется в робота и обратно. Материал игрушки – ABS-пластик, металлический сплав, резина. Размер машинки: 16*9*7 см. Высота робота: 24 см.</t>
+  </si>
+  <si>
+    <t>971380</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/060/677alolrszddzm8na4cgm3wbxqmtpsnx.jpg</t>
+  </si>
+  <si>
+    <t>Робот 2 в 1</t>
+  </si>
+  <si>
+    <t>Робот-трансформер с тематикой «полиция». Вид транспорта: мотоцикл. Мотоцикл вручную трансформируется в робота и обратно. Материал игрушки – ABS-пластик, металлический сплав, резина. Размер мотоцикла: 16*6*10 см. Высота робота: 18 см.</t>
+  </si>
+  <si>
+    <t>971381</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4db/0cx1ta9var62nxax35ol4ur2spzb2w6e.jpg</t>
   </si>
   <si>
     <t>Машина-Робот на радиоуправлении Astrobot Осирис, красная</t>
   </si>
   <si>
     <t>Машина-Робот на радиоуправлении Astrobot Осирис, пар с подсветкой, аккум., красная</t>
   </si>
   <si>
     <t>972612</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crossbot/"&gt;Crossbot&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f0/p1bmisyagobbaknti74p6iqzwrk15rjh.jpg</t>
   </si>
   <si>
     <t>Машина-Робот на радиоуправлении Astrobot Осирис, синяя</t>
   </si>
   <si>
     <t>Машина-Робот на радиоуправлении Astrobot Осирис, пар с подсветкой, аккум., синяя</t>
   </si>
   <si>
     <t>972613</t>
@@ -2238,293 +2073,215 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b33/3e2fxybqnsf9m4ypunplz18qndzcsnwp.jpg</t>
   </si>
   <si>
     <t>Набор игровой  quot;Робо-машинка. Пожарная служба quot;</t>
   </si>
   <si>
     <t>Робот-трансформер с тематикой «городские службы». Образ – пожарный автоподъемник. У машинки отсоединяется кузов, а также с помощью входящей в набор отвертки снимаются некоторые детали. За несколько простых движений машинка трансформируется в робота. Игрушка 2 в 1 надолго увлечет ребенка и позволит ему придумать множество сюжетно-ролевых игр. Набор включает: машинку, отвертку, оружие для робота. Размер машинки: 14*7,5*9,1 см. Размер робота: 13*6*15,7 см. Упаковка: открытая картонная коробка. Размер упаковки: 20,6*10*13 см.</t>
   </si>
   <si>
     <t>999213</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a81/qgb9751dhg53xlvg2iulyqjrd91c8o6h.jpg</t>
   </si>
   <si>
     <t>Набор игровой  quot;Робо-машинка. Полицейская служба quot;</t>
   </si>
   <si>
     <t>Робот-трансформер с тематикой «городские службы». Образ – полицейский пикап. У машинки отсоединяются бамперы, а также с помощью входящей в набор отвертки снимаются некоторые детали. За несколько простых движений машинка трансформируется в робота. Игрушка 2 в 1 надолго увлечет ребенка и позволит ему придумать множество сюжетно-ролевых игр. Набор включает: машинку, отвертку. Размер машинки: 17,1*6,6*6,3 см. Размер робота: 12*6,3*14,5 см. Упаковка: открытая картонная коробка. Размер упаковки: 20,6*10*13 см.</t>
   </si>
   <si>
     <t>999214</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92c/dulmhnjbka5s7806chbpovmxqhedxlb9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5bc/w3bwkozkkaxgp03ahye2li5o5wgjeymc.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot; робот - бетономешалка, металлические детали, желтый, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Желтый трансформер РОБОТ БЕТОНОМЕШАЛКА 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей строительной техники. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в бетономешалку и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры с трансформерами данной серии дети познакомятся с различными строительными машинами, расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ БЕТОНОМЕШАЛКА 2в1 - замечательный подарок для мальчика. Пополните свою коллекцию пятью моделями с экскаватором, погрузчиком, бетономешалкой, самосвалом, автокраном и соберите большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce2/oyyz5zd0r1z8wnilfze7iv7sk6hf6oo3.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - погрузчик, с металлическими деталями, желтый, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Желтый трансформер РОБОТ ПОГРУЗЧИК 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей строительной техники. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в экскаватор и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры с трансформерами данной серии дети познакомятся с различными строительными машинами, расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ ПОГРУЗЧИК 2в1 - замечательный подарок для мальчика. Пополните свою коллекцию пятью моделями с экскаватором, погрузчиком, бетономешалкой, самосвалом, автокраном и соберите большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e6/gp5iud2tgxpq3a2xbrvaqq8tmckbe4pj.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - самосвал, с металлическими деталями, желтый, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Желтый трансформер РОБОТ САМОСВАЛ 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей строительной техники. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в самосвал и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры с трансформерами данной серии дети познакомятся с различными строительными машинами, расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ САМОСВАЛ 2в1 - замечательный подарок для мальчика. Пополните свою коллекцию пятью моделями с экскаватором, погрузчиком, бетономешалкой, самосвалом, автокраном и соберите большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000364</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/047/juxsthz1lq2wqk2bdrmzznfx1vgo483j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a6b/69jlqjm33yntudmookmtddhot56jd2z8.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - мотоцикл, с металлическими деталями, красный, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Красный трансформер РОБОТ МОТОЦИКЛ 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей техники. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в мотоцикл и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ МОТОЦИКЛ 2в1 - замечательный подарок для мальчика. Пополните свою коллекцию пятью моделями серии и соберите большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e47/bw2p2p1bmboodp774wyh9as811k42vya.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot; робот - пистолет Беретта М92, с металлическими деталями, серебристый, Bondibon</t>
   </si>
   <si>
     <t>Пополните коллекцию металлических трансформеров 2 в 1 от BONDIBOT! Две игрушки в одной от Bondibon надолго заинтересуют ребенка. Только представьте, бесстрашного робота легко превратить в легендарный пистолет Беретта М92, а затем вновь сделать любимого героя комиксов и мультфильмов! Собирать и разбирать прочные детали можно сколько угодно раз. Придумывая различные сюжетно-ролевые игры с трансформером, дети разовьют воображение, мелкую моторику, логику, пространственное мышление. Ребенок расширит кругозор и узнает новые названия моделей оружия. Детям непременно захочется также пополнить свою коллекцию трансформерами BONDIBOT с пистолетами: Кольт и SIG Sauer. Игрушка изготовлена из безопасных материалов. Рекомендуемый возраст 6&amp;#43; Соберите свою коллекцию трансформеров 2в1 от Bondibon!</t>
   </si>
   <si>
     <t>1000369</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea3/nkylw4o8ezjml89t6565syq7k0embzbr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/538/57nzohkm1dzst06iw1xmabson324u9y4.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, банка - робот Самурай с оружием, красный, Bondibon</t>
   </si>
   <si>
     <t>Разыграй друга – предложи ему красную баночку с любимым напитком, в которой ловко замаскировался самурай с оружием! Трансформер BONDIBOT 2 в 1 банка робот от Bondibon – это необычная игрушка, которая дает простор детской фантазии и открывает безграничные возможности для игр! Трансформировать одну игрушку в другую можно сколько угодно раз, благодаря прочным деталям и гибким соединениям. Придумайте с роботом и банкой различные сюжетно-ролевые игры, а также веселые приколы. Трансформер BONDIBOT 2 в 1 банка робот от Бондибон – две игрушки в одной, которые помогут развить интерес к конструированию, воображение и эмоциональный интеллект ребенка. Мальчики будут рады получить такой интересный подарок на день рождения, Новый год, 23 февраля и любой другой праздник. Игрушка изготовлена из качественных безопасных материалов. В набор входят: робот-банка и игрушечное оружие. Возраст 6&amp;#43; Соберите коллекцию из четырех забавных самураев!</t>
   </si>
   <si>
     <t>1000371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b38/d11uamb0uojz18dlbrwqxcclebw3uzys.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, банка - робот Самурай с оружием, оранжевый, Bondibon</t>
   </si>
   <si>
     <t>Разыграй друга – предложи ему оранжевую баночку с любимым напитком, в которой ловко замаскировался самурай с оружием! Трансформер BONDIBOT 2 в 1 банка робот от Bondibon – это необычная игрушка, которая дает простор детской фантазии и открывает безграничные возможности для игр! Трансформировать одну игрушку в другую можно сколько угодно раз, благодаря прочным деталям и гибким соединениям. Придумайте с роботом и банкой различные сюжетно-ролевые игры, а также веселые приколы. Трансформер BONDIBOT 2 в 1 банка робот от Бондибон – две игрушки в одной, которые помогут развить интерес к конструированию, воображение и эмоциональный интеллект ребенка. Мальчики будут рады получить такой интересный подарок на день рождения, Новый год, 23 февраля и любой другой праздник. Игрушка изготовлена из качественных безопасных материалов. В набор входят: робот-банка и игрушечное оружие. Возраст 6&amp;#43; Соберите коллекцию из четырех забавных самураев!</t>
   </si>
   <si>
     <t>1000372</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f12/fpkxksqs4jvphq9lj8o9v1v4cg7hf1oc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c87/dapj8uglrv78do6wgumr65c3jj2q338y.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - автомобиль, с металлическими деталями, ч рный, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Черный трансформер РОБОТ АВТОМОБИЛЬ 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей приключений. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в легковую машину и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ АВТОМОБИЛЬ 2в1 - замечательный подарок для мальчика. А из пяти моделей серии Вы сможете собрать большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/533/mt8dqmlhxjp1d2cacmimna2fg3aa88fo.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - вертолет, с металлическими деталями, ч рный, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Черный трансформер РОБОТ ВЕРТОЛЕТ 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей приключений. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в вертолет и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ ВЕРТОЛЕТ 2в1 - замечательный подарок для мальчика. А из пяти моделей серии Вы сможете собрать большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/438/li6cav2i68u380hi58lvhycpvyrhp1c5.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - внедорожник с металлическими деталями, ч рный, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Черный трансформер РОБОТ ВНЕДОРОЖНИК 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей приключений. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в джип и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ ВНЕДОРОЖНИК 2в1 - замечательный подарок для мальчика. А из пяти моделей серии Вы сможете собрать большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dae/i88ey3fuy5rnz8mxqhlgvuxu92jtvaxw.jpg</t>
   </si>
   <si>
     <t>Трансформер  quot;BONDIBOT 2 в 1 quot;, робот - мотоцикл, с металлическими деталями, ч рный, собери большого робота 5в1 Bondibon</t>
   </si>
   <si>
     <t>Черный трансформер РОБОТ МОТОЦИКЛ 2 в 1 серии BONDIBOT от Bondibon непременно порадует маленьких любителей приключений. Две интересные игрушки в одной с металлическими деталями надолго увлекут ребенка. Соберите всю серию и сделайте большого робота 5 в 1! Превращайте бесстрашного воина в мотоцикл и обратно сколько угодно раз! Ведь у игрушки качественные металлические детали и прочные соединения. Фантазируйте и придумывайте захватывающие сюжеты! В процессе игры дети расширят кругозор, разовьют зрительно-моторную координацию движений, воображение и эмоциональный интеллект. Трансформер РОБОТ МОТОЦИКЛ 2в1 - замечательный подарок для мальчика. А из пяти моделей серии Вы сможете собрать большого робота, который вызовет у детей огромный восторг! О качестве и безопасности позаботился Бондибон. Возраст 5&amp;#43;</t>
   </si>
   <si>
     <t>1000377</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1cd/9ozfvu9s03hwfx2jtgppodo6dw316y5d.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b12/ki4ot1bwhf7n69yvwzvwfbnm4su6s1h9.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте 2 предмета, в ассортименте</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте 2 предмета, коробка, в ассортименте</t>
   </si>
   <si>
     <t>1013351</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/909/a2m4wigxdyym0zgkvq2oxcv51gjvob6c.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте 3 предмета</t>
   </si>
   <si>
     <t>1013352</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d33/marlvwp0nzf80w8nb6yhfzrx2zefvn4r.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f4/m2lli6wm0ydtz604eqic3wi2ozx2o1z0.jpg</t>
   </si>
   <si>
     <t>1013354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5b/rhdq3eu57czef1zvsbmm1mjjimur742w.jpg</t>
   </si>
   <si>
     <t>1013355</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/00b/dnfx3rx2372htka2dlwryy1831au7117.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/184/56dh99pfmaqy7w2cgwryjxbmyxj0banu.jpg</t>
   </si>
   <si>
     <t>1013357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0a/ev922470ql6iyg1lutcn3jmn6lh0ro82.jpg</t>
   </si>
   <si>
     <t>1013358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f63/g04sx4dvqqksi9ibou8hsbnr7qn977pa.jpg</t>
   </si>
   <si>
     <t>1013359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a7/bt5zuqteochyeckt1ogawtvdehjsc0hu.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте 4 предмета</t>
   </si>
   <si>
     <t>1013360</t>
@@ -2571,192 +2328,150 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e9e/lb5ndlc2ofwzddgets11n0o6ej8v60bz.jpg</t>
   </si>
   <si>
     <t>1013367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/290/kol9936ek38vtayy1z54umtb5grv2in9.jpg</t>
   </si>
   <si>
     <t>1013368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/429/wqccgy4s7wjgtr3ngw66qn9rv0ahb2ic.jpg</t>
   </si>
   <si>
     <t>1013369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed7/3y0su7bx3u6gvjeodqzozjsyw17t87bu.jpg</t>
   </si>
   <si>
     <t>1013370</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85a/1d059drrfoahl2tdakxven2s01o6cwgg.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c46/2hozgdcnsqm0q6lzpl3g369u6enqyfbe.jpg</t>
   </si>
   <si>
     <t>1013372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/2dhphy18dvxb0s3rxeogaiolr29m0qzc.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте 7 предметов</t>
   </si>
   <si>
     <t>1013373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aac/ahff7vbuzs8m9rmv9u3itpozno9ii2l8.jpg</t>
   </si>
   <si>
     <t>1013374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d1/xrkyswzf1sh23fmhjquiyuqjq0krrk96.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте 8 предметов</t>
   </si>
   <si>
     <t>1013375</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c13/i36issjhn07qtqxr40k4q101pre5t8y2.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a60/0vsqazx2o320jn2qd92i1lpvhkvlehcu.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте робот-машина, оружие</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте робот-машина, оружие, коробка</t>
   </si>
   <si>
     <t>1013377</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a1/tr6jp7wxpziqhctr451gevowrpnp46a7.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dc3/6sx3eiszf0cjs50f7yny3yj03x01hsvi.jpg</t>
   </si>
   <si>
     <t>1013379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ee/iqbnthbxd8kxbdd0zoo8p65ja5ula8a1.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте робот-машина, оружие, в ассортименте</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, в комплекте робот-машина, оружие, коробка, в ассортименте</t>
   </si>
   <si>
     <t>1013380</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a8/mo0y1ax87px8r8fzompqu35fh6c7fzat.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8c0/k6rpoqkcq8qzo7yjrq05q9smtka0u9a2.jpg</t>
   </si>
   <si>
     <t>1013382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78d/2o9m4vt738yfeeenlqc7q7eepkl5g70p.jpg</t>
   </si>
   <si>
     <t>1013383</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a7/hi0sjs6bfchhxisjwvwek8sxugdwahcr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1b2/9th91sugraayr63mgo2qzeqza2yzavhd.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, свет, звук, в ассортименте</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, свет, звук, в комплекте предметов 3шт.,тестовые элементы питания LR41*3 шт., коробка, в ассортименте</t>
   </si>
   <si>
     <t>1013385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c6/q8b83n9y451xom18cfjgnliw48tojsb1.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, свет, звук, в комплекте предметов 3шт.,тестовые элементы питания LR44*3 шт., в ассортименте</t>
   </si>
   <si>
     <t>1013386</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aaf/wlmkkwf6df00j2k3tek4shm61m8bv932.jpg</t>
+    <t>http://anytos.ru//upload/iblock/92d/i78r622ujls4kgp27ab259d8u94uet63.jpg</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, свет, звук</t>
   </si>
   <si>
     <t>Игровой набор Робот-трансформер, свет, звук, в комплекте предметов 3шт.,тестовые элементы питания LR44*3 шт., коробка</t>
-  </si>
-[...4 lines deleted...]
-    <t>http://anytos.ru//upload/iblock/92d/i78r622ujls4kgp27ab259d8u94uet63.jpg</t>
   </si>
   <si>
     <t>1013388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/v5db4z11i5lfsi1nj72jsxs28uh0u7zx.jpg</t>
   </si>
   <si>
     <t>Робот трансформируемый в дракона, в ассортименте</t>
   </si>
   <si>
     <t>Робот трансформируемый в дракона, коробка, в ассортименте</t>
   </si>
   <si>
     <t>1013389</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -3098,57 +2813,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I242"/>
+  <dimension ref="A1:I212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G242" sqref="G242"/>
+      <selection pane="bottomRight" activeCell="G212" sqref="G212"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
@@ -3238,5419 +2953,4734 @@
         <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="1"/>
+      <c r="C8" s="1" t="s">
+        <v>28</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G29" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G44" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G45" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>71</v>
+        <v>179</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="G51" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="G52" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="F55" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="G55" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>214</v>
+        <v>64</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F60" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G60" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F61" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G61" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="F62" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="F63" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>244</v>
+        <v>64</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>71</v>
+        <v>214</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>71</v>
+        <v>214</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>71</v>
+        <v>214</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>71</v>
+        <v>214</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>244</v>
+        <v>214</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>244</v>
+        <v>214</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>244</v>
+        <v>214</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>244</v>
+        <v>64</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>244</v>
+        <v>64</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>244</v>
+        <v>64</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="100" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>244</v>
+        <v>64</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="129" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="135" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="141" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="142" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="145" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="148" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="156" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="157" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="158" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="161" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="162" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>71</v>
+        <v>641</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>71</v>
+        <v>641</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>71</v>
+        <v>650</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>71</v>
+        <v>650</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="166" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="171" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="174" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="175" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="177" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="179" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>705</v>
+        <v>64</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>705</v>
+        <v>64</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>36</v>
+        <v>196</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="185" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>724</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="186" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="187" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>733</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>734</v>
       </c>
       <c r="B188" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F188" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="189" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="B189" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F189" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="190" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>751</v>
+        <v>737</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>752</v>
+        <v>737</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="193" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>755</v>
+        <v>737</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>756</v>
+        <v>737</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="194" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>760</v>
+        <v>737</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>761</v>
+        <v>748</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="195" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>762</v>
+        <v>749</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>764</v>
+        <v>750</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="196" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>766</v>
+        <v>752</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>767</v>
+        <v>750</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>769</v>
+        <v>753</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>772</v>
+        <v>750</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>773</v>
+        <v>755</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="198" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>774</v>
+        <v>756</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>775</v>
+        <v>750</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>776</v>
+        <v>750</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>777</v>
+        <v>757</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>778</v>
+        <v>758</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>779</v>
+        <v>750</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>780</v>
+        <v>750</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>781</v>
+        <v>759</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>782</v>
+        <v>760</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>783</v>
+        <v>750</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>784</v>
+        <v>750</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>785</v>
+        <v>761</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="201" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>786</v>
+        <v>762</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>787</v>
+        <v>763</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>788</v>
+        <v>763</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>789</v>
+        <v>764</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>71</v>
+        <v>196</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="202" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>790</v>
+        <v>765</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>791</v>
+        <v>763</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>791</v>
+        <v>763</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>792</v>
+        <v>766</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="203" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>794</v>
+        <v>767</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>791</v>
+        <v>768</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>791</v>
+        <v>768</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>795</v>
+        <v>769</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="204" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>796</v>
+        <v>770</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>797</v>
+        <v>771</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>798</v>
+        <v>772</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>799</v>
+        <v>773</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="205" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>800</v>
+        <v>774</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>801</v>
+        <v>772</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>802</v>
+        <v>775</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="206" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>801</v>
+        <v>777</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>801</v>
+        <v>778</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>804</v>
+        <v>779</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>805</v>
+        <v>780</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>801</v>
+        <v>777</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>801</v>
+        <v>778</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>806</v>
+        <v>781</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>807</v>
+        <v>782</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>801</v>
+        <v>777</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>801</v>
+        <v>778</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>808</v>
+        <v>783</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>809</v>
+        <v>784</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>801</v>
+        <v>786</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>810</v>
+        <v>787</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>811</v>
+        <v>788</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>812</v>
+        <v>790</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="211" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>813</v>
+        <v>791</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>814</v>
+        <v>794</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>815</v>
+        <v>795</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>793</v>
+        <v>196</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>13</v>
-[...688 lines deleted...]
-      <c r="G242" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>