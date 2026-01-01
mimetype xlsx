--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -12,92 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3c0/3c0aba0d241a107833dbe8059c16a2c3/f9439e74debf985c51d409525bcd568f.jpg</t>
-[...5 lines deleted...]
-    <t>Набор фигурок Дикие животные, 4 шт., пакет</t>
+    <t>http://anytos.ru//upload/iblock/472/5xi48kju8c9y4f0wnjr07fjfiw2afs0k.jpg</t>
+  </si>
+  <si>
+    <t>Набор Звери и зверята, 5 шт., пакет</t>
   </si>
   <si>
     <t>Животные и динозавры (фигурки, наборы)</t>
   </si>
   <si>
-    <t>410391</t>
+    <t>396426</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd3/78tiyhrzmmshdcny9ctihj6583wg1i3o.jpg</t>
   </si>
   <si>
     <t>Динозавр D2987 6</t>
   </si>
   <si>
     <t>Фигурки динозавров из ПВХ. 6 видов динозавров в дисплее размером 12 дюймов &amp;#40;примерно 30 см&amp;#41;.</t>
   </si>
   <si>
     <t>954518</t>
   </si>
   <si>
     <t>&lt;a href="/brands/wing-crown/"&gt;WING CROWN&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/zauzenxsnttp7x3qxsvo7mfatv2qaxxq.jpg</t>
   </si>
@@ -176,122 +182,92 @@
   <si>
     <t>http://anytos.ru//upload/iblock/337/qc769l4oya3nswwbdstqbot75cwyt58q.jpg</t>
   </si>
   <si>
     <t>Набор  quot;Дикие животные quot; T33703</t>
   </si>
   <si>
     <t>Набор &amp;quot;Дикие животные&amp;quot;</t>
   </si>
   <si>
     <t>954542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/893/djqxd10urdml6jip90qv4mbs9jrd3xlt.jpg</t>
   </si>
   <si>
     <t>Набор  quot;Динозавры quot; T33704</t>
   </si>
   <si>
     <t>Набор &amp;quot;Динозавры&amp;quot;</t>
   </si>
   <si>
     <t>954544</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/147/8o4irvs53day4ewvwfj53v18v50opxv4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd4/wo9nwn368ewyi31dotjr2aiom6023pox.jpg</t>
   </si>
   <si>
     <t>Динозавр, звук</t>
   </si>
   <si>
     <t>Динозавр, звук, элементы питания AG13х3 входят в комплект, пакет</t>
   </si>
   <si>
     <t>956958</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e2/fewp0ji0dd7nl55x3fcplhjobzrs452d.jpg</t>
   </si>
   <si>
     <t>956959</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/77d/gvpmbw9akkahp7ik034yaed2a7eantcm.jpg</t>
-[...8 lines deleted...]
-    <t>956971</t>
+    <t>http://anytos.ru//upload/iblock/829/ify5fz11wpc01s6gig28ua1t5vx7f7la.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор Парк динозавров, 15 предметов</t>
+  </si>
+  <si>
+    <t>Игровой набор Парк динозавров, 15 предметов, пакет</t>
+  </si>
+  <si>
+    <t>956968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86d/rscwhpbqc62vob2ir0wtpwhltmbzf812.jpg</t>
   </si>
   <si>
     <t>Набор фигурок Динозавры, 4 предмета</t>
   </si>
   <si>
     <t>Набор фигурок Динозавры, 4 предмета, коробка</t>
   </si>
   <si>
     <t>956972</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4bf/sz3lv50kr2pye0j9ld36jk3pkgie9ibe.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ddd/clnk28wylevqmxmxr6bjnovzdia3nxs1.jpg</t>
   </si>
   <si>
     <t>Собака виниловая 17х15 см</t>
   </si>
   <si>
     <t>Собака виниловая 17х15 см, пакет</t>
   </si>
   <si>
     <t>957015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ae/yampp16efvqotuyg3h8h8krmktj7954r.jpg</t>
   </si>
   <si>
     <t>Сборный динозавр Дино Бонди со светом и звуком, анкилозавр, тм Bondibon, BOX 13x13x17,6 см.</t>
   </si>
   <si>
     <t>Анкилозавр от Бондибон со световыми эффектами и звуковыми сигналами, почти, как настоящий! Юные исследователи придут в восторг от конструктора сюрприза в яйце ДИНО БОНДИ. Ребенок сможет создать свой мир, в котором обитает очень симпатичный красный динозавр. Выпустите любопытного динозавра! Достаньте детали из яйца и соберите модель для сюжетно-ролевых игр. Конструктор поможет интересно и с пользой провести время с детьми, развить эмоциональную сферу, моторику и кругозор. Двигайте лапки игрушки. Открывайте и закрывайте челюсть динозаврика. Поворачивайте хвост, и забавное животное станет вращать головой. Нажмите кнопку на голове фигурки, светодиодные глаза засветятся и повернуться, а еще динозаврик негромко зарычит, и такой звук не напугает Вашего малыша. Игрушка выполнена из безопасных материалов. В комплекте: капсула яйцо, детали для сборки, инструкция, батарейки 3Х АG10. Возраст 3&amp;#43; Собери всю серию забавных динозавров ДИНО БОНДИ от Bondibon!</t>
   </si>
   <si>
     <t>958889</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
@@ -323,50 +299,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/96f/u014no1jr16oy10v0enn09li9xcgixkn.jpg</t>
   </si>
   <si>
     <t>Растущие в воде животные Bondibon  ВЫРАСТИ ЛЯГУШКУ , яйцо ж лтое</t>
   </si>
   <si>
     <t>Всем детям интересно наблюдать за процессом того, как что-то вылупляется из яйца. Растущая в воде игрушка «ВЫРАСТИ ЛЯГУШКУ» от Bondibon развивает терпение, внимание, навыки наблюдения и практические способности. Даёт простор для фантазии! Внешне яйцо с цветной скорлупой выглядит очень просто, но самостоятельно разбивать его не стоит. Для начала поместите яйцо в емкость с водой так, чтобы оно было полностью под водой. Подождите 1-2 дня &amp;#40;от 24 до 48 часов&amp;#41;, чтобы увидеть, как скорлупка яйца самостоятельно потрескается. И наблюдайте за удивительным вылуплением из яйца лягушки! При нахождении в воде лягушка начинает волшебным образом увеличиваться в размерах и достигает своего максимального размера за 72 часа. В комплект входит: яйцо жёлтого цвета с игрушкой внутри. Сделано из безопасных материалов. Если Вы хотите удивить ребенка или сделать ему необычный подарок, то растущая в воде игрушка - отличный подарок для исследователей от 3 лет.</t>
   </si>
   <si>
     <t>958892</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70b/pq4fr6oabqaq7h1fh3oaq49csu8rx4p7.jpg</t>
   </si>
   <si>
     <t>Растущие в воде животные Bondibon  ВЫРАСТИ РЫБКУ , яйцо ж лтое</t>
   </si>
   <si>
     <t>Всем детям интересно наблюдать за процессом того, как что-то вылупляется из яйца. Растущая в воде игрушка «ВЫРАСТИ РЫБКУ» от Bondibon развивает терпение, внимание, навыки наблюдения и практические способности. Даёт простор для фантазии! Внешне яйцо с цветной скорлупой выглядит очень просто, но самостоятельно разбивать его не стоит. Для начала поместите яйцо в емкость с водой так, чтобы оно было полностью под водой. Подождите 1-2 дня &amp;#40;от 24 до 48 часов&amp;#41;, чтобы увидеть, как скорлупка яйца самостоятельно потрескается. И наблюдайте за удивительным вылуплением из яйца рыбки! При нахождении в воде рыбка начинает волшебным образом увеличиваться в размерах и достигает своего максимального размера за 72 часа. В комплект входит: яйцо жёлтого цвета с игрушкой внутри. Сделано из безопасных материалов. Если Вы хотите удивить ребенка или сделать ему необычный подарок, то растущая в воде игрушка - отличный подарок для исследователей от 3 лет.</t>
   </si>
   <si>
     <t>958893</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/27b/rysgw8i8c36z1iexxwyroasyx9162w7a.jpg</t>
+  </si>
+  <si>
+    <t>Растущие игрушки Bondibon  Динозавры quot; 12 штук, в ассортименте</t>
+  </si>
+  <si>
+    <t>Динозавры, растущие прямо у Вас на глазах – невероятно! Попробуйте сами с набором растущих в воде игрушек «Динозавры» 12 капсул Bondibon. Наливаете миску горячей воды, кладете игрушки в оболочке в воду, ждете 30-40 минут, пока капсула растворится и примет нужную форму, достаете игрушку и сушите ее. Готово! Такие игрушки очень нравятся детям, ведь невозможно угадать, кто у Вас вырастет, а еще они развивают фантазию, образное мышление и наблюдательность. В комплекте: 12 ассортиментных капсул с заготовками. Размер капсулы 2х0,8 см. Рекомендуемый возраст ребенка 3&amp;#43;. Товар не предназначен для употребления в пищу. Маленькое чудо превращения прямо у Вас дома – осталось просто добавить воды, а набор растущих в воде игрушек &amp;quot;ДИНОЗАВРЫ&amp;quot; 12 капсул Bondibon все сделает сам.</t>
+  </si>
+  <si>
+    <t>958894</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/398/mmn4ett0vxzr307qzviie6t09qahioiw.jpg</t>
   </si>
   <si>
     <t>Растущие игрушки Bondibon  Дикие животные quot; 12 штук, в ассортименте</t>
   </si>
   <si>
     <t>Животные, растущие прямо у Вас на глазах – невероятно! Попробуйте сами с набором растущих в воде игрушек «Дикие животные» 12 капсул Bondibon. Наливаете миску горячей воды, кладете игрушки в оболочке в воду, ждете 30-40 минут, пока капсула растворится и примет нужную форму, достаете игрушку и сушите ее. Готово! Такие игрушки очень нравятся детям, ведь невозможно угадать, кто у Вас вырастет, а еще они развивают фантазию, образное мышление и наблюдательность. В комплекте: 12 ассортиментных капсул с заготовками. Размер капсулы 2х0,8 см. Рекомендуемый возраст ребенка 3&amp;#43;. Товар не предназначен для употребления в пищу. Маленькое чудо превращения прямо у Вас дома – осталось просто добавить воды, а набор растущих в воде игрушек &amp;quot;Дикие животные&amp;quot; 12 капсул Bondibon все сделает сам.</t>
   </si>
   <si>
     <t>958895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/678/0cav3lgb08mrt12bhjg6hjyz5q1k7zfn.jpg</t>
   </si>
   <si>
     <t>Растущие игрушки Bondibon  Домашние животные quot; 12 штук, в ассортименте</t>
   </si>
   <si>
     <t>Животные, растущие прямо у Вас на глазах – невероятно! Попробуйте сами с набором растущих в воде игрушек «Домашние животные» 12 капсул Bondibon. Наливаете миску горячей воды, кладете игрушки в оболочке в воду, ждете 30-40 минут, пока капсула растворится и примет нужную форму, достаете игрушку и сушите ее. Готово! Такие игрушки очень нравятся детям, ведь невозможно угадать, кто у Вас вырастет, а еще они развивают фантазию, образное мышление и наблюдательность. В комплекте: 12 ассортиментных капсул с заготовками. Размер капсулы 2х0,8 см. Рекомендуемый возраст ребенка 3&amp;#43;. Товар не предназначен для употребления в пищу. Маленькое чудо превращения прямо у Вас дома – осталось просто добавить воды, а набор растущих в воде игрушек &amp;quot;Домашние животные&amp;quot; 12 капсул Bondibon все сделает сам.</t>
   </si>
   <si>
     <t>958896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1b/b1wqbpgdz9993pxv69gk3b10uww6ktfl.jpg</t>
@@ -407,59 +395,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/27f/1j081dz9juetpfkhas9ysipzhovnxjap.jpg</t>
   </si>
   <si>
     <t>Сборный динозавр Дино Бонди со светом и звуком, паразауролоф, тм Bondibon, BOX 13x13x17,6 см.</t>
   </si>
   <si>
     <t>Паразауролоф от Бондибон со световыми эффектами и звуковыми сигналами, почти, как настоящий! Юные исследователи придут в восторг от конструктора сюрприза в яйце ДИНО БОНДИ. Ребенок сможет создать свой мир, в котором обитает очень симпатичный серый динозавр. Выпустите любопытного динозавра! Достаньте детали из яйца и соберите модель для сюжетно-ролевых игр. Конструктор поможет интересно и с пользой провести время с детьми, развить эмоциональную сферу, моторику и кругозор. Двигайте лапки игрушки. Открывайте и закрывайте челюсть динозаврика. Поворачивайте хвост, и забавное животное станет вращать головой. Нажмите кнопку на голове фигурки, светодиодные глаза засветятся и повернуться, а еще динозаврик негромко зарычит, и такой звук не напугает Вашего малыша. Игрушка выполнена из безопасных материалов. В комплекте: капсула яйцо, детали для сборки, инструкция, батарейки 3Х АG10. Возраст 3&amp;#43; Собери всю серию забавных динозавров ДИНО БОНДИ от Bondibon!</t>
   </si>
   <si>
     <t>958900</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acb/m5sqt5t8fq72r51wccb0xaxo968k7mlu.jpg</t>
   </si>
   <si>
     <t>Набор животных BONDIBON  quot;Ребятам о Зверятах quot;, динозавры юрского периода 5 штук</t>
   </si>
   <si>
     <t>Почему детям так нравятся динозавры? Динозавры очень похожи на волшебных драконов и впечатляют размерами и мощью! Наличие такого интереса очень полезно для развития интеллекта, памяти и воображения. Дети усваивают множество информации по этой теме, зазубривают сложные названия и собирают эффектные коллекции Bondibon. Коллекция динозавров юрского периода ДИНОЗАВРЫ 1 понравится всем любителям дино. Фигурки выглядят реалистично, чтобы ребёнок играл и познавал доисторический мир с удовольствием. В наборе 5 фигурок – Тираннозавр, Стиракозавр, Стегозавр, Гидротерозавр, Велоцираптор. Игрушки не содержат вредных веществ. Сделаны из приятного на ощупь пластика. Мини животные подходят для детей от 3-х лет. Отличный подарок на день рождение и другие праздники! Поощряйте поучительное и занимательное хобби мальчиков и девочек. Подарите ребенку набор коллекционных фигурок &amp;quot;ДИНОЗАВРЫ 1 &amp;quot; Bondibon из серии Ребятам о зверятах.</t>
   </si>
   <si>
     <t>958901</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/377/sq8qtp2xr22l54fu291hu3d8btyla0ua.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a33/a7dhwmmtj78e6l3e4gc4axbr1hm94o0a.jpg</t>
   </si>
   <si>
     <t>Набор животных BONDIBON  quot;Ребятам о Зверятах quot;, динозавры юрского периода 6 штук</t>
   </si>
   <si>
     <t>Почему детям так нравятся динозавры? Динозавры очень похожи на волшебных драконов и впечатляют размерами и мощью! Наличие такого интереса очень полезно для развития интеллекта, памяти и воображения. Дети усваивают множество информации по этой теме, зазубривают сложные названия и собирают эффектные коллекции Bondibon. Коллекция динозавров юрского периода ДИНОЗАВРЫ 4 понравится всем любителям дино. Фигурки выглядят реалистично, чтобы ребёнок играл и познавал доисторический мир с удовольствием. В комплекте 6 фигурок – велоцираптор, стегозавр, сайхания, дилофозавр, хасмозавр, камптозавр. Игрушки не содержат вредных веществ. Сделаны из приятного на ощупь пластика. Мини животные подходят для детей от 3-х лет. Отличный подарок на день рождение и другие праздники! Поощряйте поучительное и занимательное хобби мальчиков и девочек. Подарите ребенку набор коллекционных фигурок &amp;quot;ДИНОЗАВРЫ 4&amp;quot; Bondibon из серии Ребятам о зверятах.</t>
   </si>
   <si>
     <t>958903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d82/46v55w3z97jttx7agghz0x33hhb0vr8o.jpg</t>
   </si>
   <si>
     <t>Набор животных BONDIBON  quot;Ребятам о Зверятах quot;, динозавры юрского периода 4 штуки</t>
   </si>
   <si>
     <t>Почему детям так нравятся динозавры? Динозавры очень похожи на волшебных драконов и впечатляют размерами и мощью! Наличие такого интереса очень полезно для развития интеллекта, памяти и воображения. Дети усваивают множество информации по этой теме, зазубривают сложные названия и собирают эффектные коллекции Bondibon. Коллекция динозавров юрского периода ДИНОЗАВРЫ 2 понравится всем любителям дино. Фигурки выглядят реалистично, чтобы ребёнок играл и познавал доисторический мир с удовольствием. В комплекте 4 фигурки - Брахиозавр, Полакантус, Велоцираптор, Птеродактиль. Игрушки не содержат вредных веществ. Сделаны из приятного на ощупь пластика. Мини животные подходят для детей от 3-х лет. Отличный подарок на день рождение и другие праздники! Поощряйте поучительное и занимательное хобби мальчиков и девочек. Подарите ребенку набор коллекционных фигурок &amp;quot;ДИНОЗАВРЫ 2 &amp;quot; Bondibon из серии Ребятам о зверятах.</t>
   </si>
   <si>
     <t>958904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e23/oydyuu0r9b5w0vpio1vmttek8780xf6n.jpg</t>
@@ -506,95 +485,131 @@
   <si>
     <t>958908</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/cifp23as119xg2k15i5etgl42d3sfg2h.jpg</t>
   </si>
   <si>
     <t>Набор фигурок Насекомые, 8 предметов</t>
   </si>
   <si>
     <t>Набор фигурок Насекомые, 8 предметов, пакет</t>
   </si>
   <si>
     <t>972656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/422/zk35wqrv2evrl1yahb8it5seyzhin3lb.jpg</t>
   </si>
   <si>
     <t>Динозавр, звук, элементы питания AG13*2 входят в комплект, пакет</t>
   </si>
   <si>
     <t>972658</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/56d/qicbpcolhnvrnpv58tkqbwj6m739ku5s.jpg</t>
+  </si>
+  <si>
+    <t>Набор фигурок Динозавры, 6 штук</t>
+  </si>
+  <si>
+    <t>Набор фигурок Динозавры, 6 штук, пакет</t>
+  </si>
+  <si>
+    <t>972671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b92/n24q4sn1jgzttyumorwjrqbgl0sw605j.jpg</t>
+  </si>
+  <si>
+    <t>Набор динозавров, 6 штук</t>
+  </si>
+  <si>
+    <t>Набор динозавров, 6 штук, пакет</t>
+  </si>
+  <si>
+    <t>977366</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/330/vkpr7i5mnbq97m2h7hv6svnfhi959b8l.jpg</t>
   </si>
   <si>
     <t>Собака виниловая 17х15 см.</t>
   </si>
   <si>
     <t>986585</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b4/u3x873dc227m8ne3ss271z0ic9waepf2.jpg</t>
+    <t>http://anytos.ru//upload/iblock/9de/djf80bwoivgp8tf3238od7su9muaq184.jpg</t>
   </si>
   <si>
     <t>Ящерица, лист картонный</t>
   </si>
   <si>
-    <t>997661</t>
+    <t>Тянущаяся ящерица – очень классная игрушка, которая идеально подходит для приколов и розыгрышей! Кроме того, игрушка обладает прекрасными антистрессовыми свойствами. Ящерицу можно мять, сжимать в руках и растягивать, она каждый раз всё равно будет принимать свою прежнюю форму! Размер игрушки &amp;#40;ДхШхВ&amp;#41; составляет 18х7х2 см. Размер упаковки &amp;#40;ДхШхВ&amp;#41; составляет 26,5х18,5х2 см. Изготовлено из полимерных материалов. Рекомендованный возраст: 3 года &amp;#43;</t>
+  </si>
+  <si>
+    <t>996216</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a4/8dsxgdicro11hwydyx2l2i31zgpa02cy.jpg</t>
+  </si>
+  <si>
+    <t>997663</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d4e/62yw2arldsf44hbc5m2dm8gkbbtcdao1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/236/6vudfa5t50mb90wy64brt45dwq7p8y36.jpg</t>
   </si>
   <si>
     <t>997666</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2a/f59nrijfvil7x7396gc4dafqjtdpufzh.jpg</t>
   </si>
   <si>
     <t>997667</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a4a/az6bqhddtfgsdfwc7pcu768wrylgv5bl.jpg</t>
+  </si>
+  <si>
+    <t>997668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbc/lvqfibrdxvgq75ui1got05n3in8pewql.jpg</t>
+  </si>
+  <si>
+    <t>997670</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f1e/5u568mk5pskfea7w7flrc26tloxag0ol.jpg</t>
   </si>
   <si>
     <t>Фигурка Собака</t>
   </si>
   <si>
     <t>Собака, пакет</t>
   </si>
   <si>
     <t>997674</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bf/uvuwfj71k6qoxdwfhdfrho6r2sbrscn8.jpg</t>
   </si>
   <si>
     <t>Фигурка  quot;КОРОВА quot; со светом и звуком, Ребятам о Зверятах Bondibon</t>
   </si>
   <si>
     <t>Веселые приключения на ферме ждут Вас! Фигурка КОРОВА со светом и звуком серии Ребятам о Зверятах от Bondibon создана для увлекательного изучения окружающего мира через игру. Нажмите на кнопку на спинке коровы, чтобы включить подсветку и услышать характерный звук этой птицы. С такой фигуркой Вы сможете придумать множество игровых сценариев. К тому же, небольшую игрушку можно повесить на сумку или рюкзак, и взять с собой на прогулку, в гости или в путешествие. Фигурка КОРОВА со светом и звуком серии Ребятам о Зверятах от Бондибон позволяет развить воображение, творческое мышление, мелкую моторику и познавательные способности. Эта игрушка послужит отличным подарком для ребенка, который интересуется животными или просто любит играть с фигурками. Яркий цвет, забавная форма, световой и звуковой эффекты, а также качественные материалы делают игрушку привлекательной, комфортной и безопасной для детей. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>1000059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2c/3lzm5u4tbt6rked8m4oog66sg5f514ou.jpg</t>
@@ -806,108 +821,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/af9/a2z30blby30dlyb0710920dwspomlcn4.jpg</t>
   </si>
   <si>
     <t>Набор фигурок Bondibon Ребятам о зверятах  quot;Динозавры quot; 6 штук</t>
   </si>
   <si>
     <t>Шесть ярких и крупных фигурок динозавров! Набор фигурок ДИНОЗАВРЫ серии Ребятам о Зверятах от Bondibon – отличный выбор для увлекательного знакомства детей с окружающим миром в игровой форме! Фигурки имеют реалистичный дизайн. Стегозавр, бронтозавр, тираннозавр, платеозавр, цератозавр и трицератопс просто созданы для интересных сюжетно-ролевых игр. Проявите фантазию и придумайте различные сценарии. Набор способствует запоминанию информации о динозаврах, стимулирует воображение, помогает в развитии мелкой моторики, координации движений, познавательных способностей и интереса к биологии. Набор фигурок ДИНОЗАВРЫ серии Ребятам о Зверятах от Бондибон станет отличным подарком для ребенка, который интересуется древними рептилиями и любит играть с фигурками животных. Набор изготовлен из качественных безопасных материалов. Размер фигурок 20-25 см. В набор входят: 6 фигурок. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>1000078</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/261/774gkdynf9tx2wqby2t5lk5dewc26tcw.jpg</t>
   </si>
   <si>
     <t>Игрушка Jungle Animal World Страус, арт. W04777-4. CRD 18 9,5 1 см.</t>
   </si>
   <si>
     <t>Игрушка Jungle Animal World Страус, арт. W04777-4. CRD 18*9,5*1 см.</t>
   </si>
   <si>
     <t>1000079</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6aa/05kbx6uzwl5tdvvhwglo65yqatxxtfyw.jpg</t>
-[...8 lines deleted...]
-    <t>1010199</t>
+    <t>http://anytos.ru//upload/iblock/9bc/3b8lo0ii73nlhw20x54e9jz05kfx2vx4.jpg</t>
+  </si>
+  <si>
+    <t>Игровой набор Фигурки животных  quot;Насекомые quot;, 5 см,  quot;В мире животных quot;, 8 видов, 1TOY, Т10499</t>
+  </si>
+  <si>
+    <t>Набор из 8 фигурок &amp;quot;Насекомые&amp;quot; позволит ребенку не только играть с такими интересными игрушками, но и изучить их названия с помощью взрослых. Кроме того, набор поможет детям разыграть увлекательную сюжетную игру. Если ребенок с самого раннего детства проявляет небывалый интерес к насекомым и животным, то предложите ему собрать коллекцию миниатюрных копий различных жучков. Фигурки из набора удивят детей реалистичным исполнением, поэтому крохи смогут устроить небольшую полянку с жучками прямо на полочке в своей комнате.Игры с фигурками станут хорошей тренировкой для мелкой моторики рук детей и их координации движений, а еще позволят крохам проявить фантазию и улучшить образное мышление.Насекомые выполнены из сертифицированного пластика, который безопасен для детей и равномерно окрашен стойкими красителями.</t>
+  </si>
+  <si>
+    <t>1010202</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1toy/"&gt;1toy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94b/u6cw99lc35c0p87rqaqz69439qd5mixl.jpg</t>
   </si>
   <si>
     <t>Крокодил, лист картонный</t>
   </si>
   <si>
     <t>1012979</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/948/sk5uens6ob3tju33o7pq64w9aai89sll.jpg</t>
   </si>
   <si>
     <t>Набор динозавров, 12 предметов</t>
   </si>
   <si>
     <t>Набор динозавров, 12 предметов, пакет</t>
   </si>
   <si>
     <t>1012980</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a9/uav05wo2ra8hk7idz2smm2vtamrntvi2.jpg</t>
   </si>
   <si>
     <t>Набор морских обитателей, 6 предметов</t>
   </si>
   <si>
     <t>Набор морских обитателей, 6 предметов, пакет</t>
   </si>
   <si>
     <t>1012981</t>
-  </si>
-[...10 lines deleted...]
-    <t>1012982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28c/p5274vhprecukbgld1u9p15e3gu0b340.jpg</t>
   </si>
   <si>
     <t>Собака</t>
   </si>
   <si>
     <t>1012983</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f0/o5cxwsz869jkcik7as2mnybq7i4kzioh.jpg</t>
   </si>
   <si>
     <t>1012984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/933/3rgf2f86zwl7ria72ou4mb44ey8acc57.jpg</t>
   </si>
   <si>
     <t>1012985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c5/bwjffry9wvb44mcrdoqqzfcxyrpaqvaa.jpg</t>
   </si>
@@ -1297,1982 +1300,1948 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J85"/>
+  <dimension ref="A1:M83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G85" sqref="G85"/>
+      <selection pane="bottomRight" activeCell="G83" sqref="G83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...220 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...521 lines deleted...]
-      </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>58</v>
+        <v>169</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>80</v>
+        <v>169</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C46" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...29 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...77 lines deleted...]
-      <c r="E51" s="3" t="s">
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...518 lines deleted...]
-      </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>282</v>
+        <v>186</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...45 lines deleted...]
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">