--- v0 (2025-12-31)
+++ v1 (2026-02-20)
@@ -12,143 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/91f/91f6f6bee5fd69fe2ab2c121bcbe7fd5/6d67af7d046a75024a88c134c78ad47d.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет.  4  для уроков труда  63 эл 00851</t>
+  </si>
+  <si>
+    <t>Конструкторы металлические, кострукторы для труда</t>
+  </si>
+  <si>
+    <t>296698</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39a/39a95019edcde687ecbcfadb5b667667/3c34c8a604e2ad6a4c323efc4f08666d.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет.  5  для уроков труда  68 эл 00852</t>
+  </si>
+  <si>
+    <t>296699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e71/e7113c64caa3a37b305256cab0b68b0f/871b17d8a797cb60f07625a3f6667b72.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет.  6  для уроков труда  80 эл 00853</t>
+  </si>
+  <si>
+    <t>296700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e89/e894132fc0d6de839d65c612647cb6e3/650e94b1565ace2498d159d02da2ff26.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет. Школьный-1 для уроков труда 02049</t>
+  </si>
+  <si>
+    <t>Коснтруктор &amp;quot;Школьный&amp;quot; создан специально для уроков труда в общеобразовательных учебных заведениях. Коснтруктор поможет малышу развить внимательность, моторику рук, логическое мышление.Комплектность:72 детали.</t>
+  </si>
+  <si>
+    <t>296705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24e/24e059f247a1d2d69db0cc6c10dcc4e2/a2bb236209246d4ce3d5f61ebc6221a3.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет. Школьный-2 для уроков труда 02050</t>
+  </si>
+  <si>
+    <t>296706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9e/c9eb11f031b5612b2d79336ffee699a8/469c2b3b8d0af08e1bd53f46ef9c3705.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет. Школьный-3 для уроков труда 02051</t>
+  </si>
+  <si>
+    <t>296707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c57/c5791039146738141e22d39b24ce9d5f/3c81f01b4b266981a73d0b52b9cbfdbb.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет.  1  д уроков труда  206 эл.</t>
+  </si>
+  <si>
+    <t>Конструктор мет. №1 &amp;#40;д/уроков труда&amp;#41; 206 эл.</t>
+  </si>
+  <si>
+    <t>357344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d9/4d97b4347b0114d9d5a56998392513f8/d8294a49030005341fb2c3dfe06ee4e7.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет.  2  д уроков труда  290 эл.</t>
+  </si>
+  <si>
+    <t>Конструктор мет. №2 &amp;#40;д/уроков труда&amp;#41; 290 эл.</t>
+  </si>
+  <si>
+    <t>357345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/589/589cad55c8182f586c455ffb15b27fb9/d4e560199602cd5db916a9c2e88a88b3.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор мет.  3  д уроков труда  332 эл.</t>
+  </si>
+  <si>
+    <t>Конструктор мет. №3 &amp;#40;д/уроков труда&amp;#41; 332 эл.</t>
+  </si>
+  <si>
+    <t>357346</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f20/brab0k62ioy7vvbu4s4l1sgunjm9mgt2.jpg</t>
   </si>
   <si>
     <t>Конструктор металлический ЮНЛАНДИЯ  quot;Для уроков труда  1 quot;, развивающий, 206 элементов, 104679</t>
   </si>
   <si>
     <t>Металлический конструктор ЮНЛАНДИЯ «Для уроков труда №1» – проверенная временем детская развивающая игра. Дети любят возиться с металлическими деталями, вставлять и закручивать винтики, орудуя гаечным ключом. Многодетальный комплект, из которого можно собрать любую машину или самокат, развивает фантазию ребенка, мелкопальчиковые движения способствуют развитию речи, а самостоятельное создание моделей формирует пространственное мышление.Комплектация: детали - 204 шт., ключ гаечный - 1 шт., отвертка - 1 шт., инструкция по сборке.Конструктор включает 206 деталей, выполненных из светлого металла и пластика. Имеются и круглые, подвижные элементы. Комплект снабжен подробной пошаговой инструкцией, предполагающей создание 5 моделей. Предназначен для детей от 6 лет. Все элементы помещены в картонную коробку. Изделие произведено в России.Данный товар представлен в среднем ценовом диапазоне.</t>
   </si>
   <si>
-    <t>Конструкторы металлические, кострукторы для труда</t>
-[...1 lines deleted...]
-  <si>
     <t>424368</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ae/qph4qupoog953syyuycdr0bbw179uu04.jpg</t>
   </si>
   <si>
     <t>Конструктор металлический ЮНЛАНДИЯ  quot;Для уроков труда  2 quot;, развивающий, 290 элементов, 104680</t>
   </si>
   <si>
     <t>Неистощим интерес детей к познанию мира! Конструктор металлический ЮНЛАНДИЯ «Для уроков труда №2» способствует развитию мышления, мелкой моторики, речи, фантазии младших школьников. Набор используется и на уроках труда в начальной школе. В картонной коробке упакованы металлические и пластмассовые детали, включая подвижные, крепления, ключи – всего 290 элементов, что предоставляет богатые возможности для конструирования. Комплектация: детали - 288 шт., ключ гаечный - 1 шт., отвертка - 1 шт., инструкция по сборке.Есть подробная инструкция с описанием 5 моделей. С помощью отдельных деталей ребенок сначала под руководством взрослого, а позже и самостоятельно будет создавать модели самолета, велосипеда, вертолета, машины и коляски. Набор предназначен для детей от 6 лет, уровень сложности – начальный. Цвет всех деталей – светло-серый, материал соответствует всем требованиям ГОСТа.</t>
   </si>
   <si>
     <t>424369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2e/dg1313z5d3o5u2s7r49ukz70c8rlq8gr.jpg</t>
   </si>
   <si>
     <t>Конструктор металлический ЮНЛАНДИЯ  quot;Для уроков труда  3 quot;, развивающий, 292 элемента, 104681</t>
   </si>
   <si>
     <t>Металлический конструктор ЮНЛАНДИЯ позволяет ребенку в игре развивать логическое и абстрактное мышление, мелкую моторику рук, внимательность и фантазию. Прекрасно подходит для уроков труда в школе. В комплект входят 292 элемента, среди которых есть подвижные детали, позволяющие собрать бесчисленное количество моделей. Комплектация: детали - 290 шт., ключ гаечный - 1 шт., отвертка - 1 шт., инструкция по сборке.Для удобства в набор входит подробная иллюстрированная инструкция с пошаговыми рекомендациями по сборке 5 разных моделей, которая познакомит начинающего мастера с азами сборки. Начальный уровень сложности сборки предусмотрен для детей младшего и среднего школьного возраста. Элементы конструктора выполнены из металла и пластика. Также в набор входят пластиковые детали.Поставляется в картонной упаковке.</t>
   </si>
   <si>
     <t>424370</t>
-  </si>
-[...10 lines deleted...]
-    <t>424371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffe/fhns7tq166rgkck26w23fpe8iw19pjlr.jpg</t>
   </si>
   <si>
     <t>Конструктор металлический ЮНЛАНДИЯ  quot;Для уроков труда  5 quot;, развивающий, 155 элементов, 104683</t>
   </si>
   <si>
     <t>Металлический конструктор ЮНЛАНДИЯ - прекрасный подарок для ребенка старше 6 лет. Набор отлично подходит для уроков труда, также может быть актуален и для частного домашнего использования. Вес товара - 430 г вместе с упаковкой, в комплект входит 155 элементов.Комплектация: детали - 153 шт., ключ гаечный - 1 шт., отвертка - 1 шт., инструкция по сборке.Большая часть деталей изготовлена из металла, но есть и дополнительные элементы из пластика &amp;#40;например, миниатюрные колеса&amp;#41;. Каждый набор укомплектован специальной отверткой и гаечным ключом. Предусмотрена инструкция, в которой подробно описаны и проиллюстрированы схемы сборки 5 моделей: вертолета, самолета, коляски, велосипеда и автомобиля. Можно собирать изделия по предложенным схемам или придумывать свои. Набор позволяет создавать разнообразные типы моделей, сформировать представление о строении различных типов транспортных средств и механизмов. Развивает мелкую моторику, усидчивость, логическое и абстрактное мышление.</t>
   </si>
   <si>
     <t>424372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/437/2cqn7cuht53mxy56fenejmoj6t6rvwxm.jpg</t>
   </si>
   <si>
     <t>Конструктор металлический ЮНЛАНДИЯ  quot;Для уроков труда  6 quot;, развивающий, 146 элементов, 104684</t>
   </si>
   <si>
     <t>Металлический конструктор ЮНЛАНДИЯ предназначен для ознакомления с азами конструирования, помогает в развитии мелкой моторики, абстрактного и логического мышления. Отлично подходит для школьных уроков труда. В набор входит 146 элементов, уровень сложности сборки - начальный. Комплектация: детали - 144 шт., ключ гаечный - 1 шт., отвертка - 1 шт., инструкция по сборке.В комплектацию входит инструкция, в которой описан пошаговый алгоритм создания 5 моделей &amp;#40;подъемный кран, коляска, самолет, 2 вида автомобилей&amp;#41;. Освоив азы работы с гайками, винтами, отверткой и гаечным ключом, можно смело приступать к созданию собственных схем сборки. Простор для фантазии безграничен: можно конструировать транспортные средства, всевозможные промышленные машины, мебель и т.д.Данный товар относится к товарам средней ценовой категории. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>424373</t>
   </si>
@@ -499,57 +586,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G9" sqref="G9"/>
+      <selection pane="bottomRight" activeCell="G17" sqref="G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -569,179 +656,353 @@
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F9" s="3" t="s">
+      <c r="B11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="G9" s="3" t="s">
-        <v>18</v>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">