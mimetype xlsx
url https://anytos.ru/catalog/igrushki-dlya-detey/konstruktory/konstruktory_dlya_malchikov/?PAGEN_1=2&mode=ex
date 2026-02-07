--- v0 (2025-10-25)
+++ v1 (2026-02-07)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="353">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/939/93946cfa11d94667330e662b404d4018/5c9292c0a64147a5838a03cbf5c0c973.jpg</t>
   </si>
   <si>
     <t>Констр. ENLIGHTEN пласт., Вертолет, BOX</t>
   </si>
   <si>
     <t>Констр. ENLIGHTEN пласт., Вертолет, BOX, арт. 1223</t>
   </si>
   <si>
     <t>Конструкторы для мальчиков</t>
@@ -107,71 +116,74 @@
   <si>
     <t>Конструктор 2 в 1 в яйце, Армия, серия Micro Мир, D/B 12&amp;nbsp;&amp;nbsp;шт.,26х9х19, Космос-4 вида, арт.M6806С.</t>
   </si>
   <si>
     <t>355765</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d20/d2015cbb0493b2b4706962d12a1e4b24/a60662156058fee6e65feb6e9406f238.jpg</t>
   </si>
   <si>
     <t>Bondibon Конструктор на шестеренках  ВЕСЕЛАЯ КАРУСЕЛЬ  49 деталей</t>
   </si>
   <si>
     <t>Конструктор познакомит ребенка с первым этапом машиностроения  с понятиями зубчатое колесо или шестерня. Также поможет развить творческие способности, абстрактное воображение, логическое мышление и мелкую моторику. Cостоит из блок-пазлов и шестеренок, которые соединяются друг с другом. Вместе детали образуют рабочие механизмы разных сложностей. Основная задача - построить конструкцию для создания подвижного механизма.  Чтобы привести его в движение поверните рукоятку. В набор входит 49 деталей для сборки конструктора, набор наклеек, инструкция.</t>
   </si>
   <si>
     <t>356588</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7a7/7a76d5668084322cf9e7cd511c769f76/63ed58c140fba9961c1bf09fd06dc979.jpg</t>
-[...2 lines deleted...]
-    <t>Bondibon Конструктор на шестеренках  ВЕСЕЛАЯ КАРУСЕЛЬ  58 деталей</t>
+    <t>http://anytos.ru//upload/iblock/f30/f3098fb769c1503ed3e2ab4e6d400703/c9503d77f116ca48f2086f54a08b8e11.jpg</t>
+  </si>
+  <si>
+    <t>Bondibon Конструктор на шестеренках  ЧУДЕСНЫЙ САД  100 деталей</t>
   </si>
   <si>
     <t>Конструктор познакомит ребенка с первым этапом машиностроения  с понятиями зубчатое колесо или шестерня. Также поможет развить творческие способности, абстрактное воображение, логическое мышление и мелкую моторику. Cостоит из блок-пазлов и шестеренок, которые соединяются друг с другом. Вместе детали образуют рабочие механизмы разных сложностей. Основная задача - построить конструкцию для создания подвижного механизма.  Чтобы привести его в движение поверните рукоятку. В набор входит 58 деталей для сборки конструктора, набор наклеек, инструкция.</t>
   </si>
   <si>
-    <t>356589</t>
-[...7 lines deleted...]
-  <si>
     <t>356593</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/55f/55fc99299e543445b31c0e11e4b78703/2839ade1faf24450138b1eaf208092bb.jpg</t>
+  </si>
+  <si>
+    <t>Машинка конструктор с отверткой, BONDIBON,  МЧС , 6 в 1, красная, BOX 26.8x8.6x21.2</t>
+  </si>
+  <si>
+    <t>С помощью данного конструктора ребенок сможет с легкостью разобрать и собрать полноценную машинку, ведь в комплекте есть специальная отвертка. Готовой машинкой можно полноценно играть, придумывать с ней интересные приключения, проводить гонки. Мягкие прорезиненные колеса, обеспечивающее надежное сцепление с поверхностью, позволяют машинке легко передвигаться. Разбирать и собирать машинку можно многократно, также не воспрещается вносить собственную модернизацию. Подобные увлечения отлично тренируют логику и конструктивное мышление.</t>
+  </si>
+  <si>
+    <t>368468</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ede/ede04768393d1f10eb006c12322c5eea/0573ff26e75f32b12c016c7c283314fd.jpg</t>
   </si>
   <si>
     <t>Строительный набор11 эл</t>
   </si>
   <si>
     <t>397084</t>
   </si>
   <si>
     <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/397/397d2d82f05ed6ad4b6656cb8edd51af/881e575f5616c55bca8158c523f7c709.jpg</t>
   </si>
   <si>
     <t>Строительный набор15 эл</t>
   </si>
   <si>
     <t>397085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/794/79400ecf98b9dd0187ac76855cd66b3f/209486305393286f15a308d7db9f94d9.jpg</t>
   </si>
   <si>
     <t>Конструктор с отверткой Bondibon, Собирай и Играй  АВТОБУС ,40 дет., красный, BOX 24x12x21. ВВ4159</t>
@@ -221,50 +233,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/396/3967e8f8152533ddc766eeaa8bef8c5e/0aa4ef41bd0c5ec7a9a59a73d7281722.jpg</t>
   </si>
   <si>
     <t>Конструктор с отверткой Bondibon, Собирай и Играй  ПОЖАРНАЯ ИНСПЕКЦИЯ , 55 дет. ВВ4155</t>
   </si>
   <si>
     <t>Конструктор с отверткой непременно понравится любому мальчику! Набор с подробной инструкцией поможет собрать детализированный, красивый автомобиль пожарной инспекции, обладающий световыми и звуковыми эффектами! Изготовлен из качественных, гипоаллергенных материалов. Колёса автомобиля выполнены из резины, собранная машина может ездить по ровной поверхности. Для работы необходим элемент питания 3XAG13 входят в комплект. Игра с конструктором поможет мальчику почувствовать себя настоящим инженером-механиком, развить внимание, концентрацию и понимание базовых принципов механики.</t>
   </si>
   <si>
     <t>401546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/960/960cb30706a2c5075aef8c5359f8bec5/fb38afae4d3191fd7f509d3c9c133c66.jpg</t>
   </si>
   <si>
     <t>Конструктор с отверткой Bondibon, Собирай и Играй  ТУРИСТИЧЕСКИЙ АВТОБУС , 45 дет., голубой. ВВ4172</t>
   </si>
   <si>
     <t>Конструктор с отверткой непременно понравится любому мальчику! Набор с подробной инструкцией поможет собрать детализированный, красивый туристический автобус, обладающий световыми и звуковыми эффектами! Изготовлен из качественных, гипоаллергенных материалов. Колёса автомобиля выполнены из резины, собранная машина может ездить по ровной поверхности. Для работы необходим элемент питания 3XAG13 входят в комплект. Игра с конструктором поможет мальчику почувствовать себя настоящим инженером-механиком, развить внимание, концентрацию и понимание базовых принципов механики.</t>
   </si>
   <si>
     <t>401547</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/44a/44ab0811b222a91bde116347cf4091d3/c368285d3eefb6a6a4fcfc8639b4bca4.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор-скрутка Спецназ 28,5х8,5х19см, коробка</t>
+  </si>
+  <si>
+    <t>562484</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/25f/25f5dbfd77277bc21ca758d89fb1e1e7/5f1eaf1c0e878064091cd075d6025521.jpg</t>
   </si>
   <si>
     <t>Конструктор Робот-паук</t>
   </si>
   <si>
     <t>&amp;quot;Робот-паук умеет ходить, но, чтобы его собрать, ребенку нужно лишь разобраться в механизме робота и заодно узнать основы роботостроения –шестеренки, нюансы крутящего момента. Правильное следование инструкции поможет добиться от робота удивительных телодвижений.</t>
   </si>
   <si>
     <t>596403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/227/2271595fe5d2b22b1d39bce70db90e9e/ae9ec1a08c7114d8b00936b46c5614fb.jpg</t>
   </si>
   <si>
     <t>Конструктор Монстр-трак</t>
   </si>
   <si>
     <t>&amp;quot;Роботы на энергии солёной воды несомненно обрадуют каждого ребенка! Монстр-трак ездит на простой соленой воде. Игрушка наглядно демонстрирует возможность получения энергии из соленой воды. Игрушка приводится в движение при помощи специального топливного элемента на растворе соли. Все что потребуется — это легко и просто собрать модель из конструктора и капнуть немного соленой воды в специальный отсек.&amp;quot;</t>
   </si>
   <si>
     <t>596404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26a/26a5850b0b5a50370655120682b44dd8/f0884ecdfea98154e56f5f762de5553f.jpg</t>
@@ -293,62 +314,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7f6/7f6566324d130eae70fa4180639a769a/42ab2eb39b239fb12ddf967b16c1d529.jpg</t>
   </si>
   <si>
     <t>Конструктор Робот - божья коровка</t>
   </si>
   <si>
     <t>Движение робота по линии - самый популярный эксперимент начинающего роботостроителя.Для того, что бы наш робот мог двигаться по полю с черной линией нам необходимы уже датчики, которые смогли бы различать белое и черное поля. Эти датчики называются датчиками линии.&amp;nbsp;&amp;nbsp;В их задачу входит определять наличие белого или черного поля и сообщать об этом контроллеру.Для определения белого или черного поля используется электронный компонент, состоящий из инфракрасного светодиода&amp;#40;ИК&amp;#41; и инфракрасного фотодиода. ИК светодиод излучает свет в инфракрасном диапазоне с длиной волны порядка 940 нанометра.&amp;nbsp;&amp;nbsp;Такой диапазон света используется для защиты от помех, создаваемых осветительными лампами, солнечным светом.Рассмотрим два варианта возможных событий. 1. Датчик находится над белым полем.Отраженный от белого поля свет попадает на фотодиод. Далее уже оцифрованный компаратором электрический сигнал поступает на вход контроллера.&amp;nbsp;&amp;nbsp;Контроллер исходя из написанной программы воспринимает этот сигнал именно, как белое поле.2. Датчик находится над черным полем.Как мы знаем их физики, черное поле поглащает свет. Отражения не происходит. Такое состояние датчика контроллером воспринимается, как наличие черного поля.&amp;nbsp;&amp;nbsp;На выходе фотодиода формируется хаотичный аналоговый сигнал.</t>
   </si>
   <si>
     <t>596408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72a/72a23f71ee5e64acbddc7215abec060c/b2f2d587275bf1adeef10d6bfef533b7.png</t>
   </si>
   <si>
     <t>Конструктор Робот-художник 3 в 1</t>
   </si>
   <si>
     <t>Из этого конструктора можно собрать интересную игрушку - Робота Художника. В собранном виде робот сможет создавать удивительные кружева из линий, которые статут прекрасным дополнением при изготовлении поздравительных открыток и прочих поделок. Кроме того Робот может быть использован как в комплекте с фломастерами, так и без них, становясь забавным передвигающимся и кружащимся механическим паучком. Игра с конструктором способствует развитию мелкой моторики и координации.В наборе 22 элемента.</t>
   </si>
   <si>
     <t>596409</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d17/d17ea9b258d25bbd3b0b30fb3fbb0b0b/f3bbdb4adc6aae64bcabe551cc12c60a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f2/7f2befbd4b010356c224bd9a615963e5/208705ebb78dfba92af54af1aef89e99.jpg</t>
   </si>
   <si>
     <t>Конструктор Космический флот 7 в 1</t>
   </si>
   <si>
     <t>Из этого конструктора можно собрать целый космический флот! Блок солнечных батарей в комплекте приведет Ваши космолеты в движение. Сборка моделей - очень увлекательный процесс, однако Вам придется включить логику и воображение. 7 рабочих моделей: космическая станция, робот, вездеход, космический корабль, космонавт, шатл, собака.</t>
   </si>
   <si>
     <t>596411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9b/e9b401c9fb6e94ed7eda7f45674e976f/65b1271b74dc0e1e19268b7b699fb593.jpg</t>
   </si>
   <si>
     <t>Конструктор Внедорожник</t>
   </si>
   <si>
     <t>Конструктор &amp;quot;Внедорожник&amp;quot; - это набор для самостоятельной сборки, позволяющий собрать модель классического рамного внедорожника. Сборка управляемых электромеханических систем помогает ребенку развивать мышление и знакомит с технологией роботостроения. Конструктор работает от солнечного света под действием прямых солнечных лучей в солнечный день или от прямого электрического света лампы накаливания мощностью 75 Вт и выше или галогенной лампы аналогичной мощности.</t>
   </si>
   <si>
     <t>596412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f9/6f93ed5a52c48c2e36c7df0c7387829f/bc33814a7861907c4343a3a9771b723e.jpg</t>
@@ -446,62 +455,50 @@
   <si>
     <t>596423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f82/f8267bc2d959f8b71c99e295a7ac871b/26e6ce34bea65588678ae2518ab0d170.jpg</t>
   </si>
   <si>
     <t>Конструктор  quot;Суперкар 9 в 1 quot;</t>
   </si>
   <si>
     <t>596424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae1/ae12de6bb3232cfed01567e6b152b474/82fa0abf85836cbaf29cdef39ed09d6a.jpg</t>
   </si>
   <si>
     <t>Конструктор Боевой робот 3 в 1</t>
   </si>
   <si>
     <t>Оригинальная игрушка-конструктор позволяет самому собрать из комплекта деталей 3 различных робота, работающих от солнечной энергии. Такой конструктор стимулирует у ребенка тягу к познаниям и изучению физики и механики, он позволит Вам наглядно продемонстрировать ребенку принцип использования солнечной энергии и станет необычным сувениром как взрослому, так и ребенку.</t>
   </si>
   <si>
     <t>596425</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/633/633e28e34c6bfa8b8759ddbf47580425/546ea5cddda19da5048e374cf2d048ca.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/08e/08ef68230fc75eb0d3df45760eb20e26/54a94b27ff40497bfce5e8fb5be6c6b7.jpg</t>
   </si>
   <si>
     <t>Конструктор Капитан Ромео</t>
   </si>
   <si>
     <t>Оригинальная игрушка-конструктор позволяет самому собрать из комплекта деталей робота, работающего от солнечной энергии. Такой конструктор стимулирует у ребенка тягу к познаниям и изучению физики и механики, он позволит Вам наглядно продемонстрировать ребенку принцип использования солнечной энергии и станет необычным сувениром как взрослому, так и ребенку.</t>
   </si>
   <si>
     <t>596427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f6/1f6f0dd6e0b33b26b3ca700fa520efb1/84beeb8d3f946e74bd110541e7b5c9b1.jpg</t>
   </si>
   <si>
     <t>Конструктор Роботостроение 14 в 1</t>
   </si>
   <si>
     <t>Отправляемся в будущее! Самостоятельно собираем этих невероятных автономных роботов, работающих от экологически чистого и неистощимого источника солнечной энергии. Набор позволяет детям познакомиться с увлекательным миром робототехники, электроники, механики и технологии солнечной энергии.</t>
   </si>
   <si>
     <t>596428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/929/929cccf7d9a0fb41f23fe82966f39e38/18ed1ecfbf606685c5c65088cb5a2b8b.jpg</t>
@@ -659,62 +656,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e78/e78bb786ace4bc54847effff73d96bcf/48c97afa7f87b365adb3742e4a566528.jpg</t>
   </si>
   <si>
     <t>Конструктор Робот-Сверчок</t>
   </si>
   <si>
     <t>Робот-сверчок – копия сверчка стеблевого дальневосточного, насекомого семейства настоящие сверчки, встречающегося на Дальнем Востоке России, в Китае и Японии. Имеет удлиненное тело &amp;#40;11—13 мм&amp;#41; светло-зеленого цвета. Усики тонкие, длиннее тела. Самки имеют длинный яйцеклад, расширенный на вершине. Яйца цилиндрические, желтоватые, до 3 мм в длину. Откладываются в стебли и черешки листьев по 2—4 штуки. Личинки похожи на взрослых, но мельче и только с зачатками крыльев. Появляются в начале июля и встречаются до сентября.</t>
   </si>
   <si>
     <t>596444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd3/dd31ca7992db583f058c925fd9ab55e1/b1528a8f9d21354b5f048d51e8092cb8.jpg</t>
   </si>
   <si>
     <t>Конструктор Робот-Скорпион</t>
   </si>
   <si>
     <t>Робот-скорпион – копия желтого скорпиона, также называемого смертельный охотник, беспозвоночное животное из отряда членистоногих из класса паукообразных. Для защиты от врагов и охоты они применяют мощный коктейль из нейротоксинов. Для детей, а также людей с ослабленным здоровьем и заболеваниями сердца укус желтого скорпиона является смертельным.</t>
   </si>
   <si>
     <t>596445</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a24/a2493c584a9d5a84a8a3584cbaa3cf46.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/084/7zc3wlx8turkrge1q5ll3w4g8i0i4lvd.jpg</t>
   </si>
   <si>
     <t>Конструктор Лунная станция 3 в 1</t>
   </si>
   <si>
     <t>Из этого конструктора можно собрать настоящую лунную станцию! Блок солнечных батарей в комплекте приведет Ваши космолеты в движение. Сборка моделей - очень увлекательный процесс, однако Вам придется включить логику и воображение. 3 рабочих моделей: космическая станция, шатл, луноход.</t>
   </si>
   <si>
     <t>685767</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/865/3hn99lxza2v8miq598yt7p59n0rltz6p.jpg</t>
   </si>
   <si>
     <t>Конструктор Робот Тобби</t>
   </si>
   <si>
     <t>Тобби — умный шестиногий робот — прекрасно ладит с детьми. Он работает в двух режимах: следует за объектом и объезжает объекты. В режиме «Слежение» Тобби следует за объектом, как послушное домашнее животное. Благодаря инфракрасному сенсору в режиме «Навигация» Тобби может объезжать препятствия и выбирать дорогу для движения. Робот издает приятные звуки, оснащен световыми эффектами, которые помогают ему выражать эмоции и сопровождают жесты, делая его похожим на настоящего питомца. Размер коробки: 280x80x230 мм. Вес изделия: 0,541 кг</t>
   </si>
   <si>
     <t>685768</t>
@@ -740,137 +725,192 @@
   <si>
     <t>685770</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48b/142kxpwc09sd7lp5fyxy749eulz1dq97.jpg</t>
   </si>
   <si>
     <t>Конструктор Робот-черепаха</t>
   </si>
   <si>
     <t>685771</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/798/loqeqpnlelam2gbgcypnm0w9rsst4c5j.jpg</t>
   </si>
   <si>
     <t>Конструктор Тирекс 4 в 1</t>
   </si>
   <si>
     <t>Набор, позволяющий собрать 4 различных моделей, работающих от солнечной батареи. Все модели движутся – достаточно их вынести на яркое солнце или поместить под настольную лампу. В подробной инструкции, входящей в набор, вы найдете не только пошаговое описание порядка сборки, но и интересные сведения о солнечных батареях.</t>
   </si>
   <si>
     <t>685772</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6d0/2hwvp8j8q86mj06d6xcfp409s7gk2e42.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор  quot;Спорткар quot;</t>
+  </si>
+  <si>
+    <t>С конструктором &amp;quot;Спорткар&amp;quot; юный гонщик сможет собрать крутую гоночную машину размером 15*4,5*5,5 см. В состав набора входит фигурка и суммарно 198 деталей.</t>
+  </si>
+  <si>
+    <t>711640</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/qman/"&gt;QMAN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28c/wo1wgb21qv1ht37if5xkr5a4s4vdwtzz.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор-скрутка пистолет, 29х8х25, коробка</t>
+  </si>
+  <si>
+    <t>Потрясающее игрушечное оружие, которое понравится каждому ребенку.&lt;br /&gt;
+ В комплект входят пистолет, отвертка, 6-гранный ключ, патроны.&lt;br /&gt;
+ Принцип работы:&lt;br /&gt;
+ - оттягиваем заднюю часть пистолета в виде хвостика, держим;&lt;br /&gt;
+ - вставляем патрон в дуло, отпускаем хвостик;&lt;br /&gt;
+ - пистолет выстреливает, патрон вылетает.&lt;br /&gt;
+ С помощью отвертки можно разобрать пистолет на части &amp;#40;снимаются часть в виде пасти, прицел, хвост и рукоять&amp;#41;.&lt;br /&gt;
+ Благодаря такой игрушке ребенок будет с удовольствием развивать мелкую моторику рук, координацию движений, воображение, логическое и пространственное мышление.&lt;br /&gt;
+ &lt;br /&gt;
+ Игрушка изготовлена из качественного и безопасного полимерного материала.&lt;br /&gt;
+ Размеры собранного пистолета: 19*15*4 см.&lt;br /&gt;
+ Размеры отвертки: 8*3*3 см.&lt;br /&gt;
+ Размеры 6-гранного ключа: 6*3*1 см.&lt;br /&gt;
+ Размеры коробки: 29*25*8 см.</t>
+  </si>
+  <si>
+    <t>776595</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/veld-co/"&gt;VELD CO&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6fa/dmciau19l6g1ggy0zc8zw3r4dnzr13cg.jpg</t>
   </si>
   <si>
     <t>Трансформер-конструктор с отв рткой, 2 в 1 BONDIBOT Bondibon, строительный самосвал-робот</t>
   </si>
   <si>
     <t>Чем удивить маленького мальчика? Самым верным решением будет уникальный &amp;quot;Трансформер-конструктор с отверткой&amp;quot; из серии BONDIBOT от Bondibon! Это герой многочисленных комиксов, который покорил уже множество детей! Он с легкостью трансформируется простым складыванием из робота с подвижными деталями в строительный самосвал и обратно в храброго робота! С помощью ключа и отвертки робот разбирается на составные части как конструктор. Все детали выполнены из качественного пластика и покрыты безопасными красками. Играть можно как одному, так и с другом по очереди. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. В комплекте: отвертка, трансформер, ключ, которым собирается и разбирается игрушка. Возраст: 5&amp;#43;</t>
   </si>
   <si>
     <t>789205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ea/xcvv2qoynx9xxckxvr0u19w8e5foa7cg.jpg</t>
   </si>
   <si>
     <t>Трансформер-конструктор с отв рткой, 2 в 1 BONDIBOT Bondibon, пожарная машина-робот</t>
   </si>
   <si>
     <t>Чем удивить маленького мальчика? Самым верным решением будет уникальный &amp;quot;Трансформер-конструктор с отверткой&amp;quot; из серии BONDIBOT от Bondibon! Это герой многочисленных комиксов, который покорил уже множество детей! Он с легкостью трансформируется простым складыванием из робота с подвижными деталями в пожарную машину и обратно в храброго робота! С помощью ключа и отвертки робот разбирается на составные части как конструктор. Все детали выполнены из качественного пластика и покрыты безопасными красками. Играть можно как одному, так и с другом по очереди. В процессе игры ребенок развивает мелкую моторику, пространственное и образное мышление и тренирует воображение. В комплекте: отвертка, трансформер, ключ, которым собирается и разбирается игрушка. Возраст: 5&amp;#43;</t>
   </si>
   <si>
     <t>789206</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2e9/esdefk39hsbwdsw2q1dhcyw38zsz6l8f.jpg</t>
+  </si>
+  <si>
+    <t>Робот-конструктор  quot;Космический транспорт quot;</t>
+  </si>
+  <si>
+    <t>Конструктор-робот 3 в 1 на солнечной батарее. Посредством данного набора можно собрать 3 модели: космическую станцию, космический шаттл, луноход. Размеры собранных моделей: космическая станция: 23,5*12,5*10,5 см, космический шаттл: 13,8* 10*6,5*1 см, луноход: 11,2*11,2* 7,5 см. Состав набора: пластиковые детали для сборки, пошаговая инструкция, шаттл &amp;#40;верхняя часть корпуса&amp;#41;, шаттл &amp;#40;нижняя часть корпуса&amp;#41;, космическая станция &amp;#40;верхняя часть корпуса&amp;#41;, космическая станция &amp;#40;нижняя часть корпуса&amp;#41;, корпус лунохода, мотор с коннектором, коробка передач, губка, батарейный блок, черная губка &amp;#40;2 шт.&amp;#41;, аккумулятор, солнечная батарея, наклейки. Собранные модели приводятся в движение под действием прямых солнечных лучей. Солнечная мини-панель может работать как от солнечных лучей, так и от света галогенной лампы. Дополнительно для сборки понадобятся пассатижи, ножницы и 2 батарейки ААА.</t>
+  </si>
+  <si>
+    <t>854599</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c7e/zp2f9hs9wqf2le5qtlxhn4x81w75c4sn.jpg</t>
   </si>
   <si>
     <t>Технический прогресс Науки с Буки Bondibon, конструктор  quot;Гидравлическая машина 3 в 1 quot;</t>
   </si>
   <si>
     <t>Изучай и используй силу гидравлики! Впечатляющий конструктор Гидравлическая машина от Bondibon поможет освоить базовую робототехнику. Вам не понадобятся батарейки и мотор. Нужен только научный подход и технический прогресс. Детский набор познакомит мальчиков и девочек с законом Паскаля и законом сохранения энергии. Благодаря вдумчивой сборке ребёнок тренирует навыки конструирования, логическое мышление. Разнообразные модели техники расширяют кругозор. Соберите последовательно 3 машины. Начните с бульдозера или пожарной машины. Затем сконструируйте гидравлическую пожарную машину. В моделях из набора используются гидравлическая система для приведения моделей в движение. Техника работает в точности, как в настоящих машинах. Платформа вращается на 360 градусов.&amp;nbsp;&amp;nbsp;В набор для опытов входят 1 основа с очень реалистичными гусеницами, 3 меняющихся дополнений. Всего 168 деталей.</t>
   </si>
   <si>
     <t>904284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47f/pbexzt1ar9mjr6oj3gb6xlfermxivgmg.jpg</t>
   </si>
   <si>
     <t>Технический прогресс Науки с Буки Bondibon, конструктор  quot;Гидравлическая машина 6 в 1 quot;</t>
   </si>
   <si>
     <t>Изучай и используй силу гидравлики! Впечатляющий конструктор Гидравлическая машина от Bondibon поможет освоить базовую робототехнику. Вам не понадобятся батарейки и мотор. Нужен только научный подход и технический прогресс. Детский набор познакомит мальчиков и девочек с законом Паскаля и законом сохранения энергии. Благодаря вдумчивой сборке ребёнок тренирует навыки конструирования, логическое мышление. Разнообразные модели техники расширяют кругозор. Соберите последовательно 6 машин. Начните с бульдозера или пожарной машины. Затем сконструируйте гидравлический грейфер, кран и экскаватор. В моделях из набора используются 3 гидравлические системы для приведения моделей в движение. Техника работает в точности, как в настоящих машинах. Платформа вращается на 360 градусов.&amp;nbsp;&amp;nbsp;В набор для опытов входят 1 основа с очень реалистичными гусеницами, 6 меняющихся дополнений. Всего 223 детали.</t>
   </si>
   <si>
     <t>904285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b85/0m02c83a3bmdhpeckat1axqmmp384d1z.jpg</t>
   </si>
   <si>
     <t>Робототехника Bondibon, РОБОТ МИКРОРАПТОР</t>
   </si>
   <si>
     <t>Мощные дино монстры вернулись в наше время! Хотите побывать в Парке Юрского периода? Соберите могучего робота МИКРОРАПТОРА от Bondibon со множеством функций. Динозавр ходит, открывает пасть. Передние лапы, хвост и шея подвижны. Крылья на ящере можно расправить. Но все это впереди. Сначала постарайтесь и соберите этого потрясающего робота по схеме приложенной инструкции. Сборка необычного конструктора увлечет ребенка, поможет познакомиться ближе с робототехникой.&amp;nbsp;&amp;nbsp;Набор для опытов развивает любознательность, логическое и пространственное мышление, развивает кругозор. Игры с роботом динозавром дают простор воображению, пробуждают интерес к науке. Сложности сборки - М2 супермастер \ средний уровень. Масштаб 1:35 В комплекте детали конструктора, блок питания, подробная инструкция. Понадобятся отвертка, бокорезы и батарейка типа ААА &amp;#40;в комплект не входят&amp;#41;. Возраст 8&amp;#43;</t>
   </si>
   <si>
     <t>904286</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/843/j7z63pslbj1vbotfykm6jb3yp3kfu4bm.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe7/yhap3xwtanewurm0xcesyj9kv2ih5hgp.jpg</t>
   </si>
   <si>
     <t>Конструктор Гусеничный вездеход</t>
   </si>
   <si>
     <t>Конструктор «Гусеничный вездеход» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Интерактивный робот с искусственным интеллектом оснащен датчиком движения и управляется с помощью жестов. Гусеничный вездеход работает в 2 режимах: следует за объектом и объезжает препятствия. В режиме «Слежение» робот реагирует на движение руки перед собой. В режиме «Навигация» детский конструктор выбирает дорогу для движения и объезжает препятствия с помощью инфракрасного сенсора. Широкие гусеницы с независимым ходом помогают роботу уверенно преодолевать препятствия высотой до 45 мм. Развивающий робот для детей выражает эмоции с помощью световых эффектов, которые делают его похожим на человекоподобного робота. В состав набора входит инструкция, электромотор, интерактивный сенсор и другие детали для сборки. Дополнительно вам могут понадобиться кусачки, отвертка и 4 батарейки типа ААА. Дополнительно понадобятся, но не входят в комплект: крестовая отвертка, кусачки, чтобы отделять пластиковые детали и 4 батарейки формата ААА.</t>
   </si>
   <si>
     <t>949460</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3f2/a99cp52l4mwi7kph043x7kq2gfgioi8o.png</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Конструктор Марсоход  синий </t>
+  </si>
+  <si>
+    <t>Конструктор «Марсоход» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Исследовательский конструктор познакомит вашего ребенка с увлекательным миром электроники, устройством марсохода и технологией солнечной энергии.Ребенок сможет собрать модель планетохода, который передвигается по поверхности Марса благодаря солнечной энергии. В помещении робот может передвигаться на элементах питания.Детский конструктор изготовлен из качественного АБС-пластика в реалистичном дизайне космического корабля. Игрушечный марсоход продуман до мелочей от вращающейся навигационной стереокамеры до двигательной системы ровера. Подвижная солнечная панель настраивается под положение солнца. В состав набора входит инструкция, солнечная батарея, электромотор и другие детали для сборки. Дополнительно вам могут понадобиться, но не входят в : крестовая отвертка, кусачки, чтобы отделять пластиковые детали, ножницы и 1 батарейка формата АА.</t>
+  </si>
+  <si>
+    <t>949463</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/890/vfa9ir872iwrd4gapdlvx2267sddi6wu.jpg</t>
   </si>
   <si>
     <t>Конструктор Марсоход 4WD</t>
   </si>
   <si>
     <t>Конструктор «Марсоход 4WD» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Исследовательский конструктор познакомит вашего ребенка с увлекательным миром электроники, устройством марсохода и технологией солнечной энергии.Ребенок сможет собрать модель планетохода, который передвигается по поверхности Марса благодаря солнечной энергии. В помещении робот может передвигаться на элементах питания.Детский конструктор изготовлен из качественного АБС-пластика в реалистичном дизайне космического корабля. Игрушечный марсоход продуман до мелочей от вращающейся навигационной стереокамеры до двигательной системы ровера. Подвижная солнечная панель настраивается под положение солнца.В состав набора входит инструкция, солнечная батарея, электромотор и другие детали для сборки. Дополнительно вам могут понадобиться кусачки, отвертка 2 батарейки типа АА. Дополнительно понадобятся, но не входят в комплект: крестовая отвертка, кусачки, чтобы отделять пластиковые детали, ножницы и 2 батарейки формата АА.</t>
   </si>
   <si>
     <t>949464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/106/xe2l7ckfl5m6rbmgagvrkzmfmzo4lgbc.jpg</t>
   </si>
   <si>
     <t>Конструктор Робобык</t>
   </si>
   <si>
     <t>Конструктор «Робобык» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Исследовательский конструктор познакомит вашего ребенка с увлекательным миром электроники, устройством четвероногого робота и технологией солнечной энергии.Ребенок сможет собрать модель робота, который передвигается по поверхности на четырех ногах благодаря солнечной энергии. В помещении робот может передвигаться на элементах питания.Детский конструктор изготовлен из качественного АБС-пластика в реалистичном дизайне быка. Игрушечный робот продуман до мелочей от футуристичного корпуса до двигательной системы робота. В состав набора входит инструкция, солнечная батарея, электромотор и другие детали для сборки. Дополнительно вам могут понадобиться, но не входят в комплект: крестовая отвертка, кусачки, чтобы отделять пластиковые детали, ножницы и 1 батарейка формата АА.</t>
   </si>
   <si>
     <t>949465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06e/o09rzbrn4uue8bgquy0jzft1nmxhfhcm.jpg</t>
@@ -887,135 +927,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/464/1jpejfvoi84pcqf72ygg74pr1xbpqvnr.jpg</t>
   </si>
   <si>
     <t>Конструктор Роботяка 7 в 1</t>
   </si>
   <si>
     <t>Конструктор «Роботяка 7 в 1» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Исследовательский конструктор познакомит вашего ребенка с увлекательным миром конструирования, электроники и технологией солнечной энергии. Робот трансформируется в 7 разных моделей: робот-барабанщик, броненосец, солнечный жук на 6 ногах и другие. Развивающие роботы передвигаются под прямыми солнечными лучами. В помещении используйте лампочку накаливания или галогенную лампу мощностью от 50 Вт. В состав набора входит инструкция, солнечная батарея, электромотор и другие детали для сборки. Дополнительно вам могут понадобиться кусачки и отвертка. Дополнительно понадобятся крестообразная отвертка и кусачки, чтобы отделять пластиковые детали &amp;#40;в комплект не входят&amp;#41;.</t>
   </si>
   <si>
     <t>949467</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b1e/qttqrhw7lkceuil3zji1pz6euoabj9fz.jpg</t>
   </si>
   <si>
     <t>Конструктор Электромобиль 4WD</t>
   </si>
   <si>
     <t>Конструктор «Электромобиль 4WD» ? развивающий набор для детей, которые делают первые шаги в робототехнике. С помощью исследовательского набора ребенок соберет модель экспериментального автомобиля, который работает от солнечной энергии. В пасмурный день робот может передвигаться на батарейках. Конструктор изготовлен из качественного АБС-пластика в реалистичном дизайне гоночного болида. Игрушечный автомобиль продуман до мелочей от педалей газа и тормоза до рулевого колеса и подлокотника автокресла. Конструктор для детей оборудован дверьми-ножницами, которые поднимаются вверх при открывании. Благодаря развивающему конструктору ваш ребенок узнает, как работают солнечные панели и электродвигатели, и познакомится с устройством автомобиля. В состав набора входит инструкция, солнечная батарея, электромотор и другие детали для сборки. Дополнительно вам могут понадобиться кусачки, отвертка и 2 батарейки типа АА. Дополнительно понадобятся крестовая отвертка, кусачки, чтобы отделять пластиковые детали и 2 батарейки формата АА &amp;#40;не входят в комплект&amp;#41;.</t>
   </si>
   <si>
     <t>949468</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/758/gz9ff58v6y1bwnjsko16ep3gnky99i1u.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92b/o24az9b1sdycpudl7agc55e1k2q0ekf7.jpg</t>
   </si>
   <si>
     <t>Конструктор BONDIBON  СОБЕРИ ДИНОЗАВРА , Танистрофей, 52 детали</t>
   </si>
   <si>
     <t>Увлекательный конструктор «СОБЕРИ ДИНОЗАВРА» Танистрофей от Bondibon позволяет создавать из разных элементов динозавра, который издает звуки и ходит самостоятельно! Это занятие будет интересно как мальчикам, так и девочкам. Такое конструирование не только увлекательно, но и полезно: развивает мелкую моторику и мелкие мышцы рук, воспитывает самостоятельность и дисциплинированность, усидчивость и терпеливость, учит доводить начатое до конца, анализировать и сопоставлять, выявлять и исправлять ошибки. Конструктор из 52 деталей подходят для изучения основ моделирования. 6&amp;#43;</t>
   </si>
   <si>
     <t>958967</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d10/w4xn27g57ff14uqae2nhplmzylhi4t1r.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор BONDIBON  СОБЕРИ ДИНОЗАВРА , Тираннозавр, 50 деталей</t>
+  </si>
+  <si>
+    <t>Увлекательный конструктор «СОБЕРИ ДИНОЗАВРА» Тираннозавр от Bondibon позволяет создавать из разных элементов динозавра, который издает звуки и ходит самостоятельно! Это занятие будет интересно как мальчикам, так и девочкам. Такое конструирование не только увлекательно, но и полезно: развивает мелкую моторику и мелкие мышцы рук, воспитывает самостоятельность и дисциплинированность, усидчивость и терпеливость, учит доводить начатое до конца, анализировать и сопоставлять, выявлять и исправлять ошибки. Конструктор из 50 деталей подходят для изучения основ моделирования и предназначен для детей от 6 лет.</t>
+  </si>
+  <si>
+    <t>958968</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/628/c0qig0dggegm1ihy6rb092ym76m57m30.jpg</t>
   </si>
   <si>
     <t>Конструктор  quot;ДИНОЗАВРЫ 3 в 1 quot; Bondibon, с отв рткой</t>
   </si>
   <si>
     <t>Собери фигурки тираннозавра, трицератопса, птерозавра и играй! Конструктор с отверткой для малышей ДИНОЗАВРЫ 3 в 1 от Bondibon – это развивающий интеллектуальный набор с крупными деталями для сборки трех игрушек. К каждой модели прилагается инструкция и отвертка – можно работать вдвоем и втроем. Соберите динозавров и придумайте с ними различные сюжетно-ролевые игры. У игрушек можно поворачивать голову, двигать лапы и хвост. А еще прочитайте интересные факты о животных юрского периода! Игровой конструктор поможет расширить кругозор, разовьет интерес к окружающему миру, конструированию, моделированию, познавательные способности, мелкую моторику, внимание и фантазию. ДИНОЗАВРЫ 3в1 от Бондибон – интересный и полезный подарок для ребенка на день рождения, Новый год и любой другой праздник. Набор изготовлен из качественных безопасных материалов. В набор входят: детали для сборки трех моделей, винты, три отвертки, три инструкции. Возраст 4&amp;#43;</t>
   </si>
   <si>
     <t>961319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/p1j8oh3vimr9sxpksh2es29d7twlzaz2.jpg</t>
   </si>
   <si>
     <t>Гидравлический конструктор 3в1: бульдозер, грейферный ковш, автовышка</t>
   </si>
   <si>
     <t>1013028</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
-  </si>
-[...34 lines deleted...]
-    <t>1013031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c01/hu1ms425iw3nqtd71qgie2pbv60p83f1.jpg</t>
   </si>
   <si>
     <t>Конструктор Суперкар Макс  25 дет., отв ртка , 20,5 см</t>
   </si>
   <si>
     <t>Конструктор Суперкар Макс &amp;#40;25 дет., отвёртка&amp;#41;, 20,5 см</t>
   </si>
   <si>
     <t>1013032</t>
   </si>
   <si>
     <t>&lt;a href="/brands/strom/"&gt;СТРОМ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/186/0oeiz4u3hjfzdrh5w9pmxmvxvqyftgop.jpg</t>
   </si>
   <si>
     <t>Робот на солевом растворе  quot;Валя quot;</t>
   </si>
   <si>
     <t>Робот на солевом растворе &amp;quot;Валя&amp;quot;</t>
   </si>
@@ -1441,1943 +1442,1912 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J88"/>
+  <dimension ref="A1:M86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G88" sqref="G88"/>
+      <selection pane="bottomRight" activeCell="G86" sqref="G86"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>218</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>223</v>
+        <v>246</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>30</v>
+        <v>259</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>266</v>
+        <v>33</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>295</v>
+        <v>218</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>307</v>
+        <v>33</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F80" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...45 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">