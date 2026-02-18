--- v0 (2025-12-31)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="820">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -80,62 +80,89 @@
   <si>
     <t>Пластмассовый блочный конструктор. Состоит из разноцветных деталей разной длины. В набор входят следующие дополнительные элементы: платформы с колесами; оконные и дверные рамы и крыши для строительства домов; детали для сборки паровоза; фигурки деревьев. Игра способствует развитию мелкой моторики и координации движений обеих рук, образного и пространственного мышления, воображения.</t>
   </si>
   <si>
     <t>Конструкторы типа LEGO</t>
   </si>
   <si>
     <t>289994</t>
   </si>
   <si>
     <t>&lt;a href="/brands/polese/"&gt;Полесье&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a11/a114ab3fe8b62fe215bab45d55d9c2a5/53bc81b542ef3a7f443f3ac93aa133d1.jpg</t>
   </si>
   <si>
     <t>Конструктор Самоделкин сред.95эл. 0583</t>
   </si>
   <si>
     <t>289995</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2c5/2c5349d782cb58e0d91e7d814f456165/f50f45aa74c6a144d33897e28902bfd3.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Самоделкин макси 253эл. 0552</t>
+  </si>
+  <si>
+    <t>289996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7b/f7be640815a40bf28c5c88c93df06606/3a615285ff97e0187ecf8fdd3bcabe69.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Самоделкин гигант 175эл. 0569</t>
+  </si>
+  <si>
+    <t>289997</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/615/615662eb1cad062740155bca39a883e4/a96e919eb7f8e4ad9ebcfe7f3dab9b96.jpg</t>
   </si>
   <si>
     <t>Конструктор Юниор 93 элем макси блок в мешке 6677</t>
   </si>
   <si>
     <t>Блочный конструктор с разноцветными деталями крупного размера. Игра способствует развитию мелкой моторики и координации движений обеих рук, образного и пространственного мышления, воображения.</t>
   </si>
   <si>
     <t>289998</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/549/54917334ef082c1e7b036197bc11d7d6/edae4f5092f6863278bb25ce0135528b.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Юниор 69 элем. макси блок мешке 6660</t>
+  </si>
+  <si>
+    <t>289999</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0e8/0e896b188faa3046f7da2a14f4adfcfb/dd5670eb6e140ea3b586e6ddd51b429e.jpg</t>
   </si>
   <si>
     <t>Констр. пласт. разобр. AUSINI, Капитан Огонь, 165 шт, рус. упак., PAC 21х15 см.</t>
   </si>
   <si>
     <t>Констр. пласт. разобр. AUSINI, Капитан Огонь, 165 шт, рус. упак., PAC 21х15 см., арт. 25475</t>
   </si>
   <si>
     <t>328860</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ausini/"&gt;AUSINI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b9/2b9f99183ba3fefda84d4ae3bced14ae/f9e8238e548d9b2d7246f4978c7c876a.jpg</t>
   </si>
   <si>
     <t>Констр. ENLIGHTEN пласт. Girls Series, 34 дет., BOX 9,5 7 4,5 см.</t>
   </si>
   <si>
     <t>Констр. ENLIGHTEN пласт. Girls Series, 34 дет., BOX 9,5*7*4,5 см., арт. 1205</t>
   </si>
   <si>
     <t>329019</t>
@@ -503,59 +530,50 @@
   <si>
     <t>Конструктор Bondibon, Пожарная Служба, Катер, 73 дет., BOX</t>
   </si>
   <si>
     <t>394695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/481/48125902c3bf6c26a1d238f14bb1c74b/65485ddf692b4c11e90f2a2e4305c18b.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Пожарная Служба, Машина, 83 дет., BOX</t>
   </si>
   <si>
     <t>394697</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55d/55d26321b8f0829b5697ad3d0a0f8867/8783c1b7bd1aa2cdafc698b735d6de3d.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Пожарная Служба, Пожарная машина, 244 дет., BOX</t>
   </si>
   <si>
     <t>394699</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c87/c8745a3d6f25e5dd3a0572846b14d07c/29e780e8b6e1d00f54bf8ec386777c84.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/116/1168b9360ac145afa8345ef5a43d6e6d/1bdaf99a1949d02db8be290bc2f80aed.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Полицейский Патруль, Вертолет, 95 дет., BOX</t>
   </si>
   <si>
     <t>394702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/397/397e1d461307d7be021a7eaed4720205/1331c5e1197bd369b2bf3fa56aa96462.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Полицейский Патруль, Машина, 69 дет., BOX</t>
   </si>
   <si>
     <t>394704</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d04/d04fdca3cd5da7729d258c47abb71233/10519527bd8931e54a017cb39a66aaa7.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Полицейский Патруль, Машина, 85 дет., BOX</t>
   </si>
   <si>
     <t>394705</t>
@@ -977,50 +995,65 @@
   <si>
     <t>617442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66e/66e0d4a6819a1a18f696a192e87c8d40.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Город, Скорая помощь, 92 детали</t>
   </si>
   <si>
     <t>617444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/209/888i0cng01l6cy4cymixep7hw8em5icy.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Конструктор  quot;Макси quot; -  quot;Полицейский участок quot;  36 элементов </t>
   </si>
   <si>
     <t>Серия конструкторов &amp;quot;Полесье&amp;quot; Макси разработана специально для детей. Привлекательная форма элементов, яркие цвета и простая геометрия способствуют развитию практических навыков конструирования и творчества, тем самым постепенно развивая воображение. Вы заметите, как в процессе игры с конструктором у вашего ребёнка будет развиваться фантазия. Конструктор устойчив к износу и воздействию высоких температур. Элементы имеют яркий и насыщенный цвет. Детали не имеют острых углов и безопасны для игры. Конструктор подходит для одиночной и коллективной игры. Элементы конструктора: - Обучают основам моделирования и конструирования. Тренируют интеллектуальные возможности: усидчивость, внимательность и целеустремлённость. - Развивают воображение и творческие способности, пространственное и ассоциативное мышление. Конструктор &amp;quot;Макси&amp;quot; - &amp;quot;Зоопарк&amp;quot; познакомит малыша с увлекательным миром животных, позволяя придумывать различные игровые сценарии. В набор входит 40 элементов конструктора.</t>
   </si>
   <si>
     <t>683800</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ee1/tg2idoo8ju4uz7opp3orc0fyepvwycpr.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор  quot;Военная техника quot; в ассортименте</t>
+  </si>
+  <si>
+    <t>Конструктор «Боевая техника» представлен 4-мя видами: самолет &amp;#40;158 деталей&amp;#41;, ракетная установка &amp;#40;150 деталей&amp;#41;, бронетранспортер &amp;#40;113 деталей&amp;#41;, башенная машина &amp;#40;155 деталей&amp;#41;. В среднем размер техники в собранном виде составляет 13*6,4*8 см. В комплекте 2 фигурки. В дисплее – 12 шт. Размер дисплея составляет 27,4*16,7*20,7 см.</t>
+  </si>
+  <si>
+    <t>683812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/qman/"&gt;QMAN&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/02a/rpdwgf2xxx5yox17wouw7867ujvyf7x1.jpg</t>
   </si>
   <si>
     <t>Конструктор  quot;FRR-F1 quot;   701000 585 деталей электромеханический с ДУ</t>
   </si>
   <si>
     <t>Конструктор &amp;quot;FRR-F1&amp;quot;&amp;nbsp;&amp;nbsp;.Игрушка</t>
   </si>
   <si>
     <t>704702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bef/622qnjqg6koqadkys7ky6ig4ihjxlx28.jpg</t>
   </si>
   <si>
     <t>Конструктор 2 в 1 65 деталей в пластиковом контейнере</t>
   </si>
   <si>
     <t>Конструктор 2в1 65 деталей в пластиковом контейнере</t>
   </si>
   <si>
     <t>704736</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3a/pm9lboawypyhei3idsmbmy8bz9sef9lx.jpg</t>
@@ -1052,491 +1085,350 @@
   <si>
     <t>Конструктор  quot;Животные quot;</t>
   </si>
   <si>
     <t>Лего-совместимый конструктор в виде животных. Поставка в дисплее по 12 штук &amp;#40;всего 12 видов&amp;#41;. Шимпанзе &amp;#40;31 деталь, 23,09 гр вес с упаковкой&amp;#41;, зебра &amp;#40;46 деталей, 25,37 гр&amp;#41;, енот &amp;#40;40 деталей, 21,99 гр&amp;#41;, олень &amp;#40;21 деталь, 21,40 гр&amp;#41;, лев &amp;#40;29 деталей, 24,23 гр&amp;#41;, крокодил &amp;#40;29 деталей, 21,36 гр&amp;#41;, гиппопотам &amp;#40;31 деталь, 23,71 гр&amp;#41;, единорог &amp;#40;22 детали, 21,96 гр&amp;#41;, тигр &amp;#40;46 деталей, 24,41 гр&amp;#41;, слон &amp;#40;22 детали, 22,50 гр&amp;#41;, жираф &amp;#40;29 деталей, 21,40 гр&amp;#41;, лиса &amp;#40;27 деталей, 22,59 гр&amp;#41;. Инструкция расположена на оборотной стороне индивидуальной упаковки.</t>
   </si>
   <si>
     <t>839944</t>
   </si>
   <si>
     <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1a/q3bzgsdoy1b5zz4uct4r9zxo1ylgneuy.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор ТАНК, 50 дет. Город мастеров</t>
   </si>
   <si>
     <t>890601</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gorod-masterov/"&gt;ГОРОД МАСТЕРОВ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb1/qkg2w8ey7ne0gkmgnox163v18i1evcxa.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/27d/t93p6m815hir11qhdo4oaw2bf46o1p0f.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор боевой робот 2в1, 53 дет. Город мастеров</t>
   </si>
   <si>
     <t>890611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d3/y98dq0hdfovctc6lhrqa6v9nlgvzcjks.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор ДЖИП с ракетной установкой, 68 дет. Город мастеров</t>
   </si>
   <si>
     <t>890612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bf/6b35f3v1th8vkkf2j5mgki3i9ymert32.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор РАКЕТНАЯ УСТАНОВКА 2в1, 41 дет. Город мастеров</t>
   </si>
   <si>
     <t>890613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/82e/h68mqblawuitwisivh1b3svgnhigks8j.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b5/ylvgd2l95fwwjddofa5zfvgd23ld3ls3.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор БРОНЕМАШИНА, 26 дет. Город мастеров</t>
   </si>
   <si>
     <t>890619</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a87/fy5kkmr0h8uuvw7r1he29gdkhon05s0z.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор ВОЕННЫЙ робот, 26 дет. Город мастеров</t>
   </si>
   <si>
     <t>890620</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfa/0iv6xl0q0d756e4alb5xe304bntkrpgk.jpg</t>
   </si>
   <si>
     <t>АРМИЯ РОССИИ конструктор реактивная система залпового огня, 120 дет. Город мастеров</t>
   </si>
   <si>
     <t>890622</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7a3/4tq4a2qwmdbo4w9xf6emftg066ur2kbj.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/32d/14plycccnq880ufijq4b3ds5yzykpgmf.jpg</t>
   </si>
   <si>
     <t>Конструктор зрк, 92 дет. Город мастеров</t>
   </si>
   <si>
     <t>890641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7cf/gk44cnypx662884w1fnip00zp037i4f3.jpg</t>
   </si>
   <si>
     <t>Конструктор ДЖИП с ракетами, 82 дет. Город мастеров</t>
   </si>
   <si>
     <t>890649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e05/v5h8t3pxihmqm8khriwjrxjmgxh4hndv.jpg</t>
   </si>
   <si>
     <t>Конструктор ВОЕННАЯ ПОЛИЦИЯ, 94 дет. Город мастеров</t>
   </si>
   <si>
     <t>890656</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc2/8qwluo1t2nctpktdg2ck3qjfiev42azy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b4/tlju68flpcfsie55c6lobe21uz2uib0t.jpg</t>
   </si>
   <si>
     <t>Конструктор ВОЕННЫЙ ДЖИП, 28 дет. Город мастеров</t>
   </si>
   <si>
     <t>890659</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5e/08kkfn8xnh6o714eh2inh5nimwlhkmt6.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3b6/7z1ha9o9oih0jg5zw4spp5mg12qbp93l.jpg</t>
   </si>
   <si>
     <t>Конструктор САФАРИ на БАГГИ, 101 дет. Город мастеров</t>
   </si>
   <si>
     <t>890667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e5/jsl57l4a078e5e3wq3wlfpy3ow2nwhic.jpg</t>
   </si>
   <si>
     <t>Конструктор САФАРИ на мотоцикле, 47 дет. Город мастеров</t>
   </si>
   <si>
     <t>890668</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a1/ewyv5u0mx26glw8h0e5jls15m6peuq22.jpg</t>
   </si>
   <si>
     <t>Конструктор погоня за воришкой, 30 дет. Город мастеров</t>
   </si>
   <si>
     <t>890670</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/993/uq7k42ubwcu1z83jit54s126c4h67dge.jpg</t>
   </si>
   <si>
     <t>Конструктор ПОЖАРНЫЙ на машине, 41дет. Город мастеров</t>
   </si>
   <si>
     <t>890676</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/061/xu78mhnn0nfmswbdd4vfk784726cp6ka.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/230/mjpzo2hmuwuq7g802flukqhci8io11hs.jpg</t>
   </si>
   <si>
     <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор Снежка на пляже, 23 дет. в кор. Город мастеров</t>
   </si>
   <si>
     <t>890697</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/24b/7shpd4zhz8jzko3283few1ind238nay2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/429/e0os13g0hgszb3vdld7beyo8jhq1dczj.jpg</t>
   </si>
   <si>
     <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор Снежка в парке развлечений, 32 дет. Город мастеров</t>
   </si>
   <si>
     <t>890703</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/764/ij9xkdhoipw2m35au9vq9g0vuw4vf2ub.jpg</t>
+  </si>
+  <si>
+    <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор комната маши, 68 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>890707</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fc1/wnd43717vsgxn8w613z57woc6svit2ge.jpg</t>
   </si>
   <si>
     <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор Маша в кафе, 36 дет. Город мастеров</t>
   </si>
   <si>
     <t>890710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e49/ktpl53rm6woineoznqepxyjuh79ikpth.jpg</t>
   </si>
   <si>
     <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор Аленка художница 43 дет. Город мастеров</t>
   </si>
   <si>
     <t>890711</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40d/rfqk0j1rabi12gy3nxd7cxc1scz9kgfr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fbd/7ukg1ox9ba2he1o137ip3w6629li9yne.jpg</t>
   </si>
   <si>
     <t>Конструктор ПОЖАРНАЯ МАШИНА 2в1, 35 дет. Город мастеров</t>
   </si>
   <si>
     <t>890734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/090/0si24nr3c6d6s3f9jzrs1dppuqidtqkv.jpg</t>
   </si>
   <si>
     <t>Конструктор ПОЖАРНАЯ МАШИНА 2в1, 36 дет. Город мастеров</t>
   </si>
   <si>
     <t>890735</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/41d/a23l11ber3w3o0ns394dahyz2kqxuj5a.jpg</t>
-[...35 lines deleted...]
-    <t>890768</t>
+    <t>http://anytos.ru//upload/iblock/1f8/k7h5bt8al51pbcw4x1broxdkbbsjh0ic.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ПОЛИЦЕЙСКИЙ ДЖИП 2в1, 47 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>890757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/448/dbj1t65np227mvft1b4m233iqyeree0v.jpg</t>
   </si>
   <si>
     <t>Конструктор ограбление банкомата, 74 дет. Город мастеров</t>
   </si>
   <si>
     <t>890769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b27/jqsfow5vb87gp8hwun9smiyu2r4elmhs.jpg</t>
   </si>
   <si>
     <t>Конструктор ПОЛИЦЕЙСКИЙ на машине, 62 дет. Город мастеров</t>
   </si>
   <si>
     <t>890785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/jfjb5ed2e58iurk0es0doi5i0flhblfe.jpg</t>
   </si>
   <si>
     <t>Конструктор побег из полицейского участка, 63 дет. Город мастеров</t>
   </si>
   <si>
     <t>890787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06d/8w6z8whqok9h0a8eeingabp3gvdri3jf.jpg</t>
   </si>
   <si>
     <t>Конструктор ПОЛИЦЕЙСКИЙ ДЖИП 2в1, 51 дет. Город мастеров</t>
   </si>
   <si>
     <t>890788</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/166/0mr6wr62rvhjushkcrot81w6pjm9k5d3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/990/2bgnqhhqdghvfdwgft9a6luehovwpla0.jpg</t>
   </si>
   <si>
     <t>Конструктор воришка с сейфом, 42 дет. Город мастеров</t>
   </si>
   <si>
     <t>890791</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f7a/gn8lftgqka4vxafnaiqmcvnu3b5fpbob.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ПОЛИЦЕЙСКИЙ катер, 97 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>890793</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/326/hxx3to1wz85mrz4kxnwezf9s4upcwr4u.jpg</t>
   </si>
   <si>
     <t>Конструктор САМОСВАЛ, 42 дет. Город мастеров</t>
   </si>
   <si>
     <t>890827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d1/rvaiwxd9jvkxag31p2i3666pe16y9tmx.jpg</t>
   </si>
   <si>
     <t>Конструктор СПОРТКАР, 64 дет. Город мастеров</t>
   </si>
   <si>
     <t>890846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a1/qss6shb00cih12v4agy3xlvyavbfr2gh.jpg</t>
   </si>
   <si>
     <t>Конструктор СПОРТКАР 2в1 с инерцией, 34 дет. Город мастеров</t>
   </si>
   <si>
     <t>890848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/693/7bgnxxhvw6v4hu4fsv1wnp2243le824p.jpg</t>
   </si>
   <si>
     <t>Конструктор СПОРТКАР 2в1 с инерцией, 37 дет. Город мастеров</t>
   </si>
   <si>
     <t>890849</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f06/sj6092cobzl7m9c6w7faj6dlatd6ei2t.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Военный Десант, Автомат, 160 деталей</t>
   </si>
   <si>
     <t>Легко ли собрать автомат? Чтобы собрать конструктор Автомат от Bondibon, надо подумать.&amp;nbsp;&amp;nbsp;В процессе сборки закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое.&amp;nbsp;&amp;nbsp;В итоге у маленького воина получится мощное вооружение – игрушечный автомат от Военного Десанта.&amp;nbsp;&amp;nbsp;Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;Игры в войнушку детям нужны и, более того, — полезны. Они помогают сформировать&amp;nbsp;&amp;nbsp;психологию защитника, борца за правду, добро и справедливость&amp;nbsp;&amp;nbsp;Используя инструкцию, соберите автомат и патроны из 160 деталей. Все детали совместимы с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет – отличный подарок. Дарите яркие развивающие детские игрушки от Bondibon!</t>
   </si>
   <si>
     <t>904289</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dce/h8hlg1zj9wmadpq32akrsgm8l998rlpc.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b1/lg3lhmw4mxdaypkt6cyvl9twr3okzaop.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Пожарная Служба, Машина, 100 деталей</t>
   </si>
   <si>
     <t>На машине Пожарной службы от Bondibon Вы сможете быстро прибыть на место происшествия и потушить любой пожар!&amp;nbsp;&amp;nbsp;Конструктор познакомит детей с работой пожарных. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите пожарную машину и фигурку пожарного в форме. У игрушечного человечка есть аксессуары для того, чтобы безопасно выполнить свою работу – шлем каска, мощный огнетушитель.&amp;nbsp;&amp;nbsp;В комплект входят инструкция и 100 деталей, совместимых с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор 5 в 1 для мальчиков и девочек от 6 лет – отличный подарок на день рождения, Новый год и любой другой праздник. Дарите яркие развивающие детские игрушки от Bondibon!</t>
   </si>
   <si>
     <t>904292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98f/yfe42fkc7lh1f30ma0kpq5mv5pls5sck.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Пожарная Служба, Пожарная машина, 100 деталей</t>
   </si>
   <si>
     <t>На машине Пожарной службы от Bondibon Вы сможете быстро прибыть на место происшествия и потушить любой пожар!&amp;nbsp;&amp;nbsp;Конструктор познакомит детей с работой пожарных. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите пожарную машину и фигурку пожарного в форме. У игрушечного человечка есть аксессуары для того, чтобы безопасно выполнить свою работу – шлем каска, пожарный топор.&amp;nbsp;&amp;nbsp;В комплект входят инструкция и 100 деталей, совместимых с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор 5 в 1 для мальчиков и девочек от 6 лет – отличный подарок на день рождения, Новый год и любой другой праздник. Дарите яркие развивающие детские игрушки от Bondibon!</t>
   </si>
   <si>
     <t>904293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/yas89y08g2v6qyt8gqc09ltcqfi5vza0.jpg</t>
@@ -1553,50 +1445,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/603/7r7bszf4puynwwqgb65yj8z4i4vcimrs.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Пожарная Служба, Пожарная машина, 95 деталей</t>
   </si>
   <si>
     <t>На машине Пожарной службы от Bondibon Вы сможете быстро прибыть на место происшествия и потушить любой пожар!&amp;nbsp;&amp;nbsp;Конструктор познакомит детей с работой пожарных. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое.&amp;nbsp;&amp;nbsp;Используя инструкцию, соберите пожарную машину - водомёт и фигурку пожарного в форме. У игрушечного человечка есть аксессуары для того, чтобы безопасно выполнить свою работу – шлем каска, огнетушитель.&amp;nbsp;&amp;nbsp;В комплект входят инструкция и 95 деталей, совместимых с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор 5 в 1 для мальчиков и девочек от 6 лет – отличный подарок на день рождения, Новый год и любой другой праздник. Дарите яркие развивающие детские игрушки от Bondibon!</t>
   </si>
   <si>
     <t>904295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/925/6hlom4wexz0wdjdj189rd6litw4x3kfh.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Полицейский Патруль, Машина, 274 детали</t>
   </si>
   <si>
     <t>Наша полиция нас бережёт! Конструктор Полицейский Патруль от Bondibon познакомит детей с работой сотрудников полиции. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите полицейскую машинку, пусковое устройство и фигурку полицейского в форме. У игрушечного человечка есть аксессуары – съемный шлем, автомат, винтовка.&amp;nbsp;&amp;nbsp;Запускное устройство поможет придать необходимую скорость машине для того, чтобы успеть поймать преступников. В комплект входят инструкция и 274 детали, совместимые с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет – отличный подарок на день рождения, Новый год и любой другой праздник.</t>
   </si>
   <si>
     <t>904296</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4fc/mz4mu23v5ax8klaf3s5ydfghlcqfe5ce.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, Полицейский Патруль, Машина, 277 деталей</t>
+  </si>
+  <si>
+    <t>Наша полиция нас бережёт! Конструктор Полицейский Патруль от Bondibon познакомит детей с работой сотрудников полиции. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите полицейскую машинку, пусковое устройство и фигурку полицейского в форме. У игрушечного человечка есть аксессуары – съемный шлем, автомат, винтовка.&amp;nbsp;&amp;nbsp;Запускное устройство поможет придать необходимую скорость машине для того, чтобы успеть поймать преступников. В комплект входят инструкция и 277 деталей, совместимых с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет – отличный подарок на день рождения, Новый год и любой другой праздник.</t>
+  </si>
+  <si>
+    <t>904297</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8cf/e9wde7q8f1dyo5678qpkfek501yic394.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, ТЕХНИКА, Гоночная машина, инерция, бело-красная, 591 деталь</t>
   </si>
   <si>
     <t>Ну что погнали?&amp;nbsp;&amp;nbsp;Конструктор Гоночная Машина от Bondibon поможет детям устроить скоростные гонки.&amp;nbsp;&amp;nbsp;Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое.&amp;nbsp;&amp;nbsp;Внимательно прочитайте инструкцию и соберите многофункциональную машинку с инерционным механизмом. В игрушке есть подвижные детали и возможность установки двух вариантов спойлера.&amp;nbsp;&amp;nbsp;Оттяните машинку назад и отпустите, благодаря мотору Push&amp;Go, суперкар помчится вперед.&amp;nbsp;&amp;nbsp;В комплект входят инструкция и 487 деталь, совместимая с мировыми производителями.&amp;nbsp;&amp;nbsp;Батарейки Вам не потребуются. Используйте воображение!&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет из серии Техника – отличный подарок на день рождения, Новый год и любой другой праздник. Дарите яркие развивающие детские игрушки от Bondibon!</t>
   </si>
   <si>
     <t>904298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d15/umuswvh0hhcjtirqvvx25dp2wlbjdgxl.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, ТЕХНИКА, Гоночная машина, инерция, белая, 489 деталей</t>
   </si>
   <si>
     <t>Ну что погнали? Конструктор Гоночная Машина от Bondibon поможет детям устроить скоростные гонки. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Внимательно прочитайте инструкцию и соберите многофункциональную машинку с инерционным механизмом. В игрушке есть подвижные детали и возможность установки двух вариантов спойлера.&amp;nbsp;&amp;nbsp;Оттяните машинку назад и отпустите, благодаря мотору Push&amp;Go, суперкар помчится вперед. В комплект входят инструкция и 489 деталей, совместимых с мировыми производителями.&amp;nbsp;&amp;nbsp;Батарейки Вам не потребуются.&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет из серии Техника – отличный подарок на день рождения, Новый год и любой другой праздник.</t>
   </si>
   <si>
     <t>904299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a65/aplnmyodcagp0fa0k1x9xswnaikh6sr8.jpg</t>
@@ -1673,996 +1577,696 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1e9/x7e05fv8s0sf0bpm6xamioxcvfuqsz1c.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Военный Десант, Танк, 224 детали</t>
   </si>
   <si>
     <t>Стань командиром, возглавь военные силы и одержи множество побед!!&amp;nbsp;&amp;nbsp;Для таких сражений понадобится вооружение Военного десанта – мощный танк от Bondibon.&amp;nbsp;&amp;nbsp;Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;Игры в войнушку детям нужны и, более того, — полезны. Они помогают сформировать психологию защитника, борца за правду, добро и справедливость В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите многофункциональный танк и фигурку солдатика в военной форме с ракетницей. В комплект входят инструкция и 224 детали, совместимые с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет – отличный подарок на день рождения, Новый год и любой другой праздник.</t>
   </si>
   <si>
     <t>904306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/580/br75bgi5xticuss6u0jqi2e1d12hmlx6.jpg</t>
   </si>
   <si>
     <t>Конструктор Bondibon, Военный Десант, Зенитная установка, 174 детали</t>
   </si>
   <si>
     <t>Стань командиром, возглавь военные силы и одержи множество побед!!&amp;nbsp;&amp;nbsp;Для таких сражений понадобится мощное вооружение Военного десанта - зенитная установка от Bondibon.&amp;nbsp;&amp;nbsp;Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления.&amp;nbsp;&amp;nbsp;Игры в войнушку детям нужны и, более того, — полезны. Они помогают сформировать психологию защитника, борца за правду, добро и справедливость В процессе сборки конструктора закладываются базовые знания робототехники. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите многофункциональную зенитную установку и фигурку солдатика в военной форме с автоматом. В комплект входят инструкция и 174 детали, совместимые с конструкторами от мировых производителей.&amp;nbsp;&amp;nbsp;Конструктор для мальчиков и девочек от 6 лет – отличный подарок на любой праздник.</t>
   </si>
   <si>
     <t>904307</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/73c/ga7iiawlc3rj2g8ookj7w814wx8ucs2p.jpg</t>
-[...8 lines deleted...]
-    <t>929500</t>
+    <t>http://anytos.ru//upload/iblock/020/0njfe4vrmfyllyq0222aiki9rtj30gi7.jpg</t>
+  </si>
+  <si>
+    <t>АРМИЯ РОССИИ конструктор UAZ PICKUP С ПУЛЕМЕТОМ, 64дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>АРМИЯ РОССИИ конструктор UAZ PICKUP С ПУЛЕМЕТОМ, 64дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/589/z58ppkbw01oi2kr7o8b2lsvajglhifw0.jpg</t>
+  </si>
+  <si>
+    <t>АРМИЯ РОССИИ конструктор ВОЕННАЯ машина  с инерцией , 44 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>АРМИЯ РОССИИ конструктор ВОЕННАЯ машина &amp;#40;с инерцией&amp;#41;, 44 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/ce92umhc5h540ky8jqrmziyq9ly8ct01.jpg</t>
+  </si>
+  <si>
+    <t>937539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5b/iou2x7qdavdk95tdqlkd6o12hx5f1d0b.jpg</t>
+  </si>
+  <si>
+    <t>АРМИЯ РОССИИ конструктор ВОЕННЫЙ UAZ PICKUP, 41 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>АРМИЯ РОССИИ конструктор ВОЕННЫЙ UAZ PICKUP, 41 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13d/nkygkhywitbpdcnjq2l5g976ehlt8jzx.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор LADA 4х4 на парашюте, 60 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор LADA 4х4 на парашюте, 60 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b37/wmtlaax9fjcaq0w731jzcqzgawjzt1tg.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор LADA 4х4 ПИКАП РОСГВАРДИЯ, 43 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ca/vxy0xa65of7w08chc5u2cowcq62jesul.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор LADA 4х4 РОСГВАРДИЯ, 51 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfc/s0ucgqagec60a8kxmstvooddjc6nd2rr.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор LADA vesta СЛУЖБА спасения, 41 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор LADA vesta СЛУЖБА спасения, 41 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5f/ezaq82e7trucrdrcw97zolys0yqdycdn.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор LADA vesta: ВОЕННАЯ ПОЛИЦИЯ, 41 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор LADA vesta: ВОЕННАЯ ПОЛИЦИЯ, 41 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f0/dtep67tt6dz670cappqsrsqqrdl20fsu.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор UAZ HUNTER на парашюте, 56 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор UAZ HUNTER на парашюте, 56 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad6/f5kukoxw06t4xt03klkymsfin4sa43wd.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор uaz patriot САФАРИ, 44 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор uaz patriot САФАРИ, 44 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ba/any0eixjbj2ye84wbpva99gboo5ubu13.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор UAZ PICKUP РОСГВАРДИЯ, 43 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/077/zcjjday3hfmm7s4m6nutbakmzehl61xd.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор БРОНЕМАШИНА волк на параде, 105 дет.  легко собрать  Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор БРОНЕМАШИНА волк на параде, 105 дет. &amp;#40;легко собрать&amp;#41; Город мастеров</t>
+  </si>
+  <si>
+    <t>937613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/880/mzwy9ny6r1d57h7zsvjo4f2g5kh9eppo.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор водная полиция:погоня за вором, 71 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b7/56e3uhtmrb7hu607pqiqu65zm6rfadrx.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ВОЕННЫЙ ДЖИП  с инерцией , 41 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор ВОЕННЫЙ ДЖИП &amp;#40;с инерцией&amp;#41;, 41 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e52/snp24mo8pw5ane66c18nkerdqyq2t6di.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ДЖИП, 56 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3e/q5tp0da1acy7y68o505f3cfluj67cjxi.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор операция спецназа, 31 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10b/8jxcds072h9egvxe78ke22mu72681uf3.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор погоня за вором, 62 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99c/unwt4v0ms65jzkq9rnou8csx1e7436vb.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ПОЖАРНЫЙ ВЕРТОЛ Т 2в1, 49 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>Конструктор ПОЖАРНЫЙ ВЕРТОЛЁТ 2в1, 49 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/639/e1lffdf5uhdm82ybxho79n4ztgssz734.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор самоходная пушка 2в1, 29 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937777</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d03/dac4o1hzd6pomyh6zjhvks11rc4nqsdv.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор фигурки АРМИЯ РОССИИ, 4 шт. Город мастеров</t>
+  </si>
+  <si>
+    <t>937794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47f/v3lrj9vdkb2g6kmwbf03v4pzmfaqlsdc.jpg</t>
+  </si>
+  <si>
+    <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор Аленка на отдыхе, 40 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/292/6umq7jc10cvjgg5mdqil2u7wlwkfw8nu.jpg</t>
+  </si>
+  <si>
+    <t>СКАЗОЧНЫЙ ПАТРУЛЬ конструктор Аленка с туалетным столиком, 43 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/675/h5idwkprdmvs895wtwazil7p35nf9w86.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ПОЛИЦЕЙСКИЙ ПИКАП, 33 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e2/opx35yagtz61g20th5hm69px5gql0x7j.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор ПОЛИЦЕЙСКИЙ УЧАСТОК, 189 дет. Город мастеров</t>
+  </si>
+  <si>
+    <t>937826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/878/6da0ax4qplk92i6eaxc112lfv3p6rdce.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, Пожарная Служба, Пожарная машина, 432 детали</t>
+  </si>
+  <si>
+    <t>С помощью конструктора Пожарная служба от Bondibon Вы сможете потушить любой пожар! Игрушечная Машина со спасателями показывает детям работу пожарных и реалистично поливает водой языки пламени. Такие сюжетно-ролевые игры способствуют развитию воображения и творческого мышления. Игрушка тренирует мелкую моторику, развивает пространственное мышление и умение составлять из частей целое. Используя инструкцию, соберите 2 фигурки человечков в форме и пожарную машину. В машинке множество подвижных деталей – открываются боковые двери. Но главное, налейте воду в резервуар, нажмите на помпу и из пожарного шланга польется вода. А еще у спасателей есть огнетушители, которые могут выстреливать деталями, имитирующими капли воды. Для большей атмосферности соберите отдельные костры. В комплект входят инструкция и 487 деталей, совместимых с конструкторами от мировых производителей. 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>939136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ee/rr0w5sk2tigrivpjhtkusxx6gs0e4y0t.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор  quot;Розовый фургон с мороженым quot;</t>
+  </si>
+  <si>
+    <t>Конструктор, с помощью которого можно собрать розовый фургон с мороженым. Размер конструктора в собранном виде составляет 16*9*13,5 см. Комплектность: 388 деталей, 2 фигурки по 5 см. Навес и холодильная камера могут быть открыты и закрыты по желанию.</t>
+  </si>
+  <si>
+    <t>948751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c05/y4a2pxzgy9gfhe9m0rmhrid3v4m52mgb.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор  quot;Принцесса в радужном королевстве quot; в ассорт.</t>
+  </si>
+  <si>
+    <t>Конструктор, с помощью которого можно собрать различные мини-игровые среды на тематику «принцесса в радужном королевстве». Есть подвижный элемент у арт. 32011-1. В ассортименте 4 вида: радужный фонтан &amp;#40;32011-1&amp;#41;; королевские качели &amp;#40;32011-2&amp;#41;; радужный трон &amp;#40;32011-3&amp;#41;; павильон с цветным остеклением &amp;#40;32011-4&amp;#41;. Размеры конструктора в собранном виде: 32011-1: 9,5*9,5*9,8 см &amp;#40;148 дет&amp;#41;; 32011-2: 16*8*10 см &amp;#40;134 дет&amp;#41;; 32011-3: 9,5*8*9,3 см &amp;#40;146 дет&amp;#41;; 32011-4: 8*6,4*12,7 см &amp;#40;113 дет&amp;#41;. В каждом наборе есть 1 фигурка принцессы размером 5 см. Поставка в дисплее по 4 шт. Размер дисплея составляет 22,5*18,7*14,7 см.</t>
+  </si>
+  <si>
+    <t>948754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10e/rq15rad2c52zgawirms276eg3nfbbxln.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор  quot;Тематический парк quot; в ассортименте</t>
+  </si>
+  <si>
+    <t>Конструктор, с помощью которого можно собрать различные мини-игровые среды на тематику «тематический парк утенка». Есть подвижные элементы. В ассортименте 4 вида: фантастический параплан &amp;#40;31011-1&amp;#41;; прятки в лесу &amp;#40;31011-2&amp;#41;; чудесная подводная лодка &amp;#40;31011-3&amp;#41;; кораблик &amp;quot;Счастливый утенок&amp;quot; &amp;#40;31011-4&amp;#41;. Размеры конструктора в собранном виде: 31011-1: 9,5*6,4*15 см &amp;#40;109 дет&amp;#41;; 31011-2: 9,5*6,4*9 см &amp;#40;94 дет&amp;#41;; 31011-3: 9,5*6,4*8,5 см &amp;#40;101 дет&amp;#41;; 31011-4: 9,5*6,4*12 см &amp;#40;117 дет&amp;#41;. В каждом наборе есть 1 фигурка девочки размером 5 см. Поставка в дисплее по 4 шт. Размер дисплея составляет 22,5*18,7*14,7 см.</t>
+  </si>
+  <si>
+    <t>948755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/418/2qesd9xvtphrkz2axo0k02pmqizowzfa.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Аварийно-ремонтная машина, 46 деталей</t>
+  </si>
+  <si>
+    <t>Малыш мечтает о карьере спасателя? С этим конструктором малыш соберёт пожарную машину и незамедлительно отправится на тушение возгораний. Пластиковый конструктор «Аварийно-ремонтная машина» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 46 деталей, из которых нужно собрать автомобиль спецслужбы и фигурку работника в огнеупорном костюме. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Яркий конструктор пробудит воображение маленького фантазёра: он придумает множество игровых сюжетов и вместе с пожарным вступит в борьбу со стихией. Детский конструктор изготовлен из качественной и гипоаллергенной пластмассы, безопасной для ребенка. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949338</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0b/fcxeyga6jljyhr5sforx3sk0qgl11e5w.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Батискаф, 36 деталей</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Батискаф» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 36 деталей, из которых нужно собрать батискаф и посадить туда солдата. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0d/n807hiu7uyhahkrx8680e3jeliwujj80.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый БМП, 42 детали</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «БМП» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 42 деталей, из которых нужно собрать танк и солдата. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949340</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ea/jq0s50en2lu5fnlxf3ehbzc1s2xwvqc7.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Броневик, 36 деталей</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Броневик» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 36 деталей, из которых нужно собрать броневик и солдата. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/652/nbbg82a2efzf1yxrsryd39qs1z6z2q9r.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Вертолет-амфибия, 78 деталей</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Вертолет-амфибия» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 78 деталей, из которых нужно собрать полицейский вертолет и пилота. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать вертолет. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b2/nkgik83ca3z9ix12mqnp1dbnxmquwa80.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Двуствольный танк 3 в 1, 84 детали</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Двуствольный танк» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 84 деталей, из которых нужно собрать боевую машину и солдата. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ee/xljp0f4wvqv2ycsb39i1wti9xgqdw9yu.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Планер, 53 детали</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Планер» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 53 деталей, из которых нужно собрать боевой самолет и солдата. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b7/t2sowwpjbbmxacao7q7ob6ah5gad7f2w.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Подъемный кран, 52 детали</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Подъемный кран» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 52 деталей, из которых нужно собрать подъемный кран и водителя. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать конструктор. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d37/13yujwhcpdli9k630qt2nsy90wvtianf.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Пожарная машина, 41 деталь</t>
+  </si>
+  <si>
+    <t>Ребенок мечтает о карьере спасателя? С этим конструктором он соберёт пожарную машину и незамедлительно отправится на тушение возгораний. Пластиковый конструктор «Пожарная машина» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 41 деталей, из которых нужно собрать пожарную машину и посадить туда водителя. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать машинку. Элементы изготовлены из высококачественной пластмассы, надёжно соединяются между собой и разбираются без особого труда. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aac/tavhu9ui85lppfyio7gmvbmxzudke96o.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Полицейский лимузин, 105 деталей</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Полицейский лимузин» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 105 деталей, из которых нужно собрать полицейскую машину и посадить туда водителя. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать машинку. Детский конструктор изготовлен из качественных и гипоаллергенных материалов, безопасных для ребенка. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92e/uazoksxugqjk6hrgwnhjz3zxv6h1fdna.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Стритрейсинг, 103 детали</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Стритрейсинг» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 103 деталей, из которых нужно собрать гоночную машиу и посадить туда водителя. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать машинку. Детский конструктор изготовлен из качественных и гипоаллергенных материалов, безопасных для ребенка. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15f/2k9e324feb3nzf4xeajjcdri7kfcloxd.jpeg</t>
+  </si>
+  <si>
+    <t>Конструктор пластиковый Экскаватор, 86 деталей</t>
+  </si>
+  <si>
+    <t>Пластиковый конструктор «Экскаватор» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор пластиковый состоит из 86 деталей, из которых нужно собрать экскаватор и посадить туда водителя. Детали конструктора совместимы с деталями известных брендов, поэтому наш набор можно использовать как дополнение к другим пластиковым конструкторам. Легкие пластиковые детали без труда соединяются друг с другом, и ребенку не нужно прикладывать дополнительных усилий, чтобы собрать машинку. Детский конструктор изготовлен из качественных и гипоаллергенных материалов, безопасных для ребенка. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Пластиковый конструктор предназначен для детей 6&amp;#43;.</t>
+  </si>
+  <si>
+    <t>949358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9a/jbvfzincy1xghguu6h2fv19zcs1ns5vs.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, Военный Десант, Вертолет, 212 деталей</t>
+  </si>
+  <si>
+    <t>Блочный конструктор ВЕРТОЛЕТ цвета хаки с человечками из коллекции ВОЕННЫЙ ДЕСАНТ от Bondibon – отличный подарок для мальчика, который увлечен военной техникой. Самостоятельно соберите модель транспортного средства с подвижными деталями, а также фигурки двух летчиков и играйте с ними. Достаньте 212 деталей. Соберите игрушку, следуя подробной инструкции. Качественные детали из безопасной пластмассы легко и надежно соединяются между собой. Военный вертолет готов отправиться на задание! Сборная модель на колесах может ехать вперед, если ее подтолкнуть. Вращайте винт, поднимайте и опускайте части крыльев. Наслаждайтесь динамичной игрой! ВЕРТОЛЕТ от Бондибон развивает интереса к конструированию, моделированию, мелкой моторики, внимания, эмоционального интеллекта, логического и пространственного мышления. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 212 деталей для сборки вертолета и двух фигурок, 2 рамки с оружием, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34f/29zuupfeiqjwh528visedtfhz3f2acxv.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, Военный Десант, Вертолет, 230 деталей</t>
+  </si>
+  <si>
+    <t>Блочный конструктор черный ВЕРТОЛЕТ с человечками из коллекции ВОЕННЫЙ ДЕСАНТ от Bondibon – отличный подарок для мальчиков, которые увлечены военной техникой. Самостоятельно соберите модель транспортного средства и фигурки двух летчиков из 230 деталей и играйте с ними. Вращайте винты вертолета и придумывайте захватывающие сюжеты! Соберите игрушку, следуя подробной инструкции. Качественные детали из безопасной пластмассы легко и надежно соединяются между собой. Военный вертолет готов отправиться на задание! Сборная модель на колесах может ехать вперед, если ее немного подтолкнуть. Вращайте винты и наслаждайтесь динамичной игрой! ВЕРТОЛЕТ от Бондибон способствует развитию интереса к конструированию, моделированию, мелкой моторики, внимания, эмоционального интеллекта, логического и пространственного мышления. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 230 деталей для сборки вертолета и двух фигурок, 2 рамки с оружием, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbd/dk63ybs54f2rdjnax3z9hegs2j8n6q44.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, ГОРОД, Грузовик, сине-красн., блок запуска, 67 деталей</t>
+  </si>
+  <si>
+    <t>Конструктор сине-красный ГРУЗОВИК с блоком запуска из коллекции ГОРОД от Bondibon – замечательный подарок для мальчика. Самостоятельно соберите синюю с красным модель тягача из 67 деталей и приведите ее в движение. Придумывайте захватывающие сюжеты и наслаждайтесь игрой! Соберите игрушку, следуя подробной инструкции. Детям очень нравятся качественные детали из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Немного усердия и грузовик готов! Состыкуйте сборную модель с блоком запуска и нажмите кнопку на нем, чтобы машинка поехала вперед. Яркий ГРУЗОВИК от Бондибон поможет развить у ребенка интерес к конструированию, моделированию, мелкую моторику, концентрацию внимания, эмоциональный интеллект, фантазию, логическое и пространственное мышление. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 67 деталей для сборки, блок запуска, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/640/50zo2fvc8w7neimllm62tm9c4vu51swi.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, ГОРОД, Машина, ж лто-красная, блок запуска, 73 детали</t>
+  </si>
+  <si>
+    <t>Конструктор желто-красная МАШИНА с блоком запуска из коллекции ГОРОД от Bondibon – замечательный подарок для мальчика. Самостоятельно соберите желтую с красным модель автомобиля из 73 деталей и приведите ее в движение. Придумывайте захватывающие сюжеты и наслаждайтесь игрой! Соберите игрушку, следуя подробной инструкции. Детям очень нравятся качественные детали из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Немного усердия и машинка готова! Состыкуйте сборную модель с блоком запуска и нажмите кнопку на нем, чтобы авто поехало вперед. Яркая МАШИНА от Бондибон поможет развить у ребенка интерес к конструированию, моделированию, мелкую моторику, концентрацию внимания, эмоциональный интеллект, фантазию, логическое и пространственное мышление. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 73 детали для сборки, блок запуска, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/392/5snud81hivrx063axgq1t62uc6l5jf7g.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, ГОРОД, Мотоцикл, 361 деталь</t>
+  </si>
+  <si>
+    <t>Блочный конструктор синий МОТОЦИКЛ из коллекции ГОРОД от Bondibon вызовет восторг у мальчиков, которые обожают технику. Самостоятельно соберите реалистичную модель транспортного средства из 361 детали и играйте с ней! Детям очень нравятся качественные блоки из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Соберите игрушку, следуя подробной инструкции. Немного усердия и мотоцикл с коляской готов! Открывайте и закрывайте багажник сборной модели. Придумывайте различные сюжеты и наслаждайтесь динамичной игрой! МОТОЦИКЛ от Бондибон способствует развитию интереса к конструированию, моделированию, мелкой моторики, внимания, эмоционального интеллекта, фантазии, логического и пространственного мышления. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 361 деталь для сборки, подробная инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11e/s6hzjcpq56j5ablsvryprf04x5m439g1.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, СПОРТ ГОНКИ, Машина, бело-синяя, блок запуска, 57 деталей</t>
+  </si>
+  <si>
+    <t>Конструктор бело-синяя МАШИНА с блоком запуска из коллекции СПОРТ ГОНКИ от Bondibon вызовет восторг у юных любителей скорости! Самостоятельно соберите белый с синим болид из 57 деталей и приведите его в движение. Наслаждайтесь динамичной игрой! Соберите игрушку, следуя подробной инструкции. Детям очень нравятся качественные детали из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Состыкуйте сборную модель с блоком запуска и нажмите кнопку на нем, чтобы машинка поехала вперед. Придумывайте захватывающие сюжеты! Соберите все модели болидов из коллекции СПОРТ ГОНКИ и устройте соревнования с друзьями! МАШИНА от Бондибон поможет развить у ребенка интерес к конструированию, моделированию, мелкую моторику, внимание, эмоциональный интеллект, фантазию, логику и пространственное мышление. Это замечательный подарок для мальчика. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 57 деталей, блок запуска, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/633/z4bg2trnbupkh8503uxcjrqmlzm5e0w8.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, СПОРТ ГОНКИ, Машина, ж лто-черная, блок запуска, 69 деталей</t>
+  </si>
+  <si>
+    <t>Конструктор желто-черная МАШИНА с блоком запуска из коллекции СПОРТ ГОНКИ от Bondibon вызовет восторг у юных любителей скорости! Самостоятельно соберите желтый с черным болид из 69 деталей и приведите его в движение. Наслаждайтесь динамичной игрой! Соберите игрушку, следуя подробной инструкции. Детям очень нравятся качественные детали из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Состыкуйте сборную модель с блоком запуска и нажмите кнопку на нем, чтобы машинка поехала вперед. Придумывайте захватывающие сюжеты! Соберите все модели болидов из коллекции СПОРТ ГОНКИ и устройте соревнования с друзьями! МАШИНА от Бондибон поможет развить у ребенка интерес к конструированию, моделированию, мелкую моторику, внимание, эмоциональный интеллект, фантазию, логику и пространственное мышление. Это замечательный подарок для мальчика. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 69 деталей, блок запуска, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07b/mhsybyu2u185aohko2sy05tt99824tfk.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, СПОРТ ГОНКИ, Машина, св.серая, блок запуска, 62 детали</t>
+  </si>
+  <si>
+    <t>Конструктор светло-серая МАШИНА с блоком запуска из коллекции СПОРТ ГОНКИ от Bondibon вызовет восторг у юных любителей скорости! Самостоятельно соберите светлый серый болид из 62 деталей и приведите его в движение. Наслаждайтесь динамичной игрой! Соберите игрушку, следуя подробной инструкции. Детям очень нравятся качественные детали из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Состыкуйте сборную модель с блоком запуска и нажмите кнопку на нем, чтобы машинка поехала вперед. Придумывайте захватывающие сюжеты! Соберите все модели болидов из коллекции СПОРТ ГОНКИ и устройте соревнования с друзьями! МАШИНА от Бондибон поможет развить у ребенка интерес к конструированию, моделированию, мелкую моторику, внимание, эмоциональный интеллект, фантазию, логику и пространственное мышление. Это замечательный подарок для мальчика. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 62 детали, блок запуска, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8af/e0p5ecy7w9mq4duj62h2yj7n09agzvw5.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Bondibon, СПОРТ ГОНКИ, Машина, ч рная, блок запуска, 69 деталей</t>
+  </si>
+  <si>
+    <t>Конструктор черная МАШИНА с блоком запуска из коллекции СПОРТ ГОНКИ от Bondibon вызовет восторг у юных любителей скорости! Самостоятельно соберите стильный черный болид из 69 деталей и приведите его в движение. Наслаждайтесь динамичной игрой! Соберите игрушку, следуя подробной инструкции. Детям очень нравятся качественные детали из безопасной пластмассы, которые легко и надежно соединяются друг с другом. Состыкуйте сборную модель с блоком запуска и нажмите кнопку на нем, чтобы машинка поехала вперед. Придумывайте захватывающие сюжеты! Соберите все модели болидов из коллекции СПОРТ ГОНКИ и устройте соревнования с друзьями! МАШИНА от Бондибон поможет развить у ребенка интерес к конструированию, моделированию, мелкую моторику, внимание, эмоциональный интеллект, фантазию, логику и пространственное мышление. Это замечательный подарок для мальчика. Детали игрушки совместимы с деталями конструкторов мировых производителей. В набор входят: 69 деталей, блок запуска, инструкция. Возраст 6&amp;#43;</t>
+  </si>
+  <si>
+    <t>961351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/7dfk8wfu9tpy9ivg3hkugwdj5pyruh98.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор, 219 деталей, собран</t>
+  </si>
+  <si>
+    <t>Конструктор, 219 деталей, коробка, собран</t>
+  </si>
+  <si>
+    <t>972319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/271/1tqy4d3u3ktinv8g7v3wgr0axv4hoygk.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор, 251 деталь, собран</t>
+  </si>
+  <si>
+    <t>Конструктор, 251 деталь, коробка, собран</t>
+  </si>
+  <si>
+    <t>972321</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57f/i1diq8ld1b1s07l92xznpwpxjm80zu52.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор, 269 деталей, собран</t>
+  </si>
+  <si>
+    <t>Конструктор, 269 деталей, коробка, собран</t>
+  </si>
+  <si>
+    <t>972326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e2/hgmvkw394yb7qn36qktfesfdq24sqliw.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор, 343 детали</t>
+  </si>
+  <si>
+    <t>Конструктор, 343 детали, коробка</t>
+  </si>
+  <si>
+    <t>972330</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc9/knl661zxbudjgb2apf9oe9bespdf0tik.jpg</t>
-[...904 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/259/no6cxx7r34bfbtbv8iywujv1qxlvaszs.jpg</t>
   </si>
   <si>
     <t>Конструктор, 435 деталей</t>
   </si>
   <si>
     <t>Конструктор, 435 деталей, коробка</t>
   </si>
   <si>
     <t>972332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/891/erit1r46c91j25mfmv6rtlq52y561n88.jpg</t>
   </si>
   <si>
     <t>Конструктор  quot;Машинка quot;, 248 деталей</t>
   </si>
   <si>
     <t>Конструктор с тематикой «транспорт». Набор включает 248 деталей, иллюстрированную инструкцию по сборке, 1 лист с наклейками. Машинка оснащена инерционным механизмом. Материал игрушки – ABS-пластик, шины прорезиненные. Размер собранной модели составляет 20*9,5*6,5 см. Размер индивидуальной упаковки: 29*19,5*6 см.</t>
   </si>
   <si>
     <t>979867</t>
   </si>
   <si>
     <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22f/61w8l2gwenzcxq398m5sh0pzvvcv404w.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор Машина  quot;Внедорожник багги quot;, 201 деталь</t>
+  </si>
+  <si>
+    <t>Конструктор с тематикой «транспорт». Набор включает 201 деталь, иллюстрированную инструкцию по сборке, 1 лист с наклейками. Машинка оснащена инерционным механизмом. Материал игрушки – ABS-пластик, шины прорезиненные. Размер собранной модели составляет 19,5*13,5*8 см. Размер индивидуальной упаковки: 29*19,5*6 см.</t>
+  </si>
+  <si>
+    <t>979869</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b14/hgc7acrhae3qd2pnak2xp35ybd67c9ir.jpg</t>
   </si>
   <si>
     <t>Конструктор блочный  quot;Цветняшки. Волчонок У quot;, 52 детали</t>
   </si>
   <si>
     <t>Конструктор блочный &amp;quot;Цветняшки. Волчонок У&amp;quot;, 52 детали</t>
   </si>
   <si>
     <t>997425</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/844/0echy0l9m7bbevpyihshn6eumn3ci150.jpg</t>
   </si>
   <si>
     <t>Конструктор блочный  quot;Цветняшки. Зайчонок Скок quot;, 36 деталей</t>
   </si>
   <si>
     <t>Конструктор блочный &amp;quot;Цветняшки. Зайчонок Скок&amp;quot;, 36 деталей</t>
   </si>
@@ -3238,57 +2842,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M265"/>
+  <dimension ref="A1:M226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G265" sqref="G265"/>
+      <selection pane="bottomRight" activeCell="G226" sqref="G226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3355,5983 +2959,5084 @@
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="3" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>41</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>42</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="3" t="s">
+      <c r="G13" s="3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C14" s="1"/>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>144</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F63" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F64" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F66" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F71" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="G73" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F74" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B75" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>288</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>301</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F84" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>313</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>315</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>316</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>317</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F89" s="3" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B90" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G91" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="F92" s="3" t="s">
+      <c r="G92" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="G93" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B94" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F94" s="3" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="G94" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B95" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F95" s="3" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="G95" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="F96" s="3" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>345</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>351</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B99" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>345</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>431</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>442</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F129" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B131" s="1" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>456</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>91</v>
+        <v>356</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>557</v>
+        <v>356</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>577</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>578</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>598</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>599</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>600</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>601</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>602</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
         <v>603</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>605</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
         <v>606</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>609</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
         <v>610</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>614</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>615</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B178" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F178" s="3" t="s">
         <v>626</v>
-      </c>
-[...10 lines deleted...]
-        <v>345</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>378</v>
+        <v>660</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>378</v>
+        <v>661</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>345</v>
+        <v>626</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>664</v>
+        <v>677</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>667</v>
+        <v>680</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>669</v>
+        <v>682</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>674</v>
+        <v>689</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>676</v>
+        <v>691</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>677</v>
+        <v>692</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>677</v>
+        <v>693</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>678</v>
+        <v>694</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>679</v>
+        <v>695</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>680</v>
+        <v>696</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>680</v>
+        <v>697</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>681</v>
+        <v>698</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>683</v>
+        <v>701</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>684</v>
+        <v>702</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>685</v>
+        <v>703</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>686</v>
+        <v>704</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>687</v>
+        <v>706</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>688</v>
+        <v>707</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>689</v>
+        <v>708</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>689</v>
+        <v>709</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>690</v>
+        <v>710</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>345</v>
+        <v>67</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>691</v>
+        <v>711</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>692</v>
+        <v>712</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>692</v>
+        <v>713</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>693</v>
+        <v>714</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>345</v>
+        <v>67</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>694</v>
+        <v>715</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>695</v>
+        <v>716</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>695</v>
+        <v>717</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>696</v>
+        <v>718</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>345</v>
+        <v>67</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>697</v>
+        <v>719</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>698</v>
+        <v>720</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>698</v>
+        <v>721</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>699</v>
+        <v>722</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>345</v>
+        <v>723</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>701</v>
+        <v>725</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>701</v>
+        <v>726</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>702</v>
+        <v>727</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>345</v>
+        <v>723</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>703</v>
+        <v>728</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>704</v>
+        <v>729</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>705</v>
+        <v>730</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>706</v>
+        <v>731</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>91</v>
+        <v>732</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>707</v>
+        <v>733</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>708</v>
+        <v>734</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>708</v>
+        <v>735</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>709</v>
+        <v>736</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>345</v>
+        <v>732</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>710</v>
+        <v>737</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>711</v>
+        <v>738</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>712</v>
+        <v>739</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>713</v>
+        <v>740</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>714</v>
+        <v>741</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>715</v>
+        <v>742</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>716</v>
+        <v>743</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>717</v>
+        <v>744</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>718</v>
+        <v>745</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>714</v>
+        <v>741</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>18</v>
+        <v>746</v>
       </c>
     </row>
     <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>719</v>
+        <v>747</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>720</v>
+        <v>748</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>721</v>
+        <v>749</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>722</v>
+        <v>750</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>714</v>
+        <v>741</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>723</v>
+        <v>751</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>724</v>
+        <v>752</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>725</v>
+        <v>753</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>726</v>
+        <v>754</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>727</v>
+        <v>100</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>728</v>
+        <v>755</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>729</v>
+        <v>756</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>738</v>
+        <v>764</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>739</v>
+        <v>765</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>740</v>
+        <v>766</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>741</v>
+        <v>767</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>742</v>
+        <v>768</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>743</v>
+        <v>769</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>744</v>
+        <v>770</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>745</v>
+        <v>771</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>746</v>
+        <v>772</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>747</v>
+        <v>773</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>748</v>
+        <v>774</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>749</v>
+        <v>775</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>751</v>
+        <v>776</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>753</v>
+        <v>778</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>754</v>
+        <v>779</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>755</v>
+        <v>780</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>756</v>
+        <v>781</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>757</v>
+        <v>782</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>758</v>
+        <v>783</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>759</v>
+        <v>784</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>760</v>
+        <v>785</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>761</v>
+        <v>786</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>763</v>
+        <v>788</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>764</v>
+        <v>789</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>765</v>
+        <v>790</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>766</v>
+        <v>790</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>768</v>
+        <v>792</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>770</v>
+        <v>794</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>771</v>
+        <v>795</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>774</v>
+        <v>797</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>775</v>
+        <v>798</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>776</v>
+        <v>799</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>777</v>
+        <v>800</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>781</v>
+        <v>803</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>782</v>
+        <v>803</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>785</v>
+        <v>806</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>786</v>
+        <v>806</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>796</v>
+        <v>816</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>797</v>
+        <v>817</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>798</v>
+        <v>818</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>18</v>
-[...895 lines deleted...]
-      <c r="G265" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>