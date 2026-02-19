--- v0 (2025-12-31)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -89,191 +89,239 @@
   <si>
     <t>http://anytos.ru//upload/iblock/04d/04d064ba449f8413b27ed8fe444f88c4/33bdd24f47135b3ea4cdc02d96da174e.jpg</t>
   </si>
   <si>
     <t>Конструктор магнитный  quot;МАГНИТНЫЕ КУБИКИ quot; , 72 дет., ВОХ 24,5х17,5х4 см</t>
   </si>
   <si>
     <t>Конструктор магнитный &amp;quot;МАГНИТНЫЕ КУБИКИ&amp;quot; , 72 дет., ВОХ 24,5х17,5х4 см</t>
   </si>
   <si>
     <t>394634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35b/35b45361260499666e232648b9020f23/b417262df0326efd7c7c5f7d8ef92519.jpg</t>
   </si>
   <si>
     <t>Конструктор магнитный  quot;МАГНИТНЫЕ КУБИКИ quot; , 78 дет., ВОХ 24,5х17,5х4 см</t>
   </si>
   <si>
     <t>Конструктор магнитный &amp;quot;МАГНИТНЫЕ КУБИКИ&amp;quot; , 78 дет., ВОХ 24,5х17,5х4 см</t>
   </si>
   <si>
     <t>394635</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/91f/91fd7bee35077e4e5498ec0aeba7ba35/fa01fdd78322859b27f5445ac5b53431.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор магнитный  quot;Витражи quot;, 100 деталей. 45009</t>
+  </si>
+  <si>
+    <t>Конструктор магнитный &amp;quot;Витражи&amp;quot;, 100 деталей</t>
+  </si>
+  <si>
+    <t>398900</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/959/9594582ca1602475488e0135d7347f81/abc02aa88f154e8a645a3347dc6e246b.jpg</t>
   </si>
   <si>
     <t>Конструктор магнитный  quot;Витражи quot;, 52 детали. 45008</t>
   </si>
   <si>
     <t>Конструктор магнитный &amp;quot;Витражи&amp;quot;, 52 детали</t>
   </si>
   <si>
     <t>398901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b46/b4641cfd1907e651df0647e4a12a03ed/291fe406a20aad2c88b2715bfc55be56.jpg</t>
   </si>
   <si>
     <t>Конструктор магнитный  quot;Транспорт quot;, 92 детали. 45007</t>
   </si>
   <si>
     <t>Конструктор магнитный &amp;quot;Транспорт&amp;quot;, 92 детали</t>
   </si>
   <si>
     <t>398903</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c1/0c1be85409b4f6304350d0fc0702d721/0ed73855bccf3ab593ebbbe963154708.jpg</t>
-[...8 lines deleted...]
-    <t>398904</t>
+    <t>http://anytos.ru//upload/iblock/ae9/ae9ec6d5e0343582a48350a2c2d4199d/e183e4e766daaa9a35758328d63db711.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор МАГНИТОФОРМЫ Bondibon, 8 треугольников, арт.JH8842D</t>
+  </si>
+  <si>
+    <t>Конструктор Магнитоформы от Bondibon - это яркие детали разнообразных геометрических форм. Каждый набор содержит определенное количество деталей соответствующей конфигурации. Ни для кого не секрет, что конструкторы являются одной из самых развивающих игрушек для детей. Сборка конструкторов напрямую влияет на развитие математических способностей. Кроме того, игра в конструкторы развивает моторику, логическое и пространственное мышление, способствует развитию воображения и творческого мышления. В данном наборе представлено 8 деталей в форме треугольников.</t>
+  </si>
+  <si>
+    <t>435671</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/639/639b68b6229c4f261efe0a381b240efe/7f365ba1c406107ade6d7ce97be1c9d6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Магнитный конструктор МАГНИТОФОРМЫ Bondibon, набор 14 дет.  6 квадратов, 8 треугольников </t>
+  </si>
+  <si>
+    <t>Конструктор Магнитоформы от Bondibon - это яркие детали разнообразных геометрических форм. Каждый набор содержит определенное количество деталей соответствующей конфигурации. Ни для кого не секрет, что конструкторы являются одной из самых развивающих игрушек для детей. Сборка конструкторов напрямую влияет на развитие математических способностей. Кроме того, игра в конструкторы развивает моторику, логическое и пространственное мышление, способствует развитию воображения и творческого мышления. В данном наборе представлено 14 деталей 6 квадратов, 8 треугольников</t>
+  </si>
+  <si>
+    <t>435673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2a/f2a37a0f9d83aab03cd4543fbcb12d2c/93cc1ce874074e5940b5fb17c98e48a2.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор МАГНИТОФОРМЫ Bondibon, набор  quot;машина quot;, 20 дет., арт. JH8878</t>
+  </si>
+  <si>
+    <t>Конструктор Магнитоформы от Bondibon - это яркие детали разнообразных геометрических форм. Каждый набор содержит определенное количество деталей соответствующей конфигурации. Ни для кого не секрет, что конструкторы являются одной из самых развивающих игрушек для детей. Сборка конструкторов напрямую влияет на развитие математических способностей. Кроме того, игра в конструкторы развивает моторику, логическое и пространственное мышление, способствует развитию воображения и творческого мышления. В наборе представлено 20 деталей для создания модели автомобиля</t>
+  </si>
+  <si>
+    <t>435675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15c/15cb37a3c19e5f9345327252adffd4d8/c8071bfcbe222b0f26a3611d6edbb454.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор МАГНИТОФОРМЫ Bondibon, 6 квадратов, CRD 26x17х3 см, арт.JH8842E</t>
+  </si>
+  <si>
+    <t>577571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a4/1a4ce97787fd3c0ed35bfb9b43f12e10/ec35d090d13440f9facb6cb7fdbd4037.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор МАГНИТОФОРМЫ Bondibon, набор 10 мини-дет., CRD 20х18 см.</t>
+  </si>
+  <si>
+    <t>577572</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a87/a87d60ef53528ced89d6ee5222cd5ccc/672f81afec0220cf1457cf0e363fdebf.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор МАГНИТОФОРМЫ Bondibon, набор 9 мини-дет., CRD 22х15 см.</t>
+  </si>
+  <si>
+    <t>577576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57c/57cfd7f662fb471b7045d30f4ccffdc8/b51d9d566720bc654ea6814c33028660.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор МАГНИТОФОРМЫ Bondibon, набор 9 мини-дет., CRD 25х16 см.</t>
+  </si>
+  <si>
+    <t>577577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a99/a99ce576ea3a8da32a8e5d5d267d9326/3130cb6b322b4854bd5e3bde845238c8.jpg</t>
+  </si>
+  <si>
+    <t>Головоломка-конструктор  quot;Магнитные фигуры 3D quot;, 4 детали, 54 задания</t>
+  </si>
+  <si>
+    <t>Головоломка-конструктор «Магнитные фигуры 3 D »поможет ребёнку развить логическое мышление и креативный подход к решению различных задач. Эта головоломка затягивает не меньше, чем любой гаджет! С помощью игрового набора ребёнок научится решать пространственные задачи и потренирует стратегическое мышление. Ведь с каждым уровнем задания становятся всё сложнее и интереснее! В комплект входят 4 магнитные фигуры и 54 карточки с заданиями. На обороте каждой из карточек приведён ключ с ответом. Размер фигурок составляет 4-6 см. Изготовлено из полимерных материалов. Рекомендованный возраст: 5 лет &amp;#43;</t>
+  </si>
+  <si>
+    <t>579428</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae9/ae9ec6d5e0343582a48350a2c2d4199d/e183e4e766daaa9a35758328d63db711.jpg</t>
-[...71 lines deleted...]
-    <t>577577</t>
+    <t>http://anytos.ru//upload/iblock/007/007d47045adafa89d2d6c7b241f76a08/78f8ab0bf4bb6f3697d7f4c7d78225af.jpg</t>
+  </si>
+  <si>
+    <t>Головоломка-конструктор  quot;Магнитные фигуры 3D quot;, 7 деталей, 108 заданий</t>
+  </si>
+  <si>
+    <t>Головоломка-конструктор «Магнитные фигуры 3D» поможет ребёнку развить логическое мышление и креативный подход к решению различных задач. Эта головоломка затягивает не меньше, чем любой гаджет! С помощью игрового набора ребёнок научится решать пространственные задачи и потренирует стратегическое мышление. Ведь с каждым уровнем задания становятся всё сложнее и интереснее! Яркие разноцветные детали легко складываются в различные фигуры, с ними можно играть, как с магнитным конструктором. В комплект входят 7 магнитных деталей и 108 карточек с заданиями. На обороте каждой изкарточек приведён ключ с ответом. Размер деталей составляет 4-6 см. Изготовлено из полимерных материалов. Рекомендованный возраст: 5 лет &amp;#43;</t>
+  </si>
+  <si>
+    <t>579429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05f/05fffa1b53b788b0a9f12ac8cfb744bb/b831a6466d06ad5b41403776f1c9d182.jpg</t>
   </si>
   <si>
     <t>Головоломка-конструктор  quot;Магнитные фигуры 3D quot;, 9 деталей, 154 задания</t>
   </si>
   <si>
     <t>Головоломка-конструктор «Магнитные фигуры 3D» поможет ребёнку развить логическое мышление и креативный подход к решению различных задач. Эта головоломка затягивает не меньше, чем любой гаджет! С помощью игрового набора ребёнок научится решать пространственные задачи и потренирует стратегическое мышление. Ведь с каждым уровнем задания становятся всё сложнее и интереснее! Яркие разноцветные детали легко складываются в различные фигуры, с ними можно играть, как с магнитным конструктором. В комплект входят 9 магнитных деталей и 156 карточек с заданиями. На обороте каждой изкарточек приведён ключ с ответом. Размер деталей составляет 4-6 см. Изготовлено из полимерных материалов. Рекомендованный возраст: 5 лет &amp;#43;</t>
   </si>
   <si>
     <t>579430</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5ab/5ab2113dcc70ba37fce6b74ddc97c080/aa8d0c1782ed233670a5365492e1ba62.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор магнитный, 14 деталей, коробка</t>
+  </si>
+  <si>
+    <t>579436</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/53f/7mu0h8qhyiugu8g2ow4feeog04sug4nl.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Магнитный конструктор quot; 56 элементов</t>
   </si>
   <si>
     <t>Удивительная игра-конструктор Magical Magnet надолго увлечет ребенка в мир творчества, фантазии и креатива. 56 ярких качественных деталей содержат внутри себя магниты, которые и позволяют быстро скреплять часть конструктора друг с другом. Благодаря простоте соединения, набор вполне подходит и для совсем маленьких открывателей конструирования. Magical Magnet 56 позволит ребенку самостоятельно создать что-то новое – машины, геометрические фигуры, дома и многое другое. Кроме того, конструктор легко превращается из двухмерной модели в трехмерную. Игра развивает как мелкую моторику, так и помогают проявлять свои творческие задумки. Купить магнитный конструктор Magical Magnet по лучшей цене Вы всегда можете в интернет-магазине Saletoys.net В данном наборе к деталям прилагаются колеса. Из деталей можно собрать паровозик или машинку и присоединить к получившейся игрушке колеса. Конструктор поможет развить логическое мышление, воображение, моторику рук. В наборе Magical Magnet 56 деталей и буклет с вариантами сборок.</t>
   </si>
   <si>
     <t>685286</t>
   </si>
   <si>
     <t>&lt;a href="/brands/shantou-yisheng/"&gt;SHANTOU YISHENG&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b04/xucofcfucb72833xxtexhuvj00nsjnqf.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор SmartMax  Bondibon, Мои первые акробаты, 10 деталей, арт. SMX 227</t>
+  </si>
+  <si>
+    <t>Магнитный конструктор «Мои первые акробаты» - очень милый и обязательно понравится малышам. Ведь теперь они могут бесконечно экспериментировать и строить различные конструкции. А еще их ждет магнитное открытие от Smartmax! Ведь разноцветные детали конструктора - самые настоящие магниты с разными полюсами. Причем тёплые цвета имеют одну полярность, а холодные другую.&amp;nbsp;&amp;nbsp;Одни элементы можно соединить, а другие отталкиваются друг от друга. Такие особенности позволяют изучать цвета и запоминать их еще лучше. В наборе карточки с 24 заданиями для сборки. Ребенок должен будет расположить объемные детали головоломки по специальной схеме. Решение таких задач помогает развивать внимание, память, логическое мышление в легкой увлекательной игровой форме. Детали конструктора SMARTMAX от Бондибон имеют высокое качество исполнения и совместимы со всеми конструкторами данного бренда. К тому же детали – сверхбольшие, и&amp;nbsp;&amp;nbsp;играть с ними малышам абсолютно безопасно. В состав набора входят 10 деталей и карточки с заданиями. Рекомендуемый возраст -&amp;nbsp;&amp;nbsp;1,5-5 лет.</t>
+  </si>
+  <si>
+    <t>718690</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee6/vdydjnendwp42eraxvamnt2c1kbuyu71.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор  quot;Домик в лесу quot;, 42 детали, для девочек</t>
   </si>
   <si>
     <t>Магнитный конструктор &amp;quot;Домик в лесу&amp;quot;, 42 детали, для девочек</t>
   </si>
   <si>
     <t>827195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32c/newqw2v3sg6nsr9aazcg81qhm3fn4sno.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор BIG MAGNETIC BLOCKS-34, 34 детали, с колесной базой, BRAUBERG KIDS, 663845</t>
   </si>
   <si>
     <t>Магнитный конструктор BRAUBERG KIDS - это интересная игрушка, способствующая развитию детского интеллекта. Прочный АБС-пластик и усиленные магниты обеспечивают игрушке надежность и долговечность. В набор входит 34 элемента: 18 магнитных элементов в форме квадрата, 12 магнитных элементов в форме треугольника, 2 магнитных элемента в форме шестиугольника, 2 колесных базы. Инструкция по сборке возможных фигур прилагается.Яркие детали заинтересуют детей, побуждая их к созданию множества новых конструкций и идей. Магнитный конструктор подходит для развития пространственного мышления, изучения чисел и геометрических фигур, развития фантазии и воображения, формирования навыков конструирования как статичных, так и динамичных моделей.Набор совместим с другими наборами магнитного конструктора BRAUBERG KIDS.</t>
   </si>
   <si>
     <t>833403</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
@@ -419,111 +467,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b54/xe2v3gd20reao2h1w5v62ocxx91g6976.jpeg</t>
   </si>
   <si>
     <t>Конструктор магнитный  quot;Веселый паровозик quot;, 100 деталей</t>
   </si>
   <si>
     <t>&amp;quot;Магнитный конструктор «Веселый паровозик» ? развивающий набор для детей, которые делают первые шаги в робототехнике. Конструктор поможет детям развить мелкую моторику, логику, абстрактное мышление и воображение. Кроме того, дети познакомятся с различными цветами и формами предметов. Конструктор магнитный состоит из 100 деталей, из которых нужно собрать поезд и другую объемную фигуру, а затем посадить на поезд пассажиров из набора. Крепкие магниты сохранят конструкцию, надежно крепясь друг к другу, и выдержат многократное соединение. С помощью деталей из набора ребенок сможет экспериментировать с формой предметов: фигурки можно собирать по инструкции или придумывать самостоятельно. Детали легко крепятся к любой магнитной доске и металлической поверхности &amp;#40;холодильник, стиральная машинка, посудомойка&amp;#41;. Детский конструктор изготовлен из качественных и гипоаллергенных материалов, безопасных для ребенка. Конструктор подойдет для мальчиков и девочек и станет прекрасным подарком на любой праздник. Магнитный конструктор предназначен для детей 6&amp;#43;. Навыки, которые развивает конструктор: 1. Воображение – ребенок разовьет яркость воображаемых образов, их оригинальность и глубину, а также плодотворность воображения. 2. Пространственное мышление – попросите ребенка создать что-то новое из магнитных деталей, например, гараж с цветными элементами для его любимой машинки. 3. Мелкая моторика – магнитный конструктор считается одним из лучших способов развития мелкой моторики у детей нескольких возрастов, ведь магниты увлекают ребенка, вызывают интерес к ручной работе и игре. 4. Усидчивость и внимание – сфокусируйте внимание ребенка на интересных карточках, разложите в ряд и попросите запомнить, а затем перемешайте и попросите разложить в нужном порядке. Кроме того, можно придумать различные игры с цветными детальками –использовать их как трафареты, чтобы ребенок обводил квадраты и треугольники ручкой или карандашом. 5. Английский язык – на каждой фишке изображена картинка и название предмета на английском языке, нужно просто выбрать и соотнести их. Поздравьте ребенка с днем рождения или подарите без повода, и вы забудете про гаджет в руках ребенка. &amp;quot;</t>
   </si>
   <si>
     <t>949337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/556/50ayhucunjbvss05zsope7ov04f4n6sw.jpg</t>
   </si>
   <si>
     <t>Конструктор магнитный, 79 деталей</t>
   </si>
   <si>
     <t>Конструктор магнитный, 79 деталей, коробка</t>
   </si>
   <si>
     <t>957560</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/36b/e76bre7t6fyo2ry02yxbo6ooyzh8yid9.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор Bondibon BONDIMAX, основной набор, 25 деталей</t>
   </si>
   <si>
     <t>Соберите из крупных, легких, разноцветных деталей интересные объемные фигуры! Магнитный конструктор BONDIMAX от Bondibon разработан для развития маленьких детей в игровой форме. В основном наборе 25 деталей. Фантазируйте и соберите геометрические фигуры, фигурки животных и многое другое. Палочки одним концом притягиваются друг к другу, а другим – отталкиваются, что наглядно демонстрирует принцип действия магнитов. Конструктор поможет выучить основные цвета: красный, синий, зеленый, желтый, оранжевый, фиолетовый, разовьет интерес к конструированию, моделированию, мелкую моторику, пространственное мышление, познавательные способности и внимание. Детали могут комбинироваться с деталями из других наборов BONDIMAX. О качестве и безопасности позаботился Бондибон. Детали набора можно мыть и дезинфицировать. Возраст 1,5&amp;#43; В набор входят: 4 длинных и 12 коротких элементов основных цветов, 9 шариков. Соответствует STEM образованию &amp;#40;наука, технология, инженерия, математика&amp;#41;</t>
   </si>
   <si>
     <t>959024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a35/udiunwlibnb5ivp703y43134rf0rzja8.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор Bondibon BONDIMAX, основной набор, 30 деталей</t>
   </si>
   <si>
     <t>Соберите из крупных, легких, разноцветных деталей интересные объемные фигуры! Магнитный конструктор BONDIMAX от Bondibon разработан для развития маленьких детей в игровой форме. В основном наборе 30 деталей. Фантазируйте и соберите геометрические фигуры, фигурки животных и многое другое. Палочки одним концом притягиваются друг к другу, а другим – отталкиваются, что наглядно демонстрирует принцип действия магнитов. Конструктор поможет выучить основные цвета: красный, синий, зеленый, желтый, оранжевый, фиолетовый, разовьет интерес к конструированию, мелкую моторику, пространственное мышление, познавательные способности и внимание. Детали могут комбинироваться с деталями из других наборов BONDIMAX. О качестве и безопасности позаботился Бондибон. Детали набора можно мыть и дезинфицировать. Возраст 1,5&amp;#43; В набор входят: 6 длинных, 12 коротких и 4 изогнутых элемента основных цветов, 8 шариков. Соответствует STEM образованию &amp;#40;наука, технология, инженерия, математика&amp;#41;</t>
   </si>
   <si>
     <t>959025</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c1/f7qd7jslwzkb7eggkww3trsuso5wobla.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор Bondibon BONDIMAX, основной набор, 42 деталей</t>
   </si>
   <si>
     <t>Соберите из крупных, легких, разноцветных деталей интересные объемные фигуры! Магнитный конструктор BONDIMAX от Bondibon разработан для развития маленьких детей в игровой форме. В основном наборе 42 детали. Фантазируйте и соберите геометрические фигуры, фигурки животных и многое другое. Палочки одним концом притягиваются друг к другу, а другим – отталкиваются, что наглядно демонстрирует принцип действия магнитов. Конструктор поможет выучить основные цвета: красный, синий, зеленый, желтый, оранжевый, фиолетовый, разовьет интерес к конструированию, моделированию, мелкую моторику, пространственное мышление, познавательные способности и внимание. Детали могут комбинироваться с деталями из других наборов BONDIMAX. О качестве и безопасности позаботился Бондибон. Детали набора можно мыть и дезинфицировать. Возраст 1,5&amp;#43; В набор входят: 12 длинных и 18 коротких элементов основных цветов, 12 шариков. Соответствует STEM образованию &amp;#40;наука, технология, инженерия, математика&amp;#41;</t>
   </si>
   <si>
     <t>959026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34f/6x1ebwmm6jznrrca2c7a0584gdnighss.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор Bondibon BONDIMAX, специальный набор-машины, 26 деталей</t>
   </si>
   <si>
     <t>Соберите из крупных, легких, разноцветных деталей объемные машинки! Магнитный конструктор BONDIMAX от Bondibon разработан для развития маленьких детей в игровой форме. В специальном наборе 26 деталей. Фантазируйте и сделайте интересные 3D модели мощной техники. Например, легковой автомобиль, грузовик, каток, эвакуатор. Палочки одним концом притягиваются друг к другу, а другим – отталкиваются, что наглядно демонстрирует принцип действия магнитов. Играя, ребенок расширит кругозор, выучит основные цвета: красный, синий, зеленый, желтый, разовьет интерес к конструированию, пространственное мышление, познавательные способности и внимание. Детали комбинируются с деталями из других наборов BONDIMAX. О качестве и безопасности позаботился Бондибон. Детали набора можно мыть и дезинфицировать. Возраст 3&amp;#43; В набор входят: 2 длинных и 2 коротких элемента основных цветов, шарик, 21 элемент транспорта. Соответствует STEM образованию &amp;#40;наука, технология, инженерия, математика&amp;#41;</t>
   </si>
   <si>
     <t>959027</t>
-  </si>
-[...10 lines deleted...]
-    <t>972403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/wkervlku6kyjuk04c4952918hsga5o1f.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор  quot;Автомобили quot;, 30 деталей</t>
   </si>
   <si>
     <t>Магнитный конструктор &amp;quot;Автомобили&amp;quot;, 30 деталей</t>
   </si>
   <si>
     <t>977511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/985/i5y0249wkk9qyyd45v9caloj70hpelti.jpg</t>
   </si>
   <si>
     <t>Магнитный конструктор MAGNETIC CUBES  quot;КУБИЧЕСКИЙ quot;, 48 магнитных кубиков, BRAUBERG KIDS, 665723</t>
   </si>
   <si>
     <t>Магнитный конструктор BRAUBERG KIDS - это интересная игрушка, способствующая развитию детского интеллекта. Прочный пластик и усиленные магниты обеспечивают ей надежность и долговечность. В набор входят 48 элементов: 48 магнитных элементов в форме кубиков, окрашенных в 6 цветов: зелёный, оранжевый, синий, фиолетовый, жёлтый и красный. Яркие детали заинтересуют детей и побудят их к созданию множества новых конструкций. Магнитный конструктор подходит для развития пространственного мышления, изучения геометрических фигур, развития фантазии и воображения, формирования навыков конструирования.Набор совместим с другими наборами магнитного конструктора BRAUBERG KIDS.</t>
   </si>
   <si>
     <t>1010297</t>
   </si>
@@ -934,57 +967,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L45"/>
+  <dimension ref="A1:L48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G45" sqref="G45"/>
+      <selection pane="bottomRight" activeCell="G48" sqref="G48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -1110,878 +1143,944 @@
       </c>
       <c r="E8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G9" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="F17" s="3" t="s">
+      <c r="G17" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G19" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="F20" s="3" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="F21" s="3" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>120</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>126</v>
+        <v>41</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>126</v>
+        <v>41</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="F34" s="3" t="s">
         <v>137</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="F35" s="3" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>42</v>
+        <v>142</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="F45" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="3" t="s">
+      <c r="B46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>