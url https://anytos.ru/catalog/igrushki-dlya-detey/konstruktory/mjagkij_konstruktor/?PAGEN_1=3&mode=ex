--- v0 (2026-01-09)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -96,50 +96,62 @@
     <t>http://anytos.ru//upload/iblock/85c/85ca7c7061f7bea9a90dd67549d0ed82/1f589b710e7d924b044f45b3c59640f0.jpg</t>
   </si>
   <si>
     <t>Констр-р Мягкие кирпичики 14 дет 8мес  01584 штр.  4606088015842</t>
   </si>
   <si>
     <t>Из этого яркого конструктора ребенок сможет с удовольствем построить разнообразные архитектурные сооружения: башенки, зНаборчки и даже сказочные замки. Простую систему скрепления смогут освоить малыш уже с 8 месяцев. С кирпичиками можно играть даже в ванной и в песочнице, они сделаны из специального полимера, не пропускающего воду и грязь. С этим конструктором малыш выучит новые цвета, начнет развивать пространственное воображение и получит новые тактильные ощущения, ведь кирпичики сделаны из приятного на ощупь материала.</t>
   </si>
   <si>
     <t>340282</t>
   </si>
   <si>
     <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32b/32b5fd9d472ccfbe813183ebc3afa001/21638a4f5e0eb7cbc85e3ccffe0174f9.jpg</t>
   </si>
   <si>
     <t>Конструктор  Мягкие кирпичики мини 3мес  12 дет</t>
   </si>
   <si>
     <t>Конструктор&amp;nbsp;&amp;nbsp;Мягкие кирпичики мини 3мес&amp;#43; 12 дет</t>
   </si>
   <si>
     <t>357379</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d92/d928ceb80ae532456bc7a33edba2e3d1/91952e4e8c3d5d3e6f668feb5fe97d21.jpg</t>
+  </si>
+  <si>
+    <t>Конструктор  Мягкие кирпичики мини 17 дет</t>
+  </si>
+  <si>
+    <t>Конструктор&amp;nbsp;&amp;nbsp;Мягкие кирпичики мини 17 дет</t>
+  </si>
+  <si>
+    <t>369708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/270/q7jm42vjqyun24wyhppxyfbbd6taj6qw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Конструктор мягкий  52 детали </t>
   </si>
   <si>
     <t>Конструктор мягкий &amp;#40;52 детали&amp;#41;</t>
   </si>
   <si>
     <t>705492</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -478,57 +490,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M7"/>
+  <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F7" sqref="F7"/>
+      <selection pane="bottomRight" activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -627,50 +639,73 @@
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>