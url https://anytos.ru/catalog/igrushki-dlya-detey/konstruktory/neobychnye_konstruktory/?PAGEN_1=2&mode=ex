--- v0 (2025-12-31)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -129,50 +129,62 @@
     <t>http://anytos.ru//upload/iblock/ed7/ed7e360f97eaf9eb33d89481cecaa87a/e61598073aed86e6787b8635d751ed36.jpg</t>
   </si>
   <si>
     <t>Bondibon Конструктор на шестеренках  КАЛЕЙДОСКОП  28 деталей, BOX</t>
   </si>
   <si>
     <t>Конструктор познакомит ребенка с первым этапом машиностроения  с понятиями зубчатое колесо или шестерня. Также поможет развить творческие способности, абстрактное воображение, логическое мышление и мелкую моторику. Cостоит из блок-пазлов и шестеренок, которые соединяются друг с другом. Вместе детали образуют рабочие механизмы разных сложностей. Основная задача - построить конструкцию для создания подвижного механизма.  Чтобы привести его в движение поверните рукоятку. В набор входит 58 деталей для сборки конструктора, набор наклеек, инструкция.</t>
   </si>
   <si>
     <t>356590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e2/7e29a231f8f5b17963233b0034319596/143ca2fd038891c39749fcafeff9f5b9.jpg</t>
   </si>
   <si>
     <t>Электронный конструктор Logiblocs, 12 проектов. 70022</t>
   </si>
   <si>
     <t>Электронный конструктор Logiblocs, 12 проектов</t>
   </si>
   <si>
     <t>410698</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f9/0f991bfa6908686f6f5cd5fc781c822c/6243b1b96e3cd4e08107ee1a29069296.jpg</t>
+  </si>
+  <si>
+    <t>Электронный конструктор Logiblocs, 30 проектов. 70021</t>
+  </si>
+  <si>
+    <t>Электронный конструктор Logiblocs, 30 проектов</t>
+  </si>
+  <si>
+    <t>414211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d0/r9695m1sdata8361710cuwwfgtg1lxa7.jpg</t>
   </si>
   <si>
     <t>Конструктор детский пластиковый  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Конструктор детский пластиковый&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>705957</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ec/whe0gzxvtsihialdslvniy0ldjvleioj.jpg</t>
   </si>
   <si>
     <t>705958</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbf/9obn3419rqetrmwg5u01hths7jl79a0w.jpg</t>
   </si>
@@ -590,57 +602,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L19"/>
+  <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G19" sqref="G19"/>
+      <selection pane="bottomRight" activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -795,260 +807,283 @@
       </c>
       <c r="F9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G19" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>