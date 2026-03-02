--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -86,338 +86,362 @@
   <si>
     <t>398759</t>
   </si>
   <si>
     <t>&lt;a href="/brands/budibasa/"&gt;BudiBasa&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/769/769711963c64ceb1885c303073c11c1f/b753fd95037ff6634e0f00c4e78794f2.jpg</t>
   </si>
   <si>
     <t>Игрушка развивающая, мягкая, 24 см., ПИНГВИН, Bondibon, CRD 19,5х27,5 см., арт.TE8083-24</t>
   </si>
   <si>
     <t>Мягкая развивающая игрушка выполнена в виде пингвина, к лапкам, которого, прикреплены колечки, шар, прорезыватели и на животике расположено безопасное зеркало. Поможет в развитии моторики, визуального и тактильного восприятия. Изготовлена из качественного и безопасного материала и отлично подойдёт вашей крохе.</t>
   </si>
   <si>
     <t>356548</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d0b/nty3jqd12o684kexqd6sry5bju3qo71f.jpg</t>
+  </si>
+  <si>
+    <t>Единорог Кэлвин. 27 17 25</t>
+  </si>
+  <si>
+    <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;Упаковка-пакет. С биркой вшивной и навесной. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно, пайеточная ткань Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
+  </si>
+  <si>
+    <t>472719</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/fancy/"&gt;FANCY&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bbc/lo6t3lh2zof2lm2dcxq9u9z0wqqdubp6.jpg</t>
   </si>
   <si>
     <t>Единорог Жемчужина. 23х14х18</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;Упаковка-подставка. Бирка вшивная. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно, пайеточная ткань, пластмассовая фурнитура Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp; картон</t>
   </si>
   <si>
     <t>472721</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/fancy/"&gt;FANCY&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e7/ltul5ngtg9wwcw0qpd3mcitysqk0pqnv.jpg</t>
   </si>
   <si>
     <t>Гламурная игрушка  Альпака . 38х31х20</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной. Лимонная Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; мех иск., софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/798/216ob8s8o1ihhbcaal0ekmlatchk0ktw.jpg</t>
   </si>
   <si>
     <t>Гламурная игрушка  Альпака . 28х21х14</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной.Розовое исполнение Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; мех иск., софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472731</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7bf/8kevbgxntnlwra1d0dxhwv1utf34auuv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e67/a31macrxha4b0pairxm9nqvxosn3os2g.jpg</t>
   </si>
   <si>
     <t>Тюлень глазастик. 12 34 23</t>
   </si>
   <si>
     <t>Подарочная мягкая игрушка</t>
   </si>
   <si>
     <t>472756</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8b4/omczsb7n6ixekeqcjk0tophseto1sab7.jpg</t>
+  </si>
+  <si>
+    <t>Кот нок Бася. 30,5 10 12</t>
+  </si>
+  <si>
+    <t>472764</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/663/cmi0w43mlk2zfyhw7lou2wgymqeukrqn.jpg</t>
   </si>
   <si>
     <t>Зайчик Беня. 30,5 10 12</t>
   </si>
   <si>
     <t>472765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33f/1vh3ibvlvb9s2kyg9g6ey1d978f6lu6s.jpg</t>
   </si>
   <si>
     <t>Медведь Мика. 23 16 18</t>
   </si>
   <si>
     <t>472768</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32d/32da945032b5b5c09ed2237478acab39.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка Медведь Мика, 37 29 27см.</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Подарочная мягкая игрушка&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>472769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7e/8a186u7w1bd70sdow9c8o3js3dz6lklc.jpg</t>
   </si>
   <si>
     <t>Медвежонок Чиба с сердцем. 28 21 17</t>
   </si>
   <si>
     <t>472773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/107/raxgdq3wtuuuoi35sgod71309fdx6mp2.jpg</t>
-[...8 lines deleted...]
-    <t>472778</t>
+    <t>http://anytos.ru//upload/iblock/53e/ddwtcs7028quze6gingrns657yfzibyo.jpg</t>
+  </si>
+  <si>
+    <t>Медвежонок Чиба с зайцем. 28 22 16</t>
+  </si>
+  <si>
+    <t>472774</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b6/nr873j4qkim2fqpc8yjas5l9zbjxy879.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Кирпич quot;. 7х24х12</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной. Мягкий кирпич. Молодёжная игрушка, прикол, которой&amp;nbsp;&amp;nbsp;можно разыграть друзей или прохожих, кинув в них &amp;quot;кирпичом&amp;quot;! Дополнительно это изделие можно использовать вместо подушки: для головы, поясницы, для шеи в машине или в офисе. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; Софт-велюр, поролон Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85a/2h66oa3kt2x662l43ovfxkbbffouzcuh.jpg</t>
   </si>
   <si>
     <t>Единорог Зв здочка. 32х10х37</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472781</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/284/2849b0243a3520f90a9db51c905da6d6.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка Валик Котопес, 8 35 34см.</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Смешная подушка-валик выполненная в форме героя популярного мультсериала &amp;quot;Котопес&amp;quot; понравится малышу и заставит его улыбнуться. Она очень удобна и позволит создать комфортные условия для ребенка во время длительных поездок: подушка поддерживает голову, снимая напряжение с шеи. Материал: текстиль.&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>472782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/462/462a383c66e85ce38e8fc07868dd1da4.jpg</t>
   </si>
   <si>
     <t>Мягконабивная кукла Единорожка, 35х12х14см.</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Мягконабивная игрушка. С биркой вшивной . Упаковка планшет&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>472785</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d52/d520217eb1f9f2782636dfd629e2401c.jpg</t>
-[...14 lines deleted...]
-    <t>636447</t>
+    <t>http://anytos.ru//upload/iblock/479/479a5f1a3c853af7c6f8422d53220a30.jpg</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли в спортивном костюме 24 см.</t>
+  </si>
+  <si>
+    <t>636456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dc/7dc8e49208ca7a4a277aef6ca816cf24.jpg</t>
+  </si>
+  <si>
+    <t>Басик BABY в шапке тигренка 20 см.</t>
+  </si>
+  <si>
+    <t>Котик Басик BABY – совсем ещё малыш, трогательный и очаровательный. Он обладает пушистой, очень приятной на ощупь шёрсткой пепельного цвета и дружелюбной мордочкой. Такую милую зверюшку хочется обнять и буквально не выпускать из рук! Мягкая игрушка поставляется в закрытой подарочной коробке.</t>
+  </si>
+  <si>
+    <t>647149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53f/53f6930478b6a62f4a39be345a7caa3c.jpg</t>
   </si>
   <si>
     <t>Подушка Три Кота Коржик</t>
   </si>
   <si>
     <t>Весёльчак-Коржик, котёночек из мультфильма приглашает вашего ребёнка поиграть!Дети обожают игрушки с образами любимых героев, ведь они им уже хорошо знакомы - тему для игры придумать с такой игрушкой намного легче. Именно поэтому ваш ребёнок будет рад получить в подарок такую милую мягкую куколку, и радость от такого подарка от заботливых мамы с папой будет для него двойной!</t>
   </si>
   <si>
     <t>652287</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mjakishi/"&gt;Мякиши&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a51/a51a474acf6f82724a28de72bc0c5a27.jpg</t>
   </si>
   <si>
     <t>Подушка Три Кота Компот</t>
   </si>
   <si>
     <t>Добрый и милый персонаж - кот &amp;quot;Компот&amp;quot; из мультфильма &amp;quot;Три кота&amp;quot; станет лучшим другом для ребёнка, он умеет говорить и петь. Котик очень мягкий, приятный на ощупь.</t>
   </si>
   <si>
     <t>652290</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f64/f64c388c963226c989118d0c83e4d22e.jpg</t>
-[...14 lines deleted...]
-    <t>Глазастик Корги. 22,5х14х17</t>
+    <t>http://anytos.ru//upload/iblock/13f/ywd6zach8u28i1cnognhydisk2gtldxb.jpg</t>
+  </si>
+  <si>
+    <t>Глазастик Кошечка. 24 14 17</t>
+  </si>
+  <si>
+    <t>Забавная, мягкая игрушка с большими блестящими глазами и пластмассовым кулоном в виде сердца с надписью Fancy. Сердце открывается, есть возможность вложить в него колечко или небольшую записочку</t>
+  </si>
+  <si>
+    <t>684512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/50zpb97jr79ur50xt90g22inbu8h2jak.jpg</t>
+  </si>
+  <si>
+    <t>Гламурная игрушка  quot;Авокадо quot;. 26х15х19</t>
   </si>
   <si>
     <t>Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;С биркой вшивной и навесной.&amp;nbsp;&amp;nbsp;Упаковка пакет</t>
   </si>
   <si>
-    <t>683536</t>
-[...19 lines deleted...]
-  <si>
     <t>684523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/516/odyccirhmkxo1b3o88uocu3h73qeuzjl.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Сосновое бревно . 18х38х18</t>
   </si>
   <si>
     <t>684526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f5/pmaiaukbemffgd289c1iyw9jc2l4f7iw.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Бер зовое бревно . 18х38х18</t>
   </si>
   <si>
     <t>684527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fe/fnwbzhrxco36gw9x09objsx321enko9p.jpg</t>
   </si>
   <si>
     <t>Единорожка Лилу. 23Х48Х21</t>
   </si>
   <si>
     <t>684533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c4/t91gtc3rwk4iengfez3nl0xzbca7e340.jpg</t>
   </si>
   <si>
     <t>Кот глазастик. 13 34 14</t>
   </si>
   <si>
     <t>684536</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/122/33fvxs39v88prs3ag3kk14vpefcgcogv.jpg</t>
+  </si>
+  <si>
+    <t>Кукла мягконабивная  quot;Пупсик quot;. 24х20х20</t>
+  </si>
+  <si>
+    <t>Мягкий, невероятно тактильный и очень нежный малыш от Fancy Dolls наверняка станет лучшим другом для девочки. Мягкое тело, очень миленькое личико, красивые детский слип, как у настоящего ребенка. С такой куклой можно играть бесконечно, разыгрывая различные игровые сюжет. Размер пупса 40 см. Кукла выполенена из высококачественных материалов, что делает ее очень приятной на ощупь. Мягконабивной пупс станет замечательным подарком для любой девочки!</t>
+  </si>
+  <si>
+    <t>684545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e07/38mbyhcww2ejzau6lwmp119777vrvxfz.jpg</t>
+  </si>
+  <si>
+    <t>Басик BABY в комбинезоне с монстриком 20 см</t>
+  </si>
+  <si>
+    <t>Котик Басик BABY – совсем ещё малыш, трогательный и очаровательный. Он обладает пушистой, очень приятной на ощупь шёрсткой пепельного цвета и дружелюбной мордочкой. Такую милую зверюшку хочется обнять и буквально не выпускать из рук! Мягкая игрушка поставляется в закрытой подарочной коробке. Высота котика составляет 20 см.</t>
+  </si>
+  <si>
+    <t>692405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47a/8xpuodte9jegt3v0j1pxlichmlh02id0.jpg</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли BABY в шапке тигренка 20 см</t>
+  </si>
+  <si>
+    <t>Очаровательная кошечка Ли-Ли станет приятным и запоминающимся подарком для девочки. Лиличка в очень ярком и очень необычном комплекте. Пышная юбочка ярко?малинового цвета из нескольких слоев сеточки. Малиновая вязаная шапочка в полоску на завязочке, с отделкой из фетра и пуговиц в виде мордочки тигренка. Игрушка поставляется в закрытой подарочной коробке, подвязанной атласными лентами.</t>
+  </si>
+  <si>
+    <t>692428</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/508/od4e87p1n9q9m6zizqjcd2zixu2ojr5n.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Ленивец quot; 27х9х15</t>
   </si>
   <si>
     <t>Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;С биркой вшивной и навесной.</t>
   </si>
   <si>
     <t>694769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ab/mc3phky22fvrf7s0b7xgkr5t0xkvt1ce.jpg</t>
   </si>
   <si>
     <t>Кот Беляш. 28х20х25</t>
   </si>
   <si>
     <t>718041</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4f/6i5xl92i0e15l7w4rckzy1to5dd2t706.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Ленивец quot; 10х30х42</t>
@@ -428,425 +452,452 @@
   <si>
     <t>798254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3f/pv1dtf57m5t5gkef65iirgmgzxyl12jm.jpg</t>
   </si>
   <si>
     <t>Котенок Сплюшка 38см.</t>
   </si>
   <si>
     <t>828521</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fluffy-family/"&gt;Fluffy Family&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/ceifpzahig1xbjwb4qt5n21jpvpot6j8.jpg</t>
   </si>
   <si>
     <t>Коала 18 см.</t>
   </si>
   <si>
     <t>828538</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3bd/j0jzfsf4r0qrl7x047ir4r34gg2apdgo.jpg</t>
+  </si>
+  <si>
+    <t>Ленивец 21см.</t>
+  </si>
+  <si>
+    <t>828542</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d13/td33k7m9ac0hmglayhk28hbnow2zoklt.jpg</t>
   </si>
   <si>
     <t>Мишка Лапочка 19см.</t>
   </si>
   <si>
     <t>828546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4bc/jalct9vsnwg7znk33mojbzq61p67nstf.jpg</t>
   </si>
   <si>
     <t>Паук 6х17х29</t>
   </si>
   <si>
     <t>830097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e79/qbrscbvjbi14b9ng5mx2fa4csdg9mog0.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка COCO  серия 3  28х16х12</t>
   </si>
   <si>
     <t>Мягкая игрушка в картонной упаковке-конусе ZURU COCO SURPRISE-CONES Серия 3 NEON. 6 образов в ассортименте, в каждой упаковке пластиковая фигурка-сюрприз. Игрушки этой серии имеют очень красивый двухцветный мех. ¶Размер с упаковкой 16х12х28см</t>
   </si>
   <si>
     <t>839972</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zuru/"&gt;Zuru&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/48c/1l1c4xr0y7o5yzy0gl82j8hh68rlmib5.jpg</t>
+    <t>http://anytos.ru//upload/iblock/f55/1e9c4tofrt7gsl3v0vvebhccme69j4ik.jpg</t>
   </si>
   <si>
     <t>Кукла мягконабивная  quot;Малышка Соня quot;. 28х12,5х15 см.</t>
   </si>
   <si>
     <t>Кукла мягконабивная &amp;quot;Малышка Соня&amp;quot;. Тело выполнено из софтвелюра, одежда - софтвелюр&amp;#43;искуственный мех. Платье снимается, шапка - нет. Волосы искуственные. Размер игрушки &amp;#40;от макушки до пяток&amp;#41; - 38 см</t>
   </si>
   <si>
-    <t>843247</t>
-[...4 lines deleted...]
-  <si>
     <t>843248</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a55/k4hk3yl43u8ogxa2e335pfms2n2s42sv.jpg</t>
-[...17 lines deleted...]
-    <t>852109</t>
+    <t>http://anytos.ru//upload/iblock/896/dgriz1zx45zi3mwe0xldbvhpn6ob2b4r.jpg</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли BABY в платье ангел 20 см.</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли BABY в платье ангел 20 см. Изготовлено из искуственного меха с элементами из пластмассы и текстильных материалов</t>
+  </si>
+  <si>
+    <t>843982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aae/xqehbbrpv34fu9v2vi9zdbytn3n2vbrp.jpg</t>
+  </si>
+  <si>
+    <t>Басик BABY в берете 20 см.</t>
+  </si>
+  <si>
+    <t>852102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce0/028t17u1jol5ggtggexqxris2cl8gt8b.jpg</t>
+  </si>
+  <si>
+    <t>Басик BABY с ежиком 20 см.</t>
+  </si>
+  <si>
+    <t>852105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c34/b414fpb4txvujth5w24sgimkj1j804z4.jpg</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли BABY в шапке мышка 20 см.</t>
+  </si>
+  <si>
+    <t>852120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c7/412t8j012sdedxsn84ljcqhgufcflkpx.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Мопс Мотэко quot; 30х18х20 см.</t>
   </si>
   <si>
     <t>854575</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/535/hxb0qmd4veu225cihl2389d09r7a0gzr.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка мягконабивная  quot;Ленивец quot; 5х9х29</t>
+  </si>
+  <si>
+    <t>Мягконабивная игрушка. С биркой вшивной и навесной</t>
+  </si>
+  <si>
+    <t>883524</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7fc/29pytbhcn972gj6i76y1988aryh3tna5.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Кот Котэко quot; 30х18х20</t>
   </si>
   <si>
     <t>883557</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1a6/vtja3zmal57h7983nrsvuxxkttii496v.jpg</t>
+  </si>
+  <si>
+    <t>Единорог 6х14х21 см.</t>
+  </si>
+  <si>
+    <t>885645</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/523/asv6alf6rvar35qhvfia5pdlnom2i5gg.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Грелка Корги quot; 14х35х13 см.</t>
   </si>
   <si>
     <t>Игрушка-грелка содержит натуральный наполнитель – вишневые косточки, которые быстро нагреваются и хорошо удерживают тепло. Вишневые косточки находятся в мешочке, который легко достается и вкладывается обратно.</t>
   </si>
   <si>
     <t>885648</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca4/q2tuq1416ufrjwjgs1lsmgzecqqyj3xs.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Грелка Ленивец quot; 14х35х13 см.</t>
   </si>
   <si>
     <t>885649</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e2e/cg9wwf1316h20bu6drr2n79x1us2nalg.jpg</t>
-[...5 lines deleted...]
-    <t>894608</t>
+    <t>http://anytos.ru//upload/iblock/3d9/nkp52ea233ognvhaygpq4bnazbogygad.jpg</t>
+  </si>
+  <si>
+    <t>Котик 6х14х21 см.</t>
+  </si>
+  <si>
+    <t>885650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26c/k38t7wsmnmvz1wlr0w98yga0b9anz54g.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая ЛЕО и ТИГ тиг, 25 см, муз. чип, в пак. МУЛЬТИ-ПУЛЬТИ</t>
+  </si>
+  <si>
+    <t>894613</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/26c/k38t7wsmnmvz1wlr0w98yga0b9anz54g.jpg</t>
-[...5 lines deleted...]
-    <t>894613</t>
+    <t>http://anytos.ru//upload/iblock/6f6/ibiiyy43ldn1k3pfemss9wvz49bz0whe.jpg</t>
+  </si>
+  <si>
+    <t>Басик в бархатном комбинезоне 22 см</t>
+  </si>
+  <si>
+    <t>903512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54a/a9rd9nbxg6m5ogc4cdrrncy8i3wp1kf2.jpg</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли BABY в юбке и малиновом жилете 20 см</t>
+  </si>
+  <si>
+    <t>903626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdc/3yp10qd8n93niqc90zsr2u912aq6it8o.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Единорог Плюша quot;, 26х5х16</t>
   </si>
   <si>
-    <t>Мягконабивная игрушка. С биркой вшивной и навесной</t>
-[...1 lines deleted...]
-  <si>
     <t>906794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a7/gad43laoual4kj0q9rdotajp992hdiwy.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лиса Плюша quot;, 27х6х27</t>
   </si>
   <si>
     <t>906797</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ca/gi5lrpl0d6wz1vqkzdlmjxhy003ahbqz.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cdd/3w6vin1j0x6rnwvh114s6si28j1mmzc8.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая Заходер Борис поросенок пятачок 22 см, без чипа, в пакете МУЛЬТИ-ПУЛЬТИ</t>
   </si>
   <si>
     <t>936889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cd/whlgzfgyjbm6fkbkfq8pm1gc6kgtiftx.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая Оранжевая корова мама, 27 см, муз. чип, в пакете Мульти-пульти</t>
   </si>
   <si>
     <t>936896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af9/yi8fl318dilbf4oahq8u8jza7txwu8op.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая Оранжевая корова папа, 30 см, муз. чип, в пакете Мульти-пульти</t>
   </si>
   <si>
     <t>936897</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/af4/1lvzn60fufe8rv3jxn7rqn674y8mmio1.jpg</t>
+  </si>
+  <si>
+    <t>Басик в полосатой кофте и штанах 22 см.</t>
+  </si>
+  <si>
+    <t>944692</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/212/y0hlhk593sba2hwckwjs57ie89hrmuoo.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Аксолотль  25 15 10см.</t>
   </si>
   <si>
     <t>948803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/735/syfjce49kmjvo5grtad95veoi5p08oc3.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Капибара  34 22 14см.</t>
   </si>
   <si>
     <t>948804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a4/txs3dzeg1q1n046gq5d9o8j9zj0tf8gd.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лягушонок Пепе quot; 26 16 14 см.</t>
   </si>
   <si>
     <t>954508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcb/d4fr70t18yfz10z26m1wkd3nkgqaqbmf.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Капибара  24 20 14 см.</t>
   </si>
   <si>
     <t>954509</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0a8/276x8a1fls79slj3c0671n3bvazkc437.jpg</t>
+  </si>
+  <si>
+    <t>Зебренок Глазастик 23 см.</t>
+  </si>
+  <si>
+    <t>958454</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4fc/100vrpo3qsnx9u006um62s569b13xmwz.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Заяц quot; 21х6х14 см.</t>
   </si>
   <si>
     <t>Мягкая игрушка, с биркой вшивной и навесной</t>
   </si>
   <si>
     <t>971352</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/990/243yam5fm3xzpgo9tnp11bartb35mh77.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/952/nq41krbh22ofpwetyuo12vyhlrastzdn.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Лиса quot; 21х6х14 см.</t>
   </si>
   <si>
     <t>971355</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e5/8ws26mipfz5m19lq9ufzgkzpco76rmtf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/231/g12ytdm3u4588h8h3fjs164v3wri53sg.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Капибара  15х23х9 см.</t>
   </si>
   <si>
     <t>971363</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/106/9ruiq97y8mfqid9xw4gbbjh9ukpy8djr.jpg</t>
-[...2 lines deleted...]
-    <t>Подарочная игрушка  quot;Гусь Оскар quot; 26х32х20 см.</t>
+    <t>http://anytos.ru//upload/iblock/97d/nr72z9rofit35esgwu3zrr9r3sv0vol2.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка quot;Корги quot; 16х38х18 см.</t>
   </si>
   <si>
     <t>Магкая игрушка с биркой вшивной и навесной</t>
   </si>
   <si>
-    <t>971365</t>
-[...7 lines deleted...]
-  <si>
     <t>971366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e00/4j8qafapq6t9oxnwlg37mmjbgh2dqrys.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Кот сонный quot; 14х33х16 см.</t>
   </si>
   <si>
     <t>971369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/054/gkpi66a39iesgj344w4pdt4aohlh8zyu.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Котик quot; 16х37х18 см.</t>
   </si>
   <si>
     <t>971370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b39/ky2ra79c2j7ecb0poj0qxcxgvs4mo8s4.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Ленивец quot; 27х25х18 см.</t>
   </si>
   <si>
     <t>971371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a90/fgfax6z7n026446m0qg3k7a9smek5hf3.jpg</t>
   </si>
   <si>
     <t>Сумочка Розовый Медведь 20 см.</t>
   </si>
   <si>
     <t>972586</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/990/6jsi90okyzt2bg5w91del5a6xi7exdi9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ca8/or1551gwjaryq33w7hp2jjclryufxp7w.jpg</t>
   </si>
   <si>
     <t>Лисенок 24см, латексный паполнитель</t>
   </si>
   <si>
     <t>972589</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/250/9zux7zuqhgisdl9upop2b5t0shur5nvj.jpg</t>
+  </si>
+  <si>
+    <t>Мишка бирюзовый 27см.</t>
+  </si>
+  <si>
+    <t>972590</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/892/fmsoutbmqxwwhedzl2b0wqkulnsj27te.jpg</t>
   </si>
   <si>
     <t>Мишка Глазастик 20см</t>
   </si>
   <si>
     <t>Мишка Глазастик 20см, коробка</t>
   </si>
   <si>
     <t>972591</t>
   </si>
   <si>
     <t>&lt;a href="/brands/angel-collection/"&gt;Angel Collection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eb5/rt1l48ua6k54db11yxbw71lh46qt0pgn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e8/jzpstbvs5mr5iisw7gcfu4c8i0kijvuk.jpg</t>
   </si>
   <si>
     <t>Хаски 24см, латексный наполнитель</t>
   </si>
   <si>
     <t>972601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/188/gso02kkbmy4oy4xzx10zo5qb6iezq9il.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Голубь quot; 18х6х27см.</t>
   </si>
   <si>
     <t>Мягкая игрушка с биркой вшивной и навесной.</t>
   </si>
   <si>
     <t>972749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa7/z3tid689x4q0h76gwbwcyv7wtbxqvv7q.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Корги Кай quot; 23х8х15см.</t>
@@ -878,123 +929,123 @@
   <si>
     <t>Мишка Радуга 25см, голубой</t>
   </si>
   <si>
     <t>997645</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4e/e0nw5sfgjy9oeoklqi0du2al3hgag167.jpg</t>
   </si>
   <si>
     <t>Мишка Радуга 25см, красный</t>
   </si>
   <si>
     <t>997647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e23/3g1le4w18ciabk70al8mcfiqg13rco39.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Гномик quot; 28х10х14 см.</t>
   </si>
   <si>
     <t>998405</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0f7/k3nf0nzx8md2nr5u7fagqfn95tw3rbnp.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Единорог Рико quot; 23х8х15 см.</t>
+  </si>
+  <si>
+    <t>998406</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1eb/vvjbmvzb6hpzesf2gjmza4461h4d34e0.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Змея quot; 17х34х18 см.</t>
   </si>
   <si>
     <t>998407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/25gn2c0fl2jhpnhk2411ikxrr2bwu0rd.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Кот Люцифер quot; 28х23х20 см.</t>
   </si>
   <si>
     <t>998408</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ce1/ofj92jmzfr1bibf2hfu4ccpur48f4nqy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0fa/j34iwzt9h94jgdn83x78xeiktl4pscx2.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лось quot; 24х16х25 см.</t>
   </si>
   <si>
     <t>998410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/tsv4pz9xux3afamm6266knxnn5cxnldw.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Морозовичок quot; 22х8х15 см.</t>
   </si>
   <si>
     <t>998411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/942/n4hdwhjxe0o0yrdf75ufg2aaj69xqkgs.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Печенька quot; 23х5х19 см.</t>
   </si>
   <si>
     <t>998413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce4/naaccjwvq3abjik98ckv51lza89d3zqk.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Сиам quot; 15х27х17 см.</t>
   </si>
   <si>
     <t>Игрушка мяконабивная с биркой вшивной и навеской.</t>
   </si>
   <si>
     <t>998414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/630/6uco9wfrocosloa95xc49o44e8rz6oy9.jpg</t>
-[...5 lines deleted...]
-    <t>998415</t>
+    <t>http://anytos.ru//upload/iblock/32f/0yaytyyamvp8q27woxjvwt45i760re9j.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Собака-обнимака quot; 32х26х16 см.</t>
+  </si>
+  <si>
+    <t>998416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f5/52ay2ambx6pvj02encx2cxou82nn3zol.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Удав quot; 12х35х32 см.</t>
   </si>
   <si>
     <t>998417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f4/xcy774oin1wfo315df5rnccrzlw0wer5.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Хомяк quot; 21х6х16 см.</t>
   </si>
   <si>
     <t>Игрушка мяконабивная с биркой вшивной и навеской</t>
   </si>
   <si>
     <t>999204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/492/aukw1uvfs4uv63sk3y5ktxsn7r2ai32n.jpg</t>
   </si>
@@ -1004,137 +1055,107 @@
   <si>
     <t>999206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de2/5fh2t35rskiabripd4pwrohj3xbf3wqr.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Котик Айк  24х16х22 см.</t>
   </si>
   <si>
     <t>999209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d75/7e6ou5b69zoyiqvyqonezo2l8q0cmlh7.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Медведь Марк quot; 28х20х22 см.</t>
   </si>
   <si>
     <t>Магкая игрушка с биркой вшивной и навесной. Мишка 30 см.</t>
   </si>
   <si>
     <t>999210</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba4/a2lkhxzhcwsh82nnjki7yw3tdwzwql8l.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d93/wngmdpl1lzpl5jttk7g5fzf05be2oode.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Бобр quot; 26х16х18 см.</t>
   </si>
   <si>
     <t>1009107</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d8/wmv18xqfrp0p3hmh2z636z5usbawfrq3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fcb/bg137pipujclfeg05vo3yusgwsk7s3dz.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лиса quot; 26х16х21 см.</t>
   </si>
   <si>
     <t>1009110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78f/y4w3ipauoczi4b6pywpbuv2ukvp1tcci.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Спокойный парень quot; 36х8х24 см.</t>
   </si>
   <si>
     <t>1009111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58e/n82h9mto28buhnujsjrfwsyp1tlhve7j.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Три кота quot; 7х29х30 см.</t>
   </si>
   <si>
     <t>1009112</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-kota/"&gt;Три кота&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7b/gjthow0266rp20m5nu5m1c2nslzcc8fd.jpg</t>
   </si>
   <si>
     <t>Единорог Блесточкин, 25см</t>
   </si>
   <si>
     <t>1013305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/mxvpyq3u9by3ytq18aruw5sqqgr7m8ub.jpg</t>
   </si>
   <si>
     <t>Единорог Глазастик 20см</t>
   </si>
   <si>
     <t>1013306</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/392/je6bauf3mie0frpeg3vdc3qw8q9gq0d3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be1/c9gjbdcow3cte7yihuo2g0m0gey3c9i2.jpg</t>
   </si>
   <si>
     <t>Зайка Ку-ку, магниты в лапках, 26см</t>
   </si>
   <si>
     <t>1013311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f3/fzf4dz0fw2cedy94l5z5hpcdjv2rytg0.jpg</t>
   </si>
   <si>
     <t>Зайка Радуга 24см, желтый</t>
   </si>
   <si>
     <t>1013312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/570/p5gt65ml9udwzidj3w10jae9hac5mroj.jpg</t>
   </si>
   <si>
     <t>Зайка Радуга 24см, лиловый</t>
   </si>
   <si>
     <t>1013313</t>
@@ -1154,59 +1175,50 @@
   <si>
     <t>Коала Фруктик 20см</t>
   </si>
   <si>
     <t>1013317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/qmunnx7i5biue6co7k2dtsinkyrz3a7i.jpg</t>
   </si>
   <si>
     <t>Кот Толстопуз 25см</t>
   </si>
   <si>
     <t>1013319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56e/3vysnic858wakwk3k497psy1hv472l5t.jpg</t>
   </si>
   <si>
     <t>Котенок Блесточкин, 25см</t>
   </si>
   <si>
     <t>1013320</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/334/nen2dkqchn3ohdfacoxu1jw3zp3rhxd2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a7b/akxdut0q66ta4kys19mhavsoxz3jpv6d.jpg</t>
   </si>
   <si>
     <t>Котенок Фруктик 20см</t>
   </si>
   <si>
     <t>1013323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/067/rslln7ad192h0xu4ns67d9trwml14wps.jpg</t>
   </si>
   <si>
     <t>Котик 24см, латексный наполнитель</t>
   </si>
   <si>
     <t>1013324</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/242/scwd86pbmj8475d32hhk854oyxhkjequ.jpg</t>
   </si>
   <si>
     <t>Ленивец Липучка 30см</t>
   </si>
   <si>
     <t>1013325</t>
@@ -1247,255 +1259,111 @@
   <si>
     <t>Мишка Фруктик 20см</t>
   </si>
   <si>
     <t>1013332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/2x3n7iwmfkfaapkvzqjzbdgidal3ter5.jpg</t>
   </si>
   <si>
     <t>Мышонок Глазастик 20см</t>
   </si>
   <si>
     <t>1013333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3de/mncjs03lhuspoqwq7k6goog7ufwrt139.jpg</t>
   </si>
   <si>
     <t>Набор Зайка в переноске 14х10х27см</t>
   </si>
   <si>
     <t>1013335</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/215/o5a72f0it0v6ygqnkfsnwmag24dakyee.jpg</t>
-[...5 lines deleted...]
-    <t>1013336</t>
+    <t>http://anytos.ru//upload/iblock/8c3/o0mudx0ycz0bdf13a9chend9x7zh3nnb.jpg</t>
+  </si>
+  <si>
+    <t>Олененок Блестяшка 22см</t>
+  </si>
+  <si>
+    <t>1013337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fbe/wm8gzv06873wzzpx3dqsxksnnvr24tpr.jpg</t>
   </si>
   <si>
     <t>Панда 20см</t>
   </si>
   <si>
     <t>1013338</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/96f/o67xm6g4lwqkdsyms4prm81v6etjs6el.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c90/9hz53ehuow997b0asiwtdxocyr2khbzw.jpg</t>
   </si>
   <si>
     <t>Той терьер 19см</t>
   </si>
   <si>
     <t>1013341</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/129/bxf7ijl6ah1r0a8dgmxr7h5igyruvac9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dbf/bkwnfwpw0yqdyv3nzb8wx3ygfzt4zzaj.jpg</t>
   </si>
   <si>
     <t>Цыпленок Фруктик 20см</t>
   </si>
   <si>
     <t>1013343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa7/0ocdpt01kcxe02pmarqjjwiautev3fv2.jpg</t>
   </si>
   <si>
     <t>Щенок Глазастик 20см</t>
   </si>
   <si>
     <t>1013344</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/26a/j1gm0glibj0iwsxzukrv409s047wz6ty.jpg</t>
-[...109 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b90/eurv8j8v1hv3dpi32q6g56l22x8dmz73.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая  quot;ГОЛУБЬ quot;, ткань вельбоа, 28х17 см, WOOZOO  ВУЗУ , 666678, 666978</t>
   </si>
   <si>
     <t>Игрушка мягкая &amp;quot;ГОЛУБЬ&amp;quot; станет идеальным подарком. Она развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 28 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.</t>
   </si>
   <si>
     <t>1017557</t>
   </si>
   <si>
     <t>&lt;a href="/brands/woozoo/"&gt;WOOZOO&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...13 lines deleted...]
-    <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/283/fyred33cs3zm41i2ws0lwyxtk8g0qltv.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая  quot;ПОЛЕНО quot;, ткань вельбоа, ассорти, 2 вида, 35х14 см, WOOZOO  ВУЗУ , 666977</t>
   </si>
   <si>
     <t>Игрушка мягкая &amp;quot;ПОЛЕНО&amp;quot; станет идеальным подарком: удобна для сна и приятна на ощупь. Такая игрушка развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 35 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.Ассорти 2 вида.</t>
   </si>
   <si>
     <t>1017559</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fa/1rpjn124ns9taojtyyt4l30jqhpovvy2.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая  quot;ПОНЧИК quot;, ткань вельбоа, 30х30 см, ассорти, 2 вида WOOZOO  ВУЗУ , 666982</t>
   </si>
   <si>
     <t>Игрушка мягкая &amp;quot;ПОНЧИК&amp;quot; станет идеальным подарком: удобна для сна и приятна на ощупь. Такая игрушка развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 30 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.Ассорти 2 вида.</t>
   </si>
@@ -1903,57 +1771,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M145"/>
+  <dimension ref="A1:M134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G145" sqref="G145"/>
+      <selection pane="bottomRight" activeCell="G134" sqref="G134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2181,3093 +2049,2843 @@
       </c>
       <c r="C12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="F23" s="3" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F38" s="3" t="s">
         <v>142</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="1" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>17</v>
+        <v>159</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>166</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>176</v>
+        <v>137</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>184</v>
+        <v>130</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>129</v>
+        <v>192</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>196</v>
+        <v>182</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>129</v>
+        <v>205</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>129</v>
+        <v>208</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>129</v>
+        <v>182</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>129</v>
+        <v>182</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>250</v>
+        <v>137</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>261</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>263</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B78" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="C78" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>134</v>
+        <v>279</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>184</v>
+        <v>137</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>184</v>
+        <v>291</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>232</v>
+        <v>294</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>184</v>
+        <v>297</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>184</v>
+        <v>300</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>308</v>
+        <v>182</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>184</v>
+        <v>255</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F90" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>318</v>
+        <v>182</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>319</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>321</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>318</v>
+        <v>182</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>328</v>
+        <v>255</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>232</v>
+        <v>182</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>332</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>333</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>232</v>
+        <v>335</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>343</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>232</v>
+        <v>345</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>28</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>349</v>
+        <v>28</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>351</v>
+        <v>325</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>354</v>
+        <v>255</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>355</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>357</v>
+        <v>255</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>134</v>
+        <v>359</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>134</v>
+        <v>279</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>395</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>259</v>
+        <v>142</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>134</v>
+        <v>279</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>134</v>
+        <v>279</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>259</v>
+        <v>434</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>18</v>
+        <v>435</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C129" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F129" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G129" s="3" t="s">
-        <v>18</v>
+        <v>440</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="G130" s="3" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>18</v>
+        <v>440</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>18</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>18</v>
+        <v>457</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>18</v>
-[...29 lines deleted...]
-      <c r="B136" s="1" t="s">
         <v>462</v>
-      </c>
-[...220 lines deleted...]
-        <v>506</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">