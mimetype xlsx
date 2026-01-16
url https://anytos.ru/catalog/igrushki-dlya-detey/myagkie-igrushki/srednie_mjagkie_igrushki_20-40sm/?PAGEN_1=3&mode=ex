--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/492/4924e192a6ece873e7f5f3448765d850.jpeg</t>
   </si>
   <si>
     <t>Мягкая игрушка Подушка Басик. Kp40-012</t>
   </si>
   <si>
     <t>Мягкая игрушка Подушка Басик</t>
   </si>
   <si>
     <t>Средние мягкие игрушки (20-40см)</t>
@@ -77,125 +86,101 @@
   <si>
     <t>398759</t>
   </si>
   <si>
     <t>&lt;a href="/brands/budibasa/"&gt;BudiBasa&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/769/769711963c64ceb1885c303073c11c1f/b753fd95037ff6634e0f00c4e78794f2.jpg</t>
   </si>
   <si>
     <t>Игрушка развивающая, мягкая, 24 см., ПИНГВИН, Bondibon, CRD 19,5х27,5 см., арт.TE8083-24</t>
   </si>
   <si>
     <t>Мягкая развивающая игрушка выполнена в виде пингвина, к лапкам, которого, прикреплены колечки, шар, прорезыватели и на животике расположено безопасное зеркало. Поможет в развитии моторики, визуального и тактильного восприятия. Изготовлена из качественного и безопасного материала и отлично подойдёт вашей крохе.</t>
   </si>
   <si>
     <t>356548</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d0b/nty3jqd12o684kexqd6sry5bju3qo71f.jpg</t>
-[...8 lines deleted...]
-    <t>472719</t>
+    <t>http://anytos.ru//upload/iblock/bbc/lo6t3lh2zof2lm2dcxq9u9z0wqqdubp6.jpg</t>
+  </si>
+  <si>
+    <t>Единорог Жемчужина. 23х14х18</t>
+  </si>
+  <si>
+    <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;Упаковка-подставка. Бирка вшивная. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно, пайеточная ткань, пластмассовая фурнитура Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp; картон</t>
+  </si>
+  <si>
+    <t>472721</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fancy/"&gt;FANCY&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bbc/lo6t3lh2zof2lm2dcxq9u9z0wqqdubp6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e7/ltul5ngtg9wwcw0qpd3mcitysqk0pqnv.jpg</t>
   </si>
   <si>
     <t>Гламурная игрушка  Альпака . 38х31х20</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной. Лимонная Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; мех иск., софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/798/216ob8s8o1ihhbcaal0ekmlatchk0ktw.jpg</t>
   </si>
   <si>
     <t>Гламурная игрушка  Альпака . 28х21х14</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной.Розовое исполнение Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; мех иск., софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472731</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bf/8kevbgxntnlwra1d0dxhwv1utf34auuv.jpg</t>
   </si>
   <si>
     <t>Единорог Молли. 28х17х8</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;Упаковка-пакет. С биркой вшивной и навесной. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472734</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/45c/45c86794419b6ae63528a85960620410.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e67/a31macrxha4b0pairxm9nqvxosn3os2g.jpg</t>
   </si>
   <si>
     <t>Тюлень глазастик. 12 34 23</t>
   </si>
   <si>
     <t>Подарочная мягкая игрушка</t>
   </si>
   <si>
     <t>472756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/663/cmi0w43mlk2zfyhw7lou2wgymqeukrqn.jpg</t>
   </si>
   <si>
     <t>Зайчик Беня. 30,5 10 12</t>
   </si>
   <si>
     <t>472765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33f/1vh3ibvlvb9s2kyg9g6ey1d978f6lu6s.jpg</t>
   </si>
   <si>
     <t>Медведь Мика. 23 16 18</t>
@@ -203,266 +188,281 @@
   <si>
     <t>472768</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32d/32da945032b5b5c09ed2237478acab39.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка Медведь Мика, 37 29 27см.</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Подарочная мягкая игрушка&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>472769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7e/8a186u7w1bd70sdow9c8o3js3dz6lklc.jpg</t>
   </si>
   <si>
     <t>Медвежонок Чиба с сердцем. 28 21 17</t>
   </si>
   <si>
     <t>472773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53e/ddwtcs7028quze6gingrns657yfzibyo.jpg</t>
-[...5 lines deleted...]
-    <t>472774</t>
+    <t>http://anytos.ru//upload/iblock/107/raxgdq3wtuuuoi35sgod71309fdx6mp2.jpg</t>
+  </si>
+  <si>
+    <t>Гламурная игрушка  quot;Авокадо quot;. 39х22х30</t>
+  </si>
+  <si>
+    <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; мех иск., софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
+  </si>
+  <si>
+    <t>472778</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/nr873j4qkim2fqpc8yjas5l9zbjxy879.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Кирпич quot;. 7х24х12</t>
+  </si>
+  <si>
+    <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной. Мягкий кирпич. Молодёжная игрушка, прикол, которой&amp;nbsp;&amp;nbsp;можно разыграть друзей или прохожих, кинув в них &amp;quot;кирпичом&amp;quot;! Дополнительно это изделие можно использовать вместо подушки: для головы, поясницы, для шеи в машине или в офисе. Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; Софт-велюр, поролон Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
+  </si>
+  <si>
+    <t>472780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85a/2h66oa3kt2x662l43ovfxkbbffouzcuh.jpg</t>
   </si>
   <si>
     <t>Единорог Зв здочка. 32х10х37</t>
   </si>
   <si>
     <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Мягконабивная игрушка.Упаковка-пакет. С биркой вшивной и навесной Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; софт-велюр, трикотаж ,&amp;nbsp;&amp;nbsp;полиэфирное волокно Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;п/э пакет</t>
   </si>
   <si>
     <t>472781</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/284/2849b0243a3520f90a9db51c905da6d6.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка Валик Котопес, 8 35 34см.</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Смешная подушка-валик выполненная в форме героя популярного мультсериала &amp;quot;Котопес&amp;quot; понравится малышу и заставит его улыбнуться. Она очень удобна и позволит создать комфортные условия для ребенка во время длительных поездок: подушка поддерживает голову, снимая напряжение с шеи. Материал: текстиль.&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>472782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/462/462a383c66e85ce38e8fc07868dd1da4.jpg</t>
   </si>
   <si>
     <t>Мягконабивная кукла Единорожка, 35х12х14см.</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Мягконабивная игрушка. С биркой вшивной . Упаковка планшет&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>472785</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/56c/56cdad441b9855dc188b9a641f226272.jpg</t>
-[...8 lines deleted...]
-    <t>631844</t>
+    <t>http://anytos.ru//upload/iblock/d52/d520217eb1f9f2782636dfd629e2401c.jpg</t>
+  </si>
+  <si>
+    <t>Басик BABY в люльке 20 см.</t>
+  </si>
+  <si>
+    <t>636428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a4/6a46e450c77cbcf5900ccba97c8b5eef.jpg</t>
+  </si>
+  <si>
+    <t>Кошечка Ли-Ли BABY в люльке 24 см.</t>
+  </si>
+  <si>
+    <t>636447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53f/53f6930478b6a62f4a39be345a7caa3c.jpg</t>
+  </si>
+  <si>
+    <t>Подушка Три Кота Коржик</t>
+  </si>
+  <si>
+    <t>Весёльчак-Коржик, котёночек из мультфильма приглашает вашего ребёнка поиграть!Дети обожают игрушки с образами любимых героев, ведь они им уже хорошо знакомы - тему для игры придумать с такой игрушкой намного легче. Именно поэтому ваш ребёнок будет рад получить в подарок такую милую мягкую куколку, и радость от такого подарка от заботливых мамы с папой будет для него двойной!</t>
+  </si>
+  <si>
+    <t>652287</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mjakishi/"&gt;Мякиши&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/a51a474acf6f82724a28de72bc0c5a27.jpg</t>
+  </si>
+  <si>
+    <t>Подушка Три Кота Компот</t>
+  </si>
+  <si>
+    <t>Добрый и милый персонаж - кот &amp;quot;Компот&amp;quot; из мультфильма &amp;quot;Три кота&amp;quot; станет лучшим другом для ребёнка, он умеет говорить и петь. Котик очень мягкий, приятный на ощупь.</t>
+  </si>
+  <si>
+    <t>652290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f64/f64c388c963226c989118d0c83e4d22e.jpg</t>
+  </si>
+  <si>
+    <t>Подушка Три Кота Карамелька</t>
+  </si>
+  <si>
+    <t>Милая Карамелька одета в красное платье, а на ее голове – красивый бант, в точности как в любимом мультсериале. Карамелька станет для ребёнка хорошим другом, с которым можно разыграть множество увлекательных сюжетов…</t>
+  </si>
+  <si>
+    <t>652295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c19/jfaryprensh67xaqbqezrsfyq1lsaq3a.jpg</t>
+  </si>
+  <si>
+    <t>Глазастик Корги. 22,5х14х17</t>
+  </si>
+  <si>
+    <t>Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;С биркой вшивной и навесной.&amp;nbsp;&amp;nbsp;Упаковка пакет</t>
+  </si>
+  <si>
+    <t>683536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13f/ywd6zach8u28i1cnognhydisk2gtldxb.jpg</t>
+  </si>
+  <si>
+    <t>Глазастик Кошечка. 24 14 17</t>
+  </si>
+  <si>
+    <t>Забавная, мягкая игрушка с большими блестящими глазами и пластмассовым кулоном в виде сердца с надписью Fancy. Сердце открывается, есть возможность вложить в него колечко или небольшую записочку</t>
+  </si>
+  <si>
+    <t>684512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/50zpb97jr79ur50xt90g22inbu8h2jak.jpg</t>
+  </si>
+  <si>
+    <t>Гламурная игрушка  quot;Авокадо quot;. 26х15х19</t>
+  </si>
+  <si>
+    <t>684523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/516/odyccirhmkxo1b3o88uocu3h73qeuzjl.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  Сосновое бревно . 18х38х18</t>
+  </si>
+  <si>
+    <t>684526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/pmaiaukbemffgd289c1iyw9jc2l4f7iw.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  Бер зовое бревно . 18х38х18</t>
+  </si>
+  <si>
+    <t>684527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fe/fnwbzhrxco36gw9x09objsx321enko9p.jpg</t>
+  </si>
+  <si>
+    <t>Единорожка Лилу. 23Х48Х21</t>
+  </si>
+  <si>
+    <t>684533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c4/t91gtc3rwk4iengfez3nl0xzbca7e340.jpg</t>
+  </si>
+  <si>
+    <t>Кот глазастик. 13 34 14</t>
+  </si>
+  <si>
+    <t>684536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/508/od4e87p1n9q9m6zizqjcd2zixu2ojr5n.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Ленивец quot; 27х9х15</t>
+  </si>
+  <si>
+    <t>Мягконабивная игрушка.&amp;nbsp;&amp;nbsp;С биркой вшивной и навесной.</t>
+  </si>
+  <si>
+    <t>694769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ab/mc3phky22fvrf7s0b7xgkr5t0xkvt1ce.jpg</t>
+  </si>
+  <si>
+    <t>Кот Беляш. 28х20х25</t>
+  </si>
+  <si>
+    <t>718041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4f/6i5xl92i0e15l7w4rckzy1to5dd2t706.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Ленивец quot; 10х30х42</t>
+  </si>
+  <si>
+    <t>Мягконабивная игрушка. С биркой вшивной и навесной.</t>
+  </si>
+  <si>
+    <t>798254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3f/pv1dtf57m5t5gkef65iirgmgzxyl12jm.jpg</t>
+  </si>
+  <si>
+    <t>Котенок Сплюшка 38см.</t>
+  </si>
+  <si>
+    <t>828521</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fluffy-family/"&gt;Fluffy Family&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5fb/5fbb64e9c437167c6cc9373f315680dd.jpg</t>
-[...154 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/877/ceifpzahig1xbjwb4qt5n21jpvpot6j8.jpg</t>
   </si>
   <si>
     <t>Коала 18 см.</t>
   </si>
   <si>
     <t>828538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d13/td33k7m9ac0hmglayhk28hbnow2zoklt.jpg</t>
   </si>
   <si>
     <t>Мишка Лапочка 19см.</t>
   </si>
   <si>
     <t>828546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4bc/jalct9vsnwg7znk33mojbzq61p67nstf.jpg</t>
   </si>
   <si>
     <t>Паук 6х17х29</t>
   </si>
   <si>
     <t>830097</t>
@@ -479,57 +479,69 @@
   <si>
     <t>839972</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zuru/"&gt;Zuru&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48c/1l1c4xr0y7o5yzy0gl82j8hh68rlmib5.jpg</t>
   </si>
   <si>
     <t>Кукла мягконабивная  quot;Малышка Соня quot;. 28х12,5х15 см.</t>
   </si>
   <si>
     <t>Кукла мягконабивная &amp;quot;Малышка Соня&amp;quot;. Тело выполнено из софтвелюра, одежда - софтвелюр&amp;#43;искуственный мех. Платье снимается, шапка - нет. Волосы искуственные. Размер игрушки &amp;#40;от макушки до пяток&amp;#41; - 38 см</t>
   </si>
   <si>
     <t>843247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f55/1e9c4tofrt7gsl3v0vvebhccme69j4ik.jpg</t>
   </si>
   <si>
     <t>843248</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f72/49ru4d9mwalq5e9alk5vosl15uwkcirr.jpg</t>
-[...5 lines deleted...]
-    <t>852123</t>
+    <t>http://anytos.ru//upload/iblock/a55/k4hk3yl43u8ogxa2e335pfms2n2s42sv.jpg</t>
+  </si>
+  <si>
+    <t>Басик в тельняшке и берете 22 см.</t>
+  </si>
+  <si>
+    <t>Басик в тельняшке и берете 22 см. Изготовлено из искуственного меха с элементами из пластмассы и текстильных материалов</t>
+  </si>
+  <si>
+    <t>843966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faa/jebj5x9dixxk0pmkk1hzxuduy3sswj0e.jpg</t>
+  </si>
+  <si>
+    <t>Басик в толстовке дракончик 22 см.</t>
+  </si>
+  <si>
+    <t>852109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c7/412t8j012sdedxsn84ljcqhgufcflkpx.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Мопс Мотэко quot; 30х18х20 см.</t>
   </si>
   <si>
     <t>854575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fc/29pytbhcn972gj6i76y1988aryh3tna5.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Кот Котэко quot; 30х18х20</t>
   </si>
   <si>
     <t>883557</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/asv6alf6rvar35qhvfia5pdlnom2i5gg.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Грелка Корги quot; 14х35х13 см.</t>
   </si>
@@ -548,176 +560,164 @@
   <si>
     <t>885649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2e/cg9wwf1316h20bu6drr2n79x1us2nalg.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая БУБА 21 см, муз. чип, в пак. МУЛЬТИ-ПУЛЬТИ</t>
   </si>
   <si>
     <t>894608</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26c/k38t7wsmnmvz1wlr0w98yga0b9anz54g.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая ЛЕО и ТИГ тиг, 25 см, муз. чип, в пак. МУЛЬТИ-ПУЛЬТИ</t>
   </si>
   <si>
     <t>894613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/512/i22531jnwdhmqb8zmhjs1aef6lw1oper.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fdc/3yp10qd8n93niqc90zsr2u912aq6it8o.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Единорог Плюша quot;, 26х5х16</t>
   </si>
   <si>
     <t>Мягконабивная игрушка. С биркой вшивной и навесной</t>
   </si>
   <si>
     <t>906794</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a7/gad43laoual4kj0q9rdotajp992hdiwy.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Лиса Плюша quot;, 27х6х27</t>
+  </si>
+  <si>
+    <t>906797</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ca/gi5lrpl0d6wz1vqkzdlmjxhy003ahbqz.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Гусь Оскар quot; 40см.</t>
   </si>
   <si>
     <t>931159</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdd/3w6vin1j0x6rnwvh114s6si28j1mmzc8.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая Заходер Борис поросенок пятачок 22 см, без чипа, в пакете МУЛЬТИ-ПУЛЬТИ</t>
   </si>
   <si>
     <t>936889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cd/whlgzfgyjbm6fkbkfq8pm1gc6kgtiftx.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая Оранжевая корова мама, 27 см, муз. чип, в пакете Мульти-пульти</t>
   </si>
   <si>
     <t>936896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af9/yi8fl318dilbf4oahq8u8jza7txwu8op.jpg</t>
   </si>
   <si>
     <t>Игрушка мягкая Оранжевая корова папа, 30 см, муз. чип, в пакете Мульти-пульти</t>
   </si>
   <si>
     <t>936897</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3dd/0tw5qy6hs095u6kmwf6ry7y9q9ph6bhh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/212/y0hlhk593sba2hwckwjs57ie89hrmuoo.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Аксолотль  25 15 10см.</t>
   </si>
   <si>
     <t>948803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/735/syfjce49kmjvo5grtad95veoi5p08oc3.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Капибара  34 22 14см.</t>
   </si>
   <si>
     <t>948804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a4/txs3dzeg1q1n046gq5d9o8j9zj0tf8gd.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лягушонок Пепе quot; 26 16 14 см.</t>
   </si>
   <si>
     <t>954508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcb/d4fr70t18yfz10z26m1wkd3nkgqaqbmf.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Капибара  24 20 14 см.</t>
   </si>
   <si>
     <t>954509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fc/100vrpo3qsnx9u006um62s569b13xmwz.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Заяц quot; 21х6х14 см.</t>
   </si>
   <si>
     <t>Мягкая игрушка, с биркой вшивной и навесной</t>
   </si>
   <si>
     <t>971352</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/990/243yam5fm3xzpgo9tnp11bartb35mh77.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягконабивная  quot;Корги quot; 21х6х14 см.</t>
+  </si>
+  <si>
+    <t>971353</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/952/nq41krbh22ofpwetyuo12vyhlrastzdn.jpg</t>
   </si>
   <si>
     <t>Игрушка мягконабивная  quot;Лиса quot; 21х6х14 см.</t>
   </si>
   <si>
     <t>971355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e5/8ws26mipfz5m19lq9ufzgkzpco76rmtf.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Бер зовое бревно  16х37х16 см.</t>
   </si>
   <si>
     <t>Мягконабивная игрушка. С биркой вшивной и навесной. Упаковка пакет</t>
   </si>
   <si>
     <t>971362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/231/g12ytdm3u4588h8h3fjs164v3wri53sg.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Капибара  15х23х9 см.</t>
@@ -725,131 +725,149 @@
   <si>
     <t>971363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/106/9ruiq97y8mfqid9xw4gbbjh9ukpy8djr.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Гусь Оскар quot; 26х32х20 см.</t>
   </si>
   <si>
     <t>Магкая игрушка с биркой вшивной и навесной</t>
   </si>
   <si>
     <t>971365</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97d/nr72z9rofit35esgwu3zrr9r3sv0vol2.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Корги quot; 16х38х18 см.</t>
   </si>
   <si>
     <t>971366</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e00/4j8qafapq6t9oxnwlg37mmjbgh2dqrys.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка quot;Кот сонный quot; 14х33х16 см.</t>
+  </si>
+  <si>
+    <t>971369</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/054/gkpi66a39iesgj344w4pdt4aohlh8zyu.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Котик quot; 16х37х18 см.</t>
   </si>
   <si>
     <t>971370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b39/ky2ra79c2j7ecb0poj0qxcxgvs4mo8s4.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка quot;Ленивец quot; 27х25х18 см.</t>
   </si>
   <si>
     <t>971371</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a90/fgfax6z7n026446m0qg3k7a9smek5hf3.jpg</t>
+  </si>
+  <si>
+    <t>Сумочка Розовый Медведь 20 см.</t>
+  </si>
+  <si>
+    <t>972586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/990/6jsi90okyzt2bg5w91del5a6xi7exdi9.jpg</t>
+  </si>
+  <si>
+    <t>Бультерьер 20см.</t>
+  </si>
+  <si>
+    <t>972587</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ca8/or1551gwjaryq33w7hp2jjclryufxp7w.jpg</t>
   </si>
   <si>
     <t>Лисенок 24см, латексный паполнитель</t>
   </si>
   <si>
     <t>972589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/892/fmsoutbmqxwwhedzl2b0wqkulnsj27te.jpg</t>
   </si>
   <si>
     <t>Мишка Глазастик 20см</t>
   </si>
   <si>
     <t>Мишка Глазастик 20см, коробка</t>
   </si>
   <si>
     <t>972591</t>
   </si>
   <si>
     <t>&lt;a href="/brands/angel-collection/"&gt;Angel Collection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/824/vi63kt919owhckx9hwjqs7xv8pqnzabg.jpg</t>
-[...5 lines deleted...]
-    <t>972598</t>
+    <t>http://anytos.ru//upload/iblock/eb5/rt1l48ua6k54db11yxbw71lh46qt0pgn.jpg</t>
+  </si>
+  <si>
+    <t>Той терьер 20см.</t>
+  </si>
+  <si>
+    <t>972600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e8/jzpstbvs5mr5iisw7gcfu4c8i0kijvuk.jpg</t>
   </si>
   <si>
     <t>Хаски 24см, латексный наполнитель</t>
   </si>
   <si>
     <t>972601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/188/gso02kkbmy4oy4xzx10zo5qb6iezq9il.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Голубь quot; 18х6х27см.</t>
   </si>
   <si>
     <t>Мягкая игрушка с биркой вшивной и навесной.</t>
   </si>
   <si>
     <t>972749</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46b/9tey1bax76u1cxb9o3wmtmp9bpro1i5v.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aa7/z3tid689x4q0h76gwbwcyv7wtbxqvv7q.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Корги Кай quot; 23х8х15см.</t>
   </si>
   <si>
     <t>979934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/636/na6fj8az93u2akybt0vytfrkjr59zdc8.jpg</t>
   </si>
   <si>
     <t>Мишка Малыш 20см.</t>
   </si>
   <si>
     <t>997643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce8/x5uhmtdyzidqnfjmkmteupi0k093ji9k.jpg</t>
   </si>
   <si>
     <t>Мишка белый 26см.</t>
   </si>
   <si>
     <t>997644</t>
@@ -878,107 +896,107 @@
   <si>
     <t>Подарочная игрушка  quot;Гномик quot; 28х10х14 см.</t>
   </si>
   <si>
     <t>998405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1eb/vvjbmvzb6hpzesf2gjmza4461h4d34e0.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Змея quot; 17х34х18 см.</t>
   </si>
   <si>
     <t>998407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/25gn2c0fl2jhpnhk2411ikxrr2bwu0rd.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Кот Люцифер quot; 28х23х20 см.</t>
   </si>
   <si>
     <t>998408</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ce1/ofj92jmzfr1bibf2hfu4ccpur48f4nqy.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Кот нок Котэ quot; 27х11х15 см.</t>
+  </si>
+  <si>
+    <t>998409</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0fa/j34iwzt9h94jgdn83x78xeiktl4pscx2.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лось quot; 24х16х25 см.</t>
   </si>
   <si>
     <t>998410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/tsv4pz9xux3afamm6266knxnn5cxnldw.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Морозовичок quot; 22х8х15 см.</t>
   </si>
   <si>
     <t>998411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/942/n4hdwhjxe0o0yrdf75ufg2aaj69xqkgs.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Печенька quot; 23х5х19 см.</t>
   </si>
   <si>
     <t>998413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce4/naaccjwvq3abjik98ckv51lza89d3zqk.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Сиам quot; 15х27х17 см.</t>
   </si>
   <si>
     <t>Игрушка мяконабивная с биркой вшивной и навеской.</t>
   </si>
   <si>
     <t>998414</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/630/6uco9wfrocosloa95xc49o44e8rz6oy9.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Синий Трактор quot; 23х6х34 см.</t>
   </si>
   <si>
     <t>998415</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32f/0yaytyyamvp8q27woxjvwt45i760re9j.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f5/52ay2ambx6pvj02encx2cxou82nn3zol.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Удав quot; 12х35х32 см.</t>
   </si>
   <si>
     <t>998417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f4/xcy774oin1wfo315df5rnccrzlw0wer5.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Хомяк quot; 21х6х16 см.</t>
   </si>
   <si>
     <t>Игрушка мяконабивная с биркой вшивной и навеской</t>
   </si>
   <si>
     <t>999204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/492/aukw1uvfs4uv63sk3y5ktxsn7r2ai32n.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot; жик quot; 16х22х7 см.</t>
@@ -986,116 +1004,128 @@
   <si>
     <t>999206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de2/5fh2t35rskiabripd4pwrohj3xbf3wqr.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  Котик Айк  24х16х22 см.</t>
   </si>
   <si>
     <t>999209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d75/7e6ou5b69zoyiqvyqonezo2l8q0cmlh7.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Медведь Марк quot; 28х20х22 см.</t>
   </si>
   <si>
     <t>Магкая игрушка с биркой вшивной и навесной. Мишка 30 см.</t>
   </si>
   <si>
     <t>999210</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ba4/a2lkhxzhcwsh82nnjki7yw3tdwzwql8l.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Бегемот Тони quot; 23х39х15 см.</t>
+  </si>
+  <si>
+    <t>1009106</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d93/wngmdpl1lzpl5jttk7g5fzf05be2oode.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Бобр quot; 26х16х18 см.</t>
   </si>
   <si>
     <t>1009107</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d8/wmv18xqfrp0p3hmh2z636z5usbawfrq3.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Кот нок Котэ quot; 32х11х15 см.</t>
   </si>
   <si>
     <t>Мягконабивная игрушка. С биркой вшивной и навесной. Музыкальный модуль</t>
   </si>
   <si>
     <t>1009108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcb/bg137pipujclfeg05vo3yusgwsk7s3dz.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Лиса quot; 26х16х21 см.</t>
   </si>
   <si>
     <t>1009110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78f/y4w3ipauoczi4b6pywpbuv2ukvp1tcci.jpg</t>
   </si>
   <si>
     <t>Подарочная игрушка  quot;Спокойный парень quot; 36х8х24 см.</t>
   </si>
   <si>
     <t>1009111</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/58e/n82h9mto28buhnujsjrfwsyp1tlhve7j.jpg</t>
+  </si>
+  <si>
+    <t>Подарочная игрушка  quot;Три кота quot; 7х29х30 см.</t>
+  </si>
+  <si>
+    <t>1009112</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tri-kota/"&gt;Три кота&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e7b/gjthow0266rp20m5nu5m1c2nslzcc8fd.jpg</t>
   </si>
   <si>
     <t>Единорог Блесточкин, 25см</t>
   </si>
   <si>
     <t>1013305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/mxvpyq3u9by3ytq18aruw5sqqgr7m8ub.jpg</t>
   </si>
   <si>
     <t>Единорог Глазастик 20см</t>
   </si>
   <si>
     <t>1013306</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a9/yfryn9x95pz03hc7jbedxgnb6wcnwxty.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/392/je6bauf3mie0frpeg3vdc3qw8q9gq0d3.jpg</t>
   </si>
   <si>
     <t>Жираф 28см</t>
   </si>
   <si>
     <t>1013310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be1/c9gjbdcow3cte7yihuo2g0m0gey3c9i2.jpg</t>
   </si>
   <si>
     <t>Зайка Ку-ку, магниты в лапках, 26см</t>
   </si>
   <si>
     <t>1013311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f3/fzf4dz0fw2cedy94l5z5hpcdjv2rytg0.jpg</t>
   </si>
   <si>
     <t>Зайка Радуга 24см, желтый</t>
   </si>
   <si>
     <t>1013312</t>
@@ -1106,59 +1136,50 @@
   <si>
     <t>Зайка Радуга 24см, лиловый</t>
   </si>
   <si>
     <t>1013313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ce/drkx7rjr17jw3uko4xjas4jl55psuf7d.jpg</t>
   </si>
   <si>
     <t>Зайка Фруктик 20см</t>
   </si>
   <si>
     <t>1013314</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a09/xvoiun50qgyzc3haws5zkw061zq021d1.jpg</t>
   </si>
   <si>
     <t>Коала Фруктик 20см</t>
   </si>
   <si>
     <t>1013317</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/76b/1dwcxs43uemqt160c32yjhb9ddbyau5p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0a9/qmunnx7i5biue6co7k2dtsinkyrz3a7i.jpg</t>
   </si>
   <si>
     <t>Кот Толстопуз 25см</t>
   </si>
   <si>
     <t>1013319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56e/3vysnic858wakwk3k497psy1hv472l5t.jpg</t>
   </si>
   <si>
     <t>Котенок Блесточкин, 25см</t>
   </si>
   <si>
     <t>1013320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/334/nen2dkqchn3ohdfacoxu1jw3zp3rhxd2.jpg</t>
   </si>
   <si>
     <t>Котенок Дымка 20см</t>
   </si>
   <si>
     <t>1013321</t>
@@ -1199,71 +1220,50 @@
   <si>
     <t>Ленивец Светняшка, 25см, заплатки светятся в темноте.</t>
   </si>
   <si>
     <t>1013326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/820/fjhgwggycf66x4r6xjx2og0a0vlo117f.jpg</t>
   </si>
   <si>
     <t>Ленивец Фруктик 20см</t>
   </si>
   <si>
     <t>1013327</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/031/peg8a0kru5i8925etnrcdlem21kd78d8.jpg</t>
   </si>
   <si>
     <t>Лисенок Фруктик 20см</t>
   </si>
   <si>
     <t>1013328</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d3/60gse3nhlnyhgajgnkjvv3uwy425qmwl.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/615/02ttpnx73v4vutvx7gzhgxme73g12upx.jpg</t>
   </si>
   <si>
     <t>Мишка Фруктик 20см</t>
   </si>
   <si>
     <t>1013332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/2x3n7iwmfkfaapkvzqjzbdgidal3ter5.jpg</t>
   </si>
   <si>
     <t>Мышонок Глазастик 20см</t>
   </si>
   <si>
     <t>1013333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3de/mncjs03lhuspoqwq7k6goog7ufwrt139.jpg</t>
   </si>
   <si>
     <t>Набор Зайка в переноске 14х10х27см</t>
   </si>
   <si>
     <t>1013335</t>
@@ -1274,59 +1274,50 @@
   <si>
     <t>Обезьянка Липучка 30см</t>
   </si>
   <si>
     <t>1013336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fbe/wm8gzv06873wzzpx3dqsxksnnvr24tpr.jpg</t>
   </si>
   <si>
     <t>Панда 20см</t>
   </si>
   <si>
     <t>1013338</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96f/o67xm6g4lwqkdsyms4prm81v6etjs6el.jpg</t>
   </si>
   <si>
     <t>Панда Ку-ку, магниты в лапках, 26см</t>
   </si>
   <si>
     <t>1013339</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c5/jl738uncvbpbxfedk0jyd3c8zj90d6fi.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c90/9hz53ehuow997b0asiwtdxocyr2khbzw.jpg</t>
   </si>
   <si>
     <t>Той терьер 19см</t>
   </si>
   <si>
     <t>1013341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/129/bxf7ijl6ah1r0a8dgmxr7h5igyruvac9.jpg</t>
   </si>
   <si>
     <t>Цыпленок 28см</t>
   </si>
   <si>
     <t>1013342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbf/bkwnfwpw0yqdyv3nzb8wx3ygfzt4zzaj.jpg</t>
   </si>
   <si>
     <t>Цыпленок Фруктик 20см</t>
   </si>
   <si>
     <t>1013343</t>
@@ -1334,387 +1325,258 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fa7/0ocdpt01kcxe02pmarqjjwiautev3fv2.jpg</t>
   </si>
   <si>
     <t>Щенок Глазастик 20см</t>
   </si>
   <si>
     <t>1013344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26a/j1gm0glibj0iwsxzukrv409s047wz6ty.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Бегемот quot;, 20см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Бегемот» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестный бегемотик гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягким бегемотом интересно играть, а, обнимая его, приятно засыпать. Играя с бегемотиком, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013451</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a2/g6qfvruxdiw600g8e8q88fuqwfdu93c3.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fa/dlk2meotzz4ufjkhj7m8qlu3mt63k30u.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Зайка в платье quot;, 25см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Зайка в платье» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Зайка одета в красивое платье и гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягкой зайкой интересно играть, а, обнимая ее, приятно засыпать. Играя с зайкой, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013455</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b64/g4gxbzovovit9hv09j3uo32outgs2khv.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c8b/vtu4qml85lycx5i95syfh8q3e3gmu1oz.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Зайка с бантиком quot;, 20см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Зайка с бантиком» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестный зайка гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягким зайкой интересно играть, а, обнимая его, приятно засыпать. Играя с зайкой, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e6/0g74oepok42sxnpb38wl7v4ler5aeorv.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Коала quot;, 25см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Коала» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестная коала в полосатом свитере гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягкой коалой интересно играть, а, обнимая ее, приятно засыпать. Играя с коалой, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013461</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/abd/la3u4b5ewybjd2leuuoqgu20wy0mhfb9.jpg</t>
-[...23 lines deleted...]
-    <t>Мягкая игрушка ТРИ СОВЫ  quot;Медвежонок quot;, 20см</t>
+    <t>http://anytos.ru//upload/iblock/852/k9yp2fpiibam96lubryoazucybfxr8u6.jpg</t>
+  </si>
+  <si>
+    <t>Мягкая игрушка ТРИ СОВЫ  quot;Медвежонок quot;, 25см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Медвежонок» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестный медвежонок гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягким медвежонком интересно играть, а, обнимая его, приятно засыпать. Играя с медвежонком, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
-    <t>1013464</t>
-[...7 lines deleted...]
-  <si>
     <t>1013465</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f12/z3db5xay6l4il7xzfjh92rlpyzvyiyk0.jpg</t>
-[...38 lines deleted...]
-    <t>Мягкая игрушка ТРИ СОВЫ  quot;Мишка с бантом quot;, 22см</t>
+    <t>http://anytos.ru//upload/iblock/92d/poyy0osq6erq9y2ayghx0x642c72l33o.jpg</t>
+  </si>
+  <si>
+    <t>Мягкая игрушка ТРИ СОВЫ  quot;Мишка с бантом quot;, 32см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Мишка с бантом» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестный мишка с бантом гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягким медвежонком интересно играть, а, обнимая его, приятно засыпать. Играя с мишкой, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
-    <t>1013469</t>
-[...16 lines deleted...]
-  <si>
     <t>1013471</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a2/d6rx5pv4rchansh2ohbbq6l6qzd8k5g7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd3/ci96u7cgcxfgcqyhfar1jw09xkcno31h.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Пятнистый щенок quot;, 25см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Пятнистый щенок» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Щенок - очень стильный и гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягким щенком интересно играть, а, обнимая его, приятно засыпать. Играя с собачкой, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013473</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1ed/6t5akhn2qf9toyl3yc1nhuxj5le5njin.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/589/tji25nk2yyialu1df8guv2bp3w83ivlx.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Слон quot;, 20см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Слон» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестный слоник с большими ушами гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягким слоником интересно играть, а, обнимая его, приятно засыпать. Играя со слоном, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013475</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5fb/wpn1njbxf2b93xi23cui55ezs9etg2wp.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c79/3ugfh3bkk6wfavpq5wascj2ehm80wcct.jpg</t>
   </si>
   <si>
     <t>Мягкая игрушка ТРИ СОВЫ  quot;Уточка quot;, 26см</t>
   </si>
   <si>
     <t>Мягкая игрушка «Уточка» бренда «ТРИ СОВЫ» серии NORKA – очаровательный подарок для ребенка. Серия NORKA – восхитительно мягкая на ощупь шерсть. У игрушки милая мордочка с красивыми глазками. Прелестная уточка с платочком гарантированно привлечет внимание покупателей. Игрушка станет ребенку близким другом и будет сопровождать его везде – в садик, школу или путешествиях. С мягкой уточкой интересно играть, а, обнимая ее, приятно засыпать. Играя с уточкой, ребенок развивает тактильное восприятие, а также воображение и фантазию. Игрушка изготовлена из безопасных материалов, прошла строгий контроль качества и сертифицирована для детей от 3 лет. ТРИ СОВЫ – время с пользой!</t>
   </si>
   <si>
     <t>1013479</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9a/jo8e88li9pj37xnhxb2lkkwd07wgj5z7.jpg</t>
-[...20 lines deleted...]
-    <t>1013481</t>
+    <t>http://anytos.ru//upload/iblock/b90/eurv8j8v1hv3dpi32q6g56l22x8dmz73.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая  quot;ГОЛУБЬ quot;, ткань вельбоа, 28х17 см, WOOZOO  ВУЗУ , 666678, 666978</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая &amp;quot;ГОЛУБЬ&amp;quot; станет идеальным подарком. Она развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 28 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.</t>
+  </si>
+  <si>
+    <t>1017557</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/woozoo/"&gt;WOOZOO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4dd/ov7m7343ez8hnlm1ppwbwy2usd33njji.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая  quot;ЛАСКОВЫЕ ЗВЕРЯТА quot;, ткань вельбоа, 20 см, ассорти, 12 видов, WOOZOO  ВУЗУ , 666983</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая &amp;quot;ЛАСКОВЫЕ ЗВЕРЯТА&amp;quot; станет идеальным подарком для ребенка. Она мягкая, лёгкая, упругая и приятная на ощупь. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 20 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.Ассорти 12 видов.</t>
+  </si>
+  <si>
+    <t>1017558</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/fyred33cs3zm41i2ws0lwyxtk8g0qltv.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая  quot;ПОЛЕНО quot;, ткань вельбоа, ассорти, 2 вида, 35х14 см, WOOZOO  ВУЗУ , 666977</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая &amp;quot;ПОЛЕНО&amp;quot; станет идеальным подарком: удобна для сна и приятна на ощупь. Такая игрушка развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 35 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.Ассорти 2 вида.</t>
+  </si>
+  <si>
+    <t>1017559</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fa/1rpjn124ns9taojtyyt4l30jqhpovvy2.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая  quot;ПОНЧИК quot;, ткань вельбоа, 30х30 см, ассорти, 2 вида WOOZOO  ВУЗУ , 666982</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая &amp;quot;ПОНЧИК&amp;quot; станет идеальным подарком: удобна для сна и приятна на ощупь. Такая игрушка развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 30 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.Ассорти 2 вида.</t>
+  </si>
+  <si>
+    <t>1017560</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8f/ftasd1msjjj80azdxp8t2id1acnuo8v4.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая  quot;СТЕЙК ЛОСОСЯ quot;, ткань вельбоа, 32х22 см, WOOZOO  ВУЗУ , 666981</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая &amp;quot;СТЕЙК ЛОСОСЯ&amp;quot; станет идеальным подарком: удобна для сна и приятна на ощупь. Такая игрушка развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 32 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.</t>
+  </si>
+  <si>
+    <t>1017561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a8/9tu6jnc9m55mcknamw1028clncue7u6s.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая  quot;ШАУРМА quot;, ткань вельбоа, 40х11 см, WOOZOO  ВУЗУ , 666979</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая &amp;quot;ШАУРМА&amp;quot; станет идеальным подарком. Она развеселит и взрослого, и ребенка. Поднимет настроение и станет украшением любой комнаты. Мягконабивная игрушка изготовлена из высококачественных материалов, безопасных для здоровья.Высота игрушки – 40 см. Материал верха – вельбоа, материал наполнителя – полиэфирное волокно.</t>
+  </si>
+  <si>
+    <t>1017562</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd4/t3th407tyoyclqhf8a5tlrdz9msxicap.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая АНТИСТРЕСС  quot;ЖИВОТНЫЕ quot;, Бифлекс, ассорти, высота 20 см, 15 видов, WOOZOO  ВУЗУ , 666360</t>
+  </si>
+  <si>
+    <t>Игрушка-антистресс WOOZOO — мягкая, лёгкая, упругая и приятная на ощупь. Изделие наполнено мелким шуршащим наполнителем – пенополистиролом, поэтому игрушка всегда возвращается в первоначальную форму, как бы вы её ни сжимали.Благодаря приятным тактильным ощущениям и мягкому шуршанию игрушка-антистресс снимает нервное напряжение, стабилизирует эмоциональный фон, дарит чувство уюта и спокойствия.Высота игрушки – 20 см. Материал верха – бифлекс, материал наполнителя – пенополистирол.</t>
+  </si>
+  <si>
+    <t>1017563</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad8/zyulwpcc0dnw0r666cib32etffc3s5yu.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка мягкая АНТИСТРЕСС  quot;КОШКИ quot;, Бифлекс, ассорти, высота 30 см, 10 видов, WOOZOO  ВУЗУ , 666359</t>
+  </si>
+  <si>
+    <t>Игрушка-антистресс WOOZOO — мягкая, лёгкая, упругая и приятная на ощупь. Изделие наполнено мелким шуршащим наполнителем – пенополистиролом, поэтому игрушка всегда возвращается в первоначальную форму, как бы вы её ни сжимали.Благодаря приятным тактильным ощущениям и мягкому шуршанию игрушка-антистресс снимает нервное напряжение, стабилизирует эмоциональный фон, дарит чувство уюта и спокойствия.Высота игрушки – 30 см. Материал верха – бифлекс, материал наполнителя – пенополистирол.</t>
+  </si>
+  <si>
+    <t>1017564</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2041,3701 +1903,3371 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J160"/>
+  <dimension ref="A1:M145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G160" sqref="G160"/>
+      <selection pane="bottomRight" activeCell="G145" sqref="G145"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...357 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>102</v>
+        <v>43</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>48</v>
+        <v>122</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="F35" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>148</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>133</v>
+        <v>160</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>166</v>
+        <v>122</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>174</v>
+        <v>28</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>181</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>178</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>191</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>202</v>
+        <v>129</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>206</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>213</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>226</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>231</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F70" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="F70" s="3" t="s">
+      <c r="B71" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="G70" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="C71" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="B72" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="C72" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="F72" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="F73" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>271</v>
+        <v>129</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>272</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>279</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>187</v>
+        <v>280</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>187</v>
+        <v>283</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>284</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>285</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>232</v>
+        <v>184</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>296</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>297</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>309</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="F91" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>319</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>321</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...39 lines deleted...]
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>341</v>
+        <v>308</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>250</v>
+        <v>28</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>343</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>344</v>
+        <v>232</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>347</v>
+        <v>232</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>82</v>
+        <v>349</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>82</v>
+        <v>259</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>388</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>390</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>391</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>401</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>402</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>403</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>407</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>408</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>409</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>413</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>416</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>419</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>423</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>425</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>426</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>427</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>428</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>431</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>82</v>
+        <v>259</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>250</v>
+        <v>436</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B130" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="F130" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="F139" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>480</v>
+        <v>491</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G142" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...6 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...55 lines deleted...]
-      <c r="C148" s="1" t="s">
         <v>506</v>
-      </c>
-[...286 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">