--- v0 (2025-10-31)
+++ v1 (2026-03-03)
@@ -12,292 +12,280 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4451">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4345">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6a/r0w0ct2f5qhlt0pgkpp5ni18uewmx21o.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. КРАФТ греб. мел. карт. выб. УФ-лак: 80BG4X5KRF штр.: 4690338014075</t>
   </si>
   <si>
     <t>Блокноты</t>
   </si>
   <si>
     <t>107204</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pzbf/"&gt;ПЗБФ&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/48b/8peqogr3w3449vsdlmhptbz83bef9l4w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 50 л. кл. СИНИЙ греб. мел. карт.: C0368-03 04 штр.: 466001311272303</t>
+  </si>
+  <si>
+    <t>107218</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kts-pro/"&gt;КТС ПРО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/83d/t03tqvo9rxlcntd9t0ntnmsmkd9ho604.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А6 80 л. кл. ЛИНЕР греб. тв.обл. выб. УФ-лак: CBA6-80LN штр.: 4602723028635</t>
   </si>
   <si>
     <t>107266</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/i3jkis2co9vjf1emrk6nss5wxu9havpe.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5 80 л. кл. ЛИНЕР греб. тв.обл. выб. УФ-лак 70 г м2: NBA5-80LN штр.: 4602723028642</t>
   </si>
   <si>
     <t>107278</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/abf/abf1a52da840f44e48940ac00a972a83/b58fe286406ad631d0e5a6f847fc6cb7.jpg</t>
-[...8 lines deleted...]
-    <t>245006</t>
+    <t>http://anytos.ru//upload/iblock/d5e/d5edec0cc6258a23eade9f6b442c035a/2faa364cddbaa7143169eedf1553d72c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 60л,А5,Амели,150х210мм,80г квм,тонир штр.  4640018350979</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь «Амели» формата А5 с легким романтичным дизайном. Обложка со скругленными углами изготовлены из тактильно приятного матового пластика с нанесением дизайна. Тетрадь комплектуется блоком в клетку по 60 листов из тонированной офсетной бумаги, плотностью 80 г/кв.м, тип крепления - двойная спираль.</t>
+  </si>
+  <si>
+    <t>245005</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fca/fca0778231f3273560e1a0c79d7f4e16/e09e826db803228cdf156ea5b501f0dd.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 60л,кл,А5,Yellow Pad,спираль,тон.блок 70г м штр.  4650000345166</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь QuickPad формата А5. Обложка со сдержанным дизайном изготовлена из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка «навылет» для максимальной площади для письма. Блок включает 60 листов высококачественной офсетной бумаги плотностью 70 г/кв.м, тип крепления - двойная спираль. Разлиновка в клетку.</t>
+  </si>
+  <si>
+    <t>245007</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/quickpad/"&gt;QuickPad&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/b3560e7b2f781eebe638871975819973/fd5130d9a2a407bfed568696581ee02d.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 80л,кл,А4,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350573</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь QuickPad формата А4. Обложка со сдержанным дизайном изготовлена из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка «навылет» для максимальной площади для письма. Блок включает 80 листов высококачественной офсетной бумаги плотностью 70 г/кв.м, тип крепления - двойная спираль. Разлиновка в клетку.</t>
+  </si>
+  <si>
+    <t>245014</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecd/o9wx31zgsmv73f60zyo3fma853nekr05.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бизнес-тетрадь Attache А4 96 -листов в -ассортименте в -клетку на -спирали  микроперфорация </t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache формата А4 96 листов в мягком переплете. Обложка с глянцевой ламинацией. В ассортименте три дизайна обложки, крепление - спираль. Плотность обложки - 300 г/м. Все страницы тетради снабжены микроперфорацией, имеют дополнительные отверстия для прошивки. Внутренний блок состоит из 96 листов бумаги формата А4, разлиновка - в клетку. Размер блока - 215х293 мм. Бумага 100&amp;#37; белизны, плотность 65 г/кв.м. Бизнес-тетрадь поставляется в термоусадочной пленке. Цвет обложки представлен в ассортименте - 3 дизайна &amp;#40;без возможности выбора&amp;#41;. Внимание! Товар поставляется в нескольких вариантах цвета/дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>245051</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fca/fca0778231f3273560e1a0c79d7f4e16/e09e826db803228cdf156ea5b501f0dd.jpg</t>
-[...59 lines deleted...]
-    <t>&lt;a href="/brands/mariner/"&gt;Mariner&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/d9b/d9b79864bda775ac1850174eaa70424b/0f291f60c215631860918a268bed3264.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь SMARTBOOK А4 120л. клетка,спир,микроп,разд,карм,сер-бирюз штр.  4650000342882</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Selection Smartbook формата А4, 120 листов с микроперфорацией, разделителем и карманом. Обложка - высококачественный жесткий износостойкий металлизированный черный пластик с печатью яркими насыщенными красками. Блок с полями, микроперфорацией и отверстиями для подшивки - офсетная экстрабелая бумага 80 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на спираль увеличенного диаметра. Тетради комплектуются пластиковым съемным разделителем и карманом для хранения вырванных листов.</t>
+  </si>
+  <si>
+    <t>245088</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f7/9f799e54071664a3c5976c90981d27c1/88df831745b030857e99d9ac832e623a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь SMARTBOOK А5 120л. клетка,спир,микроп,разд,карм,жел-оран штр.  4650000342844</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Selection Smartbook формата А5, 120 листов с микроперфорацией, разделителем и карманом. Обложка - высококачественный жесткий износостойкий металлизированный черный пластик с печатью яркими насыщенными красками. Блок с полями, микроперфорацией и отверстиями для подшивки - офсетная экстрабелая бумага 80 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на спираль увеличенного диаметра. Тетради комплектуются пластиковым съемным разделителем и карманом для хранения вырванных листов.</t>
+  </si>
+  <si>
+    <t>245090</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72c/72cac3698bc72b51f905f45024dc98b8/ac720fd7c99e0179a24a7a92aa36b46a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь SMARTBOOK А5 120л. клетка,спир,микроп,разд,карм,сер-бирюз штр.  4650000342851</t>
+  </si>
+  <si>
+    <t>245091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/685/6856d756b9bf9e7406c912ce1ffde417/f5893bea73c17182f5592d0c5a890677.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь WAVES А4 100л. ATTACHE клет,спир,пласт,заклад,цв.оранжевый штр.  4650000342806</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Waves формата А5, 100 листов с пластиковой обложкой. Обложка - высококачественный матовый полупрозрачный пластик с печатью насыщенными красками и лаком. Подложка из плотной офсетной бумаги яркого насыщенного цвета. Блок с полями - офсетная экстрабелая бумага 70 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на евроспирали. Тетради комплектуются съемными пластиковыми линейками с транспортиром, которые можно использовать как разделитель.</t>
+  </si>
+  <si>
+    <t>245095</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/677/6775d737518e08b2bb4296859021e3f6/621bae7a6813e382f2678668d6b1646c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь WAVES А5 100л. ATTACHE клет,спир,пласт,заклад,цв.зеленый штр.  4650000342783</t>
+  </si>
+  <si>
+    <t>245096</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/66b/66ba444b22a11b219d1c0a8921ed50f2/9628a9253a5141019da77de97a7c1e60.jpg</t>
-[...88 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e8/0e814b152036a30ce7b895c01fc888ce/41893fee8b94563f211e56d5a600e5dd.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,140 л,пласт обл, с разд,спир,ATTACHE FANTASY,оранж штр.  4650000343674</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель оранжевого цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А4, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245119</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/41ab890a41f4480e2ac6972c570fa0de/9fd9af9da4de3c731a030d4420bd498d.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,140 л,пласт обл, с разд,спир,ATTACHE FANTASY,розов штр.  4650000343711</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель розового цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А4, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245120</t>
@@ -323,629 +311,786 @@
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель салатового цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А5, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245138</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d2/6d2fe82b4dab21adea88461805ebef52/697acc655e297961a53976a4c9944a68.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,140 л,пласт обл, с разд,спир,ATTACHE FANTASY,голуб штр.  4650000343735</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель голубого цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Линейка серая непрозрачная. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А5, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245140</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e2/1e27c8663a808ace4f9a0bb0620a25d2/f1e6ef8254597f79d9bf2e3d9469e638.jpg</t>
-[...20 lines deleted...]
-    <t>245159</t>
+    <t>http://anytos.ru//upload/iblock/a93/a93c2d0b2c7a3d3bc6928386e230dbbb/afe195ab2b1a5422a77ebfb1a00267fa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 60л,кл,А4,Yellow Pad,склейка,тон.блок 70г м штр.  4640018350603</t>
+  </si>
+  <si>
+    <t>QuickPad - современные бизнес-тетради формата А4 и А5 и планшет для офиса, дома и учебных заведений. Обложки со сдержанным дизайном изготовлены из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка &amp;quot;на вылет&amp;quot; для максимально площади для письма. В некоторых изделиях применена микроперфорация для ровного и удобного отрывания листов. В тетрадях и планшете формата А4 присутствует перфорация для подшивки вырваных листов в любую папку. Блок включает от 60-ти до 80-ти листов высококачественной офсетной бумаги 70 г/м, тип крепления - двойная спираль в тетрадях и блокнотах, в планшете используется репление на скрепку и склейка. Листы в клетку.</t>
+  </si>
+  <si>
+    <t>245165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50e/50eeac87a8c007fb1ce2ed3eb79a6959/dd70248b175eb0d33c998cc08b8eb9de.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 60л,кл,А5,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350597</t>
+  </si>
+  <si>
+    <t>245169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b13/b13fffbd8c17c61784955a8956fcf4b2/697ac7dd9a3e015b3cd6bcb213f00ac5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 80л,кл,А4,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350566</t>
+  </si>
+  <si>
+    <t>245175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/569/56913f82f4c6fc6913a107c820981fd5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот ATTACHE спираль А6 40л. клетка офис 60шт уп.  БК  штр.  4620004206091</t>
+  </si>
+  <si>
+    <t>Блокнот Attache формат А6, размер 140-105 мм, в ассортименте. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД-лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, способ крепления - евроспираль сверху. В блокноте 40 листов в клетку.</t>
+  </si>
+  <si>
+    <t>245205</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3d/e3d3d599131cfacc373b2c9d99484d0a/2b60d75c43d1ef5a153de1df0a634b9b.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот ATTACHE спираль А7 40л. клетка офис 180шт уп.  БК  штр.  4620004206107, 4680009214040</t>
+  </si>
+  <si>
+    <t>Блокнот Attache формата А7, размер 105-70 мм, цветной. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД-лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, способ крепления - Евроспираль сверху. В блокноте 40 листов в клетку.
+&lt;br&gt;
+&lt;div class="tags__list"&gt;
+&lt;a href=""&gt;Блокноты Attache А7&lt;/a&gt;																
+&lt;a href=""&gt;Блокноты на спирали Attache  A5&lt;/a&gt;	
+&lt;a href=""&gt;Блокноты на спирали Attache&lt;/a&gt;	
+&lt;a href=""&gt;Блокноты Attache Selection&lt;/a&gt;
+&lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>245206</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a4/8a484d37d725626fe1385460984608ea/1910a78369c8ba2fa16cc62c5e9c88b2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот WAVES оранжевый А5 спираль 50л. пласт. штр.  4630012880114, 4650000340017</t>
+  </si>
+  <si>
+    <t>Блокнот Attache. Формат А5, размер 149-221 мм. Обложка - высококачественный матовый полупрозрачный пластик с печатью насыщенными красками и лаком. Подложка из плотной офсетной бумаги яркого насыщенного цвета. Блок с полями - офсетная экстрабелая бумага 70 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на евроспираль.</t>
+  </si>
+  <si>
+    <t>245266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/651/6519d31dc6bb674ddd84acfc875aac67/75b23c78e77757c35a5a2f6b91e00008.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,пласт обл,80л, ATTACHE FANTASY,голуб штр.  4650000343810</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Fantasy формата А5, размер 150-225 мм. Обложка из жесткого, тактильно приятного пластика яркого оттенка, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра.</t>
+  </si>
+  <si>
+    <t>245278</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d88/d8802caf068032b0b0e681252a80da37/7699ed6ee64bda4f714349083872bb13.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6,пласт обл,80л, ATTACHE FANTASY,оранж штр.  4650000343872</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Fantasy формата А6, размер 105-165 мм. Обложка из жесткого, тактильно приятного пластика четырех ярких оттенков, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра.</t>
+  </si>
+  <si>
+    <t>245288</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/493/493610a7c1ab8cc5d830ddd680b94b9f/ed1e367718f6a27477d4a9648bfe9b88.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6,пласт обл,80л, ATTACHE FANTASY,салат штр.  4650000343858</t>
+  </si>
+  <si>
+    <t>Блокнот Attache коллекции Fantasy в эластичной пластиковой обложке салатового цвета. Внутренний блок, скрепленный по верхнему краю крупной евроспиралью, состоит из 80 листов. Офсетная бумага высокой степени белизны, разлинованная в клетку, обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А6.</t>
+  </si>
+  <si>
+    <t>245290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bd/6bd494633bf308840cb8cee35a939c78/acf62715a7be84e7c5df84f1b084c5cf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7,пласт обл,80л, ATTACHE FANTASY,голуб штр.  4650000343971</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Fantasy формата А7, размер 75-120 мм. Обложка из жесткого, тактильно приятного пластика яркого оттенка, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра- удобное карманное хранение.</t>
+  </si>
+  <si>
+    <t>245291</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9d/f9d3086f00dae9e48b318bde9ec5079a/8d56262e75aeaa7f20fef163282578b3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7,пласт обл,80л, ATTACHE FANTASY,салат штр.  4650000343933</t>
+  </si>
+  <si>
+    <t>245294</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/5be744e3e12d6a099795ebc9576ef5da.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот ГРАФО спираль А5 50л. клетка штр.  4607021884945</t>
+  </si>
+  <si>
+    <t>Блокнот «Графо» лаконичного дизайна. Обложка блокнота, выполненная из плотного картона, защищает бумагу от деформации и загрязнения. Блокнот, скрепленный по верхнему краю металлическим гребнем, состоит из 50 листов. Бумага высокой степени белизны разлинована в клетку. Блокнот имеет формат А5.</t>
+  </si>
+  <si>
+    <t>245296</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/polinom/"&gt;Полином&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71e/71e5ec034460a72a6ec2c929cc90a59f/fd67fda6aa5790bf87433671a68dfc46.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот ГРАФО спираль А6 50л. клетка штр.  4607021884921</t>
+  </si>
+  <si>
+    <t>Блокнот «Графо» лаконичного дизайна. Обложка, выполненная из плотного картона, защищает бумагу от деформации и загрязнения. Внутренний блок, скрепленный по верхнему краю металлическим гребнем, состоит из 50 листов. Бумага высокой степени белизны разлинована в клетку. Блокнот имеет формат А6.</t>
+  </si>
+  <si>
+    <t>245297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/204/204f07edf9154be660abd366845fa8fa/dd6342aa80780e026b891f692fcc6e69.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А4 100л. склейка ATTACHE клетка штр.  4630012880244, 4650000341830</t>
+  </si>
+  <si>
+    <t>Блокнот Attache с перфорированным блоком. Формат А4, размер 200-297 мм, серебристый. Строгий офисный дизайн с печатью серебром. Обложка из высококачественного мелованного картона с ламинацией. Подложка из плотного картона. Блок 100&amp;#37; белизны с полями - офсетная бумага 70 г/кв.м с микроперфорацией и печатью насыщенным серым цветом. Четыре отверстия для папок на кольцах. Надежное крепление на скрепки с проклейкой. Упаковка в пленку.</t>
+  </si>
+  <si>
+    <t>245308</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e3/4e3722e7a96ab11c31b201b8734e0f80/e41a3a904ede26847f3b9bd938341e54.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка ATTACHE клетка штр.  4630012880268, 4650000341878</t>
+  </si>
+  <si>
+    <t>Блокнот Attache с перфорированным блоком. Формат А5, размер 143-212 мм, серебристый. Строгий офисный дизайн с печатью серебром. Обложка из высококачественного мелованного картона с ламинацией. Подложка из плотного картона. Блок 100&amp;#37; белизны с полями - офсетная бумага 70 г/кв.м с микроперфорацией и печатью насыщенным серым цветом. Четыре отверстия для папок на кольцах. Надежное крепление на скрепки с проклейкой. Упаковка в пленку.</t>
+  </si>
+  <si>
+    <t>245311</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22c/22cda14adc7498e41a2a461186a48b4f/1a74ced636b3e8093771589835054a8e.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка АТТАСНЕ чистый лист штр.  4630012880305, 4650000342202</t>
+  </si>
+  <si>
+    <t>245313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c7/3c798a195cda718e2a0cd028421191e5/630cc846524cd53a4daf1cebf43f4212.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Скрепка А5 32л. клетка ATTACHE офис.  БК  штр.  4660002774253</t>
+  </si>
+  <si>
+    <t>Блокнот Attache. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, линовка - клетка. Формат А5. Способ крепления - скрепка, 32 листа. Размер 190-135 мм.</t>
+  </si>
+  <si>
+    <t>245323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/b1e45dca73b76d693a1b2b2e469360af/d8c70d172f6e583e4e9b71bb1ce9accf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Скрепка А6 32л. клетка ATTACHE офис.  БК  штр.  3602492774260, 4660002774260</t>
+  </si>
+  <si>
+    <t>Блокнот Attache обложка изготовлена из мелованного картона с полноцветной печатью покрытой ВД лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, линовка - клетка. Формат А6. Способ крепления - скрепка. 32 листа. Размер 145-103 мм.</t>
+  </si>
+  <si>
+    <t>245324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae5/ae5ee445a978f2977f38c0209407498b/81d02ec51919934a6e8e50f4db452377.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на склейке А5 60л. ПЕЙЗАЖ  АТТАСНЕ 8с3 клет.40шт. у штр.  4607021880831</t>
+  </si>
+  <si>
+    <t>Блокнот Аttache в глянцевой обложке, выполненной из мелованного картона. Внутренний блок на склейке состоит из 60 листов, разлинованных в клетку. Бумага высокой степени белизны по плотности соответствует качественной офисной бумаге. Блокнот имеет формат А5.</t>
+  </si>
+  <si>
+    <t>245339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28b/28b0a53893de59427b0336320a428bdd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на склейке А6 60л. ПЕЙЗАЖ  АТТАСНЕ 8с5 клет.100шт. у штр.  4607021880855</t>
+  </si>
+  <si>
+    <t>Блокнот Attache в глянцевой обложке, выполненной из мелованного картона. Внутренний блок на склейке состоит из 60 листов, разлинованных в клетку. Бумага высокой степени белизны по плотности соответствует качественной офисной бумаге. Блокнот имеет формат А6.</t>
+  </si>
+  <si>
+    <t>245340</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ed/9ed582e808b95ac1455b25325249cc81/f78bb084c78da8b85e095fa00b7939a2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали 101х170 80л. ATTACHE клетка, однот.пласт обл. штр.  4607021882927</t>
+  </si>
+  <si>
+    <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Внутренний блок, состоящий из 160 страниц, закреплен на спирали по верхнему краю. Плотные листы с разлиновкой в клетку изготовлены из офсетной бумаги высокого качества. Блокнот имеет формат 101-170 мм. Логотип нанесен тиснением.</t>
+  </si>
+  <si>
+    <t>245343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/150/150969deb75bd991b3578a62a7243634/5ca772bab4959dec951caac89b172bf4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А4 60л. ATTACHE синий картон д лог.клет.14 штр.  4606016013414, 4606016040663</t>
+  </si>
+  <si>
+    <t>Блокнот Attache классического дизайна. Однотонная обложка синего цвета выполнена из картона. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Плотная белая бумага с полями разлинована в клетку. Блокнот имеет формат А4.</t>
+  </si>
+  <si>
+    <t>245346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e7/4e752922404857d38f872bb50a1d9280/78231784e519dc9ce4167c0da5706023.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А4 60л. БИЗНЕС  ATTACHE 14с160 клет.20шт уп штр.  4607021880725, 4607021883634</t>
+  </si>
+  <si>
+    <t>Блокнот Attache в твердой обложке, выполненной из ламинированного картона. Блокнот, закрепленный на металлической спирали, состоит из 60 листов. Белая бумага с полями разлинована в клетку. Блокнот имеет стандартный формат А4.</t>
+  </si>
+  <si>
+    <t>245347</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fab/fab7a7d39f2a98e1eb31ba4d89328b84/ab958f2fbbc5fffa890cf75542fc9e57.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А4 80л. ATTACHE клетка, однот.пласт обл. штр.  1682021882880, 4607021882880</t>
+  </si>
+  <si>
+    <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Блокнот стандартного формата А4, состоящий из 160 страниц, закреплен на спирали по верхнему краю. Плотные листы с разлиновкой в клетку в блокноте изготовлены из офсетной бумаги высокого качества.</t>
+  </si>
+  <si>
+    <t>245348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/696/69605965f774e8ca1a143a297b8310f0/1f5516b5dd75d71aa3e6c00a14d7536d.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 50л. ATTACHE-БИЗНЕС облж. 14с157 клетка штр.  4607021880718, 4607021883641</t>
+  </si>
+  <si>
+    <t>Блокнот Attache в твердой обложке, выполненной из ламинированного картона. Внутренний блок, закрепленный на металлической спирали, состоит из 50 листов. Белая бумага с полями разлинована в клетку. Блокнот имеет формат А5, размер 148-210 мм.</t>
+  </si>
+  <si>
+    <t>245349</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07b/07b8ac31ddc1fdf181082a260a19d73c/b7a6109dff0278efad90cfe75bdfb362.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 60л. ATTACHE синий картон д лог.клет.32 штр.  4606016013445, 4606016040601</t>
+  </si>
+  <si>
+    <t>Блокнот Attache классического дизайна: однотонная обложка синего цвета, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
+  </si>
+  <si>
+    <t>245353</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4f/d4fc9c608e3ab8503259e2aaa7068070/5633cb7a762b03604ba99fd719042907.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 80л. ATTACHE клетка, однот.пласт обл. штр.  4607021882903, 4607021882910</t>
+  </si>
+  <si>
+    <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Блокнот универсального формата А5, состоящий из 80 листов, закреплен на спирали по верхнему краю. Плотные листы блокнота с разлиновкой в клетку изготовлены из офсетной бумаги высокого качества.</t>
+  </si>
+  <si>
+    <t>245354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aea/aea27c1348fffd34eeba93fd173e05ab/df4bd8050b9c3893f3cc2dca36316cb7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А6 40л.ATTACHE-БИЗНЕС клет. 14с151 в асс. штр.  4607021883658</t>
+  </si>
+  <si>
+    <t>Блокнот Attache в твердой обложке, выполненной из ламинированного картона. Внутренний блок, закрепленный на металлической спирали, состоит из 40 листов. Белая бумага с полями разлинована в клетку. Блокнот имеет формат А6, размер 105-145 мм. Плотность картона - 200-220 г/кв.м.</t>
+  </si>
+  <si>
+    <t>245355</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5f/c5f7c4aa2c593254f643f2908e84c196/90efb01846a359931471d9828c46370b.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Office Creative А4 120л черная, кл., 5 разд.,спираль 968802</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Office Creative А4 120л черная, кл., 5 разд.,спираль</t>
+  </si>
+  <si>
+    <t>334456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/546/5466a6c44c9ea2df1a96361657c7c525/d59996769e3cb3d9a200cb0dc05feb6e.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,120 л,спираль,клетка Office Creative 968806</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,120 л,спираль,клетка Office Creative</t>
+  </si>
+  <si>
+    <t>334459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb5/cb51ad9d3049ee8d3b4bcd977d979176/665afbf96b4752976f9b844e9ff68402.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А6 60л. ATTACHE, синий, блок 60г, обложка 215г 968827</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А6 60л. ATTACHE, синий, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>334471</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dea/dea77f41475c6d5a0d3660374c37c81f/6e4874ec387692e1cc8cc2674e233aed.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А7 60л. ATTACHE, синий, блок 60г, обложка 215г 968828</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А7 60л. ATTACHE, синий, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>334472</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7f/d7fbd08cd44ffe35972fe3032e2c6555.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта OfficeSpace 60 90см, 20л., белый, бюджет 257325</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления. Размер 60 ? 90 см. Цвет - белый. В блоке - 20 листов. Плотность бумаги - 65 г/м?.</t>
+  </si>
+  <si>
+    <t>350109</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/876/876c8f234ffaa927ffa4909d69af54b3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта OfficeSpace 60 90см, 20л., клетка, бюджет 257324</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления. Размер 60 ? 90 см. Цвет - белый. Линовка - клетка. В блоке - 20 листов. Плотность бумаги - 65 г/м?.</t>
+  </si>
+  <si>
+    <t>350110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fe/4fe5feb4987aad48ea856a203b7557f7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта OfficeSpace 67,5 98см, 10л., белый, 80г м2 257320</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления. Размер 67,5 ? 98 см. Цвет - белый. В блоке - 10 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
+  </si>
+  <si>
+    <t>350111</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/520/5206e2de8a740ea09315777595a0cab3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта OfficeSpace 67,5 98см, 10л., клетка, 80г м2 257321</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления. Размер 67,5 ? 98 см. Цвет - белый. Линовка - клетка. В блоке - 10 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
+  </si>
+  <si>
+    <t>350112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a07/a079abc4b5a7185ab5dd54bdbf480c30.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта OfficeSpace 67,5 98см, 50л., белый, 80г м2, с перфорацией 257322</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления и снабжен перфорацией на отрыв, что позволяет ровно и без труда вырвать требуемый лист. Размер 67,5 ? 98 см. Цвет - белый. В блоке - 50 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
+  </si>
+  <si>
+    <t>350113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4b/c4b48d7b30ebcd0cbdf44624287d4b38.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта OfficeSpace 67,5 98см, 50л., клетка, 80г м2, с перфорацией 257323</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления и снабжен перфорацией на отрыв, что позволяет ровно и без труда вырвать требуемый лист. Размер 67,5 ? 98 см. Цвет - белый. Линовка - клетка. В блоке - 50 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
+  </si>
+  <si>
+    <t>350114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/405/405ee2ad01a93315311e568fca989121.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта Berlingo 64 96см, 20л., клетка SFb_20011</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления и снабжен перфорацией на отрыв, что позволяет ровно и без труда вырвать требуемый лист. Размер 64 ? 96 см. Цвет - белый в клетку. В блоке - 20 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
+  </si>
+  <si>
+    <t>351921</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/709/7092c8398edb1a43c04c84ab05373513/f32d2963e7d8c48168609fade624f3ad.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А6,SPIRAL BOOK Розовый,евроспир,обл.пласт,разд.84117</t>
+  </si>
+  <si>
+    <t>375630</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d53/d5327a4906ba0337a44a626d2de71149/b06e2d9024c3553ddd9c483cf8735414.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь  ароматизир.100л,кл,А5, КЛЕМЕНТИН,спир,тонир.блок 84906</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь&amp;nbsp;&amp;nbsp;ароматизир.100л,кл,А5, КЛЕМЕНТИН,спир,тонир.блок 84906</t>
+  </si>
+  <si>
+    <t>375661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a8/5a88e96d45d23d6f45da1d3f08927292/36dd01be7051b03db873903d45fbee67.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Розовый,евроспир,обл.пласт,разд.84105</t>
+  </si>
+  <si>
+    <t>375663</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e25/e257a9cbaa94279f2d272049a247d0da/9f48008c7109d7bf4aeb6e1afbea7c58.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Салатовый,евросп,обл.пл,раздел.84102</t>
+  </si>
+  <si>
+    <t>375664</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce0/ce0cb8257e0e3af3dbb293dfadd6ea87/410834dec4866b17f46f7c1c658d7dc0.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Серый,евроспир,обл.пласт,раздел.84103</t>
+  </si>
+  <si>
+    <t>375665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c3/1c37336c56b8147ca6687bda43f48daf/a00dd0e3e83612eea3446b2048b92c54.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Синий,евроспир,обл.пласт,раздел.84101</t>
+  </si>
+  <si>
+    <t>375666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc8/cc8693cc0de7c5be11b4fab93bcfc370/2e92d77f5ffdabae41bfd5c1a4b812ca.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Розовый,евроспир,обл.пласт,разд.84111</t>
+  </si>
+  <si>
+    <t>375667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08f/08feb04d7fce402e8c5c39a05203765f/6118538ab81ff47113c17516a8657904.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Салатовый,евросп,обл.пл,раздел.84108</t>
+  </si>
+  <si>
+    <t>375668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/bfdfafc2be0c83bee0d2f0513a357bd8/7b8f7642e214c60f0fe1b6a0a49a45bc.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Серый,евроспир,обл.пласт,раздел.84109</t>
+  </si>
+  <si>
+    <t>375669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b16/b163c3c6fc017b9b0f517e29a4e847db/caa29c0792df4afd4177d453c47a303c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A4,200л,кл,греб Attache Selection Office book синий металлик</t>
+  </si>
+  <si>
+    <t>375677</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53d/53dfe1b1d6edf6ce5859c644b1d7bd03/209ad66936ed451658dd9db3a5d5660b.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A5,200л,кл,греб Attache Selection Office book синий металлик</t>
+  </si>
+  <si>
+    <t>375686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/193/193d97d62fcc68b52b291beca2044a5b/8945563d119597489f68d0eda9c1b22a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A5,200л,кл,греб. Attache Selection Office book черн металлик</t>
+  </si>
+  <si>
+    <t>375687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bf/3bf85bad301f88aa1c464ec092afdc86/ea812a7dac713daee453079af3b36d6c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,120л,кл,гребень,пластик.обл. с вырубк,4раздел ЧЕРНЫЙ 14с9</t>
+  </si>
+  <si>
+    <t>375702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/bfa56306201b1e9f38ef97377a087d71/a6466d837f14eea2bf5da3f32b31a9e2.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,120л,кл,гребень,пластик.обл. с вырубк,4раздел ЧЕРНЫЙ 15с7</t>
+  </si>
+  <si>
+    <t>375703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b8/2b86cf180db0ae199c44d4d99105a8d6/b05f97793ed8c8b4fa80de082973aeb1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4,40л,клетка,метал.гребень,цв.обложка Стильный Офис 2931</t>
+  </si>
+  <si>
+    <t>375724</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/50e/50eeac87a8c007fb1ce2ed3eb79a6959/dd70248b175eb0d33c998cc08b8eb9de.jpg</t>
-[...494 lines deleted...]
-    <t>375725</t>
+    <t>http://anytos.ru//upload/iblock/c0f/c0f6c019c3b1e6dd40a3fa038d525858/3713c82b871599e85701004777993193.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4,60л,клетка,метал.гребень,цв.обложка Стильный Офис 2751</t>
+  </si>
+  <si>
+    <t>375726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/745/7450be5fad947e22a944f6180730e4b6/f30bfc1c41a642a17f427f68e4ecd107.jpg</t>
   </si>
   <si>
     <t>Блокнот А4,60л,клетка,метал.гребень,цв.обложка Стильный Офис 2933</t>
   </si>
   <si>
     <t>375727</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8b/f8b4b4268bf1530bfa25de51c1404d66/52dcc7c5420d521b24090bdbaf8747e1.jpg</t>
   </si>
   <si>
     <t>Блокнот А4,80л,клетка,метал.гребень,цв.обложка Стильный Офис 2752</t>
   </si>
   <si>
     <t>375729</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5cb/5cb66e1a00cddade05fcd5472f2cf3ea/b698fce3f90f94ceb2c7a11865683a70.jpg</t>
   </si>
   <si>
     <t>Блокнот А4,80л,клетка,метал.гребень,цв.обложка Стильный Офис 2934</t>
   </si>
   <si>
     <t>375730</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20a/20a937a60bbb549e6c9925b879f7246b/540d29b1dbc211339ea34f0c5b1e4891.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,40л,клетка,метал.гребень,цв.обложка Стильный Офис 2935 в ассорт</t>
   </si>
   <si>
     <t>375741</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/03f/03f0e5854f846509c92c5300b0de214a/6af2dc58cb27ecff58695d5529323b37.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,60л,клетка,метал.гребень,цв.обложка Стильный Офис 2741 в ассорт</t>
+  </si>
+  <si>
+    <t>375742</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afe/afea926d44b517fe322d752359b800d2/67da72ea2146ada0e77ee20407e53856.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,80л,клетка,метал.гребень,цв.обложка Природа 8с12 в ассорт</t>
+  </si>
+  <si>
+    <t>375743</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cc5/cc59497ee0a73cb78b97c0103c81402f/7a9f4fd32916bbe3a87b29da6445c683.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,клетка,метал.гребень,цв.обложка Стильный Офис 2737 в ассорт</t>
   </si>
   <si>
     <t>375744</t>
   </si>
   <si>
-    <t>64</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c2f/nj62lm7q2pojld7easg8hca5je896iad.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Dark quot;, 114387</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>380536</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ce/vqvpg7urdird0qoxrep68qxb38zcctuf.jpg</t>
   </si>
   <si>
     <t>Блокнот 7БЦ, А6, 80 л., обложка ламинированная, выборочный лак, клетка, BRAUBERG,  quot;Время quot;, 110х147 мм, 123242</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG в твердом переплете удобен для заметок. Внутренний блок содержит справочную информацию. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
@@ -953,98 +1098,83 @@
   <si>
     <t>384494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/967/o7r3bxem9xa1ipwcljfpyc0mb01rpxnh.jpg</t>
   </si>
   <si>
     <t>Блокнот 7БЦ, А6, 80 л., обложка ламинированная, выборочный лак, клетка, BRAUBERG,  quot;Ночной город quot;, 110х147 мм, 123246</t>
   </si>
   <si>
     <t>384498</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a31/rylf4ce1pe1utxl5n6ejrjarby0qpt61.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Abstraction quot;, 146х206 мм, 129813</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392904</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d58/ecb11g30om9es101oab0w4zshk2l4n3a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b73/9v3qgafngxv4q4y5drb9c4zexpwa5z8v.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Seasons quot;, 146х206 мм, 129811</t>
   </si>
   <si>
     <t>392906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a97/ocpngm48z8aarzgdfkrzcn6r0643frwj.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Square quot;, 146х206 мм, 129812</t>
   </si>
   <si>
     <t>392907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14d/7r8bny942j11ohi0u10qjmp54z4g0bg7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, клетка, ЮНЛАНДИЯ  quot;INTERESTING TRAVEL quot;, 146х206 мм, 129814</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ — это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392908</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9e7/katg4oxgin12imtbfbci6tjq2jquu5l3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, клетка, ЮНЛАНДИЯ  quot;НЕПОСЕДЫ quot;, 146х206 мм, 129815</t>
   </si>
   <si>
     <t>392909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36a/jfmfonjtui4b2twcbnx6m18guah9v0o5.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Stylish quot;, 146х206 мм, 129818</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу и верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91d/0rpbjp7q3vhp2bdxqgxryf67rpj91qg7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Кубы quot;, 146х206 мм, 129819</t>
@@ -1100,164 +1230,125 @@
   <si>
     <t>http://anytos.ru//upload/iblock/442/h260o020526tmg963xxgp5n0ap1yw3nc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Индей quot;, 4 вида, 146Х206 мм, 121723</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;INDAY&amp;quot; предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9e/fqzdwvb19t2eorcm22pi3qw9lb1v1pbo.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 листов, гребень, клетка, ЮНЛАНДИЯ  quot;ПИНГВИНЯТА quot;, 108х145 мм, 129832</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ &amp;quot;Пингвинята&amp;quot; - это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А6 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392942</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d4/sexoebu7lwy8kjecw9ujhmx19kge7khv.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 150 л., гребень сбоку, на резинке, пластиковая обложка, клетка, BRAUBERG,  quot;Black Jack quot;, 105x148 мм, 125388</t>
   </si>
   <si>
     <t>Яркий оригинальный блокнот для записей и заметок с практичной пластиковой обложкой. Удобные съемные разделители помогают лучше ориентироваться в записях, а резинка-фиксатор не позволит блокноту раскрыться в сумке. Блокнот формата А6 на евроспирали содержит 150 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет боковое расположение переплета, 4 разделителя и резинку-фиксатор. Обложка выполнена из пластика. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392945</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b23/fy42lgsgu0x4mbgxo9hj402epyh3uyiv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/493/pr82tr4knv0q2rqc2f0t5ki1sioelf6l.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40 л., гребень, лакированная обложка, HATBER,  quot;Машины quot;, 110х145 мм, 40Б6B1гр, В12284</t>
   </si>
   <si>
     <t>Блокнот удобен для фиксации заметок. Внутренний блок снабжен микроперфорацией, что позволяет ровно и без труда вырвать требуемый лист. Блокнот А6 формата. Количество листов: 40. Обложка: мелованный картон. Дополнена спецэффектом в виде УФ-лака. Внутренний блок: офсет 65 г/м2, клетка. Скрепление: гребень. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов.</t>
   </si>
   <si>
     <t>392948</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/053/ai2oeqtfwyao4a9cl0qh4v51599te8ve.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40 л., гребень, лакированная обложка, HATBER,  quot;Милые котята quot;, 110х145 мм, 40Б6B1гр, В12291</t>
   </si>
   <si>
     <t>392949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b5/7up1ygwvlixk6e2bfi310whuycao3tou.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/255/bb8qeoev3dbp4ukfyay43vrb1j2jaftr.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 48 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Индей quot;, 4 вида, 108х145 мм, 121721</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;INDAY&amp;quot; предназначен для фиксации заметок. Блокнот формата А6 на евроспирали содержит 48 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392952</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/101/2804tz7d67c11up2b210j22f3nlwkabw.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 60 л., гребень сбоку, пластиковая обложка картон, клетка, BRAUBERG,  quot;Однотонный quot;, 4 вида, 105x145 мм, 125398</t>
   </si>
   <si>
     <t>Универсальный блокнот с обложкой из цветного пластика, которая надежно защищает внутренний блок от повреждений и сохраняет привлекательный вид даже при активном использовании. Блокнот формата А6 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации.&amp;nbsp;&amp;nbsp;Имеет жесткую подложку, позволяющую делать записи на весу и боковое расположение переплета. Обложка выполнена из пластика. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392962</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/56b/s7g7nambm005mz79a08u91z64w1bbpjj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e91/hlv4hpabu4wif4mwzks2phdbc63azurh.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 листов, гребень, клетка, BRAUBERG  quot;Black style quot;, 75х105 мм, 129855</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Черный стиль&amp;quot; предназначен для ведения записей. Блокнот формата А7 на евроспирали содержит 40 листов с линовкой в клетку. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392972</t>
   </si>
   <si>
-    <t>120</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2df/in6spbf8xnqjcrpuc43cztwa00ixmo65.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 листов, гребень, клетка, BRAUBERG  quot;Forms quot;, 75х105 мм, 129854</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Креатив&amp;quot; предназначен для ведения записей. Блокнот формата А7 на евроспирали содержит 40 листов с линовкой в клетку. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edd/eix9jw2cpet049uvk2d55vfivh3e9t4s.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 листов, гребень, клетка, BRAUBERG  quot;Trip to quot;, 75х105 мм, 129856</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Города&amp;quot; предназначен для ведения записей. Блокнот формата А7 на евроспирали содержит 40 листов с линовкой в клетку. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392974</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/950/p0gqp4x2brgqpmrjg8fy9kl93rnhw2cr.jpg</t>
@@ -1316,110 +1407,98 @@
   <si>
     <t>Блокнот со стильным дизайном обложки идеально подойдет для фиксации записей. Блокнот А7 формата. Количество листов: 40. Обложка: мелованный картон. Внутренний блок: офсет 60 г/м2, клетка. Скрепление: гребень. Компактный размер делает изделия данного формата практичными и функциональными. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов.</t>
   </si>
   <si>
     <t>392981</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/p7prc3wzhevt9eafv6qurxzh4fmmdfpf.jpg</t>
   </si>
   <si>
     <t>Блокнот А7, 40 л., гребень, в дисплее, HATBER,  quot;Ассорти quot;, 65х100 мм, 40Б7B1гр, B115503</t>
   </si>
   <si>
     <t>Картонные дисплей-витрины для блокнотов А 7 формата на гребне или на клею станут отличным готовым решением для розничной выкладки. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;. Комплект блокнотов А7 формата. Количество листов в блокноте: 40. Обложка: мелованный картон. Внутренний блок: офсет 60 г/м2, клетка. Скрепление: гребень. Упаковка: ассорти 8 видов в индивидуальном картонном дисплее. Яркий настольный дисплей изготовлен из плотного картона, благодаря чему конструкция устойчива и привлекательна. Внутри имеются картонные перегородки для создания ячеек под хранение блокнотов. Каждый дисплей индивидуально упакован в термоусадочную пленку.</t>
   </si>
   <si>
     <t>392983</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/546/ld7jdvemb0t85ld66s0pttks2it5ozcc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/47d/vhdq0om8xq2ezygnf0d1dc207e13pcgr.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 20 листов, чистые, 67,5х98 см, 80 г м2, 128646</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 белых листов плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
   </si>
   <si>
     <t>393000</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3e0/vib0cq491quirwdfw1obqnm5ojono4b0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта BRAUBERG, 50 листов, клетка, 67,5х98 см, 80 г м2, 128647</t>
+  </si>
+  <si>
+    <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 50 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
+  </si>
+  <si>
+    <t>393001</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cef/sfhtb383b13d3qllykofq9y7wak1qdp7.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 50 листов, чистые, 67,5х98 см, 80 г м2, 128648</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 50 белых листов плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер: 67,5х98 см.</t>
   </si>
   <si>
     <t>393002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b67/ejegmxc9tssbcigh3h1qeuy0s3950ds0.jpg</t>
   </si>
   <si>
     <t>Блокноты для флипчарта BRAUBERG, КОМПЛЕКТ 5 штук, 20 листов, клетка, 67,5х98 см, 80 г м2, 124097</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см. 5 штук в комплекте.</t>
   </si>
   <si>
     <t>393004</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15f/e2xn0tux17uxbvg6xtvqjiuv1h55v5lg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d3/s0n6w6zb4sqlgf0pzyfykrmz4zzvb59f.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 120 л., A5, 148x210 мм, BRAUBERG, клетка, гребень, обложка пластиковая, 3 разделителя,  quot;CoolBOOK quot;, 4 вида, 401786</t>
   </si>
   <si>
     <t>Тетрадь-блокнот BRAUBERG серии &amp;quot;CoolBOOK&amp;quot; предназначена для ведения записей среди старшеклассников, студентов и офисных сотрудников. Выполнена в ярком и неординарном дизайне. Обложка выполнена из цветного пластика с текстурой и сложной вырубкой. 3 удобных съемных разделителя помогут легко находить нужную информацию. Внутренний блок содержит 120 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в клетку. Листы соединены евроспиралью с левой стороны. Формат А5 &amp;#40;148х210 мм&amp;#41;.Поставляется в 4-х вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>393009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c55/0npur4he157927elqovw4vpf8dnrg7ei.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 120 л., A5, 170x215 мм, BRAUBERG, линия, гребень, обложка пластиковая, 4 разделителя,  quot;Rich quot;, 4 вида, 401791</t>
   </si>
   <si>
     <t>Яркая стильная тетрадь BRAUBERG серии &amp;quot;Rich&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка надежно защитит внутренний блок от повреждений. Внутренний блок содержит 120 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в линию. Тетрадь снабжена четырьмя пластиковыми, съемными разделителями. Листы соединены евроспиралью. Формат А5.</t>
   </si>
   <si>
     <t>393010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c10/3tffxs7fr7a01x6dh4f2ncfejfopybzm.jpg</t>
@@ -1520,92 +1599,71 @@
   <si>
     <t>http://anytos.ru//upload/iblock/879/w34dfjj5vf6r37k6pe75bu9oi7vp390a.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG, А6, 100х150 мм,  quot;Western quot;, гладкий кожзам, резинка, клетка, 128 л., коричневый, 125241</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Western&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета кремого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему не откроется в сумке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку габаритов. Поставляется в индивидуальной упаковке &amp;#40;полибег&amp;#41;.</t>
   </si>
   <si>
     <t>393154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/376/3769d49b02dc38ec387078fd3f01b965/7275ef5338b9425ba178d0d98e02da59.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,80л,кл,греб,карт.обл УФ-лак Attache Selection Fluid Бирюзовый</t>
   </si>
   <si>
     <t>Блокнот А6,80л,кл,греб,карт.обл&amp;#43;УФ-лак Attache Selection Fluid Бирюзовый</t>
   </si>
   <si>
     <t>416829</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3c1/3c1c4163d1e4611adbd0a90d522475b0/dfe847889b6ae5be7c5ff542bcd49315.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/30c/5qqk8rnenr940wub56400my3mtpcyfir.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., синий, 111017</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Ultra&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>426984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/287/s4ajzn87s5ksurk5ndlzmghuznsuewve.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., красный, 111018</t>
   </si>
   <si>
     <t>426985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/36a/1z7zs0ief10zxxx8irprlze9yxkmqisl.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ae1/q5qj9x2ubs8wtf60eitygsbdez92xo1z.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., черный, 111021</t>
   </si>
   <si>
     <t>426988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ef/0jxsbye8ejsde35rdgjnsu6dje3uk8vi.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., персиковый, 111022</t>
   </si>
   <si>
     <t>426989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bff/e440rjp48a1j53bejh6yt3geusqhe8sw.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., коричневый, 111023</t>
   </si>
   <si>
     <t>426990</t>
@@ -1643,110 +1701,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/694/39rmhfwitmzif751tv0op1benj2udlyu.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Office quot;, под кожу, резинка, 80 л., черный, 111027</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу черного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>426994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/y5nm54sywdpge2nxairuwvywcinao6fw.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Office quot;, под кожу, резинка, 80 л., красный, 111030</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу красного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>426997</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53d/matns45e19kue7hhm4aysialhytoeeli.jpg</t>
-[...2 lines deleted...]
-    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis X quot;, под кожу, резинка, 80 л., светло-зеленый, 111033</t>
+    <t>http://anytos.ru//upload/iblock/a39/wppsmuce1w7418qstc966lxbj9vyjcsm.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis X quot;, под кожу, резинка, 80 л., малиновый, 111034</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis X&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>427000</t>
-[...7 lines deleted...]
-  <si>
     <t>427001</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/154/fufrz401mk7ds3ddvmtg9dr01gwog4ka.jpg</t>
-[...5 lines deleted...]
-    <t>427002</t>
+    <t>http://anytos.ru//upload/iblock/437/bns8vmsqh4nn6b3h3wm26x1ll9bxvv5o.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., темно-зеленый, 111037</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>427004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ef/5p84ig2r1vm9sp0dyrtj34a5q10436ja.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., желтый, 111038</t>
+  </si>
+  <si>
+    <t>427005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/449/mfc7ro1ytxyg6r9ysarj5djow0bkg6xc.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., красный, 111039</t>
   </si>
   <si>
-    <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
-[...1 lines deleted...]
-  <si>
     <t>427006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c84/dnd03ri8eq7zexm4bfyap2zrvje17oe5.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., голубой, 111040</t>
   </si>
   <si>
     <t>427007</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/514/5h0jg6g8vrvn1763xm30977rf0z178sl.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/813/tk9th7ax5p8z2dctpuud8k16nfxf31ya.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм  60 л., гребень, перфорация на отрыв, лакированный, BRAUBERG, Бордовый, 111271</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для фиксации заметок. Такой предмет всегда удобно иметь под рукой. Он имеет микроперфорацию на отрыв, благодаря которой лист при отрывании остается с ровной стороной. 60 листов позволят зафиксировать большой объем нужной информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок - офсет белого цвета, плотность которого 60 г/м2. Формат блокнота А5 позволит владельцу поместить его в кейс или сумку малых габаритов. Лакированная обложка блокнота в бордовом цвете - классика среди записных аксессуаров.Блокнот BRAUBERG готов радовать обладателя не только своим безупречным качеством, но и, прежде всего, своей привлекательной стоимостью.</t>
   </si>
   <si>
     <t>427047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/j4h2b6elcfnwm9ncm1ctg78z2nw1fd6a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм , 60 л., гребень, перфорация на отрыв, лакированный, BRAUBERG, Зеленый, 111272</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для фиксации заметок. Такой предмет всегда удобно иметь под рукой. Он имеет микроперфорацию на отрыв, благодаря которой лист при отрывании остается с ровной стороной. 60 листов позволят зафиксировать большой объем нужной информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок - офсет белого цвета, плотность которого 60 г/м2. Формат блокнота А5 позволит владельцу поместить его в кейс или сумку малых габаритов. Лакированная обложка блокнота в зеленом цвете - классика среди записных аксессуаров.Блокнот BRAUBERG готов радовать обладателя не только своим безупречным качеством, но и, прежде всего, своей привлекательной стоимостью.</t>
   </si>
   <si>
     <t>427048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77f/kjo0azth1x1fhgosulixkphf0szx1n5i.jpg</t>
@@ -1787,602 +1836,566 @@
   <si>
     <t>http://anytos.ru//upload/iblock/06e/d4splqnjk4357vlefn5df3pxruqd4wih.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  97х145 мм  А6, 40 л., гребень, картон, клетка, BRAUBERG,  quot;Полоски quot;, 129822</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Полоски&amp;quot; предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 40 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>427109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79c/e8hbgpmhoex35ipo2e24ah2xfctcd6d7.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  97х145 мм  А6, 40 л., гребень, картон, клетка, BRAUBERG,  quot;Идеальный офис quot;, 129823</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Идеальный офис&amp;quot; предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 40 листов с линовкой в клетку. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>427110</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b0/5q7tu9ein5obnlei1zu4zk0q4smme3c1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e2d/knp5bri3hom2ldci7hbr7xav3m1ekz17.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  97х145 мм  А6, 80 л., гребень, картон, клетка, BRAUBERG,  quot;Геометрия quot;, 129834</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Геометрия&amp;quot; предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>427117</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/977/977b1c99fb7e2955cd8b689cd5145737.jpeg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне ArtSpace  quot;Цветы. Floral dreams quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>Внутренний блок – офсет 60 г/м?. Обложка – мелованный картон, ВД-лак. Объем блока – 80 листов, клетка. Формат А5</t>
+  </si>
+  <si>
+    <t>429164</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b3/9b37f258d655bee291bb27b9205647d2.jpeg</t>
   </si>
   <si>
     <t>Блокнот А6 48л. на скрепке ArtSpace  quot;Boys trend. Микс quot;</t>
   </si>
   <si>
     <t>Внутренний блок – офсет 60 гр/м2 в клетку. Обложка – мелованный картон, ВД-лак. Объем блока – 48 л. Формат А6. Вид крепления -скрепка</t>
   </si>
   <si>
     <t>429170</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ca4/ca480352b4de3bba457ce48dc26904d8/d29e887305c090a7d74185a89fe014c6.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,80л,кл,греб,обл.мат.лам. Attache Selection Pastel Полосы</t>
   </si>
   <si>
     <t>438114</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93a/93ac0b96b307feeed6efb53ff1cc5552/464255d88cd4b6cc61972bdea9bc7013.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб.верх,обл.мат.лам. Attache Selection Pastel Круги</t>
   </si>
   <si>
     <t>438140</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f3/2f3b231c3e6d076b0e385b29b35db7ef/fa735d6f3e2b64d5fbd8d15bdf82e42d.jpg</t>
-[...20 lines deleted...]
-    <t>557415</t>
+    <t>http://anytos.ru//upload/iblock/c23/v1agxrjabkbi05qm9yicc5i5tsa3gved.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, клетка,  quot;Авокадо quot;, 111598</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF &amp;quot;Авокадо&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/586/6ua4xnc0gex4leqsqcxz14qyszqaiodb.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, тиснение фольгой,  quot;Blue sky quot;, 111612</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF &amp;quot;Blue sky&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20d/n95eab8swzklh6jlf5l07wz42ysfuogc.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, тиснение фольгой,  quot;П рышки quot;, 111610</t>
+  </si>
+  <si>
+    <t>563329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/500/wj5ov7revpzg0xy6y91h3kb0sp5ymio1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  135х206 мм , 80 л., твердый, выборочный лак, клетка, STAFF,  quot;Милый котик quot;, 111603</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;135х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563335</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e78/2mthturijq7tluhhojgriz7b2swel4b8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блокнот А5  135х206 мм , 80 л., твердый, клетка, выборочный лак, STAFF,  quot;Juicy quot;, 111605 </t>
+  </si>
+  <si>
+    <t>Блокнот STAFF &amp;quot;Juicy&amp;quot; предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с матовой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком, украшенным выборочным лаком, - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/518/st3hq3pexiwlry1c2bq2sxpbq083xygq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  145х210 мм , 50 л., склейка, обложка картон, в точечку, HATBER  quot;Premium quot;,  quot;Pineapple quot;, 50Б5лA9к</t>
+  </si>
+  <si>
+    <t>Блокнот предназначен для ведения записей. Представляет собой блок листов, скрепленных сверху по горизонтальной стороне листа при помощи скрепок, металлической спирали или клеевым слоем. Блокнот А5 формата. Количество листов: 50. Обложка: мелованная бумага с глянцевой ламинацией. Внутренний блок: офсет 70 г/м2, в точку. Скрепление: отрывная склейка.Блок повышенной плотности идеально подходит для всех видов чернил, включая гелевые, капиллярные и перьевые ручки. Разлиновка страниц &amp;quot;в точку&amp;quot; имеет все преимущества и клетки, и линии. Можно писать тексты, чертить таблицы и схемы, а также все это делать одновременно. Такая линовка не бросается в глаза, она ненавязчивая и комфортная, поэтому в таких изделиях можно даже рисовать. Удобное скрепление с отрывной склейкой при необходимости позволит легко и быстро отрывать листы. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной обстановке.</t>
+  </si>
+  <si>
+    <t>563354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/828/o34soz9fu07v94leeoziseaet4gf3ts2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л, черный, 111577</t>
+  </si>
+  <si>
+    <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>563358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c74/phb3dg5jheoqg1noormg8fv6wnry5l6l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., красный, 111575</t>
+  </si>
+  <si>
+    <t>563360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14f/omfwnnazvz40lb1rb9xhehvg7i4x0dsu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., розовый, 111579</t>
+  </si>
+  <si>
+    <t>563362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9a/57mrob6mmyktw1mqswnpbz6lcx86bjsl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., синий, 111574</t>
+  </si>
+  <si>
+    <t>563363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4da/wu2mr4l4owtnfdg2d0oc5a8geswf8yg3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., зеленый, 111583</t>
+  </si>
+  <si>
+    <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>563364</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d15/phsq1vvtin1323e9qurie9tgkmposcku.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., коричневый, 111586</t>
+  </si>
+  <si>
+    <t>563365</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0c/1l7dpexz5vm9by4w7tz2wwul031p0qvh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., оранжевый, 111584</t>
+  </si>
+  <si>
+    <t>563366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9de/0huoyznbe7i313vvzc9a8rm5w1ey76sh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., розовый, 111587</t>
+  </si>
+  <si>
+    <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>563367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4d/q3i6nmedallnz558d2glk3gu0xp6gk16.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., синий, 111582</t>
+  </si>
+  <si>
+    <t>563368</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35a/0finzn170ak8c3wvirkldlj8jmgieb5w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., черный, 111585</t>
+  </si>
+  <si>
+    <t>563369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0c/fpmd5d8atgitxzv5jox2wv8c2662iubk.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  215х295 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Путешествие quot;, 111595</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;215х295 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/131/sylpal5tclgb9q1afsnf2k390ok7a2f8.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  215х295 мм  А4, 128 л., твердый, клетка, блок 4 цвета, BRAUBERG,  quot;Бизнес quot;, 111593</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG &amp;quot;Бизнес&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Для удобства пользования и ведения нескольких тем внутренний блок содержит 4 разноцветных блока и выполнен из офсета белого цвета плотностью 60 г/м2. Крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;215х295 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d17/dues8qocg0qh2evye46twa0p5xtysagv.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6 BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., синий, 111580</t>
+  </si>
+  <si>
+    <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его не только в кейс или сумку малых габаритов но и в карман.</t>
+  </si>
+  <si>
+    <t>563381</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a4/f1jjn2c6hdf2xr9wwloiqwy92psmuh26.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6 BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., синий, 111588</t>
+  </si>
+  <si>
+    <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его не только в кейс или сумку малых габаритов но и в карман.</t>
+  </si>
+  <si>
+    <t>563382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdf/x4r8zkeciy8mku6o8zarzpiv3aljg1zp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG  quot;Metropolis Special quot;, кожзам, резинка, 80 л., красный, 111581</t>
+  </si>
+  <si>
+    <t>563384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eea/eys8nidesxurkt12zjoscpkcczo17q60.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм  А6, 80 л., твердый, клетка, ЮНЛАНДИЯ,  quot;Лама quot;, 111619</t>
+  </si>
+  <si>
+    <t>Блокнот ЮНЛАНДИЯ в твердом переплете удобен для заметок. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>563389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66a/3n9av04dr1v3hg8eyy22341jcyp4nmw4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм  А6, 80 л., твердый, клетка, ЮНЛАНДИЯ,  quot;Умный кролик quot;, 111620</t>
+  </si>
+  <si>
+    <t>563391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e7/4e7d549983126217a30ac84b4dd0ec51/71418bbd664c0b9e155c3a402ce94e2e.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,80л,кл,гр,обл.мат.лам. Attache Selection Pastel Квадраты</t>
+  </si>
+  <si>
+    <t>581410</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce1/ce123fea10d9d9c40343728b595fb64f/3f5e5d12518917816d645a3f6aa4642d.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,96л,кл,греб,ламин.обл. Attache Selection Fluid Фиолетовый</t>
+  </si>
+  <si>
+    <t>581411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25b/25b449897d38a09c6989bf41503f71dd/88499441370bbc8f64f261a1c9a72d1a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Синий,евроспир,обл.пласт,раздел.84113</t>
+  </si>
+  <si>
+    <t>581412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ca/3cad29615ca5a3cf9323b1c1392888ee/765ca36d3c2a27040772e123b40bed0d.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,120л кольц смен.бл,кл.Attache Selection Fluid Серо-Голуб</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,120л кольц/смен.бл,кл.Attache Selection Fluid Серо-Голуб</t>
+  </si>
+  <si>
+    <t>581415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb5/bb58a23493be266f149ae2031935dd8f/328b25b65eab8ebc52df6ff7b0ac1c0e.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,96л,кл,греб,ламин.обл. Attache Selection FluidБирюзовый</t>
+  </si>
+  <si>
+    <t>581417</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77b/77bb36d112ce6aef95452a64b8bbb0de/750e0cc7c100523b656bfa7d6a560133.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6,60л,кл,греб.верх,обл.мат.лам. Attache Selection Pastel Волны</t>
+  </si>
+  <si>
+    <t>581482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/u9h22awonld6gopzrn4zxhgncgsn3jl7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  135х206 мм , 80 л., твердый, клетка, выборочный лак, ЮНЛАНДИЯ,  quot;Единорог quot;, 111616</t>
+  </si>
+  <si>
+    <t>Блокнот ЮНЛАНДИЯ в твердом переплете удобен для заметок. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>600400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04f/04fab510bb786786df56852d126e5730/d222a7b42fde22053192d54f87c8ee77.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,60л,кл,спир,пласт.обл,тонир.бл. Attache Bright colours Голубой</t>
+  </si>
+  <si>
+    <t>610827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73c/73c0508df36eb3d84f152eca89d6377d/b83172b9e01fcdb4d8ad2999e1c7829a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,96л,точка,греб,обл.глянц.лам. Attache Fleur Лазурь</t>
+  </si>
+  <si>
+    <t>613947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/345/3457fc80de9c3b1d442f60bc0836307f/ab1116f0af9df1a2965d2096924ab7db.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,96л,точка,греб,обл.глянц.лам. Attache Fleur Мята</t>
+  </si>
+  <si>
+    <t>613948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d42/d429571c82fe2b51942f795fb65ea23d/31f955e9ef0dc8432b370af15ba0b944.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,96л,кл,греб,мат.лам. Attache Selection Sweet Life Капкейк</t>
+  </si>
+  <si>
+    <t>613950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/480/480a597bfce68e6f897ec2ea7408eac7/fdd4d563a6d89af457a2ba4cc199e244.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,96л,кл,спир,пласт,тон.бл. Attache Bright colours Сиренев</t>
+  </si>
+  <si>
+    <t>613952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/502a6e6e02d2aa6a8cd434ab28bf507b/0f68df7a22a5dbcddbbd49d525be5d87.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,96л,точка,греб,обл.глянц.лам. Attache Fleur Коралл</t>
+  </si>
+  <si>
+    <t>613955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41c/41cfb610ddca442db4264d8ed6a3841c/b44f4d5989b8aefa4cc96eab64ccc3b0.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь со смен.блоком 120л,кл,А5, Розовый,пропилен. обл. налипучке</t>
+  </si>
+  <si>
+    <t>613958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/180/onrvk2ifp0go580ncd74ku1j3i5tbxqn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  75х105 мм  А7, 60 л., гребень, картон, клетка, HATBER  quot;Happy time quot;, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный размер делает изделия данного формата практичными и функциональными. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Носите блокнот с собой, фиксируйте идеи, делайте зарисовки. Блокнот малого размера 75х105 мм, А7 формата в клетку. Содержит 60 листов, что позволяет зафиксировать достаточно большой объем нужной информации. Имеет верхнее расположение переплета. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов. Обложка из мелованного картона. Внутренний блок выполнен из белой бумаги плотностью 60 г/м2.</t>
+  </si>
+  <si>
+    <t>673315</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b4/wd90urk58mfjvxirg650l4205uybvt45.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5 80л. BG  quot;Радуйся жизни quot;, матовая ламинация, выб.лак</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5 формата прекрасно подойдет для работы и учёбы. Обложка - твердый переплет с матовой ламинацией и вборочным лаком. Внутренний блок - офсетный, 60 г/м2, клетка</t>
+  </si>
+  <si>
+    <t>681494</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c23/v1agxrjabkbi05qm9yicc5i5tsa3gved.jpg</t>
-[...382 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ded/q2oipmdsseze6ti3zrl60d0hb2x1w27d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;New post quot;</t>
   </si>
   <si>
     <t>Формат А6. Вид крепления -гребень. Обложка -мелованный картон. Внутренний блок - офсетный, клетка</t>
   </si>
   <si>
     <t>681516</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ca3/4364au24poio6nv97fvy0ier1jftlna3.jpg</t>
-[...8 lines deleted...]
-    <t>696627</t>
+    <t>http://anytos.ru//upload/iblock/87e/s8h1af1fkg76y1j181q48r7fn4xgo7ac.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А5, 60 листов, клетка</t>
+  </si>
+  <si>
+    <t>Блокнот формата А5 &amp;#40;148x210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Блокноты одного цвета упакованы в термоусадочную пленку по 5 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696656</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcb/qhsuw58upges2ritk2lo97k3za5vc6qs.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e44/w8wx800iews9ehocrsoc9rd79ikj7gd1.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А6, 60 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Блокноты одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>696677</t>
   </si>
   <si>
-    <t>96</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b64/lzkbyffrwq9l4xcreammrka05ysruryj.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, бордо</t>
   </si>
   <si>
     <t>Формат А5. Вид крепления - гребень. Обложка - мелованный картон. Внутренний блок - офсетный, клетка</t>
   </si>
   <si>
     <t>700827</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bf/z32jnf3xm15gvurjitu9bpzm85f9avym.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, синий</t>
   </si>
   <si>
     <t>700828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/pmsvsxzxmlp3rhfydnjwg07ww2vknidp.jpg</t>
@@ -2567,62 +2580,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/52b/50r67onx6gyur1weg24o2yt12ffiens0.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Цветы quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Цветы&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/691/fjxp3qajv5yb83t30lpy17pejx9w7u6m.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Яркое настроение quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Яркое настроение&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80d/fhejumqexstz3flbjh7sq0eqpfm5054r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5a/px2oghz878c11tdvl94kzwcsh0goik13.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 80л крафт обложка на гребне</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;80л крафт обложка на гребне</t>
   </si>
   <si>
     <t>703416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3f/yo1mj80xbtbot05njb17y9w88hyzx3c1.jpg</t>
   </si>
   <si>
     <t>703417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54e/joocmgxo8zl5c68sa1jsapb0n3lwacng.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Кофе quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*14см 60л&amp;nbsp;&amp;nbsp;&amp;quot;Кофе&amp;quot; на гребне плотность 55гр/м2</t>
@@ -2912,62 +2913,50 @@
   <si>
     <t>Блокнот 14 21см 80л ассорти на резинке ассорти</t>
   </si>
   <si>
     <t>Блокнот 14*21см 80л в линейку, закладка &amp;#40;ляссе&amp;#41;, фиксирующая резинка. Цвет ассорти.</t>
   </si>
   <si>
     <t>703478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ee/og75cdm2w2oh52shdypiqdnrbxp77u7v.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку на резинке ассорти</t>
   </si>
   <si>
     <t>703479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/321/321vwlrxkll3xnzb127ot62poy9rdtqt.jpg</t>
   </si>
   <si>
     <t>703480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61b/8g9gskkyn5a94mjqjqqo3n09oq8b3106.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/317/9e4r3a2y1hwtausxh0f1m43jdeldv973.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот 14.5 21см  quot;Darvish quot; 80 л. BOXY GIRLS  3 диз </t>
   </si>
   <si>
     <t>Блокнот 14.5*21см &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;BOXY GIRLS. Офсет, плотность не менее 80г/м2, 80 листов, линейка.На лицевой стороне обложки блокнота, имеется крутящей элемент &amp;#40;меняющий расцветку платья&amp;#41;. Упаковка - п/э.</t>
   </si>
   <si>
     <t>703486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24f/tb2qcee13c71h6nya0lc7s4n95i2q2fw.jpg</t>
   </si>
   <si>
     <t>Блокнот 15 18см 50л на спирали  quot;Котик quot;</t>
   </si>
   <si>
     <t>Блокнот 15*18см&amp;nbsp;&amp;nbsp;на спирали &amp;quot;Котик&amp;quot;. Количество листов 50, линейка. Плотность не менее 70г/м2. Офсет. Упаковка - п/э , европодвес.</t>
   </si>
   <si>
     <t>703488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/578/ug6ghetac702b8olqy0nursgn4vcu83u.jpg</t>
@@ -3236,98 +3225,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/918/09mlvb73qytd3cieh72w5qpjpsbgboza.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Танки quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Танки&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/gxx63jxxasltmt938zcjhfb3ppmi5d0e.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Цветы quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Цветы&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703529</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/246/6qti5ch8u75fyq693h8doxl582131tge.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c91/bhp7klw14dmo7q1ny2va0ok04ygifx0o.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Кофе quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см 60л&amp;nbsp;&amp;nbsp;&amp;quot;Кофе&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49f/d8cghjk2iahd3whyn94l033g883jdi5x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 64л  quot;Darvish quot; с пушистой объемной обложкой  quot;Зверюшки quot; ассорти</t>
   </si>
   <si>
     <t>Блокнот А5&amp;nbsp;&amp;nbsp;64л &amp;quot;Darvish&amp;quot; с пушистой объемной обложкой &amp;quot;Зверюшки&amp;quot; ассорти</t>
   </si>
   <si>
     <t>703536</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9aa/nwu3gwiv1q9ztm0bh1sse4hj88hfrds8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a4e/fputj9kgtxp7hahct9kzfkzynfif7jcz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  quot;Darvish quot; на спирали обложка голография</t>
   </si>
   <si>
     <t>Блокнот А5 &amp;quot;Darvish&amp;quot; на спирали обложка голография</t>
   </si>
   <si>
     <t>703538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef0/ddw17simi6vea4yrolm5zm7fst2i3uqm.jpg</t>
   </si>
   <si>
     <t>Блокнот А6  quot;Darvish quot; с объемным рисунком  ручка</t>
   </si>
   <si>
     <t>Блокнот А6&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; с объемным рисунком&amp;#43;ручка</t>
   </si>
   <si>
     <t>703539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a07/zzhr37t1y91pmi2mbgq79x6nz4q39p4p.jpg</t>
@@ -3344,110 +3309,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/25f/cbho1sooysugmeqpb6rkl1vht0zxdc1w.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 60л  quot;Мальчикам quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;60л &amp;quot;Мальчикам&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/642/m0wv4rwenesckdn20lt4xktf03ryl0y9.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Яркое настроение quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;60л &amp;quot;Яркое настроение&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703545</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69e/tu0v0snexcb5eg6524s5p9a4aso1dq1h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d91/ton63iqm7nlysk6zjhm8jtlwpgyyla6q.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 68л на спирали в линейку  quot;Land of dreams quot;</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;68л на спирали в линейку &amp;quot;Land of dreams&amp;quot; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a2/12gvjshffc8emyhw8lf63b9twv4blycf.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 68л на спирали в линейку  quot;My travel story quot;</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;68л на спирали в линейку &amp;quot;My travel story&amp;quot; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d7/ucv09v90v2xcc4sfwp0zuqu0rp0ofhk6.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 на спирали  quot;Бабочка quot; ассорти</t>
   </si>
   <si>
     <t>Блокнот А7 на спирали &amp;quot;Бабочка&amp;quot; ассорти</t>
   </si>
   <si>
     <t>703557</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f5/q7koqo1jivq9mwig9mxdol0c5tgdcign.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/426/d9y3nblezh063dfnmn8wvjxzzbzs7v26.jpg</t>
   </si>
   <si>
     <t>Блокнот A5 64л меховой c монетницей в линейку ассорти</t>
   </si>
   <si>
     <t>Блокнот в твердом переплете с пушистой обложкой и монетницей на лицевой стороне. Ассорти</t>
   </si>
   <si>
     <t>703564</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/r4y136dkc0hjblgas9qa0m19no4d1fiq.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Sweet bakery quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот в форме еды. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/yjah92a3ikyipl7iymfcbp9x1h63kbj4.jpg</t>
@@ -3536,435 +3477,339 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/uwke5a4ov3glnj31ym1i1ky1tk2wnb2p.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот A7 40л  quot;Фрукты quot; на спирали ассорти  4 вида </t>
   </si>
   <si>
     <t>Блокнот на спирали А7 &amp;quot;Фрукты&amp;quot; ассорти&amp;nbsp;&amp;nbsp;&amp;#40;4вида&amp;#41;. Офсет. Количество листов 40.</t>
   </si>
   <si>
     <t>703579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cef/8uuck6sys4m2pjh3dev5wwqtc9ltqbcj.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 7 10см 80л  quot;Акула quot;</t>
   </si>
   <si>
     <t>Блокнот на спирали с силиконовой обложкой &amp;quot;Акула&amp;quot;. Размер 7*10 см. Количество листов- 80. Офсет. Плотность не менее 70г/м2. Упаковка с европодвесом 11,5*16,5 см.</t>
   </si>
   <si>
     <t>703580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/766/6tjml53is77ja7fhavtwjgz9uzxd3otu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/26e/d6r9rwvt9fuxl62en7cju3ccvjgb4uc2.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 6,5 8,5см 80л  quot;Хвост рыбки quot;</t>
   </si>
   <si>
     <t>Блокнот на спирали с силиконовой обложкой. Размер 6,5*8,5 см. Офсет. Количество листов -80.Плотность не менее 70 г/м2. Упаковка с европодвесом 11,5*17 см.</t>
   </si>
   <si>
     <t>703583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdb/fpzh9f8rb78pi01ybmd2iuod1d61ie7z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот подарочный  quot;Динозаврик quot;   ручка  4 вида </t>
   </si>
   <si>
     <t>Блокнот подарочный &amp;quot;Динозаврик&amp;quot; &amp;#43; ручка шариковая. Блокнот &amp;#40;11*15см&amp;#41; 50л. на замочке, офсет, не менее 70г/м2. Упаковка 19*18*1,5см.</t>
   </si>
   <si>
     <t>703585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/ihh1sczbw6ncfzmql2330c1q9udgdu8t.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Happy animals quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот с изображением букашек. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/bc8i9io7iy8kmuh7iiil2dpxf4z5gaxu.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Lama quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот с изображением ламы. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703587</t>
-  </si>
-[...10 lines deleted...]
-    <t>703590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/118/0zh57nanf5nz1ckyjbmpi149ay1amqyj.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 18см 80л на спирали</t>
   </si>
   <si>
     <t>Листы не разлинованы.&lt;br /&gt;
  Упаковка с европодвесом, размер 9,5*24,5 см.</t>
   </si>
   <si>
     <t>703591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1f/cprq1mthbsm67xsm6lhrsr92ct1jqcu7.jpg</t>
   </si>
   <si>
     <t>Престиж блокнот А6 80л. кл.  quot;Девушка quot; тв. переплет</t>
   </si>
   <si>
     <t>Престиж-блокнот, 80 листов, формат А6, твердый переплет, плотность 60 гр/м2. Внутренний блок - высококачественная офсетная бумага, линовка - клетка. Обложка - 7БЦ, полноцветная печать, глянцевая ламинация. Форзац белый.</t>
   </si>
   <si>
     <t>703594</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46a/f8se5zgyfuagcnzsg2qh26qpsuqh1r9e.jpg</t>
   </si>
   <si>
     <t>Престиж-блокнот, А6, 80 л., в клетку, твердый переплет,  quot;Вкусняшка quot;</t>
   </si>
   <si>
     <t>703597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1e/v6yj07wg2uaeko56pyl31acynnxel4yh.jpg</t>
   </si>
   <si>
     <t>Престиж-блокнот, А6, 80 л., в клетку, твердый переплет,  quot;Карамельное наслаждение quot;</t>
   </si>
   <si>
     <t>703598</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/400/vhckbb7kpmgqrs9jljtcmx5hcqj8l10y.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/819/4biedklc1rb4rwyufu052pf878fveq3f.jpg</t>
   </si>
   <si>
     <t>Престиж-блокнот, А6, 80 л., в клетку, твердый переплет,  quot;Цветные разводы quot;</t>
   </si>
   <si>
     <t>703601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f88/v0sx3r9p9jus4bmp6gnm5211ma5otjx3.jpg</t>
   </si>
   <si>
     <t>Блокнот 14,5 21см 80л  quot;Домашние животные quot; с монетницей ассорти</t>
   </si>
   <si>
     <t>Пушистый блокнот с монетницей.</t>
   </si>
   <si>
     <t>703603</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24b/ctxki9svxr75of6ksuqpv412phyxgc13.jpg</t>
   </si>
   <si>
     <t>Блокнот 14,5 21см 80л  quot;Фрукты quot; с монетницей ассорти</t>
   </si>
   <si>
     <t>703604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d4/l8rnyusa5ls7zqvg5tc6luhsm3s4x7z2.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, серый</t>
   </si>
   <si>
     <t>708432</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b5/wvdchx09xn1udrjwqjzydz6ihxshvdeo.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c6d/yxghxktmxwtlah142pd6up38ks7vb2ej.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, черный</t>
   </si>
   <si>
     <t>710801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/pj3ckiqwdkc7z5uecn2j533jmo9ynktw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, зеленый</t>
   </si>
   <si>
     <t>712613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ed/0vc1rq7r4701wmzo3j3hri2xtp882nx0.jpg</t>
-[...35 lines deleted...]
-    <t>&lt;a href="/brands/applika/"&gt;Апплика&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/ecc/lnwuarldky220vojccyouuydx3lpn77n.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А4 80л. BG  quot;Отета норм quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Формат А4. Обложка - твердый картон с глянцевой ламинацией. Внутренний блок - офсетный, 60 г/м2, клетка</t>
+  </si>
+  <si>
+    <t>718395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e67/qabqninikwnhxgtb38pkd5x8xtih2mye.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А5 Flora 1, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8c/pg24g00p162e2d1rv8xn6hpf6nve4qib.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А5 Flora 2, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f65/4vsmek15z30p441inveiilq18ch92o6u.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4, 96л, кл, спир, пластик, тон.бл. Attache Bright colours Желтый</t>
   </si>
   <si>
     <t>787791</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3d/di4k28w6le9lw9dy1rlpitt4yi81oe50.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А4 Flora 1, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49b/ezjfrj16u8nspf5fgc9w1kct9th9zh1d.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А4 Flora 2, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787793</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b77/5pay4p71cvty0kaxih69257vighrnnta.jpg</t>
-[...14 lines deleted...]
-    <t>787812</t>
+    <t>http://anytos.ru//upload/iblock/48f/ng6u2z1ff2z9zvl0fjzvby0ws1u72fjl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А7 60л. ATTACHE, т.-зеленый, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>787803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ad/escrz0o6k21zlduh04o1zor3vz9bvwrf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А7 60л. ATTACHE, черный, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>787804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a27/i32gsl5lmypy912032zwsztiqgs3asnt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А4 60л. ATTACHE, черный, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>787821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21e/sb6pypyqm2an8citqsshq5xyiex72tcw.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Instinct quot;, клетка, на кольцах, с возм. зам. блока, 80г м2, пластик полифом  обл, линейка-заклад., аквамарин черный</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Instinct&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41;. Формат А5&amp;#43;. Насыщенный пастельный голубой цвет внешней стороны в сочетании с фактурой &amp;quot;горизонтальные линии&amp;quot;. Черный цвет внутренней поверхности. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>789799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f23/rxlk4xczy283ld06zz4d5kwippc6rage.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/734/0m6cf1owpjrx8ift1u4riff2jhgg5tth.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Instinct quot;, клетка, на кольцах, с возм. зам. блока, 80г м2, пластик полифом  обл, линейка-закладка, мятный черный</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Instinct&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41;. Формат А5&amp;#43;. Насыщенный пастельный мятный цвет внешней стороны в сочетании с фактурой &amp;quot;горизонтальные линии&amp;quot;. Черный цвет внутренней поверхности. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>789801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7f/2oeanslspg54o667l6wasp73gmfvr04t.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Instinct quot;, клетка, на кольцах, с возм. зам. блока, 80г м2, пластик полифом  обл, линейка-закладка, фламинго черный</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Instinct&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41;. Формат А5&amp;#43;. Насыщенный пастельный розовый цвет внешней стороны в сочетании с фактурой &amp;quot;горизонтальные линии&amp;quot;. Черный цвет внутренней поверхности. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>789802</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/862/m4ix4m31oioxoav8dd94dj1koo652oht.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e6c/b9ide3izpuu7p9c7xi8u96sqe7s21y32.jpg</t>
   </si>
   <si>
     <t>Блокнот в клетку с резинкой А5, 148x218 мм, 80 л., под кожу, медный, BRAUBERG  quot;Metropolis Special quot;, 113334</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Metropolis Special&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и др. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсетной бумаги цвета слоновой кости плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>791701</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/373/m92ipialnwl30xu7l1489psmvv91bp29.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А4 60л. ATTACHE, бордо, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>796637</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c7/333i1gm9t9npx71eh3wb1jgg2lok2tjb.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А7 60л. ATTACHE, бордо, блок 60г, обложка 215г</t>
   </si>
   <si>
     <t>796641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/980/1ysu0ilcert252jwh12qj7phgjfnz0vh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Beauties quot;, под кожу, твердый, срез фольга, 80 л., 112065</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Beauties&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/968/yxqijvnkdpvdq130qzxa2mgc8t2zqssp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Bloom quot;, под кожу, твердый, срез фольга, 80 л., 112071</t>
@@ -3978,180 +3823,144 @@
   <si>
     <t>http://anytos.ru//upload/iblock/282/h52es5npt2zjsw34jcadvv5v73kovtgq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Claude Monet quot;, под кожу, гибкий, срез фольга, 80 л., 112058</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Claude Monet&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/197/3k9aop1l8muq4ibznq41l84kcdbs5cxv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Commando quot;, под кожу, гибкий, 80 л., 112081</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Commando&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798887</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3d2/qebl76r9ehg73pyfaug1hwji7e39gnpc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/87d/or5fex20kmnfjmsvg3keyqjhniruzai6.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Fashion Style quot;, под кожу, гибкий, 80 л., 112067</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Fashion Style&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798893</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5b/7sdt4v493ow2ygq2liyx4tw7r05iuyse.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fd5/hqf1vyw30tt9q9n504trsyehzsf247hv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Jazz quot;, под кожу, гибкий, 80 л., 112089</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Jazz&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798896</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/297/hp1bztub5dat0s11cbvb7f43u2c8yo5h.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/874/rkwi5asndutj9nib8044f3fkbf2y220z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Pink flowers quot;, под кожу, гибкий, срез фольга, 80 л., 112075</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Pink flowers&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4af/4qq7qa4mxxqkxcm34ow6xmmuwwz0tkvd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Sakura quot;, под кожу, гибкий, 80 л., 112076</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Sakura&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798904</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/115/hmsd5zkhy9wdh02r2hwk5sqgxfjqpzlo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/036/qv2jioffp15kwzm4d9pdndpm9sovsal3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Ultraviolet quot;, под кожу, гибкий, 80 л., 112061</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Ultraviolet&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798909</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/867/vuchohuu6fq9gqcvoo9msrsazmsket88.jpg</t>
-[...8 lines deleted...]
-    <t>798918</t>
+    <t>http://anytos.ru//upload/iblock/b23/5juin3znfpce4qtb8ypj8rol6jaes1xx.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Catopolis quot;, под кожу, гибкий, 80 л., 112100</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Catopolis&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc1/3tiax13yikm0alc6fpsc3xme59cujb5j.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Lemon Story quot;, под кожу, гибкий, срез фольга, 80 л., 112096</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Lemon Story&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением золотой фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57a/4nhor8i42n8a8jgw16u0zuvvjhgh8bjs.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Paris quot;, под кожу, гибкий, 80 л., 112090</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Paris&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798921</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/697/zs3d0kiay70ortdec6klpdval4kvbp9j.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой без линовки 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Strawberry quot;, 113735</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой, дополненной матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов без линовки позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсетной бумаги белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>798924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7de/jy9chl9vj1eei504rhho9it1cs2rvptj.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Avocado quot;, 113733</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку &amp;#40;5х5 мм&amp;#41; позволяют зафиксировать большой объем информации. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>798925</t>
   </si>
@@ -4449,86 +4258,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2db/z9wp8bw6u43durpzm6blnhch99acl9tw.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л.  quot;ЧУДО-ЩЕНОЧКИ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л. &amp;quot;ЧУДО-ЩЕНОЧКИ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/621/lckx8et2pnob6d87cyxrazmrkrvaby1l.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813228</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/db4/3mxrxj3uyhwjp2uchpc3580aenowtqsk.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ Ф.А7 40 Л.  quot;ЩЕНОЧКИ quot; 4 ВИДА</t>
+  </si>
+  <si>
+    <t>Собака - друг человека, но не только друг, а еще и отличный компаньон для путешествий на природу. Забавные щенки-путешественники с обложек блокнотов порадуют и девочек, и мальчиков. Вертикально ориентированный блокнот с линовкой в клетку для записей позволит вести заметки компактно и аккуратно. Небольшой формат позволит легко разместить блокнот в рюкзаке или кармане.</t>
+  </si>
+  <si>
+    <t>813233</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0d6/kuqckwgi6n2hjrhq8gpcgkqblwlbf75o.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;КОШКИ quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;КОШКИ&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813236</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3a/rhlqppdun820m99xoleseodtb7juwnig.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;МАШИНЫ quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;МАШИНЫ&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a06/zpq57cp0e5m5ne2pwrn72i1ajt619s4w.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813238</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/472/9aqbu99gf7x3v4sdjcsbourk97d1avk1.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;СОБАКИ quot; 3 ВИДА</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;СОБАКИ&amp;quot; 3 ВИДА</t>
+  </si>
+  <si>
+    <t>813239</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c9e/z45vn2g20ohbj06ali70jmqzp5m7jlz9.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;КОШКИ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;КОШКИ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a08/q71hayw4t7aydakksxzeqz9o81qtaz4r.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ГОРОДА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ГОРОДА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c53/esy0tofbhhhf9t98oqw6x07lvnl26vn9.jpg</t>
@@ -4557,74 +4390,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/254/oddswuw5ycn4is0no4g02fea8j6dtgyg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ПРИРОДА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ПРИРОДА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24e/00coqi6bm0450v7tun32encr5o18on49.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813253</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a02/1qj8efg6vziq8d96jzjbk04w28dqnbvs.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e70/tgsto83n99swo0m7v5ajldl26j74qcd3.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ ГР. А6 80 Л. МИКС 1, 5 ВИДОВ</t>
   </si>
   <si>
     <t>813256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/017/86gg46o7vpuje2vse6dbcaivg2op3aru.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;КОТЯТА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;КОТЯТА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813259</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f7/m1h0n8h0vgvqwvepfc6siv2nocfkb6qv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  ТЕМНО-СИНИЙ NAVY </t>
@@ -4638,62 +4447,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bab/xlk86zwjw6f8fnl5cw60ygcv6za82yuw.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  SUMMER TIME  4 ВИДА, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;SUMMER TIME&amp;#41; 4 ВИДА, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>813271</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba3/312xfjjkl3rrylcoxrj7uifqf62mon8o.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  BLACK WHITE  4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;BLACK&amp;WHITE&amp;#41; 4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813272</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d32/gox4om766oza7u18pfpm9d930ggclyhi.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f9/srxs7ell16m0bnkcgo7hni8g4h7kavlg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ЦВЕТЫ. ПАТТЕРН quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ЦВЕТЫ. ПАТТЕРН&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f40/uhy8xjo2azeplhkd4nsr95qb64mr94aa.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;ЦВЕТЫ. ПАТТЕРН quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;ЦВЕТЫ. ПАТТЕРН&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/gx4h5u0eqhtwebqh3mouhggkxsri25e1.jpeg</t>
@@ -4782,62 +4579,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b0d/ktoutuqtng60cp0xrw9favwtox27v565.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  4 ВИДА </t>
   </si>
   <si>
     <t>&amp;quot;ART JOURNAL&amp;quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ &amp;#40;4 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>813315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/y43zz5hcdkjms53wmizz2zkndp2i4o1y.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; 70 х 70 мм, 110 Л,  4 ВИДА  ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; 70 х 70 мм, 110 Л, &amp;#40; 4 ВИДА &amp;#41; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
   </si>
   <si>
     <t>813316</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcb/lqkmszemu767prgn0terxn3lyzcolwgk.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5bd/xifgkld1o0xv2lhon7jb9yfptrqt33oa.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/gk05j8foqs0dlt34n11k951299k4br96.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d1/rgqb4mfvuz1ngtrzooq3ehtcj00peyop.jpeg</t>
@@ -4854,62 +4639,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/48b/o6oxh2uo53cckyvoxbedeaylc5zccil5.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEMORY JOURNAL quot; 95 х 110 мм, 100 Л,  4 ВИДA  ОТРЫВНОЙ БЛОК, КАРАНДАШ, МИКС 1</t>
   </si>
   <si>
     <t>&amp;quot;MEMORY JOURNAL&amp;quot; 95 х 110 мм, 100 Л, &amp;#40;4 ВИДA&amp;#41; ОТРЫВНОЙ БЛОК, КАРАНДАШ, МИКС 1</t>
   </si>
   <si>
     <t>813329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c94/tys07m1k8tijphlc1jp8rw9zhl09n6cu.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEMORY JOURNAL quot; 95 х 110 мм, 100 Л,  4 ВИДA  ОТРЫВНОЙ БЛОК, КАРАНДАШ, МИКС 2</t>
   </si>
   <si>
     <t>&amp;quot;MEMORY JOURNAL&amp;quot; 95 х 110 мм, 100 Л, &amp;#40;4 ВИДA&amp;#41; ОТРЫВНОЙ БЛОК, КАРАНДАШ, МИКС 2</t>
   </si>
   <si>
     <t>813330</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c7c/4tl0peuwf8mc5myl3wzdf7id4rpq1utf.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b7a/w42ltogtgb0bme867gyxrlavidsxzslo.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; А7, 108 Л.  10 ВИДОВ  НА ГРЕБНЕ, ЛИНЕЙКА, МИКС 2</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; А7, 108 Л. &amp;#40;10 ВИДОВ&amp;#41; НА ГРЕБНЕ, ЛИНЕЙКА, МИКС 2</t>
   </si>
   <si>
     <t>813332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e41/c7xil4mshno934io7w5abzg1a5jxpou2.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;СОБАКИ quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;СОБАКИ&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bc/39b3zr18yr7onll235uj90l8xrgk0fe3.jpeg</t>
@@ -5166,98 +4939,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6d1/lgdnlqtzy90m359do29ceixkhk14o3be.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  quot;VEGAN. АРОМАТНЫЙ КОФЕ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;VEGAN. АРОМАТНЫЙ КОФЕ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/736/zgyexm5byeujzo1uop41v2b2jztf893a.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  quot;SAILOR quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;SAILOR&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813382</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c86/6d0z42pc9mu2lu6lwh77k7t8cbb5pd5u.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e89/4crjcq2y2qaifkk8cvin8i5vnjclmjb9.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ  quot;FRESH   FRUITY quot;, В КЛЕТКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;FRESH &amp; FRUITY&amp;quot;, В КЛЕТКУ</t>
   </si>
   <si>
     <t>813398</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6a/ci0n9sowl4ndaha47xzmf62a1h3sdjmp.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/093/acvwv0m6j204bi8t8ai35vum6an0342k.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;СЛАДКОЕ НАСТРОЕНИЕ. СЕРДЕЧКИ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;СЛАДКОЕ НАСТРОЕНИЕ. СЕРДЕЧКИ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b89/dhomg8xfk4v0pc6rn7tz2cwxyt0vg494.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;МОРОЖЕНОЕ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;МОРОЖЕНОЕ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e9/diy3ydonbl7so2sw91bovlm9v00f8bel.jpeg</t>
@@ -5322,62 +5059,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c34/xj95wl7y083k8chwsuctv0lgtfgeivir.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;МОРОЖЕНОЕ quot; , КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;МОРОЖЕНОЕ&amp;quot; , КЛЕТКА</t>
   </si>
   <si>
     <t>813415</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f7/09fznk9sqzu3ky0t2wpsomp6vbjvgxth.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;JUICY LIFE. АНАНАС quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;JUICY LIFE. АНАНАС&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813416</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fb/3g9m6a1pe1gmom6fnsoqifsnx72nv6j8.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/991/nq2f5mzwd6j4kjw7ekzcurpjfk3gtdjw.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;JUICY LIFE. ГРЕЙПФРУТ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л. &amp;quot;JUICY LIFE. ГРЕЙПФРУТ&amp;quot;</t>
   </si>
   <si>
     <t>813418</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54e/lntesfhq4byyskuof2qpys62c0ekgwup.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;СВЕЖЕСТЬ. АРБУЗ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л. &amp;quot;СВЕЖЕСТЬ. АРБУЗ&amp;quot;</t>
   </si>
   <si>
     <t>813421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ff/m22uvd2pebw4t4j5pjj9gneyyc2rnjfr.jpeg</t>
@@ -5544,161 +5269,164 @@
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34a/v8xbninazrdk35dyodv8bv52ha6bsi26.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, голубой, 113011</t>
   </si>
   <si>
     <t>829327</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/i61hizf0kt0v0rj9kymi9yxf4i80cwx7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, светло-розовый, 113008</t>
   </si>
   <si>
     <t>829329</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a81/fbxx01k5hcw24vwvfxs8dbscqpm8hefj.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e7/znct1sfvhbk3azb6mu3svfng5mkdy4tb.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, черный, 113004</t>
   </si>
   <si>
     <t>829333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/695/nu0tf4ys9h17hjhxqylh41vtzkubc3aw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., линия, черный, 113016</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829337</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cec/jw11hgstq0ft01gpqkpq9c089n9d9rhy.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  138х213 мм , BRAUBERG ULTRA, балакрон, 80 г м2, комбинированный блок, 100 л., красный, 113070</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 100 листов позволят зафиксировать большой объем информации. Комбинированный блок &amp;#40;80 листов в клетку, 12 листов в линию &amp;#43; 8 перфорированных листов без линовки для заметок&amp;#41; дает возможность не только делать записи но и аккуратно заполнить цифровые значения, а также нанести чертежные и художественные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>829339</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/80c/07lps29v3q50watsntoc6yachuh002sx.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., в точку, бежевый, 113317</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в точку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46f/zelnp0ptq84mmon2hojlimpez531p678.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., в точку, желтый, 113316</t>
   </si>
   <si>
     <t>829343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/925/juj2rqge5msc37z0v3lnj2dbwbmao2ix.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., в точку, черный, 113314</t>
   </si>
   <si>
     <t>829344</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a4a/67ishxv3eea726dp3quzc5gcvcjyiuor.jpg</t>
-[...29 lines deleted...]
-    <t>829350</t>
+    <t>http://anytos.ru//upload/iblock/342/qg51jwjbqx0t7sx05ey0ruqnlkrbpbwo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  В5, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, темно-зеленый, 113063</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41; позволит владельцу поместить его в кейс или сумку.</t>
+  </si>
+  <si>
+    <t>829352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/625/xzbybew9cluggyhpgugvs3ngvxy9x1gq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  В5, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, черный, 113060</t>
+  </si>
+  <si>
+    <t>829354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3d/bnlxta87dbqst9aciichaatcq1t0gjxp.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, розовый, 113322</t>
   </si>
   <si>
     <t>829362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3a/rd76ev1r4wd2iqtubn6wekvq2jq33a07.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, черный, 113324</t>
   </si>
   <si>
     <t>829363</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/653/dipbl1zcfsw1klugo57our8nlb209f40.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Office quot;, под кожу, 80 л., клетка, черный, 113325</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу черного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>829365</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/745/thfctwninzwipt2ab5u0vwunldu1g81s.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, темно-зеленый, 113055</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;93х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee8/5agfm2etf7iq16cnuhnth8tbxd1ru034.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, черный, 113052</t>
   </si>
   <si>
     <t>829369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10a/l8z6wugrhv1rzs9583pst320ssojmr2g.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., линия, черный, 113056</t>
@@ -5709,296 +5437,260 @@
   <si>
     <t>829373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3cb/4eyjqg78a3iuptqgphiyi3etsm6uobee.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, сиреневый, 113026</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;91х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00b/jn2n5a8ibzu0sazzh6v6k245ch51t7t4.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, черный, 113024</t>
   </si>
   <si>
     <t>829377</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ef6/seijsp96zsqsbzp2zsbe0sr9r7st0mnf.jpg</t>
-[...8 lines deleted...]
-    <t>829382</t>
+    <t>http://anytos.ru//upload/iblock/ee0/phiisrbxwz50zqf3jpcgdrgibf1i784l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., линия, голубой, 113031</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;91х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>829378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65a/wg3n5r4n994mavgrnhk7szdgyxcphcxv.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., линия, черный, 113029</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;96х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>829381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c46/gbxsg92rm190wyzecz5hf08r1g53kwd9.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Градиент quot;, 113732</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку &amp;#40;5х5 мм&amp;#41; позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ab/xjdnt4hq0vemh2u5cuhdbvcn9d8hzgtz.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6  102х148 мм , твердая обложка, BRAUBERG,  quot;Часы quot;, 113737</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку &amp;#40;5х5 мм&amp;#41; позволяют зафиксировать большой объем информации. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;109х148 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39d/997sq2lfbh4hlhdwr9zjeu9h135xs33r.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6  102х148 мм , твердая обложка, ЮНЛАНДИЯ,  quot;Совушка quot;, 113743</t>
   </si>
   <si>
     <t>Яркий блокнот ЮНЛАНДИЯ для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;109х148 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d80/xrook4d7ouyekl2p5vlbjg0oy420if9l.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d77/29ksjmctlb1702g6z8ze5q5hirtqf37r.jpg</t>
   </si>
   <si>
     <t>Блокнот-скетчбук А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., без линовки, черный, 113048</t>
   </si>
   <si>
     <t>Блокнот-скетчбук BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Блок без линовки дает возможность аккуратно заполнить цифровые значения, вести записи, а также нанести чертежные и художественные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829393</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b1a/qsvtkp9fgebpg37phz00gspf1bp6nlhz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cf5/5fme402ah1ud0v9n1e0sq7ms3cadesq7.jpg</t>
   </si>
   <si>
     <t>Блокнот-скетчбук БОЛЬШОЙ ФОРМАТ  180х250 мм  В5, BRAUBERG ULTRA, 80 г м2, 96 л., без линовки, бирюзовый, 113065</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Блок без линовки дает возможность аккуратно заполнить цифровые значения, вести записи, а также нанести чертежные и художественные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;190х250 мм&amp;#41; позволит владельцу поместить его в кейс или сумку.</t>
   </si>
   <si>
     <t>829402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/669/qpgedlgxo1oj5aj12sffonu3ifdo78ju.jpg</t>
   </si>
   <si>
     <t>Блокнот-скетчбук БОЛЬШОЙ ФОРМАТ  180х250 мм  В5, BRAUBERG ULTRA, 80 г м2, 96 л., без линовки, красный, 113066</t>
   </si>
   <si>
     <t>829404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/077/d04z0jbv2qrnxpk1rribplgur12qvziq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, черный, 113411</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;NEBRASKA&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Прокрашенный срез блокнота придает изделию шарм.Для удобства пользования блокнот снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;140х200 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>833440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b8/t6rj2rv6phu2z22vvi7h5l99orxoiyr3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  135х205 мм  BRAUBERG  quot;TOUCH quot;, под кожу, 80 л., линия, черный, 113409</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Touch&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Фольгированный срез блокнота придает изделию шарм. Дополнением являются закладки-ляссе, с помощью которых можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;135х205 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>833441</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8af/vcxp9c377coklprun4ro44cphqgg8fmk.jpg</t>
-[...8 lines deleted...]
-    <t>835003</t>
+    <t>http://anytos.ru//upload/iblock/3c5/lq50qygd7yzmwf77gc00t7vko3t35idm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, коричневый, 113412</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;NEBRASKA&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Прокрашенный срез блокнота придает изделию шарм. Для удобства пользования блокнот снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;140х200 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>833443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa9/mu5385mdcqgy3vjejiis1jqmgyaz5fkz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, серый, 113410</t>
+  </si>
+  <si>
+    <t>833444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b98/hlrlw2of2fq4u8w0cvbf7vqiqbkaqe7x.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А6 60Л. ГР. quot;OFFICE quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А6 60Л. ГР.&amp;quot;OFFICE&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccf/d5s19m5a22god00dwrwb4vgo7h300gbx.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 60Л. ГР  quot;ОФ.-ЛАЙН quot;  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 60Л. ГР &amp;quot;ОФ.-ЛАЙН&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840200</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e2/fhkk68v2yyjne7do6jshwyy0zpafomnk.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c37/arhshima3d1yenhz9f3cnxlat7be6jla.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS JOURNAL quot;  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS JOURNAL&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/765/x7o45he1asxrwqnv4wq6pnioeiteob95.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS REPORTER quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS REPORTER&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840207</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae6/ibj15zn66wpbnelg9xkrxd0ri66cmghm.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e9e/b08s40zobqxwsirkp3yuz63v60y5y3j7.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS VELVET&amp;quot; НА РЕЗИНКЕ &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb4/ious5evi5mvq90c2z720x27934tvwrf2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS VELVET&amp;quot; НА РЕЗИНКЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840212</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/71f/c2j949mlrrsplsopa0gzq4rp71yabe7r.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ed/3ajcnk6xrl8r1o0thsl1rcaxgxu1ztf2.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;МАШИНЫ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;МАШИНЫ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>840218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa6/8d7cjga4mesewciqrd8rdu20y81gsuxu.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;MY LOVE. UNICORN quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л. &amp;quot;MY LOVE. UNICORN&amp;quot;</t>
   </si>
   <si>
     <t>840223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f9/k0v4nz1wr15zsmeusj7psdcmnenx4t7b.jpeg</t>
@@ -6033,1151 +5725,1181 @@
   <si>
     <t>841856</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e78/zefanmure2ku79rlni6i2mxaenxf380m.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;DUO quot;, под кожу с резинкой, 80 л., клетка, черный серый, 113433</t>
   </si>
   <si>
     <t>841859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2be/5y5zygp7sunsnyxizvvrucrnz33vi00r.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, синий, 113438</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;NOTE&amp;quot; выполнен в оригинальном стиле с использованием приятных на ощупь материалов. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Специальное покрытие с повышенными тактильными свойствами придает обложке мягкий, бархатистый эффект. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением являются две закладки-ляссе, с помощью которых при необходимости можно быстро открыть или зафиксировать нужную страницу, а также держатель для ручки. Формат блокнота А5 &amp;#40;162х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>841861</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b9e/nm8qgqhy1g37xb84a3jzhx6eedwa3zp2.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, коричневый, 113436</t>
+    <t>http://anytos.ru//upload/iblock/1b7/qetp29a153ma9gj6r67r6p6vtorn8j9w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  148х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, красный, 113439</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;NOTE&amp;quot; выполнен в оригинальном стиле с использованием приятных на ощупь материалов. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Специальное покрытие с повышенными тактильными свойствами придает обложке мягкий, бархатистый эффект. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением являются две закладки-ляссе, с помощью которой при необходимости можно быстро открыть или зафиксировать нужную страницу, а также держатель для ручки. Формат блокнота А5 &amp;#40;162х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>841863</t>
-[...7 lines deleted...]
-  <si>
     <t>841864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c2/v5whe0wdq5qvwpgovh2wqe2fj8b77gg2.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, светло-серый, 113441</t>
   </si>
   <si>
     <t>841865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a4/1g4o6urqggwqjmjiujj5fdbf9rcbb41y.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Monochrome quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Monochrome&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн коллекционной серии Berlingo &amp;quot;Monochrome&amp;quot;. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f63/ht5lwotozd5y6kds0um0zrl4pvljwv7v.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Radiance quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка, желт. роз.</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Radiance&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн кросс-серии Berlingo &amp;quot;Radiance&amp;quot;, с градиентным переходом желтого и розового цветов. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842489</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/85d/w7tmkd7n9rvxn3qxro7o2uhsxl0niwng.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Radiance quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка, роз. гол</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Berlingo &amp;quot;Radiance&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн кросс-серии Berlingo &amp;quot;Radiance&amp;quot;, с градиентным переходом розового и голубого цветов. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>842490</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/27f/cdl8qleamrqb4zf1aa8j47xlzczordpu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм  60 л., гребень, фольга, TWIN лак, клетка,  quot;МИКС 2 quot;  4 вида  099036</t>
   </si>
   <si>
     <t>Блокнот серии &amp;quot;МИКС 2&amp;quot; предназначен для ведения записей. Блокнот формата А5 на гребне содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации.Микс состоит из 4 видов дизайна, поставляется без права выбора.</t>
   </si>
   <si>
     <t>843424</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/336/k3x95eq6ebap0e2o6yrbu0cm62suiuth.jpg</t>
-[...17 lines deleted...]
-    <t>846901</t>
+    <t>http://anytos.ru//upload/iblock/5f6/no2oztvovlwbuog8fssj0e8qajcxus8v.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  146х215 мм  80 л., гребень, клетка, ламинация, 3D фольга, HATBER,  quot;Тон природы quot;, 80Б5лофВ1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Блокнот А5 формата в клетку. Обложка выполнена из мелованного картона, дополнена спецэффектами в виде матовой ламинации и 3D лака. Гладкая матовая поверхность в сочетании с 3D лаком придает блокноту дополнительный шик. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной обстановке. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов.</t>
+  </si>
+  <si>
+    <t>843426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57e/7jjhlbauvrfxd026u45ctun5i45eamvm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот-планер НА НЕДЕЛЮ недатированный отрывной с подложкой, 52 л., А4, 297х210 мм, BRAUBERG, 114217</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот-планер BRAUBERG с отрывными листами станет незаменимым помощником в планировании своей недели. Внутренний блок содержит 52 листа офсетной бумаги белого цвета плотностью 65 г/м2. Скрепление осуществляется с помощью склейки. Вся площадь поделена на функциональные зоны: в каждом дне можно выделить приоритетные задачи, а также оставить заметки в конце дня или подвести итоги. Также есть место для дополнительных заметок. Планер удобно хранить на рабочем столе - весь план на неделю всегда будет перед глазами.</t>
+  </si>
+  <si>
+    <t>852566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fee/zp917oasvvsauu9irdzm6qg57t3fi467.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80 листов, BG  quot;Девочки, такие девочки quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: БОЛЬШИНСТВО ЭЛЕМЕНТОВ В НАБОРЕ МОГУТ ИМЕТЬ ОДИНАКОВЫЙ ДИЗАЙН Бизнес-блокнот BG Девочки, такие девочки формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 167*216 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. • формат: А5 &amp;#40;167*216 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>855223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78d/gbynfp8dz1t0kyjhl4d7x4ayfwnizl3o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6  109х148 мм , твердая обложка, BRAUBERG,  quot;Lavender quot;, 113738</t>
+  </si>
+  <si>
+    <t>857050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccc/6dgxgmbbjq7jer57roy6bux2r2ytazkg.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache А4,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache А4,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
+  </si>
+  <si>
+    <t>878945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/622/spj39cicyyoob7cehy2ydlqnm1vtddar.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache А5,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache А5,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
+  </si>
+  <si>
+    <t>878946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03a/ykoehala3hkxszhyu9aq7jr4e99reur0.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache А6,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache А6,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
+  </si>
+  <si>
+    <t>878947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18a/a8dqt2lvcsito3v7cr9jt349wim7lr60.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Flakes pink обложка УФ лак, спираль, А5, 48л, клетка</t>
+  </si>
+  <si>
+    <t>878956</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88f/yulyyoyamsh5s2b6o0frk5imty3rmkkh.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,120л, гребень, обл.пластик, клетка, Attache Plastic, синий</t>
+  </si>
+  <si>
+    <t>878977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e37/k4mw0kpuq71stwxhpblg8r4x0380v0th.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4, 96л, обл.карт, клетка, гребень, Attache Economy,Office Style, бежевая</t>
+  </si>
+  <si>
+    <t>878985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a89/555p6dse2mrrbnxzqkyadri4lvaetfch.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4, 96л, обл.карт, клетка, гребень, Attache Economy,Office Style, синяя</t>
+  </si>
+  <si>
+    <t>878986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df2/mzs5sn3zvk0glhj0il36fnqmuqs14r9u.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 48л, обл.карт, гребень, клетка, Attache Economy, Office Style, бирюзая</t>
+  </si>
+  <si>
+    <t>878991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fa/j4uqx26yspaiwm07xr0e2sjr13q6xmjl.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 48л, обл.карт, гребень, клетка, Attache Economy, Office Style, голубая</t>
+  </si>
+  <si>
+    <t>878992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/056/abfotxtt3656of19wmqxse43m72vjez1.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ клетка Attache Economy Office Style коричневый</t>
+  </si>
+  <si>
+    <t>878995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ea/jidsxqgqpsssbpfhnc3pzjfwtxmtv3kp.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ мат.лам,тон.бл,кл, Attache Bright colours желтый</t>
+  </si>
+  <si>
+    <t>878997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb5/2wsirfru2gdigqn8gstub2od289219ui.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ мат.лам,тон.бл,кл, Attache Bright colours лайм</t>
+  </si>
+  <si>
+    <t>878998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad9/y3ddzlqjk24fnnv98whkddr9uj62jddc.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ клетка, Attache Economy Smart розовый</t>
+  </si>
+  <si>
+    <t>879003</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/762/hlp24jfan5dn0s60bxp3eau5rv2t9vjl.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Мозаика зеленая обложка УФ лак, спираль, А5, 80л, клетка</t>
+  </si>
+  <si>
+    <t>879009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db9/y7r6co70ih8p2k8teb3t92udnlrydpe4.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Мозаика красная обложка УФ лак, спираль, А5, 80л, клетка</t>
+  </si>
+  <si>
+    <t>879010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/924/e7mvob5233q7tu2tptszndtfxaxfle6b.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Мозаика синяя обложка УФ лак, спираль, А5, 80л, клетка</t>
+  </si>
+  <si>
+    <t>879011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcb/vp1o3e8e0xodxjhpxyue4kapyvkt3p22.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Принты А5 96л, клетка, обл. мел. картон, спираль, птицы</t>
+  </si>
+  <si>
+    <t>879012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bea/o18o0vpn85isrxpuzoi7ouhi42nkexd5.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Цветы А5 96л, клетка, обл. мел. картон, спираль, белый</t>
+  </si>
+  <si>
+    <t>879013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a8/d428g989n8ersxaomc7cy0nou59ubgfe.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А6 60л, клетка, обл. мел.картон,спираль.гол</t>
+  </si>
+  <si>
+    <t>879107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1d/dmx7wml21iatygod32lpqd37h91zrlep.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 108x146, 40л, гребень, картон,клетка, Attache Economy синяя</t>
+  </si>
+  <si>
+    <t>879122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68e/8704dbiwxi36ff0swzj3eo1ydome8baw.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6, 60л, гребень слева, обл.пластик, клетка, Attache Plastic, синий</t>
+  </si>
+  <si>
+    <t>879135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/113/pwky1ux9il71315rb1im894i313avrp7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Цветы А6 60л, клетка, обл. мел. картон, спираль,белый</t>
+  </si>
+  <si>
+    <t>879157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/6o37ezo7gs1vju0v2r4uelz9k0s2edzc.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Цветы А6 60л, клетка, обл.мел.картон,спираль,гол</t>
+  </si>
+  <si>
+    <t>879158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90f/vcbx2l4qqhqqdb01r39usa92ps4u3qca.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause  Spiralblock, А4, 80 листов, клетка, перфорация, микроперфорация, твердая подложка. MIX-PACK</t>
+  </si>
+  <si>
+    <t>Блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Перфорация для подшивки. Микроперфорация для отрыва. Цвет линовки - синий. Тип скрепления - спираль. Блокноты разных цветов упакованы в термоусадочную пленку по 4 штуки.</t>
+  </si>
+  <si>
+    <t>883112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1c/ga8eq4vn8uqfzmbn537pdtwjatmsmrl9.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 120л., BG  quot;Colour quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Colour А5 прекрасно подойдёт для работы и учёбы. Состоит из 120 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. Строгое лаконичное оформление блокнота добавит рабочего настроения. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 120; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>884762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b1/sn0b42z5hikeak5w5fhrkq2g9093ywhh.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 160л., BG  quot;Circles strips quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Circles&amp;strips А5 прекрасно подойдёт для работы и учёбы. Состоит из 160 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 160; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>884765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e5/qr505mygs583315bxzphnuooaom5pbex.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4 , 80л., Berlingo  quot;Steel Style Pro quot;, клетка, на гребне, 80г м2, перфорация, разделители, линейка, закладка, серебристый металлик</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Berlingo &amp;quot;Steel&amp;Style Pro&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Суперпрочная и жесткая обложка 2000мкм с лицевой стороной, фактура &amp;quot;под сталь&amp;quot;, формата А4&amp;#43;. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Насыщенный цвет серебристый металлик внешней стороны, в сочетании с черным цветом внутренней поверхности. Обложка тетради оснащена вертикальной фиксирующей резинкой, которая надежно хранит тетрадь в закрытом виде. Вид скрепления – гребень со стильными черными кольцами, который дает возможность раскрывать тетрадь на 360. Гребень стильно интегрирован в обложку, надежно защищен от непроизвольной деформации. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Тетрадь оснащена 5 разделителями-уголками с цветным индексным блоком, позволяет легко структурировать документы внутри тетради и дает возможность быстрого доступа. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Внутренний блок имеет микроперфорацию для ровного отрыва листа и дальнейшего хранения или подшивки в аккуратном виде. Размер бизнес-тетради 305*255 мм, диаметр гребня 25 мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>884779</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/483/cx6psp755fqkz6ioqr19nqtzi61ysuo7.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4 , 80л., Berlingo  quot;Steel Style Pro quot;, клетка, на гребне, 80г м2, перфорация, разделители, линейка, закладка, черная</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Berlingo &amp;quot;Steel&amp;Style Pro&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Суперпрочная и жесткая обложка 2000мкм с лицевой стороной, фактура &amp;quot;под сталь&amp;quot;, формата А4&amp;#43;. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Насыщенный черный цвет внешней стороны, в сочетании с черным цветом внутренней поверхности. Обложка тетради оснащена вертикальной фиксирующей резинкой, которая надежно хранит тетрадь в закрытом виде. Вид скрепления – гребень со стильными черными кольцами, который дает возможность раскрывать тетрадь на 360. Гребень стильно интегрирован в обложку, надежно защищен от непроизвольной деформации. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Тетрадь оснащена 5 разделителями-уголками с цветным индексным блоком, позволяет легко структурировать документы внутри тетради и дает возможность быстрого доступа. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Внутренний блок имеет микроперфорацию для ровного отрыва листа и дальнейшего хранения или подшивки в аккуратном виде. Размер бизнес-тетради 305*255 мм, диаметр гребня 25 мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>884780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a27/gau7wn0kes5pmozejg85i4lddbrrs446.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Авокадики quot;, 114418</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887144</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28f/byiok2lcsjrg70voe61xjled9bv05nkd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Футбол quot;, 114419</t>
+  </si>
+  <si>
+    <t>887146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/263/5tiej7cm8fp0gut6u197l76fdl1mrwri.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Гранаты quot;, 114411</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/jta7n37wdcgpmgz02fizqzcarcmiif9f.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114413</t>
+  </si>
+  <si>
+    <t>887151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/9wixulsh0o3m64vjowy7b0ly80836yn9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Triangles quot;, 114421</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/792jq20c14lvj4kck8ljepkat7m2uemr.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Cherry quot;, 114430</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/fsiwqofm0jb02si1nknnz1vdallx828a.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Marble quot;, 114429</t>
+  </si>
+  <si>
+    <t>887156</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfa/a6qtr9187y8uqv3036p345altgs5xwsj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Ван Гог quot;, 114427</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a7/j2h53sm8ny5r2ixd12lqrciqlfc9z8zp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Мрамор quot;, 114428</t>
+  </si>
+  <si>
+    <t>887159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c7/k10nkgmknbnhrtojd3y2410d8imljgc3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Good Idea quot;, 114406</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf7/ouaiqe579qzeg0rocjouhqhowx0bakhn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 80 л., твердый, клетка, STAFF,  quot;Black quot;, 114403</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a37/86abvw8u4o53mzwpsshwsb027xq7ofv9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 80 л., твердый, клетка, STAFF,  quot;Моноколор quot;, 114404</t>
+  </si>
+  <si>
+    <t>887165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b23/m8r9y9mif60uzi16sj2wvvm2cwczu23l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Super Car quot;, 114441</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d67/oe0rxk0qgtpygs8z5yqblzoj6lxn1vzh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot; жик quot;, 114442</t>
+  </si>
+  <si>
+    <t>887168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/202/tjtz5f3zi3fjhzngybrfq7gsljzcjkaz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Котики quot;, 114443</t>
+  </si>
+  <si>
+    <t>887169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/ytwhfppbfhpisn6iptkli7knepttu2si.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Фруктики quot;, 114444</t>
+  </si>
+  <si>
+    <t>887170</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/043/3uersx66xiqjoa6w9mlipq0qb7dttykd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 100х170 л. Attache Economy, мет.гребень, пласт.обл, синий, клетка</t>
+  </si>
+  <si>
+    <t>898380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ee/tqgq02o1mcqizvjfnv8qzb78dadak2uf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А5 96л, клетка, картон, сшивка, резинка, черный</t>
+  </si>
+  <si>
+    <t>898387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f10/tj8xuw5kjyp0vqal66553kk00q7ahtbe.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А5 96л, клетка, обл.тв.картон, сшивка, резинка</t>
+  </si>
+  <si>
+    <t>898388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d1/qzgmtsyu3ig0wjhcwkr7qzcwt3ml5exb.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4 80 л. Attache Economy, мет.гребень, пласт.обл, синий, клетка</t>
+  </si>
+  <si>
+    <t>898391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e1/jvmlrf3nxp9mksvh1lx4hfbdpc3kr3pn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 96л, клетка тв. лам.обложка Цветы белый.сшивка</t>
+  </si>
+  <si>
+    <t>898394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef6/kq6xeyxvlskzgskpbuws4c4a6x6wzona.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Пингвинчики quot;, 114420</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d2/ijdkxo03rz2njlur8twi5i24ms6soc1o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Pastel quot;, 114416</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04d/z501kv99tl0vzfvrf116yqygvz7dw0kh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114409</t>
+  </si>
+  <si>
+    <t>904056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67e/ku9nbsxm0dkftirbqy4l09w9b87qqfvw.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Мрамор quot;, 114415</t>
+  </si>
+  <si>
+    <t>904057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a81/17d1j0a4yfvhh80p8ckolvqff9o8uahw.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Donuts quot;, 114425</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3d/frwydm4howmoo1p8ufw8zfoi844gfnmt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Beagles quot;, 114424</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc3/601foq0om5hz8gpt4es80ovtr1tm9loe.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Подсолнухи quot;, 114422</t>
+  </si>
+  <si>
+    <t>904060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c3/w8byscu6mucwytqpf1pft8ub0blwk2t1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Black quot;, 114435</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce9/tx7xwri7ovczbnoue96oq5yedwtbx330.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114436</t>
+  </si>
+  <si>
+    <t>904063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a79/sf0l6kasvs2ed2af87wksj17g201kct0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114439</t>
+  </si>
+  <si>
+    <t>904064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b29/oaz1xj8jxrf7e44k1taojm9hezzk9h6o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Queen quot;, 114450</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a7/wzje0h0bhwykbifrk7ijrtd1ay34wc13.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Leopard quot;, 114445</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>904070</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f3/2qf41w9r2m6q6031ze6c2rqw6b0vvhgl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Office quot;, 114446</t>
+  </si>
+  <si>
+    <t>904071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72f/e1w6zbsq0or7r8theqh5h6awzvje73yg.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;JUICY LIFE quot;</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л. &amp;quot;JUICY LIFE&amp;quot;</t>
+  </si>
+  <si>
+    <t>907985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/201/46pkmc03sml33fg39qgizgug8tfi9rr7.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;MY REFRESH quot;</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л. &amp;quot;MY REFRESH&amp;quot;</t>
+  </si>
+  <si>
+    <t>907986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/580/1mpy3qx00cg0g2fp5z3y1zed3670p8vd.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;NY-NY quot;</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л. &amp;quot;NY-NY&amp;quot;</t>
+  </si>
+  <si>
+    <t>907987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5a/z6p1tfwm3d7gu54cbbzp2zbo60yziegx.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;СЛАДКОЕ НАСТРОЕНИЕ quot;</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л. &amp;quot;СЛАДКОЕ НАСТРОЕНИЕ&amp;quot;</t>
+  </si>
+  <si>
+    <t>907988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21b/d56z1ga10u2jl3t4t5k9mm86m6srq7gk.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 80Л.  quot;МИЛИТАРИ quot;</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 80Л. &amp;quot;МИЛИТАРИ&amp;quot;</t>
+  </si>
+  <si>
+    <t>907990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/096/ynlqs4ftjaionuiqgzzxclaytnfury9o.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ-1 ГР. А6 160 Л. 5 ВИДОВ</t>
+  </si>
+  <si>
+    <t>907991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/79d/crpwwa7m637tkh1n20q6luh42hk87vqt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Безмятежность quot;, 114407</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком – стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>939324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a04/czf1mqssfb4o1m9v4pu75nflbbqklvfl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с пластиковой обложкой на спирали ErichKrause  Lavender, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Блокнот формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Эффектный стильный дизайн выполнен печатью красками в модных тонах. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 4 штуки.</t>
+  </si>
+  <si>
+    <t>939585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af9/1a7ny35fg78icwo2ziiuqyj679q0o8y4.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А4, 160л., BG  quot;Дни недели quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Дни недели формата А4 прекрасно подойдёт для работы и учёбы. Состоит из 160 листов размером 216*296 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. • формат: А4 &amp;#40;216*296 мм&amp;#41;; • кол-во листов: 160; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80d/th89j4givnidb372h3cjprwcjc833y61.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., BG  quot;Сил моих нет quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: БОЛЬШИНСТВО ЭЛЕМЕНТОВ В НАБОРЕ МОГУТ ИМЕТЬ ОДИНАКОВЫЙ ДИЗАЙН Бизнес-блокнот BG «Сил моих нет» формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 167*216 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с матовой ламинацией, дополненной выборочным лаком. Весёлое оформление блокнота поднимет настроение владельцу. • формат: А5 &amp;#40;167*216 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/289/vg1hwxkyy4703x37alrr1t34wzqn3zma.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Beauty Fashion quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Academy формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. Стильное оформление блокнота добавит нотку к твоему образу. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b81/g24zb65rqto2gtxte0jb4s0vegugat0w.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Stylish laconic quot;, soft-touch ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Stylish&amp;laconic формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с soft-touch ламинацией, что придает обложке тактильно приятное ощущение. Стильное оформление блокнота добавит нотку к твоему образу. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/927/1xy7t9mwpzagsk9nugr43ebndn4ooy13.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Watch the world quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Watch the world формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. Яркое красочное оформление обложки задаст хорошее настроение на весь день. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/baf/5t1cajeh3dyhxrr48dl8aceuvdzm389i.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Wonderful quot;, матовая ламинация, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Wonderful формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с матовой ламинацией и тиснением фольгой. Стильное красочное оформление придаст настроения на весь день. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940920</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63d/t7tt4ft08kd20713f5gztpj8wmbq41um.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне MESHU  quot;Miumiu quot;, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Блокнот Meshu Miumiu формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 60 листов размером 142*202 мм дизайнерской офсетной бумаги белого цвета плотностью 60г/м2. Линовка – клетка. Обложка – прозрачный пластик с тиснение фольгой, дополнительный лист повышенной плостности с яркой иллюстрацией. Космические питомцы привлекут ваше внимание. • формат: А5 &amp;#40;142*202 мм&amp;#41;; • кол-во листов: 60; • линовка: клетка; • вид скрепления: гребень/спираль; • материал обложки: пластик.</t>
+  </si>
+  <si>
+    <t>946070</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed0/xyhvsn5yxg2a26uawusrsj8uiaiczam1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4 60 л. кл. Schoolformat ОТРАЖЕНИЕ ПРИРОДЫ греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947637</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4f4/ugj7swbx65rkvgj69y8gpnfpdjtwghoo.jpg</t>
-[...808 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/404/uh509rpzld22xvphtfczn60ttrr20u5c.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 60 л. кл. Schoolformat НОЧНОЙ СПУТНИ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947638</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cad/141yj1i7j5pqjxjaha3on4lhlrv2fioe.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. INFORMAT FORM греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947639</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee3/sokodpzy349ejqqqldqoo412vi6okrgh.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. INFORMAT LIFE греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f29/u3gf7nyh8ags01hki6u5zzn08xejcs55.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. INFORMAT OFFICE греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947641</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/033/jns4z1q0riwdv6hmtpzs3fpcam3l1h7i.jpg</t>
-[...5 lines deleted...]
-    <t>947643</t>
+    <t>http://anytos.ru//upload/iblock/798/yt86f221xzd2szg1bvngdx7t2qz6m2ud.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40 л. кл. LITE ТЕМНО-СИНИЙ греб. мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>947642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8e/b3yh9dbakx10wpv7vj78q0lv2oip423w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60 л. в точку LOREX PINK LOVER греб. мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>947645</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b6/magufes2tk6tufeamra2enlbrq08h8r3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. LITE СИНИЙ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947646</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c1a/qui73vvj9k90jn8unuc9rgaxgkz2qycg.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. Schoolformat МАГИЯ БУКЕТОВ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c0/44j6vqagbnjavtylxrfx442c4u1hzuzc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. Schoolformat ПРИЧУДЛИВЫЕ ЖИВОТНЫЕ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da7/tfqldd0tokmqy3otixg29ptem9rrgl5h.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/414/6eq3xzlcpaj44kkrpcv1yi254i2j3oce.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. кл. Schoolformat ИЛЛЮЗИЯ СЛОВ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce3/ddqsze4ok3nwqpy2xp73gljle13ex88n.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. кл. Schoolformat В КОНТЕКСТЕ ПРИРОДЫ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947652</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d3a/a2a2t5a9mig1kpgtsgo6hq2iyiqt36co.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d72/srcq5cbnblpcyoft5de8ly7wthookiko.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat КИБЕР ВОИНЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77f/m56tkqf32r8qkg74diu6rz4xfl1cvvz3.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НЕЗЕМНОЙ ЗАЩИТНИК. ВЕРТОЛЕТЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947662</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/ksybehv416j2qivzu25ij9yeox8w39nz.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НОВОЕ ПОКОЛЕНИЕ. АНИМЕ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947663</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aae/5mkwi2cfeeabokjxt5j0vyyexpcwlpgd.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ПРОСТОТА В ДЕТАЛЯХ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947664</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d37/pcrgl18313dmbqc3fxby763j9t9s16si.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/832/8oc5j5pqelqua9l1vcut3e04dydpa8r3.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. INFORMAT PATTERN греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947667</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/16b/fziwijlvljfrkcujc53gayxvs1ja2q25.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60 л. кл. LITE СИНИЙ греб. мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>947668</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b6a/ay9ox1dgbkz3gpwhyaeqfcckhovjg5nq.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. Schoolformat МОДНАЯ ТИПОГРАФИКА греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947669</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c37/axtlzj30lwnx6znrufcqe40y8cm5agho.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. Schoolformat ЯРКИЕ ФРУКТЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947670</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b2d/o860zsohtmm1hho3e6u1jik29jbdijqm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 80 л. кл. INFORMAT ABSTRACTION греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947671</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00c/141620dsa2m5fufe1mr3h3wvm291199d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80 л. кл. Schoolformat СТИЛЬ ГРАНЖ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b7/lyohgyp5jv3tpff2t34z61vmb69427st.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Black quot;, 114365</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>949927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a6/79gqvldueoht5enmfp2pmcpilzxgj1dc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Горные пейзажи quot;, 114367</t>
@@ -7242,134 +6964,89 @@
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, клетка, BRAUBERG,  quot;Мрамор quot;, 114360</t>
   </si>
   <si>
     <t>949937</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20b/1we8hbn6xvkf161q7vs1t1fxob2o9f53.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Leopard quot;, 114383</t>
   </si>
   <si>
     <t>949940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/352/yy9a1can4vf5a86la2ledogt35paubqp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Marble quot;, 114386</t>
   </si>
   <si>
     <t>949941</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a6/6c5sj3x9o0lz6bgawfiwuczbr4cff737.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9bd/8y36jj31tbntr8dvvz30lfrepghczguz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Растения quot;, 114388</t>
   </si>
   <si>
     <t>949945</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c98/i8qd10nmu2tozp3vfbtdyvy47thbvohp.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/67e/sy83ppxeu081kzba7zuc0hwv5qs00jcc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Colorful art quot;, 114371</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>949947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e76/69b28ip26g74dr12udbot7e8d3t8c9oi.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Danger quot;, 114378</t>
   </si>
   <si>
     <t>949948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/236/jy2m427yd9je54e85fzg1entui64789w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Majesty quot;, 114373</t>
   </si>
   <si>
     <t>949949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/253/5tn11buulppwby2jex5m209af5clsw03.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e2/06iae623le7wtkut9d5slll0reh7jy0x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Аниме quot;, 114375</t>
   </si>
   <si>
     <t>949951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdc/6r4fcmctisc43343kq3ydnxikaw2vn1x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Довольные коты quot;, 114374</t>
   </si>
   <si>
     <t>949953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/392/n2ykw75oxqw3234t0ryjn1pjgoy73k9g.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Яркие листья quot;, 114372</t>
   </si>
   <si>
     <t>949954</t>
@@ -7449,203 +7126,158 @@
   <si>
     <t>949961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/044/uz31tx243kmatj9eh2vlv7xz50uz49pq.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  108х145 мм  А6, 40 л., гребень, картон, клетка, BRAUBERG,  quot;Футбол quot;, 114390</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;&amp;quot;Футбол&amp;quot; предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 40 листов с линовкой в клетку. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>949962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67a/nqj2zjzl1n3qeqrkzb9xovqy6mvhwnqf.jpg</t>
   </si>
   <si>
     <t>Блокнот А4, 40л, клетка, метал.гребень, цв.обложка Forma</t>
   </si>
   <si>
     <t>950140</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/642/oe4akrfwo8untid4utqbvk8tghz5juvh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bce/cbrby6ybcp33ftj3sg2bqd7d55fqxnq1.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 128л Attache Дикие травы клетк, мягк.обл, кожзам с блинт.тисн 3149</t>
   </si>
   <si>
     <t>950142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ef/xcfbz4m3p6wzdqbhy3024c70urodnxi9.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 128л Attache Лунная мистерия клет, мягк.обл, кожзам, блинт.тис 3148</t>
   </si>
   <si>
     <t>950143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a21/n4c881akm16j3oehsin14ku7ervngl1i.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 128л Attache Морская клетка, мягк.обл., кожзам с блинт.тиснен 3146</t>
   </si>
   <si>
     <t>950144</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/17b/3uq98zb1xaxgg3wnj75bk93bona1yj8t.jpg</t>
-[...26 lines deleted...]
-    <t>950151</t>
+    <t>http://anytos.ru//upload/iblock/86e/izy8fr3qo4j57r9z95382dporgpeqsp2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 50л, спираль, клетка, Concept</t>
+  </si>
+  <si>
+    <t>950145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c75/2vkzmbtauiyvlch9nkab3i6gzp4vb6lu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 60л, клетка, метал.гребень, цв.обложка, Forma, в ассорт</t>
   </si>
   <si>
     <t>950152</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ec5/r6czq2bjl6tycm6e7o7estc2l2shwmy3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80л, клетка, метал.гребень, цв.обложка Forma, в ассорт</t>
+  </si>
+  <si>
+    <t>950153</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b47/wjwxzf4aldy9yx8gtawc93p472bd46zz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80л, клетка, метал.гребень, цв.обложка Природа, в ассорт</t>
   </si>
   <si>
     <t>950154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4a/8ywygq8so8unvdly82k4td2mnuugv6i7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, клетка, INFORMAT РОССИЯ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>953273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ef/v2xpcyrbkbyz2s6m06k5omfxf3wa2tkj.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Abstract quot;, 114358</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Abstract&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953578</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/374/gh4jm00eeahne1fg3hz24llm7tzk0ffy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/479/1y8a3drbjlbay90p430hlvi57ywb47r3.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Color quot;, 114356</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Color&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76a/qytdsrniin87xfxukbuklmmsnb2yv303.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Dark quot;, 114355</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Dark&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953581</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a45/7ath1q0g1g9f5n6nnrba0sn5lv8gvcjc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/12e/vu0cs8r4klnokiac245sokq6wz50zypw.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEMORY JOURNAL quot; 110 х 95 мм, 100 Л,  4 ВИДA  ОТРЫВНОЙ БЛОК, КАРАНДАШ</t>
   </si>
   <si>
     <t>&amp;quot;MEMORY JOURNAL&amp;quot; 110 х 95 мм, 100 Л, &amp;#40;4 ВИДA&amp;#41; ОТРЫВНОЙ БЛОК, КАРАНДАШ</t>
   </si>
   <si>
     <t>955634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/qawk1ilz1fpp0cia3a5rff0a8klpv710.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;POCKET JOURNAL quot; 105 х 105 мм, 60 Л,  4 ВИДA  НА ГРЕБНЕ  quot;СЧАСТЬЕ В КОФЕ quot;</t>
   </si>
   <si>
     <t>&amp;quot;POCKET JOURNAL&amp;quot; 105 х 105 мм, 60 Л, &amp;#40;4 ВИДA&amp;#41; НА ГРЕБНЕ &amp;quot;СЧАСТЬЕ В КОФЕ&amp;quot;</t>
   </si>
   <si>
     <t>955635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee5/l26icvqp2jgmcb78khyso8ynkuip4qfj.jpeg</t>
@@ -8319,548 +7951,440 @@
   <si>
     <t>955702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f4/lqvp5agx8qs9l2goltvew7euo7ws3weu.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ ГР. А6 80 Л. MANGA ANIME. CITY, 5 ВИДОВ</t>
   </si>
   <si>
     <t>955703</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/3i4difnd56p85zams0ugctn6hvrnpw0j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, клетка, BRAUBERG,  quot;Горы в облаках quot;, 114361</t>
   </si>
   <si>
     <t>959648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/386/k1lhacnbfuqkqgi8mdkmsj2qrtan97io.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9e1/010f47sm2hcxkq1c6at7k5iyp0e89d41.jpeg</t>
   </si>
   <si>
     <t>Бизнес - блокнот Альт  А4  198 х 285 мм   quot;OFFICE quot; серый 60 листов. Арт. 61360</t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей &amp;quot;ULTIMATE BASICS&amp;quot; формата А4 для записей, заметок, набросков. Блокнот содержит  блок из 60 листов в клетку плотностью 70 г/м2.  Крепление  блока- гребень позволяет  открывать блокнот на 360 градусов. При  необходимости листы  можно легко удалить, не нарушая  целостности блока. . Обложка  изготовлена  из плотного крашенного в  массе картона.</t>
   </si>
   <si>
     <t>961523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/814/yw1e3qrfzqxftfjci68w8w3owxg5ya91.jpeg</t>
   </si>
   <si>
     <t>Бизнес - блокнот Альт  А6  94 х 130 мм   quot;OFFICE quot; серый 60 листов. Арт. 61359</t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей &amp;quot;ULTIMATE BASICS&amp;quot; формата А6 для записей, заметок, набросков. Блокнот содержит  блок из 60 листов в клетку. Крепление  блока- гребень позволяет  открывать блокнот на 360 градусов. При  необходимости листы  можно легко удалить, не нарушая  целостности блока. . Обложка  изготовлена  из плотного крашенного в  массе картона.</t>
   </si>
   <si>
     <t>961524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/759/vk91mqispgqr1ck47atr0g9rqinvbiuc.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ  quot;QUATTRO JOURNAL quot; 105 х 105 мм, 60 Л, НА ГРЕБНЕ  quot;BLACK WHITE quot; Арт. 3-654 01</t>
   </si>
   <si>
     <t>Компактный, вертикально ориентированный блокнот &amp;quot;POCKET JOURNAL» для записей и заметок торговой марки Bruno Visconti отличается качеством и стильным авторским дизайном. Пластиковая обложка защищает блок от повреждения и сгиба. Блок, состоящий из 60 листов бежевой бумаги в линейку плотностью 80 г/кв.м, позволит вести записи аккуратно и компактно.  Крепление блока на гребне позволяет переворачивать листы блокнота на 360 градусов. Блокнот не займет много места в сумочке или рюкзаке.</t>
   </si>
   <si>
     <t>961525</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/012/9hpffe96pa4f15owu5x8tluxjp9skos0.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c22/6fmiqz9z3ijw8f1mqp9gtknqje84dgqu.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А6, 40л, голубой</t>
   </si>
   <si>
     <t>961894</t>
   </si>
   <si>
-    <t>220</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/61e/a3xrd6390g2fpmobkhduje51vl27awj6.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40л, клетка, гребень Цветы, в ассортименте</t>
   </si>
   <si>
     <t>961895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c76/jw1pgaxx5is3dqzjcnogblr7h5dkt9vm.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 50л, спираль, клетка, Concept</t>
   </si>
   <si>
     <t>961897</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e5/8hubav2z7kx081dhqb5kvvs4j4br5lvs.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А6 40л фиолетовый</t>
   </si>
   <si>
     <t>961898</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8d9/an5nlnrb9i48el5p2b5mpfpynnrdnwff.jpg</t>
-[...5 lines deleted...]
-    <t>961902</t>
+    <t>http://anytos.ru//upload/iblock/556/cox7tgnbcivzxw6h0voafs221zkn5bdz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4 80л Attache гребень клетка пластик черн с тиснением</t>
+  </si>
+  <si>
+    <t>961904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/779/10wqjthzog6bfllshbayv2sshr760yms.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л Attache гребень клетка пластик бордов с тиснением</t>
   </si>
   <si>
     <t>961905</t>
   </si>
   <si>
+    <t>Блокнот А5 80л Attache гребень клетка пластик бордов с тиснением</t>
+  </si>
+  <si>
+    <t>961906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a05/vqfek8quesgxvrs32riwesrgq9yqzzkn.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache 67,5х98 блок 10 листов 70г</t>
+  </si>
+  <si>
+    <t>961921</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72e/00trbht8yu4b8sl6hae0kohcbryzd2xb.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache 67,5х69,5 блок 10 листов 65г</t>
+  </si>
+  <si>
+    <t>961922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2f/lc6v4kw5muaf2uac61mb4357fl55wghs.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бумага для флипчартов КОМУС белый 67,5х98см 20л 80г белизна 92 </t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов КОМУС белый 67,5х98см 20л 80г белизна 92&amp;#37;</t>
+  </si>
+  <si>
+    <t>961923</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c29/ej6p934a1ikm8ac3p0s5o77psx4toz0y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бумага для флипчартов Attache клетка 67,5х98см 50л 80г белизна 92 </t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache клетка 67,5х98см 50л 80г белизна 92&amp;#37;</t>
+  </si>
+  <si>
+    <t>961924</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0bd/4c3etxyvmo323nkvi2dn8e16zvqepkjk.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Anti-design quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Anti-design&amp;quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>966039</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e40/ziwgdy4d9xxuhabb7kqvsu907ln2wiqc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d05/eng1fzv30z3w9hxzubdywjek3lsa2ezv.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Urban quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Urban&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>966044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef0/jkutmz60h246fqgu1bypr5kn0lwyo4bj.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Котофис мечты quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Котофис мечты&amp;quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>966046</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d81/e2bfk9o5r62ij0lxlay6nqggb7n9vo3w.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9bd/874xl3txkfgv6uc08wi5uv956n33uyuh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Создай настроение quot;</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG &amp;quot;Создай настроение&amp;quot;</t>
   </si>
   <si>
     <t>966067</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a11/t97a5pf76y02xatwcenyivyrtbqmf810.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5a6/zxuw8cpwslbe62ufxl6aw71bq96cn5f6.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Simply the best quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Simply the best&amp;quot;</t>
   </si>
   <si>
     <t>966072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/d73przyr8w1q81dfeze7m5h5jb4743tt.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Время путешествий quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Время путешествий&amp;quot;</t>
   </si>
   <si>
     <t>966073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/475/97ehiqyzm9dxpa490wrpjfwuxjvqwcrw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;На позитиве quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;На позитиве&amp;quot;</t>
   </si>
   <si>
     <t>966074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/029/pfsgm2o6ac2vc2isnm46ugfexei8ifvz.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Illusion quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Illusion&amp;quot;</t>
   </si>
   <si>
     <t>966075</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0cc/cdnbl4z9h24odjynlywigor2ysqbh55e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/65c/bqt4kn4oweuo3ygniipkfhen3lcarunj.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Stand up quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Stand up&amp;quot;</t>
   </si>
   <si>
     <t>966077</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8d/kbxgamakyh25prhns265f0822iwn3lve.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/87e/0yrh1lsy7p7x1awrkbp5gqwhjvktq6ma.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU  quot;Kawaii quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Kawaii&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>966084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/313/rftl6487k4mjjq1mzw5f40j58w5rqcle.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU  quot;Mood quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Mood&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>966085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f81/tb47geipekt852q61h6uxtb6h8p1sf25.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Аниме. Story quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Аниме. Story&amp;quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>966086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd6/f5r8k1piro2a0nkr3crm3fk0z2pjtv62.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1cf/hem69nmpfe4a7oh4j4sv5pt8dzv96jtg.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали Erich Krause Котики, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ab/p273z5e2zbw1x51oos78op6usmqgeeqt.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали Erich Krause Пушистики, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c7/vxtd2k14ugc9y8od780o13ul1p0btczr.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А6 110х145 мм, 40 л., гребень, лакированный, клетка, HATBER  quot;Атака Титанов quot;, 40Б6В1гр</t>
   </si>
   <si>
     <t>Функциональный блокнот формата A6 &amp;#40;110x145 мм&amp;#41;. Обложка из мелованного картона дополнена спецэффектом в виде УФ-лака. Внутренний блок содержит 40 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка. Скрепление гребень дает возможность раскрывать блокнот на 360 градусов.</t>
   </si>
   <si>
     <t>971870</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/540/klkfv884p13qlm5z6tm6y0fqcbl7m2v6.jpg</t>
   </si>
   <si>
     <t>Блокнот Deli А5 112л 80 г м, мягкая обложка, клетка 5x5мм, черный, кожа EN141G</t>
   </si>
   <si>
     <t>Блокнот Deli А5 112л 80 г/м, мягкая обложка, клетка 5x5мм, черный, кожа EN141G</t>
   </si>
   <si>
     <t>973022</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c2/2osn11edskfrzk1qje07wc7zynkiysnh.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/27b/jge9n8m3kp9huc1ax8442092j636m0md.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус Русская серия, А7, 50л, евроспираль, белый, клетка</t>
   </si>
   <si>
     <t>973030</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/393/wq61n3tu3yois1oubgcq66r9y5j2mr0b.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус Русская серия, А7, 50л, евроспираль, синий, клетка</t>
   </si>
   <si>
     <t>973031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/841/wm7xzcz6rgya9ol594ltx3wk5xrsry9y.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус на спирали, синий, А7, 80л клетка</t>
   </si>
   <si>
     <t>973033</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0a6/voo2ngqlg305v7m584omx4hlfo8bau58.jpg</t>
+  </si>
+  <si>
+    <t>Блок бумаги для флипчартов КОМУС клетка 67,5х98см, 20 листов, 80гр.</t>
+  </si>
+  <si>
+    <t>973034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a1/7lykll19c3e9btsss40kezbzya4sqwpr.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache белый 67,5х98см, 50 листов, 80г, белизна 92</t>
+  </si>
+  <si>
+    <t>973035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c0/t3apfg9nttnaokn9sbnu07iuxbal5pwt.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов КОМУС клетка 67,5х98см, 20 листов, 80г, белизна 92</t>
+  </si>
+  <si>
+    <t>973036</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/403/5y763cr5n77qfom69bt3p5hhzxtuv374.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 листов, клетка LOREX JEANS STYLE шв-клеев. ткань тисн.</t>
   </si>
   <si>
     <t>975284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/fep5r09aqym7aj2tn4m203z8j8l0w65h.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 128 листов, клетка LOREX IDEA FLIP шв-клеев. экокожа мат.лам.</t>
   </si>
   <si>
     <t>975285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5b/3ryw2no9qyx6jao78m71c1vnxmyosby3.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Pastel quot;, 115533</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
@@ -8871,194 +8395,164 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6cc/si23rksbefrr5c711r8scfal1tc7eie2.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Marble quot;, 115536</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>977940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/cnhtutlcfa5f2fo1ze08wuockggi0toa.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., БОЛЬШОЙ ФОРМАТ А4 204х290 мм, BRAUBERG,  quot;Ultraviolet quot;, 115530</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;204х299 мм&amp;#41; и внутренний блок из 96 листов позволят владельцу зафиксировать большое количество информации.</t>
   </si>
   <si>
     <t>977941</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/022/x47m1u90el7jr56gshoypl6s6r35zkmn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f44/puex3ozz759ks8svc1r5q4kmpus55kzd.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Brave cats, фиолетовый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Стильный дизайн выполнен печатью белой краской. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>978748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99d/xe3c95veww1napodchhu5bvwl422jdck.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Brave cats, фиолетовый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А6 &amp;#40;102х146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Стильный дизайн выполнен печатью белой краской. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>978749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aea/ygep0qlu6rzuwtre8iy1b02owagqxbsv.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf4/xou402vxsmatojqlw28vr9x774wud3or.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Mirage, синий, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978751</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d27/yd7mxb45t3ta8xiryiu3zrmgti5naqvh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/388/blozh355szf1f1x9rp7v47z7za7k26xm.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978753</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f2/lrj73jzymmggj3dwn7hzfe80encd4qu5.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90f/ltmujt6irxkh26rzdswl30nfc5z8dz53.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Silhouette, розовый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbf/bm30a2g6yx3v19373hie3jnzb8erde1w.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/331/jf22e943q9kpqk0r0d6md2w46j209ra6.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a1/9zcnymdxbnuuc9cqobd06p6q0cv36nvb.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, красный, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978758</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/966/256f891izxwv3ktqx38orpdbghoh0tx4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, черный, A6, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>978759</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/328/wnjcwi0kglyi752zenuz1f3on0we8vbv.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03a/0t2mx1cfovo0aj3ng9h8iz04kuymy1u4.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Mirage, синий, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979208</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/86f/89f5fi339icc61dhydhh0irluv79sggk.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6cc/jiya6x1jv5poe397mcboz9dz1cqqwjgd.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта 65 г м2, STAFF 60x90см, 20 листов, белый  ЧИСТЫЙ , 116359</t>
   </si>
   <si>
     <t>Удобный блокнот STAFF подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 белых листов плотностью 65 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер – 60x90 см. Надежная упаковка – гофрокороб.</t>
   </si>
   <si>
     <t>979312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8c/x04akt18h7wr5xxpbc11yrkq83l85203.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ  quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;ВЕЧЕР В ГАГРАХ quot;</t>
   </si>
   <si>
     <t>Компактный, вертикально ориентированный блокнот &amp;quot;POCKET JOURNAL» для записей и заметок торговой марки Bruno Visconti отличается качеством и стильным авторским дизайном. Плотная картонная обложка защищает блок от повреждения и сгиба. Блок, состоящий из 60 листов бежевой бумаги в линейку плотностью 80 г/кв.м, позволит вести записи аккуратно и компактно. Крепление блока на гребне позволяет переворачивать листы блокнота на 360 градусов. Блокнот не займет много места в сумочке или рюкзаке.</t>
   </si>
   <si>
     <t>980067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06b/a2knsd30hyb43mdqqbbahqjpduwele0a.jpeg</t>
@@ -9354,50 +8848,59 @@
   <si>
     <t>980098</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef0/l3uni3lkwpq2391xiikuhijwf3afj3sz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot;  БОРДОВЫЙ  без обреза</t>
   </si>
   <si>
     <t>Серия офисных блокнотов MEGAPOLIS NEBRASKA от Bruno Visconti формата А5 - функциональный бизнес-аксессуар для ведения рабочих, личных записей. В нем нет ничего лишнего, но благодаря высококачественному переплетному материалу из экокожи он выглядит презентабельно. Твердая обложка с приятной фактурой, углами закругленной формы, книжный переплет, ляссе в цвет обложки – наделяют блокнот практичностью. 80 листов блока в серую линейку помогают вести записи четко и аккуратно. Блок изготовлен из бежевой бумаги плотностью 70 г/кв.м.</t>
   </si>
   <si>
     <t>980099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/h62tpt18zqyvu2ppkyvikuo2akw8zk8j.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot;  КРАСНЫЙ  без обреза</t>
   </si>
   <si>
     <t>980100</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/049/q580dlxkfajgi7bavmgpudeq227zmvau.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot;  СИНИЙ  без обреза</t>
+  </si>
+  <si>
+    <t>980101</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/642/nill67c64y8qyrbezp4vcktumj07gbqz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot;  ЧЕРНЫЙ  без бреза</t>
   </si>
   <si>
     <t>980102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f6/4kfq6otrplalw4i2hpxth45ric5ire3o.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot; FLEX  БОРДОВЫЙ  без обреза</t>
   </si>
   <si>
     <t>Базовая серия офисных блокнотов MEGAPOLIS FLEX NEBRASKA от Bruno Visconti формата А5 - функциональный бизнес-аксессуар для ведения рабочих, личных записей. В нем нет ничего лишнего, но благодаря высококачественному переплетному материалу из экокожи он выглядит презентабельно. Гибкая &amp;#40;flex&amp;#41; обложка с углами закругленной формы, ляссе в цвет обложки -наделяют блокнот практичностью. 80 листов блока в серую линовку помогают вести записи четко и аккуратно. Блок изготовлен из бежевой бумаги плотностью 70 г/кв.м.</t>
   </si>
   <si>
     <t>980103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1a/wwmlnze2cn4889ikfylp8mwf70aifhzg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot; FLEX  КРАСНЫЙ  без обреза</t>
@@ -9600,50 +9103,59 @@
   <si>
     <t xml:space="preserve">БЛОКНОТ А5, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;PRAGMATIC quot;  ОРАНЖЕВЫЙ </t>
   </si>
   <si>
     <t>980123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/486/keel33mcpbruja3e5vjn45xss8c98gzi.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;PRAGMATIC quot;  СЕРЫЙ </t>
   </si>
   <si>
     <t>980124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc2/kxuq31dqxjnus1t3ur0b7pa6wo4yxu08.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;PRAGMATIC quot;  СИНИЙ </t>
   </si>
   <si>
     <t>980125</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/416/bowu7mlky2pgf17g906lo4ghr6ppku28.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">БЛОКНОТ А5, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;PRAGMATIC quot;  ТЕМНО-СИНИЙ </t>
+  </si>
+  <si>
+    <t>980126</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aff/ddqi7blbihd73t2nyqcw3yiq4hpqby0k.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;PRAGMATIC quot;  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>980127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/845/xkqr32ka7axbz3lpl6nh0d6psw8nl0bw.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5, 40 ЛИСТОВ,  quot;МРАМОР quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;МРАМОР&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>980128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04e/3390i535jl8vdo2psobf8vd1rw1j8bc9.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5, 40 ЛИСТОВ,  quot;НА СПОРТЕ quot; 5 ВИДОВ</t>
@@ -9744,302 +9256,206 @@
   <si>
     <t>980137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afa/crh38s4asz6bzfxb4pnzo16a2c5cpym8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6, 40 ЛИСТОВ,  quot;ЦВЕТЫ NEW quot; 3 ВИДА</t>
   </si>
   <si>
     <t>980138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/i4sua4pmc1a942jr7cto6wjc6q99es6t.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7, 40 ЛИСТОВ,  quot;ДОНАТ РУЛИТ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот на скрепке для записей формата А7 содержит 40 листов в клетку. Клетка позволит вести записи компактно и аккуратно. Благодаря удобному формату блокнот можно использовать как средство для заметок и записей дома, в дороге, на рабочем месте. Оригинальный дизайн привлекает к себе внимание.</t>
   </si>
   <si>
     <t>980139</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/516/1qm9ul7mxdz5xafhs3492i3i7qm2f0c1.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/742/secux7z30g1s0sf7dfj6k2r3vcmakabh.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5, 160 ЛИСТОВ,  quot;CYBERGIRL quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 160 Л. &amp;quot;CYBERGIRL&amp;quot;</t>
   </si>
   <si>
     <t>980141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9aa/ohm5pnhainr75txaozqycuu8reujyb9h.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5, 160 ЛИСТОВ,  quot;EASY LIFE.КОТЫ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 160 Л. &amp;quot;EASY LIFE.КОТЫ&amp;quot;</t>
   </si>
   <si>
     <t>980142</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d62/mda818cj7eyg23bfbh81bzrnl2aatj69.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0eb/nfbhfn9nz0sw5naiak3a858efdubedqf.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5, 160 ЛИСТОВ,  quot;ГОРОДА quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 160 Л. &amp;quot;ГОРОДА&amp;quot;</t>
   </si>
   <si>
     <t>980144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/833/94tchqil4sgblu48xqfvu17mlrn1az61.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5, 160 ЛИСТОВ,  quot;ГРАВИТАЦИЯ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 160 Л. &amp;quot;ГРАВИТАЦИЯ&amp;quot;</t>
   </si>
   <si>
     <t>980145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d49/njbittkbxushscflnp54yw3yetguhr02.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5, 160 ЛИСТОВ,  quot;КЛУБНИКА В СЛИВКАХ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 160 Л. &amp;quot;КЛУБНИКА В СЛИВКАХ&amp;quot;</t>
   </si>
   <si>
     <t>980146</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1bc/erw76lmd3frizr64j0dmam14kgnb1t40.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/775/8d4pwou8kjuxdq81c18h089t88gt06q6.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4, 80 ЛИСТОВ,  quot;MPAMOP quot;</t>
   </si>
   <si>
     <t>Блокнот «MPAMOP» формата А4 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с глянцевой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/кв.м. Актуальный дизайн.</t>
   </si>
   <si>
     <t>980148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de2/071l083z2ckai6dxqzobb7kaiboa86c4.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4, 80 ЛИСТОВ,  quot;ВОДА quot;</t>
   </si>
   <si>
     <t>Блокнот «ВОДА» формата А4 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с глянцевой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/кв.м. Актуальный дизайн.</t>
   </si>
   <si>
     <t>980149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d16/r4z126tgim603bn9wniimu3r6ot3ydy2.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4, 80 ЛИСТОВ,  quot;ГАЗЕТА quot;</t>
   </si>
   <si>
     <t>Блокнот «ГАЗЕТА» формата А4 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с глянцевой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/кв.м. Актуальный дизайн.</t>
   </si>
   <si>
     <t>980150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/768/knf8clugkukjas5cram693d5p1zrhrs5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-4 ГР. А6, 160 ЛИСТОВ, 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-4 ГР. А6 160 Л. 5 ВИДОВ</t>
   </si>
   <si>
     <t>980151</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f65/ntoxe6go6gtig5zsjtgg7wqgyd7p9bbt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/88d/injph0jci4r9zhtnp858bz91tnhonihz.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Аниме. Приключения quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Аниме. Приключения&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>981761</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6b5/emwvajd58zsncfxb3dd2fopmf0e27hfn.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c4/6uzdc651b221kshdfhmqkyq88c2ol2l5.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Оранжевый настрой quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Оранжевый настрой&amp;quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>981764</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10e/biwjfoept3ukjr12a5dy7cwg9yof96kq.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Розовый стиль quot;, глянцевая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Розовый стиль&amp;quot;, глянцевая ламинация, выб. лак</t>
   </si>
   <si>
     <t>981766</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58b/b7zj9acacfki77hidc6myr46ltjwj50j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/63a/r29nvnjwoo63zayfl551cmh4gejm6ku1.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Mono circle quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Mono circle&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981793</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a47/xyeswzzmevb8g7lhdmw2vttjcqqxo3im.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa8/2t7ohsltptuamlw63x41ld5qm11xk80v.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Россия quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Россия&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd9/ndgfowhaix4tv39xe9f1461wyw9qnbo9.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л. на гребне BG  quot;Моноколор. Классика quot;</t>
   </si>
   <si>
     <t>Блокнот А5 40л. на гребне BG &amp;quot;Моноколор. Классика&amp;quot;</t>
   </si>
   <si>
     <t>981797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ab/l0dys08x3ega4xtfdd9ktl49j55amqkn.jpg</t>
@@ -10056,635 +9472,425 @@
   <si>
     <t>http://anytos.ru//upload/iblock/857/iy351vsnx9zfxpsr7h0xtogbo31awszy.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;She is quot;, твердая обложка, матовая ламинация, выб. лак, тиснение фольгой</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;She is&amp;quot;, твердая обложка, матовая ламинация, выб. лак, тиснение фольгой</t>
   </si>
   <si>
     <t>981804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb2/2ohyp75l6snojoi2h9un5ty9jlyu4cyk.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Your poster quot;, твердая обложка, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Your poster&amp;quot;, твердая обложка, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>981805</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e9a/9t0jn27tgphmpy3nyb96dluhh7glwkd3.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/853/kh1ft0eclpoqvj5zilsysqxq444n28tt.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Монохром quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Монохром&amp;quot;</t>
   </si>
   <si>
     <t>981809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df6/0x2za1ajrjre0gxen39nu84ybpp3kssk.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Наши путешествия quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Наши путешествия&amp;quot;</t>
   </si>
   <si>
     <t>981810</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db8/nlfoho28evkzqm9xx0nrjbhexoe5ok1d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/02a/3dalc40qbit9e1x7zcih6ltfinaazmjp.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Cyber world quot;, твердая обложка, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Cyber world&amp;quot;, твердая обложка, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>981820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d97/cgso0wc9lbjt9kzcdpdyzzynsefo8t19.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Shiny mono quot;, твердая обложка, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Shiny mono&amp;quot;, твердая обложка, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>981821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd0/7ruy8uf0s8cgzlzhh5q4j1ryqj0uwh1d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Цвет настроения quot;</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Цвет настроения&amp;quot;</t>
   </si>
   <si>
     <t>981822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c79/m8exv9uepjo5b22sadq0a6m4wsiffyqd.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG  quot;Anime style quot;</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG &amp;quot;Anime style&amp;quot;</t>
   </si>
   <si>
     <t>981823</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/608/dtlnt3ik98n01o27ng1rn7he3yahuyvn.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/98e/dyon01q33442dx1ig439d2193aay16gu.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG  quot;Твой спорт quot;</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG &amp;quot;Твой спорт&amp;quot;</t>
   </si>
   <si>
     <t>981827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/kp081vbufja5mnb92f7t2f5rz6cl02qe.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛОГО ФОРМАТА А6, 60 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, АССОРТИ, 115578</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А6 на спирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать всю необходимую информацию. Малый формат удобно поместить в кейс или сумку малых габаритов. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.ПОСТАВЛЯЕТСЯ В НЕСКОЛЬКИХ ВАРИАНТАХ ЦВЕТА &amp;#40;БЕЗ ВОЗМОЖНОСТИ ВЫБОРА&amp;#41;.</t>
   </si>
   <si>
     <t>985220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7a/s35ft7599110we91pqo1sxplk09x5488.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, клетка LOREX JOY греб. мел. карт., soft touch</t>
   </si>
   <si>
     <t>985576</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a8/bmwuuybncn0cx7x5707n6q95v7awp7hr.jpg</t>
-[...86 lines deleted...]
-    <t>986171</t>
+    <t>http://anytos.ru//upload/iblock/c7d/m6sf9ewbor6n7ydny6wdititxatjvpp1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat МАГИЧЕСКИЕ ОБЛАКА греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/224/k4k29vr6ne6er2e6ajts72g6pbv6etb1.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 80 листов, на гребне BG  quot;Увлекательное путешествие quot;</t>
   </si>
   <si>
     <t>Блокнот А6, 80 листов, на гребне BG &amp;quot;Увлекательное путешествие&amp;quot;</t>
   </si>
   <si>
     <t>986174</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0cf/ktzo8d3ucy3z3etl0x0re9cxjaiubsyk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/569/0n8ck12kmuu3tge2pnp08pgvtgxqybss.jpg</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG  quot;Милые животные quot;</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG &amp;quot;Милые животные&amp;quot;</t>
   </si>
   <si>
     <t>986176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/272/llylg1m7x19td9ubzb3zw091nf280e1x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fc/9wfnverfk9409ld8f90f8k1qunjhexdz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОИ  quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;ЛУГОВЫЕ ТРАВЫ quot;</t>
   </si>
   <si>
     <t>986440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02d/586georl1c1pfucjdxsldszw4du43ch8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot; FLEX  СИНИЙ  без обреза</t>
   </si>
   <si>
     <t>986441</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/286/vpup5f9skwwz5tjasftbryxm23clyt8s.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЗЕЛЕНЫЙ, 115570</t>
+    <t>http://anytos.ru//upload/iblock/b68/axrkzeqtcjm01m9i2lf8yuye4a1xiewu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, СИНИЙ, 115569</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А5 на спирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.</t>
   </si>
   <si>
-    <t>986879</t>
-[...8 lines deleted...]
-    <t>986880</t>
+    <t>986881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55d/bij097i2nws4ijahxvbok5e3uvufljvp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ФИОЛЕТОВЫЙ, 115571</t>
   </si>
   <si>
     <t>986882</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fc/ru6mbrbxsqlxvy52b2ycw7y1bp38cjlh.jpg</t>
-[...5 lines deleted...]
-    <t>992759</t>
+    <t>http://anytos.ru//upload/iblock/1d6/v846oppwpo9wcdja030ullw1x8su8xqo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЧЕРНЫЙ, 115572</t>
+  </si>
+  <si>
+    <t>986883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57f/ekgj673yov5sez348u2y8gf1vrrl4x1h.jpg</t>
   </si>
   <si>
     <t>Блокнот Папоротники А5, 128л, клетка, обложка экокожа, с резинкой</t>
   </si>
   <si>
     <t>992761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/082/jjkep3a591pwb7n1r3ryrbvonat20tii.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент  3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент №3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>992773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/08a/m2yft1ykrfdqkamf83slnbdsz5e7i6vf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>Блокнот Комус на спирали, синий, А5, 80л, клетка</t>
   </si>
   <si>
     <t>992775</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0f/wq6ost6qxi707mje9qp8imbzlkcztwkh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c51/m8xz1q1s9gquk3489277twuummwv9769.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А5 60л голубой</t>
   </si>
   <si>
     <t>992778</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ca0/qa0leh4h0o8slp5ezf0p4s0oro7v1f01.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4 80л Attache Текстуры природы Вода клетка, гребень, картон, ВД-лак</t>
+  </si>
+  <si>
+    <t>992780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b7/2nu6kvfv5qeqohzs8ib7geqykfryanue.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л Attache Градиент Малиновый клетка, 65г, гребень, УФ-лак</t>
+  </si>
+  <si>
+    <t>992781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ff/8rw1fschgaytc1t11l1d9xklqsruw0br.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л Attache Градиент Синий клетка, 65г, гребень, УФ-лак</t>
+  </si>
+  <si>
+    <t>992783</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d27/sh06woy0zf7des8ar5ekwyxwook32voq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Magenta клетка, 65г, белый 100  картон, гребень, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Magenta клетка, 65г, белый 100&amp;#37; картон, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992784</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32f/nkrbpb4tm3cp1r6a06lw1hfcspowee0d.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л Attache Текстуры природы Камешки клетка, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bea/r52axc5xqf37w2ratehzn6iu6u8oon2l.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50л Attache Текстуры природы Вода клетка, гребень, картон, ВД-лак</t>
   </si>
   <si>
     <t>992786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0dd/bsycrtvdqt589jq8kncwteb4t2vc8v1r.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/728/a6ncrcunorb5lc1re12hrkev4g5388r0.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Яркий паттерн Цветной микс клетка, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992788</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/30e/c5l6ysfyltb4d13c9dyeeljxbxta9bm1.jpg</t>
-[...5 lines deleted...]
-    <t>992791</t>
+    <t>http://anytos.ru//upload/iblock/fa4/6fqxiu25geeb5ekyansd5us7eqm4c6al.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л Attache Яркий паттерн Зеленый микс клетка, гребень, ВД-лак</t>
+  </si>
+  <si>
+    <t>992790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c21/je60mduey7n0c6ze8lkj5dbscooajjfi.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л Attache Metallic Фиолет клетка, гребень, картон, фольга</t>
+  </si>
+  <si>
+    <t>992794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c63/umxuf1jloryfpnmlgs856dthystndo7y.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50л Attache Текстуры природы Камешки клетка, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992795</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/52e/c6bjsovl56xcs6ut78figcrpc8sr4os0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/262/zalbueorv31umjfu9wzyhh8uyy2g8nlf.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature White flowers клетка, 65г, 100 , гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature White flowers клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>992797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04c/2hgxdxlon0jzalh9pe1pyrktznygfopu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature Beige flowers клетка, 65г, 100 , гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature Beige flowers клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>992798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23f/evnpjs3xhfzy9aufrlgh4m5bbtw9lf2b.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л Attache Градиент фиолетовый, клетка, 65г, гребень, УФ-лак</t>
   </si>
   <si>
     <t>992799</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/486/3ugekfvi8pj4dd39nnachkkoefe87q2a.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 40л, клетка, метал. гребень, цв.обложка, Forma, в ассортименте</t>
+  </si>
+  <si>
+    <t>992800</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f4/hln4va003vedisvv2y473vuvhbnwfsis.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А6 40л бирюзовый</t>
   </si>
   <si>
     <t>992801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14b/w21ax4mm9kdsq2yxqwillqbztmccgncv.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А5 60л фиолетовый</t>
   </si>
   <si>
     <t>992802</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f84/8ujmkjyjioh9c7q0vf40m4foiusoqfml.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/62c/0yqi94kg1tuprmkv4wvo4sksjy0kjgwl.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЗЕЛЕНЫЙ, 115575</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А4 на спирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.</t>
   </si>
   <si>
     <t>993116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e69/7z1gluuonm5vq59cqsipp7t2oyiortjj.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, КРАСНЫЙ, 115573</t>
   </si>
   <si>
     <t>993117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/951/z6k2hh9z9acq6h0sp5eag9t2ed1910jv.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, СИНИЙ, 115574</t>
@@ -10722,50 +9928,59 @@
   <si>
     <t>993799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/980/1dnf5af0xzb0992l0vtyfv45qfow4ub0.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ  quot;ГРАВИТАЦИЯ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ &amp;quot;ГРАВИТАЦИЯ&amp;quot;</t>
   </si>
   <si>
     <t>993800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19b/8joh5gta7c0r2cycrv62ach7ba8yje7z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50 листов, клетка LITE ЗЕЛЕНЫЙ греб. мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>993979</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f5f/7c8n8160f3mevw49fouqzjsbe32f04cj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ИЗБРАННЫЕ АВТО греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>993983</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/acf/yuwkzniku10ce9nluhsncmfczts7g2bj.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А4, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;OFFICE quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей. Линовка блока - клетка. Обложка изготовлена из плотного крашенного в массе картона. Крепление блокнота на гребне позволяет открывать его на 360 градусов. При необходимости листы легко вырываются, не нарушая целостности блока. Блокнот подходит для записей небольшого объема информации. Готов к персонализации.</t>
   </si>
   <si>
     <t>996545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/w3sapeznykh18yo7hiq1cg40qaziut30.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А4, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;OFFICE quot;  ОРАНЖЕВЫЙ </t>
   </si>
   <si>
     <t>Легкий и практичный блокнот для записей с жесткой подложкой - практично и удобно. Линовка блока - клетка, которая позволит вести записи компактно и аккуратно. Обложка изготовлена из плотного картона крашенного в массе. Обложка отлично защищает листы от механических повреждений. Блокнот подойдет для записей небольшого объема информации.</t>
   </si>
   <si>
     <t>996546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/579/nq0aqwldf5n28vlrapdc2w8pm6hzt9dt.jpeg</t>
@@ -10947,85 +10162,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4f5/70c7ul52cb01ihwm4ib4nepk0j9zi1ze.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6, 160 ЛИСТОВ,  quot;КОТЯТА  quot;МУР-МУР quot;</t>
   </si>
   <si>
     <t>Блокнот для записей &amp;quot;Котята &amp;quot;Мур-Мур&amp;quot;&amp;quot; формата А6 для заметок, набросков, ведения записей во время брифингов, презентаций. Он легко поместиться в компактную сумочку, карман одежды, его удобно держать в руке.Практичная линовка 160 листов в клетку позволит делать записи аккуратно и компактно. Плотная обложка с глянцевой ламинацией надежно защищает бумажный блок от сгибов и заминания.</t>
   </si>
   <si>
     <t>996563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/vzvr2l2z5bfb3yw0yefs23v8da5bjy2i.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Nature quot;, под кожу, твердый, срез фольга, 80 л., 112078</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Nature&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью и тиснением золотой фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>996898</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/31d/ton1rc3qg52r1jpt8tlh379h1ypt4mag.jpg</t>
-[...15 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e20/t66qsesm8uzt3ydd01l41uy128b4m1rl.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  162х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, серый, 113440</t>
   </si>
   <si>
     <t>997816</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53e/23gdy1jpw57fo17012dbruofuvir3fsd.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b62/jio6ma0tejcmmd7sx8gjf1hccmmh649e.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;Summer Greens quot;</t>
   </si>
   <si>
     <t>998288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/478/hzdonhlpgwx8nfo6q09y2xgky6dquij4.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;ВОЛШЕБНЫЕ СОВЫ quot;</t>
   </si>
   <si>
     <t>998289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e19/1p8b5mg6in314yiecaqj21tty1pndu79.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;ЛЕСНЫЕ ЯГОДЫ quot;</t>
   </si>
   <si>
     <t>998290</t>
@@ -11066,245 +10255,233 @@
   <si>
     <t>998599</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/409/v4m7h1iwkvw0vjpgd4zrhwrhez23i6r4.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, бежевый, 116438</t>
   </si>
   <si>
     <t>Оригинальный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с классическим рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>999368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/017/vo4uzw5qwcdgac8yklpx160dmnpf1k2j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, голубой, 116442</t>
   </si>
   <si>
     <t>999369</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8e1/5a62hrbxnum5hw0whb3rje71piahs9vr.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, розовый, 116441</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией, которая долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>999371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f1/2ljuomh981oju9twnxcqdpt5j79bry46.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, серый, 116437</t>
+  </si>
+  <si>
+    <t>Оригинальный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с классическим рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>999372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/969/4ospy5faz9da8culvh9ik4be62491ogx.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, синий, 116439</t>
+  </si>
+  <si>
+    <t>999373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a76/oaa2xdlq4t8ka97xx2kps3bfpeifb63h.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, сиреневый, 116440</t>
+  </si>
+  <si>
+    <t>999374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/744/2d9jnmpge4rvemmko10nrny0qljgcne5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, черный, 116436</t>
+  </si>
+  <si>
+    <t>999375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/992/1chbf0czfftyspmq7grgiu3freggaamc.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, STAFF,  quot;Офисный quot;, 121628</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF отличается стильным дизайном и удобством в использовании. Внутренний блок содержит: календарь на 4 года, телефонные коды городов, знаки зодиака, выходные и праздничные дни, переводы систем измерения. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>999376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d2/vintm47b3thp7oi2lck037zk6qdmiq03.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, выборочный лак, BRAUBERG,  quot;Котята quot;, 122192</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG отличается стильным дизайном и удобством в использовании. Обложка покрыта матовой пленкой с нанесением выборочной лакировки, что придает блокнотам изысканный вид. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>999377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e3/iobtolfv3t1pdlwt3e344hjdelcb7vur.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, выборочный лак, BRAUBERG,  quot;Тигровый quot;, 123244</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG в твердом переплете удобен для заметок. Внутренний блок содержит справочную информацию. Жесткая обложка с матовой ламинацией и выборочное лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>999378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cd/x74mewlhzwh6hjj1y6penrog8uhby4r8.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, подложка, клетка, BRAUBERG  quot;Minimal Classiс quot;, 116424</t>
+  </si>
+  <si>
+    <t>Стильный блокнот BRAUBERG &amp;quot;Minimal Classiс&amp;quot; предназначен для ведения записей. Блокнот формата А4 на гребне содержит 80 листов с линовкой в клетку, что дает возможность зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>999946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4c/hahxjpmfyqao857lbnatrhv63sn8vlmo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, подложка, клетка, BRAUBERG  quot;Minimal Pastel quot;, 116425</t>
+  </si>
+  <si>
+    <t>Стильный блокнот BRAUBERG &amp;quot;Minimal Pastel&amp;quot; предназначен для ведения записей. Блокнот формата А4 на гребне содержит 80 листов с линовкой в клетку, что дает возможность зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>999947</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, бежевый, 116446</t>
+  </si>
+  <si>
+    <t>Стильный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Обложка с матовой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов дают возможность зафиксировать большой объем информации. Линовка в клетку подходит для точных расчетов и чертежных зарисовок.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Компактный формат А6 &amp;#40;110х147 мм&amp;#41; позволяет носить блокнот в кейсе или сумке малых габаритов. Элегантный цвет обложки выгодно выделяет его среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>999948</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, голубой, 116450</t>
+  </si>
+  <si>
+    <t>999949</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d08/vj0nyikhbxxwe9uu42a1fly4axmzw0i8.jpg</t>
   </si>
   <si>
-    <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG  quot;Minimal quot;, мятный, 116443</t>
-[...118 lines deleted...]
-  <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, мятный, 116451</t>
   </si>
   <si>
     <t>999950</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, розовый, 116449</t>
   </si>
   <si>
     <t>999951</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, серый, 116445</t>
   </si>
   <si>
     <t>999952</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, синий, 116447</t>
   </si>
   <si>
     <t>999953</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, сиреневый, 116448</t>
   </si>
   <si>
     <t>999954</t>
   </si>
   <si>
-    <t>Блокнот МАЛЫЙ ФОРМАТ 110х147 мм, А6, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, черный, 116444</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3aa/eo1a6lcob04i7f8qz1umtndyif3bh5ap.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А7 75х105 мм, 40 л., гребень, картон, клетка, BRAUBERG  quot;Minimal Pastel quot;, 116431</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Minimal Pastel&amp;quot; предназначен для ведения записей. Блокнот формата А7 на гребне содержит 40 листов с линовкой в клетку. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>999959</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/632/h27rb7uvl9u8qek3hvifh45jhxgbnn59.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А4, 80л., BG  quot;Моноколор. Градиент quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А4, 80л., BG &amp;quot;Моноколор. Градиент&amp;quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>1000896</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/538/b3c5wcpgi0rg3vuah0ig1stmn2dzti3s.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG  quot;Офисный стиль quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG &amp;quot;Офисный стиль&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000897</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea7/tzfueapb96g3j5yiwnpufjr4qoetn5u0.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG  quot;Природа quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG &amp;quot;Природа&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9dd/2p1r1m41vg0iedm5jf3fvbgo5rkz9pbp.jpg</t>
@@ -11381,62 +10558,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5a6/j4ghcobouen75qa4jsqqn0zdcdh122lv.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Время офиса quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Время офиса&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcd/cz4mlzatverc5grk4km4x12wbiyn23fx.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Для конференций quot;, синий глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Для конференций&amp;quot;, синий глянцевая ламинация</t>
   </si>
   <si>
     <t>1000907</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/990/k0vtadz64oql0fmd3e5p0k4e0glyblg1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/23d/r3qx07dlc5u5kaoyp1z0a0f2w625p2n6.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Маяк. Пейзаж quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Маяк. Пейзаж&amp;quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>1000909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f9/2fwuxa3itsaap2ql8uh1d5w5ldoj8d8m.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Милый мечтатель quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Милый мечтатель&amp;quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>1000910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13e/xvhcev31x35doiso5y3r9kl7uuled8po.jpg</t>
@@ -11681,62 +10846,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/3so3r6xyp8oet5kuo57y2mzmdhbgrv6v.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Моно. Узоры quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Моно. Узоры&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000939</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff7/f5mzk96zvegn1xf5qc9vhzde3yt71rd8.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Important girl quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG &amp;quot;Important girl&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000941</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b72/10aeg57nfmby3evdvxofo4srl0i5v0mk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0aa/8pxt4du2q20vq5iomd5j0s9ecjcibfkz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Duo mono quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Duo mono&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94c/7em226dduz1wx9r15ingx2bfutdyq2b8.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 24л. на скрепке BG  quot;МИКС. Мальчики quot;</t>
   </si>
   <si>
     <t>Блокнот А6 24л. на скрепке BG &amp;quot;МИКС. Мальчики&amp;quot;</t>
   </si>
   <si>
     <t>1000945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2c/t98msfxmwbi8zy2bwhgey14veweibu1g.jpg</t>
@@ -11801,86 +10954,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/v99hze7tjj0nst9dvng394s7be3dfkso.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Цветочный стиль quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Цветочный стиль&amp;quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c58/xn8gnm1v15121fmgckr5zg19s51e1nqb.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG  quot;Funny picture quot;</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG &amp;quot;Funny picture&amp;quot;</t>
   </si>
   <si>
     <t>1000953</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/417/tvkvyjegnf9kkfdnt7o9prfeu31t81qv.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ead/ipbrgc1yp30p633cea84i57831dj1rr8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ЦВЕТЫ NEW quot; 3 ВИДА</t>
   </si>
   <si>
     <t>1003134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c7/v5e5sqetnxb5vulmd2n2zvwynl79wpvz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;BLACK WHITE.NEW quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л. &amp;quot;BLACK&amp;WHITE.NEW&amp;quot;</t>
   </si>
   <si>
     <t>1003135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6f/f39lxt5yza642lnklt989yy0z9n7dwsr.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;ГРАНАТ quot;</t>
@@ -11945,86 +11062,77 @@
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 листов, твердый, клетка, BRAUBERG  quot;Minimal quot;, серый, 116433</t>
   </si>
   <si>
     <t>1004475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d17/fq7qwsgl3rx0qe94iddl1wyvd43dhkq8.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 листов, твердый, клетка, BRAUBERG  quot;Minimal quot;, черный, 116432</t>
   </si>
   <si>
     <t>1004747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/fjvwve3ys3mkocatpx2k1oo37a8obo0b.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, сиреневый, 116434</t>
   </si>
   <si>
     <t>1004830</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b2/acewiwg311cqcnzs5l5q2p4fwsdvc9kk.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ca/16its31prsy7anje011q6zht0fuo0roq.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Rain Drive, А6, 60 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/mar3m6s1fee1c8byj0uy3lmi5q56wp17.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Road Beast, А6, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005080</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eee/tzx37o7rvekykvv81s9m2q5y0go4ve9t.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Вig City Cats, А6, 80 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1005081</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/81c/n2nhye0ug9bdisg1nkbhl2khgpqz3elv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х205 мм, 80 л., гребень, картон, жесткая подложка, клетка, ОФИСМАГ, синий, 129867</t>
   </si>
   <si>
     <t>Блокнот ОФИСМАГ - это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу и верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>1005197</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/022/porwnmxcbxc6nfeg4ed70hty3qzyo8go.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х205 мм, 80 л., гребень, картон, подложка, клетка, ОФИСМАГ, красный, 129869</t>
   </si>
   <si>
     <t>1005198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b1/2refeh1vbs3r760y93nwylet7mv95v4t.jpg</t>
@@ -12062,194 +11170,194 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7cc/321e48h94zhm3x55burn402lohd4ngn4.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А6 108х146 мм, 48 л., гребень, картон, клетка, ОФИСМАГ, синий, 129870</t>
   </si>
   <si>
     <t>Блокнот ОФИСМАГ предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 48 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>1005202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d66/09144gcl1dp2fbd11zcfgh03t541yll4.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, на гребне BG  quot;Minimal quot;</t>
   </si>
   <si>
     <t>Блокнот BG &amp;quot;Minimal&amp;quot; формата А5 прекрасно подойдёт для записей и заметок. Состоит из 60 листов размером 148*200 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – мелованный картон. Гребень позволяет легко вынимать листы при необходимости. • формат: А5 &amp;#40;148*200 мм&amp;#41;; • кол-во листов: 60; • линовка: клетка; • вид скрепления: гребень/спираль; • материал обложки: картон.</t>
   </si>
   <si>
     <t>1005765</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ea/cvfaeylyv6hz37cle7ibck7zzx6dsox4.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Personal quot;, под кожу, 80 листов, клетка, красный, 116609</t>
+    <t>http://anytos.ru//upload/iblock/1af/lrspw8pcwx6xr4u7zug3vpv29rnm403c.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Personal quot;, под кожу, 80 листов, клетка, розовый, 116611</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Personal&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Гибкая обложка стилизована под кожу с эффектом софт-тач. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из бумаги белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>1005949</t>
-[...7 lines deleted...]
-  <si>
     <t>1005950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/194/kxfxta2e751cqa69hbzk339051ewoant.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Personal quot;, под кожу, 80 листов, клетка, серый, 116612</t>
   </si>
   <si>
     <t>1005951</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/933/22apa8xjzaah6oh5bq2ormduhh08o2ji.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Personal quot;, под кожу, 80 листов, клетка, синий, 116613</t>
+  </si>
+  <si>
+    <t>1005952</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5d1/s1eil1keas1iz0m2a8ha35q1w8lmetps.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Personal quot;, под кожу, 80 листов, клетка, черный, 116608</t>
   </si>
   <si>
     <t>1005953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b66/cb9tebx20kwlskb8pwarps7y8qbbgbpx.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213мм BRAUBERG  quot;Personal quot;, под кожу, 80 листов, клетка, лавандовый, 116610</t>
   </si>
   <si>
     <t>1005954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/387c3a8tjxki7hm0rp5h9st9uyuqygix.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, бежевый, 116617</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Perfect&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу с эффектом софт-тач. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из бумаги белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением являются держатель для ручки и закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;165х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1005955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d59/h6we5ik8drqqtu748lr6rqrtc05zjekq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, бордовый, 116616</t>
   </si>
   <si>
     <t>1005956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/w0xt9zxu2ynu4hhbxvpit7zqhoym97dh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серо-голубой, 116615</t>
   </si>
   <si>
     <t>1005957</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/471/y7zgkhgg1ohqc2dmixfr1i4ywxkrsz4w.jpg</t>
-[...5 lines deleted...]
-    <t>1005958</t>
+    <t>http://anytos.ru//upload/iblock/c7d/afigct8w0hfiatcvlx6jl8ejtq0tm2vq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серый, 116619</t>
+  </si>
+  <si>
+    <t>1005959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68a/4zbt1lh3hmbabgjoqytxs3kioe8u461j.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, черный, 116614</t>
+  </si>
+  <si>
+    <t>1005960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a0/24pmj6xeox14kjtvdxyfxb2coxnswfe0.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Leopard quot;, 116329</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твёрдой обложкой, покрытой матовой ламинацией и украшенной тиснением фольгой. Твёрдая обложка блокнота с матовым покрытием и тиснением фольгой оснащена закруглёнными углами и резинкой-фиксатором, что надёжно защищает листы от замятия. 96 листов в клетку дают возможность записать большой объём информации или использовать их для набросков и зарисовок.Внутренний блок изготовлен из белого офсета плотностью 60 г/м2 и прикреплён к обложке с помощью книжного переплёта. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволяет удобно разместить его в портфеле или небольшой сумке.</t>
   </si>
   <si>
     <t>1005961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/300/w0n6oa1nk89cfnmklnu1car2o920xugy.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Marble quot;, 116328</t>
   </si>
   <si>
     <t>1005962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f70/sb3flunm1s2fziupo2bt07mynqgkyjrp.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Pastel quot;, 116330</t>
   </si>
   <si>
     <t>1005963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a68/orc6jpmzc8yoen4hau2117wvmq333rxm.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Цветы quot;, 116327</t>
   </si>
   <si>
     <t>1005964</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/995/62g8pxvw6quemzy3k3pq2wpmj9lfrj89.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Flowers quot;, 116317</t>
+    <t>http://anytos.ru//upload/iblock/607/mf1hkedieas5bjktke1c2ezv2oje0q6n.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Minimal розовый quot;, 116319</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твёрдой обложкой, покрытой матовой ламинацией. Твёрдая обложка блокнота с матовым покрытием оснащена закруглёнными углами и резинкой-фиксатором, что надёжно защищает листы от замятия. 96 листов в клетку дают возможность записать большой объём информации или использовать их для набросков и зарисовок.Внутренний блок изготовлен из белого офсета плотностью 60 г/м2 и прикреплён к обложке с помощью книжного переплёта. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволяет удобно разместить его в портфеле или небольшой сумке.</t>
   </si>
   <si>
-    <t>1005965</t>
-[...7 lines deleted...]
-  <si>
     <t>1005966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42d/zjxleiurjnc3je64bf2tkvkyd64i4m3y.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Minimal сиреневый quot;, 116322</t>
   </si>
   <si>
     <t>1005967</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12e/n0up7b4lbcn9ikmsm6oysojz5shn0nfx.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Peaceful quot;, 116326</t>
   </si>
   <si>
     <t>1005968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/195/qoqrruybw6ivy7hmymwn9iy9gfcv7wtt.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Pink mood quot;, 116323</t>
@@ -12293,213 +11401,129 @@
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Vintage quot;, 116321</t>
   </si>
   <si>
     <t>1005973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23a/rpsi4sgh191a6im4kmhrgyk3jechb73v.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Моноколор quot;, 116318</t>
   </si>
   <si>
     <t>1005974</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa4/cat1dhcf4t2jfppq1cn9b6xa98ado262.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Тени quot;, 116324</t>
   </si>
   <si>
     <t>1005975</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b5/ul20tom50ink1pitl03k2l3bh9ss0uxo.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a19/1wvhn7jv2ynhqz7zuk33hwxnyhz6fmxt.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, твердая обложка, BRAUBERG,  quot;Anime quot;, 116336</t>
   </si>
   <si>
     <t>1005977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ad/jk4dygezf0gpc8qkg9rm93e1njy0tjfu.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, твердая обложка, BRAUBERG,  quot;Future quot;, 116332</t>
   </si>
   <si>
     <t>1005978</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58f/hvwzpfbfse6rw2f3txxajixpln5l7wqf.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a5c/pbmq372k4ddial30yhju1a6h1s4oz6y4.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, твердая обложка, BRAUBERG,  quot;Pigment quot;, 116335</t>
   </si>
   <si>
     <t>1005980</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/962/k9rvezu3y6knhwkhr11uwnug97u47b6v.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, твердая обложка, BRAUBERG,  quot;Кофейку? quot;, 116334</t>
   </si>
   <si>
     <t>1005982</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f9/4qslhxr5sk2ozu71m3t05kbwdjwxb8se.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/288/9yqm4phrmz8itx0x350qalfl0ig8z1pd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. Schoolformat ВЕТКА СЧАСТЬЯ.МИНИМАЛИЗМ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2d/7zwpdfa4feel5dj3w048zi0v0sltfvnh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. Schoolformat ЭЛЕГАНТНЫЙ МИНИМАЛИЗМ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006720</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/492/9ehcf8s1d9sfdbzehgoapnuc328p42x0.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5a4/yfjaai7gn2sw6gg6nq635plt106q1zy0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ХАКИНГ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006726</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5bb/j7scuggw0m8vsjnia2ytyw3f2jdsc48m.jpg</t>
-[...32 lines deleted...]
-    <t>1006733</t>
+    <t>http://anytos.ru//upload/iblock/a28/ut2ozpba1nv0o6494i03tk7u3qo09uzp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 л. кл. Schoolformat МАЙНКАР греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1006731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/379/47zlj2v2uvztfe4meh7ykbwwh9fyy1uh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 л. кл. Schoolformat НОЧНЫЕ ОБЛАКА греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1006732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c09/g31pxnt4ptqti32rgiwn035w377wcbo5.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; 54 х 90 мм, 110 Л,  4 ВИДА  ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ  quot;LOVE ME quot;</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; 54 х 90 мм, 110 Л, &amp;#40;4 ВИДА&amp;#41; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ &amp;quot;LOVE ME&amp;quot;</t>
   </si>
   <si>
     <t>1007708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f9/7wm2aqxh8i7zrd45h1ik708m9uhmv8uv.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; А7, 108 Л.  3 ВИДА  НА ГРЕБНЕ, ЛИНЕЙКА, BLACK EXCELLENCE</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; А7, 108 Л. &amp;#40;3 ВИДА&amp;#41; НА ГРЕБНЕ, ЛИНЕЙКА, BLACK EXCELLENCE</t>
   </si>
   <si>
     <t>1007709</t>
   </si>
@@ -12566,57 +11590,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc1/s5nbeqe0plrdkst1hjdjw4fyacxxx627.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;ЛЮБОВЬ, КАК ОНА ЕСТЬ quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ «CUTE JOURNAL» A7, BV, 100 Л. &amp;quot;ЛЮБОВЬ, КАК ОНА ЕСТЬ&amp;quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1007715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/jmr4d9xmch0nessbhwdxlo56c9hf640v.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;МИЛЫЙ КОТЕНОК quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ «CUTE JOURNAL» A7, BV, 100 Л. &amp;quot;МИЛЫЙ КОТЕНОК&amp;quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1007716</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/899/ucg6u6gdqvabafu02punfe0it71vnunt.jpeg</t>
+    <t>http://anytos.ru//upload/iblock/54e/byhrqxpac6xivww1yhvnjjwnurvxsk1k.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;КОШКИ quot; 3 ВИДА</t>
   </si>
   <si>
-    <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;КОШКИ&amp;quot; 3 ВИДА</t>
+    <t>Без кота - жизнь не та. Наши дизайнеры знают это. И разработали дизайн обложки с благородными и грациозными кошками. Блокнот суперкомпакт - 68х101мм. Что позволяет взять его с собой даже в дамской сумочке или положить в самый потайной кармашек школьного рюкзака. Обложка надежная, гибкая, картонная, красочная. Крепление на скрепке, линовка в клетку. С этим блокнотом кот всегда будет с вами рядом. Жаль, что не мурчит, конечно.</t>
   </si>
   <si>
     <t>1007717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2b/gs2x8nh280u8mfyk8ng37mj73boh03e5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;МАШИНЫ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;МАШИНЫ&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>1007718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/tasb9711ab1pdz81pr92jl7fdyk2qo8y.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ПРИРОДА quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;ПРИРОДА&amp;quot; 4 ВИДА</t>
   </si>
@@ -12716,152 +11740,146 @@
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Marsalа, фиолетовый, А6, 80 листов, клетка</t>
   </si>
   <si>
     <t>1008858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74b/gtc3yaswjs5hlfl71qaa5lidrjwph4it.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Neon, А5, 80 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad1/wb3flvwba1k55qva4q9tx5ehiiveon82.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Neon, А6, 80 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008860</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a93/o2renbfry9ctox60of9mi6b2sf80d8cn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/259/yt6qg5q7cngk1mbtm77566x2l2phbb3n.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Pastel, А5, 80 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c66/i62aptf170zr0b9yqa82d7di9baead9i.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Pastel, А6, 80 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b4/lc7evkb3bs1zy4hx9o3fklgh8mvhz7e0.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Pastel, А7, 80 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c5/8cywr70edv8hz1l29o6v0k7qo9yhb6qj.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause Reef, А6, 80 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65e/lttxb26zhurz26f3hb6j9c03xgce05l7.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ИГРИВЫЙ КОСМОКОТИК греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009625</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9e5/u49psohfoisi1w79mo2x2nr5112k7fz8.jpg</t>
-[...32 lines deleted...]
-    <t>1009632</t>
+    <t>http://anytos.ru//upload/iblock/11d/29d4kecsb5o0v1m01i87jldz7od1mga7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat БЛЕСТКИ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b01/6d5uqp95dhrix20p44tazh0kne9j448k.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ЛОУ-ФАЙ КОТЫ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009631</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a98/ke0iqr5j6n3lizm9jm08qdxzkk3s002j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG, кросс-серия PASTEL, 117015</t>
   </si>
   <si>
     <t>Оригинальный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Твердая обложка долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. На 80-ти листах можно зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010114</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c18/11rlto29m0r156cz0fjv2140s96dwjxr.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, ассорти, CLASSIC, 116231</t>
+  </si>
+  <si>
+    <t>Бизнес-блокноты BRAUBERG &amp;quot;Basic&amp;quot; выполнены в классическом стиле. Подойдут каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>1010115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4cc/6c2dudc4qhhs7qbhjhk0tpw6ymtxne47.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, ассорти, PASTEL, 116230</t>
+  </si>
+  <si>
+    <t>1010116</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c83/5w6gk43ysvtm53hut74fk835iniy6e64.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, красный, 116228</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Basic&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73f/y22xx4yxsgiwfarvvv5gd259dlyjn9we.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, синий, 116229</t>
   </si>
   <si>
     <t>1010118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/780/qcznhw7chj8x5ftvl91g6kvr152y33os.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, черный, 116227</t>
@@ -12968,68 +11986,59 @@
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения рабочих и личных записей. Компактный размер дает возможность всегда держать его под рукой. Блокнот формата А6 на гребне содержит 60 листов с линовкой в клетку. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>1010129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/b7ign0hiz5bm45avrj56vqa40mh2358j.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А6 108х145 мм, 60 л., гребень, картон, клетка, кросс-серия  quot;МИЛЫЕ КОТЫ quot;, BRAUBERG, 116987</t>
   </si>
   <si>
     <t>1010130</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/386/wupk009vlzsut03s6cxoq40ofuxobqe1.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А6 97х145мм, 60л, гребень, картон, клетка, BRAUBERG МОНСТРИКИ, 116997</t>
   </si>
   <si>
     <t>1010131</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae3/ca6a3gu7b8a3aonq9adbw1zve45y33y2.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот МАЛЫЙ ФОРМАТ А7 75х105мм, 40л, гребень, картон, клетка, BRAUBERG МИЛЫЕ КОТЫ, 116988</t>
+    <t>http://anytos.ru//upload/iblock/3cb/jekmxk59p0948ozlq45exr242am9qwh2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7 75х105мм, 40л, гребень, картон, клетка, BRAUBERG МОНСТРИКИ, 116998</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Блокнот формата А7 на гребне содержит 40 листов с линовкой в клетку. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
-    <t>1010133</t>
-[...7 lines deleted...]
-  <si>
     <t>1010134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41b/4xzhd5r3qkdpunt9i4yw5cpr2kl8mnl2.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Bloom quot;, 115537</t>
   </si>
   <si>
     <t>1010135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e3/a5zmz41k6eam941fteiz3p8bf4p3k3x7.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Minimal quot;, ч рный, 115532</t>
   </si>
   <si>
     <t>1010136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ce/zf4b81lcdchzjyig92e35t7vvqu59x1i.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Nature quot;, 115534</t>
@@ -13142,59 +12151,50 @@
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, серый, 117146</t>
   </si>
   <si>
     <t>1012046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b2/x7ear2cm7oi2wpbh6o9b90anu7ko7ugy.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, синий, 117149</t>
   </si>
   <si>
     <t>1012047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29d/mfoiefndiwrkmvopjuiem544vtv0lyms.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, сиреневый, 117150</t>
   </si>
   <si>
     <t>1012048</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b43/60j7wlifyjxqy6jcaonk8hsuug2iywzj.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ea/c9a2djop6yhdwbrbdt66pakmkhlq697e.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм BRAUBERG  quot;Voylok quot;, войлок, резинка, держатель, 80 л., клетка, серый, 117135</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Voylok&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая обложка изготовлена из войлочного материала, очень тактильного на ощупь. Имеет закругленные уголки. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу, а также держатель для ручки, повышающий функциональность блокнота. Формат А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1012050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbc/miom6b08jis3njuxcwoqxt93836dd54j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм BRAUBERG  quot;Voylok quot;, войлок, резинка, держатель, 80 л., клетка, черный, 117134</t>
   </si>
   <si>
     <t>1012051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d06/8ienkwokt1s46tjzfm1pjr1umvbr3s4w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х206 мм, 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG  quot;Minimal Classic quot;, 116426</t>
@@ -13214,59 +12214,50 @@
   <si>
     <t>1012053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f6/rfbrbv928t019ulv6lh4svhlm3j210xh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 180x235 мм, BRAUBERG  quot;Fabulous quot;, гибкий, на кольцах, застежка, 80 л., бежевый, 116194</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Fabulous&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Бизнес-блокнот имеет гибкую прозрачную пластиковую обложку и золотистые детали, что придает ему стильный и оригинальный вид. Имеет закругленные уголки. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета кремового цвета плотностью 70 г/м2. Снабжен застежкой с поворотным механизмом, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Формат А5 &amp;#40;180х235 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1012054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/872/55dp6uwyhgjwbqk6ez8uzzn4afuvg1d5.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 180x235 мм, BRAUBERG  quot;Fabulous quot;, гибкий, на кольцах, застежка, 80 л., голубой, 116193</t>
   </si>
   <si>
     <t>1012055</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c2/cnpoqq7cqytaj3731w9a64065g4h2uy6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/faf/u874jcez4c95e1c786q19xg32mqm6od5.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 180x235 мм, BRAUBERG  quot;Fabulous quot;, гибкий, на кольцах, застежка, 80 л., черный, 116196</t>
   </si>
   <si>
     <t>1012057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/079/r3f5q6qb95saq9xt7eknz0ajtpt4ob0m.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., силиконовый гребень, обложка пластик, клетка, BRAUBERG, бежевый, 117559</t>
   </si>
   <si>
     <t>Стильный и практичный блокнот BRAUBERG – идеальный помощник для записей, заметок и планирования. Прочная пластиковая обложка надежно защищает страницы от повреждений и долго сохраняет безупречный внешний вид. Прочная пластиковая обложка надежно защищает внутренний блок от повреждений и влаги, продлевая срок службы блокнота. Внутри – 80 листов высококачественной офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;, обеспечивающей комфортное письмо. Линовка блока – клетка. Листы скреплены мягким силиконовым гребнем, что обеспечивает удобство использования блокнота. Универсальный формат А5 делает его отличным выбором для учебы, работы и повседневного использования.</t>
   </si>
   <si>
     <t>1012058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b28/0bqle20ut674dcok6ug0q3g7imolvqjf.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., силиконовый гребень, обложка пластик, клетка, BRAUBERG, зеленый, 117560</t>
@@ -13355,66 +12346,759 @@
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., силиконовый гребень, обложка пластик, клетка, BRAUBERG, серый, 117566</t>
   </si>
   <si>
     <t>1012067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecf/92g3tpg6q71qyj8gdlv1feph87ceyv2k.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., силиконовый гребень, обложка пластик, клетка, BRAUBERG, синий, 117565</t>
   </si>
   <si>
     <t>1012068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/562/a45mqo9uj5f0f4wv1wsemxu7v5ln682m.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;PASTEL quot;, 117019</t>
   </si>
   <si>
     <t>1012069</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c7/8x7hyhqmstibs1w5w54tixrf21pcag73.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/192/a92i8el2knsd2fbdngn1c2ao1hbs2y5g.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;МОНСТРИКИ quot;, 117001</t>
   </si>
   <si>
     <t>1012071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf8/8siww1ugq5iaiu2oqrfx24gk1cpf3m4y.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Fish-mob, А6, 60 листов, клетка</t>
+  </si>
+  <si>
+    <t>1013503</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c6/derexrayvxrljkct5r9mhyzaumbf9cfr.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Единорожка, А6, 60 листов, клетка</t>
+  </si>
+  <si>
+    <t>1013504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98e/oepi3swljmpp20qes6zggh659qhrxg4g.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, золото, 084778, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Золото&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe2/1ijyazszt83buvnvt7xnotdqmjg4bb52.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, мята, 084776, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Мята&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014019</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ab/cy8ibpj62zhtcqwt2atw5kzjat0xi46l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, серебро, 084777, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Серебро&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1eb/8rxyyvnnjvymvtp6syjrg44yfya9vyb7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, черный, 084779, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Черный&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca5/cgszkas7wg380zu25jjj2jzfbh75ojec.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, клетка, матовая ламинация, блок 5 цветов, HATBER,  quot;Искусство орнамента quot;, 085277, 80ББ5лофВ130982</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот идеально подходит для важных записей и заметок. 5-цветный блок поможет удобно структурировать информацию по темам. Бизнес-блокнот формата A5 &amp;#40;167х216 мм&amp;#41;, 80 листов. Обложка – твердый переплет. Отделка – матовая ламинация, 3D-фольга. Внутренний блок – офсет 60 г/м2, клетка.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/nrozugik7nezhvqndnxolj0kfb1e1jy7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л., на скобе, картон, клетка, глянцевая ламинация, HATBER,  quot;Animals print quot;, 086090, 80Б5лВ1_31343</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот отлично подойдет для записей и заметок. Блокнот формата A5. Количество листов – 80. Обложка – мелованный картон. Вид отделки – глянцевая ламинация. Внутренний блок – офсет 65 г/м2, в клетку. Скрепление – скоба.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b3/imiufjs2ni5r1vwbxd17bgm8hrqalof2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 96 л., на скобе, картон, клетка, глянцевая ламинация, HATBER, AutoCarbon, 086107, 96Б5лВ1_29380</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот отлично подойдет для записей и заметок. Блокнот формата A5. Количество листов – 96. Обложка – мелованный картон. Вид отделки – глянцевая ламинация. Внутренний блок – офсет 65 г/м2, в клетку. Скрепление – скоба.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38b/5htg1n3leub79wfkgx3jtaoqjvu4s13o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ 210х290 мм, А4, 80 л., бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, черный, 084774, 80ББ4В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок, а также для конспектирования лекций. 5-цветный блок поможет разделять записи по тематическим рубрикам. Бизнес-блокнот формата A4 &amp;#40;210х290 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC, чёрный. Внутренний блок – офсет 65 г/м2, клетка. Твёрдый переплёт. Тиснение CROCO на обложке делает металлический блеск глубже – за счёт этого изделие бликует под разными углами зрения, завораживая своей красотой.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96f/yhypoh0t740tjffwbyn2cot5tldbmr4g.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, синий, 081279, 80Б4В1гр_01609</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот подойдёт для важных записей и заметок. Пластиковая обложка защищает от загрязнений и продлевает срок службы. Берите его с собой, фиксируйте идеи, делайте зарисовки. Блокнот формата А4. Количество листов – 80. Обложка – пластик. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/lkuh681c5u1s3nxicfhxzzjq0ebljw4z.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, черный, 081540, 80Б4В1гр_01601</t>
+  </si>
+  <si>
+    <t>1014027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/v11505tl1ur8gt0mldkmrjvw7kp9wgib.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, BLUE FLOWERS, 090245, 80Б6A1мс_33478</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER BLUE FLOWERS идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a0/wy37lejtc5kgj68my3zm12ifeyq44a0q.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL FLOWERS, 090108, 80Б6A1мс_33479</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER NATURAL FLOWERS идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c67/cc571w36mmp9m23cqzjy224gkaiuddg5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL LEAVES, 090242, 80Б6A1мс_33480</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER NATURAL LEAVES идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/mrft8426m2kzcezicg6eo92636sq4spa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;INSIDE quot;, 080475, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 40. Обложка – мелованный картон с УФ-лаком. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014033</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4e/1f41i5wdnw594cpglzvbhdsm1i63cy7b.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Аквалайф quot;, 080473, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/pih7obycod2df8tr4oxs28pe6wsuenyu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Муркомания quot;, 090640, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf5/b2uot7zf7g6gejjexnhpmwcvozpnfrjl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Проект  quot;Капланопись quot;, 090639, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fe/pb2tkr116dqkwtljryve9v5ov84l4fhd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Хорошо быть  жиком quot;, 080472, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8f/kc2ebiok55qnwtv7mimzwwjbkute1xt2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., склейка, мелованная бумага, клетка, глянцевая ламинация, HATBER,  quot;Кототерапия quot;, 057230, 40Б6лA1к</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот подойдёт для важных записей и заметок. Бумага внутреннего блока повышенной плотности идеально подходит для всех типов чернил, включая гелевые, капиллярные и перьевые ручки. Блокнот формата А6. Количество листов – 40. Обложка – мелованная бумага 250 г/м2 с глянцевой ламинацией. Внутренний блок – офсет 80 г/м2, клетка. Скрепление – отрывная склейка.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac3/rx3s68toia0lv38p1xm0b88y1krtiey2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., склейка, мелованная бумага, клетка, глянцевая ламинация, HATBER,  quot;Скорость и мощь quot;, 077053, 40Б6лA1к</t>
+  </si>
+  <si>
+    <t>1014039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d24/8706qldkmaqppha9pxq7mc8zbxs0l4n6.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., гребень, картон, клетка, HATBER,  quot;Нескучные герои quot;, 088310, 60Б6В1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 60. Обложка – мелованный картон с УФ-лаком. Внутренний блок – офсет, клетка. Скрепление – гребень. Перфорация на отрыв.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/742/vl5s9rioro5rd333x9ztgmmm9fpuny68.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., гребень, картон, клетка, HATBER,  quot;Плюшевые панды quot;, 088304, 60Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cea/tg18sm21cu4mdhhng68963h8jcge1zdh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, зеленый, 086313, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 80. Обложка – мягкий бумвинил с металлизацией и тиснением. Внутренний блок – офсет, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/jfn1aevbyl53iiaen61rqk0pvlsoi1i5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, коричневый, 086312, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>1014043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11b/qzw4vepwqn8vg8x7il3nx2bdxmhbubhy.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, черный, 086310, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>1014044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5d/0w503xinkk6vd94u6ce38gk4wzt37k9p.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Носики-курносики quot;, 082842, 80ЗКтд6В1гр_301</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с твёрдой двойной обложкой. Количество листов – 80. Внутренний блок – офсет 65 г/м2, 2-цветная клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d26/sq4087dygah7pd2eim9vwrfxjggifap9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Чарующая нежность quot;, 082843, 80ЗКтд6В1гр_30</t>
+  </si>
+  <si>
+    <t>1014047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fa/94ev65hy3964ivc0kqs3eav7xtp6jnla.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL LINES, 090246, 80Б6A1мс_33481</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/5j8gdp1e1i4ickqnisqb7b8sq2vbkvdp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Лягух Кир quot;, 081184, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный формат блокнота позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А7. Количество листов – 40. Обложка – мелованный картон. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb8/spcsdg5o6z5081mlj1io6ldcwuivll70.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Мой любимый блокнот quot;, 081193, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/229/82cv47gfdl0tqjrno1hiacygqgojlvxo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Хорошо быть  жиком quot;, 081183, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/729/nszqk0znxqb63xl8gjzfvu3yn4kd9vto.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, дисплей, HATBER, Ассорти  quot;Влад А4 quot;, 087487, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014052</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/238/fudu62o1qod59ux076o8eu82qwbx713s.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;Веселый жираф quot;, 081165, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный формат блокнота позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А7. Количество листов – 60. Обложка – мелованный картон. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014054</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/4kjfs69no85xnqjqr8c5brqjhjq936oi.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;Утиные истории quot;, 081168, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/131/k7t1vo1ik9qkna69obga230faggz0tax.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, черный, 081561, 80Б7В1гр_01601</t>
+  </si>
+  <si>
+    <t>Компактный размер делает блокнот этого формата практичным и функциональным. Пластиковая обложка дополнительно защищает от загрязнений и продлевает срок эксплуатации. Носите блокнот с собой – фиксируйте идеи и делайте зарисовки. Блокнот формата А7. Количество листов – 80. Обложка – пластик. Внутренний блок – офсет 60 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/286/02wxvxgb7iwgpt2o3dyj6q9v48xyv429.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик, клетка, HATBER,  quot;LINE NEON quot;, зеленый, 081518, 80Б7В1гр_03034</t>
+  </si>
+  <si>
+    <t>1014057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/232/dhw6xol860smug4gktn9pn896mlffwml.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик, клетка, HATBER,  quot;LINE NEON quot;, розовый, 081520, 80Б7В1гр_03033</t>
+  </si>
+  <si>
+    <t>1014058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1f/5hwn4d3ajcgsqzjbfd2ceix6fujfdtpi.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;SMART JOURNAL quot; 90 х 90 мм, 110 Л,  quot;FLORA quot; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
+  </si>
+  <si>
+    <t>Мини-блокнот 90*90 мм на колечке с листами из плотной белой бумаги плотностью 80 г/кв.м и пластиковой обложкой. Можно использовать для повседневных записей, а также для создания карточек для запоминания иностранных слов. Кольцо-брелок открывается. Очень удобный аксессуар, который понравится не только детям, но и взрослым за счет оригинальных дизайнов обложки.</t>
+  </si>
+  <si>
+    <t>1016977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efb/u9dg9l7ndvtlsjq5ngw43ca8tzvqukzi.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Стильный блокнот на гребне CUTE JOURNAL формата A6- от Bruno Visconti вертикального открывания. Блокнот предназначен для ведения записей различного характера. Благодаря гребню страницы тетради можно легко переворачивать на 360 градусов и делать записи на «весу» во время брифингов, презентаций. А можно раскрыть на 180 градусов, держа открытым на столе. Дизайн обложки – авторский. Обложка изготовлена из картона с матовой ламинацией Soft Touch и тиснением под золото. Внутренний блок содержит 100 листов бежевой бумаги плотностью 80 г/кв.м в линейку.</t>
+  </si>
+  <si>
+    <t>1016978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61a/vnn5sf4t866id1dftg6agzk20up4vfv8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FLORA. FOREST FAIRY TALE quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1016979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/ef2hk37umn71ipk1rxs1at93omjffzc2.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FLORA. ГРАНАТ quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1016980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e0/i6nc7a6upj6btw0x6l1epp6gmbio4g1a.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FAUNA. БАБОЧКИ.СТРЕКОЗЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 &amp;quot;FAUNA.БАБОЧКИ.СТРЕКОЗЫ&amp;quot; из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/293cd58gdwg82u010t3xpf7i3b8aty2b.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. FOREST FAIRY TALE quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.FOREST FAIRY TALE» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9f/q7r6i681359imv1fzt7jx8qnynioolbo.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. SYMMETRICAL FLORA quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 &amp;quot;FLORA.SYMMETRICAL FLORA&amp;quot; из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b9/tqippf0ikedc30a3ysktymmju0ory2vb.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. ЛЕСНЫЕ ЯГОДЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.ЛЕСНЫЕ ЯГОДЫ» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/550/h9a7kmp3tu5ulg96drhn24s2klard6k1.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.ЛУГОВЫЕ ТРАВЫ» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c1/bc25j91orwx4zyprdzz63sp4qbhnksjk.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FAUNA.ВОЛШЕБНЫЕ СОВЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.ВОЛШЕБНЫЕ СОВЫ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bc/hyguoz758b462ru2o7vy7ryu933yh5o8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FLORA.ЛУГОВЫЕ ТРАВЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛУГОВЫЕ ТРАВЫ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b5/w4162s6q5792lsmcwmhl24c3e9hfpwef.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FAUNA.DEEP SEA quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.DEEP SEA&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/sh6esx2j8chep3famtreuddd9i5035a8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FAUNA.ФАНТАЗИЯ.КОРАЛЛЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.ФАНТАЗИЯ.КОРАЛЛЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/901/vif0wwk8yr05lf7aodc4rwiwbkafp3xe.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ИРИСЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ИРИСЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d15/x2v1kiz1oer7elnnn0yitm1jklso62x3.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛЕСНЫЕ ЯГОДЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76e/fft66l554i236mjl9ioea6i21v4swz27.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ТРОПИЧЕСКИЕ ФРУКТЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ТРОПИЧЕСКИЕ ФРУКТЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/jllwkldt7w2kwle8twjo2y4r6qpjpqyq.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;LUSH.BOUQUET quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;LUSH.BOUQUET&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c8/g990wc3t4txpxbc95elkd1ibqzz8vb0d.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;БАБОЧКИ.СТРЕКОЗЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;БАБОЧКИ.СТРЕКОЗЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/3jht1jqjew229kxa7dkxdue23c68ex3r.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;FLORA.PARADISE.LEMONS quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.LEMONS&amp;quot; формата А4 послужит отличным помощником в работе. Стильный дизайн привлекает внимание. Твердый переплет с глянцевой ламинацией и прошивка блока нитками предохраняют изделие от износа и увеличивают срок службы. Удобная линовка в клетку 320 страниц позволяют вести аккуратные записи в удобном формате, а также делать наброски и чертежи.</t>
+  </si>
+  <si>
+    <t>1016996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1b/25r3wu42e8dkb90kmc9c46dm2lzd6ohc.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛЕСНЫЕ ЯГОДЫ&amp;quot; формата А4 послужит отличным помощником в работе. Стильный дизайн привлекает внимание. Твердый переплет с глянцевой ламинацией и прошивка блока нитками предохраняют изделие от износа и увеличивают срок службы. Удобная линовка в клетку 320 страниц позволяют вести аккуратные записи в удобном формате, а также делать наброски и чертежи.</t>
+  </si>
+  <si>
+    <t>1016997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/s5ahm5balojr8jhzhb3355dvfca4epve.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;УтяКря quot;, 079618, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1017306</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/171/6umja6yjlml5o2sldut2o6o2ia6gajq6.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80 листов, евроформат, BG  quot;Все получится quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот «Все получится» от bg — это удобный и стильный инструмент для работы и учёбы. Он отлично подойдет офисным сотрудникам, студентам, преподавателям и тем, кто ценит комфорт и порядок в планировании. Внутренний блок состоит из 80 листов белой офсетной бумаги плотностью 60-65 г/м?. Благодаря формату А5 блокнот легко поместится в сумку или рюкзак. Линовка в клетку делает товар удобным для построения таблиц, чертежей или графиков. Обложка из твердого картона с матовой ламинацией придает блокноту аккуратный внешний вид и защищает изделие от повреждений даже при длительном использовании. От.делка дополнена выборочным лаком. Дизайн вдохновит на реализацию любых идей.</t>
+  </si>
+  <si>
+    <t>1017660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b0/k8mcs7hjrk5m0mqhavxvhd122ncqmc46.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80 листов, евроформат, BG  quot;Минимализм quot;, soft-touch ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот «Минимализм» от bg — это удобный и стильный инструмент для работы и учёбы. Он отлично подойдет офисным сотрудникам, студентам, преподавателям и тем, кто ценит комфорт и порядок в планировании. Внутренний блок состоит из 80 листов белой офсетной бумаги плотностью 60-65 г/м?. Благодаря формату А5 блокнот легко поместится в сумку или рюкзак. Линовка в клетку делает товар удобным для построения таблиц, чертежей или графиков. Обложка из твердого картона с soft-touch ламинацией придает блокноту аккуратный внешний вид и защищает изделие от повреждений даже при длительном использовании. Минималистичный дизайн вдохновит на реализацию любых идей.</t>
+  </si>
+  <si>
+    <t>1017661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cf/2rfrch3cgij1li2ek9rx3zf21pz1hy4f.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80 листов, BG  quot;Aerial dreams quot;,soft-touch ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG &amp;quot;Aerial dreams&amp;quot; формата А5 &amp;#40;167*216 мм&amp;#41; состоит из 80 листов и отлично подойдет для работы и учёбы. Внутренний блок – офсетная бумага белого цвета плотностью 65 г/м?, линовка – клетка, тип скрепления – сшивка. Обложка блокнота изготовлена из твёрдого картона с приятным тактильным эффектом soft-touch. • Формат: А5 &amp;#40;167*216 мм&amp;#41;; • Кол-во листов: 80; • Линовка: клетка; • Тип скрепления: сшивка; • Материал обложки: твёрдый картон; • Отделка обложки: soft-touch ламинация.</t>
+  </si>
+  <si>
+    <t>1017662</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -13741,27524 +13425,26958 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1210"/>
+  <dimension ref="A1:M1183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G1210" sqref="G1210"/>
+      <selection pane="bottomRight" activeCell="G1183" sqref="G1183"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...121 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...18 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="G36" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>160</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G43" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>189</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F44" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...6 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G78" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...708 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>300</v>
+        <v>149</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>327</v>
+        <v>149</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>327</v>
+        <v>149</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>300</v>
+        <v>149</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G83" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...12 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B85" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F85" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G85" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="G88" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>362</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="B90" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="F90" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="G90" s="3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G91" s="3" t="s">
+      <c r="C92" s="1" t="s">
         <v>375</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="B93" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>386</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G95" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>300</v>
+        <v>390</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G97" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>399</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G100" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...6 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G102" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...6 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>423</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>427</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="G104" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>428</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="3" t="s">
+      <c r="B106" s="1" t="s">
         <v>433</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B108" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="B109" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="F109" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="B110" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="F110" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="B111" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="F111" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G111" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+      <c r="B112" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...6 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>465</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>469</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>470</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>473</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>477</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>483</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>497</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>501</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>54</v>
+        <v>346</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>54</v>
+        <v>346</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>506</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>508</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>509</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>510</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>511</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>508</v>
+        <v>528</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>508</v>
+        <v>528</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>537</v>
+        <v>528</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>541</v>
+        <v>528</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C136" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B136" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>555</v>
+        <v>566</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>603</v>
+        <v>346</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>54</v>
+        <v>346</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>54</v>
+        <v>613</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B153" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="F153" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G153" s="3" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>620</v>
+        <v>35</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>624</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>344</v>
+        <v>35</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
         <v>626</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>629</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>344</v>
+        <v>385</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>630</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>636</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>344</v>
+        <v>385</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>640</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>344</v>
+        <v>385</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
         <v>641</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>644</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>300</v>
+        <v>385</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
         <v>645</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>646</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>300</v>
+        <v>390</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C163" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="B163" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C167" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="B167" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>680</v>
+        <v>664</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>681</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
         <v>682</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>683</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>684</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>685</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>300</v>
+        <v>385</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
         <v>686</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>687</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>688</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>689</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
         <v>690</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C176" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>327</v>
+        <v>369</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B178" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>54</v>
+        <v>369</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G179" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G181" s="3" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...45 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>718</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>724</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>327</v>
+        <v>35</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>472</v>
+        <v>727</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>43</v>
+        <v>369</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>349</v>
+        <v>35</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C190" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="F190" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="C191" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="C191" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B192" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C192" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="C193" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="F192" s="3" t="s">
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="G192" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G193" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="B193" s="1" t="s">
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="C194" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="F194" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="G194" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="B195" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C196" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="F196" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="G196" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G196" s="3" t="s">
+      <c r="B197" s="1" t="s">
         <v>774</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="B198" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G197" s="3" t="s">
+      <c r="C198" s="1" t="s">
         <v>779</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G198" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E198" s="3" t="s">
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G198" s="3" t="s">
+      <c r="B199" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C199" s="1" t="s">
         <v>779</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B199" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G199" s="3" t="s">
+      <c r="B200" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C200" s="1" t="s">
         <v>779</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B200" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F201" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F202" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="C204" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="B205" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="F204" s="3" t="s">
+      <c r="C205" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="G204" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="F205" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="G205" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="F207" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...39 lines deleted...]
-      <c r="C207" s="1" t="s">
+      <c r="G207" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="B208" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="B210" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="C210" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="B211" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="C211" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="B212" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="C212" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="B213" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="B214" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="B215" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="B216" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="B217" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="B218" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="C218" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="B219" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="B219" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="B220" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="C220" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="B221" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="C221" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="B222" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="B223" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="B224" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="C224" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="B225" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="C225" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="B226" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="B227" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="C227" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="B228" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="B229" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="B230" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="B231" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="B232" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="B233" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="B234" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="B235" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="C235" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="B236" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="B237" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="B238" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="B239" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="B240" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="C240" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="B241" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="C241" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="D241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B242" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C242" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="B243" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="C243" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="B244" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="B245" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="C245" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C245" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="B246" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>963</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="B246" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="B247" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B248" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="B249" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>975</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="B250" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>991</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>995</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B256" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="D256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="B257" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="B258" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B259" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C259" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="D260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="B261" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="C261" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="B262" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="C262" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="D262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="B263" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="D263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="C263" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="B264" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="C264" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="D264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="B265" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="C265" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="D265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="B266" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="C266" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1043</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="F266" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="D266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="B267" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="B268" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="C268" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="D268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1051</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="B269" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="B270" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="C270" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1059</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B271" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="C271" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="D271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="B272" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="C272" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="D272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="C272" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="B273" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="C273" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="D273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1071</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="B274" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="B275" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="C275" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1079</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="D277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="B278" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="B279" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="B280" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="C280" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="D280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="C280" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="D280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="B281" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="C281" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="C281" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="B282" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1107</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="B284" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="B285" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B286" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B287" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="B288" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1135</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B290" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="F291" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="B292" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="B293" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1151</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="F293" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B294" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1155</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="B295" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1159</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="B296" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="B297" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1167</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B298" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1171</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="B299" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="C300" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="C301" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1188</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C304" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1191</v>
       </c>
-      <c r="C303" s="1" t="s">
+      <c r="F304" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="B305" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="C305" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1194</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="C306" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1197</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="C307" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1200</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1204</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C309" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1207</v>
       </c>
-      <c r="C307" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F309" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C310" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="F310" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C311" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1213</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F311" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="C312" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1216</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F312" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C313" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="C311" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C314" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="B315" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="C315" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1225</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="F315" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C313" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="B316" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="C316" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1228</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="F316" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="C314" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="B317" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1232</v>
       </c>
-      <c r="C315" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="F317" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="C316" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="D318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1236</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="C317" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="C319" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1240</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="C320" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G318" s="3" t="s">
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1244</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="F320" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="D321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1247</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="F321" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="C322" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="F322" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="F320" s="3" t="s">
+      <c r="B323" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="G320" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="C323" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1254</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="F323" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="B324" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="C324" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="C322" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="D324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1258</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="B325" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="C325" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="C324" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="B326" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="C325" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="F326" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="B327" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="C326" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="D327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="C328" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1274</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="D328" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="C329" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="F329" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="C329" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="C330" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="C330" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="C331" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1286</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="F331" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="C331" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="D331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="C332" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="D332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1290</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="F332" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="C333" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1294</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="F333" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="B334" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="C334" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="D334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1298</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="B335" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="C335" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="D335" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1302</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="F335" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="C335" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="B336" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1306</v>
       </c>
-      <c r="C336" s="1" t="s">
+      <c r="F336" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="D336" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="B337" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="C337" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1309</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="F337" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="B338" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="C338" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1312</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="F338" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="B339" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="C338" s="1" t="s">
+      <c r="C339" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1315</v>
       </c>
-      <c r="D338" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="F339" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1317</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="C340" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1318</v>
       </c>
-      <c r="C339" s="1" t="s">
+      <c r="F340" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="D339" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="B341" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="C341" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="D341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1322</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="F341" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="B342" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="C342" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1325</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="F342" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="B343" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="C343" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1328</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="F343" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="B344" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="C344" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1331</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="F344" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="B345" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="C345" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1334</v>
       </c>
-      <c r="C343" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1335</v>
       </c>
-      <c r="D343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="B346" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="C346" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1337</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="F346" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1338</v>
       </c>
-      <c r="C344" s="1" t="s">
+      <c r="B347" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="C347" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="D347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1341</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="F347" s="3" t="s">
         <v>1342</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="G347" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="B348" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="D348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1346</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="F348" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="B349" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="D349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1350</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="F349" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="B350" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="D350" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1354</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="F350" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="B351" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="C351" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1358</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="F351" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="B352" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1362</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="B353" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="B354" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1370</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B355" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="F355" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="D356" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="C357" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1382</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="C356" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="B358" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1386</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="B359" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="D359" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="C358" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="F359" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="B360" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="C359" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="D360" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1394</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="F360" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="G360" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="C360" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="B361" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="D361" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1399</v>
       </c>
-      <c r="C361" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="F361" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="C362" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D362" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>1403</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>300</v>
+        <v>1395</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>1405</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>1407</v>
       </c>
       <c r="F363" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="G363" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="D364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1411</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="F364" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="C365" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="D365" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1415</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="F365" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="B366" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="C366" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="D366" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1419</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="F366" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="C367" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="D367" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1423</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="F367" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="C368" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="D368" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1427</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="F368" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="C369" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="D369" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1431</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="F369" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="C370" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="D370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1435</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="F370" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="C371" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="D371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1439</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="F371" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="D372" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1443</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="F372" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1447</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="F373" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="D374" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1451</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="F374" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="C375" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="D375" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1455</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="F375" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="C376" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1458</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="B377" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="F376" s="3" t="s">
+      <c r="C377" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="G376" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1462</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="C378" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1466</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="C379" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="D379" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1470</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1472</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="C380" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1474</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="C381" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1478</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="F381" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="C382" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1482</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="C383" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1486</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="C384" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="D384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1490</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="C385" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="D385" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1494</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="C386" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="D386" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1498</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="C387" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="D387" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1502</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="C388" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="D388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1506</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="C389" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="D389" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1510</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="C390" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="D390" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1514</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="C391" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1518</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="C392" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C392" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="B393" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1526</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="B394" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="D394" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="C394" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="B395" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="F395" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="B396" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="C396" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="F396" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="B397" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="B398" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="C398" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="D398" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1546</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="B399" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="C399" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="D399" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="F399" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="B400" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="C400" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="D400" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1554</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="D400" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="B401" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="C401" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1558</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="B402" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="C402" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1562</v>
       </c>
-      <c r="C402" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="B403" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="C403" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="D403" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1566</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="B404" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="C404" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="D404" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1570</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="B405" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="C405" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="D405" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1574</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="B406" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="C406" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="D406" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1578</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="B407" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="C407" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="D407" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1582</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="B408" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="C408" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="D408" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1586</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="B409" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1590</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="B410" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1594</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="B411" s="1" t="s">
         <v>1596</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="C411" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="D411" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1598</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="B412" s="1" t="s">
         <v>1600</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="C412" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1602</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1603</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="B413" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="C413" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="D413" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1606</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1607</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="B414" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="C414" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1610</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="B415" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="C415" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1613</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="F415" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="C415" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1615</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="C416" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1616</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="C416" s="1" t="s">
+      <c r="C417" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1619</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="F417" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="C418" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1622</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="B419" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="B420" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="C420" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1630</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="B421" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="C421" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1634</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="B422" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1637</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1638</v>
       </c>
-      <c r="C421" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="B423" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1642</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="B424" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1646</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="B425" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1649</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1650</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="F425" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="B426" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1653</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1654</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="F426" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="B427" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1658</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="F427" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="B428" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1662</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="F428" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="B429" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="C429" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1666</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="F429" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="B430" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="C430" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1670</v>
       </c>
-      <c r="C429" s="1" t="s">
+      <c r="F430" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="D429" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="B431" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="C431" s="1" t="s">
         <v>1673</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1674</v>
       </c>
-      <c r="C430" s="1" t="s">
+      <c r="F431" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="D430" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="B432" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="C432" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1678</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="B433" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1681</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1682</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="B434" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="C434" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1686</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="B435" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="C435" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="D435" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1690</v>
       </c>
-      <c r="C434" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="F435" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="B436" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="C436" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="C435" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="D436" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1694</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="F436" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="C436" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="C437" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1698</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1699</v>
       </c>
-      <c r="C437" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="B438" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="C438" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1701</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="C438" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="C439" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1704</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="F439" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="B440" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="C440" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1707</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="F440" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="C441" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="D441" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1711</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="F441" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="D442" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1715</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="F442" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1716</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="C443" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1718</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="D442" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="B444" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1721</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="D444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1722</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="B445" s="1" t="s">
         <v>1724</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="C445" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1725</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="C444" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="D444" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C446" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1728</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="F446" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="C447" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="D447" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1732</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="F447" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1734</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="C448" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1735</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="F448" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="C449" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1738</v>
       </c>
-      <c r="C447" s="1" t="s">
+      <c r="F449" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="D447" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="B450" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="D450" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="C448" s="1" t="s">
+      <c r="F450" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="D448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="B451" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="C451" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1745</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="F451" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+      <c r="C452" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E452" s="3" t="s">
         <v>1748</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A450" s="1" t="s">
+      <c r="F452" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="B453" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="C453" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" s="3" t="s">
         <v>1751</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="F453" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
         <v>1752</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="B454" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="C454" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="C451" s="1" t="s">
+      <c r="D454" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E454" s="3" t="s">
         <v>1755</v>
       </c>
-      <c r="D451" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="F454" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="F451" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A452" s="1" t="s">
+      <c r="B455" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="B452" s="1" t="s">
+      <c r="C455" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="C452" s="1" t="s">
+      <c r="D455" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E455" s="3" t="s">
         <v>1759</v>
       </c>
-      <c r="D452" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E452" s="3" t="s">
+      <c r="F455" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="F452" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A453" s="1" t="s">
+      <c r="B456" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="B453" s="1" t="s">
+      <c r="C456" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="C453" s="1" t="s">
+      <c r="D456" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1763</v>
       </c>
-      <c r="D453" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E453" s="3" t="s">
+      <c r="F456" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="F453" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A454" s="1" t="s">
+      <c r="B457" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="B454" s="1" t="s">
+      <c r="C457" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1766</v>
       </c>
-      <c r="C454" s="1" t="s">
+      <c r="F457" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="D454" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E454" s="3" t="s">
+      <c r="B458" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="F454" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A455" s="1" t="s">
+      <c r="C458" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1769</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="F458" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
         <v>1770</v>
       </c>
-      <c r="C455" s="1" t="s">
+      <c r="B459" s="1" t="s">
         <v>1771</v>
       </c>
-      <c r="D455" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="C459" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="F455" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A456" s="1" t="s">
+      <c r="D459" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1773</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="F459" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="C456" s="1" t="s">
+      <c r="B460" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="D456" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="C460" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E460" s="3" t="s">
         <v>1776</v>
       </c>
-      <c r="F456" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A457" s="1" t="s">
+      <c r="F460" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="B461" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="C457" s="1" t="s">
+      <c r="C461" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E461" s="3" t="s">
         <v>1779</v>
       </c>
-      <c r="D457" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E457" s="3" t="s">
+      <c r="F461" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
         <v>1780</v>
       </c>
-      <c r="F457" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A458" s="1" t="s">
+      <c r="B462" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="C462" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E462" s="3" t="s">
         <v>1782</v>
       </c>
-      <c r="C458" s="1" t="s">
+      <c r="F462" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
         <v>1783</v>
       </c>
-      <c r="D458" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E458" s="3" t="s">
+      <c r="B463" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="F458" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A459" s="1" t="s">
+      <c r="C463" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="D463" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E463" s="3" t="s">
         <v>1786</v>
       </c>
-      <c r="C459" s="1" t="s">
+      <c r="F463" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="D459" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="B464" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="F459" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A460" s="1" t="s">
+      <c r="C464" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="D464" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464" s="3" t="s">
         <v>1790</v>
       </c>
-      <c r="C460" s="1" t="s">
+      <c r="F464" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="D460" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E460" s="3" t="s">
+      <c r="B465" s="1" t="s">
         <v>1792</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A461" s="1" t="s">
+      <c r="C465" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E465" s="3" t="s">
         <v>1793</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="F465" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="C461" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="B466" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="F461" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A462" s="1" t="s">
+      <c r="C466" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="B462" s="1" t="s">
+      <c r="D466" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E466" s="3" t="s">
         <v>1797</v>
       </c>
-      <c r="C462" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E462" s="3" t="s">
+      <c r="F466" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
         <v>1798</v>
       </c>
-      <c r="F462" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A463" s="1" t="s">
+      <c r="B467" s="1" t="s">
         <v>1799</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="C467" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="C463" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E463" s="3" t="s">
+      <c r="D467" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E467" s="3" t="s">
         <v>1801</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A464" s="1" t="s">
+      <c r="F467" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
         <v>1802</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="B468" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="C464" s="1" t="s">
+      <c r="C468" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E468" s="3" t="s">
         <v>1804</v>
       </c>
-      <c r="D464" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E464" s="3" t="s">
+      <c r="F468" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
         <v>1805</v>
       </c>
-      <c r="F464" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A465" s="1" t="s">
+      <c r="B469" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="C469" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="C465" s="1" t="s">
+      <c r="D469" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E469" s="3" t="s">
         <v>1808</v>
       </c>
-      <c r="D465" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="3" t="s">
+      <c r="F469" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="F465" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A466" s="1" t="s">
+      <c r="B470" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="C470" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="C466" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E466" s="3" t="s">
+      <c r="D470" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" s="3" t="s">
         <v>1812</v>
       </c>
-      <c r="F466" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A467" s="1" t="s">
+      <c r="F470" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1813</v>
       </c>
-      <c r="B467" s="1" t="s">
+      <c r="B471" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="C467" s="1" t="s">
+      <c r="C471" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="D467" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E467" s="3" t="s">
+      <c r="D471" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1816</v>
       </c>
-      <c r="F467" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A468" s="1" t="s">
+      <c r="F471" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1817</v>
       </c>
-      <c r="B468" s="1" t="s">
+      <c r="B472" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="C468" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E468" s="3" t="s">
+      <c r="C472" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A469" s="1" t="s">
+      <c r="D472" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1820</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="F472" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1821</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="B473" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="C473" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="D473" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1824</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="F473" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1825</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="B474" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="C474" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="D474" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1828</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="F474" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1829</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="B475" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="C475" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="C472" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="D475" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1832</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="F475" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1833</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="B476" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="C473" s="1" t="s">
+      <c r="C476" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1835</v>
       </c>
-      <c r="D473" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="F476" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="B477" s="1" t="s">
         <v>1837</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>1838</v>
       </c>
-      <c r="C474" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="D477" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1839</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="F477" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="B478" s="1" t="s">
         <v>1841</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="C478" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+      <c r="D478" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1843</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="F478" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="C476" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="B479" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="F476" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="C479" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="D479" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E479" s="3" t="s">
         <v>1847</v>
       </c>
-      <c r="C477" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="F479" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="F477" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A478" s="1" t="s">
+      <c r="B480" s="1" t="s">
         <v>1849</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="C480" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480" s="3" t="s">
         <v>1850</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="F480" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="B481" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="F478" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A479" s="1" t="s">
+      <c r="C481" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="D481" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E481" s="3" t="s">
         <v>1854</v>
       </c>
-      <c r="C479" s="1" t="s">
+      <c r="F481" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="B482" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="F479" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A480" s="1" t="s">
+      <c r="C482" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="B480" s="1" t="s">
+      <c r="D482" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E482" s="3" t="s">
         <v>1858</v>
       </c>
-      <c r="C480" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E480" s="3" t="s">
+      <c r="F482" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="F480" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="1" t="s">
+      <c r="B483" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="C483" s="1" t="s">
         <v>1861</v>
       </c>
-      <c r="C481" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E481" s="3" t="s">
+      <c r="D483" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E483" s="3" t="s">
         <v>1862</v>
       </c>
-      <c r="F481" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="1" t="s">
+      <c r="F483" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="B484" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="C482" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E482" s="3" t="s">
+      <c r="C484" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="F482" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A483" s="1" t="s">
+      <c r="D484" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E484" s="3" t="s">
         <v>1866</v>
       </c>
-      <c r="B483" s="1" t="s">
+      <c r="F484" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="C483" s="1" t="s">
+      <c r="B485" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="D483" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E483" s="3" t="s">
+      <c r="C485" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="F483" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A484" s="1" t="s">
+      <c r="D485" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E485" s="3" t="s">
         <v>1870</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="F485" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="C484" s="1" t="s">
+      <c r="B486" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="D484" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E484" s="3" t="s">
+      <c r="C486" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="F484" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A485" s="1" t="s">
+      <c r="D486" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E486" s="3" t="s">
         <v>1874</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="F486" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="C485" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E485" s="3" t="s">
+      <c r="B487" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="F485" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A486" s="1" t="s">
+      <c r="C487" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="D487" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E487" s="3" t="s">
         <v>1878</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E486" s="3" t="s">
+      <c r="F487" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="F486" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A487" s="1" t="s">
+      <c r="B488" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="B487" s="1" t="s">
+      <c r="C488" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="C487" s="1" t="s">
+      <c r="D488" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E488" s="3" t="s">
         <v>1882</v>
       </c>
-      <c r="D487" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E487" s="3" t="s">
+      <c r="F488" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
         <v>1883</v>
       </c>
-      <c r="F487" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A488" s="1" t="s">
+      <c r="B489" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="B488" s="1" t="s">
+      <c r="C489" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="C488" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E488" s="3" t="s">
+      <c r="D489" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E489" s="3" t="s">
         <v>1886</v>
       </c>
-      <c r="F488" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A489" s="1" t="s">
+      <c r="F489" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
         <v>1887</v>
       </c>
-      <c r="B489" s="1" t="s">
+      <c r="B490" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="C489" s="1" t="s">
+      <c r="C490" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="D489" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E489" s="3" t="s">
+      <c r="D490" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E490" s="3" t="s">
         <v>1890</v>
       </c>
-      <c r="F489" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A490" s="1" t="s">
+      <c r="F490" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="B490" s="1" t="s">
+      <c r="B491" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="C490" s="1" t="s">
+      <c r="C491" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>1893</v>
       </c>
-      <c r="D490" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E490" s="3" t="s">
+      <c r="F491" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="F490" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A491" s="1" t="s">
+      <c r="B492" s="1" t="s">
         <v>1895</v>
       </c>
-      <c r="B491" s="1" t="s">
+      <c r="C492" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E492" s="3" t="s">
         <v>1896</v>
       </c>
-      <c r="C491" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E491" s="3" t="s">
+      <c r="F492" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="F491" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A492" s="1" t="s">
+      <c r="B493" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="B492" s="1" t="s">
+      <c r="C493" s="1" t="s">
         <v>1899</v>
       </c>
-      <c r="C492" s="1" t="s">
+      <c r="D493" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E493" s="3" t="s">
         <v>1900</v>
       </c>
-      <c r="D492" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E492" s="3" t="s">
+      <c r="F493" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G493" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A494" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="F492" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A493" s="1" t="s">
+      <c r="B494" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="B493" s="1" t="s">
+      <c r="C494" s="1" t="s">
         <v>1903</v>
       </c>
-      <c r="C493" s="1" t="s">
+      <c r="D494" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E494" s="3" t="s">
         <v>1904</v>
       </c>
-      <c r="D493" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E493" s="3" t="s">
+      <c r="F494" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G494" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A495" s="1" t="s">
         <v>1905</v>
       </c>
-      <c r="F493" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A494" s="1" t="s">
+      <c r="B495" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="B494" s="1" t="s">
+      <c r="C495" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E495" s="3" t="s">
         <v>1907</v>
       </c>
-      <c r="C494" s="1" t="s">
+      <c r="F495" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
         <v>1908</v>
       </c>
-      <c r="D494" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E494" s="3" t="s">
+      <c r="B496" s="1" t="s">
         <v>1909</v>
       </c>
-      <c r="F494" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A495" s="1" t="s">
+      <c r="C496" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="B495" s="1" t="s">
+      <c r="D496" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E496" s="3" t="s">
         <v>1911</v>
       </c>
-      <c r="C495" s="1" t="s">
+      <c r="F496" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G496" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
         <v>1912</v>
       </c>
-      <c r="D495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="B497" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="F495" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A496" s="1" t="s">
+      <c r="C497" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="D497" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E497" s="3" t="s">
         <v>1915</v>
       </c>
-      <c r="C496" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E496" s="3" t="s">
+      <c r="F497" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
         <v>1916</v>
       </c>
-      <c r="F496" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A497" s="1" t="s">
+      <c r="B498" s="1" t="s">
         <v>1917</v>
       </c>
-      <c r="B497" s="1" t="s">
+      <c r="C498" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="C497" s="1" t="s">
+      <c r="D498" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E498" s="3" t="s">
         <v>1919</v>
       </c>
-      <c r="D497" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E497" s="3" t="s">
+      <c r="F498" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G498" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
         <v>1920</v>
       </c>
-      <c r="F497" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A498" s="1" t="s">
+      <c r="B499" s="1" t="s">
         <v>1921</v>
       </c>
-      <c r="B498" s="1" t="s">
+      <c r="C499" s="1" t="s">
         <v>1922</v>
       </c>
-      <c r="C498" s="1" t="s">
+      <c r="D499" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499" s="3" t="s">
         <v>1923</v>
       </c>
-      <c r="D498" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E498" s="3" t="s">
+      <c r="F499" s="3" t="s">
         <v>1924</v>
       </c>
-      <c r="F498" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A499" s="1" t="s">
+      <c r="G499" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
         <v>1925</v>
       </c>
-      <c r="B499" s="1" t="s">
+      <c r="B500" s="1" t="s">
         <v>1926</v>
-      </c>
-[...21 lines deleted...]
-        <v>1930</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1927</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F500" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C501" s="1" t="s">
         <v>1931</v>
       </c>
-      <c r="F500" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A501" s="1" t="s">
+      <c r="D501" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E501" s="3" t="s">
         <v>1932</v>
       </c>
-      <c r="B501" s="1" t="s">
+      <c r="F501" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="C501" s="1" t="s">
+      <c r="B502" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="D501" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E501" s="3" t="s">
+      <c r="C502" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="F501" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A502" s="1" t="s">
+      <c r="D502" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E502" s="3" t="s">
         <v>1936</v>
       </c>
-      <c r="B502" s="1" t="s">
+      <c r="F502" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="C502" s="1" t="s">
+      <c r="B503" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="D502" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E502" s="3" t="s">
+      <c r="C503" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E503" s="3" t="s">
         <v>1939</v>
       </c>
-      <c r="F502" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A503" s="1" t="s">
+      <c r="F503" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="B503" s="1" t="s">
+      <c r="B504" s="1" t="s">
         <v>1941</v>
       </c>
-      <c r="C503" s="1" t="s">
+      <c r="C504" s="1" t="s">
         <v>1942</v>
       </c>
-      <c r="D503" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E503" s="3" t="s">
+      <c r="D504" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E504" s="3" t="s">
         <v>1943</v>
       </c>
-      <c r="F503" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A504" s="1" t="s">
+      <c r="F504" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
         <v>1944</v>
       </c>
-      <c r="B504" s="1" t="s">
+      <c r="B505" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="C504" s="1" t="s">
+      <c r="C505" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="D504" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E504" s="3" t="s">
+      <c r="D505" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E505" s="3" t="s">
         <v>1947</v>
       </c>
-      <c r="F504" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A505" s="1" t="s">
+      <c r="F505" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
         <v>1948</v>
       </c>
-      <c r="B505" s="1" t="s">
+      <c r="B506" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="C505" s="1" t="s">
+      <c r="C506" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="D505" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E505" s="3" t="s">
+      <c r="D506" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E506" s="3" t="s">
         <v>1951</v>
       </c>
-      <c r="F505" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A506" s="1" t="s">
+      <c r="F506" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
         <v>1952</v>
       </c>
-      <c r="B506" s="1" t="s">
+      <c r="B507" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="C506" s="1" t="s">
+      <c r="C507" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E507" s="3" t="s">
         <v>1954</v>
       </c>
-      <c r="D506" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E506" s="3" t="s">
+      <c r="F507" s="3" t="s">
         <v>1955</v>
       </c>
-      <c r="F506" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A507" s="1" t="s">
+      <c r="G507" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
         <v>1956</v>
       </c>
-      <c r="B507" s="1" t="s">
+      <c r="B508" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="C507" s="1" t="s">
+      <c r="C508" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E508" s="3" t="s">
         <v>1958</v>
       </c>
-      <c r="D507" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E507" s="3" t="s">
+      <c r="F508" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
         <v>1959</v>
       </c>
-      <c r="F507" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A508" s="1" t="s">
+      <c r="B509" s="1" t="s">
         <v>1960</v>
       </c>
-      <c r="B508" s="1" t="s">
+      <c r="C509" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E509" s="3" t="s">
         <v>1961</v>
       </c>
-      <c r="C508" s="1" t="s">
+      <c r="F509" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="D508" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E508" s="3" t="s">
+      <c r="B510" s="1" t="s">
         <v>1963</v>
       </c>
-      <c r="F508" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A509" s="1" t="s">
+      <c r="C510" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="3" t="s">
         <v>1964</v>
       </c>
-      <c r="B509" s="1" t="s">
+      <c r="F510" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="C509" s="1" t="s">
+      <c r="B511" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="D509" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E509" s="3" t="s">
+      <c r="C511" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" s="3" t="s">
         <v>1967</v>
       </c>
-      <c r="F509" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A510" s="1" t="s">
+      <c r="F511" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
         <v>1968</v>
       </c>
-      <c r="B510" s="1" t="s">
+      <c r="B512" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="C510" s="1" t="s">
+      <c r="C512" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E512" s="3" t="s">
         <v>1970</v>
       </c>
-      <c r="D510" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E510" s="3" t="s">
+      <c r="F512" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
         <v>1971</v>
       </c>
-      <c r="F510" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A511" s="1" t="s">
+      <c r="B513" s="1" t="s">
         <v>1972</v>
       </c>
-      <c r="B511" s="1" t="s">
+      <c r="C513" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513" s="3" t="s">
         <v>1973</v>
       </c>
-      <c r="C511" s="1" t="s">
+      <c r="F513" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="D511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E511" s="3" t="s">
+      <c r="B514" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="F511" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A512" s="1" t="s">
+      <c r="C514" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="3" t="s">
         <v>1976</v>
       </c>
-      <c r="B512" s="1" t="s">
+      <c r="F514" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="C512" s="1" t="s">
+      <c r="B515" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="D512" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E512" s="3" t="s">
+      <c r="C515" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="3" t="s">
         <v>1979</v>
       </c>
-      <c r="F512" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A513" s="1" t="s">
+      <c r="F515" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
         <v>1980</v>
       </c>
-      <c r="B513" s="1" t="s">
+      <c r="B516" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="C513" s="1" t="s">
+      <c r="C516" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E516" s="3" t="s">
         <v>1982</v>
       </c>
-      <c r="D513" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E513" s="3" t="s">
+      <c r="F516" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
         <v>1983</v>
       </c>
-      <c r="F513" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A514" s="1" t="s">
+      <c r="B517" s="1" t="s">
         <v>1984</v>
       </c>
-      <c r="B514" s="1" t="s">
+      <c r="C517" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E517" s="3" t="s">
         <v>1985</v>
       </c>
-      <c r="C514" s="1" t="s">
+      <c r="F517" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
         <v>1986</v>
       </c>
-      <c r="D514" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E514" s="3" t="s">
+      <c r="B518" s="1" t="s">
         <v>1987</v>
       </c>
-      <c r="F514" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A515" s="1" t="s">
+      <c r="C518" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E518" s="3" t="s">
         <v>1988</v>
       </c>
-      <c r="B515" s="1" t="s">
+      <c r="F518" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="C515" s="1" t="s">
+      <c r="B519" s="1" t="s">
         <v>1990</v>
       </c>
-      <c r="D515" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E515" s="3" t="s">
+      <c r="C519" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E519" s="3" t="s">
         <v>1991</v>
       </c>
-      <c r="F515" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A516" s="1" t="s">
+      <c r="F519" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
         <v>1992</v>
       </c>
-      <c r="B516" s="1" t="s">
+      <c r="B520" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="C516" s="1" t="s">
+      <c r="C520" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" s="3" t="s">
         <v>1994</v>
       </c>
-      <c r="D516" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E516" s="3" t="s">
+      <c r="F520" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="F516" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A517" s="1" t="s">
+      <c r="B521" s="1" t="s">
         <v>1996</v>
       </c>
-      <c r="B517" s="1" t="s">
+      <c r="C521" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E521" s="3" t="s">
         <v>1997</v>
       </c>
-      <c r="C517" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E517" s="3" t="s">
+      <c r="F521" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
         <v>1998</v>
       </c>
-      <c r="F517" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A518" s="1" t="s">
+      <c r="B522" s="1" t="s">
         <v>1999</v>
       </c>
-      <c r="B518" s="1" t="s">
+      <c r="C522" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E522" s="3" t="s">
         <v>2000</v>
       </c>
-      <c r="C518" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E518" s="3" t="s">
+      <c r="F522" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="F518" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A519" s="1" t="s">
+      <c r="B523" s="1" t="s">
         <v>2002</v>
       </c>
-      <c r="B519" s="1" t="s">
+      <c r="C523" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E523" s="3" t="s">
         <v>2003</v>
       </c>
-      <c r="C519" s="1" t="s">
+      <c r="F523" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
         <v>2004</v>
       </c>
-      <c r="D519" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E519" s="3" t="s">
+      <c r="B524" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="F519" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A520" s="1" t="s">
+      <c r="C524" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E524" s="3" t="s">
         <v>2006</v>
       </c>
-      <c r="B520" s="1" t="s">
+      <c r="F524" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="C520" s="1" t="s">
+      <c r="B525" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="D520" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E520" s="3" t="s">
+      <c r="C525" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E525" s="3" t="s">
         <v>2009</v>
       </c>
-      <c r="F520" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A521" s="1" t="s">
+      <c r="F525" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
         <v>2010</v>
       </c>
-      <c r="B521" s="1" t="s">
+      <c r="B526" s="1" t="s">
         <v>2011</v>
       </c>
-      <c r="C521" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E521" s="3" t="s">
+      <c r="C526" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" s="3" t="s">
         <v>2012</v>
       </c>
-      <c r="F521" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="F526" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
         <v>2013</v>
       </c>
-      <c r="B522" s="1" t="s">
+      <c r="B527" s="1" t="s">
         <v>2014</v>
       </c>
-      <c r="C522" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E522" s="3" t="s">
+      <c r="C527" s="1" t="s">
         <v>2015</v>
       </c>
-      <c r="F522" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A523" s="1" t="s">
+      <c r="D527" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" s="3" t="s">
         <v>2016</v>
       </c>
-      <c r="B523" s="1" t="s">
+      <c r="F527" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="C523" s="1" t="s">
+      <c r="B528" s="1" t="s">
         <v>2018</v>
       </c>
-      <c r="D523" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E523" s="3" t="s">
+      <c r="C528" s="1" t="s">
         <v>2019</v>
       </c>
-      <c r="F523" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A524" s="1" t="s">
+      <c r="D528" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="3" t="s">
         <v>2020</v>
       </c>
-      <c r="B524" s="1" t="s">
+      <c r="F528" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="C524" s="1" t="s">
+      <c r="B529" s="1" t="s">
         <v>2022</v>
       </c>
-      <c r="D524" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E524" s="3" t="s">
+      <c r="C529" s="1" t="s">
         <v>2023</v>
       </c>
-      <c r="F524" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A525" s="1" t="s">
+      <c r="D529" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="3" t="s">
         <v>2024</v>
       </c>
-      <c r="B525" s="1" t="s">
+      <c r="F529" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="C525" s="1" t="s">
+      <c r="B530" s="1" t="s">
         <v>2026</v>
       </c>
-      <c r="D525" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E525" s="3" t="s">
+      <c r="C530" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="F525" s="3" t="s">
+      <c r="D530" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="3" t="s">
         <v>2028</v>
       </c>
-      <c r="G525" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A526" s="1" t="s">
+      <c r="F530" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
         <v>2029</v>
       </c>
-      <c r="B526" s="1" t="s">
+      <c r="B531" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="C526" s="1" t="s">
+      <c r="C531" s="1" t="s">
         <v>2031</v>
       </c>
-      <c r="D526" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E526" s="3" t="s">
+      <c r="D531" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E531" s="3" t="s">
         <v>2032</v>
       </c>
-      <c r="F526" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A527" s="1" t="s">
+      <c r="F531" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="B527" s="1" t="s">
+      <c r="B532" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="C527" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E527" s="3" t="s">
+      <c r="C532" s="1" t="s">
         <v>2035</v>
       </c>
-      <c r="F527" s="3" t="s">
+      <c r="D532" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E532" s="3" t="s">
         <v>2036</v>
       </c>
-      <c r="G527" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A528" s="1" t="s">
+      <c r="F532" s="3" t="s">
         <v>2037</v>
       </c>
-      <c r="B528" s="1" t="s">
+      <c r="G532" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
         <v>2038</v>
       </c>
-      <c r="C528" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E528" s="3" t="s">
+      <c r="B533" s="1" t="s">
         <v>2039</v>
       </c>
-      <c r="F528" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A529" s="1" t="s">
+      <c r="C533" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" s="3" t="s">
         <v>2040</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="F533" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
         <v>2041</v>
       </c>
-      <c r="C529" s="1" t="s">
+      <c r="B534" s="1" t="s">
         <v>2042</v>
       </c>
-      <c r="D529" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E529" s="3" t="s">
+      <c r="C534" s="1" t="s">
         <v>2043</v>
       </c>
-      <c r="F529" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A530" s="1" t="s">
+      <c r="D534" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="3" t="s">
         <v>2044</v>
       </c>
-      <c r="B530" s="1" t="s">
+      <c r="F534" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
         <v>2045</v>
       </c>
-      <c r="C530" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E530" s="3" t="s">
+      <c r="B535" s="1" t="s">
         <v>2046</v>
       </c>
-      <c r="F530" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A531" s="1" t="s">
+      <c r="C535" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="3" t="s">
         <v>2047</v>
       </c>
-      <c r="B531" s="1" t="s">
+      <c r="F535" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="C531" s="1" t="s">
+      <c r="B536" s="1" t="s">
         <v>2049</v>
       </c>
-      <c r="D531" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E531" s="3" t="s">
+      <c r="C536" s="1" t="s">
         <v>2050</v>
       </c>
-      <c r="F531" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A532" s="1" t="s">
+      <c r="D536" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="3" t="s">
         <v>2051</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="F536" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
         <v>2052</v>
       </c>
-      <c r="C532" s="1" t="s">
+      <c r="B537" s="1" t="s">
         <v>2053</v>
       </c>
-      <c r="D532" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E532" s="3" t="s">
+      <c r="C537" s="1" t="s">
         <v>2054</v>
       </c>
-      <c r="F532" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A533" s="1" t="s">
+      <c r="D537" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
         <v>2055</v>
       </c>
-      <c r="B533" s="1" t="s">
+      <c r="F537" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
         <v>2056</v>
       </c>
-      <c r="C533" s="1" t="s">
+      <c r="B538" s="1" t="s">
         <v>2057</v>
       </c>
-      <c r="D533" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E533" s="3" t="s">
+      <c r="C538" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E538" s="3" t="s">
         <v>2058</v>
       </c>
-      <c r="F533" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A534" s="1" t="s">
+      <c r="F538" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
         <v>2059</v>
       </c>
-      <c r="B534" s="1" t="s">
+      <c r="B539" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="C534" s="1" t="s">
+      <c r="C539" s="1" t="s">
         <v>2061</v>
       </c>
-      <c r="D534" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E534" s="3" t="s">
+      <c r="D539" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E539" s="3" t="s">
         <v>2062</v>
       </c>
-      <c r="F534" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A535" s="1" t="s">
+      <c r="F539" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
         <v>2063</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="B540" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="C535" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E535" s="3" t="s">
+      <c r="C540" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="3" t="s">
         <v>2065</v>
       </c>
-      <c r="F535" s="3" t="s">
+      <c r="F540" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
         <v>2066</v>
       </c>
-      <c r="G535" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A536" s="1" t="s">
+      <c r="B541" s="1" t="s">
         <v>2067</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="C541" s="1" t="s">
         <v>2068</v>
       </c>
-      <c r="C536" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E536" s="3" t="s">
+      <c r="D541" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E541" s="3" t="s">
         <v>2069</v>
       </c>
-      <c r="F536" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A537" s="1" t="s">
+      <c r="F541" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
         <v>2070</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="B542" s="1" t="s">
         <v>2071</v>
       </c>
-      <c r="C537" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E537" s="3" t="s">
+      <c r="C542" s="1" t="s">
         <v>2072</v>
       </c>
-      <c r="F537" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A538" s="1" t="s">
+      <c r="D542" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E542" s="3" t="s">
         <v>2073</v>
       </c>
-      <c r="B538" s="1" t="s">
+      <c r="F542" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
         <v>2074</v>
       </c>
-      <c r="C538" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="B543" s="1" t="s">
         <v>2075</v>
       </c>
-      <c r="F538" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A539" s="1" t="s">
+      <c r="C543" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E543" s="3" t="s">
         <v>2076</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="F543" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
         <v>2077</v>
       </c>
-      <c r="C539" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E539" s="3" t="s">
+      <c r="B544" s="1" t="s">
         <v>2078</v>
       </c>
-      <c r="F539" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A540" s="1" t="s">
+      <c r="C544" s="1" t="s">
         <v>2079</v>
       </c>
-      <c r="B540" s="1" t="s">
+      <c r="D544" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E544" s="3" t="s">
         <v>2080</v>
       </c>
-      <c r="C540" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E540" s="3" t="s">
+      <c r="F544" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
         <v>2081</v>
       </c>
-      <c r="F540" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A541" s="1" t="s">
+      <c r="B545" s="1" t="s">
         <v>2082</v>
       </c>
-      <c r="B541" s="1" t="s">
+      <c r="C545" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E545" s="3" t="s">
         <v>2083</v>
       </c>
-      <c r="C541" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E541" s="3" t="s">
+      <c r="F545" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
         <v>2084</v>
       </c>
-      <c r="F541" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A542" s="1" t="s">
+      <c r="B546" s="1" t="s">
         <v>2085</v>
       </c>
-      <c r="B542" s="1" t="s">
+      <c r="C546" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E546" s="3" t="s">
         <v>2086</v>
       </c>
-      <c r="C542" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E542" s="3" t="s">
+      <c r="F546" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="F542" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A543" s="1" t="s">
+      <c r="B547" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="B543" s="1" t="s">
+      <c r="C547" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E547" s="3" t="s">
         <v>2089</v>
       </c>
-      <c r="C543" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E543" s="3" t="s">
+      <c r="F547" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="F543" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A544" s="1" t="s">
+      <c r="B548" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="B544" s="1" t="s">
+      <c r="C548" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E548" s="3" t="s">
         <v>2092</v>
       </c>
-      <c r="C544" s="1" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="F548" s="3" t="s">
-        <v>757</v>
+        <v>1955</v>
       </c>
       <c r="G548" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>2107</v>
+        <v>2093</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>2108</v>
+        <v>2094</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>2109</v>
+        <v>2094</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>2110</v>
+        <v>2095</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>620</v>
+        <v>35</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>2111</v>
+        <v>2096</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2112</v>
+        <v>2097</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2113</v>
+        <v>2097</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>2114</v>
+        <v>2098</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>620</v>
+        <v>35</v>
       </c>
       <c r="G550" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>2115</v>
+        <v>2099</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2116</v>
+        <v>2100</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2117</v>
+        <v>2100</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>2118</v>
+        <v>2101</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>620</v>
+        <v>1955</v>
       </c>
       <c r="G551" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F552" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F553" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F554" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F555" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F556" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="B552" s="1" t="s">
+      <c r="B557" s="1" t="s">
         <v>2120</v>
       </c>
-      <c r="C552" s="1" t="s">
+      <c r="C557" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="D552" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E552" s="3" t="s">
+      <c r="D557" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E557" s="3" t="s">
         <v>2122</v>
       </c>
-      <c r="F552" s="3" t="s">
+      <c r="F557" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="G552" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A553" s="1" t="s">
+      <c r="B558" s="1" t="s">
         <v>2124</v>
       </c>
-      <c r="B553" s="1" t="s">
+      <c r="C558" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="C553" s="1" t="s">
+      <c r="D558" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="3" t="s">
         <v>2126</v>
       </c>
-      <c r="D553" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E553" s="3" t="s">
+      <c r="F558" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
         <v>2127</v>
       </c>
-      <c r="F553" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A554" s="1" t="s">
+      <c r="B559" s="1" t="s">
         <v>2128</v>
       </c>
-      <c r="B554" s="1" t="s">
+      <c r="C559" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
         <v>2129</v>
       </c>
-      <c r="C554" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E554" s="3" t="s">
+      <c r="F559" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
         <v>2130</v>
       </c>
-      <c r="F554" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A555" s="1" t="s">
+      <c r="B560" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="B555" s="1" t="s">
+      <c r="C560" s="1" t="s">
         <v>2132</v>
       </c>
-      <c r="C555" s="1" t="s">
+      <c r="D560" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E560" s="3" t="s">
         <v>2133</v>
       </c>
-      <c r="D555" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E555" s="3" t="s">
+      <c r="F560" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
         <v>2134</v>
       </c>
-      <c r="F555" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A556" s="1" t="s">
+      <c r="B561" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="B556" s="1" t="s">
+      <c r="C561" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E561" s="3" t="s">
         <v>2136</v>
       </c>
-      <c r="C556" s="1" t="s">
+      <c r="F561" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G561" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A562" s="1" t="s">
         <v>2137</v>
       </c>
-      <c r="D556" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E556" s="3" t="s">
+      <c r="B562" s="1" t="s">
         <v>2138</v>
       </c>
-      <c r="F556" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A557" s="1" t="s">
+      <c r="C562" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E562" s="3" t="s">
         <v>2139</v>
       </c>
-      <c r="B557" s="1" t="s">
+      <c r="F562" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A563" s="1" t="s">
         <v>2140</v>
       </c>
-      <c r="C557" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E557" s="3" t="s">
+      <c r="B563" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="F557" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A558" s="1" t="s">
+      <c r="C563" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="B558" s="1" t="s">
+      <c r="D563" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E563" s="3" t="s">
         <v>2143</v>
       </c>
-      <c r="C558" s="1" t="s">
+      <c r="F563" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G563" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A564" s="1" t="s">
         <v>2144</v>
       </c>
-      <c r="D558" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E558" s="3" t="s">
+      <c r="B564" s="1" t="s">
         <v>2145</v>
       </c>
-      <c r="F558" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A559" s="1" t="s">
+      <c r="C564" s="1" t="s">
         <v>2146</v>
       </c>
-      <c r="B559" s="1" t="s">
+      <c r="D564" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E564" s="3" t="s">
         <v>2147</v>
       </c>
-      <c r="C559" s="1" t="s">
+      <c r="F564" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A565" s="1" t="s">
         <v>2148</v>
       </c>
-      <c r="D559" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E559" s="3" t="s">
+      <c r="B565" s="1" t="s">
         <v>2149</v>
       </c>
-      <c r="F559" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A560" s="1" t="s">
+      <c r="C565" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E565" s="3" t="s">
         <v>2150</v>
       </c>
-      <c r="B560" s="1" t="s">
+      <c r="F565" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G565" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A566" s="1" t="s">
         <v>2151</v>
       </c>
-      <c r="C560" s="1" t="s">
+      <c r="B566" s="1" t="s">
         <v>2152</v>
       </c>
-      <c r="D560" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E560" s="3" t="s">
+      <c r="C566" s="1" t="s">
         <v>2153</v>
       </c>
-      <c r="F560" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A561" s="1" t="s">
+      <c r="D566" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E566" s="3" t="s">
         <v>2154</v>
       </c>
-      <c r="B561" s="1" t="s">
+      <c r="F566" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A567" s="1" t="s">
         <v>2155</v>
       </c>
-      <c r="C561" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E561" s="3" t="s">
+      <c r="B567" s="1" t="s">
         <v>2156</v>
       </c>
-      <c r="F561" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A562" s="1" t="s">
+      <c r="C567" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="B562" s="1" t="s">
+      <c r="D567" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E567" s="3" t="s">
         <v>2158</v>
       </c>
-      <c r="C562" s="1" t="s">
+      <c r="F567" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A568" s="1" t="s">
         <v>2159</v>
       </c>
-      <c r="D562" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E562" s="3" t="s">
+      <c r="B568" s="1" t="s">
         <v>2160</v>
       </c>
-      <c r="F562" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A563" s="1" t="s">
+      <c r="C568" s="1" t="s">
         <v>2161</v>
       </c>
-      <c r="B563" s="1" t="s">
+      <c r="D568" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E568" s="3" t="s">
         <v>2162</v>
       </c>
-      <c r="C563" s="1" t="s">
+      <c r="F568" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A569" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="D563" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E563" s="3" t="s">
+      <c r="B569" s="1" t="s">
         <v>2164</v>
       </c>
-      <c r="F563" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A564" s="1" t="s">
+      <c r="C569" s="1" t="s">
         <v>2165</v>
       </c>
-      <c r="B564" s="1" t="s">
+      <c r="D569" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E569" s="3" t="s">
         <v>2166</v>
       </c>
-      <c r="C564" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E564" s="3" t="s">
+      <c r="F569" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A570" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="F564" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A565" s="1" t="s">
+      <c r="B570" s="1" t="s">
         <v>2168</v>
       </c>
-      <c r="B565" s="1" t="s">
+      <c r="C570" s="1" t="s">
         <v>2169</v>
       </c>
-      <c r="C565" s="1" t="s">
+      <c r="D570" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E570" s="3" t="s">
         <v>2170</v>
       </c>
-      <c r="D565" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E565" s="3" t="s">
+      <c r="F570" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A571" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="F565" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A566" s="1" t="s">
+      <c r="B571" s="1" t="s">
         <v>2172</v>
       </c>
-      <c r="B566" s="1" t="s">
+      <c r="C571" s="1" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E571" s="3" t="s">
         <v>2173</v>
       </c>
-      <c r="C566" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E566" s="3" t="s">
+      <c r="F571" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A572" s="1" t="s">
         <v>2174</v>
       </c>
-      <c r="F566" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A567" s="1" t="s">
+      <c r="B572" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="B567" s="1" t="s">
+      <c r="C572" s="1" t="s">
         <v>2176</v>
       </c>
-      <c r="C567" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E567" s="3" t="s">
+      <c r="D572" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E572" s="3" t="s">
         <v>2177</v>
       </c>
-      <c r="F567" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A568" s="1" t="s">
+      <c r="F572" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G572" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A573" s="1" t="s">
         <v>2178</v>
       </c>
-      <c r="B568" s="1" t="s">
+      <c r="B573" s="1" t="s">
         <v>2179</v>
       </c>
-      <c r="C568" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E568" s="3" t="s">
+      <c r="C573" s="1" t="s">
         <v>2180</v>
       </c>
-      <c r="F568" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A569" s="1" t="s">
+      <c r="D573" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E573" s="3" t="s">
         <v>2181</v>
       </c>
-      <c r="B569" s="1" t="s">
+      <c r="F573" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G573" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A574" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="C569" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E569" s="3" t="s">
+      <c r="B574" s="1" t="s">
         <v>2183</v>
       </c>
-      <c r="F569" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A570" s="1" t="s">
+      <c r="C574" s="1" t="s">
         <v>2184</v>
       </c>
-      <c r="B570" s="1" t="s">
+      <c r="D574" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E574" s="3" t="s">
         <v>2185</v>
       </c>
-      <c r="C570" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E570" s="3" t="s">
+      <c r="F574" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
         <v>2186</v>
       </c>
-      <c r="F570" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A571" s="1" t="s">
+      <c r="B575" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="B571" s="1" t="s">
+      <c r="C575" s="1" t="s">
         <v>2188</v>
       </c>
-      <c r="C571" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E571" s="3" t="s">
+      <c r="D575" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E575" s="3" t="s">
         <v>2189</v>
       </c>
-      <c r="F571" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A572" s="1" t="s">
+      <c r="F575" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
         <v>2190</v>
       </c>
-      <c r="B572" s="1" t="s">
+      <c r="B576" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="C572" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E572" s="3" t="s">
+      <c r="C576" s="1" t="s">
         <v>2192</v>
       </c>
-      <c r="F572" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A573" s="1" t="s">
+      <c r="D576" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E576" s="3" t="s">
         <v>2193</v>
       </c>
-      <c r="B573" s="1" t="s">
+      <c r="F576" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G576" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="C573" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E573" s="3" t="s">
+      <c r="B577" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="F573" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A574" s="1" t="s">
+      <c r="C577" s="1" t="s">
         <v>2196</v>
       </c>
-      <c r="B574" s="1" t="s">
+      <c r="D577" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E577" s="3" t="s">
         <v>2197</v>
       </c>
-      <c r="C574" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E574" s="3" t="s">
+      <c r="F577" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
         <v>2198</v>
       </c>
-      <c r="F574" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A575" s="1" t="s">
+      <c r="B578" s="1" t="s">
         <v>2199</v>
       </c>
-      <c r="B575" s="1" t="s">
+      <c r="C578" s="1" t="s">
         <v>2200</v>
       </c>
-      <c r="C575" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E575" s="3" t="s">
+      <c r="D578" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E578" s="3" t="s">
         <v>2201</v>
       </c>
-      <c r="F575" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A576" s="1" t="s">
+      <c r="F578" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
         <v>2202</v>
       </c>
-      <c r="B576" s="1" t="s">
+      <c r="B579" s="1" t="s">
         <v>2203</v>
       </c>
-      <c r="C576" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E576" s="3" t="s">
+      <c r="C579" s="1" t="s">
         <v>2204</v>
       </c>
-      <c r="F576" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A577" s="1" t="s">
+      <c r="D579" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E579" s="3" t="s">
         <v>2205</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="F579" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="C577" s="1" t="s">
+      <c r="B580" s="1" t="s">
         <v>2207</v>
       </c>
-      <c r="D577" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E577" s="3" t="s">
+      <c r="C580" s="1" t="s">
         <v>2208</v>
       </c>
-      <c r="F577" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A578" s="1" t="s">
+      <c r="D580" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E580" s="3" t="s">
         <v>2209</v>
       </c>
-      <c r="B578" s="1" t="s">
+      <c r="F580" s="3" t="s">
         <v>2210</v>
       </c>
-      <c r="C578" s="1" t="s">
+      <c r="G580" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
         <v>2211</v>
       </c>
-      <c r="D578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E578" s="3" t="s">
+      <c r="B581" s="1" t="s">
         <v>2212</v>
       </c>
-      <c r="F578" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A579" s="1" t="s">
+      <c r="C581" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="3" t="s">
         <v>2213</v>
       </c>
-      <c r="B579" s="1" t="s">
+      <c r="F581" s="3" t="s">
         <v>2214</v>
       </c>
-      <c r="C579" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E579" s="3" t="s">
+      <c r="G581" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
         <v>2215</v>
       </c>
-      <c r="F579" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A580" s="1" t="s">
+      <c r="B582" s="1" t="s">
         <v>2216</v>
       </c>
-      <c r="B580" s="1" t="s">
+      <c r="C582" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E582" s="3" t="s">
         <v>2217</v>
       </c>
-      <c r="C580" s="1" t="s">
+      <c r="F582" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A583" s="1" t="s">
         <v>2218</v>
       </c>
-      <c r="D580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E580" s="3" t="s">
+      <c r="B583" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="F580" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A581" s="1" t="s">
+      <c r="C583" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" s="3" t="s">
         <v>2220</v>
       </c>
-      <c r="B581" s="1" t="s">
+      <c r="F583" s="3" t="s">
         <v>2221</v>
       </c>
-      <c r="C581" s="1" t="s">
+      <c r="G583" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A584" s="1" t="s">
         <v>2222</v>
       </c>
-      <c r="D581" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E581" s="3" t="s">
+      <c r="B584" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="F581" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A582" s="1" t="s">
+      <c r="C584" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E584" s="3" t="s">
         <v>2224</v>
       </c>
-      <c r="B582" s="1" t="s">
+      <c r="F584" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A585" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="C582" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E582" s="3" t="s">
+      <c r="B585" s="1" t="s">
         <v>2226</v>
       </c>
-      <c r="F582" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A583" s="1" t="s">
+      <c r="C585" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E585" s="3" t="s">
         <v>2227</v>
       </c>
-      <c r="B583" s="1" t="s">
+      <c r="F585" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
         <v>2228</v>
       </c>
-      <c r="C583" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E583" s="3" t="s">
+      <c r="B586" s="1" t="s">
         <v>2229</v>
       </c>
-      <c r="F583" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A584" s="1" t="s">
+      <c r="C586" s="1" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E586" s="3" t="s">
         <v>2230</v>
       </c>
-      <c r="B584" s="1" t="s">
+      <c r="F586" s="3" t="s">
         <v>2231</v>
       </c>
-      <c r="C584" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E584" s="3" t="s">
+      <c r="G586" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
         <v>2232</v>
       </c>
-      <c r="F584" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A585" s="1" t="s">
+      <c r="B587" s="1" t="s">
         <v>2233</v>
       </c>
-      <c r="B585" s="1" t="s">
+      <c r="C587" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E587" s="3" t="s">
         <v>2234</v>
       </c>
-      <c r="C585" s="1" t="s">
+      <c r="F587" s="3" t="s">
         <v>2235</v>
       </c>
-      <c r="D585" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E585" s="3" t="s">
+      <c r="G587" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="F585" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A586" s="1" t="s">
+      <c r="B588" s="1" t="s">
         <v>2237</v>
       </c>
-      <c r="B586" s="1" t="s">
+      <c r="C588" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E588" s="3" t="s">
         <v>2238</v>
       </c>
-      <c r="C586" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E586" s="3" t="s">
+      <c r="F588" s="3" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
         <v>2239</v>
       </c>
-      <c r="F586" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A587" s="1" t="s">
+      <c r="B589" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="B587" s="1" t="s">
+      <c r="C589" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E589" s="3" t="s">
         <v>2241</v>
       </c>
-      <c r="C587" s="1" t="s">
+      <c r="F589" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
         <v>2242</v>
       </c>
-      <c r="D587" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E587" s="3" t="s">
+      <c r="B590" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="F587" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A588" s="1" t="s">
+      <c r="C590" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E590" s="3" t="s">
         <v>2244</v>
       </c>
-      <c r="B588" s="1" t="s">
+      <c r="F590" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
         <v>2245</v>
       </c>
-      <c r="C588" s="1" t="s">
+      <c r="B591" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="D588" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E588" s="3" t="s">
+      <c r="C591" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E591" s="3" t="s">
         <v>2247</v>
       </c>
-      <c r="F588" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A589" s="1" t="s">
+      <c r="F591" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="B589" s="1" t="s">
+      <c r="B592" s="1" t="s">
         <v>2249</v>
       </c>
-      <c r="C589" s="1" t="s">
+      <c r="C592" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E592" s="3" t="s">
         <v>2250</v>
       </c>
-      <c r="D589" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E589" s="3" t="s">
+      <c r="F592" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="F589" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A590" s="1" t="s">
+      <c r="B593" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="B590" s="1" t="s">
+      <c r="C593" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E593" s="3" t="s">
         <v>2253</v>
       </c>
-      <c r="C590" s="1" t="s">
+      <c r="F593" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="D590" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E590" s="3" t="s">
+      <c r="B594" s="1" t="s">
         <v>2255</v>
       </c>
-      <c r="F590" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A591" s="1" t="s">
+      <c r="C594" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E594" s="3" t="s">
         <v>2256</v>
       </c>
-      <c r="B591" s="1" t="s">
+      <c r="F594" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
         <v>2257</v>
       </c>
-      <c r="C591" s="1" t="s">
+      <c r="B595" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="D591" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E591" s="3" t="s">
+      <c r="C595" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E595" s="3" t="s">
         <v>2259</v>
       </c>
-      <c r="F591" s="3" t="s">
-[...81 lines deleted...]
-      </c>
       <c r="F595" s="3" t="s">
-        <v>757</v>
+        <v>2214</v>
       </c>
       <c r="G595" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="596" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E596" s="3" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F596" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G596" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A597" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E597" s="3" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F597" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G597" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A598" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E598" s="3" t="s">
+        <v>2268</v>
+      </c>
+      <c r="F598" s="3" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A599" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E599" s="3" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F599" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A600" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E600" s="3" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F600" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G600" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A601" s="1" t="s">
         <v>2275</v>
       </c>
-      <c r="B596" s="1" t="s">
+      <c r="B601" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="C596" s="1" t="s">
+      <c r="C601" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E601" s="3" t="s">
         <v>2277</v>
       </c>
-      <c r="D596" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E596" s="3" t="s">
+      <c r="F601" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A602" s="1" t="s">
         <v>2278</v>
       </c>
-      <c r="F596" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A597" s="1" t="s">
+      <c r="B602" s="1" t="s">
         <v>2279</v>
       </c>
-      <c r="B597" s="1" t="s">
+      <c r="C602" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E602" s="3" t="s">
         <v>2280</v>
       </c>
-      <c r="C597" s="1" t="s">
+      <c r="F602" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A603" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="D597" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E597" s="3" t="s">
+      <c r="B603" s="1" t="s">
         <v>2282</v>
       </c>
-      <c r="F597" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A598" s="1" t="s">
+      <c r="C603" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="B598" s="1" t="s">
+      <c r="D603" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E603" s="3" t="s">
         <v>2284</v>
       </c>
-      <c r="C598" s="1" t="s">
+      <c r="F603" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A604" s="1" t="s">
         <v>2285</v>
       </c>
-      <c r="D598" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E598" s="3" t="s">
+      <c r="B604" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="F598" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A599" s="1" t="s">
+      <c r="C604" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E604" s="3" t="s">
         <v>2287</v>
       </c>
-      <c r="B599" s="1" t="s">
+      <c r="F604" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G604" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A605" s="1" t="s">
         <v>2288</v>
       </c>
-      <c r="C599" s="1" t="s">
+      <c r="B605" s="1" t="s">
         <v>2289</v>
       </c>
-      <c r="D599" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E599" s="3" t="s">
+      <c r="C605" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E605" s="3" t="s">
         <v>2290</v>
       </c>
-      <c r="F599" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A600" s="1" t="s">
+      <c r="F605" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G605" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A606" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="B600" s="1" t="s">
+      <c r="B606" s="1" t="s">
         <v>2292</v>
       </c>
-      <c r="C600" s="1" t="s">
+      <c r="C606" s="1" t="s">
         <v>2293</v>
       </c>
-      <c r="D600" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E600" s="3" t="s">
+      <c r="D606" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E606" s="3" t="s">
         <v>2294</v>
       </c>
-      <c r="F600" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A601" s="1" t="s">
+      <c r="F606" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G606" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A607" s="1" t="s">
         <v>2295</v>
       </c>
-      <c r="B601" s="1" t="s">
+      <c r="B607" s="1" t="s">
         <v>2296</v>
       </c>
-      <c r="C601" s="1" t="s">
+      <c r="C607" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E607" s="3" t="s">
         <v>2297</v>
       </c>
-      <c r="D601" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E601" s="3" t="s">
+      <c r="F607" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G607" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A608" s="1" t="s">
         <v>2298</v>
       </c>
-      <c r="F601" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A602" s="1" t="s">
+      <c r="B608" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="B602" s="1" t="s">
+      <c r="C608" s="1" t="s">
         <v>2300</v>
       </c>
-      <c r="C602" s="1" t="s">
+      <c r="D608" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E608" s="3" t="s">
         <v>2301</v>
       </c>
-      <c r="D602" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E602" s="3" t="s">
+      <c r="F608" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G608" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A609" s="1" t="s">
         <v>2302</v>
       </c>
-      <c r="F602" s="3" t="s">
+      <c r="B609" s="1" t="s">
         <v>2303</v>
       </c>
-      <c r="G602" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A603" s="1" t="s">
+      <c r="C609" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E609" s="3" t="s">
         <v>2304</v>
       </c>
-      <c r="B603" s="1" t="s">
+      <c r="F609" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A610" s="1" t="s">
         <v>2305</v>
       </c>
-      <c r="C603" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E603" s="3" t="s">
+      <c r="B610" s="1" t="s">
         <v>2306</v>
       </c>
-      <c r="F603" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A604" s="1" t="s">
+      <c r="C610" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E610" s="3" t="s">
         <v>2307</v>
       </c>
-      <c r="B604" s="1" t="s">
+      <c r="F610" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G610" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A611" s="1" t="s">
         <v>2308</v>
       </c>
-      <c r="C604" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E604" s="3" t="s">
+      <c r="B611" s="1" t="s">
         <v>2309</v>
       </c>
-      <c r="F604" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A605" s="1" t="s">
+      <c r="C611" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E611" s="3" t="s">
         <v>2310</v>
       </c>
-      <c r="B605" s="1" t="s">
+      <c r="F611" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A612" s="1" t="s">
         <v>2311</v>
       </c>
-      <c r="C605" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E605" s="3" t="s">
+      <c r="B612" s="1" t="s">
         <v>2312</v>
       </c>
-      <c r="F605" s="3" t="s">
+      <c r="C612" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E612" s="3" t="s">
         <v>2313</v>
       </c>
-      <c r="G605" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A606" s="1" t="s">
+      <c r="F612" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A613" s="1" t="s">
         <v>2314</v>
       </c>
-      <c r="B606" s="1" t="s">
+      <c r="B613" s="1" t="s">
         <v>2315</v>
       </c>
-      <c r="C606" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E606" s="3" t="s">
+      <c r="C613" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E613" s="3" t="s">
         <v>2316</v>
       </c>
-      <c r="F606" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A607" s="1" t="s">
+      <c r="F613" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A614" s="1" t="s">
         <v>2317</v>
       </c>
-      <c r="B607" s="1" t="s">
+      <c r="B614" s="1" t="s">
         <v>2318</v>
       </c>
-      <c r="C607" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E607" s="3" t="s">
+      <c r="C614" s="1" t="s">
         <v>2319</v>
       </c>
-      <c r="F607" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A608" s="1" t="s">
+      <c r="D614" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E614" s="3" t="s">
         <v>2320</v>
       </c>
-      <c r="B608" s="1" t="s">
+      <c r="F614" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G614" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A615" s="1" t="s">
         <v>2321</v>
       </c>
-      <c r="C608" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E608" s="3" t="s">
+      <c r="B615" s="1" t="s">
         <v>2322</v>
       </c>
-      <c r="F608" s="3" t="s">
+      <c r="C615" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E615" s="3" t="s">
         <v>2323</v>
       </c>
-      <c r="G608" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A609" s="1" t="s">
+      <c r="F615" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G615" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A616" s="1" t="s">
         <v>2324</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="B616" s="1" t="s">
         <v>2325</v>
       </c>
-      <c r="C609" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E609" s="3" t="s">
+      <c r="C616" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E616" s="3" t="s">
         <v>2326</v>
       </c>
-      <c r="F609" s="3" t="s">
+      <c r="F616" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G616" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A617" s="1" t="s">
         <v>2327</v>
       </c>
-      <c r="G609" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A610" s="1" t="s">
+      <c r="B617" s="1" t="s">
         <v>2328</v>
       </c>
-      <c r="B610" s="1" t="s">
+      <c r="C617" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E617" s="3" t="s">
         <v>2329</v>
       </c>
-      <c r="C610" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E610" s="3" t="s">
+      <c r="F617" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G617" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A618" s="1" t="s">
         <v>2330</v>
       </c>
-      <c r="F610" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A611" s="1" t="s">
+      <c r="B618" s="1" t="s">
         <v>2331</v>
       </c>
-      <c r="B611" s="1" t="s">
+      <c r="C618" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E618" s="3" t="s">
         <v>2332</v>
       </c>
-      <c r="C611" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E611" s="3" t="s">
+      <c r="F618" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G618" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A619" s="1" t="s">
         <v>2333</v>
       </c>
-      <c r="F611" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A612" s="1" t="s">
+      <c r="B619" s="1" t="s">
         <v>2334</v>
       </c>
-      <c r="B612" s="1" t="s">
+      <c r="C619" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E619" s="3" t="s">
         <v>2335</v>
       </c>
-      <c r="C612" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E612" s="3" t="s">
+      <c r="F619" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G619" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A620" s="1" t="s">
         <v>2336</v>
       </c>
-      <c r="F612" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A613" s="1" t="s">
+      <c r="B620" s="1" t="s">
         <v>2337</v>
       </c>
-      <c r="B613" s="1" t="s">
+      <c r="C620" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="C613" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E613" s="3" t="s">
+      <c r="D620" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E620" s="3" t="s">
         <v>2339</v>
       </c>
-      <c r="F613" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A614" s="1" t="s">
+      <c r="F620" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G620" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A621" s="1" t="s">
         <v>2340</v>
       </c>
-      <c r="B614" s="1" t="s">
+      <c r="B621" s="1" t="s">
         <v>2341</v>
       </c>
-      <c r="C614" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E614" s="3" t="s">
+      <c r="C621" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="F614" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A615" s="1" t="s">
+      <c r="D621" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E621" s="3" t="s">
         <v>2343</v>
       </c>
-      <c r="B615" s="1" t="s">
+      <c r="F621" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A622" s="1" t="s">
         <v>2344</v>
       </c>
-      <c r="C615" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E615" s="3" t="s">
+      <c r="B622" s="1" t="s">
         <v>2345</v>
       </c>
-      <c r="F615" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A616" s="1" t="s">
+      <c r="C622" s="1" t="s">
         <v>2346</v>
       </c>
-      <c r="B616" s="1" t="s">
+      <c r="D622" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E622" s="3" t="s">
         <v>2347</v>
       </c>
-      <c r="C616" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E616" s="3" t="s">
+      <c r="F622" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G622" s="3" t="s">
         <v>2348</v>
       </c>
-      <c r="F616" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A617" s="1" t="s">
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A623" s="1" t="s">
         <v>2349</v>
       </c>
-      <c r="B617" s="1" t="s">
+      <c r="B623" s="1" t="s">
         <v>2350</v>
       </c>
-      <c r="C617" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E617" s="3" t="s">
+      <c r="C623" s="1" t="s">
         <v>2351</v>
       </c>
-      <c r="F617" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A618" s="1" t="s">
+      <c r="D623" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E623" s="3" t="s">
         <v>2352</v>
       </c>
-      <c r="B618" s="1" t="s">
+      <c r="F623" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A624" s="1" t="s">
         <v>2353</v>
       </c>
-      <c r="C618" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E618" s="3" t="s">
+      <c r="B624" s="1" t="s">
         <v>2354</v>
       </c>
-      <c r="F618" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A619" s="1" t="s">
+      <c r="C624" s="1" t="s">
         <v>2355</v>
       </c>
-      <c r="B619" s="1" t="s">
+      <c r="D624" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E624" s="3" t="s">
         <v>2356</v>
       </c>
-      <c r="C619" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E619" s="3" t="s">
+      <c r="F624" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G624" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A625" s="1" t="s">
         <v>2357</v>
       </c>
-      <c r="F619" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A620" s="1" t="s">
+      <c r="B625" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="B620" s="1" t="s">
+      <c r="C625" s="1" t="s">
         <v>2359</v>
       </c>
-      <c r="C620" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E620" s="3" t="s">
+      <c r="D625" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E625" s="3" t="s">
         <v>2360</v>
       </c>
-      <c r="F620" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A621" s="1" t="s">
+      <c r="F625" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G625" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A626" s="1" t="s">
         <v>2361</v>
       </c>
-      <c r="B621" s="1" t="s">
+      <c r="B626" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="C621" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E621" s="3" t="s">
+      <c r="C626" s="1" t="s">
         <v>2363</v>
       </c>
-      <c r="F621" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A622" s="1" t="s">
+      <c r="D626" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E626" s="3" t="s">
         <v>2364</v>
       </c>
-      <c r="B622" s="1" t="s">
+      <c r="F626" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
         <v>2365</v>
       </c>
-      <c r="C622" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E622" s="3" t="s">
+      <c r="B627" s="1" t="s">
         <v>2366</v>
       </c>
-      <c r="F622" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A623" s="1" t="s">
+      <c r="C627" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E627" s="3" t="s">
         <v>2367</v>
       </c>
-      <c r="B623" s="1" t="s">
+      <c r="F627" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G627" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A628" s="1" t="s">
         <v>2368</v>
       </c>
-      <c r="C623" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E623" s="3" t="s">
+      <c r="B628" s="1" t="s">
         <v>2369</v>
       </c>
-      <c r="F623" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A624" s="1" t="s">
+      <c r="C628" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E628" s="3" t="s">
         <v>2370</v>
       </c>
-      <c r="B624" s="1" t="s">
+      <c r="F628" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A629" s="1" t="s">
         <v>2371</v>
       </c>
-      <c r="C624" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E624" s="3" t="s">
+      <c r="B629" s="1" t="s">
         <v>2372</v>
       </c>
-      <c r="F624" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A625" s="1" t="s">
+      <c r="C629" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E629" s="3" t="s">
         <v>2373</v>
       </c>
-      <c r="B625" s="1" t="s">
+      <c r="F629" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A630" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="C625" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E625" s="3" t="s">
+      <c r="B630" s="1" t="s">
         <v>2375</v>
       </c>
-      <c r="F625" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A626" s="1" t="s">
+      <c r="C630" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E630" s="3" t="s">
         <v>2376</v>
       </c>
-      <c r="B626" s="1" t="s">
+      <c r="F630" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G630" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A631" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="C626" s="1" t="s">
+      <c r="B631" s="1" t="s">
         <v>2378</v>
       </c>
-      <c r="D626" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E626" s="3" t="s">
+      <c r="C631" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E631" s="3" t="s">
         <v>2379</v>
       </c>
-      <c r="F626" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A627" s="1" t="s">
+      <c r="F631" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A632" s="1" t="s">
         <v>2380</v>
       </c>
-      <c r="B627" s="1" t="s">
+      <c r="B632" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="C627" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E627" s="3" t="s">
+      <c r="C632" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E632" s="3" t="s">
         <v>2382</v>
       </c>
-      <c r="F627" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A628" s="1" t="s">
+      <c r="F632" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G632" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A633" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="B628" s="1" t="s">
+      <c r="B633" s="1" t="s">
         <v>2384</v>
       </c>
-      <c r="C628" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E628" s="3" t="s">
+      <c r="C633" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E633" s="3" t="s">
         <v>2385</v>
       </c>
-      <c r="F628" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A629" s="1" t="s">
+      <c r="F633" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G633" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A634" s="1" t="s">
         <v>2386</v>
       </c>
-      <c r="B629" s="1" t="s">
+      <c r="B634" s="1" t="s">
         <v>2387</v>
       </c>
-      <c r="C629" s="1" t="s">
+      <c r="C634" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E634" s="3" t="s">
         <v>2388</v>
       </c>
-      <c r="D629" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E629" s="3" t="s">
+      <c r="F634" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G634" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A635" s="1" t="s">
         <v>2389</v>
       </c>
-      <c r="F629" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A630" s="1" t="s">
+      <c r="B635" s="1" t="s">
         <v>2390</v>
       </c>
-      <c r="B630" s="1" t="s">
+      <c r="C635" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E635" s="3" t="s">
         <v>2391</v>
       </c>
-      <c r="C630" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E630" s="3" t="s">
+      <c r="F635" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A636" s="1" t="s">
         <v>2392</v>
       </c>
-      <c r="F630" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A631" s="1" t="s">
+      <c r="B636" s="1" t="s">
         <v>2393</v>
       </c>
-      <c r="B631" s="1" t="s">
+      <c r="C636" s="1" t="s">
         <v>2394</v>
       </c>
-      <c r="C631" s="1" t="s">
+      <c r="D636" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E636" s="3" t="s">
         <v>2395</v>
       </c>
-      <c r="D631" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E631" s="3" t="s">
+      <c r="F636" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A637" s="1" t="s">
         <v>2396</v>
       </c>
-      <c r="F631" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A632" s="1" t="s">
+      <c r="B637" s="1" t="s">
         <v>2397</v>
       </c>
-      <c r="B632" s="1" t="s">
+      <c r="C637" s="1" t="s">
         <v>2398</v>
       </c>
-      <c r="C632" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E632" s="3" t="s">
+      <c r="D637" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E637" s="3" t="s">
         <v>2399</v>
       </c>
-      <c r="F632" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A633" s="1" t="s">
+      <c r="F637" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A638" s="1" t="s">
         <v>2400</v>
       </c>
-      <c r="B633" s="1" t="s">
+      <c r="B638" s="1" t="s">
         <v>2401</v>
       </c>
-      <c r="C633" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E633" s="3" t="s">
+      <c r="C638" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="F633" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A634" s="1" t="s">
+      <c r="D638" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E638" s="3" t="s">
         <v>2403</v>
       </c>
-      <c r="B634" s="1" t="s">
+      <c r="F638" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A639" s="1" t="s">
         <v>2404</v>
       </c>
-      <c r="C634" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E634" s="3" t="s">
+      <c r="B639" s="1" t="s">
         <v>2405</v>
       </c>
-      <c r="F634" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A635" s="1" t="s">
+      <c r="C639" s="1" t="s">
         <v>2406</v>
       </c>
-      <c r="B635" s="1" t="s">
+      <c r="D639" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E639" s="3" t="s">
         <v>2407</v>
       </c>
-      <c r="C635" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E635" s="3" t="s">
+      <c r="F639" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A640" s="1" t="s">
         <v>2408</v>
       </c>
-      <c r="F635" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A636" s="1" t="s">
+      <c r="B640" s="1" t="s">
         <v>2409</v>
       </c>
-      <c r="B636" s="1" t="s">
+      <c r="C640" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="C636" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E636" s="3" t="s">
+      <c r="D640" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E640" s="3" t="s">
         <v>2411</v>
       </c>
-      <c r="F636" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A637" s="1" t="s">
+      <c r="F640" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A641" s="1" t="s">
         <v>2412</v>
       </c>
-      <c r="B637" s="1" t="s">
+      <c r="B641" s="1" t="s">
         <v>2413</v>
       </c>
-      <c r="C637" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E637" s="3" t="s">
+      <c r="C641" s="1" t="s">
         <v>2414</v>
       </c>
-      <c r="F637" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A638" s="1" t="s">
+      <c r="D641" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E641" s="3" t="s">
         <v>2415</v>
       </c>
-      <c r="B638" s="1" t="s">
+      <c r="F641" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G641" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A642" s="1" t="s">
         <v>2416</v>
       </c>
-      <c r="C638" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E638" s="3" t="s">
+      <c r="B642" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="F638" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A639" s="1" t="s">
+      <c r="C642" s="1" t="s">
         <v>2418</v>
       </c>
-      <c r="B639" s="1" t="s">
+      <c r="D642" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E642" s="3" t="s">
         <v>2419</v>
       </c>
-      <c r="C639" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E639" s="3" t="s">
+      <c r="F642" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G642" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A643" s="1" t="s">
         <v>2420</v>
       </c>
-      <c r="F639" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A640" s="1" t="s">
+      <c r="B643" s="1" t="s">
         <v>2421</v>
       </c>
-      <c r="B640" s="1" t="s">
+      <c r="C643" s="1" t="s">
         <v>2422</v>
       </c>
-      <c r="C640" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E640" s="3" t="s">
+      <c r="D643" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E643" s="3" t="s">
         <v>2423</v>
       </c>
-      <c r="F640" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A641" s="1" t="s">
+      <c r="F643" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G643" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A644" s="1" t="s">
         <v>2424</v>
       </c>
-      <c r="B641" s="1" t="s">
+      <c r="B644" s="1" t="s">
         <v>2425</v>
-      </c>
-[...67 lines deleted...]
-        <v>2435</v>
       </c>
       <c r="C644" s="1" t="s">
         <v>2426</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F644" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G644" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A645" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B645" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E645" s="3" t="s">
+        <v>2431</v>
+      </c>
+      <c r="F645" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G645" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A646" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E646" s="3" t="s">
+        <v>2435</v>
+      </c>
+      <c r="F646" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G646" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A647" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="F644" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A645" s="1" t="s">
+      <c r="B647" s="1" t="s">
         <v>2437</v>
       </c>
-      <c r="B645" s="1" t="s">
+      <c r="C647" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="C645" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E645" s="3" t="s">
+      <c r="D647" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E647" s="3" t="s">
         <v>2439</v>
       </c>
-      <c r="F645" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A646" s="1" t="s">
+      <c r="F647" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G647" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A648" s="1" t="s">
         <v>2440</v>
       </c>
-      <c r="B646" s="1" t="s">
+      <c r="B648" s="1" t="s">
         <v>2441</v>
       </c>
-      <c r="C646" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E646" s="3" t="s">
+      <c r="C648" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="F646" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A647" s="1" t="s">
+      <c r="D648" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E648" s="3" t="s">
         <v>2443</v>
       </c>
-      <c r="B647" s="1" t="s">
+      <c r="F648" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G648" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A649" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="C647" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E647" s="3" t="s">
+      <c r="B649" s="1" t="s">
         <v>2445</v>
       </c>
-      <c r="F647" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A648" s="1" t="s">
+      <c r="C649" s="1" t="s">
         <v>2446</v>
       </c>
-      <c r="B648" s="1" t="s">
+      <c r="D649" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E649" s="3" t="s">
         <v>2447</v>
       </c>
-      <c r="C648" s="1" t="s">
+      <c r="F649" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G649" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A650" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="D648" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E648" s="3" t="s">
+      <c r="B650" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="F648" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A649" s="1" t="s">
+      <c r="C650" s="1" t="s">
         <v>2450</v>
       </c>
-      <c r="B649" s="1" t="s">
+      <c r="D650" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E650" s="3" t="s">
         <v>2451</v>
       </c>
-      <c r="C649" s="1" t="s">
+      <c r="F650" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G650" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A651" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="D649" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E649" s="3" t="s">
+      <c r="B651" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="F649" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A650" s="1" t="s">
+      <c r="C651" s="1" t="s">
         <v>2454</v>
       </c>
-      <c r="B650" s="1" t="s">
+      <c r="D651" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E651" s="3" t="s">
         <v>2455</v>
       </c>
-      <c r="C650" s="1" t="s">
+      <c r="F651" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G651" s="3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A652" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="D650" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E650" s="3" t="s">
+      <c r="B652" s="1" t="s">
         <v>2457</v>
       </c>
-      <c r="F650" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G650" s="3" t="s">
+      <c r="C652" s="1" t="s">
         <v>2458</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A651" s="1" t="s">
+      <c r="D652" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E652" s="3" t="s">
         <v>2459</v>
       </c>
-      <c r="B651" s="1" t="s">
+      <c r="F652" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G652" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A653" s="1" t="s">
         <v>2460</v>
       </c>
-      <c r="C651" s="1" t="s">
+      <c r="B653" s="1" t="s">
         <v>2461</v>
       </c>
-      <c r="D651" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E651" s="3" t="s">
+      <c r="C653" s="1" t="s">
         <v>2462</v>
       </c>
-      <c r="F651" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A652" s="1" t="s">
+      <c r="D653" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E653" s="3" t="s">
         <v>2463</v>
       </c>
-      <c r="B652" s="1" t="s">
+      <c r="F653" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G653" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A654" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="C652" s="1" t="s">
+      <c r="B654" s="1" t="s">
         <v>2465</v>
       </c>
-      <c r="D652" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E652" s="3" t="s">
+      <c r="C654" s="1" t="s">
         <v>2466</v>
       </c>
-      <c r="F652" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A653" s="1" t="s">
+      <c r="D654" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E654" s="3" t="s">
         <v>2467</v>
       </c>
-      <c r="B653" s="1" t="s">
+      <c r="F654" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G654" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A655" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="C653" s="1" t="s">
+      <c r="B655" s="1" t="s">
         <v>2469</v>
       </c>
-      <c r="D653" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E653" s="3" t="s">
+      <c r="C655" s="1" t="s">
         <v>2470</v>
       </c>
-      <c r="F653" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A654" s="1" t="s">
+      <c r="D655" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E655" s="3" t="s">
         <v>2471</v>
       </c>
-      <c r="B654" s="1" t="s">
+      <c r="F655" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G655" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A656" s="1" t="s">
         <v>2472</v>
       </c>
-      <c r="C654" s="1" t="s">
+      <c r="B656" s="1" t="s">
         <v>2473</v>
       </c>
-      <c r="D654" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E654" s="3" t="s">
+      <c r="C656" s="1" t="s">
         <v>2474</v>
       </c>
-      <c r="F654" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A655" s="1" t="s">
+      <c r="D656" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E656" s="3" t="s">
         <v>2475</v>
       </c>
-      <c r="B655" s="1" t="s">
+      <c r="F656" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G656" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A657" s="1" t="s">
         <v>2476</v>
       </c>
-      <c r="C655" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E655" s="3" t="s">
+      <c r="B657" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="F655" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A656" s="1" t="s">
+      <c r="C657" s="1" t="s">
         <v>2478</v>
       </c>
-      <c r="B656" s="1" t="s">
+      <c r="D657" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E657" s="3" t="s">
         <v>2479</v>
       </c>
-      <c r="C656" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E656" s="3" t="s">
+      <c r="F657" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G657" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A658" s="1" t="s">
         <v>2480</v>
       </c>
-      <c r="F656" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A657" s="1" t="s">
+      <c r="B658" s="1" t="s">
         <v>2481</v>
       </c>
-      <c r="B657" s="1" t="s">
+      <c r="C658" s="1" t="s">
         <v>2482</v>
       </c>
-      <c r="C657" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E657" s="3" t="s">
+      <c r="D658" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E658" s="3" t="s">
         <v>2483</v>
       </c>
-      <c r="F657" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A658" s="1" t="s">
+      <c r="F658" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G658" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A659" s="1" t="s">
         <v>2484</v>
       </c>
-      <c r="B658" s="1" t="s">
+      <c r="B659" s="1" t="s">
         <v>2485</v>
       </c>
-      <c r="C658" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E658" s="3" t="s">
+      <c r="C659" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="F658" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A659" s="1" t="s">
+      <c r="D659" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E659" s="3" t="s">
         <v>2487</v>
       </c>
-      <c r="B659" s="1" t="s">
+      <c r="F659" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G659" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A660" s="1" t="s">
         <v>2488</v>
       </c>
-      <c r="C659" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E659" s="3" t="s">
+      <c r="B660" s="1" t="s">
         <v>2489</v>
       </c>
-      <c r="F659" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A660" s="1" t="s">
+      <c r="C660" s="1" t="s">
         <v>2490</v>
       </c>
-      <c r="B660" s="1" t="s">
+      <c r="D660" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E660" s="3" t="s">
         <v>2491</v>
       </c>
-      <c r="C660" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E660" s="3" t="s">
+      <c r="F660" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G660" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A661" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="F660" s="3" t="s">
+      <c r="B661" s="1" t="s">
         <v>2493</v>
       </c>
-      <c r="G660" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A661" s="1" t="s">
+      <c r="C661" s="1" t="s">
         <v>2494</v>
       </c>
-      <c r="B661" s="1" t="s">
+      <c r="D661" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E661" s="3" t="s">
         <v>2495</v>
       </c>
-      <c r="C661" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E661" s="3" t="s">
+      <c r="F661" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G661" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A662" s="1" t="s">
         <v>2496</v>
       </c>
-      <c r="F661" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A662" s="1" t="s">
+      <c r="B662" s="1" t="s">
         <v>2497</v>
-      </c>
-[...1 lines deleted...]
-        <v>2498</v>
       </c>
       <c r="C662" s="1" t="s">
         <v>2498</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E662" s="3" t="s">
         <v>2499</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>43</v>
+        <v>1342</v>
       </c>
       <c r="G662" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
         <v>2500</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>2501</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>43</v>
+        <v>1342</v>
       </c>
       <c r="G663" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2505</v>
+        <v>2507</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>43</v>
+        <v>1342</v>
       </c>
       <c r="G664" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2506</v>
+        <v>2508</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>2313</v>
+        <v>1342</v>
       </c>
       <c r="G665" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2512</v>
+        <v>2515</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>300</v>
+        <v>1395</v>
       </c>
       <c r="G666" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2513</v>
+        <v>2516</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2514</v>
+        <v>2517</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2515</v>
+        <v>2518</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>300</v>
+        <v>1395</v>
       </c>
       <c r="G667" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2520</v>
+        <v>2523</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>300</v>
+        <v>1395</v>
       </c>
       <c r="G668" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2521</v>
+        <v>2524</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2522</v>
+        <v>2525</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>300</v>
+        <v>1395</v>
       </c>
       <c r="G669" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="F670" s="3" t="s">
-        <v>620</v>
+        <v>1395</v>
       </c>
       <c r="G670" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A671" s="1" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>2531</v>
+        <v>2534</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>2532</v>
+        <v>2535</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G671" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A672" s="1" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2535</v>
+        <v>2538</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="F672" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G672" s="3" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A673" s="1" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="F673" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G673" s="3" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A674" s="1" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
       <c r="F674" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G674" s="3" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A675" s="1" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>2547</v>
+        <v>2550</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="F675" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G675" s="3" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A676" s="1" t="s">
-        <v>2549</v>
+        <v>2552</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>2551</v>
+        <v>2554</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>2552</v>
+        <v>2555</v>
       </c>
       <c r="F676" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G676" s="3" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A677" s="1" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2555</v>
+        <v>2558</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="F677" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G677" s="3" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A678" s="1" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F678" s="3" t="s">
-        <v>1461</v>
+        <v>1342</v>
       </c>
       <c r="G678" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A679" s="1" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>2564</v>
+        <v>2567</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>1408</v>
+        <v>1342</v>
       </c>
       <c r="G679" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A680" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E680" s="3" t="s">
+        <v>2571</v>
+      </c>
+      <c r="F680" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A681" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E681" s="3" t="s">
+        <v>2575</v>
+      </c>
+      <c r="F681" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A682" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>2578</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E682" s="3" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F682" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G682" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A683" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E683" s="3" t="s">
+        <v>2583</v>
+      </c>
+      <c r="F683" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G683" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A684" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B684" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E684" s="3" t="s">
+        <v>2587</v>
+      </c>
+      <c r="F684" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A685" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E685" s="3" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F685" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A686" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>2595</v>
+      </c>
+      <c r="F686" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A687" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E687" s="3" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F687" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G687" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A688" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E688" s="3" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F688" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E689" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F689" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C690" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E690" s="3" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F690" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E691" s="3" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F691" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E692" s="3" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F692" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E693" s="3" t="s">
+        <v>2623</v>
+      </c>
+      <c r="F693" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E694" s="3" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F694" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E695" s="3" t="s">
+        <v>2631</v>
+      </c>
+      <c r="F695" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E696" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F696" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E697" s="3" t="s">
+        <v>2638</v>
+      </c>
+      <c r="F697" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C698" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E698" s="3" t="s">
+        <v>2642</v>
+      </c>
+      <c r="F698" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C699" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E699" s="3" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F699" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G699" s="3" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="680" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...459 lines deleted...]
-    <row r="700" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A700" s="1" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="F700" s="3" t="s">
-        <v>1461</v>
+        <v>1342</v>
       </c>
       <c r="G700" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A701" s="1" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="F701" s="3" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="G701" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A702" s="1" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="F702" s="3" t="s">
-        <v>1461</v>
+        <v>52</v>
       </c>
       <c r="G702" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A703" s="1" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="C703" s="1" t="s">
         <v>2659</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E703" s="3" t="s">
         <v>2660</v>
       </c>
       <c r="F703" s="3" t="s">
-        <v>1461</v>
+        <v>52</v>
       </c>
       <c r="G703" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A704" s="1" t="s">
         <v>2661</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>2662</v>
       </c>
       <c r="C704" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E704" s="3" t="s">
         <v>2663</v>
       </c>
-      <c r="D704" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E704" s="3" t="s">
+      <c r="F704" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G704" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A705" s="1" t="s">
         <v>2664</v>
       </c>
-      <c r="F704" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A705" s="1" t="s">
+      <c r="B705" s="1" t="s">
         <v>2665</v>
       </c>
-      <c r="B705" s="1" t="s">
+      <c r="C705" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E705" s="3" t="s">
         <v>2666</v>
       </c>
-      <c r="C705" s="1" t="s">
+      <c r="F705" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G705" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A706" s="1" t="s">
         <v>2667</v>
       </c>
-      <c r="D705" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E705" s="3" t="s">
+      <c r="B706" s="1" t="s">
         <v>2668</v>
       </c>
-      <c r="F705" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A706" s="1" t="s">
+      <c r="C706" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E706" s="3" t="s">
         <v>2669</v>
       </c>
-      <c r="B706" s="1" t="s">
+      <c r="F706" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G706" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A707" s="1" t="s">
         <v>2670</v>
       </c>
-      <c r="C706" s="1" t="s">
+      <c r="B707" s="1" t="s">
         <v>2671</v>
       </c>
-      <c r="D706" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E706" s="3" t="s">
+      <c r="C707" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E707" s="3" t="s">
         <v>2672</v>
       </c>
-      <c r="F706" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A707" s="1" t="s">
+      <c r="F707" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G707" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A708" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B708" s="1" t="s">
         <v>2673</v>
       </c>
-      <c r="B707" s="1" t="s">
+      <c r="C708" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E708" s="3" t="s">
         <v>2674</v>
       </c>
-      <c r="C707" s="1" t="s">
+      <c r="F708" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G708" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A709" s="1" t="s">
         <v>2675</v>
       </c>
-      <c r="D707" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E707" s="3" t="s">
+      <c r="B709" s="1" t="s">
         <v>2676</v>
       </c>
-      <c r="F707" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A708" s="1" t="s">
+      <c r="C709" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E709" s="3" t="s">
         <v>2677</v>
       </c>
-      <c r="B708" s="1" t="s">
+      <c r="F709" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G709" s="3" t="s">
         <v>2678</v>
       </c>
-      <c r="C708" s="1" t="s">
+    </row>
+    <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A710" s="1" t="s">
         <v>2679</v>
       </c>
-      <c r="D708" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E708" s="3" t="s">
+      <c r="B710" s="1" t="s">
         <v>2680</v>
       </c>
-      <c r="F708" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A709" s="1" t="s">
+      <c r="C710" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E710" s="3" t="s">
         <v>2681</v>
       </c>
-      <c r="B709" s="1" t="s">
+      <c r="F710" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G710" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A711" s="1" t="s">
         <v>2682</v>
       </c>
-      <c r="C709" s="1" t="s">
+      <c r="B711" s="1" t="s">
         <v>2683</v>
       </c>
-      <c r="D709" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E709" s="3" t="s">
+      <c r="C711" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="F709" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A710" s="1" t="s">
+      <c r="D711" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E711" s="3" t="s">
         <v>2685</v>
       </c>
-      <c r="B710" s="1" t="s">
+      <c r="F711" s="3" t="s">
         <v>2686</v>
       </c>
-      <c r="C710" s="1" t="s">
+      <c r="G711" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A712" s="1" t="s">
         <v>2687</v>
       </c>
-      <c r="D710" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E710" s="3" t="s">
+      <c r="B712" s="1" t="s">
         <v>2688</v>
       </c>
-      <c r="F710" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A711" s="1" t="s">
+      <c r="C712" s="1" t="s">
         <v>2689</v>
       </c>
-      <c r="B711" s="1" t="s">
+      <c r="D712" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E712" s="3" t="s">
         <v>2690</v>
       </c>
-      <c r="C711" s="1" t="s">
+      <c r="F712" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G712" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A713" s="1" t="s">
         <v>2691</v>
       </c>
-      <c r="D711" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E711" s="3" t="s">
+      <c r="B713" s="1" t="s">
         <v>2692</v>
       </c>
-      <c r="F711" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A712" s="1" t="s">
+      <c r="C713" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="B712" s="1" t="s">
+      <c r="D713" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E713" s="3" t="s">
         <v>2694</v>
       </c>
-      <c r="C712" s="1" t="s">
+      <c r="F713" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G713" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A714" s="1" t="s">
         <v>2695</v>
       </c>
-      <c r="D712" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E712" s="3" t="s">
+      <c r="B714" s="1" t="s">
         <v>2696</v>
       </c>
-      <c r="F712" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A713" s="1" t="s">
+      <c r="C714" s="1" t="s">
         <v>2697</v>
       </c>
-      <c r="B713" s="1" t="s">
+      <c r="D714" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E714" s="3" t="s">
         <v>2698</v>
       </c>
-      <c r="C713" s="1" t="s">
+      <c r="F714" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G714" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A715" s="1" t="s">
         <v>2699</v>
       </c>
-      <c r="D713" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E713" s="3" t="s">
+      <c r="B715" s="1" t="s">
         <v>2700</v>
       </c>
-      <c r="F713" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A714" s="1" t="s">
+      <c r="C715" s="1" t="s">
         <v>2701</v>
       </c>
-      <c r="B714" s="1" t="s">
+      <c r="D715" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E715" s="3" t="s">
         <v>2702</v>
       </c>
-      <c r="C714" s="1" t="s">
+      <c r="F715" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G715" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A716" s="1" t="s">
         <v>2703</v>
       </c>
-      <c r="D714" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E714" s="3" t="s">
+      <c r="B716" s="1" t="s">
         <v>2704</v>
       </c>
-      <c r="F714" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A715" s="1" t="s">
+      <c r="C716" s="1" t="s">
         <v>2705</v>
       </c>
-      <c r="B715" s="1" t="s">
+      <c r="D716" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E716" s="3" t="s">
         <v>2706</v>
       </c>
-      <c r="C715" s="1" t="s">
+      <c r="F716" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G716" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A717" s="1" t="s">
         <v>2707</v>
       </c>
-      <c r="D715" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E715" s="3" t="s">
+      <c r="B717" s="1" t="s">
         <v>2708</v>
       </c>
-      <c r="F715" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A716" s="1" t="s">
+      <c r="C717" s="1" t="s">
         <v>2709</v>
       </c>
-      <c r="B716" s="1" t="s">
+      <c r="D717" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E717" s="3" t="s">
         <v>2710</v>
       </c>
-      <c r="C716" s="1" t="s">
+      <c r="F717" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
         <v>2711</v>
       </c>
-      <c r="D716" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E716" s="3" t="s">
+      <c r="B718" s="1" t="s">
         <v>2712</v>
       </c>
-      <c r="F716" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A717" s="1" t="s">
+      <c r="C718" s="1" t="s">
         <v>2713</v>
       </c>
-      <c r="B717" s="1" t="s">
+      <c r="D718" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E718" s="3" t="s">
         <v>2714</v>
       </c>
-      <c r="C717" s="1" t="s">
+      <c r="F718" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G718" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A719" s="1" t="s">
         <v>2715</v>
       </c>
-      <c r="D717" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E717" s="3" t="s">
+      <c r="B719" s="1" t="s">
         <v>2716</v>
       </c>
-      <c r="F717" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A718" s="1" t="s">
+      <c r="C719" s="1" t="s">
         <v>2717</v>
       </c>
-      <c r="B718" s="1" t="s">
+      <c r="D719" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E719" s="3" t="s">
         <v>2718</v>
       </c>
-      <c r="C718" s="1" t="s">
+      <c r="F719" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G719" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A720" s="1" t="s">
         <v>2719</v>
       </c>
-      <c r="D718" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E718" s="3" t="s">
+      <c r="B720" s="1" t="s">
         <v>2720</v>
       </c>
-      <c r="F718" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A719" s="1" t="s">
+      <c r="C720" s="1" t="s">
         <v>2721</v>
       </c>
-      <c r="B719" s="1" t="s">
+      <c r="D720" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E720" s="3" t="s">
         <v>2722</v>
       </c>
-      <c r="C719" s="1" t="s">
+      <c r="F720" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G720" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A721" s="1" t="s">
         <v>2723</v>
       </c>
-      <c r="D719" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E719" s="3" t="s">
+      <c r="B721" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="F719" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A720" s="1" t="s">
+      <c r="C721" s="1" t="s">
         <v>2725</v>
       </c>
-      <c r="B720" s="1" t="s">
+      <c r="D721" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E721" s="3" t="s">
         <v>2726</v>
       </c>
-      <c r="C720" s="1" t="s">
+      <c r="F721" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G721" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A722" s="1" t="s">
         <v>2727</v>
       </c>
-      <c r="D720" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E720" s="3" t="s">
+      <c r="B722" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="F720" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A721" s="1" t="s">
+      <c r="C722" s="1" t="s">
         <v>2729</v>
       </c>
-      <c r="B721" s="1" t="s">
+      <c r="D722" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E722" s="3" t="s">
         <v>2730</v>
       </c>
-      <c r="C721" s="1" t="s">
+      <c r="F722" s="3" t="s">
+        <v>2210</v>
+      </c>
+      <c r="G722" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A723" s="1" t="s">
         <v>2731</v>
       </c>
-      <c r="D721" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E721" s="3" t="s">
+      <c r="B723" s="1" t="s">
         <v>2732</v>
       </c>
-      <c r="F721" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A722" s="1" t="s">
+      <c r="C723" s="1" t="s">
         <v>2733</v>
       </c>
-      <c r="B722" s="1" t="s">
+      <c r="D723" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E723" s="3" t="s">
         <v>2734</v>
       </c>
-      <c r="C722" s="1" t="s">
+      <c r="F723" s="3" t="s">
+        <v>2210</v>
+      </c>
+      <c r="G723" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A724" s="1" t="s">
         <v>2735</v>
       </c>
-      <c r="D722" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E722" s="3" t="s">
+      <c r="B724" s="1" t="s">
         <v>2736</v>
       </c>
-      <c r="F722" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A723" s="1" t="s">
+      <c r="C724" s="1" t="s">
         <v>2737</v>
       </c>
-      <c r="B723" s="1" t="s">
+      <c r="D724" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E724" s="3" t="s">
         <v>2738</v>
       </c>
-      <c r="C723" s="1" t="s">
+      <c r="F724" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G724" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A725" s="1" t="s">
         <v>2739</v>
       </c>
-      <c r="D723" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E723" s="3" t="s">
+      <c r="B725" s="1" t="s">
         <v>2740</v>
       </c>
-      <c r="F723" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A724" s="1" t="s">
+      <c r="C725" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E725" s="3" t="s">
         <v>2741</v>
       </c>
-      <c r="B724" s="1" t="s">
+      <c r="F725" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G725" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A726" s="1" t="s">
         <v>2742</v>
       </c>
-      <c r="C724" s="1" t="s">
+      <c r="B726" s="1" t="s">
         <v>2743</v>
       </c>
-      <c r="D724" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E724" s="3" t="s">
+      <c r="C726" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E726" s="3" t="s">
         <v>2744</v>
       </c>
-      <c r="F724" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A725" s="1" t="s">
+      <c r="F726" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G726" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A727" s="1" t="s">
         <v>2745</v>
       </c>
-      <c r="B725" s="1" t="s">
+      <c r="B727" s="1" t="s">
         <v>2746</v>
       </c>
-      <c r="C725" s="1" t="s">
+      <c r="C727" s="1" t="s">
         <v>2747</v>
       </c>
-      <c r="D725" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E725" s="3" t="s">
+      <c r="D727" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E727" s="3" t="s">
         <v>2748</v>
       </c>
-      <c r="F725" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A726" s="1" t="s">
+      <c r="F727" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G727" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A728" s="1" t="s">
         <v>2749</v>
       </c>
-      <c r="B726" s="1" t="s">
+      <c r="B728" s="1" t="s">
         <v>2750</v>
       </c>
-      <c r="C726" s="1" t="s">
+      <c r="C728" s="1" t="s">
         <v>2751</v>
       </c>
-      <c r="D726" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E726" s="3" t="s">
+      <c r="D728" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E728" s="3" t="s">
         <v>2752</v>
       </c>
-      <c r="F726" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A727" s="1" t="s">
+      <c r="F728" s="3" t="s">
         <v>2753</v>
       </c>
-      <c r="B727" s="1" t="s">
+      <c r="G728" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A729" s="1" t="s">
         <v>2754</v>
       </c>
-      <c r="C727" s="1" t="s">
+      <c r="B729" s="1" t="s">
         <v>2755</v>
       </c>
-      <c r="D727" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E727" s="3" t="s">
+      <c r="C729" s="1" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E729" s="3" t="s">
         <v>2756</v>
       </c>
-      <c r="F727" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A728" s="1" t="s">
+      <c r="F729" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G729" s="3" t="s">
         <v>2757</v>
       </c>
-      <c r="B728" s="1" t="s">
+    </row>
+    <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A730" s="1" t="s">
         <v>2758</v>
       </c>
-      <c r="C728" s="1" t="s">
+      <c r="B730" s="1" t="s">
         <v>2759</v>
       </c>
-      <c r="D728" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E728" s="3" t="s">
+      <c r="C730" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E730" s="3" t="s">
         <v>2760</v>
       </c>
-      <c r="F728" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A729" s="1" t="s">
+      <c r="F730" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G730" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A731" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="B729" s="1" t="s">
+      <c r="B731" s="1" t="s">
         <v>2762</v>
       </c>
-      <c r="C729" s="1" t="s">
+      <c r="C731" s="1" t="s">
         <v>2762</v>
       </c>
-      <c r="D729" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E729" s="3" t="s">
+      <c r="D731" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E731" s="3" t="s">
         <v>2763</v>
       </c>
-      <c r="F729" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G729" s="3" t="s">
+      <c r="F731" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
         <v>2764</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A730" s="1" t="s">
+      <c r="B732" s="1" t="s">
         <v>2765</v>
       </c>
-      <c r="B730" s="1" t="s">
+      <c r="C732" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E732" s="3" t="s">
         <v>2766</v>
       </c>
-      <c r="C730" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E730" s="3" t="s">
+      <c r="F732" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
         <v>2767</v>
       </c>
-      <c r="F730" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A731" s="1" t="s">
+      <c r="B733" s="1" t="s">
         <v>2768</v>
       </c>
-      <c r="B731" s="1" t="s">
+      <c r="C733" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E733" s="3" t="s">
         <v>2769</v>
       </c>
-      <c r="C731" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E731" s="3" t="s">
+      <c r="F733" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
         <v>2770</v>
       </c>
-      <c r="F731" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A732" s="1" t="s">
+      <c r="B734" s="1" t="s">
         <v>2771</v>
       </c>
-      <c r="B732" s="1" t="s">
+      <c r="C734" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E734" s="3" t="s">
         <v>2772</v>
       </c>
-      <c r="C732" s="1" t="s">
+      <c r="F734" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="D732" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E732" s="3" t="s">
+      <c r="B735" s="1" t="s">
         <v>2774</v>
       </c>
-      <c r="F732" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A733" s="1" t="s">
+      <c r="C735" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E735" s="3" t="s">
         <v>2775</v>
       </c>
-      <c r="B733" s="1" t="s">
+      <c r="F735" s="3" t="s">
+        <v>2235</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
         <v>2776</v>
       </c>
-      <c r="C733" s="1" t="s">
+      <c r="B736" s="1" t="s">
         <v>2777</v>
       </c>
-      <c r="D733" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E733" s="3" t="s">
+      <c r="C736" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E736" s="3" t="s">
         <v>2778</v>
       </c>
-      <c r="F733" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A734" s="1" t="s">
+      <c r="F736" s="3" t="s">
+        <v>2235</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
         <v>2779</v>
       </c>
-      <c r="B734" s="1" t="s">
+      <c r="B737" s="1" t="s">
         <v>2780</v>
       </c>
-      <c r="C734" s="1" t="s">
+      <c r="C737" s="1" t="s">
         <v>2781</v>
       </c>
-      <c r="D734" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E734" s="3" t="s">
+      <c r="D737" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E737" s="3" t="s">
         <v>2782</v>
       </c>
-      <c r="F734" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A735" s="1" t="s">
+      <c r="F737" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
         <v>2783</v>
       </c>
-      <c r="B735" s="1" t="s">
+      <c r="B738" s="1" t="s">
         <v>2784</v>
       </c>
-      <c r="C735" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E735" s="3" t="s">
+      <c r="C738" s="1" t="s">
         <v>2785</v>
       </c>
-      <c r="F735" s="3" t="s">
+      <c r="D738" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E738" s="3" t="s">
         <v>2786</v>
       </c>
-      <c r="G735" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A736" s="1" t="s">
+      <c r="F738" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
         <v>2787</v>
       </c>
-      <c r="B736" s="1" t="s">
+      <c r="B739" s="1" t="s">
         <v>2788</v>
       </c>
-      <c r="C736" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E736" s="3" t="s">
+      <c r="C739" s="1" t="s">
         <v>2789</v>
       </c>
-      <c r="F736" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A737" s="1" t="s">
+      <c r="D739" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E739" s="3" t="s">
         <v>2790</v>
       </c>
-      <c r="B737" s="1" t="s">
+      <c r="F739" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
         <v>2791</v>
       </c>
-      <c r="C737" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E737" s="3" t="s">
+      <c r="B740" s="1" t="s">
         <v>2792</v>
       </c>
-      <c r="F737" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G737" s="3" t="s">
+      <c r="C740" s="1" t="s">
         <v>2793</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A738" s="1" t="s">
+      <c r="D740" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E740" s="3" t="s">
         <v>2794</v>
       </c>
-      <c r="B738" s="1" t="s">
+      <c r="F740" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
         <v>2795</v>
       </c>
-      <c r="C738" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E738" s="3" t="s">
+      <c r="B741" s="1" t="s">
         <v>2796</v>
       </c>
-      <c r="F738" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G738" s="3" t="s">
+      <c r="C741" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E741" s="3" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F741" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E742" s="3" t="s">
+        <v>2801</v>
+      </c>
+      <c r="F742" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E743" s="3" t="s">
+        <v>2804</v>
+      </c>
+      <c r="F743" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E744" s="3" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F744" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E745" s="3" t="s">
+        <v>2810</v>
+      </c>
+      <c r="F745" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G745" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B746" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C746" s="1" t="s">
         <v>2793</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A739" s="1" t="s">
+      <c r="D746" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E746" s="3" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F746" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B747" s="1" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C747" s="1" t="s">
         <v>2797</v>
       </c>
-      <c r="B739" s="1" t="s">
-[...123 lines deleted...]
-      <c r="E744" s="3" t="s">
+      <c r="D747" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E747" s="3" t="s">
         <v>2816</v>
       </c>
-      <c r="F744" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A745" s="1" t="s">
+      <c r="F747" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="B745" s="1" t="s">
+      <c r="B748" s="1" t="s">
         <v>2818</v>
       </c>
-      <c r="C745" s="1" t="s">
+      <c r="C748" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E748" s="3" t="s">
         <v>2819</v>
       </c>
-      <c r="D745" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E745" s="3" t="s">
+      <c r="F748" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
         <v>2820</v>
       </c>
-      <c r="F745" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A746" s="1" t="s">
+      <c r="B749" s="1" t="s">
         <v>2821</v>
       </c>
-      <c r="B746" s="1" t="s">
+      <c r="C749" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E749" s="3" t="s">
         <v>2822</v>
       </c>
-      <c r="C746" s="1" t="s">
+      <c r="F749" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
         <v>2823</v>
       </c>
-      <c r="D746" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E746" s="3" t="s">
+      <c r="B750" s="1" t="s">
         <v>2824</v>
       </c>
-      <c r="F746" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A747" s="1" t="s">
+      <c r="C750" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E750" s="3" t="s">
         <v>2825</v>
       </c>
-      <c r="B747" s="1" t="s">
+      <c r="F750" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G750" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A751" s="1" t="s">
         <v>2826</v>
       </c>
-      <c r="C747" s="1" t="s">
+      <c r="B751" s="1" t="s">
         <v>2827</v>
       </c>
-      <c r="D747" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E747" s="3" t="s">
+      <c r="C751" s="1" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D751" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E751" s="3" t="s">
         <v>2828</v>
       </c>
-      <c r="F747" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A748" s="1" t="s">
+      <c r="F751" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G751" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A752" s="1" t="s">
         <v>2829</v>
       </c>
-      <c r="B748" s="1" t="s">
+      <c r="B752" s="1" t="s">
         <v>2830</v>
       </c>
-      <c r="C748" s="1" t="s">
+      <c r="C752" s="1" t="s">
         <v>2831</v>
       </c>
-      <c r="D748" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E748" s="3" t="s">
+      <c r="D752" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E752" s="3" t="s">
         <v>2832</v>
       </c>
-      <c r="F748" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A749" s="1" t="s">
+      <c r="F752" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G752" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A753" s="1" t="s">
         <v>2833</v>
       </c>
-      <c r="B749" s="1" t="s">
+      <c r="B753" s="1" t="s">
         <v>2834</v>
       </c>
-      <c r="C749" s="1" t="s">
+      <c r="C753" s="1" t="s">
         <v>2835</v>
       </c>
-      <c r="D749" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E749" s="3" t="s">
+      <c r="D753" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E753" s="3" t="s">
         <v>2836</v>
       </c>
-      <c r="F749" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A750" s="1" t="s">
+      <c r="F753" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G753" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A754" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="B750" s="1" t="s">
+      <c r="B754" s="1" t="s">
         <v>2838</v>
       </c>
-      <c r="C750" s="1" t="s">
+      <c r="C754" s="1" t="s">
         <v>2839</v>
       </c>
-      <c r="D750" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E750" s="3" t="s">
+      <c r="D754" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E754" s="3" t="s">
         <v>2840</v>
       </c>
-      <c r="F750" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A751" s="1" t="s">
+      <c r="F754" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G754" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A755" s="1" t="s">
         <v>2841</v>
       </c>
-      <c r="B751" s="1" t="s">
+      <c r="B755" s="1" t="s">
         <v>2842</v>
       </c>
-      <c r="C751" s="1" t="s">
+      <c r="C755" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E755" s="3" t="s">
         <v>2843</v>
       </c>
-      <c r="D751" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E751" s="3" t="s">
+      <c r="F755" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G755" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A756" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="F751" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A752" s="1" t="s">
+      <c r="B756" s="1" t="s">
         <v>2845</v>
       </c>
-      <c r="B752" s="1" t="s">
+      <c r="C756" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E756" s="3" t="s">
         <v>2846</v>
       </c>
-      <c r="C752" s="1" t="s">
+      <c r="F756" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A757" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="D752" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E752" s="3" t="s">
+      <c r="B757" s="1" t="s">
         <v>2848</v>
       </c>
-      <c r="F752" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A753" s="1" t="s">
+      <c r="C757" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E757" s="3" t="s">
         <v>2849</v>
       </c>
-      <c r="B753" s="1" t="s">
+      <c r="F757" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A758" s="1" t="s">
         <v>2850</v>
       </c>
-      <c r="C753" s="1" t="s">
+      <c r="B758" s="1" t="s">
         <v>2851</v>
       </c>
-      <c r="D753" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E753" s="3" t="s">
+      <c r="C758" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E758" s="3" t="s">
         <v>2852</v>
       </c>
-      <c r="F753" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A754" s="1" t="s">
+      <c r="F758" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
         <v>2853</v>
       </c>
-      <c r="B754" s="1" t="s">
+      <c r="B759" s="1" t="s">
         <v>2854</v>
       </c>
-      <c r="C754" s="1" t="s">
+      <c r="C759" s="1" t="s">
         <v>2855</v>
       </c>
-      <c r="D754" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E754" s="3" t="s">
+      <c r="D759" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E759" s="3" t="s">
         <v>2856</v>
       </c>
-      <c r="F754" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A755" s="1" t="s">
+      <c r="F759" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
         <v>2857</v>
       </c>
-      <c r="B755" s="1" t="s">
+      <c r="B760" s="1" t="s">
         <v>2858</v>
       </c>
-      <c r="C755" s="1" t="s">
+      <c r="C760" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E760" s="3" t="s">
         <v>2859</v>
       </c>
-      <c r="D755" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E755" s="3" t="s">
+      <c r="F760" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
         <v>2860</v>
       </c>
-      <c r="F755" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A756" s="1" t="s">
+      <c r="B761" s="1" t="s">
         <v>2861</v>
       </c>
-      <c r="B756" s="1" t="s">
+      <c r="C761" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E761" s="3" t="s">
         <v>2862</v>
       </c>
-      <c r="C756" s="1" t="s">
+      <c r="F761" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
         <v>2863</v>
       </c>
-      <c r="D756" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E756" s="3" t="s">
+      <c r="B762" s="1" t="s">
         <v>2864</v>
       </c>
-      <c r="F756" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A757" s="1" t="s">
+      <c r="C762" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E762" s="3" t="s">
         <v>2865</v>
       </c>
-      <c r="B757" s="1" t="s">
+      <c r="F762" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
         <v>2866</v>
       </c>
-      <c r="C757" s="1" t="s">
+      <c r="B763" s="1" t="s">
         <v>2867</v>
       </c>
-      <c r="D757" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E757" s="3" t="s">
+      <c r="C763" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E763" s="3" t="s">
         <v>2868</v>
       </c>
-      <c r="F757" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A758" s="1" t="s">
+      <c r="F763" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
         <v>2869</v>
       </c>
-      <c r="B758" s="1" t="s">
+      <c r="B764" s="1" t="s">
         <v>2870</v>
       </c>
-      <c r="C758" s="1" t="s">
+      <c r="C764" s="1" t="s">
         <v>2871</v>
       </c>
-      <c r="D758" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E758" s="3" t="s">
+      <c r="D764" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E764" s="3" t="s">
         <v>2872</v>
       </c>
-      <c r="F758" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A759" s="1" t="s">
+      <c r="F764" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
         <v>2873</v>
       </c>
-      <c r="B759" s="1" t="s">
+      <c r="B765" s="1" t="s">
         <v>2874</v>
       </c>
-      <c r="C759" s="1" t="s">
+      <c r="C765" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E765" s="3" t="s">
         <v>2875</v>
       </c>
-      <c r="D759" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E759" s="3" t="s">
+      <c r="F765" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
         <v>2876</v>
       </c>
-      <c r="F759" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A760" s="1" t="s">
+      <c r="B766" s="1" t="s">
         <v>2877</v>
       </c>
-      <c r="B760" s="1" t="s">
+      <c r="C766" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E766" s="3" t="s">
         <v>2878</v>
       </c>
-      <c r="C760" s="1" t="s">
+      <c r="F766" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
         <v>2879</v>
       </c>
-      <c r="D760" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E760" s="3" t="s">
+      <c r="B767" s="1" t="s">
         <v>2880</v>
       </c>
-      <c r="F760" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A761" s="1" t="s">
+      <c r="C767" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E767" s="3" t="s">
         <v>2881</v>
       </c>
-      <c r="B761" s="1" t="s">
+      <c r="F767" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
         <v>2882</v>
       </c>
-      <c r="C761" s="1" t="s">
+      <c r="B768" s="1" t="s">
         <v>2883</v>
       </c>
-      <c r="D761" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E761" s="3" t="s">
+      <c r="C768" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E768" s="3" t="s">
         <v>2884</v>
       </c>
-      <c r="F761" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A762" s="1" t="s">
+      <c r="F768" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
         <v>2885</v>
       </c>
-      <c r="B762" s="1" t="s">
+      <c r="B769" s="1" t="s">
         <v>2886</v>
       </c>
-      <c r="C762" s="1" t="s">
+      <c r="C769" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E769" s="3" t="s">
         <v>2887</v>
       </c>
-      <c r="D762" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E762" s="3" t="s">
+      <c r="F769" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
         <v>2888</v>
       </c>
-      <c r="F762" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A763" s="1" t="s">
+      <c r="B770" s="1" t="s">
         <v>2889</v>
       </c>
-      <c r="B763" s="1" t="s">
+      <c r="C770" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E770" s="3" t="s">
         <v>2890</v>
       </c>
-      <c r="C763" s="1" t="s">
+      <c r="F770" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
         <v>2891</v>
       </c>
-      <c r="D763" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E763" s="3" t="s">
+      <c r="B771" s="1" t="s">
         <v>2892</v>
       </c>
-      <c r="F763" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A764" s="1" t="s">
+      <c r="C771" s="1" t="s">
         <v>2893</v>
       </c>
-      <c r="B764" s="1" t="s">
+      <c r="D771" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E771" s="3" t="s">
         <v>2894</v>
       </c>
-      <c r="C764" s="1" t="s">
+      <c r="F771" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="D764" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E764" s="3" t="s">
+      <c r="B772" s="1" t="s">
         <v>2896</v>
       </c>
-      <c r="F764" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A765" s="1" t="s">
+      <c r="C772" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E772" s="3" t="s">
         <v>2897</v>
       </c>
-      <c r="B765" s="1" t="s">
+      <c r="F772" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
         <v>2898</v>
       </c>
-      <c r="C765" s="1" t="s">
+      <c r="B773" s="1" t="s">
         <v>2899</v>
       </c>
-      <c r="D765" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E765" s="3" t="s">
+      <c r="C773" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E773" s="3" t="s">
         <v>2900</v>
       </c>
-      <c r="F765" s="3" t="s">
+      <c r="F773" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
         <v>2901</v>
       </c>
-      <c r="G765" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A766" s="1" t="s">
+      <c r="B774" s="1" t="s">
         <v>2902</v>
       </c>
-      <c r="B766" s="1" t="s">
+      <c r="C774" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E774" s="3" t="s">
         <v>2903</v>
       </c>
-      <c r="C766" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E766" s="3" t="s">
+      <c r="F774" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
         <v>2904</v>
       </c>
-      <c r="F766" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A767" s="1" t="s">
+      <c r="B775" s="1" t="s">
         <v>2905</v>
       </c>
-      <c r="B767" s="1" t="s">
+      <c r="C775" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E775" s="3" t="s">
         <v>2906</v>
       </c>
-      <c r="C767" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E767" s="3" t="s">
+      <c r="F775" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
         <v>2907</v>
       </c>
-      <c r="F767" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A768" s="1" t="s">
+      <c r="B776" s="1" t="s">
         <v>2908</v>
       </c>
-      <c r="B768" s="1" t="s">
+      <c r="C776" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E776" s="3" t="s">
         <v>2909</v>
       </c>
-      <c r="C768" s="1" t="s">
+      <c r="F776" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
         <v>2910</v>
       </c>
-      <c r="D768" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E768" s="3" t="s">
+      <c r="B777" s="1" t="s">
         <v>2911</v>
       </c>
-      <c r="F768" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A769" s="1" t="s">
+      <c r="C777" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E777" s="3" t="s">
         <v>2912</v>
       </c>
-      <c r="B769" s="1" t="s">
+      <c r="F777" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
         <v>2913</v>
       </c>
-      <c r="C769" s="1" t="s">
+      <c r="B778" s="1" t="s">
         <v>2914</v>
       </c>
-      <c r="D769" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E769" s="3" t="s">
+      <c r="C778" s="1" t="s">
         <v>2915</v>
       </c>
-      <c r="F769" s="3" t="s">
+      <c r="D778" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E778" s="3" t="s">
         <v>2916</v>
       </c>
-      <c r="G769" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A770" s="1" t="s">
+      <c r="F778" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
         <v>2917</v>
       </c>
-      <c r="B770" s="1" t="s">
+      <c r="B779" s="1" t="s">
         <v>2918</v>
       </c>
-      <c r="C770" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E770" s="3" t="s">
+      <c r="C779" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D779" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E779" s="3" t="s">
         <v>2919</v>
       </c>
-      <c r="F770" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B771" s="1" t="s">
+      <c r="F779" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
         <v>2920</v>
       </c>
-      <c r="C771" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E771" s="3" t="s">
+      <c r="B780" s="1" t="s">
         <v>2921</v>
       </c>
-      <c r="F771" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G771" s="3" t="s">
+      <c r="C780" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D780" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E780" s="3" t="s">
         <v>2922</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A772" s="1" t="s">
+      <c r="F780" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
         <v>2923</v>
       </c>
-      <c r="B772" s="1" t="s">
+      <c r="B781" s="1" t="s">
         <v>2924</v>
       </c>
-      <c r="C772" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E772" s="3" t="s">
+      <c r="C781" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D781" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E781" s="3" t="s">
         <v>2925</v>
       </c>
-      <c r="F772" s="3" t="s">
+      <c r="F781" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
         <v>2926</v>
       </c>
-      <c r="G772" s="3" t="s">
+      <c r="B782" s="1" t="s">
         <v>2927</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A773" s="1" t="s">
+      <c r="C782" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E782" s="3" t="s">
         <v>2928</v>
       </c>
-      <c r="B773" s="1" t="s">
+      <c r="F782" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
         <v>2929</v>
       </c>
-      <c r="C773" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E773" s="3" t="s">
+      <c r="B783" s="1" t="s">
         <v>2930</v>
       </c>
-      <c r="F773" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A774" s="1" t="s">
+      <c r="C783" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D783" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E783" s="3" t="s">
         <v>2931</v>
       </c>
-      <c r="B774" s="1" t="s">
+      <c r="F783" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
         <v>2932</v>
       </c>
-      <c r="C774" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E774" s="3" t="s">
+      <c r="B784" s="1" t="s">
         <v>2933</v>
       </c>
-      <c r="F774" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A775" s="1" t="s">
+      <c r="C784" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D784" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E784" s="3" t="s">
         <v>2934</v>
       </c>
-      <c r="B775" s="1" t="s">
+      <c r="F784" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
         <v>2935</v>
       </c>
-      <c r="C775" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E775" s="3" t="s">
+      <c r="B785" s="1" t="s">
         <v>2936</v>
       </c>
-      <c r="F775" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A776" s="1" t="s">
+      <c r="C785" s="1" t="s">
         <v>2937</v>
       </c>
-      <c r="B776" s="1" t="s">
+      <c r="D785" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E785" s="3" t="s">
         <v>2938</v>
       </c>
-      <c r="C776" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E776" s="3" t="s">
+      <c r="F785" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
         <v>2939</v>
       </c>
-      <c r="F776" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A777" s="1" t="s">
+      <c r="B786" s="1" t="s">
         <v>2940</v>
       </c>
-      <c r="B777" s="1" t="s">
+      <c r="C786" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D786" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E786" s="3" t="s">
         <v>2941</v>
       </c>
-      <c r="C777" s="1" t="s">
+      <c r="F786" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G786" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A787" s="1" t="s">
         <v>2942</v>
       </c>
-      <c r="D777" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E777" s="3" t="s">
+      <c r="B787" s="1" t="s">
         <v>2943</v>
       </c>
-      <c r="F777" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A778" s="1" t="s">
+      <c r="C787" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D787" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E787" s="3" t="s">
         <v>2944</v>
       </c>
-      <c r="B778" s="1" t="s">
+      <c r="F787" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G787" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A788" s="1" t="s">
         <v>2945</v>
       </c>
-      <c r="C778" s="1" t="s">
+      <c r="B788" s="1" t="s">
         <v>2946</v>
       </c>
-      <c r="D778" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E778" s="3" t="s">
+      <c r="C788" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D788" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E788" s="3" t="s">
         <v>2947</v>
       </c>
-      <c r="F778" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A779" s="1" t="s">
+      <c r="F788" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G788" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A789" s="1" t="s">
         <v>2948</v>
       </c>
-      <c r="B779" s="1" t="s">
+      <c r="B789" s="1" t="s">
         <v>2949</v>
       </c>
-      <c r="C779" s="1" t="s">
+      <c r="C789" s="1" t="s">
         <v>2950</v>
       </c>
-      <c r="D779" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E779" s="3" t="s">
+      <c r="D789" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E789" s="3" t="s">
         <v>2951</v>
       </c>
-      <c r="F779" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A780" s="1" t="s">
+      <c r="F789" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G789" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A790" s="1" t="s">
         <v>2952</v>
       </c>
-      <c r="B780" s="1" t="s">
+      <c r="B790" s="1" t="s">
         <v>2953</v>
       </c>
-      <c r="C780" s="1" t="s">
+      <c r="C790" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E790" s="3" t="s">
         <v>2954</v>
       </c>
-      <c r="D780" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E780" s="3" t="s">
+      <c r="F790" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G790" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A791" s="1" t="s">
         <v>2955</v>
       </c>
-      <c r="F780" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A781" s="1" t="s">
+      <c r="B791" s="1" t="s">
         <v>2956</v>
       </c>
-      <c r="B781" s="1" t="s">
+      <c r="C791" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D791" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E791" s="3" t="s">
         <v>2957</v>
       </c>
-      <c r="C781" s="1" t="s">
+      <c r="F791" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G791" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A792" s="1" t="s">
         <v>2958</v>
       </c>
-      <c r="D781" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E781" s="3" t="s">
+      <c r="B792" s="1" t="s">
         <v>2959</v>
       </c>
-      <c r="F781" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A782" s="1" t="s">
+      <c r="C792" s="1" t="s">
         <v>2960</v>
       </c>
-      <c r="B782" s="1" t="s">
+      <c r="D792" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E792" s="3" t="s">
         <v>2961</v>
       </c>
-      <c r="C782" s="1" t="s">
+      <c r="F792" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G792" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A793" s="1" t="s">
         <v>2962</v>
       </c>
-      <c r="D782" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E782" s="3" t="s">
+      <c r="B793" s="1" t="s">
         <v>2963</v>
       </c>
-      <c r="F782" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A783" s="1" t="s">
+      <c r="C793" s="1" t="s">
         <v>2964</v>
       </c>
-      <c r="B783" s="1" t="s">
+      <c r="D793" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E793" s="3" t="s">
         <v>2965</v>
       </c>
-      <c r="C783" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E783" s="3" t="s">
+      <c r="F793" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G793" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A794" s="1" t="s">
         <v>2966</v>
       </c>
-      <c r="F783" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A784" s="1" t="s">
+      <c r="B794" s="1" t="s">
         <v>2967</v>
       </c>
-      <c r="B784" s="1" t="s">
+      <c r="C794" s="1" t="s">
         <v>2968</v>
       </c>
-      <c r="C784" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E784" s="3" t="s">
+      <c r="D794" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E794" s="3" t="s">
         <v>2969</v>
       </c>
-      <c r="F784" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A785" s="1" t="s">
+      <c r="F794" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G794" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A795" s="1" t="s">
         <v>2970</v>
       </c>
-      <c r="B785" s="1" t="s">
+      <c r="B795" s="1" t="s">
         <v>2971</v>
       </c>
-      <c r="C785" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E785" s="3" t="s">
+      <c r="C795" s="1" t="s">
         <v>2972</v>
       </c>
-      <c r="F785" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A786" s="1" t="s">
+      <c r="D795" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E795" s="3" t="s">
         <v>2973</v>
       </c>
-      <c r="B786" s="1" t="s">
+      <c r="F795" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G795" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A796" s="1" t="s">
         <v>2974</v>
       </c>
-      <c r="C786" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E786" s="3" t="s">
+      <c r="B796" s="1" t="s">
         <v>2975</v>
       </c>
-      <c r="F786" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A787" s="1" t="s">
+      <c r="C796" s="1" t="s">
         <v>2976</v>
       </c>
-      <c r="B787" s="1" t="s">
+      <c r="D796" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E796" s="3" t="s">
         <v>2977</v>
       </c>
-      <c r="C787" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E787" s="3" t="s">
+      <c r="F796" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G796" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A797" s="1" t="s">
         <v>2978</v>
       </c>
-      <c r="F787" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A788" s="1" t="s">
+      <c r="B797" s="1" t="s">
         <v>2979</v>
       </c>
-      <c r="B788" s="1" t="s">
+      <c r="C797" s="1" t="s">
         <v>2980</v>
       </c>
-      <c r="C788" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E788" s="3" t="s">
+      <c r="D797" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E797" s="3" t="s">
         <v>2981</v>
       </c>
-      <c r="F788" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A789" s="1" t="s">
+      <c r="F797" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G797" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A798" s="1" t="s">
         <v>2982</v>
       </c>
-      <c r="B789" s="1" t="s">
+      <c r="B798" s="1" t="s">
         <v>2983</v>
       </c>
-      <c r="C789" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E789" s="3" t="s">
+      <c r="C798" s="1" t="s">
         <v>2984</v>
       </c>
-      <c r="F789" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A790" s="1" t="s">
+      <c r="D798" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E798" s="3" t="s">
         <v>2985</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="F798" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G798" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A799" s="1" t="s">
         <v>2986</v>
       </c>
-      <c r="C790" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E790" s="3" t="s">
+      <c r="B799" s="1" t="s">
         <v>2987</v>
       </c>
-      <c r="F790" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A791" s="1" t="s">
+      <c r="C799" s="1" t="s">
         <v>2988</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="D799" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E799" s="3" t="s">
         <v>2989</v>
       </c>
-      <c r="C791" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E791" s="3" t="s">
+      <c r="F799" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G799" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A800" s="1" t="s">
         <v>2990</v>
       </c>
-      <c r="F791" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A792" s="1" t="s">
+      <c r="B800" s="1" t="s">
         <v>2991</v>
       </c>
-      <c r="B792" s="1" t="s">
+      <c r="C800" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D800" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E800" s="3" t="s">
         <v>2992</v>
       </c>
-      <c r="C792" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E792" s="3" t="s">
+      <c r="F800" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G800" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A801" s="1" t="s">
         <v>2993</v>
       </c>
-      <c r="F792" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A793" s="1" t="s">
+      <c r="B801" s="1" t="s">
         <v>2994</v>
       </c>
-      <c r="B793" s="1" t="s">
+      <c r="C801" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E801" s="3" t="s">
         <v>2995</v>
       </c>
-      <c r="C793" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E793" s="3" t="s">
+      <c r="F801" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G801" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A802" s="1" t="s">
         <v>2996</v>
       </c>
-      <c r="F793" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A794" s="1" t="s">
+      <c r="B802" s="1" t="s">
         <v>2997</v>
       </c>
-      <c r="B794" s="1" t="s">
+      <c r="C802" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D802" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E802" s="3" t="s">
         <v>2998</v>
       </c>
-      <c r="C794" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E794" s="3" t="s">
+      <c r="F802" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G802" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A803" s="1" t="s">
         <v>2999</v>
       </c>
-      <c r="F794" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A795" s="1" t="s">
+      <c r="B803" s="1" t="s">
         <v>3000</v>
       </c>
-      <c r="B795" s="1" t="s">
+      <c r="C803" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D803" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E803" s="3" t="s">
         <v>3001</v>
       </c>
-      <c r="C795" s="1" t="s">
+      <c r="F803" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G803" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A804" s="1" t="s">
         <v>3002</v>
       </c>
-      <c r="D795" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E795" s="3" t="s">
+      <c r="B804" s="1" t="s">
         <v>3003</v>
       </c>
-      <c r="F795" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A796" s="1" t="s">
+      <c r="C804" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D804" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E804" s="3" t="s">
         <v>3004</v>
       </c>
-      <c r="B796" s="1" t="s">
+      <c r="F804" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G804" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A805" s="1" t="s">
         <v>3005</v>
       </c>
-      <c r="C796" s="1" t="s">
+      <c r="B805" s="1" t="s">
         <v>3006</v>
       </c>
-      <c r="D796" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E796" s="3" t="s">
+      <c r="C805" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D805" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E805" s="3" t="s">
         <v>3007</v>
       </c>
-      <c r="F796" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A797" s="1" t="s">
+      <c r="F805" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G805" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A806" s="1" t="s">
         <v>3008</v>
       </c>
-      <c r="B797" s="1" t="s">
+      <c r="B806" s="1" t="s">
         <v>3009</v>
       </c>
-      <c r="C797" s="1" t="s">
+      <c r="C806" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="D797" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E797" s="3" t="s">
+      <c r="D806" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E806" s="3" t="s">
         <v>3011</v>
       </c>
-      <c r="F797" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A798" s="1" t="s">
+      <c r="F806" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G806" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A807" s="1" t="s">
         <v>3012</v>
       </c>
-      <c r="B798" s="1" t="s">
+      <c r="B807" s="1" t="s">
         <v>3013</v>
       </c>
-      <c r="C798" s="1" t="s">
+      <c r="C807" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="D798" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E798" s="3" t="s">
+      <c r="D807" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E807" s="3" t="s">
         <v>3014</v>
       </c>
-      <c r="F798" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A799" s="1" t="s">
+      <c r="F807" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G807" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A808" s="1" t="s">
         <v>3015</v>
       </c>
-      <c r="B799" s="1" t="s">
+      <c r="B808" s="1" t="s">
         <v>3016</v>
       </c>
-      <c r="C799" s="1" t="s">
+      <c r="C808" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="D799" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E799" s="3" t="s">
+      <c r="D808" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E808" s="3" t="s">
         <v>3017</v>
       </c>
-      <c r="F799" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A800" s="1" t="s">
+      <c r="F808" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G808" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A809" s="1" t="s">
         <v>3018</v>
       </c>
-      <c r="B800" s="1" t="s">
+      <c r="B809" s="1" t="s">
         <v>3019</v>
       </c>
-      <c r="C800" s="1" t="s">
+      <c r="C809" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="D800" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E800" s="3" t="s">
+      <c r="D809" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E809" s="3" t="s">
         <v>3020</v>
       </c>
-      <c r="F800" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A801" s="1" t="s">
+      <c r="F809" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G809" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A810" s="1" t="s">
         <v>3021</v>
       </c>
-      <c r="B801" s="1" t="s">
+      <c r="B810" s="1" t="s">
         <v>3022</v>
       </c>
-      <c r="C801" s="1" t="s">
+      <c r="C810" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="D801" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E801" s="3" t="s">
+      <c r="D810" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E810" s="3" t="s">
         <v>3023</v>
       </c>
-      <c r="F801" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A802" s="1" t="s">
+      <c r="F810" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G810" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A811" s="1" t="s">
         <v>3024</v>
       </c>
-      <c r="B802" s="1" t="s">
+      <c r="B811" s="1" t="s">
         <v>3025</v>
       </c>
-      <c r="C802" s="1" t="s">
+      <c r="C811" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E811" s="3" t="s">
         <v>3026</v>
       </c>
-      <c r="D802" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E802" s="3" t="s">
+      <c r="F811" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G811" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A812" s="1" t="s">
         <v>3027</v>
       </c>
-      <c r="F802" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A803" s="1" t="s">
+      <c r="B812" s="1" t="s">
         <v>3028</v>
       </c>
-      <c r="B803" s="1" t="s">
+      <c r="C812" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E812" s="3" t="s">
         <v>3029</v>
       </c>
-      <c r="C803" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E803" s="3" t="s">
+      <c r="F812" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G812" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A813" s="1" t="s">
         <v>3030</v>
       </c>
-      <c r="F803" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A804" s="1" t="s">
+      <c r="B813" s="1" t="s">
         <v>3031</v>
       </c>
-      <c r="B804" s="1" t="s">
+      <c r="C813" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D813" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E813" s="3" t="s">
         <v>3032</v>
       </c>
-      <c r="C804" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E804" s="3" t="s">
+      <c r="F813" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G813" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A814" s="1" t="s">
         <v>3033</v>
       </c>
-      <c r="F804" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A805" s="1" t="s">
+      <c r="B814" s="1" t="s">
         <v>3034</v>
       </c>
-      <c r="B805" s="1" t="s">
+      <c r="C814" s="1" t="s">
         <v>3035</v>
       </c>
-      <c r="C805" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E805" s="3" t="s">
+      <c r="D814" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E814" s="3" t="s">
         <v>3036</v>
       </c>
-      <c r="F805" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A806" s="1" t="s">
+      <c r="F814" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G814" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A815" s="1" t="s">
         <v>3037</v>
       </c>
-      <c r="B806" s="1" t="s">
+      <c r="B815" s="1" t="s">
         <v>3038</v>
       </c>
-      <c r="C806" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E806" s="3" t="s">
+      <c r="C815" s="1" t="s">
         <v>3039</v>
       </c>
-      <c r="F806" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A807" s="1" t="s">
+      <c r="D815" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E815" s="3" t="s">
         <v>3040</v>
       </c>
-      <c r="B807" s="1" t="s">
+      <c r="F815" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G815" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A816" s="1" t="s">
         <v>3041</v>
       </c>
-      <c r="C807" s="1" t="s">
+      <c r="B816" s="1" t="s">
         <v>3042</v>
       </c>
-      <c r="D807" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E807" s="3" t="s">
+      <c r="C816" s="1" t="s">
         <v>3043</v>
       </c>
-      <c r="F807" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A808" s="1" t="s">
+      <c r="D816" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E816" s="3" t="s">
         <v>3044</v>
       </c>
-      <c r="B808" s="1" t="s">
+      <c r="F816" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G816" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A817" s="1" t="s">
         <v>3045</v>
       </c>
-      <c r="C808" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E808" s="3" t="s">
+      <c r="B817" s="1" t="s">
         <v>3046</v>
       </c>
-      <c r="F808" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A809" s="1" t="s">
+      <c r="C817" s="1" t="s">
         <v>3047</v>
       </c>
-      <c r="B809" s="1" t="s">
+      <c r="D817" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E817" s="3" t="s">
         <v>3048</v>
       </c>
-      <c r="C809" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E809" s="3" t="s">
+      <c r="F817" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G817" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A818" s="1" t="s">
         <v>3049</v>
       </c>
-      <c r="F809" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A810" s="1" t="s">
+      <c r="B818" s="1" t="s">
         <v>3050</v>
       </c>
-      <c r="B810" s="1" t="s">
+      <c r="C818" s="1" t="s">
         <v>3051</v>
       </c>
-      <c r="C810" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E810" s="3" t="s">
+      <c r="D818" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E818" s="3" t="s">
         <v>3052</v>
       </c>
-      <c r="F810" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A811" s="1" t="s">
+      <c r="F818" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G818" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A819" s="1" t="s">
         <v>3053</v>
       </c>
-      <c r="B811" s="1" t="s">
+      <c r="B819" s="1" t="s">
         <v>3054</v>
       </c>
-      <c r="C811" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E811" s="3" t="s">
+      <c r="C819" s="1" t="s">
         <v>3055</v>
       </c>
-      <c r="F811" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A812" s="1" t="s">
+      <c r="D819" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E819" s="3" t="s">
         <v>3056</v>
       </c>
-      <c r="B812" s="1" t="s">
+      <c r="F819" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G819" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A820" s="1" t="s">
         <v>3057</v>
       </c>
-      <c r="C812" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E812" s="3" t="s">
+      <c r="B820" s="1" t="s">
         <v>3058</v>
       </c>
-      <c r="F812" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A813" s="1" t="s">
+      <c r="C820" s="1" t="s">
         <v>3059</v>
       </c>
-      <c r="B813" s="1" t="s">
+      <c r="D820" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E820" s="3" t="s">
         <v>3060</v>
       </c>
-      <c r="C813" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E813" s="3" t="s">
+      <c r="F820" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G820" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A821" s="1" t="s">
         <v>3061</v>
       </c>
-      <c r="F813" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A814" s="1" t="s">
+      <c r="B821" s="1" t="s">
         <v>3062</v>
       </c>
-      <c r="B814" s="1" t="s">
+      <c r="C821" s="1" t="s">
+        <v>3059</v>
+      </c>
+      <c r="D821" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E821" s="3" t="s">
         <v>3063</v>
       </c>
-      <c r="C814" s="1" t="s">
+      <c r="F821" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G821" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A822" s="1" t="s">
         <v>3064</v>
       </c>
-      <c r="D814" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E814" s="3" t="s">
+      <c r="B822" s="1" t="s">
         <v>3065</v>
       </c>
-      <c r="F814" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A815" s="1" t="s">
+      <c r="C822" s="1" t="s">
         <v>3066</v>
       </c>
-      <c r="B815" s="1" t="s">
+      <c r="D822" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E822" s="3" t="s">
         <v>3067</v>
       </c>
-      <c r="C815" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E815" s="3" t="s">
+      <c r="F822" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G822" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A823" s="1" t="s">
         <v>3068</v>
       </c>
-      <c r="F815" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A816" s="1" t="s">
+      <c r="B823" s="1" t="s">
         <v>3069</v>
       </c>
-      <c r="B816" s="1" t="s">
+      <c r="C823" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D823" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E823" s="3" t="s">
         <v>3070</v>
       </c>
-      <c r="C816" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E816" s="3" t="s">
+      <c r="F823" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G823" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A824" s="1" t="s">
         <v>3071</v>
       </c>
-      <c r="F816" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A817" s="1" t="s">
+      <c r="B824" s="1" t="s">
         <v>3072</v>
       </c>
-      <c r="B817" s="1" t="s">
+      <c r="C824" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D824" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E824" s="3" t="s">
         <v>3073</v>
       </c>
-      <c r="C817" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E817" s="3" t="s">
+      <c r="F824" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G824" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A825" s="1" t="s">
         <v>3074</v>
       </c>
-      <c r="F817" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A818" s="1" t="s">
+      <c r="B825" s="1" t="s">
         <v>3075</v>
       </c>
-      <c r="B818" s="1" t="s">
+      <c r="C825" s="1" t="s">
         <v>3076</v>
       </c>
-      <c r="C818" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E818" s="3" t="s">
+      <c r="D825" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E825" s="3" t="s">
         <v>3077</v>
       </c>
-      <c r="F818" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A819" s="1" t="s">
+      <c r="F825" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G825" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A826" s="1" t="s">
         <v>3078</v>
       </c>
-      <c r="B819" s="1" t="s">
+      <c r="B826" s="1" t="s">
         <v>3079</v>
       </c>
-      <c r="C819" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E819" s="3" t="s">
+      <c r="C826" s="1" t="s">
         <v>3080</v>
       </c>
-      <c r="F819" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A820" s="1" t="s">
+      <c r="D826" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E826" s="3" t="s">
         <v>3081</v>
       </c>
-      <c r="B820" s="1" t="s">
+      <c r="F826" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G826" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A827" s="1" t="s">
         <v>3082</v>
       </c>
-      <c r="C820" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E820" s="3" t="s">
+      <c r="B827" s="1" t="s">
         <v>3083</v>
       </c>
-      <c r="F820" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A821" s="1" t="s">
+      <c r="C827" s="1" t="s">
         <v>3084</v>
       </c>
-      <c r="B821" s="1" t="s">
+      <c r="D827" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E827" s="3" t="s">
         <v>3085</v>
       </c>
-      <c r="C821" s="1" t="s">
+      <c r="F827" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G827" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A828" s="1" t="s">
         <v>3086</v>
       </c>
-      <c r="D821" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E821" s="3" t="s">
+      <c r="B828" s="1" t="s">
         <v>3087</v>
       </c>
-      <c r="F821" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A822" s="1" t="s">
+      <c r="C828" s="1" t="s">
         <v>3088</v>
       </c>
-      <c r="B822" s="1" t="s">
+      <c r="D828" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E828" s="3" t="s">
         <v>3089</v>
       </c>
-      <c r="C822" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E822" s="3" t="s">
+      <c r="F828" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G828" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A829" s="1" t="s">
         <v>3090</v>
       </c>
-      <c r="F822" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A823" s="1" t="s">
+      <c r="B829" s="1" t="s">
         <v>3091</v>
       </c>
-      <c r="B823" s="1" t="s">
+      <c r="C829" s="1" t="s">
         <v>3092</v>
       </c>
-      <c r="C823" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E823" s="3" t="s">
+      <c r="D829" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E829" s="3" t="s">
         <v>3093</v>
       </c>
-      <c r="F823" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A824" s="1" t="s">
+      <c r="F829" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G829" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A830" s="1" t="s">
         <v>3094</v>
       </c>
-      <c r="B824" s="1" t="s">
+      <c r="B830" s="1" t="s">
         <v>3095</v>
       </c>
-      <c r="C824" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E824" s="3" t="s">
+      <c r="C830" s="1" t="s">
         <v>3096</v>
       </c>
-      <c r="F824" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A825" s="1" t="s">
+      <c r="D830" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E830" s="3" t="s">
         <v>3097</v>
       </c>
-      <c r="B825" s="1" t="s">
+      <c r="F830" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G830" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A831" s="1" t="s">
         <v>3098</v>
       </c>
-      <c r="C825" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E825" s="3" t="s">
+      <c r="B831" s="1" t="s">
         <v>3099</v>
       </c>
-      <c r="F825" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A826" s="1" t="s">
+      <c r="C831" s="1" t="s">
         <v>3100</v>
       </c>
-      <c r="B826" s="1" t="s">
+      <c r="D831" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E831" s="3" t="s">
         <v>3101</v>
       </c>
-      <c r="C826" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E826" s="3" t="s">
+      <c r="F831" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G831" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A832" s="1" t="s">
         <v>3102</v>
       </c>
-      <c r="F826" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A827" s="1" t="s">
+      <c r="B832" s="1" t="s">
         <v>3103</v>
       </c>
-      <c r="B827" s="1" t="s">
+      <c r="C832" s="1" t="s">
         <v>3104</v>
       </c>
-      <c r="C827" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E827" s="3" t="s">
+      <c r="D832" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E832" s="3" t="s">
         <v>3105</v>
       </c>
-      <c r="F827" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A828" s="1" t="s">
+      <c r="F832" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G832" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A833" s="1" t="s">
         <v>3106</v>
       </c>
-      <c r="B828" s="1" t="s">
+      <c r="B833" s="1" t="s">
         <v>3107</v>
       </c>
-      <c r="C828" s="1" t="s">
+      <c r="C833" s="1" t="s">
         <v>3108</v>
       </c>
-      <c r="D828" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E828" s="3" t="s">
+      <c r="D833" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E833" s="3" t="s">
         <v>3109</v>
       </c>
-      <c r="F828" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A829" s="1" t="s">
+      <c r="F833" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G833" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A834" s="1" t="s">
         <v>3110</v>
       </c>
-      <c r="B829" s="1" t="s">
+      <c r="B834" s="1" t="s">
         <v>3111</v>
       </c>
-      <c r="C829" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E829" s="3" t="s">
+      <c r="C834" s="1" t="s">
         <v>3112</v>
       </c>
-      <c r="F829" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A830" s="1" t="s">
+      <c r="D834" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E834" s="3" t="s">
         <v>3113</v>
       </c>
-      <c r="B830" s="1" t="s">
+      <c r="F834" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G834" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A835" s="1" t="s">
         <v>3114</v>
       </c>
-      <c r="C830" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E830" s="3" t="s">
+      <c r="B835" s="1" t="s">
         <v>3115</v>
       </c>
-      <c r="F830" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A831" s="1" t="s">
+      <c r="C835" s="1" t="s">
         <v>3116</v>
       </c>
-      <c r="B831" s="1" t="s">
+      <c r="D835" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E835" s="3" t="s">
         <v>3117</v>
       </c>
-      <c r="C831" s="1" t="s">
+      <c r="F835" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G835" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A836" s="1" t="s">
         <v>3118</v>
       </c>
-      <c r="D831" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E831" s="3" t="s">
+      <c r="B836" s="1" t="s">
         <v>3119</v>
       </c>
-      <c r="F831" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A832" s="1" t="s">
+      <c r="C836" s="1" t="s">
         <v>3120</v>
       </c>
-      <c r="B832" s="1" t="s">
+      <c r="D836" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E836" s="3" t="s">
         <v>3121</v>
       </c>
-      <c r="C832" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E832" s="3" t="s">
+      <c r="F836" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G836" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A837" s="1" t="s">
         <v>3122</v>
       </c>
-      <c r="F832" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A833" s="1" t="s">
+      <c r="B837" s="1" t="s">
         <v>3123</v>
       </c>
-      <c r="B833" s="1" t="s">
+      <c r="C837" s="1" t="s">
         <v>3124</v>
       </c>
-      <c r="C833" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E833" s="3" t="s">
+      <c r="D837" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E837" s="3" t="s">
         <v>3125</v>
       </c>
-      <c r="F833" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A834" s="1" t="s">
+      <c r="F837" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G837" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A838" s="1" t="s">
         <v>3126</v>
       </c>
-      <c r="B834" s="1" t="s">
+      <c r="B838" s="1" t="s">
         <v>3127</v>
       </c>
-      <c r="C834" s="1" t="s">
+      <c r="C838" s="1" t="s">
         <v>3128</v>
       </c>
-      <c r="D834" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E834" s="3" t="s">
+      <c r="D838" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E838" s="3" t="s">
         <v>3129</v>
       </c>
-      <c r="F834" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A835" s="1" t="s">
+      <c r="F838" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G838" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A839" s="1" t="s">
         <v>3130</v>
       </c>
-      <c r="B835" s="1" t="s">
+      <c r="B839" s="1" t="s">
         <v>3131</v>
       </c>
-      <c r="C835" s="1" t="s">
+      <c r="C839" s="1" t="s">
         <v>3132</v>
       </c>
-      <c r="D835" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E835" s="3" t="s">
+      <c r="D839" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E839" s="3" t="s">
         <v>3133</v>
       </c>
-      <c r="F835" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A836" s="1" t="s">
+      <c r="F839" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G839" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A840" s="1" t="s">
         <v>3134</v>
       </c>
-      <c r="B836" s="1" t="s">
+      <c r="B840" s="1" t="s">
         <v>3135</v>
       </c>
-      <c r="C836" s="1" t="s">
+      <c r="C840" s="1" t="s">
         <v>3136</v>
       </c>
-      <c r="D836" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E836" s="3" t="s">
+      <c r="D840" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E840" s="3" t="s">
         <v>3137</v>
       </c>
-      <c r="F836" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A837" s="1" t="s">
+      <c r="F840" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G840" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A841" s="1" t="s">
         <v>3138</v>
       </c>
-      <c r="B837" s="1" t="s">
+      <c r="B841" s="1" t="s">
         <v>3139</v>
       </c>
-      <c r="C837" s="1" t="s">
+      <c r="C841" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="D837" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E837" s="3" t="s">
+      <c r="D841" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E841" s="3" t="s">
         <v>3141</v>
       </c>
-      <c r="F837" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A838" s="1" t="s">
+      <c r="F841" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G841" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A842" s="1" t="s">
         <v>3142</v>
       </c>
-      <c r="B838" s="1" t="s">
+      <c r="B842" s="1" t="s">
         <v>3143</v>
       </c>
-      <c r="C838" s="1" t="s">
+      <c r="C842" s="1" t="s">
         <v>3144</v>
       </c>
-      <c r="D838" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E838" s="3" t="s">
+      <c r="D842" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E842" s="3" t="s">
         <v>3145</v>
       </c>
-      <c r="F838" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A839" s="1" t="s">
+      <c r="F842" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G842" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A843" s="1" t="s">
         <v>3146</v>
       </c>
-      <c r="B839" s="1" t="s">
+      <c r="B843" s="1" t="s">
         <v>3147</v>
       </c>
-      <c r="C839" s="1" t="s">
+      <c r="C843" s="1" t="s">
         <v>3148</v>
       </c>
-      <c r="D839" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E839" s="3" t="s">
+      <c r="D843" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E843" s="3" t="s">
         <v>3149</v>
       </c>
-      <c r="F839" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A840" s="1" t="s">
+      <c r="F843" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G843" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A844" s="1" t="s">
         <v>3150</v>
       </c>
-      <c r="B840" s="1" t="s">
+      <c r="B844" s="1" t="s">
         <v>3151</v>
       </c>
-      <c r="C840" s="1" t="s">
+      <c r="C844" s="1" t="s">
         <v>3152</v>
       </c>
-      <c r="D840" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E840" s="3" t="s">
+      <c r="D844" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E844" s="3" t="s">
         <v>3153</v>
       </c>
-      <c r="F840" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A841" s="1" t="s">
+      <c r="F844" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G844" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A845" s="1" t="s">
         <v>3154</v>
       </c>
-      <c r="B841" s="1" t="s">
+      <c r="B845" s="1" t="s">
         <v>3155</v>
-      </c>
-[...90 lines deleted...]
-        <v>3168</v>
       </c>
       <c r="C845" s="1" t="s">
         <v>3156</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E845" s="3" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F845" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G845" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A846" s="1" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B846" s="1" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C846" s="1" t="s">
+        <v>3160</v>
+      </c>
+      <c r="D846" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E846" s="3" t="s">
+        <v>3161</v>
+      </c>
+      <c r="F846" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G846" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A847" s="1" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B847" s="1" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C847" s="1" t="s">
+        <v>3164</v>
+      </c>
+      <c r="D847" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E847" s="3" t="s">
+        <v>3165</v>
+      </c>
+      <c r="F847" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G847" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A848" s="1" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B848" s="1" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C848" s="1" t="s">
+        <v>3168</v>
+      </c>
+      <c r="D848" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E848" s="3" t="s">
         <v>3169</v>
       </c>
-      <c r="F845" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A846" s="1" t="s">
+      <c r="F848" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G848" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A849" s="1" t="s">
         <v>3170</v>
       </c>
-      <c r="B846" s="1" t="s">
+      <c r="B849" s="1" t="s">
         <v>3171</v>
       </c>
-      <c r="C846" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E846" s="3" t="s">
+      <c r="C849" s="1" t="s">
         <v>3172</v>
       </c>
-      <c r="F846" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A847" s="1" t="s">
+      <c r="D849" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E849" s="3" t="s">
         <v>3173</v>
       </c>
-      <c r="B847" s="1" t="s">
+      <c r="F849" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G849" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A850" s="1" t="s">
         <v>3174</v>
       </c>
-      <c r="C847" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E847" s="3" t="s">
+      <c r="B850" s="1" t="s">
         <v>3175</v>
       </c>
-      <c r="F847" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A848" s="1" t="s">
+      <c r="C850" s="1" t="s">
         <v>3176</v>
       </c>
-      <c r="B848" s="1" t="s">
+      <c r="D850" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E850" s="3" t="s">
         <v>3177</v>
       </c>
-      <c r="C848" s="1" t="s">
+      <c r="F850" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G850" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A851" s="1" t="s">
         <v>3178</v>
       </c>
-      <c r="D848" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E848" s="3" t="s">
+      <c r="B851" s="1" t="s">
         <v>3179</v>
       </c>
-      <c r="F848" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A849" s="1" t="s">
+      <c r="C851" s="1" t="s">
         <v>3180</v>
       </c>
-      <c r="B849" s="1" t="s">
+      <c r="D851" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E851" s="3" t="s">
         <v>3181</v>
       </c>
-      <c r="C849" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E849" s="3" t="s">
+      <c r="F851" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G851" s="3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A852" s="1" t="s">
         <v>3182</v>
       </c>
-      <c r="F849" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A850" s="1" t="s">
+      <c r="B852" s="1" t="s">
         <v>3183</v>
       </c>
-      <c r="B850" s="1" t="s">
+      <c r="C852" s="1" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D852" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E852" s="3" t="s">
         <v>3184</v>
       </c>
-      <c r="C850" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E850" s="3" t="s">
+      <c r="F852" s="3" t="s">
+        <v>2235</v>
+      </c>
+      <c r="G852" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A853" s="1" t="s">
         <v>3185</v>
       </c>
-      <c r="F850" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A851" s="1" t="s">
+      <c r="B853" s="1" t="s">
         <v>3186</v>
       </c>
-      <c r="B851" s="1" t="s">
+      <c r="C853" s="1" t="s">
+        <v>3186</v>
+      </c>
+      <c r="D853" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E853" s="3" t="s">
         <v>3187</v>
       </c>
-      <c r="C851" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E851" s="3" t="s">
+      <c r="F853" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G853" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A854" s="1" t="s">
         <v>3188</v>
       </c>
-      <c r="F851" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A852" s="1" t="s">
+      <c r="B854" s="1" t="s">
         <v>3189</v>
       </c>
-      <c r="B852" s="1" t="s">
+      <c r="C854" s="1" t="s">
         <v>3190</v>
       </c>
-      <c r="C852" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E852" s="3" t="s">
+      <c r="D854" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E854" s="3" t="s">
         <v>3191</v>
       </c>
-      <c r="F852" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A853" s="1" t="s">
+      <c r="F854" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G854" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A855" s="1" t="s">
         <v>3192</v>
       </c>
-      <c r="B853" s="1" t="s">
+      <c r="B855" s="1" t="s">
         <v>3193</v>
       </c>
-      <c r="C853" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E853" s="3" t="s">
+      <c r="C855" s="1" t="s">
         <v>3194</v>
       </c>
-      <c r="F853" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A854" s="1" t="s">
+      <c r="D855" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E855" s="3" t="s">
         <v>3195</v>
       </c>
-      <c r="B854" s="1" t="s">
+      <c r="F855" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G855" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A856" s="1" t="s">
         <v>3196</v>
       </c>
-      <c r="C854" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E854" s="3" t="s">
+      <c r="B856" s="1" t="s">
         <v>3197</v>
       </c>
-      <c r="F854" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A855" s="1" t="s">
+      <c r="C856" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D856" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E856" s="3" t="s">
         <v>3198</v>
       </c>
-      <c r="B855" s="1" t="s">
+      <c r="F856" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G856" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A857" s="1" t="s">
         <v>3199</v>
       </c>
-      <c r="C855" s="1" t="s">
+      <c r="B857" s="1" t="s">
         <v>3200</v>
       </c>
-      <c r="D855" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E855" s="3" t="s">
+      <c r="C857" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D857" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E857" s="3" t="s">
         <v>3201</v>
       </c>
-      <c r="F855" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A856" s="1" t="s">
+      <c r="F857" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G857" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A858" s="1" t="s">
         <v>3202</v>
       </c>
-      <c r="B856" s="1" t="s">
+      <c r="B858" s="1" t="s">
         <v>3203</v>
       </c>
-      <c r="C856" s="1" t="s">
+      <c r="C858" s="1" t="s">
         <v>3204</v>
       </c>
-      <c r="D856" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E856" s="3" t="s">
+      <c r="D858" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E858" s="3" t="s">
         <v>3205</v>
       </c>
-      <c r="F856" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A857" s="1" t="s">
+      <c r="F858" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G858" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A859" s="1" t="s">
         <v>3206</v>
       </c>
-      <c r="B857" s="1" t="s">
+      <c r="B859" s="1" t="s">
         <v>3207</v>
       </c>
-      <c r="C857" s="1" t="s">
+      <c r="C859" s="1" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E859" s="3" t="s">
         <v>3208</v>
       </c>
-      <c r="D857" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E857" s="3" t="s">
+      <c r="F859" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G859" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A860" s="1" t="s">
         <v>3209</v>
       </c>
-      <c r="F857" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A858" s="1" t="s">
+      <c r="B860" s="1" t="s">
         <v>3210</v>
       </c>
-      <c r="B858" s="1" t="s">
+      <c r="C860" s="1" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E860" s="3" t="s">
         <v>3211</v>
       </c>
-      <c r="C858" s="1" t="s">
+      <c r="F860" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G860" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A861" s="1" t="s">
         <v>3212</v>
       </c>
-      <c r="D858" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E858" s="3" t="s">
+      <c r="B861" s="1" t="s">
         <v>3213</v>
       </c>
-      <c r="F858" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A859" s="1" t="s">
+      <c r="C861" s="1" t="s">
+        <v>3213</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E861" s="3" t="s">
         <v>3214</v>
       </c>
-      <c r="B859" s="1" t="s">
+      <c r="F861" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G861" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A862" s="1" t="s">
         <v>3215</v>
       </c>
-      <c r="C859" s="1" t="s">
+      <c r="B862" s="1" t="s">
         <v>3216</v>
       </c>
-      <c r="D859" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E859" s="3" t="s">
+      <c r="C862" s="1" t="s">
         <v>3217</v>
       </c>
-      <c r="F859" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A860" s="1" t="s">
+      <c r="D862" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E862" s="3" t="s">
         <v>3218</v>
       </c>
-      <c r="B860" s="1" t="s">
+      <c r="F862" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G862" s="3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A863" s="1" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B863" s="1" t="s">
         <v>3219</v>
       </c>
-      <c r="C860" s="1" t="s">
+      <c r="C863" s="1" t="s">
+        <v>3219</v>
+      </c>
+      <c r="D863" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E863" s="3" t="s">
         <v>3220</v>
       </c>
-      <c r="D860" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E860" s="3" t="s">
+      <c r="F863" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G863" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A864" s="1" t="s">
         <v>3221</v>
       </c>
-      <c r="F860" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A861" s="1" t="s">
+      <c r="B864" s="1" t="s">
         <v>3222</v>
       </c>
-      <c r="B861" s="1" t="s">
+      <c r="C864" s="1" t="s">
+        <v>3222</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E864" s="3" t="s">
         <v>3223</v>
       </c>
-      <c r="C861" s="1" t="s">
+      <c r="F864" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G864" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A865" s="1" t="s">
         <v>3224</v>
       </c>
-      <c r="D861" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E861" s="3" t="s">
+      <c r="B865" s="1" t="s">
         <v>3225</v>
       </c>
-      <c r="F861" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A862" s="1" t="s">
+      <c r="C865" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E865" s="3" t="s">
         <v>3226</v>
       </c>
-      <c r="B862" s="1" t="s">
+      <c r="F865" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G865" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A866" s="1" t="s">
         <v>3227</v>
       </c>
-      <c r="C862" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E862" s="3" t="s">
+      <c r="B866" s="1" t="s">
         <v>3228</v>
       </c>
-      <c r="F862" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A863" s="1" t="s">
+      <c r="C866" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E866" s="3" t="s">
         <v>3229</v>
       </c>
-      <c r="B863" s="1" t="s">
+      <c r="F866" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G866" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A867" s="1" t="s">
         <v>3230</v>
       </c>
-      <c r="C863" s="1" t="s">
+      <c r="B867" s="1" t="s">
         <v>3231</v>
       </c>
-      <c r="D863" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E863" s="3" t="s">
+      <c r="C867" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E867" s="3" t="s">
         <v>3232</v>
       </c>
-      <c r="F863" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A864" s="1" t="s">
+      <c r="F867" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G867" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A868" s="1" t="s">
         <v>3233</v>
       </c>
-      <c r="B864" s="1" t="s">
+      <c r="B868" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="C864" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E864" s="3" t="s">
+      <c r="C868" s="1" t="s">
         <v>3235</v>
       </c>
-      <c r="F864" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A865" s="1" t="s">
+      <c r="D868" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E868" s="3" t="s">
         <v>3236</v>
       </c>
-      <c r="B865" s="1" t="s">
+      <c r="F868" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G868" s="3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A869" s="1" t="s">
         <v>3237</v>
       </c>
-      <c r="C865" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E865" s="3" t="s">
+      <c r="B869" s="1" t="s">
         <v>3238</v>
       </c>
-      <c r="F865" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A866" s="1" t="s">
+      <c r="C869" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E869" s="3" t="s">
         <v>3239</v>
       </c>
-      <c r="B866" s="1" t="s">
+      <c r="F869" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G869" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A870" s="1" t="s">
         <v>3240</v>
       </c>
-      <c r="C866" s="1" t="s">
+      <c r="B870" s="1" t="s">
         <v>3241</v>
       </c>
-      <c r="D866" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E866" s="3" t="s">
+      <c r="C870" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D870" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E870" s="3" t="s">
         <v>3242</v>
       </c>
-      <c r="F866" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A867" s="1" t="s">
+      <c r="F870" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G870" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A871" s="1" t="s">
         <v>3243</v>
       </c>
-      <c r="B867" s="1" t="s">
+      <c r="B871" s="1" t="s">
         <v>3244</v>
       </c>
-      <c r="C867" s="1" t="s">
+      <c r="C871" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D871" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E871" s="3" t="s">
         <v>3245</v>
       </c>
-      <c r="D867" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E867" s="3" t="s">
+      <c r="F871" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G871" s="3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A872" s="1" t="s">
         <v>3246</v>
       </c>
-      <c r="F867" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A868" s="1" t="s">
+      <c r="B872" s="1" t="s">
         <v>3247</v>
       </c>
-      <c r="B868" s="1" t="s">
+      <c r="C872" s="1" t="s">
+        <v>3247</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E872" s="3" t="s">
         <v>3248</v>
       </c>
-      <c r="C868" s="1" t="s">
+      <c r="F872" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G872" s="3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A873" s="1" t="s">
         <v>3249</v>
       </c>
-      <c r="D868" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E868" s="3" t="s">
+      <c r="B873" s="1" t="s">
         <v>3250</v>
       </c>
-      <c r="F868" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A869" s="1" t="s">
+      <c r="C873" s="1" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E873" s="3" t="s">
         <v>3251</v>
       </c>
-      <c r="B869" s="1" t="s">
+      <c r="F873" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G873" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A874" s="1" t="s">
         <v>3252</v>
       </c>
-      <c r="C869" s="1" t="s">
+      <c r="B874" s="1" t="s">
         <v>3253</v>
       </c>
-      <c r="D869" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E869" s="3" t="s">
+      <c r="C874" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E874" s="3" t="s">
         <v>3254</v>
       </c>
-      <c r="F869" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A870" s="1" t="s">
+      <c r="F874" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G874" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A875" s="1" t="s">
         <v>3255</v>
       </c>
-      <c r="B870" s="1" t="s">
+      <c r="B875" s="1" t="s">
         <v>3256</v>
       </c>
-      <c r="C870" s="1" t="s">
+      <c r="C875" s="1" t="s">
         <v>3257</v>
       </c>
-      <c r="D870" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E870" s="3" t="s">
+      <c r="D875" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E875" s="3" t="s">
         <v>3258</v>
       </c>
-      <c r="F870" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A871" s="1" t="s">
+      <c r="F875" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G875" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A876" s="1" t="s">
         <v>3259</v>
       </c>
-      <c r="B871" s="1" t="s">
+      <c r="B876" s="1" t="s">
         <v>3260</v>
       </c>
-      <c r="C871" s="1" t="s">
+      <c r="C876" s="1" t="s">
         <v>3261</v>
       </c>
-      <c r="D871" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E871" s="3" t="s">
+      <c r="D876" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E876" s="3" t="s">
         <v>3262</v>
       </c>
-      <c r="F871" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A872" s="1" t="s">
+      <c r="F876" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G876" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A877" s="1" t="s">
         <v>3263</v>
       </c>
-      <c r="B872" s="1" t="s">
+      <c r="B877" s="1" t="s">
         <v>3264</v>
       </c>
-      <c r="C872" s="1" t="s">
+      <c r="C877" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D877" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E877" s="3" t="s">
         <v>3265</v>
       </c>
-      <c r="D872" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E872" s="3" t="s">
+      <c r="F877" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G877" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A878" s="1" t="s">
         <v>3266</v>
       </c>
-      <c r="F872" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A873" s="1" t="s">
+      <c r="B878" s="1" t="s">
         <v>3267</v>
       </c>
-      <c r="B873" s="1" t="s">
+      <c r="C878" s="1" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D878" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E878" s="3" t="s">
         <v>3268</v>
       </c>
-      <c r="C873" s="1" t="s">
+      <c r="F878" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G878" s="3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A879" s="1" t="s">
         <v>3269</v>
       </c>
-      <c r="D873" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E873" s="3" t="s">
+      <c r="B879" s="1" t="s">
         <v>3270</v>
       </c>
-      <c r="F873" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A874" s="1" t="s">
+      <c r="C879" s="1" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D879" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E879" s="3" t="s">
         <v>3271</v>
       </c>
-      <c r="B874" s="1" t="s">
+      <c r="F879" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G879" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A880" s="1" t="s">
         <v>3272</v>
       </c>
-      <c r="C874" s="1" t="s">
+      <c r="B880" s="1" t="s">
         <v>3273</v>
       </c>
-      <c r="D874" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E874" s="3" t="s">
+      <c r="C880" s="1" t="s">
+        <v>3273</v>
+      </c>
+      <c r="D880" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E880" s="3" t="s">
         <v>3274</v>
       </c>
-      <c r="F874" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A875" s="1" t="s">
+      <c r="F880" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G880" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A881" s="1" t="s">
         <v>3275</v>
       </c>
-      <c r="B875" s="1" t="s">
+      <c r="B881" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="C875" s="1" t="s">
+      <c r="C881" s="1" t="s">
         <v>3277</v>
       </c>
-      <c r="D875" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E875" s="3" t="s">
+      <c r="D881" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E881" s="3" t="s">
         <v>3278</v>
       </c>
-      <c r="F875" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A876" s="1" t="s">
+      <c r="F881" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G881" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A882" s="1" t="s">
         <v>3279</v>
       </c>
-      <c r="B876" s="1" t="s">
+      <c r="B882" s="1" t="s">
         <v>3280</v>
       </c>
-      <c r="C876" s="1" t="s">
+      <c r="C882" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D882" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E882" s="3" t="s">
         <v>3281</v>
       </c>
-      <c r="D876" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E876" s="3" t="s">
+      <c r="F882" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G882" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A883" s="1" t="s">
         <v>3282</v>
       </c>
-      <c r="F876" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A877" s="1" t="s">
+      <c r="B883" s="1" t="s">
         <v>3283</v>
       </c>
-      <c r="B877" s="1" t="s">
+      <c r="C883" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D883" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E883" s="3" t="s">
         <v>3284</v>
       </c>
-      <c r="C877" s="1" t="s">
+      <c r="F883" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G883" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A884" s="1" t="s">
         <v>3285</v>
       </c>
-      <c r="D877" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E877" s="3" t="s">
+      <c r="B884" s="1" t="s">
         <v>3286</v>
       </c>
-      <c r="F877" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A878" s="1" t="s">
+      <c r="C884" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D884" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E884" s="3" t="s">
         <v>3287</v>
       </c>
-      <c r="B878" s="1" t="s">
+      <c r="F884" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G884" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A885" s="1" t="s">
         <v>3288</v>
       </c>
-      <c r="C878" s="1" t="s">
+      <c r="B885" s="1" t="s">
         <v>3289</v>
       </c>
-      <c r="D878" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E878" s="3" t="s">
+      <c r="C885" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D885" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E885" s="3" t="s">
         <v>3290</v>
       </c>
-      <c r="F878" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A879" s="1" t="s">
+      <c r="F885" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G885" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A886" s="1" t="s">
         <v>3291</v>
       </c>
-      <c r="B879" s="1" t="s">
+      <c r="B886" s="1" t="s">
         <v>3292</v>
       </c>
-      <c r="C879" s="1" t="s">
+      <c r="C886" s="1" t="s">
         <v>3293</v>
       </c>
-      <c r="D879" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E879" s="3" t="s">
+      <c r="D886" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E886" s="3" t="s">
         <v>3294</v>
       </c>
-      <c r="F879" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A880" s="1" t="s">
+      <c r="F886" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G886" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A887" s="1" t="s">
         <v>3295</v>
       </c>
-      <c r="B880" s="1" t="s">
+      <c r="B887" s="1" t="s">
         <v>3296</v>
       </c>
-      <c r="C880" s="1" t="s">
+      <c r="C887" s="1" t="s">
         <v>3297</v>
       </c>
-      <c r="D880" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E880" s="3" t="s">
+      <c r="D887" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E887" s="3" t="s">
         <v>3298</v>
       </c>
-      <c r="F880" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A881" s="1" t="s">
+      <c r="F887" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G887" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A888" s="1" t="s">
         <v>3299</v>
       </c>
-      <c r="B881" s="1" t="s">
+      <c r="B888" s="1" t="s">
         <v>3300</v>
       </c>
-      <c r="C881" s="1" t="s">
+      <c r="C888" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E888" s="3" t="s">
         <v>3301</v>
       </c>
-      <c r="D881" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E881" s="3" t="s">
+      <c r="F888" s="3" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G888" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A889" s="1" t="s">
         <v>3302</v>
       </c>
-      <c r="F881" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A882" s="1" t="s">
+      <c r="B889" s="1" t="s">
         <v>3303</v>
       </c>
-      <c r="B882" s="1" t="s">
+      <c r="C889" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D889" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E889" s="3" t="s">
         <v>3304</v>
       </c>
-      <c r="C882" s="1" t="s">
+      <c r="F889" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G889" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A890" s="1" t="s">
         <v>3305</v>
       </c>
-      <c r="D882" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E882" s="3" t="s">
+      <c r="B890" s="1" t="s">
         <v>3306</v>
       </c>
-      <c r="F882" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A883" s="1" t="s">
+      <c r="C890" s="1" t="s">
         <v>3307</v>
       </c>
-      <c r="B883" s="1" t="s">
+      <c r="D890" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E890" s="3" t="s">
         <v>3308</v>
       </c>
-      <c r="C883" s="1" t="s">
+      <c r="F890" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G890" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A891" s="1" t="s">
         <v>3309</v>
       </c>
-      <c r="D883" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E883" s="3" t="s">
+      <c r="B891" s="1" t="s">
         <v>3310</v>
       </c>
-      <c r="F883" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A884" s="1" t="s">
+      <c r="C891" s="1" t="s">
         <v>3311</v>
       </c>
-      <c r="B884" s="1" t="s">
+      <c r="D891" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E891" s="3" t="s">
         <v>3312</v>
       </c>
-      <c r="C884" s="1" t="s">
+      <c r="F891" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G891" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A892" s="1" t="s">
         <v>3313</v>
       </c>
-      <c r="D884" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E884" s="3" t="s">
+      <c r="B892" s="1" t="s">
         <v>3314</v>
       </c>
-      <c r="F884" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A885" s="1" t="s">
+      <c r="C892" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D892" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E892" s="3" t="s">
         <v>3315</v>
       </c>
-      <c r="B885" s="1" t="s">
+      <c r="F892" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G892" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="893" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A893" s="1" t="s">
         <v>3316</v>
       </c>
-      <c r="C885" s="1" t="s">
+      <c r="B893" s="1" t="s">
         <v>3317</v>
       </c>
-      <c r="D885" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E885" s="3" t="s">
+      <c r="C893" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D893" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E893" s="3" t="s">
         <v>3318</v>
       </c>
-      <c r="F885" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A886" s="1" t="s">
+      <c r="F893" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G893" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A894" s="1" t="s">
         <v>3319</v>
       </c>
-      <c r="B886" s="1" t="s">
+      <c r="B894" s="1" t="s">
         <v>3320</v>
       </c>
-      <c r="C886" s="1" t="s">
+      <c r="C894" s="1" t="s">
         <v>3321</v>
       </c>
-      <c r="D886" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E886" s="3" t="s">
+      <c r="D894" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E894" s="3" t="s">
         <v>3322</v>
       </c>
-      <c r="F886" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A887" s="1" t="s">
+      <c r="F894" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G894" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A895" s="1" t="s">
         <v>3323</v>
       </c>
-      <c r="B887" s="1" t="s">
+      <c r="B895" s="1" t="s">
         <v>3324</v>
       </c>
-      <c r="C887" s="1" t="s">
+      <c r="C895" s="1" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D895" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E895" s="3" t="s">
         <v>3325</v>
       </c>
-      <c r="D887" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E887" s="3" t="s">
+      <c r="F895" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G895" s="3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A896" s="1" t="s">
         <v>3326</v>
       </c>
-      <c r="F887" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A888" s="1" t="s">
+      <c r="B896" s="1" t="s">
         <v>3327</v>
       </c>
-      <c r="B888" s="1" t="s">
+      <c r="C896" s="1" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D896" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E896" s="3" t="s">
         <v>3328</v>
       </c>
-      <c r="C888" s="1" t="s">
+      <c r="F896" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G896" s="3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A897" s="1" t="s">
         <v>3329</v>
       </c>
-      <c r="D888" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E888" s="3" t="s">
+      <c r="B897" s="1" t="s">
         <v>3330</v>
       </c>
-      <c r="F888" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A889" s="1" t="s">
+      <c r="C897" s="1" t="s">
+        <v>3059</v>
+      </c>
+      <c r="D897" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E897" s="3" t="s">
         <v>3331</v>
       </c>
-      <c r="B889" s="1" t="s">
+      <c r="F897" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G897" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A898" s="1" t="s">
         <v>3332</v>
       </c>
-      <c r="C889" s="1" t="s">
+      <c r="B898" s="1" t="s">
         <v>3333</v>
       </c>
-      <c r="D889" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E889" s="3" t="s">
+      <c r="C898" s="1" t="s">
         <v>3334</v>
       </c>
-      <c r="F889" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A890" s="1" t="s">
+      <c r="D898" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E898" s="3" t="s">
         <v>3335</v>
       </c>
-      <c r="B890" s="1" t="s">
+      <c r="F898" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G898" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A899" s="1" t="s">
         <v>3336</v>
       </c>
-      <c r="C890" s="1" t="s">
+      <c r="B899" s="1" t="s">
         <v>3337</v>
       </c>
-      <c r="D890" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E890" s="3" t="s">
+      <c r="C899" s="1" t="s">
         <v>3338</v>
       </c>
-      <c r="F890" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A891" s="1" t="s">
+      <c r="D899" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E899" s="3" t="s">
         <v>3339</v>
       </c>
-      <c r="B891" s="1" t="s">
+      <c r="F899" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G899" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A900" s="1" t="s">
         <v>3340</v>
       </c>
-      <c r="C891" s="1" t="s">
+      <c r="B900" s="1" t="s">
         <v>3341</v>
       </c>
-      <c r="D891" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E891" s="3" t="s">
+      <c r="C900" s="1" t="s">
         <v>3342</v>
       </c>
-      <c r="F891" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A892" s="1" t="s">
+      <c r="D900" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E900" s="3" t="s">
         <v>3343</v>
       </c>
-      <c r="B892" s="1" t="s">
+      <c r="F900" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G900" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A901" s="1" t="s">
         <v>3344</v>
       </c>
-      <c r="C892" s="1" t="s">
+      <c r="B901" s="1" t="s">
         <v>3345</v>
       </c>
-      <c r="D892" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E892" s="3" t="s">
+      <c r="C901" s="1" t="s">
         <v>3346</v>
       </c>
-      <c r="F892" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G892" s="3" t="s">
+      <c r="D901" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E901" s="3" t="s">
+        <v>3347</v>
+      </c>
+      <c r="F901" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G901" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A902" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B902" s="1" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C902" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="D902" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E902" s="3" t="s">
+        <v>3351</v>
+      </c>
+      <c r="F902" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G902" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A903" s="1" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B903" s="1" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C903" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D903" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E903" s="3" t="s">
+        <v>3355</v>
+      </c>
+      <c r="F903" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G903" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A904" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="B904" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="C904" s="1" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D904" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E904" s="3" t="s">
+        <v>3359</v>
+      </c>
+      <c r="F904" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G904" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="905" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A905" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B905" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="C905" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E905" s="3" t="s">
+        <v>3363</v>
+      </c>
+      <c r="F905" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G905" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A906" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="B906" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="C906" s="1" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D906" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E906" s="3" t="s">
+        <v>3367</v>
+      </c>
+      <c r="F906" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G906" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="907" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A907" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>3370</v>
+      </c>
+      <c r="D907" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E907" s="3" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F907" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G907" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A908" s="1" t="s">
+        <v>3372</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="C908" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="D908" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E908" s="3" t="s">
+        <v>3375</v>
+      </c>
+      <c r="F908" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G908" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A909" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="B909" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C909" s="1" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D909" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E909" s="3" t="s">
+        <v>3379</v>
+      </c>
+      <c r="F909" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G909" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A910" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B910" s="1" t="s">
+        <v>3381</v>
+      </c>
+      <c r="C910" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D910" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E910" s="3" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F910" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G910" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A911" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C911" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D911" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E911" s="3" t="s">
+        <v>3385</v>
+      </c>
+      <c r="F911" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G911" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A912" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D912" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E912" s="3" t="s">
+        <v>3388</v>
+      </c>
+      <c r="F912" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G912" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A913" s="1" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D913" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E913" s="3" t="s">
+        <v>3391</v>
+      </c>
+      <c r="F913" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G913" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A914" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D914" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E914" s="3" t="s">
+        <v>3394</v>
+      </c>
+      <c r="F914" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G914" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A915" s="1" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D915" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E915" s="3" t="s">
+        <v>3397</v>
+      </c>
+      <c r="F915" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G915" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A916" s="1" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D916" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E916" s="3" t="s">
+        <v>3400</v>
+      </c>
+      <c r="F916" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G916" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A917" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D917" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E917" s="3" t="s">
+        <v>3403</v>
+      </c>
+      <c r="F917" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G917" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A918" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="C918" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D918" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E918" s="3" t="s">
+        <v>3407</v>
+      </c>
+      <c r="F918" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G918" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A919" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="C919" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D919" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E919" s="3" t="s">
+        <v>3410</v>
+      </c>
+      <c r="F919" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G919" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A920" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="C920" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D920" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E920" s="3" t="s">
+        <v>3414</v>
+      </c>
+      <c r="F920" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G920" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A921" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="C921" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D921" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E921" s="3" t="s">
+        <v>3418</v>
+      </c>
+      <c r="F921" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G921" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A922" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C922" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D922" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E922" s="3" t="s">
+        <v>3421</v>
+      </c>
+      <c r="F922" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G922" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A923" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B923" s="1" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C923" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E923" s="3" t="s">
+        <v>3424</v>
+      </c>
+      <c r="F923" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G923" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="924" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A924" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="C924" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D924" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E924" s="3" t="s">
+        <v>3427</v>
+      </c>
+      <c r="F924" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G924" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="925" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A925" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D925" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E925" s="3" t="s">
+        <v>3431</v>
+      </c>
+      <c r="F925" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G925" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="926" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A926" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D926" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E926" s="3" t="s">
+        <v>3435</v>
+      </c>
+      <c r="F926" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G926" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="927" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A927" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="C927" s="1" t="s">
+        <v>3438</v>
+      </c>
+      <c r="D927" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E927" s="3" t="s">
+        <v>3439</v>
+      </c>
+      <c r="F927" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G927" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="928" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A928" s="1" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C928" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D928" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E928" s="3" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F928" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G928" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="929" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A929" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B929" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="C929" s="1" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D929" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E929" s="3" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F929" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G929" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="930" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A930" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B930" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="C930" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D930" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E930" s="3" t="s">
+        <v>3450</v>
+      </c>
+      <c r="F930" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G930" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="931" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A931" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B931" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="C931" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D931" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E931" s="3" t="s">
+        <v>3452</v>
+      </c>
+      <c r="F931" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G931" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="932" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A932" s="1" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B932" s="1" t="s">
+        <v>3454</v>
+      </c>
+      <c r="C932" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D932" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E932" s="3" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F932" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G932" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="933" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A933" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B933" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C933" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D933" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E933" s="3" t="s">
+        <v>3457</v>
+      </c>
+      <c r="F933" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G933" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="934" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A934" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="B934" s="1" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C934" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D934" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E934" s="3" t="s">
+        <v>3459</v>
+      </c>
+      <c r="F934" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G934" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="935" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A935" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B935" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="C935" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D935" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E935" s="3" t="s">
+        <v>3461</v>
+      </c>
+      <c r="F935" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G935" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="936" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A936" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B936" s="1" t="s">
+        <v>3462</v>
+      </c>
+      <c r="C936" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D936" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E936" s="3" t="s">
+        <v>3463</v>
+      </c>
+      <c r="F936" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G936" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="937" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A937" s="1" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B937" s="1" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C937" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D937" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E937" s="3" t="s">
+        <v>3467</v>
+      </c>
+      <c r="F937" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G937" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="938" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A938" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B938" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="C938" s="1" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D938" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E938" s="3" t="s">
+        <v>3471</v>
+      </c>
+      <c r="F938" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G938" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="939" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A939" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="B939" s="1" t="s">
+        <v>3473</v>
+      </c>
+      <c r="C939" s="1" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D939" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E939" s="3" t="s">
+        <v>3475</v>
+      </c>
+      <c r="F939" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G939" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="940" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A940" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B940" s="1" t="s">
+        <v>3477</v>
+      </c>
+      <c r="C940" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D940" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E940" s="3" t="s">
+        <v>3479</v>
+      </c>
+      <c r="F940" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G940" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="941" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A941" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="B941" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="C941" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D941" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E941" s="3" t="s">
+        <v>3483</v>
+      </c>
+      <c r="F941" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G941" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="942" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A942" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="B942" s="1" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C942" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D942" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E942" s="3" t="s">
+        <v>3487</v>
+      </c>
+      <c r="F942" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G942" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="943" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A943" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="B943" s="1" t="s">
+        <v>3489</v>
+      </c>
+      <c r="C943" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="D943" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E943" s="3" t="s">
+        <v>3491</v>
+      </c>
+      <c r="F943" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G943" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="944" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A944" s="1" t="s">
+        <v>3492</v>
+      </c>
+      <c r="B944" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="C944" s="1" t="s">
+        <v>3494</v>
+      </c>
+      <c r="D944" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E944" s="3" t="s">
+        <v>3495</v>
+      </c>
+      <c r="F944" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G944" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="945" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A945" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="B945" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="C945" s="1" t="s">
+        <v>3498</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E945" s="3" t="s">
+        <v>3499</v>
+      </c>
+      <c r="F945" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G945" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="946" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A946" s="1" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B946" s="1" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C946" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E946" s="3" t="s">
+        <v>3503</v>
+      </c>
+      <c r="F946" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G946" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="947" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A947" s="1" t="s">
+        <v>3504</v>
+      </c>
+      <c r="B947" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="C947" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D947" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E947" s="3" t="s">
+        <v>3507</v>
+      </c>
+      <c r="F947" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G947" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="948" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A948" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B948" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C948" s="1" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D948" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E948" s="3" t="s">
+        <v>3511</v>
+      </c>
+      <c r="F948" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G948" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="949" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A949" s="1" t="s">
+        <v>3512</v>
+      </c>
+      <c r="B949" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="C949" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="D949" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E949" s="3" t="s">
+        <v>3515</v>
+      </c>
+      <c r="F949" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G949" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="950" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A950" s="1" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B950" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C950" s="1" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D950" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E950" s="3" t="s">
+        <v>3519</v>
+      </c>
+      <c r="F950" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G950" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="951" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A951" s="1" t="s">
+        <v>3520</v>
+      </c>
+      <c r="B951" s="1" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C951" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D951" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E951" s="3" t="s">
+        <v>3523</v>
+      </c>
+      <c r="F951" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G951" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="952" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A952" s="1" t="s">
+        <v>3524</v>
+      </c>
+      <c r="B952" s="1" t="s">
+        <v>3525</v>
+      </c>
+      <c r="C952" s="1" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E952" s="3" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F952" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G952" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="953" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A953" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B953" s="1" t="s">
+        <v>3529</v>
+      </c>
+      <c r="C953" s="1" t="s">
+        <v>3530</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E953" s="3" t="s">
+        <v>3531</v>
+      </c>
+      <c r="F953" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G953" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="954" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A954" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="B954" s="1" t="s">
+        <v>3533</v>
+      </c>
+      <c r="C954" s="1" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D954" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E954" s="3" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F954" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G954" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="955" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A955" s="1" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B955" s="1" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C955" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E955" s="3" t="s">
+        <v>3539</v>
+      </c>
+      <c r="F955" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G955" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="956" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A956" s="1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B956" s="1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C956" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E956" s="3" t="s">
+        <v>3543</v>
+      </c>
+      <c r="F956" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G956" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="957" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A957" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="B957" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C957" s="1" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E957" s="3" t="s">
+        <v>3547</v>
+      </c>
+      <c r="F957" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G957" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="958" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A958" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="B958" s="1" t="s">
+        <v>3549</v>
+      </c>
+      <c r="C958" s="1" t="s">
+        <v>3550</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E958" s="3" t="s">
+        <v>3551</v>
+      </c>
+      <c r="F958" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G958" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="959" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A959" s="1" t="s">
+        <v>3552</v>
+      </c>
+      <c r="B959" s="1" t="s">
+        <v>3553</v>
+      </c>
+      <c r="C959" s="1" t="s">
+        <v>3554</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E959" s="3" t="s">
+        <v>3555</v>
+      </c>
+      <c r="F959" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G959" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="960" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A960" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="B960" s="1" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C960" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D960" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E960" s="3" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F960" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G960" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="961" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A961" s="1" t="s">
+        <v>3560</v>
+      </c>
+      <c r="B961" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="C961" s="1" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D961" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E961" s="3" t="s">
+        <v>3563</v>
+      </c>
+      <c r="F961" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G961" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="962" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A962" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B962" s="1" t="s">
+        <v>3565</v>
+      </c>
+      <c r="C962" s="1" t="s">
+        <v>3566</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E962" s="3" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F962" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G962" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="963" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A963" s="1" t="s">
+        <v>3568</v>
+      </c>
+      <c r="B963" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C963" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D963" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E963" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F963" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G963" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="964" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A964" s="1" t="s">
+        <v>3572</v>
+      </c>
+      <c r="B964" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C964" s="1" t="s">
+        <v>3574</v>
+      </c>
+      <c r="D964" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E964" s="3" t="s">
+        <v>3575</v>
+      </c>
+      <c r="F964" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G964" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="965" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A965" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="B965" s="1" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C965" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D965" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E965" s="3" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F965" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G965" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="966" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A966" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B966" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C966" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D966" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E966" s="3" t="s">
+        <v>3583</v>
+      </c>
+      <c r="F966" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G966" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="967" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A967" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B967" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="C967" s="1" t="s">
+        <v>3586</v>
+      </c>
+      <c r="D967" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E967" s="3" t="s">
+        <v>3587</v>
+      </c>
+      <c r="F967" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G967" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="968" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A968" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B968" s="1" t="s">
+        <v>3589</v>
+      </c>
+      <c r="C968" s="1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="D968" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E968" s="3" t="s">
+        <v>3591</v>
+      </c>
+      <c r="F968" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G968" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="969" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A969" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B969" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C969" s="1" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D969" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E969" s="3" t="s">
+        <v>3595</v>
+      </c>
+      <c r="F969" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G969" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="970" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A970" s="1" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B970" s="1" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C970" s="1" t="s">
+        <v>3598</v>
+      </c>
+      <c r="D970" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E970" s="3" t="s">
+        <v>3599</v>
+      </c>
+      <c r="F970" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G970" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="971" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A971" s="1" t="s">
+        <v>3600</v>
+      </c>
+      <c r="B971" s="1" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C971" s="1" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D971" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E971" s="3" t="s">
+        <v>3603</v>
+      </c>
+      <c r="F971" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G971" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="972" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A972" s="1" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B972" s="1" t="s">
+        <v>3605</v>
+      </c>
+      <c r="C972" s="1" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D972" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E972" s="3" t="s">
+        <v>3607</v>
+      </c>
+      <c r="F972" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G972" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="973" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A973" s="1" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B973" s="1" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C973" s="1" t="s">
+        <v>3610</v>
+      </c>
+      <c r="D973" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E973" s="3" t="s">
+        <v>3611</v>
+      </c>
+      <c r="F973" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G973" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="974" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A974" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B974" s="1" t="s">
+        <v>3613</v>
+      </c>
+      <c r="C974" s="1" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D974" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E974" s="3" t="s">
+        <v>3615</v>
+      </c>
+      <c r="F974" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G974" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="975" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A975" s="1" t="s">
+        <v>3616</v>
+      </c>
+      <c r="B975" s="1" t="s">
+        <v>3617</v>
+      </c>
+      <c r="C975" s="1" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D975" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E975" s="3" t="s">
+        <v>3619</v>
+      </c>
+      <c r="F975" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G975" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="976" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A976" s="1" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B976" s="1" t="s">
+        <v>3621</v>
+      </c>
+      <c r="C976" s="1" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D976" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E976" s="3" t="s">
+        <v>3623</v>
+      </c>
+      <c r="F976" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G976" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="977" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A977" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B977" s="1" t="s">
+        <v>3625</v>
+      </c>
+      <c r="C977" s="1" t="s">
+        <v>3626</v>
+      </c>
+      <c r="D977" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E977" s="3" t="s">
+        <v>3627</v>
+      </c>
+      <c r="F977" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G977" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="978" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A978" s="1" t="s">
+        <v>3628</v>
+      </c>
+      <c r="B978" s="1" t="s">
+        <v>3629</v>
+      </c>
+      <c r="C978" s="1" t="s">
+        <v>3630</v>
+      </c>
+      <c r="D978" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E978" s="3" t="s">
+        <v>3631</v>
+      </c>
+      <c r="F978" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G978" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="979" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A979" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B979" s="1" t="s">
+        <v>3633</v>
+      </c>
+      <c r="C979" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="D979" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E979" s="3" t="s">
+        <v>3635</v>
+      </c>
+      <c r="F979" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G979" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="980" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A980" s="1" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B980" s="1" t="s">
+        <v>3637</v>
+      </c>
+      <c r="C980" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D980" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E980" s="3" t="s">
+        <v>3639</v>
+      </c>
+      <c r="F980" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G980" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="981" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A981" s="1" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B981" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C981" s="1" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D981" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E981" s="3" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F981" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G981" s="3" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="982" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A982" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="B982" s="1" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C982" s="1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D982" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E982" s="3" t="s">
+        <v>3646</v>
+      </c>
+      <c r="F982" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G982" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="983" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A983" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="B983" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="C983" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="D983" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E983" s="3" t="s">
+        <v>3650</v>
+      </c>
+      <c r="F983" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G983" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="984" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A984" s="1" t="s">
+        <v>3651</v>
+      </c>
+      <c r="B984" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C984" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D984" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E984" s="3" t="s">
+        <v>3654</v>
+      </c>
+      <c r="F984" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G984" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="985" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A985" s="1" t="s">
+        <v>3655</v>
+      </c>
+      <c r="B985" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C985" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D985" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E985" s="3" t="s">
+        <v>3658</v>
+      </c>
+      <c r="F985" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G985" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="986" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A986" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="B986" s="1" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C986" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D986" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E986" s="3" t="s">
+        <v>3662</v>
+      </c>
+      <c r="F986" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G986" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="987" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A987" s="1" t="s">
+        <v>3663</v>
+      </c>
+      <c r="B987" s="1" t="s">
+        <v>3664</v>
+      </c>
+      <c r="C987" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D987" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E987" s="3" t="s">
+        <v>3666</v>
+      </c>
+      <c r="F987" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G987" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="988" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A988" s="1" t="s">
+        <v>3667</v>
+      </c>
+      <c r="B988" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="C988" s="1" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D988" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E988" s="3" t="s">
+        <v>3670</v>
+      </c>
+      <c r="F988" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G988" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="989" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A989" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="B989" s="1" t="s">
+        <v>3672</v>
+      </c>
+      <c r="C989" s="1" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D989" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E989" s="3" t="s">
+        <v>3673</v>
+      </c>
+      <c r="F989" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G989" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="990" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A990" s="1" t="s">
+        <v>3674</v>
+      </c>
+      <c r="B990" s="1" t="s">
+        <v>3675</v>
+      </c>
+      <c r="C990" s="1" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D990" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E990" s="3" t="s">
+        <v>3676</v>
+      </c>
+      <c r="F990" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G990" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="991" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A991" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="B991" s="1" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C991" s="1" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D991" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E991" s="3" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F991" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G991" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="992" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A992" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="B992" s="1" t="s">
+        <v>3681</v>
+      </c>
+      <c r="C992" s="1" t="s">
+        <v>3681</v>
+      </c>
+      <c r="D992" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E992" s="3" t="s">
+        <v>3682</v>
+      </c>
+      <c r="F992" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G992" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="993" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A993" s="1" t="s">
+        <v>3683</v>
+      </c>
+      <c r="B993" s="1" t="s">
+        <v>3684</v>
+      </c>
+      <c r="C993" s="1" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D993" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E993" s="3" t="s">
+        <v>3685</v>
+      </c>
+      <c r="F993" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G993" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="994" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A994" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="B994" s="1" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C994" s="1" t="s">
+        <v>3687</v>
+      </c>
+      <c r="D994" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E994" s="3" t="s">
+        <v>3688</v>
+      </c>
+      <c r="F994" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G994" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="995" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A995" s="1" t="s">
+        <v>3689</v>
+      </c>
+      <c r="B995" s="1" t="s">
+        <v>3690</v>
+      </c>
+      <c r="C995" s="1" t="s">
+        <v>3691</v>
+      </c>
+      <c r="D995" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E995" s="3" t="s">
+        <v>3692</v>
+      </c>
+      <c r="F995" s="3" t="s">
+        <v>3693</v>
+      </c>
+      <c r="G995" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="996" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A996" s="1" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B996" s="1" t="s">
+        <v>3695</v>
+      </c>
+      <c r="C996" s="1" t="s">
+        <v>3691</v>
+      </c>
+      <c r="D996" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E996" s="3" t="s">
+        <v>3696</v>
+      </c>
+      <c r="F996" s="3" t="s">
+        <v>3693</v>
+      </c>
+      <c r="G996" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="997" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A997" s="1" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B997" s="1" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C997" s="1" t="s">
+        <v>3699</v>
+      </c>
+      <c r="D997" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E997" s="3" t="s">
+        <v>3700</v>
+      </c>
+      <c r="F997" s="3" t="s">
+        <v>3693</v>
+      </c>
+      <c r="G997" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="998" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A998" s="1" t="s">
+        <v>3701</v>
+      </c>
+      <c r="B998" s="1" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C998" s="1" t="s">
+        <v>3691</v>
+      </c>
+      <c r="D998" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E998" s="3" t="s">
+        <v>3703</v>
+      </c>
+      <c r="F998" s="3" t="s">
+        <v>3693</v>
+      </c>
+      <c r="G998" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="999" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A999" s="1" t="s">
+        <v>3704</v>
+      </c>
+      <c r="B999" s="1" t="s">
+        <v>3705</v>
+      </c>
+      <c r="C999" s="1" t="s">
+        <v>3706</v>
+      </c>
+      <c r="D999" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E999" s="3" t="s">
+        <v>3707</v>
+      </c>
+      <c r="F999" s="3" t="s">
+        <v>3693</v>
+      </c>
+      <c r="G999" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1000" s="1" t="s">
+        <v>3708</v>
+      </c>
+      <c r="B1000" s="1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="C1000" s="1" t="s">
+        <v>3710</v>
+      </c>
+      <c r="D1000" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1000" s="3" t="s">
+        <v>3711</v>
+      </c>
+      <c r="F1000" s="3" t="s">
+        <v>3693</v>
+      </c>
+      <c r="G1000" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1001" s="1" t="s">
+        <v>3712</v>
+      </c>
+      <c r="B1001" s="1" t="s">
+        <v>3713</v>
+      </c>
+      <c r="C1001" s="1" t="s">
+        <v>3714</v>
+      </c>
+      <c r="D1001" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1001" s="3" t="s">
+        <v>3715</v>
+      </c>
+      <c r="F1001" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G1001" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1002" s="1" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B1002" s="1" t="s">
+        <v>3717</v>
+      </c>
+      <c r="C1002" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1002" s="3" t="s">
+        <v>3719</v>
+      </c>
+      <c r="F1002" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1002" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1003" s="1" t="s">
+        <v>3720</v>
+      </c>
+      <c r="B1003" s="1" t="s">
+        <v>3721</v>
+      </c>
+      <c r="C1003" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D1003" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1003" s="3" t="s">
+        <v>3722</v>
+      </c>
+      <c r="F1003" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1003" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1004" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="B1004" s="1" t="s">
+        <v>3724</v>
+      </c>
+      <c r="C1004" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1004" s="3" t="s">
+        <v>3725</v>
+      </c>
+      <c r="F1004" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1004" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1005" s="1" t="s">
+        <v>3726</v>
+      </c>
+      <c r="B1005" s="1" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C1005" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1005" s="3" t="s">
+        <v>3728</v>
+      </c>
+      <c r="F1005" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1005" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1006" s="1" t="s">
+        <v>3729</v>
+      </c>
+      <c r="B1006" s="1" t="s">
+        <v>3730</v>
+      </c>
+      <c r="C1006" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D1006" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1006" s="3" t="s">
+        <v>3731</v>
+      </c>
+      <c r="F1006" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1006" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1007" s="1" t="s">
+        <v>3732</v>
+      </c>
+      <c r="B1007" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="C1007" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D1007" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1007" s="3" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F1007" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1007" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1008" s="1" t="s">
+        <v>3736</v>
+      </c>
+      <c r="B1008" s="1" t="s">
+        <v>3737</v>
+      </c>
+      <c r="C1008" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D1008" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1008" s="3" t="s">
+        <v>3738</v>
+      </c>
+      <c r="F1008" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1008" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1009" s="1" t="s">
+        <v>3739</v>
+      </c>
+      <c r="B1009" s="1" t="s">
+        <v>3740</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1009" s="3" t="s">
+        <v>3741</v>
+      </c>
+      <c r="F1009" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1009" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1010" s="1" t="s">
+        <v>3742</v>
+      </c>
+      <c r="B1010" s="1" t="s">
+        <v>3743</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D1010" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1010" s="3" t="s">
+        <v>3744</v>
+      </c>
+      <c r="F1010" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1010" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1011" s="1" t="s">
+        <v>3745</v>
+      </c>
+      <c r="B1011" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="C1011" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D1011" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1011" s="3" t="s">
+        <v>3747</v>
+      </c>
+      <c r="F1011" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1011" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1012" s="1" t="s">
+        <v>3748</v>
+      </c>
+      <c r="B1012" s="1" t="s">
+        <v>3749</v>
+      </c>
+      <c r="C1012" s="1" t="s">
+        <v>3750</v>
+      </c>
+      <c r="D1012" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1012" s="3" t="s">
+        <v>3751</v>
+      </c>
+      <c r="F1012" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1012" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1013" s="1" t="s">
+        <v>3752</v>
+      </c>
+      <c r="B1013" s="1" t="s">
+        <v>3753</v>
+      </c>
+      <c r="C1013" s="1" t="s">
+        <v>3750</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1013" s="3" t="s">
+        <v>3754</v>
+      </c>
+      <c r="F1013" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1013" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1014" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="B1014" s="1" t="s">
+        <v>3756</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>3750</v>
+      </c>
+      <c r="D1014" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1014" s="3" t="s">
+        <v>3757</v>
+      </c>
+      <c r="F1014" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1014" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1015" s="1" t="s">
+        <v>3758</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>3759</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>3750</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1015" s="3" t="s">
+        <v>3760</v>
+      </c>
+      <c r="F1015" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1015" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1016" s="1" t="s">
+        <v>3761</v>
+      </c>
+      <c r="B1016" s="1" t="s">
+        <v>3762</v>
+      </c>
+      <c r="C1016" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1016" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1016" s="3" t="s">
+        <v>3764</v>
+      </c>
+      <c r="F1016" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1016" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1017" s="1" t="s">
+        <v>3765</v>
+      </c>
+      <c r="B1017" s="1" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C1017" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1017" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1017" s="3" t="s">
+        <v>3767</v>
+      </c>
+      <c r="F1017" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1017" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1018" s="1" t="s">
+        <v>3768</v>
+      </c>
+      <c r="B1018" s="1" t="s">
+        <v>3769</v>
+      </c>
+      <c r="C1018" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1018" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1018" s="3" t="s">
+        <v>3770</v>
+      </c>
+      <c r="F1018" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1018" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1019" s="1" t="s">
+        <v>3771</v>
+      </c>
+      <c r="B1019" s="1" t="s">
+        <v>3772</v>
+      </c>
+      <c r="C1019" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1019" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1019" s="3" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F1019" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1019" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1020" s="1" t="s">
+        <v>3774</v>
+      </c>
+      <c r="B1020" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C1020" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D1020" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1020" s="3" t="s">
+        <v>3777</v>
+      </c>
+      <c r="F1020" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1020" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1021" s="1" t="s">
+        <v>3778</v>
+      </c>
+      <c r="B1021" s="1" t="s">
+        <v>3779</v>
+      </c>
+      <c r="C1021" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D1021" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1021" s="3" t="s">
+        <v>3780</v>
+      </c>
+      <c r="F1021" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1021" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1022" s="1" t="s">
+        <v>3781</v>
+      </c>
+      <c r="B1022" s="1" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C1022" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1022" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1022" s="3" t="s">
+        <v>3783</v>
+      </c>
+      <c r="F1022" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1022" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1023" s="1" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B1023" s="1" t="s">
+        <v>3785</v>
+      </c>
+      <c r="C1023" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D1023" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1023" s="3" t="s">
+        <v>3786</v>
+      </c>
+      <c r="F1023" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1023" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1024" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="B1024" s="1" t="s">
+        <v>3788</v>
+      </c>
+      <c r="C1024" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1024" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1024" s="3" t="s">
+        <v>3789</v>
+      </c>
+      <c r="F1024" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1024" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1025" s="1" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B1025" s="1" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C1025" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D1025" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1025" s="3" t="s">
+        <v>3792</v>
+      </c>
+      <c r="F1025" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1025" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1026" s="1" t="s">
+        <v>3793</v>
+      </c>
+      <c r="B1026" s="1" t="s">
+        <v>3794</v>
+      </c>
+      <c r="C1026" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D1026" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1026" s="3" t="s">
+        <v>3795</v>
+      </c>
+      <c r="F1026" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1026" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1027" s="1" t="s">
+        <v>3796</v>
+      </c>
+      <c r="B1027" s="1" t="s">
+        <v>3797</v>
+      </c>
+      <c r="C1027" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D1027" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1027" s="3" t="s">
+        <v>3798</v>
+      </c>
+      <c r="F1027" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1027" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1028" s="1" t="s">
+        <v>3799</v>
+      </c>
+      <c r="B1028" s="1" t="s">
+        <v>3800</v>
+      </c>
+      <c r="C1028" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D1028" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1028" s="3" t="s">
+        <v>3801</v>
+      </c>
+      <c r="F1028" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1028" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1029" s="1" t="s">
+        <v>3802</v>
+      </c>
+      <c r="B1029" s="1" t="s">
+        <v>3803</v>
+      </c>
+      <c r="C1029" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D1029" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1029" s="3" t="s">
+        <v>3804</v>
+      </c>
+      <c r="F1029" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1029" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1030" s="1" t="s">
+        <v>3805</v>
+      </c>
+      <c r="B1030" s="1" t="s">
+        <v>3806</v>
+      </c>
+      <c r="C1030" s="1" t="s">
+        <v>3806</v>
+      </c>
+      <c r="D1030" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1030" s="3" t="s">
+        <v>3807</v>
+      </c>
+      <c r="F1030" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G1030" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="893" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...2686 lines deleted...]
-      <c r="G1009" s="3" t="s">
+    <row r="1031" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1031" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="B1031" s="1" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C1031" s="1" t="s">
+        <v>3809</v>
+      </c>
+      <c r="D1031" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1031" s="3" t="s">
+        <v>3810</v>
+      </c>
+      <c r="F1031" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G1031" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1010" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G1010" s="3" t="s">
+    <row r="1032" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1032" s="1" t="s">
+        <v>3811</v>
+      </c>
+      <c r="B1032" s="1" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C1032" s="1" t="s">
+        <v>3812</v>
+      </c>
+      <c r="D1032" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1032" s="3" t="s">
+        <v>3813</v>
+      </c>
+      <c r="F1032" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G1032" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1011" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G1011" s="3" t="s">
+    <row r="1033" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1033" s="1" t="s">
+        <v>3814</v>
+      </c>
+      <c r="B1033" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C1033" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1033" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1033" s="3" t="s">
+        <v>3816</v>
+      </c>
+      <c r="F1033" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G1033" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1012" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...328 lines deleted...]
-      <c r="C1026" s="1" t="s">
+    <row r="1034" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1034" s="1" t="s">
         <v>3817</v>
       </c>
-      <c r="D1026" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1026" s="3" t="s">
+      <c r="B1034" s="1" t="s">
         <v>3818</v>
       </c>
-      <c r="F1026" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1027" s="1" t="s">
+      <c r="C1034" s="1" t="s">
+        <v>3818</v>
+      </c>
+      <c r="D1034" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1034" s="3" t="s">
         <v>3819</v>
       </c>
-      <c r="B1027" s="1" t="s">
+      <c r="F1034" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G1034" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1035" s="1" t="s">
         <v>3820</v>
       </c>
-      <c r="C1027" s="1" t="s">
+      <c r="B1035" s="1" t="s">
         <v>3821</v>
       </c>
-      <c r="D1027" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1027" s="3" t="s">
+      <c r="C1035" s="1" t="s">
         <v>3822</v>
       </c>
-      <c r="F1027" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1028" s="1" t="s">
+      <c r="D1035" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1035" s="3" t="s">
         <v>3823</v>
       </c>
-      <c r="B1028" s="1" t="s">
+      <c r="F1035" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1035" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1036" s="1" t="s">
         <v>3824</v>
       </c>
-      <c r="C1028" s="1" t="s">
+      <c r="B1036" s="1" t="s">
         <v>3825</v>
       </c>
-      <c r="D1028" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1028" s="3" t="s">
+      <c r="C1036" s="1" t="s">
         <v>3826</v>
       </c>
-      <c r="F1028" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1029" s="1" t="s">
+      <c r="D1036" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1036" s="3" t="s">
         <v>3827</v>
       </c>
-      <c r="B1029" s="1" t="s">
+      <c r="F1036" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1036" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1037" s="1" t="s">
         <v>3828</v>
       </c>
-      <c r="C1029" s="1" t="s">
+      <c r="B1037" s="1" t="s">
         <v>3829</v>
       </c>
-      <c r="D1029" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1029" s="3" t="s">
+      <c r="C1037" s="1" t="s">
         <v>3830</v>
       </c>
-      <c r="F1029" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1030" s="1" t="s">
+      <c r="D1037" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1037" s="3" t="s">
         <v>3831</v>
       </c>
-      <c r="B1030" s="1" t="s">
+      <c r="F1037" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1037" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1038" s="1" t="s">
         <v>3832</v>
       </c>
-      <c r="C1030" s="1" t="s">
+      <c r="B1038" s="1" t="s">
         <v>3833</v>
       </c>
-      <c r="D1030" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1030" s="3" t="s">
+      <c r="C1038" s="1" t="s">
         <v>3834</v>
       </c>
-      <c r="F1030" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1031" s="1" t="s">
+      <c r="D1038" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1038" s="3" t="s">
         <v>3835</v>
       </c>
-      <c r="B1031" s="1" t="s">
+      <c r="F1038" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1038" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1039" s="1" t="s">
         <v>3836</v>
       </c>
-      <c r="C1031" s="1" t="s">
+      <c r="B1039" s="1" t="s">
         <v>3837</v>
       </c>
-      <c r="D1031" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1031" s="3" t="s">
+      <c r="C1039" s="1" t="s">
         <v>3838</v>
       </c>
-      <c r="F1031" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1032" s="1" t="s">
+      <c r="D1039" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1039" s="3" t="s">
         <v>3839</v>
       </c>
-      <c r="B1032" s="1" t="s">
+      <c r="F1039" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1039" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1040" s="1" t="s">
         <v>3840</v>
       </c>
-      <c r="C1032" s="1" t="s">
+      <c r="B1040" s="1" t="s">
         <v>3841</v>
       </c>
-      <c r="D1032" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1032" s="3" t="s">
+      <c r="C1040" s="1" t="s">
         <v>3842</v>
       </c>
-      <c r="F1032" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1033" s="1" t="s">
+      <c r="D1040" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1040" s="3" t="s">
         <v>3843</v>
       </c>
-      <c r="B1033" s="1" t="s">
+      <c r="F1040" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1040" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1041" s="1" t="s">
         <v>3844</v>
       </c>
-      <c r="C1033" s="1" t="s">
+      <c r="B1041" s="1" t="s">
         <v>3845</v>
       </c>
-      <c r="D1033" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1033" s="3" t="s">
+      <c r="C1041" s="1" t="s">
         <v>3846</v>
       </c>
-      <c r="F1033" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1034" s="1" t="s">
+      <c r="D1041" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1041" s="3" t="s">
         <v>3847</v>
       </c>
-      <c r="B1034" s="1" t="s">
+      <c r="F1041" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1041" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1042" s="1" t="s">
         <v>3848</v>
       </c>
-      <c r="C1034" s="1" t="s">
+      <c r="B1042" s="1" t="s">
         <v>3849</v>
       </c>
-      <c r="D1034" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1034" s="3" t="s">
+      <c r="C1042" s="1" t="s">
         <v>3850</v>
       </c>
-      <c r="F1034" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1035" s="1" t="s">
+      <c r="D1042" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1042" s="3" t="s">
         <v>3851</v>
       </c>
-      <c r="B1035" s="1" t="s">
+      <c r="F1042" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1042" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1043" s="1" t="s">
         <v>3852</v>
       </c>
-      <c r="C1035" s="1" t="s">
+      <c r="B1043" s="1" t="s">
         <v>3853</v>
       </c>
-      <c r="D1035" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1035" s="3" t="s">
+      <c r="C1043" s="1" t="s">
         <v>3854</v>
       </c>
-      <c r="F1035" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1036" s="1" t="s">
+      <c r="D1043" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1043" s="3" t="s">
         <v>3855</v>
       </c>
-      <c r="B1036" s="1" t="s">
+      <c r="F1043" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1043" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1044" s="1" t="s">
         <v>3856</v>
       </c>
-      <c r="C1036" s="1" t="s">
+      <c r="B1044" s="1" t="s">
         <v>3857</v>
       </c>
-      <c r="D1036" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1036" s="3" t="s">
+      <c r="C1044" s="1" t="s">
         <v>3858</v>
       </c>
-      <c r="F1036" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1037" s="1" t="s">
+      <c r="D1044" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1044" s="3" t="s">
         <v>3859</v>
       </c>
-      <c r="B1037" s="1" t="s">
+      <c r="F1044" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G1044" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1045" s="1" t="s">
         <v>3860</v>
       </c>
-      <c r="C1037" s="1" t="s">
+      <c r="B1045" s="1" t="s">
         <v>3861</v>
       </c>
-      <c r="D1037" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1037" s="3" t="s">
+      <c r="C1045" s="1" t="s">
         <v>3862</v>
       </c>
-      <c r="F1037" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1038" s="1" t="s">
+      <c r="D1045" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1045" s="3" t="s">
         <v>3863</v>
       </c>
-      <c r="B1038" s="1" t="s">
+      <c r="F1045" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G1045" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1046" s="1" t="s">
         <v>3864</v>
       </c>
-      <c r="C1038" s="1" t="s">
+      <c r="B1046" s="1" t="s">
         <v>3865</v>
       </c>
-      <c r="D1038" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1038" s="3" t="s">
+      <c r="C1046" s="1" t="s">
         <v>3866</v>
       </c>
-      <c r="F1038" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1039" s="1" t="s">
+      <c r="D1046" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1046" s="3" t="s">
         <v>3867</v>
       </c>
-      <c r="B1039" s="1" t="s">
+      <c r="F1046" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G1046" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1047" s="1" t="s">
         <v>3868</v>
       </c>
-      <c r="C1039" s="1" t="s">
+      <c r="B1047" s="1" t="s">
         <v>3869</v>
       </c>
-      <c r="D1039" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1039" s="3" t="s">
+      <c r="C1047" s="1" t="s">
         <v>3870</v>
       </c>
-      <c r="F1039" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1040" s="1" t="s">
+      <c r="D1047" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1047" s="3" t="s">
         <v>3871</v>
       </c>
-      <c r="B1040" s="1" t="s">
+      <c r="F1047" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G1047" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1048" s="1" t="s">
         <v>3872</v>
       </c>
-      <c r="C1040" s="1" t="s">
+      <c r="B1048" s="1" t="s">
         <v>3873</v>
       </c>
-      <c r="D1040" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1040" s="3" t="s">
+      <c r="C1048" s="1" t="s">
         <v>3874</v>
       </c>
-      <c r="F1040" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1041" s="1" t="s">
+      <c r="D1048" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1048" s="3" t="s">
         <v>3875</v>
       </c>
-      <c r="B1041" s="1" t="s">
+      <c r="F1048" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G1048" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1049" s="1" t="s">
         <v>3876</v>
       </c>
-      <c r="C1041" s="1" t="s">
+      <c r="B1049" s="1" t="s">
         <v>3877</v>
       </c>
-      <c r="D1041" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1041" s="3" t="s">
+      <c r="C1049" s="1" t="s">
+        <v>3877</v>
+      </c>
+      <c r="D1049" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1049" s="3" t="s">
         <v>3878</v>
       </c>
-      <c r="F1041" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1042" s="1" t="s">
+      <c r="F1049" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1049" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1050" s="1" t="s">
         <v>3879</v>
       </c>
-      <c r="B1042" s="1" t="s">
+      <c r="B1050" s="1" t="s">
         <v>3880</v>
       </c>
-      <c r="C1042" s="1" t="s">
+      <c r="C1050" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1050" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1050" s="3" t="s">
         <v>3881</v>
       </c>
-      <c r="D1042" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1042" s="3" t="s">
+      <c r="F1050" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1050" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1051" s="1" t="s">
         <v>3882</v>
       </c>
-      <c r="F1042" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1043" s="1" t="s">
+      <c r="B1051" s="1" t="s">
         <v>3883</v>
       </c>
-      <c r="B1043" s="1" t="s">
+      <c r="C1051" s="1" t="s">
+        <v>3883</v>
+      </c>
+      <c r="D1051" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1051" s="3" t="s">
         <v>3884</v>
       </c>
-      <c r="C1043" s="1" t="s">
+      <c r="F1051" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1051" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1052" s="1" t="s">
         <v>3885</v>
       </c>
-      <c r="D1043" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1043" s="3" t="s">
+      <c r="B1052" s="1" t="s">
         <v>3886</v>
       </c>
-      <c r="F1043" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1044" s="1" t="s">
+      <c r="C1052" s="1" t="s">
+        <v>3886</v>
+      </c>
+      <c r="D1052" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1052" s="3" t="s">
         <v>3887</v>
       </c>
-      <c r="B1044" s="1" t="s">
+      <c r="F1052" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1052" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1053" s="1" t="s">
         <v>3888</v>
       </c>
-      <c r="C1044" s="1" t="s">
+      <c r="B1053" s="1" t="s">
         <v>3889</v>
       </c>
-      <c r="D1044" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1044" s="3" t="s">
+      <c r="C1053" s="1" t="s">
+        <v>3889</v>
+      </c>
+      <c r="D1053" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1053" s="3" t="s">
         <v>3890</v>
       </c>
-      <c r="F1044" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1045" s="1" t="s">
+      <c r="F1053" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1053" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1054" s="1" t="s">
         <v>3891</v>
       </c>
-      <c r="B1045" s="1" t="s">
+      <c r="B1054" s="1" t="s">
         <v>3892</v>
       </c>
-      <c r="C1045" s="1" t="s">
+      <c r="C1054" s="1" t="s">
+        <v>3892</v>
+      </c>
+      <c r="D1054" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1054" s="3" t="s">
         <v>3893</v>
       </c>
-      <c r="D1045" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1045" s="3" t="s">
+      <c r="F1054" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1054" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1055" s="1" t="s">
         <v>3894</v>
       </c>
-      <c r="F1045" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1046" s="1" t="s">
+      <c r="B1055" s="1" t="s">
         <v>3895</v>
       </c>
-      <c r="B1046" s="1" t="s">
+      <c r="C1055" s="1" t="s">
+        <v>3895</v>
+      </c>
+      <c r="D1055" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1055" s="3" t="s">
         <v>3896</v>
       </c>
-      <c r="C1046" s="1" t="s">
+      <c r="F1055" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1055" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1056" s="1" t="s">
         <v>3897</v>
       </c>
-      <c r="D1046" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1046" s="3" t="s">
+      <c r="B1056" s="1" t="s">
         <v>3898</v>
       </c>
-      <c r="F1046" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1047" s="1" t="s">
+      <c r="C1056" s="1" t="s">
+        <v>3898</v>
+      </c>
+      <c r="D1056" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1056" s="3" t="s">
         <v>3899</v>
       </c>
-      <c r="B1047" s="1" t="s">
+      <c r="F1056" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1056" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1057" s="1" t="s">
         <v>3900</v>
       </c>
-      <c r="C1047" s="1" t="s">
+      <c r="B1057" s="1" t="s">
         <v>3901</v>
       </c>
-      <c r="D1047" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1047" s="3" t="s">
+      <c r="C1057" s="1" t="s">
+        <v>3901</v>
+      </c>
+      <c r="D1057" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1057" s="3" t="s">
         <v>3902</v>
       </c>
-      <c r="F1047" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1048" s="1" t="s">
+      <c r="F1057" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1057" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1058" s="1" t="s">
         <v>3903</v>
       </c>
-      <c r="B1048" s="1" t="s">
+      <c r="B1058" s="1" t="s">
         <v>3904</v>
       </c>
-      <c r="C1048" s="1" t="s">
+      <c r="C1058" s="1" t="s">
+        <v>3904</v>
+      </c>
+      <c r="D1058" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1058" s="3" t="s">
         <v>3905</v>
       </c>
-      <c r="D1048" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1048" s="3" t="s">
+      <c r="F1058" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1058" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1059" s="1" t="s">
         <v>3906</v>
       </c>
-      <c r="F1048" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1049" s="1" t="s">
+      <c r="B1059" s="1" t="s">
         <v>3907</v>
       </c>
-      <c r="B1049" s="1" t="s">
+      <c r="C1059" s="1" t="s">
+        <v>3907</v>
+      </c>
+      <c r="D1059" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1059" s="3" t="s">
         <v>3908</v>
       </c>
-      <c r="C1049" s="1" t="s">
+      <c r="F1059" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1059" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1060" s="1" t="s">
         <v>3909</v>
       </c>
-      <c r="D1049" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1049" s="3" t="s">
+      <c r="B1060" s="1" t="s">
         <v>3910</v>
       </c>
-      <c r="F1049" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1050" s="1" t="s">
+      <c r="C1060" s="1" t="s">
+        <v>3910</v>
+      </c>
+      <c r="D1060" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1060" s="3" t="s">
         <v>3911</v>
       </c>
-      <c r="B1050" s="1" t="s">
+      <c r="F1060" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1060" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1061" s="1" t="s">
         <v>3912</v>
       </c>
-      <c r="C1050" s="1" t="s">
+      <c r="B1061" s="1" t="s">
         <v>3913</v>
       </c>
-      <c r="D1050" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1050" s="3" t="s">
+      <c r="C1061" s="1" t="s">
+        <v>3913</v>
+      </c>
+      <c r="D1061" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1061" s="3" t="s">
         <v>3914</v>
       </c>
-      <c r="F1050" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1051" s="1" t="s">
+      <c r="F1061" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1061" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1062" s="1" t="s">
         <v>3915</v>
       </c>
-      <c r="B1051" s="1" t="s">
+      <c r="B1062" s="1" t="s">
         <v>3916</v>
       </c>
-      <c r="C1051" s="1" t="s">
+      <c r="C1062" s="1" t="s">
+        <v>3916</v>
+      </c>
+      <c r="D1062" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1062" s="3" t="s">
         <v>3917</v>
       </c>
-      <c r="D1051" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1051" s="3" t="s">
+      <c r="F1062" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1062" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1063" s="1" t="s">
         <v>3918</v>
       </c>
-      <c r="F1051" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1052" s="1" t="s">
+      <c r="B1063" s="1" t="s">
         <v>3919</v>
       </c>
-      <c r="B1052" s="1" t="s">
+      <c r="C1063" s="1" t="s">
+        <v>3919</v>
+      </c>
+      <c r="D1063" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1063" s="3" t="s">
         <v>3920</v>
       </c>
-      <c r="C1052" s="1" t="s">
-[...260 lines deleted...]
-      </c>
       <c r="F1063" s="3" t="s">
-        <v>300</v>
+        <v>2214</v>
       </c>
       <c r="G1063" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1064" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="1064" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1064" s="1" t="s">
-        <v>3966</v>
+        <v>3921</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>3967</v>
+        <v>3922</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>3964</v>
+        <v>3922</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E1064" s="3" t="s">
-        <v>3968</v>
+        <v>3923</v>
       </c>
       <c r="F1064" s="3" t="s">
-        <v>300</v>
+        <v>2214</v>
       </c>
       <c r="G1064" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1065" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="1065" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1065" s="1" t="s">
-        <v>3969</v>
+        <v>3924</v>
       </c>
       <c r="B1065" s="1" t="s">
-        <v>3970</v>
+        <v>3925</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>3964</v>
+        <v>3925</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E1065" s="3" t="s">
-        <v>3971</v>
+        <v>3926</v>
       </c>
       <c r="F1065" s="3" t="s">
-        <v>300</v>
+        <v>2214</v>
       </c>
       <c r="G1065" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1066" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="1066" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1066" s="1" t="s">
+        <v>3927</v>
+      </c>
+      <c r="B1066" s="1" t="s">
+        <v>3928</v>
+      </c>
+      <c r="C1066" s="1" t="s">
+        <v>3929</v>
+      </c>
+      <c r="D1066" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1066" s="3" t="s">
+        <v>3930</v>
+      </c>
+      <c r="F1066" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1066" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1067" s="1" t="s">
+        <v>3931</v>
+      </c>
+      <c r="B1067" s="1" t="s">
+        <v>3932</v>
+      </c>
+      <c r="C1067" s="1" t="s">
+        <v>3933</v>
+      </c>
+      <c r="D1067" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1067" s="3" t="s">
+        <v>3934</v>
+      </c>
+      <c r="F1067" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1067" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1068" s="1" t="s">
+        <v>3935</v>
+      </c>
+      <c r="B1068" s="1" t="s">
+        <v>3936</v>
+      </c>
+      <c r="C1068" s="1" t="s">
+        <v>3933</v>
+      </c>
+      <c r="D1068" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1068" s="3" t="s">
+        <v>3937</v>
+      </c>
+      <c r="F1068" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1068" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1069" s="1" t="s">
+        <v>3938</v>
+      </c>
+      <c r="B1069" s="1" t="s">
+        <v>3939</v>
+      </c>
+      <c r="C1069" s="1" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D1069" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1069" s="3" t="s">
+        <v>3941</v>
+      </c>
+      <c r="F1069" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1069" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1070" s="1" t="s">
+        <v>3942</v>
+      </c>
+      <c r="B1070" s="1" t="s">
+        <v>3943</v>
+      </c>
+      <c r="C1070" s="1" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D1070" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1070" s="3" t="s">
+        <v>3944</v>
+      </c>
+      <c r="F1070" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1070" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1071" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="B1071" s="1" t="s">
+        <v>3946</v>
+      </c>
+      <c r="C1071" s="1" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D1071" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1071" s="3" t="s">
+        <v>3947</v>
+      </c>
+      <c r="F1071" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1071" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1072" s="1" t="s">
+        <v>3948</v>
+      </c>
+      <c r="B1072" s="1" t="s">
+        <v>3949</v>
+      </c>
+      <c r="C1072" s="1" t="s">
+        <v>3950</v>
+      </c>
+      <c r="D1072" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1072" s="3" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F1072" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1072" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1073" s="1" t="s">
+        <v>3952</v>
+      </c>
+      <c r="B1073" s="1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="C1073" s="1" t="s">
+        <v>3950</v>
+      </c>
+      <c r="D1073" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1073" s="3" t="s">
+        <v>3954</v>
+      </c>
+      <c r="F1073" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1073" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1074" s="1" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1074" s="1" t="s">
+        <v>3956</v>
+      </c>
+      <c r="C1074" s="1" t="s">
+        <v>3950</v>
+      </c>
+      <c r="D1074" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1074" s="3" t="s">
+        <v>3957</v>
+      </c>
+      <c r="F1074" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1074" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1075" s="1" t="s">
+        <v>3958</v>
+      </c>
+      <c r="B1075" s="1" t="s">
+        <v>3959</v>
+      </c>
+      <c r="C1075" s="1" t="s">
+        <v>3950</v>
+      </c>
+      <c r="D1075" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1075" s="3" t="s">
+        <v>3960</v>
+      </c>
+      <c r="F1075" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1075" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1076" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="B1076" s="1" t="s">
+        <v>3962</v>
+      </c>
+      <c r="C1076" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="D1076" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1076" s="3" t="s">
+        <v>3964</v>
+      </c>
+      <c r="F1076" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1076" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1077" s="1" t="s">
+        <v>3965</v>
+      </c>
+      <c r="B1077" s="1" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="D1077" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1077" s="3" t="s">
+        <v>3967</v>
+      </c>
+      <c r="F1077" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1077" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1078" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="B1078" s="1" t="s">
+        <v>3969</v>
+      </c>
+      <c r="C1078" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="D1078" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1078" s="3" t="s">
+        <v>3970</v>
+      </c>
+      <c r="F1078" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1078" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1079" s="1" t="s">
+        <v>3971</v>
+      </c>
+      <c r="B1079" s="1" t="s">
         <v>3972</v>
       </c>
-      <c r="B1066" s="1" t="s">
+      <c r="C1079" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="D1079" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1079" s="3" t="s">
         <v>3973</v>
       </c>
-      <c r="C1066" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1066" s="3" t="s">
+      <c r="F1079" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1079" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1080" s="1" t="s">
         <v>3974</v>
       </c>
-      <c r="F1066" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G1066" s="3" t="s">
+      <c r="B1080" s="1" t="s">
+        <v>3975</v>
+      </c>
+      <c r="C1080" s="1" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D1080" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1080" s="3" t="s">
+        <v>3977</v>
+      </c>
+      <c r="F1080" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1080" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1081" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="B1081" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C1081" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1081" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1081" s="3" t="s">
+        <v>3981</v>
+      </c>
+      <c r="F1081" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1081" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1082" s="1" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1082" s="1" t="s">
+        <v>3983</v>
+      </c>
+      <c r="C1082" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1082" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1082" s="3" t="s">
+        <v>3984</v>
+      </c>
+      <c r="F1082" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1082" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1083" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="B1083" s="1" t="s">
+        <v>3986</v>
+      </c>
+      <c r="C1083" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1083" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1083" s="3" t="s">
+        <v>3987</v>
+      </c>
+      <c r="F1083" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1083" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1084" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="B1084" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="C1084" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="D1084" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1084" s="3" t="s">
+        <v>3991</v>
+      </c>
+      <c r="F1084" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1084" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1085" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1085" s="1" t="s">
+        <v>3993</v>
+      </c>
+      <c r="C1085" s="1" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D1085" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1085" s="3" t="s">
+        <v>3994</v>
+      </c>
+      <c r="F1085" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1085" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1086" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="B1086" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="C1086" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D1086" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1086" s="3" t="s">
+        <v>3997</v>
+      </c>
+      <c r="F1086" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1086" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1087" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B1087" s="1" t="s">
+        <v>3999</v>
+      </c>
+      <c r="C1087" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D1087" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1087" s="3" t="s">
+        <v>4000</v>
+      </c>
+      <c r="F1087" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1087" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1088" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="B1088" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="C1088" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D1088" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1088" s="3" t="s">
+        <v>4003</v>
+      </c>
+      <c r="F1088" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1088" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1089" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1089" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="C1089" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D1089" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1089" s="3" t="s">
+        <v>4006</v>
+      </c>
+      <c r="F1089" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1089" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1090" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1090" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="C1090" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D1090" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1090" s="3" t="s">
+        <v>4009</v>
+      </c>
+      <c r="F1090" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1090" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1091" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1091" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1091" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D1091" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1091" s="3" t="s">
+        <v>4012</v>
+      </c>
+      <c r="F1091" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1091" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1092" s="1" t="s">
+        <v>4013</v>
+      </c>
+      <c r="B1092" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="C1092" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="D1092" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1092" s="3" t="s">
+        <v>4015</v>
+      </c>
+      <c r="F1092" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1092" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1093" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="B1093" s="1" t="s">
+        <v>4017</v>
+      </c>
+      <c r="C1093" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="D1093" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1093" s="3" t="s">
+        <v>4019</v>
+      </c>
+      <c r="F1093" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1093" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1094" s="1" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B1094" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C1094" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="D1094" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1094" s="3" t="s">
+        <v>4023</v>
+      </c>
+      <c r="F1094" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1094" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1095" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B1095" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C1095" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="D1095" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1095" s="3" t="s">
+        <v>4026</v>
+      </c>
+      <c r="F1095" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1095" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1096" s="1" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1096" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="C1096" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1096" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1096" s="3" t="s">
+        <v>4030</v>
+      </c>
+      <c r="F1096" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1096" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1097" s="1" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1097" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="C1097" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1097" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1097" s="3" t="s">
+        <v>4033</v>
+      </c>
+      <c r="F1097" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1097" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1098" s="1" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B1098" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="C1098" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1098" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1098" s="3" t="s">
+        <v>4036</v>
+      </c>
+      <c r="F1098" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1098" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1099" s="1" t="s">
+        <v>4037</v>
+      </c>
+      <c r="B1099" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="C1099" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1099" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1099" s="3" t="s">
+        <v>4039</v>
+      </c>
+      <c r="F1099" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1099" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1100" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B1100" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C1100" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1100" s="3" t="s">
+        <v>4042</v>
+      </c>
+      <c r="F1100" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1100" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1101" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1101" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C1101" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D1101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1101" s="3" t="s">
+        <v>4046</v>
+      </c>
+      <c r="F1101" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1101" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1102" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B1102" s="1" t="s">
+        <v>4048</v>
+      </c>
+      <c r="C1102" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D1102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1102" s="3" t="s">
+        <v>4049</v>
+      </c>
+      <c r="F1102" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1102" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1103" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1103" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C1103" s="1" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D1103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1103" s="3" t="s">
+        <v>4053</v>
+      </c>
+      <c r="F1103" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1103" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1104" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B1104" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C1104" s="1" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D1104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1104" s="3" t="s">
+        <v>4056</v>
+      </c>
+      <c r="F1104" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1104" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1105" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B1105" s="1" t="s">
+        <v>4058</v>
+      </c>
+      <c r="C1105" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1105" s="3" t="s">
+        <v>4060</v>
+      </c>
+      <c r="F1105" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1105" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1067" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G1067" s="3" t="s">
+    <row r="1106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1106" s="1" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1106" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="C1106" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1106" s="3" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F1106" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1106" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1068" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G1068" s="3" t="s">
+    <row r="1107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1107" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="B1107" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="C1107" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1107" s="3" t="s">
+        <v>4066</v>
+      </c>
+      <c r="F1107" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1107" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1069" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G1069" s="3" t="s">
+    <row r="1108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1108" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1108" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="C1108" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1108" s="3" t="s">
+        <v>4070</v>
+      </c>
+      <c r="F1108" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1108" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1109" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1109" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="C1109" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1109" s="3" t="s">
+        <v>4073</v>
+      </c>
+      <c r="F1109" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1109" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1110" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B1110" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="C1110" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1110" s="3" t="s">
+        <v>4076</v>
+      </c>
+      <c r="F1110" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1110" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1111" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1111" s="1" t="s">
+        <v>4078</v>
+      </c>
+      <c r="C1111" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1111" s="3" t="s">
+        <v>4079</v>
+      </c>
+      <c r="F1111" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1111" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1112" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B1112" s="1" t="s">
+        <v>4081</v>
+      </c>
+      <c r="C1112" s="1" t="s">
+        <v>4082</v>
+      </c>
+      <c r="D1112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1112" s="3" t="s">
+        <v>4083</v>
+      </c>
+      <c r="F1112" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1112" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1113" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="B1113" s="1" t="s">
+        <v>4085</v>
+      </c>
+      <c r="C1113" s="1" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D1113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1113" s="3" t="s">
+        <v>4087</v>
+      </c>
+      <c r="F1113" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1113" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1070" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G1070" s="3" t="s">
+    <row r="1114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1114" s="1" t="s">
+        <v>4088</v>
+      </c>
+      <c r="B1114" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="C1114" s="1" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D1114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1114" s="3" t="s">
+        <v>4091</v>
+      </c>
+      <c r="F1114" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1114" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="1071" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...716 lines deleted...]
-      <c r="B1102" s="1" t="s">
+    <row r="1115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1115" s="1" t="s">
         <v>4092</v>
       </c>
-      <c r="C1102" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1102" s="3" t="s">
+      <c r="B1115" s="1" t="s">
         <v>4093</v>
       </c>
-      <c r="F1102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1103" s="1" t="s">
+      <c r="C1115" s="1" t="s">
         <v>4094</v>
       </c>
-      <c r="B1103" s="1" t="s">
+      <c r="D1115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1115" s="3" t="s">
         <v>4095</v>
       </c>
-      <c r="C1103" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1103" s="3" t="s">
+      <c r="F1115" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1115" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1116" s="1" t="s">
         <v>4096</v>
       </c>
-      <c r="F1103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1104" s="1" t="s">
+      <c r="B1116" s="1" t="s">
         <v>4097</v>
       </c>
-      <c r="B1104" s="1" t="s">
+      <c r="C1116" s="1" t="s">
+        <v>4094</v>
+      </c>
+      <c r="D1116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1116" s="3" t="s">
         <v>4098</v>
       </c>
-      <c r="C1104" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1104" s="3" t="s">
+      <c r="F1116" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1116" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1117" s="1" t="s">
         <v>4099</v>
       </c>
-      <c r="F1104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1105" s="1" t="s">
+      <c r="B1117" s="1" t="s">
         <v>4100</v>
       </c>
-      <c r="B1105" s="1" t="s">
+      <c r="C1117" s="1" t="s">
+        <v>4094</v>
+      </c>
+      <c r="D1117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1117" s="3" t="s">
         <v>4101</v>
       </c>
-      <c r="C1105" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1105" s="3" t="s">
+      <c r="F1117" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1117" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1118" s="1" t="s">
         <v>4102</v>
       </c>
-      <c r="F1105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1106" s="1" t="s">
+      <c r="B1118" s="1" t="s">
         <v>4103</v>
       </c>
-      <c r="B1106" s="1" t="s">
+      <c r="C1118" s="1" t="s">
+        <v>4094</v>
+      </c>
+      <c r="D1118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1118" s="3" t="s">
         <v>4104</v>
       </c>
-      <c r="C1106" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1106" s="3" t="s">
+      <c r="F1118" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1118" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1119" s="1" t="s">
         <v>4105</v>
       </c>
-      <c r="F1106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1107" s="1" t="s">
+      <c r="B1119" s="1" t="s">
         <v>4106</v>
       </c>
-      <c r="B1107" s="1" t="s">
+      <c r="C1119" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D1119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1119" s="3" t="s">
         <v>4107</v>
       </c>
-      <c r="C1107" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1107" s="3" t="s">
+      <c r="F1119" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1119" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1120" s="1" t="s">
         <v>4108</v>
       </c>
-      <c r="F1107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1108" s="1" t="s">
+      <c r="B1120" s="1" t="s">
         <v>4109</v>
       </c>
-      <c r="B1108" s="1" t="s">
+      <c r="C1120" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D1120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1120" s="3" t="s">
         <v>4110</v>
       </c>
-      <c r="C1108" s="1" t="s">
+      <c r="F1120" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G1120" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1121" s="1" t="s">
         <v>4111</v>
       </c>
-      <c r="D1108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1108" s="3" t="s">
+      <c r="B1121" s="1" t="s">
         <v>4112</v>
       </c>
-      <c r="F1108" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1109" s="1" t="s">
+      <c r="C1121" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D1121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1121" s="3" t="s">
         <v>4113</v>
       </c>
-      <c r="B1109" s="1" t="s">
+      <c r="F1121" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1121" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1122" s="1" t="s">
         <v>4114</v>
       </c>
-      <c r="C1109" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1109" s="3" t="s">
+      <c r="B1122" s="1" t="s">
         <v>4115</v>
       </c>
-      <c r="F1109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1110" s="1" t="s">
+      <c r="C1122" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D1122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1122" s="3" t="s">
         <v>4116</v>
       </c>
-      <c r="B1110" s="1" t="s">
+      <c r="F1122" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G1122" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1123" s="1" t="s">
         <v>4117</v>
       </c>
-      <c r="C1110" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1110" s="3" t="s">
+      <c r="B1123" s="1" t="s">
         <v>4118</v>
       </c>
-      <c r="F1110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1111" s="1" t="s">
+      <c r="C1123" s="1" t="s">
         <v>4119</v>
       </c>
-      <c r="B1111" s="1" t="s">
+      <c r="D1123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1123" s="3" t="s">
         <v>4120</v>
       </c>
-      <c r="C1111" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1111" s="3" t="s">
+      <c r="F1123" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1123" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1124" s="1" t="s">
         <v>4121</v>
       </c>
-      <c r="F1111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1112" s="1" t="s">
+      <c r="B1124" s="1" t="s">
         <v>4122</v>
       </c>
-      <c r="B1112" s="1" t="s">
+      <c r="C1124" s="1" t="s">
         <v>4123</v>
       </c>
-      <c r="C1112" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1112" s="3" t="s">
+      <c r="D1124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1124" s="3" t="s">
         <v>4124</v>
       </c>
-      <c r="F1112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1113" s="1" t="s">
+      <c r="F1124" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1124" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1125" s="1" t="s">
         <v>4125</v>
       </c>
-      <c r="B1113" s="1" t="s">
+      <c r="B1125" s="1" t="s">
         <v>4126</v>
       </c>
-      <c r="C1113" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1113" s="3" t="s">
+      <c r="C1125" s="1" t="s">
         <v>4127</v>
       </c>
-      <c r="F1113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1114" s="1" t="s">
+      <c r="D1125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1125" s="3" t="s">
         <v>4128</v>
       </c>
-      <c r="B1114" s="1" t="s">
+      <c r="F1125" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1125" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1126" s="1" t="s">
         <v>4129</v>
       </c>
-      <c r="C1114" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1114" s="3" t="s">
+      <c r="B1126" s="1" t="s">
         <v>4130</v>
       </c>
-      <c r="F1114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1115" s="1" t="s">
+      <c r="C1126" s="1" t="s">
         <v>4131</v>
       </c>
-      <c r="B1115" s="1" t="s">
+      <c r="D1126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1126" s="3" t="s">
         <v>4132</v>
       </c>
-      <c r="C1115" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1115" s="3" t="s">
+      <c r="F1126" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1126" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1127" s="1" t="s">
         <v>4133</v>
       </c>
-      <c r="F1115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1116" s="1" t="s">
+      <c r="B1127" s="1" t="s">
         <v>4134</v>
       </c>
-      <c r="B1116" s="1" t="s">
+      <c r="C1127" s="1" t="s">
         <v>4135</v>
       </c>
-      <c r="C1116" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1116" s="3" t="s">
+      <c r="D1127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1127" s="3" t="s">
         <v>4136</v>
       </c>
-      <c r="F1116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1117" s="1" t="s">
+      <c r="F1127" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1127" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1128" s="1" t="s">
         <v>4137</v>
       </c>
-      <c r="B1117" s="1" t="s">
+      <c r="B1128" s="1" t="s">
         <v>4138</v>
       </c>
-      <c r="C1117" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1117" s="3" t="s">
+      <c r="C1128" s="1" t="s">
         <v>4139</v>
       </c>
-      <c r="F1117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1118" s="1" t="s">
+      <c r="D1128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1128" s="3" t="s">
         <v>4140</v>
       </c>
-      <c r="B1118" s="1" t="s">
+      <c r="F1128" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1128" s="3" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1129" s="1" t="s">
         <v>4141</v>
       </c>
-      <c r="C1118" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1118" s="3" t="s">
+      <c r="B1129" s="1" t="s">
         <v>4142</v>
       </c>
-      <c r="F1118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1119" s="1" t="s">
+      <c r="C1129" s="1" t="s">
         <v>4143</v>
       </c>
-      <c r="B1119" s="1" t="s">
+      <c r="D1129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1129" s="3" t="s">
         <v>4144</v>
       </c>
-      <c r="C1119" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1119" s="3" t="s">
+      <c r="F1129" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1129" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1130" s="1" t="s">
         <v>4145</v>
       </c>
-      <c r="F1119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1120" s="1" t="s">
+      <c r="B1130" s="1" t="s">
         <v>4146</v>
       </c>
-      <c r="B1120" s="1" t="s">
+      <c r="C1130" s="1" t="s">
         <v>4147</v>
       </c>
-      <c r="C1120" s="1" t="s">
+      <c r="D1130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1130" s="3" t="s">
         <v>4148</v>
       </c>
-      <c r="D1120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1120" s="3" t="s">
+      <c r="F1130" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1130" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1131" s="1" t="s">
         <v>4149</v>
       </c>
-      <c r="F1120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1121" s="1" t="s">
+      <c r="B1131" s="1" t="s">
         <v>4150</v>
       </c>
-      <c r="B1121" s="1" t="s">
+      <c r="C1131" s="1" t="s">
         <v>4151</v>
       </c>
-      <c r="C1121" s="1" t="s">
+      <c r="D1131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1131" s="3" t="s">
         <v>4152</v>
       </c>
-      <c r="D1121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1121" s="3" t="s">
+      <c r="F1131" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1131" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1132" s="1" t="s">
         <v>4153</v>
       </c>
-      <c r="F1121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1122" s="1" t="s">
+      <c r="B1132" s="1" t="s">
         <v>4154</v>
       </c>
-      <c r="B1122" s="1" t="s">
+      <c r="C1132" s="1" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D1132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1132" s="3" t="s">
         <v>4155</v>
       </c>
-      <c r="C1122" s="1" t="s">
+      <c r="F1132" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1132" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1133" s="1" t="s">
         <v>4156</v>
       </c>
-      <c r="D1122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1122" s="3" t="s">
+      <c r="B1133" s="1" t="s">
         <v>4157</v>
       </c>
-      <c r="F1122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1123" s="1" t="s">
+      <c r="C1133" s="1" t="s">
         <v>4158</v>
       </c>
-      <c r="B1123" s="1" t="s">
+      <c r="D1133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1133" s="3" t="s">
         <v>4159</v>
       </c>
-      <c r="C1123" s="1" t="s">
+      <c r="F1133" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1133" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1134" s="1" t="s">
         <v>4160</v>
       </c>
-      <c r="D1123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1123" s="3" t="s">
+      <c r="B1134" s="1" t="s">
         <v>4161</v>
       </c>
-      <c r="F1123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1124" s="1" t="s">
+      <c r="C1134" s="1" t="s">
         <v>4162</v>
       </c>
-      <c r="B1124" s="1" t="s">
+      <c r="D1134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1134" s="3" t="s">
         <v>4163</v>
       </c>
-      <c r="C1124" s="1" t="s">
+      <c r="F1134" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1134" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1135" s="1" t="s">
         <v>4164</v>
       </c>
-      <c r="D1124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1124" s="3" t="s">
+      <c r="B1135" s="1" t="s">
         <v>4165</v>
       </c>
-      <c r="F1124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1125" s="1" t="s">
+      <c r="C1135" s="1" t="s">
         <v>4166</v>
       </c>
-      <c r="B1125" s="1" t="s">
+      <c r="D1135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1135" s="3" t="s">
         <v>4167</v>
       </c>
-      <c r="C1125" s="1" t="s">
+      <c r="F1135" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1135" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1136" s="1" t="s">
         <v>4168</v>
       </c>
-      <c r="D1125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1125" s="3" t="s">
+      <c r="B1136" s="1" t="s">
         <v>4169</v>
       </c>
-      <c r="F1125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1126" s="1" t="s">
+      <c r="C1136" s="1" t="s">
         <v>4170</v>
       </c>
-      <c r="B1126" s="1" t="s">
+      <c r="D1136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1136" s="3" t="s">
         <v>4171</v>
       </c>
-      <c r="C1126" s="1" t="s">
+      <c r="F1136" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1136" s="3" t="s">
         <v>4172</v>
       </c>
-      <c r="D1126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1126" s="3" t="s">
+    </row>
+    <row r="1137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1137" s="1" t="s">
         <v>4173</v>
       </c>
-      <c r="F1126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1127" s="1" t="s">
+      <c r="B1137" s="1" t="s">
         <v>4174</v>
       </c>
-      <c r="B1127" s="1" t="s">
+      <c r="C1137" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D1137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1137" s="3" t="s">
         <v>4175</v>
       </c>
-      <c r="C1127" s="1" t="s">
+      <c r="F1137" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1137" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1138" s="1" t="s">
         <v>4176</v>
       </c>
-      <c r="D1127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1127" s="3" t="s">
+      <c r="B1138" s="1" t="s">
         <v>4177</v>
       </c>
-      <c r="F1127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1128" s="1" t="s">
+      <c r="C1138" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D1138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1138" s="3" t="s">
         <v>4178</v>
       </c>
-      <c r="B1128" s="1" t="s">
+      <c r="F1138" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1138" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1139" s="1" t="s">
         <v>4179</v>
       </c>
-      <c r="C1128" s="1" t="s">
+      <c r="B1139" s="1" t="s">
         <v>4180</v>
       </c>
-      <c r="D1128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1128" s="3" t="s">
+      <c r="C1139" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D1139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1139" s="3" t="s">
         <v>4181</v>
       </c>
-      <c r="F1128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1129" s="1" t="s">
+      <c r="F1139" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1139" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1140" s="1" t="s">
         <v>4182</v>
       </c>
-      <c r="B1129" s="1" t="s">
+      <c r="B1140" s="1" t="s">
         <v>4183</v>
       </c>
-      <c r="C1129" s="1" t="s">
+      <c r="C1140" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D1140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1140" s="3" t="s">
         <v>4184</v>
       </c>
-      <c r="D1129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1129" s="3" t="s">
+      <c r="F1140" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1140" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1141" s="1" t="s">
         <v>4185</v>
       </c>
-      <c r="F1129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1130" s="1" t="s">
+      <c r="B1141" s="1" t="s">
         <v>4186</v>
       </c>
-      <c r="B1130" s="1" t="s">
+      <c r="C1141" s="1" t="s">
         <v>4187</v>
       </c>
-      <c r="C1130" s="1" t="s">
+      <c r="D1141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1141" s="3" t="s">
         <v>4188</v>
       </c>
-      <c r="D1130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1130" s="3" t="s">
+      <c r="F1141" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1141" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1142" s="1" t="s">
         <v>4189</v>
       </c>
-      <c r="F1130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1131" s="1" t="s">
+      <c r="B1142" s="1" t="s">
         <v>4190</v>
       </c>
-      <c r="B1131" s="1" t="s">
+      <c r="C1142" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1142" s="3" t="s">
         <v>4191</v>
       </c>
-      <c r="C1131" s="1" t="s">
+      <c r="F1142" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1142" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1143" s="1" t="s">
         <v>4192</v>
       </c>
-      <c r="D1131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1131" s="3" t="s">
+      <c r="B1143" s="1" t="s">
         <v>4193</v>
       </c>
-      <c r="F1131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1132" s="1" t="s">
+      <c r="C1143" s="1" t="s">
         <v>4194</v>
       </c>
-      <c r="B1132" s="1" t="s">
+      <c r="D1143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1143" s="3" t="s">
         <v>4195</v>
       </c>
-      <c r="C1132" s="1" t="s">
+      <c r="F1143" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1143" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1144" s="1" t="s">
         <v>4196</v>
       </c>
-      <c r="D1132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1132" s="3" t="s">
+      <c r="B1144" s="1" t="s">
         <v>4197</v>
       </c>
-      <c r="F1132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1133" s="1" t="s">
+      <c r="C1144" s="1" t="s">
+        <v>4194</v>
+      </c>
+      <c r="D1144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1144" s="3" t="s">
         <v>4198</v>
       </c>
-      <c r="B1133" s="1" t="s">
+      <c r="F1144" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1144" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1145" s="1" t="s">
         <v>4199</v>
       </c>
-      <c r="C1133" s="1" t="s">
+      <c r="B1145" s="1" t="s">
         <v>4200</v>
       </c>
-      <c r="D1133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1133" s="3" t="s">
+      <c r="C1145" s="1" t="s">
         <v>4201</v>
       </c>
-      <c r="F1133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1134" s="1" t="s">
+      <c r="D1145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1145" s="3" t="s">
         <v>4202</v>
       </c>
-      <c r="B1134" s="1" t="s">
+      <c r="F1145" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1145" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1146" s="1" t="s">
         <v>4203</v>
       </c>
-      <c r="C1134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1134" s="3" t="s">
+      <c r="B1146" s="1" t="s">
         <v>4204</v>
       </c>
-      <c r="F1134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1135" s="1" t="s">
+      <c r="C1146" s="1" t="s">
+        <v>4201</v>
+      </c>
+      <c r="D1146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1146" s="3" t="s">
         <v>4205</v>
       </c>
-      <c r="B1135" s="1" t="s">
+      <c r="F1146" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1146" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1147" s="1" t="s">
         <v>4206</v>
       </c>
-      <c r="C1135" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1135" s="3" t="s">
+      <c r="B1147" s="1" t="s">
         <v>4207</v>
       </c>
-      <c r="F1135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1136" s="1" t="s">
+      <c r="C1147" s="1" t="s">
+        <v>4201</v>
+      </c>
+      <c r="D1147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1147" s="3" t="s">
         <v>4208</v>
       </c>
-      <c r="B1136" s="1" t="s">
+      <c r="F1147" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1147" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1148" s="1" t="s">
         <v>4209</v>
       </c>
-      <c r="C1136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1136" s="3" t="s">
+      <c r="B1148" s="1" t="s">
         <v>4210</v>
       </c>
-      <c r="F1136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1137" s="1" t="s">
+      <c r="C1148" s="1" t="s">
         <v>4211</v>
       </c>
-      <c r="B1137" s="1" t="s">
+      <c r="D1148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1148" s="3" t="s">
         <v>4212</v>
       </c>
-      <c r="C1137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1137" s="3" t="s">
+      <c r="F1148" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1148" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1149" s="1" t="s">
         <v>4213</v>
       </c>
-      <c r="F1137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1138" s="1" t="s">
+      <c r="B1149" s="1" t="s">
         <v>4214</v>
       </c>
-      <c r="B1138" s="1" t="s">
+      <c r="C1149" s="1" t="s">
+        <v>4211</v>
+      </c>
+      <c r="D1149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1149" s="3" t="s">
         <v>4215</v>
       </c>
-      <c r="C1138" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1138" s="3" t="s">
+      <c r="F1149" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1149" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1150" s="1" t="s">
         <v>4216</v>
       </c>
-      <c r="F1138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1139" s="1" t="s">
+      <c r="B1150" s="1" t="s">
         <v>4217</v>
       </c>
-      <c r="B1139" s="1" t="s">
+      <c r="C1150" s="1" t="s">
         <v>4218</v>
       </c>
-      <c r="C1139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1139" s="3" t="s">
+      <c r="D1150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1150" s="3" t="s">
         <v>4219</v>
       </c>
-      <c r="F1139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1140" s="1" t="s">
+      <c r="F1150" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1150" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1151" s="1" t="s">
         <v>4220</v>
       </c>
-      <c r="B1140" s="1" t="s">
+      <c r="B1151" s="1" t="s">
         <v>4221</v>
       </c>
-      <c r="C1140" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1140" s="3" t="s">
+      <c r="C1151" s="1" t="s">
         <v>4222</v>
       </c>
-      <c r="F1140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1141" s="1" t="s">
+      <c r="D1151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1151" s="3" t="s">
         <v>4223</v>
       </c>
-      <c r="B1141" s="1" t="s">
+      <c r="F1151" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1151" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1152" s="1" t="s">
         <v>4224</v>
       </c>
-      <c r="C1141" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1141" s="3" t="s">
+      <c r="B1152" s="1" t="s">
         <v>4225</v>
       </c>
-      <c r="F1141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1142" s="1" t="s">
+      <c r="C1152" s="1" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D1152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1152" s="3" t="s">
         <v>4226</v>
       </c>
-      <c r="B1142" s="1" t="s">
+      <c r="F1152" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1152" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1153" s="1" t="s">
         <v>4227</v>
       </c>
-      <c r="C1142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1142" s="3" t="s">
+      <c r="B1153" s="1" t="s">
         <v>4228</v>
       </c>
-      <c r="F1142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1143" s="1" t="s">
+      <c r="C1153" s="1" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D1153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1153" s="3" t="s">
         <v>4229</v>
       </c>
-      <c r="B1143" s="1" t="s">
+      <c r="F1153" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1153" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1154" s="1" t="s">
         <v>4230</v>
       </c>
-      <c r="C1143" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1143" s="3" t="s">
+      <c r="B1154" s="1" t="s">
         <v>4231</v>
       </c>
-      <c r="F1143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1144" s="1" t="s">
+      <c r="C1154" s="1" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D1154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1154" s="3" t="s">
         <v>4232</v>
       </c>
-      <c r="B1144" s="1" t="s">
+      <c r="F1154" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1154" s="3" t="s">
         <v>4233</v>
       </c>
-      <c r="C1144" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1144" s="3" t="s">
+    </row>
+    <row r="1155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1155" s="1" t="s">
         <v>4234</v>
       </c>
-      <c r="F1144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1145" s="1" t="s">
+      <c r="B1155" s="1" t="s">
         <v>4235</v>
       </c>
-      <c r="B1145" s="1" t="s">
+      <c r="C1155" s="1" t="s">
         <v>4236</v>
       </c>
-      <c r="C1145" s="1" t="s">
+      <c r="D1155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1155" s="3" t="s">
+        <v>4237</v>
+      </c>
+      <c r="F1155" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1155" s="3" t="s">
+        <v>4238</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1156" s="1" t="s">
+        <v>4239</v>
+      </c>
+      <c r="B1156" s="1" t="s">
+        <v>4240</v>
+      </c>
+      <c r="C1156" s="1" t="s">
         <v>4236</v>
       </c>
-      <c r="D1145" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A1146" s="1" t="s">
+      <c r="D1156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1156" s="3" t="s">
+        <v>4241</v>
+      </c>
+      <c r="F1156" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1156" s="3" t="s">
         <v>4238</v>
       </c>
-      <c r="B1146" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B1147" s="1" t="s">
+    </row>
+    <row r="1157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1157" s="1" t="s">
         <v>4242</v>
       </c>
-      <c r="C1147" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1147" s="3" t="s">
+      <c r="B1157" s="1" t="s">
         <v>4243</v>
       </c>
-      <c r="F1147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1148" s="1" t="s">
+      <c r="C1157" s="1" t="s">
         <v>4244</v>
       </c>
-      <c r="B1148" s="1" t="s">
+      <c r="D1157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1157" s="3" t="s">
         <v>4245</v>
       </c>
-      <c r="C1148" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1148" s="3" t="s">
+      <c r="F1157" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1157" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1158" s="1" t="s">
         <v>4246</v>
       </c>
-      <c r="F1148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1149" s="1" t="s">
+      <c r="B1158" s="1" t="s">
         <v>4247</v>
       </c>
-      <c r="B1149" s="1" t="s">
+      <c r="C1158" s="1" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D1158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1158" s="3" t="s">
         <v>4248</v>
       </c>
-      <c r="C1149" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1149" s="3" t="s">
+      <c r="F1158" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1158" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1159" s="1" t="s">
         <v>4249</v>
       </c>
-      <c r="F1149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1150" s="1" t="s">
+      <c r="B1159" s="1" t="s">
         <v>4250</v>
       </c>
-      <c r="B1150" s="1" t="s">
+      <c r="C1159" s="1" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D1159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1159" s="3" t="s">
         <v>4251</v>
       </c>
-      <c r="C1150" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1150" s="3" t="s">
+      <c r="F1159" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1159" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1160" s="1" t="s">
         <v>4252</v>
       </c>
-      <c r="F1150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1151" s="1" t="s">
+      <c r="B1160" s="1" t="s">
         <v>4253</v>
       </c>
-      <c r="B1151" s="1" t="s">
+      <c r="C1160" s="1" t="s">
         <v>4254</v>
       </c>
-      <c r="C1151" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1151" s="3" t="s">
+      <c r="D1160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1160" s="3" t="s">
         <v>4255</v>
       </c>
-      <c r="F1151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1152" s="1" t="s">
+      <c r="F1160" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1160" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1161" s="1" t="s">
         <v>4256</v>
       </c>
-      <c r="B1152" s="1" t="s">
+      <c r="B1161" s="1" t="s">
         <v>4257</v>
       </c>
-      <c r="C1152" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1152" s="3" t="s">
+      <c r="C1161" s="1" t="s">
         <v>4258</v>
       </c>
-      <c r="F1152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1153" s="1" t="s">
+      <c r="D1161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1161" s="3" t="s">
         <v>4259</v>
       </c>
-      <c r="B1153" s="1" t="s">
+      <c r="F1161" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1161" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1162" s="1" t="s">
         <v>4260</v>
       </c>
-      <c r="C1153" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1153" s="3" t="s">
+      <c r="B1162" s="1" t="s">
         <v>4261</v>
       </c>
-      <c r="F1153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1154" s="1" t="s">
+      <c r="C1162" s="1" t="s">
+        <v>4258</v>
+      </c>
+      <c r="D1162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1162" s="3" t="s">
         <v>4262</v>
       </c>
-      <c r="B1154" s="1" t="s">
+      <c r="F1162" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1162" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1163" s="1" t="s">
         <v>4263</v>
       </c>
-      <c r="C1154" s="1" t="s">
+      <c r="B1163" s="1" t="s">
         <v>4264</v>
       </c>
-      <c r="D1154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1154" s="3" t="s">
+      <c r="C1163" s="1" t="s">
+        <v>4258</v>
+      </c>
+      <c r="D1163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1163" s="3" t="s">
         <v>4265</v>
       </c>
-      <c r="F1154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1155" s="1" t="s">
+      <c r="F1163" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1163" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1164" s="1" t="s">
         <v>4266</v>
       </c>
-      <c r="B1155" s="1" t="s">
+      <c r="B1164" s="1" t="s">
         <v>4267</v>
       </c>
-      <c r="C1155" s="1" t="s">
+      <c r="C1164" s="1" t="s">
         <v>4268</v>
       </c>
-      <c r="D1155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1155" s="3" t="s">
+      <c r="D1164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1164" s="3" t="s">
         <v>4269</v>
       </c>
-      <c r="F1155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1156" s="1" t="s">
+      <c r="F1164" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1164" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1165" s="1" t="s">
         <v>4270</v>
       </c>
-      <c r="B1156" s="1" t="s">
+      <c r="B1165" s="1" t="s">
         <v>4271</v>
       </c>
-      <c r="C1156" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1156" s="3" t="s">
+      <c r="C1165" s="1" t="s">
         <v>4272</v>
       </c>
-      <c r="F1156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1157" s="1" t="s">
+      <c r="D1165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1165" s="3" t="s">
         <v>4273</v>
       </c>
-      <c r="B1157" s="1" t="s">
+      <c r="F1165" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1165" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1166" s="1" t="s">
         <v>4274</v>
       </c>
-      <c r="C1157" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1157" s="3" t="s">
+      <c r="B1166" s="1" t="s">
         <v>4275</v>
       </c>
-      <c r="F1157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1158" s="1" t="s">
+      <c r="C1166" s="1" t="s">
         <v>4276</v>
       </c>
-      <c r="B1158" s="1" t="s">
+      <c r="D1166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1166" s="3" t="s">
         <v>4277</v>
       </c>
-      <c r="C1158" s="1" t="s">
+      <c r="F1166" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1166" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1167" s="1" t="s">
         <v>4278</v>
       </c>
-      <c r="D1158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1158" s="3" t="s">
+      <c r="B1167" s="1" t="s">
         <v>4279</v>
       </c>
-      <c r="F1158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1159" s="1" t="s">
+      <c r="C1167" s="1" t="s">
         <v>4280</v>
       </c>
-      <c r="B1159" s="1" t="s">
+      <c r="D1167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1167" s="3" t="s">
         <v>4281</v>
       </c>
-      <c r="C1159" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1159" s="3" t="s">
+      <c r="F1167" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1167" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1168" s="1" t="s">
         <v>4282</v>
       </c>
-      <c r="F1159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1160" s="1" t="s">
+      <c r="B1168" s="1" t="s">
         <v>4283</v>
       </c>
-      <c r="B1160" s="1" t="s">
+      <c r="C1168" s="1" t="s">
         <v>4284</v>
       </c>
-      <c r="C1160" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1160" s="3" t="s">
+      <c r="D1168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1168" s="3" t="s">
         <v>4285</v>
       </c>
-      <c r="F1160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1161" s="1" t="s">
+      <c r="F1168" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1168" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1169" s="1" t="s">
         <v>4286</v>
       </c>
-      <c r="B1161" s="1" t="s">
+      <c r="B1169" s="1" t="s">
         <v>4287</v>
       </c>
-      <c r="C1161" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1161" s="3" t="s">
+      <c r="C1169" s="1" t="s">
         <v>4288</v>
       </c>
-      <c r="F1161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1162" s="1" t="s">
+      <c r="D1169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1169" s="3" t="s">
         <v>4289</v>
       </c>
-      <c r="B1162" s="1" t="s">
+      <c r="F1169" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1169" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1170" s="1" t="s">
         <v>4290</v>
       </c>
-      <c r="C1162" s="1" t="s">
+      <c r="B1170" s="1" t="s">
         <v>4291</v>
       </c>
-      <c r="D1162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1162" s="3" t="s">
+      <c r="C1170" s="1" t="s">
         <v>4292</v>
       </c>
-      <c r="F1162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1163" s="1" t="s">
+      <c r="D1170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1170" s="3" t="s">
         <v>4293</v>
       </c>
-      <c r="B1163" s="1" t="s">
+      <c r="F1170" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1170" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1171" s="1" t="s">
         <v>4294</v>
       </c>
-      <c r="C1163" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1163" s="3" t="s">
+      <c r="B1171" s="1" t="s">
         <v>4295</v>
       </c>
-      <c r="F1163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1164" s="1" t="s">
+      <c r="C1171" s="1" t="s">
         <v>4296</v>
       </c>
-      <c r="B1164" s="1" t="s">
+      <c r="D1171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1171" s="3" t="s">
         <v>4297</v>
       </c>
-      <c r="C1164" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1164" s="3" t="s">
+      <c r="F1171" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1171" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1172" s="1" t="s">
         <v>4298</v>
       </c>
-      <c r="F1164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1165" s="1" t="s">
+      <c r="B1172" s="1" t="s">
         <v>4299</v>
       </c>
-      <c r="B1165" s="1" t="s">
+      <c r="C1172" s="1" t="s">
         <v>4300</v>
       </c>
-      <c r="C1165" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1165" s="3" t="s">
+      <c r="D1172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1172" s="3" t="s">
         <v>4301</v>
       </c>
-      <c r="F1165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1166" s="1" t="s">
+      <c r="F1172" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1172" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1173" s="1" t="s">
         <v>4302</v>
       </c>
-      <c r="B1166" s="1" t="s">
+      <c r="B1173" s="1" t="s">
         <v>4303</v>
       </c>
-      <c r="C1166" s="1" t="s">
+      <c r="C1173" s="1" t="s">
         <v>4304</v>
       </c>
-      <c r="D1166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1166" s="3" t="s">
+      <c r="D1173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1173" s="3" t="s">
         <v>4305</v>
       </c>
-      <c r="F1166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1167" s="1" t="s">
+      <c r="F1173" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1173" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1174" s="1" t="s">
         <v>4306</v>
       </c>
-      <c r="B1167" s="1" t="s">
+      <c r="B1174" s="1" t="s">
         <v>4307</v>
       </c>
-      <c r="C1167" s="1" t="s">
+      <c r="C1174" s="1" t="s">
         <v>4308</v>
       </c>
-      <c r="D1167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1167" s="3" t="s">
+      <c r="D1174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1174" s="3" t="s">
         <v>4309</v>
       </c>
-      <c r="F1167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1168" s="1" t="s">
+      <c r="F1174" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1174" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1175" s="1" t="s">
         <v>4310</v>
       </c>
-      <c r="B1168" s="1" t="s">
+      <c r="B1175" s="1" t="s">
         <v>4311</v>
       </c>
-      <c r="C1168" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1168" s="3" t="s">
+      <c r="C1175" s="1" t="s">
         <v>4312</v>
       </c>
-      <c r="F1168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1169" s="1" t="s">
+      <c r="D1175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1175" s="3" t="s">
         <v>4313</v>
       </c>
-      <c r="B1169" s="1" t="s">
+      <c r="F1175" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1175" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1176" s="1" t="s">
         <v>4314</v>
       </c>
-      <c r="C1169" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1169" s="3" t="s">
+      <c r="B1176" s="1" t="s">
         <v>4315</v>
       </c>
-      <c r="F1169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1170" s="1" t="s">
+      <c r="C1176" s="1" t="s">
         <v>4316</v>
       </c>
-      <c r="B1170" s="1" t="s">
+      <c r="D1176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1176" s="3" t="s">
         <v>4317</v>
       </c>
-      <c r="C1170" s="1" t="s">
+      <c r="F1176" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1176" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1177" s="1" t="s">
         <v>4318</v>
       </c>
-      <c r="D1170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1170" s="3" t="s">
+      <c r="B1177" s="1" t="s">
         <v>4319</v>
       </c>
-      <c r="F1170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1171" s="1" t="s">
+      <c r="C1177" s="1" t="s">
         <v>4320</v>
       </c>
-      <c r="B1171" s="1" t="s">
+      <c r="D1177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1177" s="3" t="s">
         <v>4321</v>
       </c>
-      <c r="C1171" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1171" s="3" t="s">
+      <c r="F1177" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1177" s="3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1178" s="1" t="s">
         <v>4322</v>
       </c>
-      <c r="F1171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1172" s="1" t="s">
+      <c r="B1178" s="1" t="s">
         <v>4323</v>
       </c>
-      <c r="B1172" s="1" t="s">
+      <c r="C1178" s="1" t="s">
         <v>4324</v>
       </c>
-      <c r="C1172" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1172" s="3" t="s">
+      <c r="D1178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1178" s="3" t="s">
         <v>4325</v>
       </c>
-      <c r="F1172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1173" s="1" t="s">
+      <c r="F1178" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1178" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1179" s="1" t="s">
         <v>4326</v>
       </c>
-      <c r="B1173" s="1" t="s">
+      <c r="B1179" s="1" t="s">
         <v>4327</v>
       </c>
-      <c r="C1173" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1173" s="3" t="s">
+      <c r="C1179" s="1" t="s">
         <v>4328</v>
       </c>
-      <c r="F1173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1174" s="1" t="s">
+      <c r="D1179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1179" s="3" t="s">
         <v>4329</v>
       </c>
-      <c r="B1174" s="1" t="s">
+      <c r="F1179" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G1179" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1180" s="1" t="s">
         <v>4330</v>
       </c>
-      <c r="C1174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1174" s="3" t="s">
+      <c r="B1180" s="1" t="s">
         <v>4331</v>
       </c>
-      <c r="F1174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1175" s="1" t="s">
+      <c r="C1180" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D1180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1180" s="3" t="s">
         <v>4332</v>
       </c>
-      <c r="B1175" s="1" t="s">
+      <c r="F1180" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="G1180" s="3" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1181" s="1" t="s">
         <v>4333</v>
       </c>
-      <c r="C1175" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1175" s="3" t="s">
+      <c r="B1181" s="1" t="s">
         <v>4334</v>
       </c>
-      <c r="F1175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1176" s="1" t="s">
+      <c r="C1181" s="1" t="s">
         <v>4335</v>
       </c>
-      <c r="B1176" s="1" t="s">
+      <c r="D1181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1181" s="3" t="s">
         <v>4336</v>
       </c>
-      <c r="C1176" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1176" s="3" t="s">
+      <c r="F1181" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G1181" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1182" s="1" t="s">
         <v>4337</v>
       </c>
-      <c r="F1176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1177" s="1" t="s">
+      <c r="B1182" s="1" t="s">
         <v>4338</v>
       </c>
-      <c r="B1177" s="1" t="s">
+      <c r="C1182" s="1" t="s">
         <v>4339</v>
       </c>
-      <c r="C1177" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1177" s="3" t="s">
+      <c r="D1182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1182" s="3" t="s">
         <v>4340</v>
       </c>
-      <c r="F1177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1178" s="1" t="s">
+      <c r="F1182" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="G1182" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1183" s="1" t="s">
         <v>4341</v>
       </c>
-      <c r="B1178" s="1" t="s">
+      <c r="B1183" s="1" t="s">
         <v>4342</v>
       </c>
-      <c r="C1178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1178" s="3" t="s">
+      <c r="C1183" s="1" t="s">
         <v>4343</v>
       </c>
-      <c r="F1178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1179" s="1" t="s">
+      <c r="D1183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1183" s="3" t="s">
         <v>4344</v>
       </c>
-      <c r="B1179" s="1" t="s">
-[...102 lines deleted...]
-      </c>
       <c r="F1183" s="3" t="s">
-        <v>300</v>
+        <v>763</v>
       </c>
       <c r="G1183" s="3" t="s">
-        <v>215</v>
-[...620 lines deleted...]
-        <v>625</v>
+        <v>298</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">