--- v0 (2025-10-27)
+++ v1 (2026-01-23)
@@ -12,235 +12,211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="676">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
+    <t>Торговая марка</t>
+  </si>
+  <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/abf/abf1a52da840f44e48940ac00a972a83/b58fe286406ad631d0e5a6f847fc6cb7.jpg</t>
-[...5 lines deleted...]
-    <t>Бизнес-тетрадь Office Flowers формата А5, 60 листов. Обложка - 140-185 мм, твердый переплет на спирали, матовая ламинация &amp;#43; выборочный УФ-лак. Форзац - офсетная бумага. 4 дизайна в ассортименте. Внутренний блок -140-185 мм, бумага 65 г/кв.м, белизна 100&amp;#37;.</t>
+    <t>http://anytos.ru//upload/iblock/d5e/d5edec0cc6258a23eade9f6b442c035a/2faa364cddbaa7143169eedf1553d72c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 60л,А5,Амели,150х210мм,80г квм,тонир штр.  4640018350979</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь «Амели» формата А5 с легким романтичным дизайном. Обложка со скругленными углами изготовлены из тактильно приятного матового пластика с нанесением дизайна. Тетрадь комплектуется блоком в клетку по 60 листов из тонированной офсетной бумаги, плотностью 80 г/кв.м, тип крепления - двойная спираль.</t>
   </si>
   <si>
     <t>Бизнес-блокноты</t>
   </si>
   <si>
-    <t>245006</t>
+    <t>245005</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/b3560e7b2f781eebe638871975819973/fd5130d9a2a407bfed568696581ee02d.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 80л,кл,А4,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350573</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь QuickPad формата А4. Обложка со сдержанным дизайном изготовлена из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка «навылет» для максимальной площади для письма. Блок включает 80 листов высококачественной офсетной бумаги плотностью 70 г/кв.м, тип крепления - двойная спираль. Разлиновка в клетку.</t>
+  </si>
+  <si>
+    <t>245014</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/quickpad/"&gt;QuickPad&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecd/o9wx31zgsmv73f60zyo3fma853nekr05.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бизнес-тетрадь Attache А4 96 -листов в -ассортименте в -клетку на -спирали  микроперфорация </t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache формата А4 96 листов в мягком переплете. Обложка с глянцевой ламинацией. В ассортименте три дизайна обложки, крепление - спираль. Плотность обложки - 300 г/м. Все страницы тетради снабжены микроперфорацией, имеют дополнительные отверстия для прошивки. Внутренний блок состоит из 96 листов бумаги формата А4, разлиновка - в клетку. Размер блока - 215х293 мм. Бумага 100&amp;#37; белизны, плотность 65 г/кв.м. Бизнес-тетрадь поставляется в термоусадочной пленке. Цвет обложки представлен в ассортименте - 3 дизайна &amp;#40;без возможности выбора&amp;#41;. Внимание! Товар поставляется в нескольких вариантах цвета/дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>245051</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b35/b3560e7b2f781eebe638871975819973/fd5130d9a2a407bfed568696581ee02d.jpg</t>
-[...44 lines deleted...]
-    <t>&lt;a href="/brands/mariner/"&gt;Mariner&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/d9b/d9b79864bda775ac1850174eaa70424b/0f291f60c215631860918a268bed3264.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь SMARTBOOK А4 120л. клетка,спир,микроп,разд,карм,сер-бирюз штр.  4650000342882</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Selection Smartbook формата А4, 120 листов с микроперфорацией, разделителем и карманом. Обложка - высококачественный жесткий износостойкий металлизированный черный пластик с печатью яркими насыщенными красками. Блок с полями, микроперфорацией и отверстиями для подшивки - офсетная экстрабелая бумага 80 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на спираль увеличенного диаметра. Тетради комплектуются пластиковым съемным разделителем и карманом для хранения вырванных листов.</t>
+  </si>
+  <si>
+    <t>245088</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f7/9f799e54071664a3c5976c90981d27c1/88df831745b030857e99d9ac832e623a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь SMARTBOOK А5 120л. клетка,спир,микроп,разд,карм,жел-оран штр.  4650000342844</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Selection Smartbook формата А5, 120 листов с микроперфорацией, разделителем и карманом. Обложка - высококачественный жесткий износостойкий металлизированный черный пластик с печатью яркими насыщенными красками. Блок с полями, микроперфорацией и отверстиями для подшивки - офсетная экстрабелая бумага 80 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на спираль увеличенного диаметра. Тетради комплектуются пластиковым съемным разделителем и карманом для хранения вырванных листов.</t>
+  </si>
+  <si>
+    <t>245090</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72c/72cac3698bc72b51f905f45024dc98b8/ac720fd7c99e0179a24a7a92aa36b46a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь SMARTBOOK А5 120л. клетка,спир,микроп,разд,карм,сер-бирюз штр.  4650000342851</t>
+  </si>
+  <si>
+    <t>245091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/685/6856d756b9bf9e7406c912ce1ffde417/f5893bea73c17182f5592d0c5a890677.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь WAVES А4 100л. ATTACHE клет,спир,пласт,заклад,цв.оранжевый штр.  4650000342806</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Attache Waves формата А5, 100 листов с пластиковой обложкой. Обложка - высококачественный матовый полупрозрачный пластик с печатью насыщенными красками и лаком. Подложка из плотной офсетной бумаги яркого насыщенного цвета. Блок с полями - офсетная экстрабелая бумага 70 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на евроспирали. Тетради комплектуются съемными пластиковыми линейками с транспортиром, которые можно использовать как разделитель.</t>
+  </si>
+  <si>
+    <t>245095</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/677/6775d737518e08b2bb4296859021e3f6/621bae7a6813e382f2678668d6b1646c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь WAVES А5 100л. ATTACHE клет,спир,пласт,заклад,цв.зеленый штр.  4650000342783</t>
+  </si>
+  <si>
+    <t>245096</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/66b/66ba444b22a11b219d1c0a8921ed50f2/9628a9253a5141019da77de97a7c1e60.jpg</t>
-[...88 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e8/0e814b152036a30ce7b895c01fc888ce/41893fee8b94563f211e56d5a600e5dd.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,140 л,пласт обл, с разд,спир,ATTACHE FANTASY,оранж штр.  4650000343674</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель оранжевого цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А4, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245119</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/41ab890a41f4480e2ac6972c570fa0de/9fd9af9da4de3c731a030d4420bd498d.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,140 л,пласт обл, с разд,спир,ATTACHE FANTASY,розов штр.  4650000343711</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель розового цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А4, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245120</t>
@@ -266,146 +242,131 @@
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель салатового цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А5, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245138</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d2/6d2fe82b4dab21adea88461805ebef52/697acc655e297961a53976a4c9944a68.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,140 л,пласт обл, с разд,спир,ATTACHE FANTASY,голуб штр.  4650000343735</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Fantasy. Модель голубого цвета, в твердой обложке из износоустойчивого пластика с приятной текстурой, комплектуется съемной линейкой-закладкой и двумя съемными цветными разделителями. Линейка серая непрозрачная. Блок бизнес-тетради состоит из 140 листов белой офсетной бумаги формата А5, разлинованных в клетку. На страницах имеются поля и разметка для дополнительной информации. Бизнес-тетрадь оборудована креплением в виде серебристой спирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245140</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e2/1e27c8663a808ace4f9a0bb0620a25d2/f1e6ef8254597f79d9bf2e3d9469e638.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e7/4e752922404857d38f872bb50a1d9280/78231784e519dc9ce4167c0da5706023.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А4 60л. БИЗНЕС  ATTACHE 14с160 клет.20шт уп штр.  4607021880725, 4607021883634</t>
   </si>
   <si>
     <t>Блокнот Attache в твердой обложке, выполненной из ламинированного картона. Блокнот, закрепленный на металлической спирали, состоит из 60 листов. Белая бумага с полями разлинована в клетку. Блокнот имеет стандартный формат А4.</t>
   </si>
   <si>
     <t>245347</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/696/69605965f774e8ca1a143a297b8310f0/1f5516b5dd75d71aa3e6c00a14d7536d.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 50л. ATTACHE-БИЗНЕС облж. 14с157 клетка штр.  4607021880718, 4607021883641</t>
   </si>
   <si>
     <t>Блокнот Attache в твердой обложке, выполненной из ламинированного картона. Внутренний блок, закрепленный на металлической спирали, состоит из 50 листов. Белая бумага с полями разлинована в клетку. Блокнот имеет формат А5, размер 148-210 мм.</t>
   </si>
   <si>
     <t>245349</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aea/aea27c1348fffd34eeba93fd173e05ab/df4bd8050b9c3893f3cc2dca36316cb7.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А6 40л.ATTACHE-БИЗНЕС клет. 14с151 в асс. штр.  4607021883658</t>
   </si>
   <si>
     <t>Блокнот Attache в твердой обложке, выполненной из ламинированного картона. Внутренний блок, закрепленный на металлической спирали, состоит из 40 листов. Белая бумага с полями разлинована в клетку. Блокнот имеет формат А6, размер 105-145 мм. Плотность картона - 200-220 г/кв.м.</t>
   </si>
   <si>
     <t>245355</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/391/391cb77ed4327d2a9cb1506f88ec8869/d002ec5b803be783bd2a8e0ad783cea9.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c5f/c5f7c4aa2c593254f643f2908e84c196/90efb01846a359931471d9828c46370b.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Office Creative А4 120л черная, кл., 5 разд.,спираль 968802</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache Office Creative А4 120л черная, кл., 5 разд.,спираль</t>
   </si>
   <si>
     <t>334456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/546/5466a6c44c9ea2df1a96361657c7c525/d59996769e3cb3d9a200cb0dc05feb6e.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,120 л,спираль,клетка Office Creative 968806</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,120 л,спираль,клетка Office Creative</t>
   </si>
   <si>
     <t>334459</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/709/7092c8398edb1a43c04c84ab05373513/f32d2963e7d8c48168609fade624f3ad.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А6,SPIRAL BOOK Розовый,евроспир,обл.пласт,разд.84117</t>
+  </si>
+  <si>
+    <t>375630</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d53/d5327a4906ba0337a44a626d2de71149/b06e2d9024c3553ddd9c483cf8735414.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь  ароматизир.100л,кл,А5, КЛЕМЕНТИН,спир,тонир.блок 84906</t>
   </si>
   <si>
     <t>Бизнес-тетрадь&amp;nbsp;&amp;nbsp;ароматизир.100л,кл,А5, КЛЕМЕНТИН,спир,тонир.блок 84906</t>
   </si>
   <si>
     <t>375661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a8/5a88e96d45d23d6f45da1d3f08927292/36dd01be7051b03db873903d45fbee67.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Розовый,евроспир,обл.пласт,разд.84105</t>
   </si>
   <si>
     <t>375663</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e25/e257a9cbaa94279f2d272049a247d0da/9f48008c7109d7bf4aeb6e1afbea7c58.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Салатовый,евросп,обл.пл,раздел.84102</t>
@@ -428,185 +389,188 @@
   <si>
     <t>Бизнес-тетрадь 140л,кл,А4,SPIRAL BOOK Синий,евроспир,обл.пласт,раздел.84101</t>
   </si>
   <si>
     <t>375666</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc8/cc8693cc0de7c5be11b4fab93bcfc370/2e92d77f5ffdabae41bfd5c1a4b812ca.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Розовый,евроспир,обл.пласт,разд.84111</t>
   </si>
   <si>
     <t>375667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08f/08feb04d7fce402e8c5c39a05203765f/6118538ab81ff47113c17516a8657904.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Салатовый,евросп,обл.пл,раздел.84108</t>
   </si>
   <si>
     <t>375668</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bfd/bfdfafc2be0c83bee0d2f0513a357bd8/7b8f7642e214c60f0fe1b6a0a49a45bc.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Серый,евроспир,обл.пласт,раздел.84109</t>
+  </si>
+  <si>
+    <t>375669</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b16/b163c3c6fc017b9b0f517e29a4e847db/caa29c0792df4afd4177d453c47a303c.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A4,200л,кл,греб Attache Selection Office book синий металлик</t>
   </si>
   <si>
     <t>375677</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/080/0809411cf0967af06a283162a0b67470/016a8dcc445f4a88af344232833bb8f5.jpg</t>
-[...5 lines deleted...]
-    <t>375678</t>
+    <t>http://anytos.ru//upload/iblock/53d/53dfe1b1d6edf6ce5859c644b1d7bd03/209ad66936ed451658dd9db3a5d5660b.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A5,200л,кл,греб Attache Selection Office book синий металлик</t>
+  </si>
+  <si>
+    <t>375686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/193/193d97d62fcc68b52b291beca2044a5b/8945563d119597489f68d0eda9c1b22a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A5,200л,кл,греб. Attache Selection Office book черн металлик</t>
+  </si>
+  <si>
+    <t>375687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bf/3bf85bad301f88aa1c464ec092afdc86/ea812a7dac713daee453079af3b36d6c.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,120л,кл,гребень,пластик.обл. с вырубк,4раздел ЧЕРНЫЙ 14с9</t>
+  </si>
+  <si>
+    <t>375702</t>
   </si>
   <si>
     <t>&lt;a href="/brands/polinom/"&gt;Полином&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bfa/bfa56306201b1e9f38ef97377a087d71/a6466d837f14eea2bf5da3f32b31a9e2.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,120л,кл,гребень,пластик.обл. с вырубк,4раздел ЧЕРНЫЙ 15с7</t>
+  </si>
+  <si>
+    <t>375703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b8/2b86cf180db0ae199c44d4d99105a8d6/b05f97793ed8c8b4fa80de082973aeb1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4,40л,клетка,метал.гребень,цв.обложка Стильный Офис 2931</t>
+  </si>
+  <si>
+    <t>375724</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0f/c0f6c019c3b1e6dd40a3fa038d525858/3713c82b871599e85701004777993193.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А4,60л,клетка,метал.гребень,цв.обложка Стильный Офис 2751</t>
+  </si>
+  <si>
+    <t>375726</t>
+  </si>
+  <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ac/4ac98549fa334a1c1d7047f268cfcde6/500ef77ab1901a16e3f59009d0aebf58.jpg</t>
-[...64 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/745/7450be5fad947e22a944f6180730e4b6/f30bfc1c41a642a17f427f68e4ecd107.jpg</t>
   </si>
   <si>
     <t>Блокнот А4,60л,клетка,метал.гребень,цв.обложка Стильный Офис 2933</t>
   </si>
   <si>
     <t>375727</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8b/f8b4b4268bf1530bfa25de51c1404d66/52dcc7c5420d521b24090bdbaf8747e1.jpg</t>
   </si>
   <si>
     <t>Блокнот А4,80л,клетка,метал.гребень,цв.обложка Стильный Офис 2752</t>
   </si>
   <si>
     <t>375729</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cb/5cb66e1a00cddade05fcd5472f2cf3ea/b698fce3f90f94ceb2c7a11865683a70.jpg</t>
   </si>
   <si>
     <t>Блокнот А4,80л,клетка,метал.гребень,цв.обложка Стильный Офис 2934</t>
   </si>
   <si>
     <t>375730</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20a/20a937a60bbb549e6c9925b879f7246b/540d29b1dbc211339ea34f0c5b1e4891.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,40л,клетка,метал.гребень,цв.обложка Стильный Офис 2935 в ассорт</t>
   </si>
   <si>
     <t>375741</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/03f/03f0e5854f846509c92c5300b0de214a/6af2dc58cb27ecff58695d5529323b37.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,60л,клетка,метал.гребень,цв.обложка Стильный Офис 2741 в ассорт</t>
+  </si>
+  <si>
+    <t>375742</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/afe/afea926d44b517fe322d752359b800d2/67da72ea2146ada0e77ee20407e53856.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,клетка,метал.гребень,цв.обложка Природа 8с12 в ассорт</t>
   </si>
   <si>
     <t>375743</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc5/cc59497ee0a73cb78b97c0103c81402f/7a9f4fd32916bbe3a87b29da6445c683.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,клетка,метал.гребень,цв.обложка Стильный Офис 2737 в ассорт</t>
   </si>
   <si>
     <t>375744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30a/avumvnw56ve6zxf5imoy0x7cf55avad5.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG, А4, 200х252 мм,  quot;Income quot;, гладкий кожзаменитель, клетка, 128 л., черный, 125204</t>
@@ -701,59 +665,50 @@
   <si>
     <t>393154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30c/5qqk8rnenr940wub56400my3mtpcyfir.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., синий, 111017</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Ultra&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>426984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/287/s4ajzn87s5ksurk5ndlzmghuznsuewve.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., красный, 111018</t>
   </si>
   <si>
     <t>426985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/36a/1z7zs0ief10zxxx8irprlze9yxkmqisl.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ae1/q5qj9x2ubs8wtf60eitygsbdez92xo1z.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., черный, 111021</t>
   </si>
   <si>
     <t>426988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ef/0jxsbye8ejsde35rdgjnsu6dje3uk8vi.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., персиковый, 111022</t>
   </si>
   <si>
     <t>426989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bff/e440rjp48a1j53bejh6yt3geusqhe8sw.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Ultra quot;, под кожу, резинка, 80 л., коричневый, 111023</t>
   </si>
   <si>
     <t>426990</t>
@@ -791,224 +746,233 @@
   <si>
     <t>http://anytos.ru//upload/iblock/694/39rmhfwitmzif751tv0op1benj2udlyu.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Office quot;, под кожу, резинка, 80 л., черный, 111027</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу черного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>426994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/y5nm54sywdpge2nxairuwvywcinao6fw.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Office quot;, под кожу, резинка, 80 л., красный, 111030</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу красного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>426997</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53d/matns45e19kue7hhm4aysialhytoeeli.jpg</t>
-[...2 lines deleted...]
-    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis X quot;, под кожу, резинка, 80 л., светло-зеленый, 111033</t>
+    <t>http://anytos.ru//upload/iblock/a39/wppsmuce1w7418qstc966lxbj9vyjcsm.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis X quot;, под кожу, резинка, 80 л., малиновый, 111034</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis X&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>427000</t>
-[...7 lines deleted...]
-  <si>
     <t>427001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/154/fufrz401mk7ds3ddvmtg9dr01gwog4ka.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis X quot;, под кожу, резинка, 80 л., бирюзовый, 111035</t>
   </si>
   <si>
     <t>427002</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/437/bns8vmsqh4nn6b3h3wm26x1ll9bxvv5o.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., темно-зеленый, 111037</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>427004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ef/5p84ig2r1vm9sp0dyrtj34a5q10436ja.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., желтый, 111038</t>
+  </si>
+  <si>
+    <t>427005</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/449/mfc7ro1ytxyg6r9ysarj5djow0bkg6xc.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., красный, 111039</t>
   </si>
   <si>
-    <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
-[...1 lines deleted...]
-  <si>
     <t>427006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c84/dnd03ri8eq7zexm4bfyap2zrvje17oe5.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5  148x218 мм , BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., голубой, 111040</t>
   </si>
   <si>
     <t>427007</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/514/5h0jg6g8vrvn1763xm30977rf0z178sl.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ca4/ca480352b4de3bba457ce48dc26904d8/d29e887305c090a7d74185a89fe014c6.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,80л,кл,греб,обл.мат.лам. Attache Selection Pastel Полосы</t>
   </si>
   <si>
     <t>438114</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e7/4e7d549983126217a30ac84b4dd0ec51/71418bbd664c0b9e155c3a402ce94e2e.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,80л,кл,гр,обл.мат.лам. Attache Selection Pastel Квадраты</t>
   </si>
   <si>
     <t>581410</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ce1/ce123fea10d9d9c40343728b595fb64f/3f5e5d12518917816d645a3f6aa4642d.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,96л,кл,греб,ламин.обл. Attache Selection Fluid Фиолетовый</t>
+  </si>
+  <si>
+    <t>581411</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/25b/25b449897d38a09c6989bf41503f71dd/88499441370bbc8f64f261a1c9a72d1a.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 140л,кл,А5,SPIRAL BOOK Синий,евроспир,обл.пласт,раздел.84113</t>
   </si>
   <si>
     <t>581412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ca/3cad29615ca5a3cf9323b1c1392888ee/765ca36d3c2a27040772e123b40bed0d.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,120л кольц смен.бл,кл.Attache Selection Fluid Серо-Голуб</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,120л кольц/смен.бл,кл.Attache Selection Fluid Серо-Голуб</t>
   </si>
   <si>
     <t>581415</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b46/b469bcc62827269b6d45bbdb23b32a48/58fccfc7d68c062c62e192582565dc6a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bb5/bb58a23493be266f149ae2031935dd8f/328b25b65eab8ebc52df6ff7b0ac1c0e.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,96л,кл,греб,ламин.обл. Attache Selection FluidБирюзовый</t>
   </si>
   <si>
     <t>581417</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73c/73c0508df36eb3d84f152eca89d6377d/b83172b9e01fcdb4d8ad2999e1c7829a.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,96л,точка,греб,обл.глянц.лам. Attache Fleur Лазурь</t>
   </si>
   <si>
     <t>613947</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/3457fc80de9c3b1d442f60bc0836307f/ab1116f0af9df1a2965d2096924ab7db.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,96л,точка,греб,обл.глянц.лам. Attache Fleur Мята</t>
   </si>
   <si>
     <t>613948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d42/d429571c82fe2b51942f795fb65ea23d/31f955e9ef0dc8432b370af15ba0b944.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,96л,кл,греб,мат.лам. Attache Selection Sweet Life Капкейк</t>
   </si>
   <si>
     <t>613950</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/735/735a237e5404dd1f8a269268d8ee4fb4/cd8da9ab52c9b4c8d06e1cb66f05283d.jpg</t>
-[...5 lines deleted...]
-    <t>613953</t>
+    <t>http://anytos.ru//upload/iblock/480/480a597bfce68e6f897ec2ea7408eac7/fdd4d563a6d89af457a2ba4cc199e244.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5,96л,кл,спир,пласт,тон.бл. Attache Bright colours Сиренев</t>
+  </si>
+  <si>
+    <t>613952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/502a6e6e02d2aa6a8cd434ab28bf507b/0f68df7a22a5dbcddbbd49d525be5d87.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,96л,точка,греб,обл.глянц.лам. Attache Fleur Коралл</t>
   </si>
   <si>
     <t>613955</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/41c/41cfb610ddca442db4264d8ed6a3841c/b44f4d5989b8aefa4cc96eab64ccc3b0.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь со смен.блоком 120л,кл,А5, Розовый,пропилен. обл. налипучке</t>
+  </si>
+  <si>
+    <t>613958</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8b4/wd90urk58mfjvxirg650l4205uybvt45.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5 80л. BG  quot;Радуйся жизни quot;, матовая ламинация, выб.лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5 формата прекрасно подойдет для работы и учёбы. Обложка - твердый переплет с матовой ламинацией и вборочным лаком. Внутренний блок - офсетный, 60 г/м2, клетка</t>
   </si>
   <si>
     <t>681494</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e67/qabqninikwnhxgtb38pkd5x8xtih2mye.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А5 Flora 1, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8c/pg24g00p162e2d1rv8xn6hpf6nve4qib.jpg</t>
@@ -1025,50 +989,62 @@
   <si>
     <t>Бизнес-тетрадь А4, 96л, кл, спир, пластик, тон.бл. Attache Bright colours Желтый</t>
   </si>
   <si>
     <t>787791</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3d/di4k28w6le9lw9dy1rlpitt4yi81oe50.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А4 Flora 1, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49b/ezjfrj16u8nspf5fgc9w1kct9th9zh1d.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 120л, клетка, А4 Flora 2, пласт.обл, серебр.спир, 3раздел, линейка</t>
   </si>
   <si>
     <t>787793</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3ef/a9in6zgcx6lu1u150e3z1yz5i4akjymx.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5 64л. BG  quot;Exotic quot;, глянцевая ламинация, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5 формата прекрасно подойдет для работы и учёбы. Обложка - твердый переплет с матовой ламинацией и тиснением фольгой. Внутренний блок - офсетный, 60 г/м2, клетка</t>
+  </si>
+  <si>
+    <t>789790</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/21e/sb6pypyqm2an8citqsshq5xyiex72tcw.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Instinct quot;, клетка, на кольцах, с возм. зам. блока, 80г м2, пластик полифом  обл, линейка-заклад., аквамарин черный</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Instinct&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41;. Формат А5&amp;#43;. Насыщенный пастельный голубой цвет внешней стороны в сочетании с фактурой &amp;quot;горизонтальные линии&amp;quot;. Черный цвет внутренней поверхности. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>789799</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f23/rxlk4xczy283ld06zz4d5kwippc6rage.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Instinct quot;, клетка, на кольцах, с возм. зам. блока, 80г м2, пластик полифом  обл, линейка-закладка, лаванда черный</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Instinct&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41;. Формат А5&amp;#43;. Насыщенный пастельный фиолетовый цвет внешней стороны в сочетании с фактурой &amp;quot;горизонтальные линии&amp;quot;. Черный цвет внутренней поверхности. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>789800</t>
@@ -1127,305 +1103,335 @@
   <si>
     <t>БИЗНЕС БЛОКНОТ, А5,60 Л. quot;ULTIMATE BASICS, ACTIVE BOOK quot; 3 ЦВЕТА</t>
   </si>
   <si>
     <t>БИЗНЕС БЛОКНОТ, А5,60 Л.&amp;quot;ULTIMATE BASICS, ACTIVE BOOK&amp;quot; 3 ЦВЕТА</t>
   </si>
   <si>
     <t>813196</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4e/2j3ailfm7wvksrhs93xr1xgzou6xg60t.jpeg</t>
   </si>
   <si>
     <t>БИЗНЕС БЛОКНОТ, А6,60 Л. quot;ULTIMATE BASICS, ACTIVE BOOK quot; 4 ЦВЕТА</t>
   </si>
   <si>
     <t>БИЗНЕС БЛОКНОТ, А6,60 Л.&amp;quot;ULTIMATE BASICS, ACTIVE BOOK&amp;quot; 4 ЦВЕТА</t>
   </si>
   <si>
     <t>813198</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8b/2dgug09xck5ubdrxbrq71r1pughzp40u.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7a4/1g4o6urqggwqjmjiujj5fdbf9rcbb41y.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Monochrome quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Monochrome&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн коллекционной серии Berlingo &amp;quot;Monochrome&amp;quot;. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f63/ht5lwotozd5y6kds0um0zrl4pvljwv7v.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Radiance quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка, желт. роз.</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Radiance&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн кросс-серии Berlingo &amp;quot;Radiance&amp;quot;, с градиентным переходом желтого и розового цветов. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fee/zp917oasvvsauu9irdzm6qg57t3fi467.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80 листов, BG  quot;Девочки, такие девочки quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: БОЛЬШИНСТВО ЭЛЕМЕНТОВ В НАБОРЕ МОГУТ ИМЕТЬ ОДИНАКОВЫЙ ДИЗАЙН Бизнес-блокнот BG Девочки, такие девочки формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 167*216 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. • формат: А5 &amp;#40;167*216 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>855223</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa7/osrnosxcvd3h6nljfd240m1765s9n4vr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ccc/6dgxgmbbjq7jer57roy6bux2r2ytazkg.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache А4,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache А4,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
   </si>
   <si>
     <t>878945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/622/spj39cicyyoob7cehy2ydlqnm1vtddar.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache А5,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache А5,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
   </si>
   <si>
     <t>878946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03a/ykoehala3hkxszhyu9aq7jr4e99reur0.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache А6,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Attache А6,100л, кл, спир, обл.пластик, с разделителями, голубой</t>
   </si>
   <si>
     <t>878947</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2a6/lkigv4xhjxw03xtqrvrjqqfi09y1wi30.jpg</t>
-[...5 lines deleted...]
-    <t>878955</t>
+    <t>http://anytos.ru//upload/iblock/18a/a8dqt2lvcsito3v7cr9jt349wim7lr60.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Flakes pink обложка УФ лак, спираль, А5, 48л, клетка</t>
+  </si>
+  <si>
+    <t>878956</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/36a/welana16f5qenbw8h088nscegrwm0u80.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/88f/yulyyoyamsh5s2b6o0frk5imty3rmkkh.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4,120л, гребень, обл.пластик, клетка, Attache Plastic, синий</t>
   </si>
   <si>
     <t>878977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e37/k4mw0kpuq71stwxhpblg8r4x0380v0th.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4, 96л, обл.карт, клетка, гребень, Attache Economy,Office Style, бежевая</t>
   </si>
   <si>
     <t>878985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a89/555p6dse2mrrbnxzqkyadri4lvaetfch.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А4, 96л, обл.карт, клетка, гребень, Attache Economy,Office Style, синяя</t>
   </si>
   <si>
     <t>878986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df2/mzs5sn3zvk0glhj0il36fnqmuqs14r9u.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5, 48л, обл.карт, гребень, клетка, Attache Economy, Office Style, бирюзая</t>
   </si>
   <si>
     <t>878991</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3fa/j4uqx26yspaiwm07xr0e2sjr13q6xmjl.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 48л, обл.карт, гребень, клетка, Attache Economy, Office Style, голубая</t>
+  </si>
+  <si>
+    <t>878992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/056/abfotxtt3656of19wmqxse43m72vjez1.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ клетка Attache Economy Office Style коричневый</t>
+  </si>
+  <si>
+    <t>878995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ea/jidsxqgqpsssbpfhnc3pzjfwtxmtv3kp.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ мат.лам,тон.бл,кл, Attache Bright colours желтый</t>
+  </si>
+  <si>
+    <t>878997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb5/2wsirfru2gdigqn8gstub2od289219ui.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5, 80л, 7БЦ мат.лам,тон.бл,кл, Attache Bright colours лайм</t>
+  </si>
+  <si>
+    <t>878998</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad9/y3ddzlqjk24fnnv98whkddr9uj62jddc.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5, 80л, 7БЦ клетка, Attache Economy Smart розовый</t>
   </si>
   <si>
     <t>879003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/762/hlp24jfan5dn0s60bxp3eau5rv2t9vjl.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Мозаика зеленая обложка УФ лак, спираль, А5, 80л, клетка</t>
   </si>
   <si>
     <t>879009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db9/y7r6co70ih8p2k8teb3t92udnlrydpe4.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Мозаика красная обложка УФ лак, спираль, А5, 80л, клетка</t>
   </si>
   <si>
     <t>879010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/924/e7mvob5233q7tu2tptszndtfxaxfle6b.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Мозаика синяя обложка УФ лак, спираль, А5, 80л, клетка</t>
   </si>
   <si>
     <t>879011</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd0/va2crv7m7u2ia35m68xt6oczz0wfc177.jpg</t>
-[...5 lines deleted...]
-    <t>879014</t>
+    <t>http://anytos.ru//upload/iblock/bcb/vp1o3e8e0xodxjhpxyue4kapyvkt3p22.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Принты А5 96л, клетка, обл. мел. картон, спираль, птицы</t>
+  </si>
+  <si>
+    <t>879012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bea/o18o0vpn85isrxpuzoi7ouhi42nkexd5.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Цветы А5 96л, клетка, обл. мел. картон, спираль, белый</t>
+  </si>
+  <si>
+    <t>879013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b1c/ga8eq4vn8uqfzmbn537pdtwjatmsmrl9.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 120л., BG  quot;Colour quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG Colour А5 прекрасно подойдёт для работы и учёбы. Состоит из 120 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. Строгое лаконичное оформление блокнота добавит рабочего настроения. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 120; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>884762</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b1/sn0b42z5hikeak5w5fhrkq2g9093ywhh.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 160л., BG  quot;Circles strips quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG Circles&amp;strips А5 прекрасно подойдёт для работы и учёбы. Состоит из 160 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 160; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>884765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ab/82b2us9zjza5r2o46dl0vppwx5xvlnt5.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 160л., BG  quot;Genre quot;, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG Genre А5 прекрасно подойдёт для работы и учёбы. Состоит из 160 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с матовой ламинацией и выборочным лаком. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 160; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>884766</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e1e/3xanehq1n103hvs6sqw6bazhqijz1460.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., BG  quot;Only good quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: БОЛЬШИНСТВО ЭЛЕМЕНТОВ В НАБОРЕ МОГУТ ИМЕТЬ ОДИНАКОВЫЙ ДИЗАЙН Бизнес-блокнот BG Only good формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 167*216 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. • формат: А5 &amp;#40;167*216 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>884771</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/80d/th89j4givnidb372h3cjprwcjc833y61.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Сил моих нет quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: БОЛЬШИНСТВО ЭЛЕМЕНТОВ В НАБОРЕ МОГУТ ИМЕТЬ ОДИНАКОВЫЙ ДИЗАЙН Бизнес-блокнот BG «Сил моих нет» формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 167*216 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый картон с матовой ламинацией, дополненной выборочным лаком. Весёлое оформление блокнота поднимет настроение владельцу. • формат: А5 &amp;#40;167*216 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>940914</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c37/tlpsl4vl4v63yque9zv0me3louy9lp2x.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Academy quot;, soft-touch ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BG Academy формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с soft-touch ламинацией, что придает обложке тактильно приятное ощущение. Тренд года 2023, красиво оформлены, тактильно приятные – это должно быть у каждой девочки и женщины! Наслаждаться эстетикой и нежными прикосновениями к изделию. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940915</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/289/vg1hwxkyy4703x37alrr1t34wzqn3zma.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Beauty Fashion quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG Academy формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с глянцевой ламинацией. Стильное оформление блокнота добавит нотку к твоему образу. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>940916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b81/g24zb65rqto2gtxte0jb4s0vegugat0w.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Stylish laconic quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG Stylish&amp;laconic формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с soft-touch ламинацией, что придает обложке тактильно приятное ощущение. Стильное оформление блокнота добавит нотку к твоему образу. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>940917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/927/1xy7t9mwpzagsk9nugr43ebndn4ooy13.jpg</t>
@@ -1442,242 +1448,218 @@
   <si>
     <t>http://anytos.ru//upload/iblock/baf/5t1cajeh3dyhxrr48dl8aceuvdzm389i.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;Wonderful quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG Wonderful формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с матовой ламинацией и тиснением фольгой. Стильное красочное оформление придаст настроения на весь день. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>940920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/84f/htbk6qmm4p1ikumrhvc7afm2svqo358v.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., евроформат, BG  quot;На красоте quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот BG На красоте формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 151*211 мм офсетной бумаги белого цвета плотностью 65 г/м2. Линовка – клетка. Обложка – твёрдый картон с soft-touch ламинацией, что придает обложке тактильно приятное ощущение. Стильное оформление блокнота добавит нотку к твоему образу. • формат: А5 &amp;#40;151*211 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
   </si>
   <si>
     <t>940922</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a45/7ath1q0g1g9f5n6nnrba0sn5lv8gvcjc.jpg</t>
-[...8 lines deleted...]
-    <t>954593</t>
+    <t>http://anytos.ru//upload/iblock/b68/1walf4j42n7a67qj25ze21evh570g8vi.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А6, 80л., BG  quot;Your vision quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: БОЛЬШИНСТВО ЭЛЕМЕНТОВ В НАБОРЕ МОГУТ ИМЕТЬ ОДИНАКОВЫЙ ДИЗАЙН Бизнес-блокнот BG Your vision формата А6 прекрасно подойдёт для работы и учёбы. Состоит из 80 листов размером 112*151 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Обложка – твёрдый переплёт с матовой ламинацией. • формат: А6 &amp;#40;112*151 мм&amp;#41;; • кол-во листов: 80; • линовка: клетка; • вид скрепления: сшивка; • материал обложки: твёрдый картон.</t>
+  </si>
+  <si>
+    <t>940925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e1/010f47sm2hcxkq1c6at7k5iyp0e89d41.jpeg</t>
   </si>
   <si>
     <t>Бизнес - блокнот Альт  А4  198 х 285 мм   quot;OFFICE quot; серый 60 листов. Арт. 61360</t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей &amp;quot;ULTIMATE BASICS&amp;quot; формата А4 для записей, заметок, набросков. Блокнот содержит  блок из 60 листов в клетку плотностью 70 г/м2.  Крепление  блока- гребень позволяет  открывать блокнот на 360 градусов. При  необходимости листы  можно легко удалить, не нарушая  целостности блока. . Обложка  изготовлена  из плотного крашенного в  массе картона.</t>
   </si>
   <si>
     <t>961523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/814/yw1e3qrfzqxftfjci68w8w3owxg5ya91.jpeg</t>
   </si>
   <si>
     <t>Бизнес - блокнот Альт  А6  94 х 130 мм   quot;OFFICE quot; серый 60 листов. Арт. 61359</t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей &amp;quot;ULTIMATE BASICS&amp;quot; формата А6 для записей, заметок, набросков. Блокнот содержит  блок из 60 листов в клетку. Крепление  блока- гребень позволяет  открывать блокнот на 360 градусов. При  необходимости листы  можно легко удалить, не нарушая  целостности блока. . Обложка  изготовлена  из плотного крашенного в  массе картона.</t>
   </si>
   <si>
     <t>961524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bd/4c3etxyvmo323nkvi2dn8e16zvqepkjk.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Anti-design quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Anti-design&amp;quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>966039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e40/ziwgdy4d9xxuhabb7kqvsu907ln2wiqc.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Sport format quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Sport format&amp;quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>966042</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d05/eng1fzv30z3w9hxzubdywjek3lsa2ezv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef0/jkutmz60h246fqgu1bypr5kn0lwyo4bj.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Котофис мечты quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Котофис мечты&amp;quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>966046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d81/e2bfk9o5r62ij0lxlay6nqggb7n9vo3w.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Немного волшебства quot;, soft-touch ламинация, тиснение голографической фольгой</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Немного волшебства&amp;quot;, soft-touch ламинация, тиснение голографической фольгой</t>
   </si>
   <si>
     <t>966048</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/911/n2m67ek8zae3ba1fmesjyu5uciu5hmqn.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/88d/injph0jci4r9zhtnp858bz91tnhonihz.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Аниме. Приключения quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Аниме. Приключения&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>981761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b5/emwvajd58zsncfxb3dd2fopmf0e27hfn.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Мечтай quot;, глянцевая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Мечтай&amp;quot;, глянцевая ламинация, выб. лак</t>
   </si>
   <si>
     <t>981762</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6c/ve0jqos6bighgm259s1momqf4fcw4ovj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c4/6uzdc651b221kshdfhmqkyq88c2ol2l5.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Оранжевый настрой quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Оранжевый настрой&amp;quot;, soft-touch ламинация</t>
   </si>
   <si>
     <t>981764</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10e/biwjfoept3ukjr12a5dy7cwg9yof96kq.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Розовый стиль quot;, глянцевая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Розовый стиль&amp;quot;, глянцевая ламинация, выб. лак</t>
   </si>
   <si>
     <t>981766</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a5/bh18r19osgmy9f2k4zndb7ibn15r1mrm.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG  quot;Стиль. Мода quot;, soft-touch ламинация</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А5, 64л., ЛАЙТ BG &amp;quot;Стиль. Мода&amp;quot;, soft-touch ламинация</t>
+  </si>
+  <si>
+    <t>981769</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/58b/b7zj9acacfki77hidc6myr46ltjwj50j.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Secret place quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Secret place&amp;quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>981770</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/632/h27rb7uvl9u8qek3hvifh45jhxgbnn59.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А4, 80л., BG  quot;Моноколор. Градиент quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А4, 80л., BG &amp;quot;Моноколор. Градиент&amp;quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>1000896</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/538/b3c5wcpgi0rg3vuah0ig1stmn2dzti3s.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG  quot;Офисный стиль quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG &amp;quot;Офисный стиль&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000897</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea7/tzfueapb96g3j5yiwnpufjr4qoetn5u0.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG  quot;Природа quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А4, 80л., BG &amp;quot;Природа&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9dd/2p1r1m41vg0iedm5jf3fvbgo5rkz9pbp.jpg</t>
@@ -1742,98 +1724,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0c3/nj6o0hwp6ci4tzl6tyw64chxn84gt85c.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Архитектура quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Архитектура&amp;quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>1000905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a6/j4ghcobouen75qa4jsqqn0zdcdh122lv.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Время офиса quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Время офиса&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000906</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bcd/cz4mlzatverc5grk4km4x12wbiyn23fx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/990/k0vtadz64oql0fmd3e5p0k4e0glyblg1.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Классический стиль quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Классический стиль&amp;quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>1000908</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23d/r3qx07dlc5u5kaoyp1z0a0f2w625p2n6.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Маяк. Пейзаж quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Маяк. Пейзаж&amp;quot;, матовая ламинация, тиснение фольгой</t>
   </si>
   <si>
     <t>1000909</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f9/2fwuxa3itsaap2ql8uh1d5w5ldoj8d8m.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/13e/xvhcev31x35doiso5y3r9kl7uuled8po.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Офисные здания quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Офисные здания&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/590/eohtio3kybm1cda70t78w0f3au4vkfqo.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG  quot;Россия quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5, 80л., BG &amp;quot;Россия&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d89/djpef9r9gfm4jsxsyczu2lf72ug8k10l.jpg</t>
@@ -2028,62 +1986,50 @@
     <t>1000928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aac/iy0gjnsdl363bnq2sp6roxp3wjj6tw2e.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Your Way quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, фиолетовая</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Your Way&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, фиолетовая</t>
   </si>
   <si>
     <t>1000929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f1/bypw4rs524eyf8kb71ujpf2syzuqjsrl.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Your Way quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, черная</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Your Way&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, черная</t>
   </si>
   <si>
     <t>1000930</t>
-  </si>
-[...10 lines deleted...]
-    <t>1006682</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2410,4068 +2356,3975 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I176"/>
+  <dimension ref="A1:M171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F176" sqref="F176"/>
+      <selection pane="bottomRight" activeCell="G171" sqref="G171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...45 lines deleted...]
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G7" s="3" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...84 lines deleted...]
-    <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B29" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="B30" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B31" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...6 lines deleted...]
-    <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>140</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>35</v>
+        <v>141</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>144</v>
       </c>
       <c r="F35" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="G35" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>146</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G37" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...6 lines deleted...]
-    <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...18 lines deleted...]
-    <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...6 lines deleted...]
-    <row r="45" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>145</v>
+        <v>182</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>145</v>
+        <v>182</v>
       </c>
       <c r="G46" s="3" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F47" s="3" t="s">
         <v>182</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G47" s="3" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G49" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="C48" s="1" t="s">
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G52" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...104 lines deleted...]
-    <row r="53" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>228</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>224</v>
+        <v>246</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G75" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...6 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>321</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>324</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>325</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>35</v>
+        <v>309</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>24</v>
+        <v>333</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F88" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G88" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>35</v>
+        <v>333</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>341</v>
+        <v>309</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>366</v>
+        <v>333</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>366</v>
+        <v>309</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>341</v>
+        <v>29</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>341</v>
+        <v>29</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>341</v>
+        <v>29</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>341</v>
+        <v>390</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B103" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F103" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="C103" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G103" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>24</v>
+        <v>390</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>24</v>
+        <v>390</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>24</v>
+        <v>390</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>408</v>
+        <v>390</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>408</v>
+        <v>29</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>408</v>
+        <v>390</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>408</v>
+        <v>29</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>423</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>408</v>
+        <v>29</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>426</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>408</v>
+        <v>29</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>428</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B117" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G133" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="C117" s="1" t="s">
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G144" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...633 lines deleted...]
-    <row r="145" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>217</v>
-[...111 lines deleted...]
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">