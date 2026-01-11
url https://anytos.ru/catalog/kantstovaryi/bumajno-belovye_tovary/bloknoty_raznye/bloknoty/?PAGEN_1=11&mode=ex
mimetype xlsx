--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -12,203 +12,302 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3921">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4134">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e1b/wqth1dmp6wxa7dinhat0mly6ytzrm399.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. клетка КОРПОРАТИВ СИНИЙ на гребне мелованный картон 40BG6M5KOS</t>
+  </si>
+  <si>
+    <t>Блокнот с обложкой, изготовленной из мелованного картона. Использовать его можно для записи персональных данных и логотипа, который можно нанести с помощью тиснения или же трафаретной печати. Листы в клетку, на гребне. Плотность 60 г/м2.</t>
+  </si>
+  <si>
+    <t>Блокноты разные</t>
+  </si>
+  <si>
+    <t>107167</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pzbf/"&gt;ПЗБФ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/559/h8atvrwemsm3tk4jxzxcs2gc6or3gf9u.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 50 л. клетка ТЕМНО-СИНИЙ греб. мел. карт.   С0369-04</t>
+  </si>
+  <si>
+    <t>107194</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kts-pro/"&gt;КТС ПРО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6a/r0w0ct2f5qhlt0pgkpp5ni18uewmx21o.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. КРАФТ греб. мел. карт. выб. УФ-лак: 80BG4X5KRF штр.: 4690338014075</t>
   </si>
   <si>
-    <t>Блокноты разные</t>
-[...1 lines deleted...]
-  <si>
     <t>107204</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/pzbf/"&gt;ПЗБФ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/48b/8peqogr3w3449vsdlmhptbz83bef9l4w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 50 л. кл. СИНИЙ греб. мел. карт.: C0368-03 04 штр.: 466001311272303</t>
+  </si>
+  <si>
+    <t>107218</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83d/t03tqvo9rxlcntd9t0ntnmsmkd9ho604.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А6 80 л. кл. ЛИНЕР греб. тв.обл. выб. УФ-лак: CBA6-80LN штр.: 4602723028635</t>
+  </si>
+  <si>
+    <t>107266</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/33c/i3jkis2co9vjf1emrk6nss5wxu9havpe.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5 80 л. кл. ЛИНЕР греб. тв.обл. выб. УФ-лак 70 г м2: NBA5-80LN штр.: 4602723028642</t>
   </si>
   <si>
     <t>107278</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fca/fca0778231f3273560e1a0c79d7f4e16/e09e826db803228cdf156ea5b501f0dd.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 60л,кл,А5,Yellow Pad,спираль,тон.блок 70г м штр.  4650000345166</t>
   </si>
   <si>
     <t>Бизнес-тетрадь QuickPad формата А5. Обложка со сдержанным дизайном изготовлена из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка «навылет» для максимальной площади для письма. Блок включает 60 листов высококачественной офсетной бумаги плотностью 70 г/кв.м, тип крепления - двойная спираль. Разлиновка в клетку.</t>
   </si>
   <si>
     <t>245007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/quickpad/"&gt;QuickPad&lt;/a&gt;</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fa9/fa96eabad0e07e2bfa01f1ca28fdd162/6ec222df3ad64d39be27a1353d924943.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 40л,А4,мет.гребень,цветная обл.синяя,ВДлак штр.  4603721411498</t>
+  </si>
+  <si>
+    <t>Блокнот Attache офисного дизайна. Однотонная обложка синего цвета, изготовленная из картона, подходит для тиснения фольгой. Внутренний блок, скрепленный по верхнему краю металлическим гребнем, содержит 40 листов с разлиновкой в клетку. Бумага высокой степени белизны по плотности соответствует качественной офисной бумаге. Блокнот имеет формат А4.</t>
+  </si>
+  <si>
+    <t>245159</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a93/a93c2d0b2c7a3d3bc6928386e230dbbb/afe195ab2b1a5422a77ebfb1a00267fa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 60л,кл,А4,Yellow Pad,склейка,тон.блок 70г м штр.  4640018350603</t>
+  </si>
+  <si>
+    <t>QuickPad - современные бизнес-тетради формата А4 и А5 и планшет для офиса, дома и учебных заведений. Обложки со сдержанным дизайном изготовлены из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка &amp;quot;на вылет&amp;quot; для максимально площади для письма. В некоторых изделиях применена микроперфорация для ровного и удобного отрывания листов. В тетрадях и планшете формата А4 присутствует перфорация для подшивки вырваных листов в любую папку. Блок включает от 60-ти до 80-ти листов высококачественной офсетной бумаги 70 г/м, тип крепления - двойная спираль в тетрадях и блокнотах, в планшете используется репление на скрепку и склейка. Листы в клетку.</t>
+  </si>
+  <si>
+    <t>245165</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/50e/50eeac87a8c007fb1ce2ed3eb79a6959/dd70248b175eb0d33c998cc08b8eb9de.jpg</t>
   </si>
   <si>
     <t>Блокнот 60л,кл,А5,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350597</t>
   </si>
   <si>
-    <t>QuickPad - современные бизнес-тетради формата А4 и А5 и планшет для офиса, дома и учебных заведений. Обложки со сдержанным дизайном изготовлены из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка &amp;quot;на вылет&amp;quot; для максимально площади для письма. В некоторых изделиях применена микроперфорация для ровного и удобного отрывания листов. В тетрадях и планшете формата А4 присутствует перфорация для подшивки вырваных листов в любую папку. Блок включает от 60-ти до 80-ти листов высококачественной офсетной бумаги 70 г/м, тип крепления - двойная спираль в тетрадях и блокнотах, в планшете используется репление на скрепку и склейка. Листы в клетку.</t>
-[...1 lines deleted...]
-  <si>
     <t>245169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/b13fffbd8c17c61784955a8956fcf4b2/697ac7dd9a3e015b3cd6bcb213f00ac5.jpg</t>
   </si>
   <si>
     <t>Блокнот 80л,кл,А4,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350566</t>
   </si>
   <si>
     <t>245175</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a00/a00aa06a96d9faab5aee0258b37210fb/8c8c420bcf850ac70273e4b8cf49a035.jpg</t>
   </si>
   <si>
     <t>Блокнот ATTACHE спираль А5 40л. клетка офис 40шт уп.  БК  штр.  4620004206084</t>
   </si>
   <si>
     <t>Блокнот Attache формат А5, размер 190-140 мм, цветной. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД-лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м способ крепления - евроспираль сверху. В блокноте 40 листов в клетку.</t>
   </si>
   <si>
     <t>245204</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3d/e3d3d599131cfacc373b2c9d99484d0a/2b60d75c43d1ef5a153de1df0a634b9b.jpg</t>
   </si>
   <si>
     <t>Блокнот ATTACHE спираль А7 40л. клетка офис 180шт уп.  БК  штр.  4620004206107, 4680009214040</t>
   </si>
   <si>
     <t>Блокнот Attache формата А7, размер 105-70 мм, цветной. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД-лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, способ крепления - Евроспираль сверху. В блокноте 40 листов в клетку.
 &lt;br&gt;
 &lt;div class="tags__list"&gt;
 &lt;a href=""&gt;Блокноты Attache А7&lt;/a&gt;																
 &lt;a href=""&gt;Блокноты на спирали Attache  A5&lt;/a&gt;	
 &lt;a href=""&gt;Блокноты на спирали Attache&lt;/a&gt;	
 &lt;a href=""&gt;Блокноты Attache Selection&lt;/a&gt;
 &lt;/div&gt;</t>
   </si>
   <si>
     <t>245206</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/8a484d37d725626fe1385460984608ea/1910a78369c8ba2fa16cc62c5e9c88b2.jpg</t>
   </si>
   <si>
     <t>Блокнот WAVES оранжевый А5 спираль 50л. пласт. штр.  4630012880114, 4650000340017</t>
   </si>
   <si>
     <t>Блокнот Attache. Формат А5, размер 149-221 мм. Обложка - высококачественный матовый полупрозрачный пластик с печатью насыщенными красками и лаком. Подложка из плотной офсетной бумаги яркого насыщенного цвета. Блок с полями - офсетная экстрабелая бумага 70 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на евроспираль.</t>
   </si>
   <si>
     <t>245266</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a5f/a5f68204a9c2544701cdeb8eab0a01d0/02f2a0709f5be36443fa36a8c136b8c0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,пласт обл,80л, ATTACHE FANTASY,розов штр.  4650000343834</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Fantasy формата А5, размер 150-225 мм. Обложка из жесткого, тактильно приятного пластика, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра.</t>
+  </si>
+  <si>
+    <t>245279</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d88/d8802caf068032b0b0e681252a80da37/7699ed6ee64bda4f714349083872bb13.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,пласт обл,80л, ATTACHE FANTASY,оранж штр.  4650000343872</t>
   </si>
   <si>
     <t>Блокнот Attache Fantasy формата А6, размер 105-165 мм. Обложка из жесткого, тактильно приятного пластика четырех ярких оттенков, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245288</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/493/493610a7c1ab8cc5d830ddd680b94b9f/ed1e367718f6a27477d4a9648bfe9b88.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,пласт обл,80л, ATTACHE FANTASY,салат штр.  4650000343858</t>
   </si>
   <si>
     <t>Блокнот Attache коллекции Fantasy в эластичной пластиковой обложке салатового цвета. Внутренний блок, скрепленный по верхнему краю крупной евроспиралью, состоит из 80 листов. Офсетная бумага высокой степени белизны, разлинованная в клетку, обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А6.</t>
   </si>
   <si>
     <t>245290</t>
@@ -309,51 +408,78 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e7f/e7f5bc25c9020c59dc4ffa14d6bf471c/7ec7fd587593cd6940272d823a18699d.jpg</t>
   </si>
   <si>
     <t>Блокнот МИКРОПЕРФОРАЦИЯ А4 100л. склейка ATTACHE чистый лист штр.  4630012880299, 4650000342189</t>
   </si>
   <si>
     <t>Блокнот Attache офисного дизайна: глянцевая обложка серебристого цвета изготовлена из картона. Жесткая подложка защищает бумагу от деформации. Проклеенный и сшитый внутренний блок состоит из 100 листов бумаги высокой степени белизны. Микроперфорация в виде четырех отверстий позволяет использовать блокнот в папках-регистраторах. Плотные листы имеют стандартный формат А4.</t>
   </si>
   <si>
     <t>245310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e3/4e3722e7a96ab11c31b201b8734e0f80/e41a3a904ede26847f3b9bd938341e54.jpg</t>
   </si>
   <si>
     <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка ATTACHE клетка штр.  4630012880268, 4650000341878</t>
   </si>
   <si>
     <t>Блокнот Attache с перфорированным блоком. Формат А5, размер 143-212 мм, серебристый. Строгий офисный дизайн с печатью серебром. Обложка из высококачественного мелованного картона с ламинацией. Подложка из плотного картона. Блок 100&amp;#37; белизны с полями - офсетная бумага 70 г/кв.м с микроперфорацией и печатью насыщенным серым цветом. Четыре отверстия для папок на кольцах. Надежное крепление на скрепки с проклейкой. Упаковка в пленку.</t>
   </si>
   <si>
     <t>245311</t>
   </si>
   <si>
-    <t>20</t>
+    <t>http://anytos.ru//upload/iblock/34c/34cdf3ab0db1f2ca125c030a081ecab7/f51bcca30c132107518f2bd1e6825663.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка АТТАСНЕ линейка штр.  4630012880251, 4650000341854</t>
+  </si>
+  <si>
+    <t>245312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22c/22cda14adc7498e41a2a461186a48b4f/1a74ced636b3e8093771589835054a8e.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка АТТАСНЕ чистый лист штр.  4630012880305, 4650000342202</t>
+  </si>
+  <si>
+    <t>245313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c7/3c798a195cda718e2a0cd028421191e5/630cc846524cd53a4daf1cebf43f4212.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Скрепка А5 32л. клетка ATTACHE офис.  БК  штр.  4660002774253</t>
+  </si>
+  <si>
+    <t>Блокнот Attache. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, линовка - клетка. Формат А5. Способ крепления - скрепка, 32 листа. Размер 190-135 мм.</t>
+  </si>
+  <si>
+    <t>245323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28b/28b0a53893de59427b0336320a428bdd.jpg</t>
   </si>
   <si>
     <t>Блокнот на склейке А6 60л. ПЕЙЗАЖ  АТТАСНЕ 8с5 клет.100шт. у штр.  4607021880855</t>
   </si>
   <si>
     <t>Блокнот Attache в глянцевой обложке, выполненной из мелованного картона. Внутренний блок на склейке состоит из 60 листов, разлинованных в клетку. Бумага высокой степени белизны по плотности соответствует качественной офисной бумаге. Блокнот имеет формат А6.</t>
   </si>
   <si>
     <t>245340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ed/9ed582e808b95ac1455b25325249cc81/f78bb084c78da8b85e095fa00b7939a2.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 101х170 80л. ATTACHE клетка, однот.пласт обл. штр.  4607021882927</t>
   </si>
   <si>
     <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Внутренний блок, состоящий из 160 страниц, закреплен на спирали по верхнему краю. Плотные листы с разлиновкой в клетку изготовлены из офсетной бумаги высокого качества. Блокнот имеет формат 101-170 мм. Логотип нанесен тиснением.</t>
   </si>
   <si>
     <t>245343</t>
   </si>
@@ -393,50 +519,65 @@
   <si>
     <t>Блокнот на спирали А4 80л. ATTACHE клетка, однот.пласт обл. штр.  1682021882880, 4607021882880</t>
   </si>
   <si>
     <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Блокнот стандартного формата А4, состоящий из 160 страниц, закреплен на спирали по верхнему краю. Плотные листы с разлиновкой в клетку в блокноте изготовлены из офсетной бумаги высокого качества.</t>
   </si>
   <si>
     <t>245348</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a2/8a293df57ff7274d958629155c9fc5b5/13d32c24a2de45c218e8590bf4cbbad6.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 60л. ATTACHE бордо картон д лог.клет.32 штр.  4606016013353, 4606016040625</t>
   </si>
   <si>
     <t>Блокнот Attache классического дизайна: однотонная обложка цвета бордо, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
   </si>
   <si>
     <t>245351</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e7a/e7a2941f604a493972e61d905e095c0f/4e38d2ef0e11a6b41ec4ed932ac22f7c.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 60л. ATTACHE зелен.картон д лог.клет.32 штр.  4606016040571, 4607072643584</t>
+  </si>
+  <si>
+    <t>Блокнот Attache классического дизайна: однотонная обложка зеленого цвета, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
+  </si>
+  <si>
+    <t>245352</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/07b/07b8ac31ddc1fdf181082a260a19d73c/b7a6109dff0278efad90cfe75bdfb362.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 60л. ATTACHE синий картон д лог.клет.32 штр.  4606016013445, 4606016040601</t>
   </si>
   <si>
     <t>Блокнот Attache классического дизайна: однотонная обложка синего цвета, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
   </si>
   <si>
     <t>245353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4f/d4fc9c608e3ab8503259e2aaa7068070/5633cb7a762b03604ba99fd719042907.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 80л. ATTACHE клетка, однот.пласт обл. штр.  4607021882903, 4607021882910</t>
   </si>
   <si>
     <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Блокнот универсального формата А5, состоящий из 80 листов, закреплен на спирали по верхнему краю. Плотные листы блокнота с разлиновкой в клетку изготовлены из офсетной бумаги высокого качества.</t>
   </si>
   <si>
     <t>245354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb5/cb51ad9d3049ee8d3b4bcd977d979176/665afbf96b4752976f9b844e9ff68402.jpg</t>
@@ -534,86 +675,80 @@
   <si>
     <t>Блокнот для флипчарта Berlingo 64 96см, 20л., клетка SFb_20011</t>
   </si>
   <si>
     <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления и снабжен перфорацией на отрыв, что позволяет ровно и без труда вырвать требуемый лист. Размер 64 ? 96 см. Цвет - белый в клетку. В блоке - 20 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
   </si>
   <si>
     <t>351921</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bac/n4mnm8kfg3ghus020menm3u3jec4pqyu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50 л. кл. ТЕМНО-ЗЕЛЕНЫЙ греб. мел. карт. С0368-02</t>
   </si>
   <si>
     <t>Данные блокноты — хороший вариант для тех, кто привык фиксировать важную информацию в письменном виде или просто делать наброски, заметки. Блокнот имеет оригинальный дизайн, невысокую цену и отличается удобством использования. Благодаря небольшому формату он всегда будет у вас под рукой, ведь его можно везде носить с собой. Купив блокнот, вы получите не просто практичную канцелярскую принадлежность, но и продукцию безупречного качества, созданную из материалов высокой плотности. Писать в таком блокноте можно и ручкой, и карандашом, и даже маркером.</t>
   </si>
   <si>
     <t>355025</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/kts-pro/"&gt;КТС ПРО&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c2f/nj62lm7q2pojld7easg8hca5je896iad.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Dark quot;, 114387</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>380536</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ce/vqvpg7urdird0qoxrep68qxb38zcctuf.jpg</t>
   </si>
   <si>
     <t>Блокнот 7БЦ, А6, 80 л., обложка ламинированная, выборочный лак, клетка, BRAUBERG,  quot;Время quot;, 110х147 мм, 123242</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG в твердом переплете удобен для заметок. Внутренний блок содержит справочную информацию. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>384494</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/967/o7r3bxem9xa1ipwcljfpyc0mb01rpxnh.jpg</t>
   </si>
   <si>
     <t>Блокнот 7БЦ, А6, 80 л., обложка ламинированная, выборочный лак, клетка, BRAUBERG,  quot;Ночной город quot;, 110х147 мм, 123246</t>
   </si>
   <si>
     <t>384498</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a31/rylf4ce1pe1utxl5n6ejrjarby0qpt61.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Abstraction quot;, 146х206 мм, 129813</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392904</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d58/ecb11g30om9es101oab0w4zshk2l4n3a.jpg</t>
@@ -729,125 +864,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/526/3kanlensc7hsa6ez6x7ww674k1ac7yww.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., гребень, жесткая подложка, HATBER,  quot;INSIDE quot;  quot;Офисный quot; , 145х205 мм, 80Б5С1гр, B46173</t>
   </si>
   <si>
     <t>Подложка из жесткого картона позволяет делать записи, легко удерживая блокнот на весу. Блокнот А5 формата. Количество листов: 80. Обложка: мелованный картон, твердая подложка. Дополнена спецэффектом в виде УФ-лака. Внутренний блок: офсет 60 г/м2, клетка. Скрепление: гребень.Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной обстановке. Скрепление &amp;#39;гребень&amp;#39; дает возможность раскрывать блокнот на 360 градусов, а твердая подложка позволяет делать записи на весу.</t>
   </si>
   <si>
     <t>392924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/442/h260o020526tmg963xxgp5n0ap1yw3nc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Индей quot;, 4 вида, 146Х206 мм, 121723</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;INDAY&amp;quot; предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392926</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/809/e7beftqerzfc6f8lp3o2bl364csdgone.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Контракт quot;, 4 вида, 146х206 мм, 121724</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>392927</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e9e/fqzdwvb19t2eorcm22pi3qw9lb1v1pbo.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 листов, гребень, клетка, ЮНЛАНДИЯ  quot;ПИНГВИНЯТА quot;, 108х145 мм, 129832</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ &amp;quot;Пингвинята&amp;quot; - это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А6 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392942</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d4/sexoebu7lwy8kjecw9ujhmx19kge7khv.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/493/pr82tr4knv0q2rqc2f0t5ki1sioelf6l.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40 л., гребень, лакированная обложка, HATBER,  quot;Машины quot;, 110х145 мм, 40Б6B1гр, В12284</t>
   </si>
   <si>
     <t>Блокнот удобен для фиксации заметок. Внутренний блок снабжен микроперфорацией, что позволяет ровно и без труда вырвать требуемый лист. Блокнот А6 формата. Количество листов: 40. Обложка: мелованный картон. Дополнена спецэффектом в виде УФ-лака. Внутренний блок: офсет 65 г/м2, клетка. Скрепление: гребень. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов.</t>
   </si>
   <si>
     <t>392948</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/053/ai2oeqtfwyao4a9cl0qh4v51599te8ve.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40 л., гребень, лакированная обложка, HATBER,  quot;Милые котята quot;, 110х145 мм, 40Б6B1гр, В12291</t>
   </si>
   <si>
     <t>392949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b5/7up1ygwvlixk6e2bfi310whuycao3tou.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/255/bb8qeoev3dbp4ukfyay43vrb1j2jaftr.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 48 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Индей quot;, 4 вида, 108х145 мм, 121721</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;INDAY&amp;quot; предназначен для фиксации заметок. Блокнот формата А6 на евроспирали содержит 48 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392952</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/101/2804tz7d67c11up2b210j22f3nlwkabw.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 60 л., гребень сбоку, пластиковая обложка картон, клетка, BRAUBERG,  quot;Однотонный quot;, 4 вида, 105x145 мм, 125398</t>
   </si>
   <si>
     <t>Универсальный блокнот с обложкой из цветного пластика, которая надежно защищает внутренний блок от повреждений и сохраняет привлекательный вид даже при активном использовании. Блокнот формата А6 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации.&amp;nbsp;&amp;nbsp;Имеет жесткую подложку, позволяющую делать записи на весу и боковое расположение переплета. Обложка выполнена из пластика. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392962</t>
@@ -984,50 +1095,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/546/ld7jdvemb0t85ld66s0pttks2it5ozcc.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 20 листов, клетка, 67,5х98 см, 80 г м2, 128645</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
   </si>
   <si>
     <t>392999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47d/vhdq0om8xq2ezygnf0d1dc207e13pcgr.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 20 листов, чистые, 67,5х98 см, 80 г м2, 128646</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 белых листов плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
   </si>
   <si>
     <t>393000</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3e0/vib0cq491quirwdfw1obqnm5ojono4b0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта BRAUBERG, 50 листов, клетка, 67,5х98 см, 80 г м2, 128647</t>
+  </si>
+  <si>
+    <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 50 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
+  </si>
+  <si>
+    <t>393001</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cef/sfhtb383b13d3qllykofq9y7wak1qdp7.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 50 листов, чистые, 67,5х98 см, 80 г м2, 128648</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 50 белых листов плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер: 67,5х98 см.</t>
   </si>
   <si>
     <t>393002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b67/ejegmxc9tssbcigh3h1qeuy0s3950ds0.jpg</t>
   </si>
   <si>
     <t>Блокноты для флипчарта BRAUBERG, КОМПЛЕКТ 5 штук, 20 листов, клетка, 67,5х98 см, 80 г м2, 124097</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см. 5 штук в комплекте.</t>
   </si>
   <si>
     <t>393004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15f/e2xn0tux17uxbvg6xtvqjiuv1h55v5lg.jpg</t>
@@ -1068,77 +1191,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c10/3tffxs7fr7a01x6dh4f2ncfejfopybzm.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 150 л., A5, 170x215 мм BRAUBERG, клетка, гребень, обложка пластиковая, 4 разделителя,  quot;Foxy Lady quot;, 4 вида, 401794</t>
   </si>
   <si>
     <t>Яркая стильная тетрадь BRAUBERG серии &amp;quot;Foxy Lady&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка надежно защитит внутренний блок от повреждений. Внутренний блок содержит 150 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в клетку. Тетрадь снабжена четырьмя пластиковыми, съемными разделителями. Листы соединены евроспиралью. Формат А5. Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>393011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00a/jclkjuizo31bwb49e5d48fivphsq40lc.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 80 л., А5, 160х207 мм, BRAUBERG, клетка, гребень, обложка пластиковая, 1раздел.,  quot;Tag quot;, 4 вида, 401800</t>
   </si>
   <si>
     <t>Яркая стильная тетрадь BRAUBERG серии &amp;quot;Tag&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в клетку. Тетрадь снабжена пластиковым, съемным разделителем. Листы соединены евроспиралью. Формат А5.</t>
   </si>
   <si>
     <t>393013</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/376/3769d49b02dc38ec387078fd3f01b965/7275ef5338b9425ba178d0d98e02da59.jpg</t>
-[...8 lines deleted...]
-    <t>416829</t>
+    <t>http://anytos.ru//upload/iblock/3c1/3c1c4163d1e4611adbd0a90d522475b0/dfe847889b6ae5be7c5ff542bcd49315.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6,80л,кл,греб,карт.обл УФ-лак Attache Selection FluidСеро-Голуб</t>
+  </si>
+  <si>
+    <t>Блокнот А6,80л,кл,греб,карт.обл&amp;#43;УФ-лак Attache Selection FluidСеро-Голуб</t>
+  </si>
+  <si>
+    <t>416830</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3c1/3c1c4163d1e4611adbd0a90d522475b0/dfe847889b6ae5be7c5ff542bcd49315.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/813/tk9th7ax5p8z2dctpuud8k16nfxf31ya.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм  60 л., гребень, перфорация на отрыв, лакированный, BRAUBERG, Бордовый, 111271</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для фиксации заметок. Такой предмет всегда удобно иметь под рукой. Он имеет микроперфорацию на отрыв, благодаря которой лист при отрывании остается с ровной стороной. 60 листов позволят зафиксировать большой объем нужной информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок - офсет белого цвета, плотность которого 60 г/м2. Формат блокнота А5 позволит владельцу поместить его в кейс или сумку малых габаритов. Лакированная обложка блокнота в бордовом цвете - классика среди записных аксессуаров.Блокнот BRAUBERG готов радовать обладателя не только своим безупречным качеством, но и, прежде всего, своей привлекательной стоимостью.</t>
   </si>
   <si>
     <t>427047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/j4h2b6elcfnwm9ncm1ctg78z2nw1fd6a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм , 60 л., гребень, перфорация на отрыв, лакированный, BRAUBERG, Зеленый, 111272</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для фиксации заметок. Такой предмет всегда удобно иметь под рукой. Он имеет микроперфорацию на отрыв, благодаря которой лист при отрывании остается с ровной стороной. 60 листов позволят зафиксировать большой объем нужной информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок - офсет белого цвета, плотность которого 60 г/м2. Формат блокнота А5 позволит владельцу поместить его в кейс или сумку малых габаритов. Лакированная обложка блокнота в зеленом цвете - классика среди записных аксессуаров.Блокнот BRAUBERG готов радовать обладателя не только своим безупречным качеством, но и, прежде всего, своей привлекательной стоимостью.</t>
   </si>
   <si>
     <t>427048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77f/kjo0azth1x1fhgosulixkphf0szx1n5i.jpg</t>
@@ -1245,60 +1356,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/93a/93ac0b96b307feeed6efb53ff1cc5552/464255d88cd4b6cc61972bdea9bc7013.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб.верх,обл.мат.лам. Attache Selection Pastel Круги</t>
   </si>
   <si>
     <t>438140</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f3/2f3b231c3e6d076b0e385b29b35db7ef/fa735d6f3e2b64d5fbd8d15bdf82e42d.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб,карт.обл УФ-лак Attache Selection LLAMAS черный</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб,карт.обл&amp;#43;УФ-лак Attache Selection LLAMAS черный</t>
   </si>
   <si>
     <t>438141</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a99/a99f1708be0bfd9d4f578c401a28fa03/0035b0e05ac05f4b1b4b32fa1146db47.jpg</t>
-[...8 lines deleted...]
-    <t>557415</t>
+    <t>http://anytos.ru//upload/iblock/c94/c945199115815f8546614a4ad698c15b/3665d18c97f3588b93bd32490780c300.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л. на гребне BG  quot;Pastel notes quot;</t>
+  </si>
+  <si>
+    <t>Формат А6. Вид крепления -гребень. Обложка -мелованный картон. Внутренний блок - офсетный, клетка</t>
+  </si>
+  <si>
+    <t>557430</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c23/v1agxrjabkbi05qm9yicc5i5tsa3gved.jpg</t>
   </si>
   <si>
     <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, клетка,  quot;Авокадо quot;, 111598</t>
   </si>
   <si>
     <t>Блокнот STAFF &amp;quot;Авокадо&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>563327</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/586/6ua4xnc0gex4leqsqcxz14qyszqaiodb.jpg</t>
   </si>
   <si>
     <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, тиснение фольгой,  quot;Blue sky quot;, 111612</t>
   </si>
@@ -1371,122 +1482,113 @@
   <si>
     <t>563362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9a/57mrob6mmyktw1mqswnpbz6lcx86bjsl.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., синий, 111574</t>
   </si>
   <si>
     <t>563363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4da/wu2mr4l4owtnfdg2d0oc5a8geswf8yg3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., зеленый, 111583</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>563364</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d15/phsq1vvtin1323e9qurie9tgkmposcku.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b0c/1l7dpexz5vm9by4w7tz2wwul031p0qvh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., оранжевый, 111584</t>
   </si>
   <si>
     <t>563366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9de/0huoyznbe7i313vvzc9a8rm5w1ey76sh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., розовый, 111587</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>563367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4d/q3i6nmedallnz558d2glk3gu0xp6gk16.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., синий, 111582</t>
   </si>
   <si>
     <t>563368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35a/0finzn170ak8c3wvirkldlj8jmgieb5w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., черный, 111585</t>
   </si>
   <si>
     <t>563369</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f0c/fpmd5d8atgitxzv5jox2wv8c2662iubk.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  215х295 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Путешествие quot;, 111595</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;215х295 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563372</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/131/sylpal5tclgb9q1afsnf2k390ok7a2f8.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  215х295 мм  А4, 128 л., твердый, клетка, блок 4 цвета, BRAUBERG,  quot;Бизнес quot;, 111593</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Бизнес&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Для удобства пользования и ведения нескольких тем внутренний блок содержит 4 разноцветных блока и выполнен из офсета белого цвета плотностью 60 г/м2. Крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;215х295 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>563374</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7af/0vo452bkzc062v2xhib5um5aqieoiipm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d17/dues8qocg0qh2evye46twa0p5xtysagv.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6 BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., синий, 111580</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его не только в кейс или сумку малых габаритов но и в карман.</t>
   </si>
   <si>
     <t>563381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a4/f1jjn2c6hdf2xr9wwloiqwy92psmuh26.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6 BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., синий, 111588</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его не только в кейс или сумку малых габаритов но и в карман.</t>
   </si>
   <si>
     <t>563382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddc/ggxg1kh84c6fv9ytwjv80e262m70izie.jpg</t>
@@ -1497,227 +1599,197 @@
   <si>
     <t>563383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/x4r8zkeciy8mku6o8zarzpiv3aljg1zp.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG  quot;Metropolis Special quot;, кожзам, резинка, 80 л., красный, 111581</t>
   </si>
   <si>
     <t>563384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eea/eys8nidesxurkt12zjoscpkcczo17q60.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм  А6, 80 л., твердый, клетка, ЮНЛАНДИЯ,  quot;Лама quot;, 111619</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ в твердом переплете удобен для заметок. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>563389</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/191/m40ank54d3za1r6f392qnizvy3grgnqw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/66a/3n9av04dr1v3hg8eyy22341jcyp4nmw4.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм  А6, 80 л., твердый, клетка, ЮНЛАНДИЯ,  quot;Умный кролик quot;, 111620</t>
   </si>
   <si>
     <t>563391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77b/77bb36d112ce6aef95452a64b8bbb0de/750e0cc7c100523b656bfa7d6a560133.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,60л,кл,греб.верх,обл.мат.лам. Attache Selection Pastel Волны</t>
   </si>
   <si>
     <t>581482</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/587/587a0f2515ad0fefb6ec213f54632962/21cff9e3f33355c84d1078739a5ca7fc.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот B6 96 л. LOREX STAY CURIOUS STYLISH COLLECTION черный с тиснением обрез с принтом</t>
+  </si>
+  <si>
+    <t>Блокноты — хороший вариант для тех, кто привык фиксировать важную информацию в письменном виде или просто делать наброски, заметки. Блокнот имеет оригинальный дизайн, невысокую цену и отличается удобством использования. Благодаря небольшому формату он всегда будет у вас под рукой, ведь его можно везде носить с собой. Купив блокнот, вы получите не просто практичную канцелярскую принадлежность, но и продукцию безупречного качества, созданную из материалов высокой плотности. Писать в таком блокноте можно и ручкой, и карандашом, и даже маркером</t>
+  </si>
+  <si>
+    <t>590102</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/885/u9h22awonld6gopzrn4zxhgncgsn3jl7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  135х206 мм , 80 л., твердый, клетка, выборочный лак, ЮНЛАНДИЯ,  quot;Единорог quot;, 111616</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ в твердом переплете удобен для заметок. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>600400</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e5/l4viri5rh3w61mr0tmfqo5y33h53ldes.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/04f/04fab510bb786786df56852d126e5730/d222a7b42fde22053192d54f87c8ee77.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,60л,кл,спир,пласт.обл,тонир.бл. Attache Bright colours Голубой</t>
   </si>
   <si>
     <t>610827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/180/onrvk2ifp0go580ncd74ku1j3i5tbxqn.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  75х105 мм  А7, 60 л., гребень, картон, клетка, HATBER  quot;Happy time quot;, 60Б7В1гр</t>
   </si>
   <si>
     <t>Компактный размер делает изделия данного формата практичными и функциональными. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Носите блокнот с собой, фиксируйте идеи, делайте зарисовки. Блокнот малого размера 75х105 мм, А7 формата в клетку. Содержит 60 листов, что позволяет зафиксировать достаточно большой объем нужной информации. Имеет верхнее расположение переплета. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов. Обложка из мелованного картона. Внутренний блок выполнен из белой бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>673315</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ded/q2oipmdsseze6ti3zrl60d0hb2x1w27d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;New post quot;</t>
   </si>
   <si>
-    <t>Формат А6. Вид крепления -гребень. Обложка -мелованный картон. Внутренний блок - офсетный, клетка</t>
-[...1 lines deleted...]
-  <si>
     <t>681516</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca3/4364au24poio6nv97fvy0ier1jftlna3.jpg</t>
   </si>
   <si>
     <t>Блокнот на клею Erich Krause MEGAPOLIS Blanc, А4, 60 листов, без линовки</t>
   </si>
   <si>
     <t>Бизнес-блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка 340 г/м2. В блоке 60 листов без линовки. Бумага офсетная плотностью 60 г/м2. Тип скрепления - клей. Блокноты упакованы в термоусадочную пленку по 6 штук.</t>
   </si>
   <si>
     <t>696627</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcb/qhsuw58upges2ritk2lo97k3za5vc6qs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/702/yp15n8ax9vqnzrprkbmsfjgglcsqq8or.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали Erich Krause MEGAPOLIS Yellow Concept, А4, 80 листов, клетка, желтый внутренний блок, перфорация</t>
   </si>
   <si>
     <t>Бизнес-блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка 340 г/м2. В блоке 80 листов в клетку. Бумага желтая тонированная плотностью 65 г/м2. Перфорация для подшивки. Микроперфорация для отрыва. Цвет линовки - синий. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 2 штуки.</t>
   </si>
   <si>
     <t>696629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87e/s8h1af1fkg76y1j181q48r7fn4xgo7ac.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А5, 60 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А5 &amp;#40;148x210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Блокноты одного цвета упакованы в термоусадочную пленку по 5 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>696656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e44/w8wx800iews9ehocrsoc9rd79ikj7gd1.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А6, 60 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Блокноты одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>696677</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b64/lzkbyffrwq9l4xcreammrka05ysruryj.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, бордо</t>
+    <t>http://anytos.ru//upload/iblock/5bf/z32jnf3xm15gvurjitu9bpzm85f9avym.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, синий</t>
   </si>
   <si>
     <t>Формат А5. Вид крепления - гребень. Обложка - мелованный картон. Внутренний блок - офсетный, клетка</t>
   </si>
   <si>
-    <t>700827</t>
+    <t>700828</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5bf/z32jnf3xm15gvurjitu9bpzm85f9avym.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fab/pmsvsxzxmlp3rhfydnjwg07ww2vknidp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, черный</t>
   </si>
   <si>
     <t>700829</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dc/qlo7yk03ljk8okpawgm9kgbg13x7dz0b.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, бордо</t>
   </si>
   <si>
     <t>700834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/752/mrpgl0744gvej3741dbmgspj5bvcuyz2.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, зеленый</t>
   </si>
   <si>
     <t>700835</t>
@@ -1878,62 +1950,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/52b/50r67onx6gyur1weg24o2yt12ffiens0.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Цветы quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Цветы&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/691/fjxp3qajv5yb83t30lpy17pejx9w7u6m.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Яркое настроение quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Яркое настроение&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80d/fhejumqexstz3flbjh7sq0eqpfm5054r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5a/px2oghz878c11tdvl94kzwcsh0goik13.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 80л крафт обложка на гребне</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;80л крафт обложка на гребне</t>
   </si>
   <si>
     <t>703416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3f/yo1mj80xbtbot05njb17y9w88hyzx3c1.jpg</t>
   </si>
   <si>
     <t>703417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54e/joocmgxo8zl5c68sa1jsapb0n3lwacng.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Кофе quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*14см 60л&amp;nbsp;&amp;nbsp;&amp;quot;Кофе&amp;quot; на гребне плотность 55гр/м2</t>
@@ -1944,50 +2004,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/566/qto0tykd8rsoxycnueyt7dhh2b7j007g.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Животные quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*15см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Животные&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703419</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81b/77rusxk0tzd7zuian21n3pnxaykwe9xr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот 10,5 14,5см 80л  quot;AVOCADO quot; ассорти  4 вида </t>
   </si>
   <si>
     <t>Блокнот 10,5*14,5см &amp;quot; 80л&amp;nbsp;&amp;nbsp;&amp;quot;AVOCADO&amp;quot;. Ассорти.&amp;nbsp;&amp;nbsp;Офсет, 80л в линейку. Держатель- резинка. Плотность не менее 70г/м2.</t>
   </si>
   <si>
     <t>703420</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/681/2xrn0tqyizn6i1iy6kb7936h0jy7y8zr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блокнот подарочный 11 14,5см 50л  quot;Русалка quot; на замке с ручкой  4 вида </t>
+  </si>
+  <si>
+    <t>Блокнот 11*14,5 подарочный &amp;quot;Русалка&amp;quot; на замке с ручкой. Офсет.Плотность : не менее 70г/м2. Количество листов:50. Упаковка&amp;nbsp;&amp;nbsp;19*18*1,5см - п/э</t>
+  </si>
+  <si>
+    <t>703425</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b24/zx3qrxa11fy1rkwpy5se4zawvvibzgno.jpg</t>
   </si>
   <si>
     <t>Блокнот 12 18,5см 60л  quot;Darvish quot; на спирали с рисунком  quot;достопримечательности городов quot; со стразами</t>
   </si>
   <si>
     <t>Блокнот 12*18,5см 60л &amp;quot;Darvish&amp;quot; на спирали с рисунком &amp;quot;достопримечательности городов&amp;quot; со стразами</t>
   </si>
   <si>
     <t>703433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/658/f6g7frl9e7lyy8vor0d10t73s2wtp494.jpg</t>
   </si>
   <si>
     <t>Блокнот 12 18,5см 60л  quot;Darvish quot; на спирали с рисунком  quot;зверята quot; со стразами</t>
   </si>
   <si>
     <t>Блокнот 12*18,5см 60л &amp;quot;Darvish&amp;quot; на спирали с рисунком &amp;quot;зверята&amp;quot; со стразами</t>
   </si>
   <si>
     <t>703434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ba/w8y21b00gpor07j751egbttf1u90zdk0.jpg</t>
@@ -2160,62 +2232,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2a4/qietegvkxr3wwrko869sfgkdtp9bq8am.jpg</t>
   </si>
   <si>
     <t>Блокнот 13 18см 48л  quot;Орнаменты quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот 13*18см 48л &amp;quot;Орнаменты&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afa/sm2b6d9tb84bhfpw8jrzfzm3x1qy6fj2.jpg</t>
   </si>
   <si>
     <t>Блокнот 13 18см 50л для мальчиков   ручка  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Блокнот 13*18см 50л для мальчиков &amp;#43; ручка &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703463</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/507/26adqsfzp1t1yepw2zvoealw4tywzqc3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a01/q6db7dj34r5sb40wy2zgocttmhg5itzf.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку обложка ассорти</t>
   </si>
   <si>
     <t>Блокнот 14*21см&amp;nbsp;&amp;nbsp;80 листов в линейку обложка ассорти</t>
   </si>
   <si>
     <t>703476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6af/o8f6pjhx9r6et4g036mrf8b9bfnvzq9g.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку обложка с бл стками</t>
   </si>
   <si>
     <t>Блокнот 14*21см&amp;nbsp;&amp;nbsp;80 листов в линейку обложка с блёстками</t>
   </si>
   <si>
     <t>703477</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aaf/yol39gb6qiqo6tx7ejnq1kx2zhruhprh.jpg</t>
@@ -2223,62 +2283,50 @@
   <si>
     <t>Блокнот 14 21см 80л ассорти на резинке ассорти</t>
   </si>
   <si>
     <t>Блокнот 14*21см 80л в линейку, закладка &amp;#40;ляссе&amp;#41;, фиксирующая резинка. Цвет ассорти.</t>
   </si>
   <si>
     <t>703478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ee/og75cdm2w2oh52shdypiqdnrbxp77u7v.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку на резинке ассорти</t>
   </si>
   <si>
     <t>703479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/321/321vwlrxkll3xnzb127ot62poy9rdtqt.jpg</t>
   </si>
   <si>
     <t>703480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61b/8g9gskkyn5a94mjqjqqo3n09oq8b3106.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/317/9e4r3a2y1hwtausxh0f1m43jdeldv973.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот 14.5 21см  quot;Darvish quot; 80 л. BOXY GIRLS  3 диз </t>
   </si>
   <si>
     <t>Блокнот 14.5*21см &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;BOXY GIRLS. Офсет, плотность не менее 80г/м2, 80 листов, линейка.На лицевой стороне обложки блокнота, имеется крутящей элемент &amp;#40;меняющий расцветку платья&amp;#41;. Упаковка - п/э.</t>
   </si>
   <si>
     <t>703486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24f/tb2qcee13c71h6nya0lc7s4n95i2q2fw.jpg</t>
   </si>
   <si>
     <t>Блокнот 15 18см 50л на спирали  quot;Котик quot;</t>
   </si>
   <si>
     <t>Блокнот 15*18см&amp;nbsp;&amp;nbsp;на спирали &amp;quot;Котик&amp;quot;. Количество листов 50, линейка. Плотность не менее 70г/м2. Офсет. Упаковка - п/э , европодвес.</t>
   </si>
   <si>
     <t>703488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/578/ug6ghetac702b8olqy0nursgn4vcu83u.jpg</t>
@@ -2547,98 +2595,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/918/09mlvb73qytd3cieh72w5qpjpsbgboza.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Танки quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Танки&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/gxx63jxxasltmt938zcjhfb3ppmi5d0e.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Цветы quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Цветы&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703529</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/246/6qti5ch8u75fyq693h8doxl582131tge.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c91/bhp7klw14dmo7q1ny2va0ok04ygifx0o.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Кофе quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см 60л&amp;nbsp;&amp;nbsp;&amp;quot;Кофе&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49f/d8cghjk2iahd3whyn94l033g883jdi5x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 64л  quot;Darvish quot; с пушистой объемной обложкой  quot;Зверюшки quot; ассорти</t>
   </si>
   <si>
     <t>Блокнот А5&amp;nbsp;&amp;nbsp;64л &amp;quot;Darvish&amp;quot; с пушистой объемной обложкой &amp;quot;Зверюшки&amp;quot; ассорти</t>
   </si>
   <si>
     <t>703536</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9aa/nwu3gwiv1q9ztm0bh1sse4hj88hfrds8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a4e/fputj9kgtxp7hahct9kzfkzynfif7jcz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  quot;Darvish quot; на спирали обложка голография</t>
   </si>
   <si>
     <t>Блокнот А5 &amp;quot;Darvish&amp;quot; на спирали обложка голография</t>
   </si>
   <si>
     <t>703538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef0/ddw17simi6vea4yrolm5zm7fst2i3uqm.jpg</t>
   </si>
   <si>
     <t>Блокнот А6  quot;Darvish quot; с объемным рисунком  ручка</t>
   </si>
   <si>
     <t>Блокнот А6&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; с объемным рисунком&amp;#43;ручка</t>
   </si>
   <si>
     <t>703539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a07/zzhr37t1y91pmi2mbgq79x6nz4q39p4p.jpg</t>
@@ -2655,110 +2679,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/25f/cbho1sooysugmeqpb6rkl1vht0zxdc1w.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 60л  quot;Мальчикам quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;60л &amp;quot;Мальчикам&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/642/m0wv4rwenesckdn20lt4xktf03ryl0y9.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Яркое настроение quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;60л &amp;quot;Яркое настроение&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703545</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69e/tu0v0snexcb5eg6524s5p9a4aso1dq1h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d91/ton63iqm7nlysk6zjhm8jtlwpgyyla6q.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 68л на спирали в линейку  quot;Land of dreams quot;</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;68л на спирали в линейку &amp;quot;Land of dreams&amp;quot; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a2/12gvjshffc8emyhw8lf63b9twv4blycf.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 68л на спирали в линейку  quot;My travel story quot;</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;68л на спирали в линейку &amp;quot;My travel story&amp;quot; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d7/ucv09v90v2xcc4sfwp0zuqu0rp0ofhk6.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 на спирали  quot;Бабочка quot; ассорти</t>
   </si>
   <si>
     <t>Блокнот А7 на спирали &amp;quot;Бабочка&amp;quot; ассорти</t>
   </si>
   <si>
     <t>703557</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f5/q7koqo1jivq9mwig9mxdol0c5tgdcign.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/426/d9y3nblezh063dfnmn8wvjxzzbzs7v26.jpg</t>
   </si>
   <si>
     <t>Блокнот A5 64л меховой c монетницей в линейку ассорти</t>
   </si>
   <si>
     <t>Блокнот в твердом переплете с пушистой обложкой и монетницей на лицевой стороне. Ассорти</t>
   </si>
   <si>
     <t>703564</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/r4y136dkc0hjblgas9qa0m19no4d1fiq.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Sweet bakery quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот в форме еды. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/yjah92a3ikyipl7iymfcbp9x1h63kbj4.jpg</t>
@@ -2847,120 +2847,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/uwke5a4ov3glnj31ym1i1ky1tk2wnb2p.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот A7 40л  quot;Фрукты quot; на спирали ассорти  4 вида </t>
   </si>
   <si>
     <t>Блокнот на спирали А7 &amp;quot;Фрукты&amp;quot; ассорти&amp;nbsp;&amp;nbsp;&amp;#40;4вида&amp;#41;. Офсет. Количество листов 40.</t>
   </si>
   <si>
     <t>703579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cef/8uuck6sys4m2pjh3dev5wwqtc9ltqbcj.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 7 10см 80л  quot;Акула quot;</t>
   </si>
   <si>
     <t>Блокнот на спирали с силиконовой обложкой &amp;quot;Акула&amp;quot;. Размер 7*10 см. Количество листов- 80. Офсет. Плотность не менее 70г/м2. Упаковка с европодвесом 11,5*16,5 см.</t>
   </si>
   <si>
     <t>703580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/766/6tjml53is77ja7fhavtwjgz9uzxd3otu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/26e/d6r9rwvt9fuxl62en7cju3ccvjgb4uc2.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 6,5 8,5см 80л  quot;Хвост рыбки quot;</t>
   </si>
   <si>
     <t>Блокнот на спирали с силиконовой обложкой. Размер 6,5*8,5 см. Офсет. Количество листов -80.Плотность не менее 70 г/м2. Упаковка с европодвесом 11,5*17 см.</t>
   </si>
   <si>
     <t>703583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdb/fpzh9f8rb78pi01ybmd2iuod1d61ie7z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот подарочный  quot;Динозаврик quot;   ручка  4 вида </t>
   </si>
   <si>
     <t>Блокнот подарочный &amp;quot;Динозаврик&amp;quot; &amp;#43; ручка шариковая. Блокнот &amp;#40;11*15см&amp;#41; 50л. на замочке, офсет, не менее 70г/м2. Упаковка 19*18*1,5см.</t>
   </si>
   <si>
     <t>703585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/ihh1sczbw6ncfzmql2330c1q9udgdu8t.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Happy animals quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот с изображением букашек. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/bc8i9io7iy8kmuh7iiil2dpxf4z5gaxu.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Lama quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот с изображением ламы. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703587</t>
-  </si>
-[...10 lines deleted...]
-    <t>703590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/118/0zh57nanf5nz1ckyjbmpi149ay1amqyj.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 18см 80л на спирали</t>
   </si>
   <si>
     <t>Листы не разлинованы.&lt;br /&gt;
  Упаковка с европодвесом, размер 9,5*24,5 см.</t>
   </si>
   <si>
     <t>703591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1f/cprq1mthbsm67xsm6lhrsr92ct1jqcu7.jpg</t>
   </si>
   <si>
     <t>Престиж блокнот А6 80л. кл.  quot;Девушка quot; тв. переплет</t>
   </si>
   <si>
     <t>Престиж-блокнот, 80 листов, формат А6, твердый переплет, плотность 60 гр/м2. Внутренний блок - высококачественная офсетная бумага, линовка - клетка. Обложка - 7БЦ, полноцветная печать, глянцевая ламинация. Форзац белый.</t>
   </si>
   <si>
     <t>703594</t>
@@ -3046,119 +3022,107 @@
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, синий</t>
   </si>
   <si>
     <t>710800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6d/yxghxktmxwtlah142pd6up38ks7vb2ej.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, черный</t>
   </si>
   <si>
     <t>710801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/pj3ckiqwdkc7z5uecn2j533jmo9ynktw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, зеленый</t>
   </si>
   <si>
     <t>712613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ed/0vc1rq7r4701wmzo3j3hri2xtp882nx0.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e5d/ga65vu3kix2n59lv78k1mlo0wdj3qwt5.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 60л,кл,спир,пласт.обл,тонир.бл. Attache Bright colours Желтый</t>
   </si>
   <si>
     <t>717626</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/178/yeg5cpz8k26yn0pe0w4gk5qg2ekf08f7.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b77/5pay4p71cvty0kaxih69257vighrnnta.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А6 60л. ATTACHE, т.-зеленый, блок 60г, обложка 215г</t>
   </si>
   <si>
     <t>787808</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cd7/yqa7cedyxy9vdluj7p29gtx7npr908ij.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 60л. ATTACHE, черный, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>787811</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d7e/917t2cpb52mat3ara0908h45ce5jeu95.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 60л. ATTACHE, т.-зеленый, блок 60г, обложка 215г</t>
   </si>
   <si>
     <t>787812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6c/b9ide3izpuu7p9c7xi8u96sqe7s21y32.jpg</t>
   </si>
   <si>
     <t>Блокнот в клетку с резинкой А5, 148x218 мм, 80 л., под кожу, медный, BRAUBERG  quot;Metropolis Special quot;, 113334</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Metropolis Special&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и др. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсетной бумаги цвета слоновой кости плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>791701</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/373/m92ipialnwl30xu7l1489psmvv91bp29.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А4 60л. ATTACHE, бордо, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>796637</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c7/333i1gm9t9npx71eh3wb1jgg2lok2tjb.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А7 60л. ATTACHE, бордо, блок 60г, обложка 215г</t>
   </si>
   <si>
     <t>796641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/980/1ysu0ilcert252jwh12qj7phgjfnz0vh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Beauties quot;, под кожу, твердый, срез фольга, 80 л., 112065</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Beauties&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/968/yxqijvnkdpvdq130qzxa2mgc8t2zqssp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Bloom quot;, под кожу, твердый, срез фольга, 80 л., 112071</t>
@@ -3172,182 +3136,182 @@
   <si>
     <t>http://anytos.ru//upload/iblock/282/h52es5npt2zjsw34jcadvv5v73kovtgq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Claude Monet quot;, под кожу, гибкий, срез фольга, 80 л., 112058</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Claude Monet&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/197/3k9aop1l8muq4ibznq41l84kcdbs5cxv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Commando quot;, под кожу, гибкий, 80 л., 112081</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Commando&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798887</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3d2/qebl76r9ehg73pyfaug1hwji7e39gnpc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/87d/or5fex20kmnfjmsvg3keyqjhniruzai6.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Fashion Style quot;, под кожу, гибкий, 80 л., 112067</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Fashion Style&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5b/7sdt4v493ow2ygq2liyx4tw7r05iuyse.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;In Dreams quot;, под кожу, твердый, срез фольга, 80 л., 112064</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;In Dreams&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован красной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/hqf1vyw30tt9q9n504trsyehzsf247hv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Jazz quot;, под кожу, гибкий, 80 л., 112089</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Jazz&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/297/hp1bztub5dat0s11cbvb7f43u2c8yo5h.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Marble quot;, под кожу, гибкий, 80 л., 112063</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Marble&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением золотой фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798897</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f84/dbvjfm3q7mm3459z0mf3src4z3p2vcfy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/874/rkwi5asndutj9nib8044f3fkbf2y220z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Pink flowers quot;, под кожу, гибкий, срез фольга, 80 л., 112075</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Pink flowers&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4af/4qq7qa4mxxqkxcm34ow6xmmuwwz0tkvd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Sakura quot;, под кожу, гибкий, 80 л., 112076</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Sakura&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/115/hmsd5zkhy9wdh02r2hwk5sqgxfjqpzlo.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Spirit quot;, под кожу, гибкий, 80 л., 112084</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Spirit&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/036/qv2jioffp15kwzm4d9pdndpm9sovsal3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Ultraviolet quot;, под кожу, гибкий, 80 л., 112061</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Ultraviolet&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798909</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dc1/3tiax13yikm0alc6fpsc3xme59cujb5j.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Lemon Story quot;, под кожу, гибкий, срез фольга, 80 л., 112096</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Lemon Story&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением золотой фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798917</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/867/vuchohuu6fq9gqcvoo9msrsazmsket88.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;London quot;, под кожу, твердый, 80 л., 112092</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;London&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов Тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798918</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/57a/4nhor8i42n8a8jgw16u0zuvvjhgh8bjs.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Paris quot;, под кожу, гибкий, 80 л., 112090</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Paris&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798921</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/697/zs3d0kiay70ortdec6klpdval4kvbp9j.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой без линовки 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Strawberry quot;, 113735</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой, дополненной матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов без линовки позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсетной бумаги белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>798924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7de/jy9chl9vj1eei504rhho9it1cs2rvptj.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Avocado quot;, 113733</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку &amp;#40;5х5 мм&amp;#41; позволяют зафиксировать большой объем информации. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>798925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/217/x2uwzvkrbqujrgsx0b26a29x1vnllv6t.jpg</t>
@@ -3619,98 +3583,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2db/z9wp8bw6u43durpzm6blnhch99acl9tw.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л.  quot;ЧУДО-ЩЕНОЧКИ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л. &amp;quot;ЧУДО-ЩЕНОЧКИ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/621/lckx8et2pnob6d87cyxrazmrkrvaby1l.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e45/kgku42r4u3tge3tcsadlkggloahhjj04.jpeg</t>
+    <t>http://anytos.ru//upload/iblock/db4/3mxrxj3uyhwjp2uchpc3580aenowtqsk.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ЩЕНОЧКИ quot; 4 ВИДА</t>
   </si>
   <si>
-    <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;ЩЕНОЧКИ&amp;quot; 4 ВИДА</t>
+    <t>Собака - друг человека, но не только друг, а еще и отличный компаньон для путешествий на природу. Забавные щенки-путешественники с обложек блокнотов порадуют и девочек, и мальчиков. Вертикально ориентированный блокнот с линовкой в клетку для записей позволит вести заметки компактно и аккуратно. Небольшой формат позволит легко разместить блокнот в рюкзаке или кармане.</t>
   </si>
   <si>
     <t>813233</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d6/kuqckwgi6n2hjrhq8gpcgkqblwlbf75o.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c3a/rhlqppdun820m99xoleseodtb7juwnig.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;МАШИНЫ quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;МАШИНЫ&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a06/zpq57cp0e5m5ne2pwrn72i1ajt619s4w.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813238</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/472/9aqbu99gf7x3v4sdjcsbourk97d1avk1.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;СОБАКИ quot; 3 ВИДА</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;СОБАКИ&amp;quot; 3 ВИДА</t>
+  </si>
+  <si>
+    <t>813239</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c9e/z45vn2g20ohbj06ali70jmqzp5m7jlz9.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;КОШКИ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;КОШКИ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a08/q71hayw4t7aydakksxzeqz9o81qtaz4r.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ГОРОДА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ГОРОДА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c53/esy0tofbhhhf9t98oqw6x07lvnl26vn9.jpg</t>
@@ -3739,62 +3703,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/254/oddswuw5ycn4is0no4g02fea8j6dtgyg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ПРИРОДА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ПРИРОДА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24e/00coqi6bm0450v7tun32encr5o18on49.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813253</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a02/1qj8efg6vziq8d96jzjbk04w28dqnbvs.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a9e/d8wncqs0x0jpnd6rh5xq4tb9p2ky51uh.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А5 40 Л.  quot;ПРИРОДА quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А5 40 Л. &amp;quot;ПРИРОДА&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>813255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e70/tgsto83n99swo0m7v5ajldl26j74qcd3.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ ГР. А6 80 Л. МИКС 1, 5 ВИДОВ</t>
   </si>
   <si>
     <t>813256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/017/86gg46o7vpuje2vse6dbcaivg2op3aru.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;КОТЯТА quot; 5 ВИДОВ</t>
@@ -3832,62 +3784,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ba3/312xfjjkl3rrylcoxrj7uifqf62mon8o.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  BLACK WHITE  4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;BLACK&amp;WHITE&amp;#41; 4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d32/gox4om766oza7u18pfpm9d930ggclyhi.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  FASHION  4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;FASHION&amp;#41; 4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813273</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/730/i06k9qp3px7u6n3iba44d7tb2yn348sj.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f9/srxs7ell16m0bnkcgo7hni8g4h7kavlg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ЦВЕТЫ. ПАТТЕРН quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ЦВЕТЫ. ПАТТЕРН&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f40/uhy8xjo2azeplhkd4nsr95qb64mr94aa.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;ЦВЕТЫ. ПАТТЕРН quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;ЦВЕТЫ. ПАТТЕРН&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/gx4h5u0eqhtwebqh3mouhggkxsri25e1.jpeg</t>
@@ -3928,110 +3868,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/852/1937iqoi61s5mp3jm1x7h8sgov1xf01o.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CITY JOURNAL quot; А6, 64 Л, ЛИНЕЙКА  8 ВИДОВ </t>
   </si>
   <si>
     <t>&amp;quot;CITY JOURNAL&amp;quot; А6, 64 Л, ЛИНЕЙКА &amp;#40;8 ВИДОВ&amp;#41;</t>
   </si>
   <si>
     <t>813293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a27/d2udc0sbdpwf9hopus31nu3eol0hxc83.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;FLEX JOURNAL quot; А6, 64 Л, ЛИНЕЙКА  8 ВИДОВ </t>
   </si>
   <si>
     <t>&amp;quot;FLEX JOURNAL&amp;quot; А6, 64 Л, ЛИНЕЙКА &amp;#40;8 ВИДОВ&amp;#41;</t>
   </si>
   <si>
     <t>813296</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a2/cfbntip6x9n24pjmx04e9ib1e4684oip.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fc/osxvqj208vsap24kknbtc772qjecfcdm.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 160 Л.  quot;МОДНЫЕ ЕДИНОРОГИ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 160 Л. &amp;quot;МОДНЫЕ ЕДИНОРОГИ&amp;quot;</t>
   </si>
   <si>
     <t>813312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0d/ktoutuqtng60cp0xrw9favwtox27v565.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  4 ВИДА </t>
   </si>
   <si>
     <t>&amp;quot;ART JOURNAL&amp;quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ &amp;#40;4 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>813315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/y43zz5hcdkjms53wmizz2zkndp2i4o1y.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; 70 х 70 мм, 110 Л,  4 ВИДА  ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; 70 х 70 мм, 110 Л, &amp;#40; 4 ВИДА &amp;#41; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
   </si>
   <si>
     <t>813316</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcb/lqkmszemu767prgn0terxn3lyzcolwgk.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5bd/xifgkld1o0xv2lhon7jb9yfptrqt33oa.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/gk05j8foqs0dlt34n11k951299k4br96.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d1/rgqb4mfvuz1ngtrzooq3ehtcj00peyop.jpeg</t>
@@ -4384,74 +4300,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c86/6d0z42pc9mu2lu6lwh77k7t8cbb5pd5u.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  quot;SMART DADDY quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;SMART DADDY&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e89/4crjcq2y2qaifkk8cvin8i5vnjclmjb9.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ  quot;FRESH   FRUITY quot;, В КЛЕТКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;FRESH &amp; FRUITY&amp;quot;, В КЛЕТКУ</t>
   </si>
   <si>
     <t>813398</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6a/ci0n9sowl4ndaha47xzmf62a1h3sdjmp.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/093/acvwv0m6j204bi8t8ai35vum6an0342k.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;СЛАДКОЕ НАСТРОЕНИЕ. СЕРДЕЧКИ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;СЛАДКОЕ НАСТРОЕНИЕ. СЕРДЕЧКИ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b89/dhomg8xfk4v0pc6rn7tz2cwxyt0vg494.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;МОРОЖЕНОЕ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;МОРОЖЕНОЕ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e9/diy3ydonbl7so2sw91bovlm9v00f8bel.jpeg</t>
@@ -4615,62 +4507,50 @@
   <si>
     <t>829308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c7/q05qwa24xghqg0goe7893uz91nkkv7xa.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., в точку, черный, 113040</t>
   </si>
   <si>
     <t>829309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c3/w3kyjt0g25o9cd8i7bjr5vlfl54060n8.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, розовый, 113038</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829313</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15b/achd1e0ilsh29y0wa2vpjaagzdmbb5ln.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a59/fdt8ugdesrb2kaaexrgfziu4vse1728a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, черный, 113032</t>
   </si>
   <si>
     <t>829317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/3lr2uwz2713ic91n4rg7vsniag8571by.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., линия, темно-зеленый, 113047</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ede/zlyk50cr02aowsvhm1pi51tqsnub4umz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., линия, темно-синий, 113045</t>
@@ -4810,143 +4690,125 @@
   <si>
     <t>http://anytos.ru//upload/iblock/931/2nned6a9qdg7daijdqtlh0p2l7qeove6.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  B5, BRAUBERG  quot;Office quot;, под кожу 80 л., клетка, красный, 113310</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу красного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41;.</t>
   </si>
   <si>
     <t>829349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fc/ekwcmhzj0f9fryclv9qd6utxdtfxpk0d.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  B5, BRAUBERG  quot;Office quot;, под кожу 80 л., клетка, черный, 113309</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу черного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41;.</t>
   </si>
   <si>
     <t>829350</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/81d/yjdjmv1cqzhztxpkyg3t217msjhr4lb6.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, бирюзовый, 113323</t>
+    <t>http://anytos.ru//upload/iblock/4b4/i4papjd11y9euv8iepuy1scpd6jnvm19.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., клетка, мятный, 113330</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>829358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3d/bnlxta87dbqst9aciichaatcq1t0gjxp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, розовый, 113322</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Ultra&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>829361</t>
-[...7 lines deleted...]
-  <si>
     <t>829362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3a/rd76ev1r4wd2iqtubn6wekvq2jq33a07.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, черный, 113324</t>
   </si>
   <si>
     <t>829363</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/653/dipbl1zcfsw1klugo57our8nlb209f40.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/745/thfctwninzwipt2ab5u0vwunldu1g81s.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, темно-зеленый, 113055</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;93х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee8/5agfm2etf7iq16cnuhnth8tbxd1ru034.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, черный, 113052</t>
   </si>
   <si>
     <t>829369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10a/l8z6wugrhv1rzs9583pst320ssojmr2g.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., линия, черный, 113056</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;93х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829373</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2fb/ouehly7rhi5djw0cvrwgr7ubyrwzp61c.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, бирюзовый, 113027</t>
+    <t>http://anytos.ru//upload/iblock/3cb/4eyjqg78a3iuptqgphiyi3etsm6uobee.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, сиреневый, 113026</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;91х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>829374</t>
-[...7 lines deleted...]
-  <si>
     <t>829376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00b/jn2n5a8ibzu0sazzh6v6k245ch51t7t4.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, под кожу, 80 г м2, 96 л., клетка, черный, 113024</t>
   </si>
   <si>
     <t>829377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef6/seijsp96zsqsbzp2zsbe0sr9r7st0mnf.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой без линовки 96 л., А5  145х203 мм , твердая обложка, BRAUBERG,  quot;Lemons quot;, 113727</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой, дополненный матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов без линовки позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c46/gbxsg92rm190wyzecz5hf08r1g53kwd9.jpg</t>
@@ -5041,98 +4903,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/077/d04z0jbv2qrnxpk1rribplgur12qvziq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, черный, 113411</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;NEBRASKA&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Прокрашенный срез блокнота придает изделию шарм.Для удобства пользования блокнот снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;140х200 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>833440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b8/t6rj2rv6phu2z22vvi7h5l99orxoiyr3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  135х205 мм  BRAUBERG  quot;TOUCH quot;, под кожу, 80 л., линия, черный, 113409</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Touch&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Фольгированный срез блокнота придает изделию шарм. Дополнением являются закладки-ляссе, с помощью которых можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;135х205 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>833441</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3c5/lq50qygd7yzmwf77gc00t7vko3t35idm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, коричневый, 113412</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;NEBRASKA&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Прокрашенный срез блокнота придает изделию шарм. Для удобства пользования блокнот снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;140х200 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>833443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa9/mu5385mdcqgy3vjejiis1jqmgyaz5fkz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, серый, 113410</t>
+  </si>
+  <si>
+    <t>833444</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8af/vcxp9c377coklprun4ro44cphqgg8fmk.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  167х216 мм , 80 л., твердый, клетка, блок 5 цветов, 3D фольга, HATBER,  quot;Природа quot;, 80ББ5лофВ1</t>
   </si>
   <si>
     <t>Стильный и универсальный бизнес-блокнот HATBER подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Бизнес-блокнот А5 формата размером 167х216 мм. Обложка представляет собой твердый переплет со спецэффектами в виде матовой ламинации и 3D-фольги. Внутренний блок состоит из 80 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка. Компактный размер блокнота позволяет держать его при себе и делать записи в любой удобной обстановке. Пятицветный блок поможет разделять записи по тематическим рубрикам.</t>
   </si>
   <si>
     <t>835003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b98/hlrlw2of2fq4u8w0cvbf7vqiqbkaqe7x.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А6 60Л. ГР. quot;OFFICE quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А6 60Л. ГР.&amp;quot;OFFICE&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccf/d5s19m5a22god00dwrwb4vgo7h300gbx.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 60Л. ГР  quot;ОФ.-ЛАЙН quot;  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 60Л. ГР &amp;quot;ОФ.-ЛАЙН&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840200</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e2/fhkk68v2yyjne7do6jshwyy0zpafomnk.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c37/arhshima3d1yenhz9f3cnxlat7be6jla.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS JOURNAL quot;  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS JOURNAL&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/765/x7o45he1asxrwqnv4wq6pnioeiteob95.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS REPORTER quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS REPORTER&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae6/ibj15zn66wpbnelg9xkrxd0ri66cmghm.jpeg</t>
@@ -5161,62 +5032,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b86/4rzpqukqya5r9wjvsk6ffq3vyq73v21d.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  Т МНО-СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS VELVET&amp;quot; НА РЕЗИНКЕ &amp;#40;ТЁМНО-СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb4/ious5evi5mvq90c2z720x27934tvwrf2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS VELVET&amp;quot; НА РЕЗИНКЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840212</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/71f/c2j949mlrrsplsopa0gzq4rp71yabe7r.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ed/3ajcnk6xrl8r1o0thsl1rcaxgxu1ztf2.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;МАШИНЫ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;МАШИНЫ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>840218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa6/8d7cjga4mesewciqrd8rdu20y81gsuxu.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;MY LOVE. UNICORN quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л. &amp;quot;MY LOVE. UNICORN&amp;quot;</t>
   </si>
   <si>
     <t>840223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f9/k0v4nz1wr15zsmeusj7psdcmnenx4t7b.jpeg</t>
@@ -5296,72 +5155,90 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2c2/v5whe0wdq5qvwpgovh2wqe2fj8b77gg2.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, светло-серый, 113441</t>
   </si>
   <si>
     <t>841865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/cdl8qleamrqb4zf1aa8j47xlzczordpu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм  60 л., гребень, фольга, TWIN лак, клетка,  quot;МИКС 2 quot;  4 вида  099036</t>
   </si>
   <si>
     <t>Блокнот серии &amp;quot;МИКС 2&amp;quot; предназначен для ведения записей. Блокнот формата А5 на гребне содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации.Микс состоит из 4 видов дизайна, поставляется без права выбора.</t>
   </si>
   <si>
     <t>843424</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/336/k3x95eq6ebap0e2o6yrbu0cm62suiuth.jpg</t>
-[...8 lines deleted...]
-    <t>843433</t>
+    <t>http://anytos.ru//upload/iblock/d5e/425xkmyn1v6mx4enquih0qoy0eihavdy.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  75x105 мм  А7, 40 л., гребень, фольга, TWIN лак, клетка,  quot;МИКС 4 quot;  6 видов  099111</t>
+  </si>
+  <si>
+    <t>Блокнот серии &amp;quot;МИКС 4&amp;quot; предназначен для ведения записей. Блокнот формата А7 на гребне содержит 40 листов с линовкой в клетку, что позволяет делать небольшие записи.Микс состоит из 6 видов дизайна, поставляется без права выбора.</t>
+  </si>
+  <si>
+    <t>843432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/1b52jf5xufl731w48povegprg2z1h28w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40 листов, клетка Schoolformat ОДНОТОННЫЕ СИМВОЛЫ греб. тв.обл. ВД-лак</t>
+  </si>
+  <si>
+    <t>846894</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/503/on5pbxix0p2y5yhum2ynrx8x2zkdp9ez.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ЖИЗНЬ БУЛЬДОГА скреп. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>846901</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/758/09ompu553jl2nzhhrx76c74hkaxc02gt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat СОЧНЫЕ ФРУКТЫ скреп. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>846905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57e/7jjhlbauvrfxd026u45ctun5i45eamvm.jpg</t>
   </si>
   <si>
     <t>Блокнот-планер НА НЕДЕЛЮ недатированный отрывной с подложкой, 52 л., А4, 297х210 мм, BRAUBERG, 114217</t>
   </si>
   <si>
     <t>Стильный и универсальный блокнот-планер BRAUBERG с отрывными листами станет незаменимым помощником в планировании своей недели. Внутренний блок содержит 52 листа офсетной бумаги белого цвета плотностью 65 г/м2. Скрепление осуществляется с помощью склейки. Вся площадь поделена на функциональные зоны: в каждом дне можно выделить приоритетные задачи, а также оставить заметки в конце дня или подвести итоги. Также есть место для дополнительных заметок. Планер удобно хранить на рабочем столе - весь план на неделю всегда будет перед глазами.</t>
   </si>
   <si>
     <t>852566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78d/gbynfp8dz1t0kyjhl4d7x4ayfwnizl3o.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6  109х148 мм , твердая обложка, BRAUBERG,  quot;Lavender quot;, 113738</t>
   </si>
   <si>
     <t>857050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b89/w3sjcgq9es2c1dtaf1wr8mk0o8ok9i08.jpg</t>
   </si>
@@ -5374,308 +5251,332 @@
   <si>
     <t>&lt;a href="/brands/mariner/"&gt;Mariner&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c56/nl64g6xb6xxxjxirs60wme44t2wleu9v.jpg</t>
   </si>
   <si>
     <t>Блокнот Mariner, А5, 60 л, клетка, 0030</t>
   </si>
   <si>
     <t>879112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1d/dmx7wml21iatygod32lpqd37h91zrlep.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 108x146, 40л, гребень, картон,клетка, Attache Economy синяя</t>
   </si>
   <si>
     <t>879122</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/68e/8704dbiwxi36ff0swzj3eo1ydome8baw.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6, 60л, гребень слева, обл.пластик, клетка, Attache Plastic, синий</t>
+  </si>
+  <si>
+    <t>879135</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6cd/6cnhggnz2grp040p67yet1uorz4rkygd.jpg</t>
   </si>
   <si>
     <t>Блокнот Принты А6 60л, клетка, обл. мел. картон, спираль, Цветы</t>
   </si>
   <si>
     <t>879155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90f/vcbx2l4qqhqqdb01r39usa92ps4u3qca.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause  Spiralblock, А4, 80 листов, клетка, перфорация, микроперфорация, твердая подложка. MIX-PACK</t>
   </si>
   <si>
     <t>Блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Перфорация для подшивки. Микроперфорация для отрыва. Цвет линовки - синий. Тип скрепления - спираль. Блокноты разных цветов упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>883112</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/665/94ropk2bk3uw6v456nn60ssmxhyiit66.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 32л., на скрепке BG  quot;Сладкая сказка quot;, блестки, ассорти</t>
+  </si>
+  <si>
+    <t>Блокнот BG &amp;quot;Сладкая сказка&amp;quot; формата А6 прекрасно подойдёт для работы и учёбы. Состоит из 32 листов размером 102*165 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Вид крепления – скрепка. Обложка – мелованный картон с блёстками. Милые &amp;quot;сладкие&amp;quot; дизайны на обложке блокнота поднимут настроение. • формат: А6 &amp;#40;102*165 мм&amp;#41;; • кол-во листов: 32; • линовка: клетка; • вид скрепления: скрепка; • материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>884791</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee5/1pls0zj2gfikensjwfms1lzo2gz86y1h.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 32 л. кл. ФРАЗЫ скреп. мел.бум. лам.</t>
+  </si>
+  <si>
+    <t>885476</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a27/gau7wn0kes5pmozejg85i4lddbrrs446.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Авокадики quot;, 114418</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>887144</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/163/yq9nerlwbx7y5ls7uzhusiz0nsa0p68h.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Радужные котики quot;, 114417</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>887145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28f/byiok2lcsjrg70voe61xjled9bv05nkd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Футбол quot;, 114419</t>
   </si>
   <si>
     <t>887146</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6d/n8m2p33rah81h2vvio6d2gbroycuxaw1.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Lion quot;, 114412</t>
+    <t>http://anytos.ru//upload/iblock/263/5tiej7cm8fp0gut6u197l76fdl1mrwri.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Гранаты quot;, 114411</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/jta7n37wdcgpmgz02fizqzcarcmiif9f.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114413</t>
+  </si>
+  <si>
+    <t>887151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/9wixulsh0o3m64vjowy7b0ly80836yn9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Triangles quot;, 114421</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/792jq20c14lvj4kck8ljepkat7m2uemr.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Cherry quot;, 114430</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfa/a6qtr9187y8uqv3036p345altgs5xwsj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Ван Гог quot;, 114427</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a7/j2h53sm8ny5r2ixd12lqrciqlfc9z8zp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Мрамор quot;, 114428</t>
+  </si>
+  <si>
+    <t>887159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c7/k10nkgmknbnhrtojd3y2410d8imljgc3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Good Idea quot;, 114406</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf7/ouaiqe579qzeg0rocjouhqhowx0bakhn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 80 л., твердый, клетка, STAFF,  quot;Black quot;, 114403</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a37/86abvw8u4o53mzwpsshwsb027xq7ofv9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 80 л., твердый, клетка, STAFF,  quot;Моноколор quot;, 114404</t>
+  </si>
+  <si>
+    <t>887165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b23/m8r9y9mif60uzi16sj2wvvm2cwczu23l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Super Car quot;, 114441</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d67/oe0rxk0qgtpygs8z5yqblzoj6lxn1vzh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot; жик quot;, 114442</t>
+  </si>
+  <si>
+    <t>887168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/202/tjtz5f3zi3fjhzngybrfq7gsljzcjkaz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Котики quot;, 114443</t>
+  </si>
+  <si>
+    <t>887169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/ytwhfppbfhpisn6iptkli7knepttu2si.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Фруктики quot;, 114444</t>
+  </si>
+  <si>
+    <t>887170</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/043/3uersx66xiqjoa6w9mlipq0qb7dttykd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 100х170 л. Attache Economy, мет.гребень, пласт.обл, синий, клетка</t>
+  </si>
+  <si>
+    <t>898380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ee/tqgq02o1mcqizvjfnv8qzb78dadak2uf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А5 96л, клетка, картон, сшивка, резинка, черный</t>
+  </si>
+  <si>
+    <t>898387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f10/tj8xuw5kjyp0vqal66553kk00q7ahtbe.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А5 96л, клетка, обл.тв.картон, сшивка, резинка</t>
+  </si>
+  <si>
+    <t>898388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e1/jvmlrf3nxp9mksvh1lx4hfbdpc3kr3pn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 96л, клетка тв. лам.обложка Цветы белый.сшивка</t>
+  </si>
+  <si>
+    <t>898394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef6/kq6xeyxvlskzgskpbuws4c4a6x6wzona.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Пингвинчики quot;, 114420</t>
+  </si>
+  <si>
+    <t>904054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d2/ijdkxo03rz2njlur8twi5i24ms6soc1o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Pastel quot;, 114416</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
-    <t>887148</t>
-[...190 lines deleted...]
-  <si>
     <t>904055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04d/z501kv99tl0vzfvrf116yqygvz7dw0kh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114409</t>
   </si>
   <si>
     <t>904056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67e/ku9nbsxm0dkftirbqy4l09w9b87qqfvw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Мрамор quot;, 114415</t>
   </si>
   <si>
     <t>904057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a81/17d1j0a4yfvhh80p8ckolvqff9o8uahw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Donuts quot;, 114425</t>
@@ -5686,122 +5587,92 @@
   <si>
     <t>904058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3d/frwydm4howmoo1p8ufw8zfoi844gfnmt.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Beagles quot;, 114424</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc3/601foq0om5hz8gpt4es80ovtr1tm9loe.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Подсолнухи quot;, 114422</t>
   </si>
   <si>
     <t>904060</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/273/tt55iyv1q4z92a3rvoqhh9mskwoushfd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2c3/w8byscu6mucwytqpf1pft8ub0blwk2t1.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Black quot;, 114435</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/tx7xwri7ovczbnoue96oq5yedwtbx330.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114436</t>
   </si>
   <si>
     <t>904063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a79/sf0l6kasvs2ed2af87wksj17g201kct0.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114439</t>
   </si>
   <si>
     <t>904064</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ecf/p6y94chmm9lspmv424alrbfg9n5v3vtr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b29/oaz1xj8jxrf7e44k1taojm9hezzk9h6o.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Queen quot;, 114450</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904068</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d94/bq8mc93w7gbi9vke723qswip84pd91os.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f3/2qf41w9r2m6q6031ze6c2rqw6b0vvhgl.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Office quot;, 114446</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72f/e1w6zbsq0or7r8theqh5h6awzvje73yg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;JUICY LIFE quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л. &amp;quot;JUICY LIFE&amp;quot;</t>
   </si>
   <si>
     <t>907985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/201/46pkmc03sml33fg39qgizgug8tfi9rr7.jpeg</t>
@@ -5851,50 +5722,62 @@
   <si>
     <t>907990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/096/ynlqs4ftjaionuiqgzzxclaytnfury9o.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-1 ГР. А6 160 Л. 5 ВИДОВ</t>
   </si>
   <si>
     <t>907991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/ygwfj52h8c1rb14bujolumy5nq4r3rdv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. Attache Economy, мет.гребень, пласт.обл, синий, клетка</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. Attache Economy, мет.гребень,пласт.обл,синий, клетка</t>
   </si>
   <si>
     <t>932118</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/79d/crpwwa7m637tkh1n20q6luh42hk87vqt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Безмятежность quot;, 114407</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком – стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>939324</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a04/czf1mqssfb4o1m9v4pu75nflbbqklvfl.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause  Lavender, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Эффектный стильный дизайн выполнен печатью красками в модных тонах. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>939585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63d/t7tt4ft08kd20713f5gztpj8wmbq41um.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне MESHU  quot;Miumiu quot;, пластиковая обложка</t>
   </si>
   <si>
     <t>Блокнот Meshu Miumiu формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 60 листов размером 142*202 мм дизайнерской офсетной бумаги белого цвета плотностью 60г/м2. Линовка – клетка. Обложка – прозрачный пластик с тиснение фольгой, дополнительный лист повышенной плостности с яркой иллюстрацией. Космические питомцы привлекут ваше внимание. • формат: А5 &amp;#40;142*202 мм&amp;#41;; • кол-во листов: 60; • линовка: клетка; • вид скрепления: гребень/спираль; • материал обложки: пластик.</t>
   </si>
   <si>
     <t>946070</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
@@ -5926,128 +5809,125 @@
   <si>
     <t>947639</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee3/sokodpzy349ejqqqldqoo412vi6okrgh.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. INFORMAT LIFE греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f29/u3gf7nyh8ags01hki6u5zzn08xejcs55.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. INFORMAT OFFICE греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947641</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/033/jns4z1q0riwdv6hmtpzs3fpcam3l1h7i.jpg</t>
-[...8 lines deleted...]
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/798/yt86f221xzd2szg1bvngdx7t2qz6m2ud.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40 л. кл. LITE ТЕМНО-СИНИЙ греб. мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>947642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dc/qnjsr00fitqciud96ynmn7ggo6b7ek6a.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60 л. в точку LOREX PASTEL PARSLEY греб. мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>947644</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b6/magufes2tk6tufeamra2enlbrq08h8r3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. LITE СИНИЙ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947646</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c1a/qui73vvj9k90jn8unuc9rgaxgkz2qycg.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. Schoolformat МАГИЯ БУКЕТОВ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c0/44j6vqagbnjavtylxrfx442c4u1hzuzc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. Schoolformat ПРИЧУДЛИВЫЕ ЖИВОТНЫЕ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da7/tfqldd0tokmqy3otixg29ptem9rrgl5h.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/414/6eq3xzlcpaj44kkrpcv1yi254i2j3oce.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. кл. Schoolformat ИЛЛЮЗИЯ СЛОВ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce3/ddqsze4ok3nwqpy2xp73gljle13ex88n.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. кл. Schoolformat В КОНТЕКСТЕ ПРИРОДЫ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947652</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4d9/wy594ykiljalv7ov83ajbsv1urcr8s2e.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. кл. LITE ТЕМНО-СИНИЙ греб. мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>947653</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d3a/a2a2t5a9mig1kpgtsgo6hq2iyiqt36co.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ЦВЕТОЧНОЕ ПОЛЕ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d72/srcq5cbnblpcyoft5de8ly7wthookiko.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat КИБЕР ВОИНЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77f/m56tkqf32r8qkg74diu6rz4xfl1cvvz3.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НЕЗЕМНОЙ ЗАЩИТНИК. ВЕРТОЛЕТЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947662</t>
@@ -6094,59 +5974,77 @@
   <si>
     <t>Блокнот А6 60 л. кл. LITE СИНИЙ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947668</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6a/ay9ox1dgbkz3gpwhyaeqfcckhovjg5nq.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. Schoolformat МОДНАЯ ТИПОГРАФИКА греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947669</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c37/axtlzj30lwnx6znrufcqe40y8cm5agho.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. Schoolformat ЯРКИЕ ФРУКТЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947670</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b2d/o860zsohtmm1hho3e6u1jik29jbdijqm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 80 л. кл. INFORMAT ABSTRACTION греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947671</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00c/141620dsa2m5fufe1mr3h3wvm291199d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80 л. кл. Schoolformat СТИЛЬ ГРАНЖ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947673</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/254/nfg729nn4yce0l6t1rfp0suwfzg13s0o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 л. кл. Schoolformat УРБАН АНИМЕ греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947682</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8b7/lyohgyp5jv3tpff2t34z61vmb69427st.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Black quot;, 114365</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>949927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a6/79gqvldueoht5enmfp2pmcpilzxgj1dc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Горные пейзажи quot;, 114367</t>
   </si>
   <si>
     <t>949929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4af/1ifmuyregwdzoww972yc9soadj9g1dgi.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Гранаты quot;, 114366</t>
@@ -6220,125 +6118,116 @@
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Marble quot;, 114386</t>
   </si>
   <si>
     <t>949941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a6/6c5sj3x9o0lz6bgawfiwuczbr4cff737.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Архитектура quot;, 114382</t>
   </si>
   <si>
     <t>949942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d27/rn9mtje3qqzb666d5a98a1lznxjbxjlr.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Безмятежность quot;, 114380</t>
   </si>
   <si>
     <t>949943</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a34/tgrn93hqum8t8atcul189ijo54it7vv6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9bd/8y36jj31tbntr8dvvz30lfrepghczguz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Растения quot;, 114388</t>
   </si>
   <si>
     <t>949945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c98/i8qd10nmu2tozp3vfbtdyvy47thbvohp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Хищники quot;, 114385</t>
   </si>
   <si>
     <t>949946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67e/sy83ppxeu081kzba7zuc0hwv5qs00jcc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Colorful art quot;, 114371</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>949947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e76/69b28ip26g74dr12udbot7e8d3t8c9oi.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Danger quot;, 114378</t>
   </si>
   <si>
     <t>949948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/236/jy2m427yd9je54e85fzg1entui64789w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Majesty quot;, 114373</t>
   </si>
   <si>
     <t>949949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/253/5tn11buulppwby2jex5m209af5clsw03.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e2/06iae623le7wtkut9d5slll0reh7jy0x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Аниме quot;, 114375</t>
   </si>
   <si>
     <t>949951</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/088/pdjn0txkm1s62jxncuu5lgg3185hmnjf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Грациозные собаки quot;, 114376</t>
+  </si>
+  <si>
+    <t>949952</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fdc/6r4fcmctisc43343kq3ydnxikaw2vn1x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Довольные коты quot;, 114374</t>
   </si>
   <si>
     <t>949953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/392/n2ykw75oxqw3234t0ryjn1pjgoy73k9g.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Яркие листья quot;, 114372</t>
   </si>
   <si>
     <t>949954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c87/ebsbm5ii1kk61r6x0mk9ozgajp7064zf.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  108х145 мм  А6, 40 л., гребень, картон, клетка, BRAUBERG KIDS,  quot;Зверята quot;, 114395</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG KIDS &amp;quot;Зверята&amp;quot; предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 40 листов с линовкой в клетку. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
@@ -6523,86 +6412,83 @@
   <si>
     <t>950154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4a/8ywygq8so8unvdly82k4td2mnuugv6i7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, клетка, INFORMAT РОССИЯ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>953273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ef/v2xpcyrbkbyz2s6m06k5omfxf3wa2tkj.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Abstract quot;, 114358</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Abstract&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953578</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/374/gh4jm00eeahne1fg3hz24llm7tzk0ffy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/479/1y8a3drbjlbay90p430hlvi57ywb47r3.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Color quot;, 114356</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Color&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76a/qytdsrniin87xfxukbuklmmsnb2yv303.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Dark quot;, 114355</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Dark&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953581</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/71e/ydqa8n118va0k2bgwqftg7ba2kr67hyz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60 листов в точку LOREX SILENT LANDSCAPE гребень, мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>955172</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/12e/vu0cs8r4klnokiac245sokq6wz50zypw.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEMORY JOURNAL quot; 110 х 95 мм, 100 Л,  4 ВИДA  ОТРЫВНОЙ БЛОК, КАРАНДАШ</t>
   </si>
   <si>
     <t>&amp;quot;MEMORY JOURNAL&amp;quot; 110 х 95 мм, 100 Л, &amp;#40;4 ВИДA&amp;#41; ОТРЫВНОЙ БЛОК, КАРАНДАШ</t>
   </si>
   <si>
     <t>955634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/qawk1ilz1fpp0cia3a5rff0a8klpv710.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;POCKET JOURNAL quot; 105 х 105 мм, 60 Л,  4 ВИДA  НА ГРЕБНЕ  quot;СЧАСТЬЕ В КОФЕ quot;</t>
   </si>
   <si>
     <t>&amp;quot;POCKET JOURNAL&amp;quot; 105 х 105 мм, 60 Л, &amp;#40;4 ВИДA&amp;#41; НА ГРЕБНЕ &amp;quot;СЧАСТЬЕ В КОФЕ&amp;quot;</t>
   </si>
   <si>
     <t>955635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee5/l26icvqp2jgmcb78khyso8ynkuip4qfj.jpeg</t>
@@ -7279,59 +7165,50 @@
   <si>
     <t>955702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f4/lqvp5agx8qs9l2goltvew7euo7ws3weu.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ ГР. А6 80 Л. MANGA ANIME. CITY, 5 ВИДОВ</t>
   </si>
   <si>
     <t>955703</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/3i4difnd56p85zams0ugctn6hvrnpw0j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, клетка, BRAUBERG,  quot;Горы в облаках quot;, 114361</t>
   </si>
   <si>
     <t>959648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/386/k1lhacnbfuqkqgi8mdkmsj2qrtan97io.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/759/vk91mqispgqr1ck47atr0g9rqinvbiuc.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ  quot;QUATTRO JOURNAL quot; 105 х 105 мм, 60 Л, НА ГРЕБНЕ  quot;BLACK WHITE quot; Арт. 3-654 01</t>
   </si>
   <si>
     <t>Компактный, вертикально ориентированный блокнот &amp;quot;POCKET JOURNAL» для записей и заметок торговой марки Bruno Visconti отличается качеством и стильным авторским дизайном. Пластиковая обложка защищает блок от повреждения и сгиба. Блок, состоящий из 60 листов бежевой бумаги в линейку плотностью 80 г/кв.м, позволит вести записи аккуратно и компактно.  Крепление блока на гребне позволяет переворачивать листы блокнота на 360 градусов. Блокнот не займет много места в сумочке или рюкзаке.</t>
   </si>
   <si>
     <t>961525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/012/9hpffe96pa4f15owu5x8tluxjp9skos0.jpg</t>
   </si>
   <si>
     <t>Блокнот В5, в точку, 50 л, со съемной линейкой Comix C7108 BU голубой</t>
   </si>
   <si>
     <t>961888</t>
   </si>
   <si>
     <t>&lt;a href="/brands/comix/"&gt;Comix&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/732/aj5rub7je4gzugv5sor208klcyqfpupw.jpg</t>
@@ -7390,198 +7267,180 @@
   <si>
     <t>961898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/an5nlnrb9i48el5p2b5mpfpynnrdnwff.jpg</t>
   </si>
   <si>
     <t>Блокнот 94х174мм, 100л, клетка, спираль, тв.обл, Be Smart, Sence,N3733</t>
   </si>
   <si>
     <t>961902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/779/10wqjthzog6bfllshbayv2sshr760yms.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л Attache гребень клетка пластик бордов с тиснением</t>
   </si>
   <si>
     <t>961905</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Блокнот А5 80л Attache гребень клетка пластик бордов с тиснением</t>
-[...14 lines deleted...]
-    <t>966066</t>
+    <t>http://anytos.ru//upload/iblock/72c/s500tkvrlaljpknwk1h42rd243x8tjm0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Будь смелее quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Будь смелее&amp;quot;</t>
+  </si>
+  <si>
+    <t>966061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/874xl3txkfgv6uc08wi5uv956n33uyuh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Создай настроение quot;</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG &amp;quot;Создай настроение&amp;quot;</t>
   </si>
   <si>
     <t>966067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a11/t97a5pf76y02xatwcenyivyrtbqmf810.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Bright light quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Bright light&amp;quot;</t>
   </si>
   <si>
     <t>966070</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/798/z0eryq6mm95239r27x0uozgh0ojhp8rl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG  quot;Mono design quot;, твердая обложка, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG &amp;quot;Mono design&amp;quot;, твердая обложка, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>966071</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5a6/zxuw8cpwslbe62ufxl6aw71bq96cn5f6.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Simply the best quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Simply the best&amp;quot;</t>
   </si>
   <si>
     <t>966072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/d73przyr8w1q81dfeze7m5h5jb4743tt.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Время путешествий quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Время путешествий&amp;quot;</t>
   </si>
   <si>
     <t>966073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/475/97ehiqyzm9dxpa490wrpjfwuxjvqwcrw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;На позитиве quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;На позитиве&amp;quot;</t>
   </si>
   <si>
     <t>966074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/029/pfsgm2o6ac2vc2isnm46ugfexei8ifvz.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Illusion quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Illusion&amp;quot;</t>
   </si>
   <si>
     <t>966075</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0cc/cdnbl4z9h24odjynlywigor2ysqbh55e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/65c/bqt4kn4oweuo3ygniipkfhen3lcarunj.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Stand up quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Stand up&amp;quot;</t>
   </si>
   <si>
     <t>966077</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8d/kbxgamakyh25prhns265f0822iwn3lve.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d13/snjexkeq6ropi0nwgyo5f5l9gze1uicp.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Если сможешь quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Если сможешь&amp;quot;</t>
   </si>
   <si>
     <t>966079</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/18d/02vsje9p452cemmnvx00m9c3tp8u42ny.jpg</t>
-[...8 lines deleted...]
-    <t>966082</t>
+    <t>http://anytos.ru//upload/iblock/618/xvhzh3kf1r1f7tn3n86up2qf19cpg2x2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л. на гребне MESHU  quot;Happy time quot;, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Happy time&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>966083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87e/0yrh1lsy7p7x1awrkbp5gqwhjvktq6ma.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU  quot;Kawaii quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Kawaii&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>966084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/313/rftl6487k4mjjq1mzw5f40j58w5rqcle.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU  quot;Mood quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Mood&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>966085</t>
   </si>
@@ -7678,89 +7537,95 @@
   <si>
     <t>973025</t>
   </si>
   <si>
     <t>Блокнот А5 80л. клетка, спираль, Be Smart Sence черный, N3708</t>
   </si>
   <si>
     <t>973027</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27b/jge9n8m3kp9huc1ax8442092j636m0md.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус Русская серия, А7, 50л, евроспираль, белый, клетка</t>
   </si>
   <si>
     <t>973030</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
-    <t>160</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/393/wq61n3tu3yois1oubgcq66r9y5j2mr0b.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус Русская серия, А7, 50л, евроспираль, синий, клетка</t>
   </si>
   <si>
     <t>973031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/841/wm7xzcz6rgya9ol594ltx3wk5xrsry9y.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус на спирали, синий, А7, 80л клетка</t>
   </si>
   <si>
     <t>973033</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/403/5y763cr5n77qfom69bt3p5hhzxtuv374.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 листов, клетка LOREX JEANS STYLE шв-клеев. ткань тисн.</t>
   </si>
   <si>
     <t>975284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/fep5r09aqym7aj2tn4m203z8j8l0w65h.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 128 листов, клетка LOREX IDEA FLIP шв-клеев. экокожа мат.лам.</t>
   </si>
   <si>
     <t>975285</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/db8/p7lw4vh2dkh9qmrmvmovsj6p0jzbxpq4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот В6 80 листов, в точку LOREX NATURAL POWER шв-клеев. пробка без отд.</t>
+  </si>
+  <si>
+    <t>975287</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c5b/3ryw2no9qyx6jao78m71c1vnxmyosby3.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Pastel quot;, 115533</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>975627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cc/si23rksbefrr5c711r8scfal1tc7eie2.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Marble quot;, 115536</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>977940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/cnhtutlcfa5f2fo1ze08wuockggi0toa.jpg</t>
@@ -7807,113 +7672,104 @@
   <si>
     <t>Блокнот формата А6 &amp;#40;102х146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Стильный дизайн выполнен печатью белой краской. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>978749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aea/ygep0qlu6rzuwtre8iy1b02owagqxbsv.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf4/xou402vxsmatojqlw28vr9x774wud3or.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Mirage, синий, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978751</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d27/yd7mxb45t3ta8xiryiu3zrmgti5naqvh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/388/blozh355szf1f1x9rp7v47z7za7k26xm.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978753</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f2/lrj73jzymmggj3dwn7hzfe80encd4qu5.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90f/ltmujt6irxkh26rzdswl30nfc5z8dz53.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Silhouette, розовый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbf/bm30a2g6yx3v19373hie3jnzb8erde1w.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/331/jf22e943q9kpqk0r0d6md2w46j209ra6.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a1/9zcnymdxbnuuc9cqobd06p6q0cv36nvb.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, красный, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978758</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/966/256f891izxwv3ktqx38orpdbghoh0tx4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, черный, A6, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>978759</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/328/wnjcwi0kglyi752zenuz1f3on0we8vbv.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03a/0t2mx1cfovo0aj3ng9h8iz04kuymy1u4.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Mirage, синий, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86f/89f5fi339icc61dhydhh0irluv79sggk.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, красный, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979209</t>
@@ -8056,50 +7912,59 @@
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  СИНИЙ  голубой обрез</t>
   </si>
   <si>
     <t>980079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/sdd8eyq9ri7goiiz20xb1rq6z5cgj4u5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  СИНИЙ  серый обрез</t>
   </si>
   <si>
     <t>980080</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b8/0n8w8plrvj111d8onapr4a3kqp5pk97f.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  ТЕМНО-СИНИЙ  голубой обрез</t>
   </si>
   <si>
     <t>980081</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fd5/911dolx13p2tzesvtfceyon109l83ol0.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ А5  quot;BOSTON quot;  ЧЕРНЫЙ  желтый обрез</t>
+  </si>
+  <si>
+    <t>980082</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7a3/xq2r9hj03tazaraheikq7jq3erv2b86z.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  ЧЕРНЫЙ  салатовый обрез</t>
   </si>
   <si>
     <t>980083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07d/x0mx0ouljwo9ryhf5iaq1g8xaub5401y.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  ЧЕРНЫЙ  серый обрез</t>
   </si>
   <si>
     <t>980084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/302/4gye7l2n3pd6lorv1j0axfswfig4aszn.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5  quot;MEGAPOLIS LOFT quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>Серия офисных блокнотов MEGAPOLIS LOFT от Bruno Visconti формата А5 - функциональный бизнес-аксессуар для ведения рабочих, личных записей. В нем нет ничего лишнего, но благодаря высококачественному переплетному материалу из экокожи он выглядит презентабельно. Твердая обложка с приятной фактурой, углами закругленной формы, книжный переплет, ляссе в цвет обложки – наделяют блокнот практичностью. 80 листов блока в серую клетку помогают вести записи четко и аккуратно. Блок изготовлен из бежевой бумаги плотностью 70 г/кв.м.</t>
@@ -8782,86 +8647,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/768/knf8clugkukjas5cram693d5p1zrhrs5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-4 ГР. А6, 160 ЛИСТОВ, 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-4 ГР. А6 160 Л. 5 ВИДОВ</t>
   </si>
   <si>
     <t>980151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63a/r29nvnjwoo63zayfl551cmh4gejm6ku1.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Mono circle quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Mono circle&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981793</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a47/xyeswzzmevb8g7lhdmw2vttjcqqxo3im.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa8/2t7ohsltptuamlw63x41ld5qm11xk80v.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Россия quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Россия&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981795</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dce/a6mfh64odxut4g7vh56h83su6w5rhnii.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Активный спорт quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Активный спорт&amp;quot;</t>
+  </si>
+  <si>
+    <t>981796</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fd9/ndgfowhaix4tv39xe9f1461wyw9qnbo9.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л. на гребне BG  quot;Моноколор. Классика quot;</t>
   </si>
   <si>
     <t>Блокнот А5 40л. на гребне BG &amp;quot;Моноколор. Классика&amp;quot;</t>
   </si>
   <si>
     <t>981797</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/846/0hjk9jxo52v4rlp3urv8bjwenqk64260.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Стимпанк quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Стимпанк&amp;quot;</t>
+  </si>
+  <si>
+    <t>981798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/616/haxwbuye3mjqzh7ce0ngxvrmojybc92i.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Такие смешные quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Такие смешные&amp;quot;</t>
+  </si>
+  <si>
+    <t>981799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48e/eofxofutl1xjfgwst0va1bz435jawr42.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне BG  quot;Serious animals quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне BG &amp;quot;Serious animals&amp;quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>981800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/m5va2bgifgzcyv5pqzcyfvggzbbtkdlj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG  quot;Be free quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG &amp;quot;Be free&amp;quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>981802</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8ab/l0dys08x3ega4xtfdd9ktl49j55amqkn.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Landscape quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Landscape&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/iy351vsnx9zfxpsr7h0xtogbo31awszy.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;She is quot;, твердая обложка, матовая ламинация, выб. лак, тиснение фольгой</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;She is&amp;quot;, твердая обложка, матовая ламинация, выб. лак, тиснение фольгой</t>
   </si>
   <si>
     <t>981804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb2/2ohyp75l6snojoi2h9un5ty9jlyu4cyk.jpg</t>
@@ -9001,341 +8914,293 @@
   <si>
     <t>Блокнот А7 40л. на гребне BG  quot;Моноколор. New style quot;</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG &amp;quot;Моноколор. New style&amp;quot;</t>
   </si>
   <si>
     <t>981824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/410/03vnut46nchnsbvfmfxe13rd0m29d29c.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG  quot;Cute anime quot;</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG &amp;quot;Cute anime&amp;quot;</t>
   </si>
   <si>
     <t>981825</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a02/6u1ymao5nmj409llfy4wudg25o7wusye.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/98e/dyon01q33442dx1ig439d2193aay16gu.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG  quot;Твой спорт quot;</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG &amp;quot;Твой спорт&amp;quot;</t>
   </si>
   <si>
     <t>981827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/kp081vbufja5mnb92f7t2f5rz6cl02qe.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛОГО ФОРМАТА А6, 60 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, АССОРТИ, 115578</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А6 на спирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать всю необходимую информацию. Малый формат удобно поместить в кейс или сумку малых габаритов. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.ПОСТАВЛЯЕТСЯ В НЕСКОЛЬКИХ ВАРИАНТАХ ЦВЕТА &amp;#40;БЕЗ ВОЗМОЖНОСТИ ВЫБОРА&amp;#41;.</t>
   </si>
   <si>
     <t>985220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7a/s35ft7599110we91pqo1sxplk09x5488.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, клетка LOREX JOY греб. мел. карт., soft touch</t>
   </si>
   <si>
     <t>985576</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a8/bmwuuybncn0cx7x5707n6q95v7awp7hr.jpg</t>
-[...77 lines deleted...]
-    <t>986171</t>
+    <t>http://anytos.ru//upload/iblock/292/rb9fxguiyrz60q6wnqky4q4zn1d28h1v.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ИДЕИ И ВДОХНОВЕНИЕ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7d/m6sf9ewbor6n7ydny6wdititxatjvpp1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat МАГИЧЕСКИЕ ОБЛАКА греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db5/0ohcofe7j8qj2bmqtz6zn1utvpajcaft.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ПАНТОН ПЕЙЗАЖ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bd/becwvbrvmmwd3i6gc2wj3tcwq9l33lzt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ПОЛУНОЧНАЯ ГОНКА скреп. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03e/2nm0ttc6mc2ge8ot5m7y0bo4rdrqogja.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ЭСТЕТИКА скреп. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/224/k4k29vr6ne6er2e6ajts72g6pbv6etb1.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 80 листов, на гребне BG  quot;Увлекательное путешествие quot;</t>
   </si>
   <si>
     <t>Блокнот А6, 80 листов, на гребне BG &amp;quot;Увлекательное путешествие&amp;quot;</t>
   </si>
   <si>
     <t>986174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cf/ktzo8d3ucy3z3etl0x0re9cxjaiubsyk.jpg</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG  quot;МИКС для мальчиков quot;</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG &amp;quot;МИКС для мальчиков&amp;quot;</t>
   </si>
   <si>
     <t>986175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/569/0n8ck12kmuu3tge2pnp08pgvtgxqybss.jpg</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG  quot;Милые животные quot;</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG &amp;quot;Милые животные&amp;quot;</t>
   </si>
   <si>
     <t>986176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/272/llylg1m7x19td9ubzb3zw091nf280e1x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fc/9wfnverfk9409ld8f90f8k1qunjhexdz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОИ  quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;ЛУГОВЫЕ ТРАВЫ quot;</t>
   </si>
   <si>
     <t>986440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02d/586georl1c1pfucjdxsldszw4du43ch8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot; FLEX  СИНИЙ  без обреза</t>
   </si>
   <si>
     <t>986441</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/286/vpup5f9skwwz5tjasftbryxm23clyt8s.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЗЕЛЕНЫЙ, 115570</t>
+    <t>http://anytos.ru//upload/iblock/b68/axrkzeqtcjm01m9i2lf8yuye4a1xiewu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, СИНИЙ, 115569</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А5 на спирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.</t>
   </si>
   <si>
-    <t>986879</t>
-[...8 lines deleted...]
-    <t>986880</t>
+    <t>986881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55d/bij097i2nws4ijahxvbok5e3uvufljvp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ФИОЛЕТОВЫЙ, 115571</t>
   </si>
   <si>
     <t>986882</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1d6/v846oppwpo9wcdja030ullw1x8su8xqo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЧЕРНЫЙ, 115572</t>
+  </si>
+  <si>
+    <t>986883</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0fc/ru6mbrbxsqlxvy52b2ycw7y1bp38cjlh.jpg</t>
   </si>
   <si>
     <t>Блокнот 100х140мм 120л. клетка, спираль, Be Smart Notes черный, N3731</t>
   </si>
   <si>
     <t>992759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57f/ekgj673yov5sez348u2y8gf1vrrl4x1h.jpg</t>
   </si>
   <si>
     <t>Блокнот Папоротники А5, 128л, клетка, обложка экокожа, с резинкой</t>
   </si>
   <si>
     <t>992761</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c9/hsbuf86mxx0j27c2jhgzh56at80dor38.jpg</t>
-[...8 lines deleted...]
-    <t>25</t>
+    <t>http://anytos.ru//upload/iblock/d31/qe9g1a6uzcubgf4mcidtpxsetg3bd27k.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Deli А5 96л 80 г м мягкая обложка, клетка 5x5мм, зеленый кожа EN140G</t>
+  </si>
+  <si>
+    <t>Блокнот Deli А5 96л 80 г/м мягкая обложка, клетка 5x5мм, зеленый кожа EN140G</t>
+  </si>
+  <si>
+    <t>992772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/082/jjkep3a591pwb7n1r3ryrbvonat20tii.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент  3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент №3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>992773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08a/m2yft1ykrfdqkamf83slnbdsz5e7i6vf.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Цветы голубой, клетка, 65г, 100 , гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Цветы голубой, клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>992774</t>
   </si>
   <si>
     <t>Блокнот Комус на спирали, синий, А5, 80л, клетка</t>
   </si>
   <si>
     <t>992775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0f/wq6ost6qxi707mje9qp8imbzlkcztwkh.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л Attache Градиент Бирюза, клетка, 65г, гребень, УФ-лак</t>
   </si>
   <si>
     <t>992776</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b2a/bk1yzboi7iqg4qz1h4xi0kb9bccydtce.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л Attache Цветы, розовый, клетка, 65г, 100 , гребень, карт, ВД-лак</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л Attache Цветы, розовый, клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
+  </si>
+  <si>
+    <t>992777</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c51/m8xz1q1s9gquk3489277twuummwv9769.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А5 60л голубой</t>
   </si>
   <si>
     <t>992778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca0/qa0leh4h0o8slp5ezf0p4s0oro7v1f01.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л Attache Текстуры природы Вода клетка, гребень, картон, ВД-лак</t>
   </si>
   <si>
     <t>992780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d27/sh06woy0zf7des8ar5ekwyxwook32voq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Magenta клетка, 65г, белый 100  картон, гребень, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Magenta клетка, 65г, белый 100&amp;#37; картон, гребень, ВД-лак</t>
@@ -9370,50 +9235,59 @@
   <si>
     <t>Блокнот А5 40л Attache Яркий паттерн Пастельный микс клетка, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/728/a6ncrcunorb5lc1re12hrkev4g5388r0.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Яркий паттерн Цветной микс клетка, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30e/c5l6ysfyltb4d13c9dyeeljxbxta9bm1.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Metallic Голубой клетка, гребень, картон, фольга</t>
   </si>
   <si>
     <t>992791</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c21/je60mduey7n0c6ze8lkj5dbscooajjfi.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л Attache Metallic Фиолет клетка, гребень, картон, фольга</t>
+  </si>
+  <si>
+    <t>992794</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c63/umxuf1jloryfpnmlgs856dthystndo7y.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50л Attache Текстуры природы Камешки клетка, гребень, ВД-лак</t>
   </si>
   <si>
     <t>992795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52e/c6bjsovl56xcs6ut78figcrpc8sr4os0.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature Black flowers клетка, 65г, 100 , гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature Black flowers клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>992796</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/262/zalbueorv31umjfu9wzyhh8uyy2g8nlf.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Nature White flowers клетка, 65г, 100 , гребень, карт, ВД-лак</t>
@@ -9442,60 +9316,57 @@
   <si>
     <t>Блокнот А7 40л Attache Градиент фиолетовый, клетка, 65г, гребень, УФ-лак</t>
   </si>
   <si>
     <t>992799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/486/3ugekfvi8pj4dd39nnachkkoefe87q2a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 40л, клетка, метал. гребень, цв.обложка, Forma, в ассортименте</t>
   </si>
   <si>
     <t>992800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f4/hln4va003vedisvv2y473vuvhbnwfsis.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А6 40л бирюзовый</t>
   </si>
   <si>
     <t>992801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f84/8ujmkjyjioh9c7q0vf40m4foiusoqfml.jpg</t>
-[...8 lines deleted...]
-    <t>993063</t>
+    <t>http://anytos.ru//upload/iblock/14b/w21ax4mm9kdsq2yxqwillqbztmccgncv.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Акварель гребень картон А5 60л фиолетовый</t>
+  </si>
+  <si>
+    <t>992802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62c/0yqi94kg1tuprmkv4wvo4sksjy0kjgwl.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЗЕЛЕНЫЙ, 115575</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А4 на спирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.</t>
   </si>
   <si>
     <t>993116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e69/7z1gluuonm5vq59cqsipp7t2oyiortjj.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, КРАСНЫЙ, 115573</t>
   </si>
   <si>
     <t>993117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/951/z6k2hh9z9acq6h0sp5eag9t2ed1910jv.jpg</t>
   </si>
@@ -9533,50 +9404,68 @@
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ &amp;quot;MANGA ANIME. CITY&amp;quot;</t>
   </si>
   <si>
     <t>993799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/980/1dnf5af0xzb0992l0vtyfv45qfow4ub0.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ  quot;ГРАВИТАЦИЯ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ &amp;quot;ГРАВИТАЦИЯ&amp;quot;</t>
   </si>
   <si>
     <t>993800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19b/8joh5gta7c0r2cycrv62ach7ba8yje7z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50 листов, клетка LITE ЗЕЛЕНЫЙ греб. мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>993979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b15/sg46se2210r17882by0qkej9ytf4b9df.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 50 листов, клетка LITE ЗЕЛЕНЫЙ греб. мел. карт., ВД-лак</t>
+  </si>
+  <si>
+    <t>993980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5f/7c8n8160f3mevw49fouqzjsbe32f04cj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ИЗБРАННЫЕ АВТО греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>993983</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acf/yuwkzniku10ce9nluhsncmfczts7g2bj.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А4, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;OFFICE quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей. Линовка блока - клетка. Обложка изготовлена из плотного крашенного в массе картона. Крепление блокнота на гребне позволяет открывать его на 360 градусов. При необходимости листы легко вырываются, не нарушая целостности блока. Блокнот подходит для записей небольшого объема информации. Готов к персонализации.</t>
   </si>
   <si>
     <t>996545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/w3sapeznykh18yo7hiq1cg40qaziut30.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А4, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;OFFICE quot;  ОРАНЖЕВЫЙ </t>
   </si>
   <si>
     <t>Легкий и практичный блокнот для записей с жесткой подложкой - практично и удобно. Линовка блока - клетка, которая позволит вести записи компактно и аккуратно. Обложка изготовлена из плотного картона крашенного в массе. Обложка отлично защищает листы от механических повреждений. Блокнот подойдет для записей небольшого объема информации.</t>
   </si>
   <si>
     <t>996546</t>
   </si>
@@ -10134,50 +10023,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b72/10aeg57nfmby3evdvxofo4srl0i5v0mk.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Хороший совет quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG &amp;quot;Хороший совет&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0aa/8pxt4du2q20vq5iomd5j0s9ecjcibfkz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Duo mono quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Duo mono&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000943</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e3f/mor07cfukv1quwk03cjyl9kwy40zctdv.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG  quot;Сказочный мир quot;, твердая обложка, глянцевая ламинация, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG &amp;quot;Сказочный мир&amp;quot;, твердая обложка, глянцевая ламинация, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>1000944</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/94c/7em226dduz1wx9r15ingx2bfutdyq2b8.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 24л. на скрепке BG  quot;МИКС. Мальчики quot;</t>
   </si>
   <si>
     <t>Блокнот А6 24л. на скрепке BG &amp;quot;МИКС. Мальчики&amp;quot;</t>
   </si>
   <si>
     <t>1000945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2c/t98msfxmwbi8zy2bwhgey14veweibu1g.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 32л. на скрепке BG  quot;Трехмерная классика quot;</t>
   </si>
   <si>
     <t>Блокнот А6 32л. на скрепке BG &amp;quot;Трехмерная классика&amp;quot;</t>
   </si>
   <si>
     <t>1000946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e7/4dexxiepdt6965haehf3er72f8mck02s.jpg</t>
@@ -10230,86 +10131,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/v99hze7tjj0nst9dvng394s7be3dfkso.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Цветочный стиль quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Цветочный стиль&amp;quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c58/xn8gnm1v15121fmgckr5zg19s51e1nqb.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG  quot;Funny picture quot;</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG &amp;quot;Funny picture&amp;quot;</t>
   </si>
   <si>
     <t>1000953</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/417/tvkvyjegnf9kkfdnt7o9prfeu31t81qv.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ead/ipbrgc1yp30p633cea84i57831dj1rr8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ЦВЕТЫ NEW quot; 3 ВИДА</t>
   </si>
   <si>
     <t>1003134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c7/v5e5sqetnxb5vulmd2n2zvwynl79wpvz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;BLACK WHITE.NEW quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л. &amp;quot;BLACK&amp;WHITE.NEW&amp;quot;</t>
   </si>
   <si>
     <t>1003135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6f/f39lxt5yza642lnklt989yy0z9n7dwsr.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;ГРАНАТ quot;</t>
@@ -10374,86 +10239,95 @@
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 листов, твердый, клетка, BRAUBERG  quot;Minimal quot;, серый, 116433</t>
   </si>
   <si>
     <t>1004475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d17/fq7qwsgl3rx0qe94iddl1wyvd43dhkq8.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 листов, твердый, клетка, BRAUBERG  quot;Minimal quot;, черный, 116432</t>
   </si>
   <si>
     <t>1004747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/fjvwve3ys3mkocatpx2k1oo37a8obo0b.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, сиреневый, 116434</t>
   </si>
   <si>
     <t>1004830</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b2/acewiwg311cqcnzs5l5q2p4fwsdvc9kk.jpg</t>
-[...5 lines deleted...]
-    <t>1005077</t>
+    <t>http://anytos.ru//upload/iblock/fcb/kqe4pgqoito1dd7igqbvifm4lqf25vhf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Fluffy, А6, 60 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1005076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/215/8p12gwx6i428j2dd5hkpn9e53157luz0.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Polarization, ассорти А6, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005078</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ca/16its31prsy7anje011q6zht0fuo0roq.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Rain Drive, А6, 60 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/mar3m6s1fee1c8byj0uy3lmi5q56wp17.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Road Beast, А6, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005080</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eee/tzx37o7rvekykvv81s9m2q5y0go4ve9t.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Вig City Cats, А6, 80 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1005081</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/81c/n2nhye0ug9bdisg1nkbhl2khgpqz3elv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х205 мм, 80 л., гребень, картон, жесткая подложка, клетка, ОФИСМАГ, синий, 129867</t>
   </si>
   <si>
     <t>Блокнот ОФИСМАГ - это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу и верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>1005197</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/022/porwnmxcbxc6nfeg4ed70hty3qzyo8go.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х205 мм, 80 л., гребень, картон, подложка, клетка, ОФИСМАГ, красный, 129869</t>
   </si>
   <si>
     <t>1005198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b1/2refeh1vbs3r760y93nwylet7mv95v4t.jpg</t>
@@ -10587,50 +10461,59 @@
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, бордовый, 116616</t>
   </si>
   <si>
     <t>1005956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/w0xt9zxu2ynu4hhbxvpit7zqhoym97dh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серо-голубой, 116615</t>
   </si>
   <si>
     <t>1005957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/471/y7zgkhgg1ohqc2dmixfr1i4ywxkrsz4w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серо-синий, 116618</t>
   </si>
   <si>
     <t>1005958</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c7d/afigct8w0hfiatcvlx6jl8ejtq0tm2vq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серый, 116619</t>
+  </si>
+  <si>
+    <t>1005959</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/68a/4zbt1lh3hmbabgjoqytxs3kioe8u461j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, черный, 116614</t>
   </si>
   <si>
     <t>1005960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a0/24pmj6xeox14kjtvdxyfxb2coxnswfe0.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Leopard quot;, 116329</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твёрдой обложкой, покрытой матовой ламинацией и украшенной тиснением фольгой. Твёрдая обложка блокнота с матовым покрытием и тиснением фольгой оснащена закруглёнными углами и резинкой-фиксатором, что надёжно защищает листы от замятия. 96 листов в клетку дают возможность записать большой объём информации или использовать их для набросков и зарисовок.Внутренний блок изготовлен из белого офсета плотностью 60 г/м2 и прикреплён к обложке с помощью книжного переплёта. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволяет удобно разместить его в портфеле или небольшой сумке.</t>
   </si>
   <si>
     <t>1005961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/300/w0n6oa1nk89cfnmklnu1car2o920xugy.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Marble quot;, 116328</t>
@@ -10803,122 +10686,152 @@
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, твердая обложка, BRAUBERG,  quot;Кофейку? quot;, 116334</t>
   </si>
   <si>
     <t>1005982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/288/9yqm4phrmz8itx0x350qalfl0ig8z1pd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. Schoolformat ВЕТКА СЧАСТЬЯ.МИНИМАЛИЗМ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2d/7zwpdfa4feel5dj3w048zi0v0sltfvnh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. Schoolformat ЭЛЕГАНТНЫЙ МИНИМАЛИЗМ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006720</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/661/wt6ho0y52jgzx1uf440xsmrluc4djlcz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л. кл. Хатбер METALLIC РОЗОВЫЙ греб. б винил тисн., с перфорацией</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л. кл. Хатбер METALLIC РОЗОВЫЙ греб. б/винил тисн., с перфорацией</t>
+  </si>
+  <si>
+    <t>1006721</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/492/9ehcf8s1d9sfdbzehgoapnuc328p42x0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat БЕРЕГ МОРЯ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/622/ute23pj1yem0g01zefj1zvjmtvgcjxk4.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ДУТАЯ АБСТРАКЦИЯ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8b/ml2a4akgy1ap5glumv1lbkqisi6l3hjs.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat КОСМИЧЕСКАЯ МАШИНА греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006724</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dac/v47mqds3akvrjqjlg85krjt7nmx3ht1n.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НА ПОЛЯНКЕ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a4/yfjaai7gn2sw6gg6nq635plt106q1zy0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ХАКИНГ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006726</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1b1/tx9cgrot0s4uo4niqzo12nm1a4d0fvop.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. кл. Schoolformat ЧУДНОЙ КОТ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1006727</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5bb/j7scuggw0m8vsjnia2ytyw3f2jdsc48m.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat КОСМИЧЕСКИЕ ДИНОЗАВРЫ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/315/lyv1b1940zgs2jlu2rk3c00dysc3anqs.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat КОТЫ-РОКЕРЫ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d60/5lg4zjf5kwkwdqdedty4fme6y4c6jbko.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat КРУТОЙ МИШКА греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006730</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a28/ut2ozpba1nv0o6494i03tk7u3qo09uzp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 л. кл. Schoolformat МАЙНКАР греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1006731</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4c9/4sng8phvug9om1sv3guj1e8t3lgrnmgl.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat СМАРТ ДИНО греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c09/g31pxnt4ptqti32rgiwn035w377wcbo5.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; 54 х 90 мм, 110 Л,  4 ВИДА  ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ  quot;LOVE ME quot;</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; 54 х 90 мм, 110 Л, &amp;#40;4 ВИДА&amp;#41; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ &amp;quot;LOVE ME&amp;quot;</t>
   </si>
   <si>
     <t>1007708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f9/7wm2aqxh8i7zrd45h1ik708m9uhmv8uv.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; А7, 108 Л.  3 ВИДА  НА ГРЕБНЕ, ЛИНЕЙКА, BLACK EXCELLENCE</t>
@@ -10992,57 +10905,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc1/s5nbeqe0plrdkst1hjdjw4fyacxxx627.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;ЛЮБОВЬ, КАК ОНА ЕСТЬ quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ «CUTE JOURNAL» A7, BV, 100 Л. &amp;quot;ЛЮБОВЬ, КАК ОНА ЕСТЬ&amp;quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1007715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/jmr4d9xmch0nessbhwdxlo56c9hf640v.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;МИЛЫЙ КОТЕНОК quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ «CUTE JOURNAL» A7, BV, 100 Л. &amp;quot;МИЛЫЙ КОТЕНОК&amp;quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1007716</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/899/ucg6u6gdqvabafu02punfe0it71vnunt.jpeg</t>
+    <t>http://anytos.ru//upload/iblock/54e/byhrqxpac6xivww1yhvnjjwnurvxsk1k.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;КОШКИ quot; 3 ВИДА</t>
   </si>
   <si>
-    <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;КОШКИ&amp;quot; 3 ВИДА</t>
+    <t>Без кота - жизнь не та. Наши дизайнеры знают это. И разработали дизайн обложки с благородными и грациозными кошками. Блокнот суперкомпакт - 68х101мм. Что позволяет взять его с собой даже в дамской сумочке или положить в самый потайной кармашек школьного рюкзака. Обложка надежная, гибкая, картонная, красочная. Крепление на скрепке, линовка в клетку. С этим блокнотом кот всегда будет с вами рядом. Жаль, что не мурчит, конечно.</t>
   </si>
   <si>
     <t>1007717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2b/gs2x8nh280u8mfyk8ng37mj73boh03e5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;МАШИНЫ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;МАШИНЫ&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>1007718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/tasb9711ab1pdz81pr92jl7fdyk2qo8y.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ПРИРОДА quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;ПРИРОДА&amp;quot; 4 ВИДА</t>
   </si>
@@ -11214,71 +11127,113 @@
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ИГРИВЫЙ КОСМОКОТИК греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e5/u49psohfoisi1w79mo2x2nr5112k7fz8.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat НЕ В ДУХЕ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba8/kkhfjhg8xuyiyt8lmewmux2qb4v851l0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ТВОИ НАДПИСИ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009627</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/63b/gx9w1rfsl5hv7b90phqjeb5kel573b3p.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка КФОБ АССОРТИ спир. мел. карт.</t>
+  </si>
+  <si>
+    <t>1009628</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kfob/"&gt;КФОБ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11d/29d4kecsb5o0v1m01i87jldz7od1mga7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat БЛЕСТКИ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b01/6d5uqp95dhrix20p44tazh0kne9j448k.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ЛОУ-ФАЙ КОТЫ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009631</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/50b/10c6graadmygyhkn7etzei3ygpkbhnds.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 листов, клетка Schoolformat ПРИКОЛЬНЫЙ СОВЕТ.МИЛЫЕ ЖИВОТНЫЕ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009632</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a98/ke0iqr5j6n3lizm9jm08qdxzkk3s002j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG, кросс-серия PASTEL, 117015</t>
   </si>
   <si>
     <t>Оригинальный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Твердая обложка долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. На 80-ти листах можно зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010114</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4cc/6c2dudc4qhhs7qbhjhk0tpw6ymtxne47.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, ассорти, PASTEL, 116230</t>
+  </si>
+  <si>
+    <t>Бизнес-блокноты BRAUBERG &amp;quot;Basic&amp;quot; выполнены в классическом стиле. Подойдут каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>1010116</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c83/5w6gk43ysvtm53hut74fk835iniy6e64.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, красный, 116228</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Basic&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73f/y22xx4yxsgiwfarvvv5gd259dlyjn9we.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, синий, 116229</t>
   </si>
   <si>
     <t>1010118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/780/qcznhw7chj8x5ftvl91g6kvr152y33os.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, черный, 116227</t>
@@ -11541,77 +11496,59 @@
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Edge&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под гладкую кожу, очень тактильную на ощупь. Имеет закругленные уголки. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу, а также держатель для ручки, повышающий функциональность блокнота. Формат А5 &amp;#40;135х212 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1012044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/452/wko32diblhbr4j1o3z3cwxspnhovehys.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, розовый, 117148</t>
   </si>
   <si>
     <t>1012045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdb/w42hm4xbetavdd8kabbi365n3kfgts8z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, серый, 117146</t>
   </si>
   <si>
     <t>1012046</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b2/x7ear2cm7oi2wpbh6o9b90anu7ko7ugy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29d/mfoiefndiwrkmvopjuiem544vtv0lyms.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, сиреневый, 117150</t>
   </si>
   <si>
     <t>1012048</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b43/60j7wlifyjxqy6jcaonk8hsuug2iywzj.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ea/c9a2djop6yhdwbrbdt66pakmkhlq697e.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм BRAUBERG  quot;Voylok quot;, войлок, резинка, держатель, 80 л., клетка, серый, 117135</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Voylok&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая обложка изготовлена из войлочного материала, очень тактильного на ощупь. Имеет закругленные уголки. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу, а также держатель для ручки, повышающий функциональность блокнота. Формат А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1012050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbc/miom6b08jis3njuxcwoqxt93836dd54j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм BRAUBERG  quot;Voylok quot;, войлок, резинка, держатель, 80 л., клетка, черный, 117134</t>
   </si>
   <si>
     <t>1012051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d06/8ienkwokt1s46tjzfm1pjr1umvbr3s4w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х206 мм, 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG  quot;Minimal Classic quot;, 116426</t>
@@ -11788,50 +11725,752 @@
     <t>http://anytos.ru//upload/iblock/562/a45mqo9uj5f0f4wv1wsemxu7v5ln682m.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;PASTEL quot;, 117019</t>
   </si>
   <si>
     <t>1012069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c7/8x7hyhqmstibs1w5w54tixrf21pcag73.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;МИЛЫЕ КОТЫ quot;, 116991</t>
   </si>
   <si>
     <t>1012070</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/192/a92i8el2knsd2fbdngn1c2ao1hbs2y5g.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;МОНСТРИКИ quot;, 117001</t>
   </si>
   <si>
     <t>1012071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98e/oepi3swljmpp20qes6zggh659qhrxg4g.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, золото, 084778, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Золото&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014018</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe2/1ijyazszt83buvnvt7xnotdqmjg4bb52.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, мята, 084776, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Мята&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014019</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ab/cy8ibpj62zhtcqwt2atw5kzjat0xi46l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, серебро, 084777, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Серебро&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1eb/8rxyyvnnjvymvtp6syjrg44yfya9vyb7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, черный, 084779, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Черный&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca5/cgszkas7wg380zu25jjj2jzfbh75ojec.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, клетка, матовая ламинация, блок 5 цветов, HATBER,  quot;Искусство орнамента quot;, 085277, 80ББ5лофВ130982</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот идеально подходит для важных записей и заметок. 5-цветный блок поможет удобно структурировать информацию по темам. Бизнес-блокнот формата A5 &amp;#40;167х216 мм&amp;#41;, 80 листов. Обложка – твердый переплет. Отделка – матовая ламинация, 3D-фольга. Внутренний блок – офсет 60 г/м2, клетка.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/nrozugik7nezhvqndnxolj0kfb1e1jy7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л., на скобе, картон, клетка, глянцевая ламинация, HATBER,  quot;Animals print quot;, 086090, 80Б5лВ1_31343</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот отлично подойдет для записей и заметок. Блокнот формата A5. Количество листов – 80. Обложка – мелованный картон. Вид отделки – глянцевая ламинация. Внутренний блок – офсет 65 г/м2, в клетку. Скрепление – скоба.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b3/imiufjs2ni5r1vwbxd17bgm8hrqalof2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 96 л., на скобе, картон, клетка, глянцевая ламинация, HATBER, AutoCarbon, 086107, 96Б5лВ1_29380</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот отлично подойдет для записей и заметок. Блокнот формата A5. Количество листов – 96. Обложка – мелованный картон. Вид отделки – глянцевая ламинация. Внутренний блок – офсет 65 г/м2, в клетку. Скрепление – скоба.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38b/5htg1n3leub79wfkgx3jtaoqjvu4s13o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ 210х290 мм, А4, 80 л., бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, черный, 084774, 80ББ4В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок, а также для конспектирования лекций. 5-цветный блок поможет разделять записи по тематическим рубрикам. Бизнес-блокнот формата A4 &amp;#40;210х290 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC, чёрный. Внутренний блок – офсет 65 г/м2, клетка. Твёрдый переплёт. Тиснение CROCO на обложке делает металлический блеск глубже – за счёт этого изделие бликует под разными углами зрения, завораживая своей красотой.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96f/yhypoh0t740tjffwbyn2cot5tldbmr4g.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, синий, 081279, 80Б4В1гр_01609</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот подойдёт для важных записей и заметок. Пластиковая обложка защищает от загрязнений и продлевает срок службы. Берите его с собой, фиксируйте идеи, делайте зарисовки. Блокнот формата А4. Количество листов – 80. Обложка – пластик. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/lkuh681c5u1s3nxicfhxzzjq0ebljw4z.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, черный, 081540, 80Б4В1гр_01601</t>
+  </si>
+  <si>
+    <t>1014027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d5/qovkgriuv44pmmhyr0phr9ouff95pi1q.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот в наборе с ручкой А5, 145х213 мм, BRAUBERG  quot;Cork quot;, под кожу, ЭКО обложка, 80 листов, бежевый, 116864</t>
+  </si>
+  <si>
+    <t>Блокнот в подарочном наборе с ручкой BRAUBERG &amp;quot;Cork&amp;quot; – стильный подарок для коллег и близких. Сочетание материалов и тщательно продуманные детали выведут планирование событий на новый уровень. Подарочный набор включает в себя блокнот с внутренним блоком из 80 листов кремовой бумаги плотностью 70 г/м2. Благодаря классическому формату А5 &amp;#40;145х213 мм&amp;#41; блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка выполнена из экологичных материалов под кожу и пробковое покрытие. Блокнот оснащен резинкой-фиксатором, поэтому не откроется в сумке или портфеле и страницы не помнутся. Дополнениями являются закладка-ляссе и держатель для ручки. Шариковая ручка со стильным корпусом из экологичного пластика и материала под пробку также входит в набор.</t>
+  </si>
+  <si>
+    <t>1014028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47e/n84jduqspjh58x3n59zw5ic2vizaafyo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот в наборе с ручкой А5, 145х213 мм, BRAUBERG  quot;Cork quot;, под кожу, ЭКО обложка, 80 листов, черный, 116865</t>
+  </si>
+  <si>
+    <t>1014029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/v11505tl1ur8gt0mldkmrjvw7kp9wgib.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, BLUE FLOWERS, 090245, 80Б6A1мс_33478</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER BLUE FLOWERS идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a0/wy37lejtc5kgj68my3zm12ifeyq44a0q.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL FLOWERS, 090108, 80Б6A1мс_33479</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER NATURAL FLOWERS идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c67/cc571w36mmp9m23cqzjy224gkaiuddg5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL LEAVES, 090242, 80Б6A1мс_33480</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER NATURAL LEAVES идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/mrft8426m2kzcezicg6eo92636sq4spa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;INSIDE quot;, 080475, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 40. Обложка – мелованный картон с УФ-лаком. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014033</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4e/1f41i5wdnw594cpglzvbhdsm1i63cy7b.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Аквалайф quot;, 080473, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/pih7obycod2df8tr4oxs28pe6wsuenyu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Муркомания quot;, 090640, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf5/b2uot7zf7g6gejjexnhpmwcvozpnfrjl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Проект  quot;Капланопись quot;, 090639, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fe/pb2tkr116dqkwtljryve9v5ov84l4fhd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Хорошо быть  жиком quot;, 080472, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8f/kc2ebiok55qnwtv7mimzwwjbkute1xt2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., склейка, мелованная бумага, клетка, глянцевая ламинация, HATBER,  quot;Кототерапия quot;, 057230, 40Б6лA1к</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот подойдёт для важных записей и заметок. Бумага внутреннего блока повышенной плотности идеально подходит для всех типов чернил, включая гелевые, капиллярные и перьевые ручки. Блокнот формата А6. Количество листов – 40. Обложка – мелованная бумага 250 г/м2 с глянцевой ламинацией. Внутренний блок – офсет 80 г/м2, клетка. Скрепление – отрывная склейка.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac3/rx3s68toia0lv38p1xm0b88y1krtiey2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., склейка, мелованная бумага, клетка, глянцевая ламинация, HATBER,  quot;Скорость и мощь quot;, 077053, 40Б6лA1к</t>
+  </si>
+  <si>
+    <t>1014039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d24/8706qldkmaqppha9pxq7mc8zbxs0l4n6.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., гребень, картон, клетка, HATBER,  quot;Нескучные герои quot;, 088310, 60Б6В1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 60. Обложка – мелованный картон с УФ-лаком. Внутренний блок – офсет, клетка. Скрепление – гребень. Перфорация на отрыв.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/742/vl5s9rioro5rd333x9ztgmmm9fpuny68.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., гребень, картон, клетка, HATBER,  quot;Плюшевые панды quot;, 088304, 60Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cea/tg18sm21cu4mdhhng68963h8jcge1zdh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, зеленый, 086313, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 80. Обложка – мягкий бумвинил с металлизацией и тиснением. Внутренний блок – офсет, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/jfn1aevbyl53iiaen61rqk0pvlsoi1i5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, коричневый, 086312, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>1014043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11b/qzw4vepwqn8vg8x7il3nx2bdxmhbubhy.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, черный, 086310, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>1014044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/100/uzghdy8i5cx4lc6o5xydg9va70m6n9oa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Нежный фл р quot;, 082839, 80ЗКтд6В1гр_300</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с твёрдой двойной обложкой. Количество листов – 80. Внутренний блок – офсет 65 г/м2, 2-цветная клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5d/0w503xinkk6vd94u6ce38gk4wzt37k9p.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Носики-курносики quot;, 082842, 80ЗКтд6В1гр_301</t>
+  </si>
+  <si>
+    <t>1014046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d26/sq4087dygah7pd2eim9vwrfxjggifap9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Чарующая нежность quot;, 082843, 80ЗКтд6В1гр_30</t>
+  </si>
+  <si>
+    <t>1014047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fa/94ev65hy3964ivc0kqs3eav7xtp6jnla.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL LINES, 090246, 80Б6A1мс_33481</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/5j8gdp1e1i4ickqnisqb7b8sq2vbkvdp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Лягух Кир quot;, 081184, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный формат блокнота позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А7. Количество листов – 40. Обложка – мелованный картон. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb8/spcsdg5o6z5081mlj1io6ldcwuivll70.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Мой любимый блокнот quot;, 081193, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/229/82cv47gfdl0tqjrno1hiacygqgojlvxo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Хорошо быть  жиком quot;, 081183, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/729/nszqk0znxqb63xl8gjzfvu3yn4kd9vto.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, дисплей, HATBER, Ассорти  quot;Влад А4 quot;, 087487, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014052</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9aa/b2jj0mrnwamuw471c7ke60snzbjqtczq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;АвтоШоу quot;, 066626, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный формат блокнота позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А7. Количество листов – 60. Обложка – мелованный картон. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014053</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/238/fudu62o1qod59ux076o8eu82qwbx713s.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;Веселый жираф quot;, 081165, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/4kjfs69no85xnqjqr8c5brqjhjq936oi.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;Утиные истории quot;, 081168, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/131/k7t1vo1ik9qkna69obga230faggz0tax.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, черный, 081561, 80Б7В1гр_01601</t>
+  </si>
+  <si>
+    <t>Компактный размер делает блокнот этого формата практичным и функциональным. Пластиковая обложка дополнительно защищает от загрязнений и продлевает срок эксплуатации. Носите блокнот с собой – фиксируйте идеи и делайте зарисовки. Блокнот формата А7. Количество листов – 80. Обложка – пластик. Внутренний блок – офсет 60 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/286/02wxvxgb7iwgpt2o3dyj6q9v48xyv429.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик, клетка, HATBER,  quot;LINE NEON quot;, зеленый, 081518, 80Б7В1гр_03034</t>
+  </si>
+  <si>
+    <t>1014057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/232/dhw6xol860smug4gktn9pn896mlffwml.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик, клетка, HATBER,  quot;LINE NEON quot;, розовый, 081520, 80Б7В1гр_03033</t>
+  </si>
+  <si>
+    <t>1014058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1f/5hwn4d3ajcgsqzjbfd2ceix6fujfdtpi.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;SMART JOURNAL quot; 90 х 90 мм, 110 Л,  quot;FLORA quot; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
+  </si>
+  <si>
+    <t>Мини-блокнот 90*90 мм на колечке с листами из плотной белой бумаги плотностью 80 г/кв.м и пластиковой обложкой. Можно использовать для повседневных записей, а также для создания карточек для запоминания иностранных слов. Кольцо-брелок открывается. Очень удобный аксессуар, который понравится не только детям, но и взрослым за счет оригинальных дизайнов обложки.</t>
+  </si>
+  <si>
+    <t>1016977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efb/u9dg9l7ndvtlsjq5ngw43ca8tzvqukzi.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Стильный блокнот на гребне CUTE JOURNAL формата A6- от Bruno Visconti вертикального открывания. Блокнот предназначен для ведения записей различного характера. Благодаря гребню страницы тетради можно легко переворачивать на 360 градусов и делать записи на «весу» во время брифингов, презентаций. А можно раскрыть на 180 градусов, держа открытым на столе. Дизайн обложки – авторский. Обложка изготовлена из картона с матовой ламинацией Soft Touch и тиснением под золото. Внутренний блок содержит 100 листов бежевой бумаги плотностью 80 г/кв.м в линейку.</t>
+  </si>
+  <si>
+    <t>1016978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61a/vnn5sf4t866id1dftg6agzk20up4vfv8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FLORA. FOREST FAIRY TALE quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1016979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/ef2hk37umn71ipk1rxs1at93omjffzc2.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FLORA. ГРАНАТ quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1016980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e0/i6nc7a6upj6btw0x6l1epp6gmbio4g1a.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FAUNA. БАБОЧКИ.СТРЕКОЗЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 &amp;quot;FAUNA.БАБОЧКИ.СТРЕКОЗЫ&amp;quot; из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/293cd58gdwg82u010t3xpf7i3b8aty2b.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. FOREST FAIRY TALE quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.FOREST FAIRY TALE» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9f/q7r6i681359imv1fzt7jx8qnynioolbo.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. SYMMETRICAL FLORA quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 &amp;quot;FLORA.SYMMETRICAL FLORA&amp;quot; из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b9/tqippf0ikedc30a3ysktymmju0ory2vb.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. ЛЕСНЫЕ ЯГОДЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.ЛЕСНЫЕ ЯГОДЫ» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/550/h9a7kmp3tu5ulg96drhn24s2klard6k1.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.ЛУГОВЫЕ ТРАВЫ» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c1/bc25j91orwx4zyprdzz63sp4qbhnksjk.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FAUNA.ВОЛШЕБНЫЕ СОВЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.ВОЛШЕБНЫЕ СОВЫ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd5/kd7u452owkp6se3kwzd6z471dvljojrv.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FLORA.FOREST FAIRY TALE quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ГРИБНАЯ ФЕЕРИЯ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bc/hyguoz758b462ru2o7vy7ryu933yh5o8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FLORA.ЛУГОВЫЕ ТРАВЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛУГОВЫЕ ТРАВЫ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b5/w4162s6q5792lsmcwmhl24c3e9hfpwef.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FAUNA.DEEP SEA quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.DEEP SEA&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/sh6esx2j8chep3famtreuddd9i5035a8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FAUNA.ФАНТАЗИЯ.КОРАЛЛЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.ФАНТАЗИЯ.КОРАЛЛЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/901/vif0wwk8yr05lf7aodc4rwiwbkafp3xe.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ИРИСЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ИРИСЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d15/x2v1kiz1oer7elnnn0yitm1jklso62x3.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛЕСНЫЕ ЯГОДЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76e/fft66l554i236mjl9ioea6i21v4swz27.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ТРОПИЧЕСКИЕ ФРУКТЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ТРОПИЧЕСКИЕ ФРУКТЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/jllwkldt7w2kwle8twjo2y4r6qpjpqyq.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;LUSH.BOUQUET quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;LUSH.BOUQUET&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c8/g990wc3t4txpxbc95elkd1ibqzz8vb0d.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;БАБОЧКИ.СТРЕКОЗЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;БАБОЧКИ.СТРЕКОЗЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/3jht1jqjew229kxa7dkxdue23c68ex3r.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;FLORA.PARADISE.LEMONS quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.LEMONS&amp;quot; формата А4 послужит отличным помощником в работе. Стильный дизайн привлекает внимание. Твердый переплет с глянцевой ламинацией и прошивка блока нитками предохраняют изделие от износа и увеличивают срок службы. Удобная линовка в клетку 320 страниц позволяют вести аккуратные записи в удобном формате, а также делать наброски и чертежи.</t>
+  </si>
+  <si>
+    <t>1016996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1b/25r3wu42e8dkb90kmc9c46dm2lzd6ohc.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛЕСНЫЕ ЯГОДЫ&amp;quot; формата А4 послужит отличным помощником в работе. Стильный дизайн привлекает внимание. Твердый переплет с глянцевой ламинацией и прошивка блока нитками предохраняют изделие от износа и увеличивают срок службы. Удобная линовка в клетку 320 страниц позволяют вести аккуратные записи в удобном формате, а также делать наброски и чертежи.</t>
+  </si>
+  <si>
+    <t>1016997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/s5ahm5balojr8jhzhb3355dvfca4epve.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;УтяКря quot;, 079618, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1017306</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -12158,24240 +12797,25656 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1067"/>
+  <dimension ref="A1:M1127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G1067" sqref="G1067"/>
+      <selection pane="bottomRight" activeCell="G1127" sqref="G1127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="C4" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G7" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...52 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G10" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="G12" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B12" s="1" t="s">
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="G15" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...12 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...12 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G25" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...15 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B32" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="F32" s="3" t="s">
+      <c r="B33" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="G32" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="B34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="3" t="s">
+      <c r="C35" s="1" t="s">
         <v>149</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C35" s="1" t="s">
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B38" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F38" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="F38" s="3" t="s">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="G38" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B39" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="F39" s="3" t="s">
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="G39" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B40" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="F40" s="3" t="s">
+      <c r="B41" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="G40" s="3" t="s">
+      <c r="C41" s="1" t="s">
         <v>177</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="F41" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="C42" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G41" s="3" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>182</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="F42" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="C43" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="F43" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="G43" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="3" t="s">
+      <c r="C44" s="1" t="s">
         <v>190</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="C45" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="3" t="s">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F47" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="G47" s="3" t="s">
+      <c r="B48" s="1" t="s">
         <v>206</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>176</v>
+        <v>22</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...6 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="G55" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>240</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="B57" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="3" t="s">
+      <c r="C57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>245</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F58" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="G58" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="C58" s="1" t="s">
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="B59" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="3" t="s">
+      <c r="C59" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>254</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="C60" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="B62" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G61" s="3" t="s">
+      <c r="C62" s="1" t="s">
         <v>265</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="F62" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="G62" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="B63" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="F63" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="G63" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="3" t="s">
+      <c r="B65" s="1" t="s">
         <v>278</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="F65" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="B66" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="B67" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="F67" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="F68" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G68" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...6 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="F69" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="B70" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F70" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...6 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="G71" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>307</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="F72" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G72" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>312</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G73" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="F76" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="F78" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="F79" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G80" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...6 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>345</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>176</v>
+        <v>272</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>353</v>
+        <v>222</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>357</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>353</v>
+        <v>222</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>365</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>373</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>377</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G88" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>378</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="F89" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="F91" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G92" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F93" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="G93" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>353</v>
+        <v>222</v>
       </c>
       <c r="G94" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>403</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F96" s="3" t="s">
+      <c r="B97" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="G96" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G97" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>417</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>423</v>
-      </c>
-[...7 lines deleted...]
-        <v>424</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>432</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>176</v>
+        <v>394</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>176</v>
+        <v>394</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>176</v>
+        <v>449</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="B108" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G108" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...15 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>448</v>
+        <v>468</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>472</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B117" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>205</v>
+        <v>267</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>353</v>
+        <v>222</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="B124" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>412</v>
+        <v>250</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>525</v>
+        <v>250</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>525</v>
+        <v>394</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>525</v>
+        <v>250</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>525</v>
+        <v>49</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>412</v>
+        <v>272</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G143" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="B133" s="1" t="s">
-[...239 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="F146" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="B146" s="1" t="s">
-[...15 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G146" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="B185" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="C185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C245" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B245" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>972</v>
+        <v>572</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>449</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>991</v>
+        <v>447</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>449</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>991</v>
+        <v>447</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>449</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>545</v>
+        <v>572</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>519</v>
+        <v>1001</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>412</v>
+        <v>49</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>519</v>
+        <v>1004</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>412</v>
+        <v>49</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>545</v>
+        <v>1007</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>412</v>
+        <v>49</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>399</v>
+        <v>49</v>
       </c>
       <c r="G253" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>1012</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>38</v>
+        <v>222</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C255" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="F255" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="F255" s="3" t="s">
+      <c r="B256" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="G255" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C256" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1021</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="B257" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="F257" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="F258" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>38</v>
+        <v>222</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C274" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1092</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1101</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="C278" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1105</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="B279" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="C279" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1108</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C279" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="B280" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="B281" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="C281" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="C281" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="C282" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1117</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="B283" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="C283" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1120</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="C284" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1124</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="F284" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="G284" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D285" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>176</v>
+        <v>1125</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1116</v>
+        <v>1132</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>176</v>
+        <v>1125</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>1153</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1169</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F297" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="B296" s="1" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="G297" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>1190</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>1198</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>1206</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>1210</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1137</v>
-[...5 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1125</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="C311" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1233</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="F311" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1237</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="F312" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1241</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1245</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="F314" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>1249</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>1261</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1263</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>1273</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1296</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>1301</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>1305</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>1313</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1348</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>1361</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>1372</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>1373</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>1375</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1377</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1385</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>1387</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>1389</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="C351" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1392</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="F351" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C352" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B353" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C353" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1398</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="C354" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1401</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1409</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1413</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1417</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="B359" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="C358" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="C359" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1421</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="C359" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="B360" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1425</v>
       </c>
-      <c r="C360" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="F360" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1428</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
         <v>1430</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>1433</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
         <v>1434</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>1437</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>1441</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
         <v>1442</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>1443</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1445</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>1453</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>1457</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>1461</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>1463</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>1465</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
         <v>1466</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1468</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1469</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>1473</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
         <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>1182</v>
+        <v>1125</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>1478</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1480</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>1182</v>
+        <v>222</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="C375" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1484</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="F375" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="C376" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1487</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="B377" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="C377" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1490</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="C378" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1494</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="C379" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1497</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="C380" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1501</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="C381" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1504</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="F381" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="C382" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1507</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="B383" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1511</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="B384" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="C384" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1514</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="C385" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1517</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C384" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="C386" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1521</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="C385" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="B387" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="C387" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1524</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="C386" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="B388" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="C388" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1527</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="C389" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="C389" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="C391" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="C392" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1541</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="C391" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="C393" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1544</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="C392" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="C394" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1547</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1549</v>
-      </c>
-[...44 lines deleted...]
-        <v>1556</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>1550</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F396" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B397" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1559</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="B398" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="C398" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1563</v>
       </c>
-      <c r="C397" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="F398" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="B399" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="C399" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1566</v>
       </c>
-      <c r="C398" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="F399" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="C400" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="C399" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1570</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="C401" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1573</v>
       </c>
-      <c r="D400" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="F401" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="B402" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="C402" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1577</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="F402" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1578</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="B403" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="C403" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="C402" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1581</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="B404" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="C403" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="C404" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1584</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="B405" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="C404" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="C405" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1588</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="C406" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1592</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="C407" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1596</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="C408" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1600</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="C408" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="B409" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="C409" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1603</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="C409" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="B410" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1607</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="B411" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="C411" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1611</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="B412" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="C412" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1615</v>
       </c>
-      <c r="C412" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="F412" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="C413" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1618</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="B414" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="C414" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1622</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="B415" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="C415" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="F415" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="C416" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D416" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
         <v>1630</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
         <v>1631</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="C417" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1633</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="F417" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="C418" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="F418" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1641</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="F419" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="C420" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1645</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="F420" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="C421" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D421" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>1649</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
         <v>1650</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>1651</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>1652</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>1653</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
         <v>1654</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>1655</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>1656</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>1657</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>1661</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>227</v>
-[...5 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C431" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D431" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>1688</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>222</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
         <v>1689</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>1690</v>
       </c>
       <c r="C432" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1691</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="F432" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="B433" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1695</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="F433" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="B434" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="C434" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1699</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="F434" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="B435" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="C435" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1702</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="B436" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="C436" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1705</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="F436" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="C437" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1709</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="F437" s="3" t="s">
         <v>1710</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="G437" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="B438" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="C438" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1714</v>
       </c>
-      <c r="C438" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="B439" s="1" t="s">
         <v>1716</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="C439" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1717</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="F439" s="3" t="s">
         <v>1718</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="G439" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="B440" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="C440" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1721</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="F440" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="C441" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1724</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1725</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1728</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="C443" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1731</v>
       </c>
-      <c r="D442" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="F443" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="C444" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1734</v>
       </c>
-      <c r="C443" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="F444" s="3" t="s">
         <v>1735</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="G444" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="C444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C445" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1738</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="C446" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1741</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="F446" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="G446" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="C447" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1745</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="F447" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="C448" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1748</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="F448" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="C449" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="C448" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1752</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="F449" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="B450" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1756</v>
       </c>
-      <c r="F449" s="3" t="s">
+      <c r="F450" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G450" s="3" t="s">
         <v>1757</v>
       </c>
-      <c r="G449" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A450" s="1" t="s">
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="B451" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="C451" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1760</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="F451" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="C452" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="C451" s="1" t="s">
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F452" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F453" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C454" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="D451" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F451" s="3" t="s">
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F454" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="G451" s="3" t="s">
-[...50 lines deleted...]
-      <c r="A454" s="1" t="s">
+      <c r="G454" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="B454" s="1" t="s">
+      <c r="B455" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="C454" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E454" s="3" t="s">
+      <c r="C455" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="F454" s="3" t="s">
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
         <v>1776</v>
       </c>
-      <c r="G454" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A455" s="1" t="s">
+      <c r="F455" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="B456" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="C455" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="C456" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1779</v>
       </c>
-      <c r="F455" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A456" s="1" t="s">
+      <c r="F456" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
         <v>1780</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="B457" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="C456" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="C457" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="F456" s="3" t="s">
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1783</v>
       </c>
-      <c r="G456" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A457" s="1" t="s">
+      <c r="F457" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="B458" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="C457" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E457" s="3" t="s">
+      <c r="C458" s="1" t="s">
         <v>1786</v>
       </c>
-      <c r="F457" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A458" s="1" t="s">
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1787</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="F458" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="C458" s="1" t="s">
+      <c r="B459" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="D458" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E458" s="3" t="s">
+      <c r="C459" s="1" t="s">
         <v>1790</v>
       </c>
-      <c r="F458" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A459" s="1" t="s">
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1791</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="F459" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
         <v>1792</v>
       </c>
-      <c r="C459" s="1" t="s">
+      <c r="B460" s="1" t="s">
         <v>1793</v>
       </c>
-      <c r="D459" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="C460" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
         <v>1794</v>
       </c>
-      <c r="F459" s="3" t="s">
+      <c r="F460" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="G459" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A460" s="1" t="s">
+      <c r="B461" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="C461" s="1" t="s">
         <v>1797</v>
       </c>
-      <c r="C460" s="1" t="s">
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
         <v>1798</v>
       </c>
-      <c r="D460" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E460" s="3" t="s">
+      <c r="F461" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
         <v>1799</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A461" s="1" t="s">
+      <c r="B462" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="C462" s="1" t="s">
         <v>1801</v>
       </c>
-      <c r="C461" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
         <v>1802</v>
       </c>
-      <c r="F461" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A462" s="1" t="s">
+      <c r="F462" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B462" s="1" t="s">
+      <c r="B463" s="1" t="s">
         <v>1804</v>
       </c>
-      <c r="C462" s="1" t="s">
+      <c r="C463" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
         <v>1805</v>
       </c>
-      <c r="D462" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E462" s="3" t="s">
+      <c r="F463" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="F462" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A463" s="1" t="s">
+      <c r="B464" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="C464" s="1" t="s">
         <v>1808</v>
       </c>
-      <c r="C463" s="1" t="s">
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
         <v>1809</v>
       </c>
-      <c r="D463" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E463" s="3" t="s">
+      <c r="F464" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A464" s="1" t="s">
+      <c r="B465" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="C465" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
         <v>1812</v>
       </c>
-      <c r="C464" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E464" s="3" t="s">
+      <c r="F465" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
         <v>1813</v>
       </c>
-      <c r="F464" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A465" s="1" t="s">
+      <c r="B466" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="C466" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
         <v>1815</v>
       </c>
-      <c r="C465" s="1" t="s">
+      <c r="F466" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="D465" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="3" t="s">
+      <c r="B467" s="1" t="s">
         <v>1817</v>
       </c>
-      <c r="F465" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A466" s="1" t="s">
+      <c r="C467" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
         <v>1818</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="F467" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="C466" s="1" t="s">
+      <c r="B468" s="1" t="s">
         <v>1820</v>
-      </c>
-[...41 lines deleted...]
-        <v>1827</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>1820</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F468" s="3" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F469" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F470" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A469" s="1" t="s">
+      <c r="B471" s="1" t="s">
         <v>1829</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="C471" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1830</v>
       </c>
-      <c r="C469" s="1" t="s">
+      <c r="F471" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="D469" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="B472" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="C472" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1833</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="F472" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="B473" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="C473" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1837</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="F473" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1838</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="B474" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="C474" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1840</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="F474" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1841</v>
       </c>
-      <c r="C472" s="1" t="s">
+      <c r="B475" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="D472" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="C475" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1843</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="F475" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="B476" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="C473" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="C476" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1847</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="F476" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="C474" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="B477" s="1" t="s">
         <v>1849</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1851</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="F477" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+      <c r="B478" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="C478" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1854</v>
       </c>
-      <c r="C476" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="F478" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="F476" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="B479" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="C479" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="C477" s="1" t="s">
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F479" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C480" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="D477" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
         <v>1861</v>
       </c>
-      <c r="F478" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A479" s="1" t="s">
+      <c r="F480" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
         <v>1862</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="B481" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="C479" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="C481" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
         <v>1864</v>
       </c>
-      <c r="F479" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A480" s="1" t="s">
+      <c r="F481" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="B480" s="1" t="s">
+      <c r="B482" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="C480" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E480" s="3" t="s">
+      <c r="C482" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="F480" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="1" t="s">
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
         <v>1868</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="F482" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="C481" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E481" s="3" t="s">
+      <c r="B483" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="F481" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="1" t="s">
+      <c r="C483" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
         <v>1872</v>
       </c>
-      <c r="C482" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E482" s="3" t="s">
+      <c r="F483" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="F482" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A483" s="1" t="s">
+      <c r="B484" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="B483" s="1" t="s">
+      <c r="C484" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="C483" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E483" s="3" t="s">
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
         <v>1876</v>
       </c>
-      <c r="F483" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A484" s="1" t="s">
+      <c r="F484" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="B485" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="C484" s="1" t="s">
+      <c r="C485" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="D484" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E484" s="3" t="s">
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
         <v>1880</v>
       </c>
-      <c r="F484" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A485" s="1" t="s">
+      <c r="F485" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="B486" s="1" t="s">
         <v>1882</v>
-      </c>
-[...21 lines deleted...]
-        <v>1886</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>1883</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F486" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C487" s="1" t="s">
         <v>1887</v>
       </c>
-      <c r="F486" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A487" s="1" t="s">
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
         <v>1888</v>
       </c>
-      <c r="B487" s="1" t="s">
+      <c r="F487" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="C487" s="1" t="s">
+      <c r="B488" s="1" t="s">
         <v>1890</v>
       </c>
-      <c r="D487" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E487" s="3" t="s">
+      <c r="C488" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="F487" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A488" s="1" t="s">
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
         <v>1892</v>
       </c>
-      <c r="B488" s="1" t="s">
+      <c r="F488" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="C488" s="1" t="s">
+      <c r="B489" s="1" t="s">
         <v>1894</v>
-      </c>
-[...18 lines deleted...]
-        <v>1897</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>1894</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F489" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C490" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="F489" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A490" s="1" t="s">
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
         <v>1899</v>
       </c>
-      <c r="B490" s="1" t="s">
+      <c r="F490" s="3" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="C490" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E490" s="3" t="s">
+      <c r="B491" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="F490" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A491" s="1" t="s">
+      <c r="C491" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="B491" s="1" t="s">
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>1903</v>
       </c>
-      <c r="C491" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E491" s="3" t="s">
+      <c r="F491" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="F491" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A492" s="1" t="s">
+      <c r="B492" s="1" t="s">
         <v>1905</v>
       </c>
-      <c r="B492" s="1" t="s">
+      <c r="C492" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="C492" s="1" t="s">
+      <c r="D492" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
         <v>1907</v>
       </c>
-      <c r="D492" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E492" s="3" t="s">
+      <c r="F492" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
         <v>1908</v>
       </c>
-      <c r="F492" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A493" s="1" t="s">
+      <c r="B493" s="1" t="s">
         <v>1909</v>
       </c>
-      <c r="B493" s="1" t="s">
+      <c r="C493" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="C493" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D493" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>1911</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>1795</v>
+        <v>1912</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1914</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>1915</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>222</v>
+        <v>1718</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
         <v>1916</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1917</v>
       </c>
       <c r="C495" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
         <v>1918</v>
       </c>
-      <c r="D495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="F495" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="F495" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A496" s="1" t="s">
+      <c r="B496" s="1" t="s">
         <v>1920</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="C496" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
         <v>1921</v>
       </c>
-      <c r="C496" s="1" t="s">
+      <c r="F496" s="3" t="s">
         <v>1922</v>
       </c>
-      <c r="D496" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E496" s="3" t="s">
+      <c r="G496" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="F496" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A497" s="1" t="s">
+      <c r="B497" s="1" t="s">
         <v>1924</v>
       </c>
-      <c r="B497" s="1" t="s">
+      <c r="C497" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
         <v>1925</v>
       </c>
-      <c r="C497" s="1" t="s">
+      <c r="F497" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
         <v>1926</v>
       </c>
-      <c r="D497" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E497" s="3" t="s">
+      <c r="B498" s="1" t="s">
         <v>1927</v>
       </c>
-      <c r="F497" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A498" s="1" t="s">
+      <c r="C498" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
         <v>1928</v>
       </c>
-      <c r="B498" s="1" t="s">
+      <c r="F498" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G498" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
         <v>1929</v>
       </c>
-      <c r="C498" s="1" t="s">
+      <c r="B499" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="D498" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E498" s="3" t="s">
+      <c r="C499" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
         <v>1931</v>
       </c>
-      <c r="F498" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A499" s="1" t="s">
+      <c r="F499" s="3" t="s">
         <v>1932</v>
       </c>
-      <c r="B499" s="1" t="s">
+      <c r="G499" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="C499" s="1" t="s">
+      <c r="B500" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="D499" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E499" s="3" t="s">
+      <c r="C500" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E500" s="3" t="s">
         <v>1935</v>
       </c>
-      <c r="F499" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A500" s="1" t="s">
+      <c r="F500" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
         <v>1936</v>
       </c>
-      <c r="B500" s="1" t="s">
+      <c r="B501" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="C500" s="1" t="s">
+      <c r="C501" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="D500" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E500" s="3" t="s">
+      <c r="D501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
         <v>1938</v>
       </c>
-      <c r="F500" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A501" s="1" t="s">
+      <c r="F501" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="B501" s="1" t="s">
+      <c r="B502" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="C501" s="1" t="s">
+      <c r="C502" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E502" s="3" t="s">
         <v>1941</v>
       </c>
-      <c r="D501" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E501" s="3" t="s">
+      <c r="F502" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
         <v>1942</v>
       </c>
-      <c r="F501" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A502" s="1" t="s">
+      <c r="B503" s="1" t="s">
         <v>1943</v>
       </c>
-      <c r="B502" s="1" t="s">
+      <c r="C503" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="3" t="s">
         <v>1944</v>
       </c>
-      <c r="C502" s="1" t="s">
+      <c r="F503" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="D502" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E502" s="3" t="s">
+      <c r="B504" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="F502" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A503" s="1" t="s">
+      <c r="C504" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="3" t="s">
         <v>1947</v>
       </c>
-      <c r="B503" s="1" t="s">
+      <c r="F504" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
         <v>1948</v>
       </c>
-      <c r="C503" s="1" t="s">
+      <c r="B505" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="D503" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E503" s="3" t="s">
+      <c r="C505" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
         <v>1950</v>
       </c>
-      <c r="F503" s="3" t="s">
+      <c r="F505" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="G503" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A504" s="1" t="s">
+      <c r="B506" s="1" t="s">
         <v>1952</v>
       </c>
-      <c r="B504" s="1" t="s">
+      <c r="C506" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="3" t="s">
         <v>1953</v>
       </c>
-      <c r="C504" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E504" s="3" t="s">
+      <c r="F506" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
         <v>1954</v>
       </c>
-      <c r="F504" s="3" t="s">
+      <c r="B507" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F507" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="3" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F508" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F509" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="3" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F510" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F511" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F512" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F513" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F514" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F515" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F516" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E517" s="3" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F517" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F518" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E519" s="3" t="s">
+        <v>1992</v>
+      </c>
+      <c r="F519" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F520" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E521" s="3" t="s">
+        <v>1999</v>
+      </c>
+      <c r="F521" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F522" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F523" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="G504" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F505" s="3" t="s">
+      <c r="G523" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F524" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="G505" s="3" t="s">
-[...134 lines deleted...]
-      <c r="F511" s="3" t="s">
+      <c r="G524" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F525" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>2016</v>
+      </c>
+      <c r="F526" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E527" s="3" t="s">
+        <v>2019</v>
+      </c>
+      <c r="F527" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F528" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E529" s="3" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F529" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E530" s="3" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F530" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E531" s="3" t="s">
+        <v>2031</v>
+      </c>
+      <c r="F531" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E532" s="3" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F532" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E533" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F533" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E534" s="3" t="s">
+        <v>2041</v>
+      </c>
+      <c r="F534" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E535" s="3" t="s">
+        <v>2044</v>
+      </c>
+      <c r="F535" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E536" s="3" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F536" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>2050</v>
+      </c>
+      <c r="F537" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F538" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E539" s="3" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F539" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F540" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F541" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="G511" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F512" s="3" t="s">
+      <c r="G541" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E542" s="3" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F542" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="G512" s="3" t="s">
-[...65 lines deleted...]
-      <c r="F515" s="3" t="s">
+      <c r="G542" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E543" s="3" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F543" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="G515" s="3" t="s">
-[...165 lines deleted...]
-      <c r="A523" s="1" t="s">
+      <c r="G543" s="3" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E544" s="3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F544" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F545" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E546" s="3" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F546" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E547" s="3" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F547" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E548" s="3" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F548" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A549" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F549" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G549" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A550" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F550" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A551" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F551" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A552" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F552" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F553" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F554" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F555" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F556" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F557" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F558" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F559" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F560" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E561" s="3" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F561" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G561" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A562" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E562" s="3" t="s">
+        <v>2137</v>
+      </c>
+      <c r="F562" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A563" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E563" s="3" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F563" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G563" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A564" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E564" s="3" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F564" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A565" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E565" s="3" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F565" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G565" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A566" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E566" s="3" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F566" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G566" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A567" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E567" s="3" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F567" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G567" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A568" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E568" s="3" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F568" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G568" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A569" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E569" s="3" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F569" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G569" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A570" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E570" s="3" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F570" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G570" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A571" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E571" s="3" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F571" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G571" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A572" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E572" s="3" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F572" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G572" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A573" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E573" s="3" t="s">
+        <v>2180</v>
+      </c>
+      <c r="F573" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G573" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A574" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E574" s="3" t="s">
+        <v>2184</v>
+      </c>
+      <c r="F574" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E575" s="3" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F575" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E576" s="3" t="s">
+        <v>2192</v>
+      </c>
+      <c r="F576" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G576" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E577" s="3" t="s">
+        <v>2197</v>
+      </c>
+      <c r="F577" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E578" s="3" t="s">
+        <v>2201</v>
+      </c>
+      <c r="F578" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E579" s="3" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F579" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C580" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E580" s="3" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F580" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F581" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G581" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F582" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A583" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F583" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G583" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A584" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E584" s="3" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F584" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A585" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E585" s="3" t="s">
+        <v>2229</v>
+      </c>
+      <c r="F585" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F586" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G586" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E587" s="3" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F587" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G587" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E588" s="3" t="s">
+        <v>2241</v>
+      </c>
+      <c r="F588" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F589" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E590" s="3" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F590" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F591" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E592" s="3" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F592" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E593" s="3" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F593" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E594" s="3" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F594" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E595" s="3" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F595" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G595" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A596" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E596" s="3" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F596" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G596" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A597" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E597" s="3" t="s">
+        <v>2277</v>
+      </c>
+      <c r="F597" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G597" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A598" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E598" s="3" t="s">
+        <v>2281</v>
+      </c>
+      <c r="F598" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A599" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E599" s="3" t="s">
+        <v>2285</v>
+      </c>
+      <c r="F599" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A600" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E600" s="3" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F600" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G600" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A601" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E601" s="3" t="s">
+        <v>2293</v>
+      </c>
+      <c r="F601" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A602" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E602" s="3" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F602" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A603" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E603" s="3" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F603" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A604" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E604" s="3" t="s">
+        <v>2305</v>
+      </c>
+      <c r="F604" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G604" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A605" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E605" s="3" t="s">
+        <v>2309</v>
+      </c>
+      <c r="F605" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G605" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A606" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C606" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D606" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E606" s="3" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F606" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G606" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A607" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C607" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E607" s="3" t="s">
+        <v>2317</v>
+      </c>
+      <c r="F607" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G607" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A608" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E608" s="3" t="s">
+        <v>2321</v>
+      </c>
+      <c r="F608" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G608" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A609" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E609" s="3" t="s">
+        <v>2325</v>
+      </c>
+      <c r="F609" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A610" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E610" s="3" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F610" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G610" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A611" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E611" s="3" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F611" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A612" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E612" s="3" t="s">
+        <v>2337</v>
+      </c>
+      <c r="F612" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A613" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E613" s="3" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F613" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A614" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E614" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="F614" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G614" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A615" s="1" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E615" s="3" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F615" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G615" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A616" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E616" s="3" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F616" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G616" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A617" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>2355</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E617" s="3" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F617" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G617" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A618" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E618" s="3" t="s">
+        <v>2361</v>
+      </c>
+      <c r="F618" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G618" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A619" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E619" s="3" t="s">
+        <v>2365</v>
+      </c>
+      <c r="F619" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G619" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A620" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E620" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="F620" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G620" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A621" s="1" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E621" s="3" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F621" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A622" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E622" s="3" t="s">
+        <v>2376</v>
+      </c>
+      <c r="F622" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G622" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A623" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C623" s="1" t="s">
         <v>2012</v>
       </c>
-      <c r="B523" s="1" t="s">
-[...686 lines deleted...]
-      <c r="A553" s="1" t="s">
+      <c r="D623" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E623" s="3" t="s">
+        <v>2380</v>
+      </c>
+      <c r="F623" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A624" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E624" s="3" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F624" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G624" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A625" s="1" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>2387</v>
+      </c>
+      <c r="F625" s="3" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G625" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A626" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E626" s="3" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F626" s="3" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E627" s="3" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F627" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G627" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A628" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E628" s="3" t="s">
+        <v>2398</v>
+      </c>
+      <c r="F628" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A629" s="1" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E629" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F629" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A630" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E630" s="3" t="s">
+        <v>2404</v>
+      </c>
+      <c r="F630" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G630" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A631" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E631" s="3" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F631" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A632" s="1" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E632" s="3" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F632" s="3" t="s">
         <v>2110</v>
       </c>
-      <c r="B553" s="1" t="s">
-[...1586 lines deleted...]
-      <c r="B622" s="1" t="s">
+      <c r="G632" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A633" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E633" s="3" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F633" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G633" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A634" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E634" s="3" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F634" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G634" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A635" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E635" s="3" t="s">
+        <v>2422</v>
+      </c>
+      <c r="F635" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A636" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E636" s="3" t="s">
+        <v>2426</v>
+      </c>
+      <c r="F636" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A637" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F637" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A638" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E638" s="3" t="s">
+        <v>2434</v>
+      </c>
+      <c r="F638" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A639" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E639" s="3" t="s">
+        <v>2438</v>
+      </c>
+      <c r="F639" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A640" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E640" s="3" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F640" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A641" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E641" s="3" t="s">
+        <v>2446</v>
+      </c>
+      <c r="F641" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G641" s="3" t="s">
         <v>2377</v>
       </c>
-      <c r="C622" s="1" t="s">
-[...433 lines deleted...]
-      <c r="B641" s="1" t="s">
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A642" s="1" t="s">
         <v>2447</v>
       </c>
-      <c r="C641" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E641" s="3" t="s">
+      <c r="B642" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="F641" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A642" s="1" t="s">
+      <c r="C642" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="B642" s="1" t="s">
+      <c r="D642" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E642" s="3" t="s">
         <v>2450</v>
       </c>
-      <c r="C642" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E642" s="3" t="s">
+      <c r="F642" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G642" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A643" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="F642" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A643" s="1" t="s">
+      <c r="B643" s="1" t="s">
         <v>2452</v>
-      </c>
-[...1 lines deleted...]
-        <v>2453</v>
       </c>
       <c r="C643" s="1" t="s">
         <v>2453</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E643" s="3" t="s">
         <v>2454</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>38</v>
+        <v>449</v>
       </c>
       <c r="G643" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A644" s="1" t="s">
         <v>2455</v>
-      </c>
-[...3 lines deleted...]
-        <v>2452</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>2456</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>38</v>
+        <v>1912</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>412</v>
+        <v>1912</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>412</v>
+        <v>1912</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>412</v>
+        <v>2479</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>412</v>
+        <v>556</v>
       </c>
       <c r="G650" s="3" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>2484</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E651" s="3" t="s">
         <v>2485</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>412</v>
+        <v>556</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>2415</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
         <v>2486</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>2487</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>2488</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E652" s="3" t="s">
         <v>2489</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>412</v>
+        <v>272</v>
       </c>
       <c r="G652" s="3" t="s">
-        <v>2415</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
         <v>2490</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>2491</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>2492</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E653" s="3" t="s">
         <v>2493</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>412</v>
+        <v>2494</v>
       </c>
       <c r="G653" s="3" t="s">
-        <v>2415</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>2496</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E654" s="3" t="s">
         <v>2497</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>412</v>
+        <v>49</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>2415</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B655" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="B655" s="1" t="s">
+      <c r="C655" s="1" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E655" s="3" t="s">
         <v>2499</v>
       </c>
-      <c r="C655" s="1" t="s">
+      <c r="F655" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G655" s="3" t="s">
         <v>2500</v>
       </c>
-      <c r="D655" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E655" s="3" t="s">
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A656" s="1" t="s">
         <v>2501</v>
       </c>
-      <c r="F655" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A656" s="1" t="s">
+      <c r="B656" s="1" t="s">
         <v>2502</v>
       </c>
-      <c r="B656" s="1" t="s">
+      <c r="C656" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D656" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E656" s="3" t="s">
         <v>2503</v>
       </c>
-      <c r="C656" s="1" t="s">
+      <c r="F656" s="3" t="s">
         <v>2504</v>
       </c>
-      <c r="D656" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E656" s="3" t="s">
+      <c r="G656" s="3" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A657" s="1" t="s">
         <v>2505</v>
       </c>
-      <c r="F656" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A657" s="1" t="s">
+      <c r="B657" s="1" t="s">
         <v>2506</v>
       </c>
-      <c r="B657" s="1" t="s">
+      <c r="C657" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E657" s="3" t="s">
         <v>2507</v>
       </c>
-      <c r="C657" s="1" t="s">
+      <c r="F657" s="3" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G657" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A658" s="1" t="s">
         <v>2508</v>
       </c>
-      <c r="D657" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E657" s="3" t="s">
+      <c r="B658" s="1" t="s">
         <v>2509</v>
       </c>
-      <c r="F657" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A658" s="1" t="s">
+      <c r="C658" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E658" s="3" t="s">
         <v>2510</v>
       </c>
-      <c r="B658" s="1" t="s">
+      <c r="F658" s="3" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G658" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A659" s="1" t="s">
         <v>2511</v>
       </c>
-      <c r="C658" s="1" t="s">
+      <c r="B659" s="1" t="s">
         <v>2512</v>
       </c>
-      <c r="D658" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E658" s="3" t="s">
+      <c r="C659" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E659" s="3" t="s">
         <v>2513</v>
       </c>
-      <c r="F658" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A659" s="1" t="s">
+      <c r="F659" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G659" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A660" s="1" t="s">
         <v>2514</v>
       </c>
-      <c r="B659" s="1" t="s">
+      <c r="B660" s="1" t="s">
         <v>2515</v>
       </c>
-      <c r="C659" s="1" t="s">
+      <c r="C660" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E660" s="3" t="s">
         <v>2516</v>
       </c>
-      <c r="D659" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E659" s="3" t="s">
+      <c r="F660" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G660" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A661" s="1" t="s">
         <v>2517</v>
       </c>
-      <c r="F659" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A660" s="1" t="s">
+      <c r="B661" s="1" t="s">
         <v>2518</v>
       </c>
-      <c r="B660" s="1" t="s">
+      <c r="C661" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E661" s="3" t="s">
         <v>2519</v>
       </c>
-      <c r="C660" s="1" t="s">
+      <c r="F661" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G661" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A662" s="1" t="s">
         <v>2520</v>
       </c>
-      <c r="D660" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E660" s="3" t="s">
+      <c r="B662" s="1" t="s">
         <v>2521</v>
       </c>
-      <c r="F660" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A661" s="1" t="s">
+      <c r="C662" s="1" t="s">
         <v>2522</v>
       </c>
-      <c r="B661" s="1" t="s">
+      <c r="D662" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E662" s="3" t="s">
         <v>2523</v>
       </c>
-      <c r="C661" s="1" t="s">
+      <c r="F662" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G662" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A663" s="1" t="s">
         <v>2524</v>
       </c>
-      <c r="D661" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E661" s="3" t="s">
+      <c r="B663" s="1" t="s">
         <v>2525</v>
       </c>
-      <c r="F661" s="3" t="s">
+      <c r="C663" s="1" t="s">
         <v>2526</v>
       </c>
-      <c r="G661" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A662" s="1" t="s">
+      <c r="D663" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E663" s="3" t="s">
         <v>2527</v>
       </c>
-      <c r="B662" s="1" t="s">
+      <c r="F663" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G663" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A664" s="1" t="s">
         <v>2528</v>
       </c>
-      <c r="C662" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E662" s="3" t="s">
+      <c r="B664" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="F662" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A663" s="1" t="s">
+      <c r="C664" s="1" t="s">
         <v>2530</v>
       </c>
-      <c r="B663" s="1" t="s">
+      <c r="D664" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E664" s="3" t="s">
         <v>2531</v>
       </c>
-      <c r="C663" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E663" s="3" t="s">
+      <c r="F664" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G664" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A665" s="1" t="s">
         <v>2532</v>
       </c>
-      <c r="F663" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A664" s="1" t="s">
+      <c r="B665" s="1" t="s">
         <v>2533</v>
       </c>
-      <c r="B664" s="1" t="s">
+      <c r="C665" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="C664" s="1" t="s">
+      <c r="D665" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E665" s="3" t="s">
         <v>2535</v>
       </c>
-      <c r="D664" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E664" s="3" t="s">
+      <c r="F665" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G665" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A666" s="1" t="s">
         <v>2536</v>
       </c>
-      <c r="F664" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A665" s="1" t="s">
+      <c r="B666" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="B665" s="1" t="s">
+      <c r="C666" s="1" t="s">
         <v>2538</v>
       </c>
-      <c r="C665" s="1" t="s">
+      <c r="D666" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E666" s="3" t="s">
         <v>2539</v>
       </c>
-      <c r="D665" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E665" s="3" t="s">
+      <c r="F666" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G666" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A667" s="1" t="s">
         <v>2540</v>
       </c>
-      <c r="F665" s="3" t="s">
+      <c r="B667" s="1" t="s">
         <v>2541</v>
       </c>
-      <c r="G665" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A666" s="1" t="s">
+      <c r="C667" s="1" t="s">
         <v>2542</v>
       </c>
-      <c r="B666" s="1" t="s">
+      <c r="D667" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E667" s="3" t="s">
         <v>2543</v>
       </c>
-      <c r="C666" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E666" s="3" t="s">
+      <c r="F667" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G667" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A668" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="F666" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B667" s="1" t="s">
+      <c r="B668" s="1" t="s">
         <v>2545</v>
       </c>
-      <c r="C667" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E667" s="3" t="s">
+      <c r="C668" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E668" s="3" t="s">
         <v>2546</v>
       </c>
-      <c r="F667" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G667" s="3" t="s">
+      <c r="F668" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G668" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A669" s="1" t="s">
         <v>2547</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A668" s="1" t="s">
+      <c r="B669" s="1" t="s">
         <v>2548</v>
       </c>
-      <c r="B668" s="1" t="s">
+      <c r="C669" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D669" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E669" s="3" t="s">
         <v>2549</v>
       </c>
-      <c r="C668" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E668" s="3" t="s">
+      <c r="F669" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G669" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A670" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="F668" s="3" t="s">
+      <c r="B670" s="1" t="s">
         <v>2551</v>
       </c>
-      <c r="G668" s="3" t="s">
+      <c r="C670" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E670" s="3" t="s">
         <v>2552</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A669" s="1" t="s">
+      <c r="F670" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G670" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A671" s="1" t="s">
         <v>2553</v>
       </c>
-      <c r="B669" s="1" t="s">
+      <c r="B671" s="1" t="s">
         <v>2554</v>
       </c>
-      <c r="C669" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E669" s="3" t="s">
+      <c r="C671" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E671" s="3" t="s">
         <v>2555</v>
       </c>
-      <c r="F669" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A670" s="1" t="s">
+      <c r="F671" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G671" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A672" s="1" t="s">
         <v>2556</v>
       </c>
-      <c r="B670" s="1" t="s">
+      <c r="B672" s="1" t="s">
         <v>2557</v>
       </c>
-      <c r="C670" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E670" s="3" t="s">
+      <c r="C672" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E672" s="3" t="s">
         <v>2558</v>
       </c>
-      <c r="F670" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A671" s="1" t="s">
+      <c r="F672" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G672" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A673" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="B671" s="1" t="s">
+      <c r="B673" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="C671" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E671" s="3" t="s">
+      <c r="C673" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E673" s="3" t="s">
         <v>2561</v>
       </c>
-      <c r="F671" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A672" s="1" t="s">
+      <c r="F673" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G673" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A674" s="1" t="s">
         <v>2562</v>
       </c>
-      <c r="B672" s="1" t="s">
+      <c r="B674" s="1" t="s">
         <v>2563</v>
       </c>
-      <c r="C672" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E672" s="3" t="s">
+      <c r="C674" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E674" s="3" t="s">
         <v>2564</v>
       </c>
-      <c r="F672" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A673" s="1" t="s">
+      <c r="F674" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G674" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A675" s="1" t="s">
         <v>2565</v>
       </c>
-      <c r="B673" s="1" t="s">
+      <c r="B675" s="1" t="s">
         <v>2566</v>
       </c>
-      <c r="C673" s="1" t="s">
+      <c r="C675" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E675" s="3" t="s">
         <v>2567</v>
       </c>
-      <c r="D673" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E673" s="3" t="s">
+      <c r="F675" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G675" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A676" s="1" t="s">
         <v>2568</v>
       </c>
-      <c r="F673" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A674" s="1" t="s">
+      <c r="B676" s="1" t="s">
         <v>2569</v>
       </c>
-      <c r="B674" s="1" t="s">
+      <c r="C676" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E676" s="3" t="s">
         <v>2570</v>
       </c>
-      <c r="C674" s="1" t="s">
+      <c r="F676" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G676" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A677" s="1" t="s">
         <v>2571</v>
       </c>
-      <c r="D674" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E674" s="3" t="s">
+      <c r="B677" s="1" t="s">
         <v>2572</v>
       </c>
-      <c r="F674" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A675" s="1" t="s">
+      <c r="C677" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E677" s="3" t="s">
         <v>2573</v>
       </c>
-      <c r="B675" s="1" t="s">
+      <c r="F677" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G677" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A678" s="1" t="s">
         <v>2574</v>
       </c>
-      <c r="C675" s="1" t="s">
+      <c r="B678" s="1" t="s">
         <v>2575</v>
       </c>
-      <c r="D675" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E675" s="3" t="s">
+      <c r="C678" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E678" s="3" t="s">
         <v>2576</v>
       </c>
-      <c r="F675" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A676" s="1" t="s">
+      <c r="F678" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G678" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A679" s="1" t="s">
         <v>2577</v>
       </c>
-      <c r="B676" s="1" t="s">
+      <c r="B679" s="1" t="s">
         <v>2578</v>
       </c>
-      <c r="C676" s="1" t="s">
+      <c r="C679" s="1" t="s">
         <v>2579</v>
       </c>
-      <c r="D676" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E676" s="3" t="s">
+      <c r="D679" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E679" s="3" t="s">
         <v>2580</v>
       </c>
-      <c r="F676" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A677" s="1" t="s">
+      <c r="F679" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G679" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A680" s="1" t="s">
         <v>2581</v>
       </c>
-      <c r="B677" s="1" t="s">
+      <c r="B680" s="1" t="s">
         <v>2582</v>
       </c>
-      <c r="C677" s="1" t="s">
+      <c r="C680" s="1" t="s">
         <v>2583</v>
       </c>
-      <c r="D677" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E677" s="3" t="s">
+      <c r="D680" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E680" s="3" t="s">
         <v>2584</v>
       </c>
-      <c r="F677" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A678" s="1" t="s">
+      <c r="F680" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A681" s="1" t="s">
         <v>2585</v>
       </c>
-      <c r="B678" s="1" t="s">
+      <c r="B681" s="1" t="s">
         <v>2586</v>
       </c>
-      <c r="C678" s="1" t="s">
+      <c r="C681" s="1" t="s">
         <v>2587</v>
       </c>
-      <c r="D678" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E678" s="3" t="s">
+      <c r="D681" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E681" s="3" t="s">
         <v>2588</v>
       </c>
-      <c r="F678" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A679" s="1" t="s">
+      <c r="F681" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A682" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="B679" s="1" t="s">
+      <c r="B682" s="1" t="s">
         <v>2590</v>
-      </c>
-[...67 lines deleted...]
-        <v>2599</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>2587</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>2600</v>
+        <v>2591</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>525</v>
+        <v>1170</v>
       </c>
       <c r="G682" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A683" s="1" t="s">
-        <v>2601</v>
+        <v>2592</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>2602</v>
+        <v>2593</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2583</v>
+        <v>2587</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2603</v>
+        <v>2594</v>
       </c>
       <c r="F683" s="3" t="s">
-        <v>525</v>
+        <v>1170</v>
       </c>
       <c r="G683" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A684" s="1" t="s">
-        <v>2604</v>
+        <v>2595</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>2605</v>
+        <v>2596</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>2587</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E684" s="3" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F684" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A685" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E685" s="3" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F685" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A686" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F686" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A687" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B687" s="1" t="s">
         <v>2606</v>
       </c>
-      <c r="F684" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A685" s="1" t="s">
+      <c r="C687" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E687" s="3" t="s">
         <v>2607</v>
       </c>
-      <c r="B685" s="1" t="s">
+      <c r="F687" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G687" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A688" s="1" t="s">
         <v>2608</v>
       </c>
-      <c r="C685" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E685" s="3" t="s">
+      <c r="B688" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="F685" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A686" s="1" t="s">
+      <c r="C688" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E688" s="3" t="s">
         <v>2610</v>
       </c>
-      <c r="B686" s="1" t="s">
+      <c r="F688" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
         <v>2611</v>
       </c>
-      <c r="C686" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E686" s="3" t="s">
+      <c r="B689" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="F686" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A687" s="1" t="s">
+      <c r="C689" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E689" s="3" t="s">
         <v>2613</v>
       </c>
-      <c r="B687" s="1" t="s">
+      <c r="F689" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
         <v>2614</v>
       </c>
-      <c r="C687" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E687" s="3" t="s">
+      <c r="B690" s="1" t="s">
         <v>2615</v>
       </c>
-      <c r="F687" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A688" s="1" t="s">
+      <c r="C690" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E690" s="3" t="s">
         <v>2616</v>
       </c>
-      <c r="B688" s="1" t="s">
+      <c r="F690" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
         <v>2617</v>
       </c>
-      <c r="C688" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E688" s="3" t="s">
+      <c r="B691" s="1" t="s">
         <v>2618</v>
       </c>
-      <c r="F688" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A689" s="1" t="s">
+      <c r="C691" s="1" t="s">
         <v>2619</v>
       </c>
-      <c r="B689" s="1" t="s">
+      <c r="D691" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E691" s="3" t="s">
         <v>2620</v>
       </c>
-      <c r="C689" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E689" s="3" t="s">
+      <c r="F691" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
         <v>2621</v>
       </c>
-      <c r="F689" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A690" s="1" t="s">
+      <c r="B692" s="1" t="s">
         <v>2622</v>
       </c>
-      <c r="B690" s="1" t="s">
+      <c r="C692" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E692" s="3" t="s">
         <v>2623</v>
       </c>
-      <c r="C690" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E690" s="3" t="s">
+      <c r="F692" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
         <v>2624</v>
       </c>
-      <c r="F690" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A691" s="1" t="s">
+      <c r="B693" s="1" t="s">
         <v>2625</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="C693" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E693" s="3" t="s">
         <v>2626</v>
       </c>
-      <c r="C691" s="1" t="s">
+      <c r="F693" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
         <v>2627</v>
       </c>
-      <c r="D691" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E691" s="3" t="s">
+      <c r="B694" s="1" t="s">
         <v>2628</v>
       </c>
-      <c r="F691" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A692" s="1" t="s">
+      <c r="C694" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E694" s="3" t="s">
         <v>2629</v>
       </c>
-      <c r="B692" s="1" t="s">
+      <c r="F694" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
         <v>2630</v>
       </c>
-      <c r="C692" s="1" t="s">
+      <c r="B695" s="1" t="s">
         <v>2631</v>
       </c>
-      <c r="D692" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E692" s="3" t="s">
+      <c r="C695" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E695" s="3" t="s">
         <v>2632</v>
       </c>
-      <c r="F692" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A693" s="1" t="s">
+      <c r="F695" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="B693" s="1" t="s">
+      <c r="B696" s="1" t="s">
         <v>2634</v>
       </c>
-      <c r="C693" s="1" t="s">
+      <c r="C696" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E696" s="3" t="s">
         <v>2635</v>
       </c>
-      <c r="D693" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E693" s="3" t="s">
+      <c r="F696" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
         <v>2636</v>
       </c>
-      <c r="F693" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A694" s="1" t="s">
+      <c r="B697" s="1" t="s">
         <v>2637</v>
       </c>
-      <c r="B694" s="1" t="s">
+      <c r="C697" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E697" s="3" t="s">
         <v>2638</v>
       </c>
-      <c r="C694" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E694" s="3" t="s">
+      <c r="F697" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
         <v>2639</v>
       </c>
-      <c r="F694" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A695" s="1" t="s">
+      <c r="B698" s="1" t="s">
         <v>2640</v>
       </c>
-      <c r="B695" s="1" t="s">
+      <c r="C698" s="1" t="s">
         <v>2641</v>
       </c>
-      <c r="C695" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E695" s="3" t="s">
+      <c r="D698" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E698" s="3" t="s">
         <v>2642</v>
       </c>
-      <c r="F695" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A696" s="1" t="s">
+      <c r="F698" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
         <v>2643</v>
       </c>
-      <c r="B696" s="1" t="s">
+      <c r="B699" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="C696" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E696" s="3" t="s">
+      <c r="C699" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E699" s="3" t="s">
         <v>2645</v>
       </c>
-      <c r="F696" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A697" s="1" t="s">
+      <c r="F699" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G699" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A700" s="1" t="s">
         <v>2646</v>
       </c>
-      <c r="B697" s="1" t="s">
+      <c r="B700" s="1" t="s">
         <v>2647</v>
       </c>
-      <c r="C697" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E697" s="3" t="s">
+      <c r="C700" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E700" s="3" t="s">
         <v>2648</v>
       </c>
-      <c r="F697" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A698" s="1" t="s">
+      <c r="F700" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G700" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A701" s="1" t="s">
         <v>2649</v>
       </c>
-      <c r="B698" s="1" t="s">
+      <c r="B701" s="1" t="s">
         <v>2650</v>
       </c>
-      <c r="C698" s="1" t="s">
+      <c r="C701" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E701" s="3" t="s">
         <v>2651</v>
       </c>
-      <c r="D698" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E698" s="3" t="s">
+      <c r="F701" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G701" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A702" s="1" t="s">
         <v>2652</v>
       </c>
-      <c r="F698" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A699" s="1" t="s">
+      <c r="B702" s="1" t="s">
         <v>2653</v>
       </c>
-      <c r="B699" s="1" t="s">
+      <c r="C702" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E702" s="3" t="s">
         <v>2654</v>
       </c>
-      <c r="C699" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E699" s="3" t="s">
+      <c r="F702" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G702" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A703" s="1" t="s">
         <v>2655</v>
       </c>
-      <c r="F699" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A700" s="1" t="s">
+      <c r="B703" s="1" t="s">
         <v>2656</v>
       </c>
-      <c r="B700" s="1" t="s">
+      <c r="C703" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E703" s="3" t="s">
         <v>2657</v>
       </c>
-      <c r="C700" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E700" s="3" t="s">
+      <c r="F703" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G703" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A704" s="1" t="s">
         <v>2658</v>
       </c>
-      <c r="F700" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A701" s="1" t="s">
+      <c r="B704" s="1" t="s">
         <v>2659</v>
       </c>
-      <c r="B701" s="1" t="s">
+      <c r="C704" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E704" s="3" t="s">
         <v>2660</v>
       </c>
-      <c r="C701" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E701" s="3" t="s">
+      <c r="F704" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G704" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A705" s="1" t="s">
         <v>2661</v>
       </c>
-      <c r="F701" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A702" s="1" t="s">
+      <c r="B705" s="1" t="s">
         <v>2662</v>
       </c>
-      <c r="B702" s="1" t="s">
+      <c r="C705" s="1" t="s">
         <v>2663</v>
       </c>
-      <c r="C702" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E702" s="3" t="s">
+      <c r="D705" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E705" s="3" t="s">
         <v>2664</v>
       </c>
-      <c r="F702" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A703" s="1" t="s">
+      <c r="F705" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G705" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A706" s="1" t="s">
         <v>2665</v>
       </c>
-      <c r="B703" s="1" t="s">
+      <c r="B706" s="1" t="s">
         <v>2666</v>
       </c>
-      <c r="C703" s="1" t="s">
+      <c r="C706" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E706" s="3" t="s">
         <v>2667</v>
       </c>
-      <c r="D703" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E703" s="3" t="s">
+      <c r="F706" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G706" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A707" s="1" t="s">
         <v>2668</v>
       </c>
-      <c r="F703" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A704" s="1" t="s">
+      <c r="B707" s="1" t="s">
         <v>2669</v>
       </c>
-      <c r="B704" s="1" t="s">
+      <c r="C707" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E707" s="3" t="s">
         <v>2670</v>
       </c>
-      <c r="C704" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E704" s="3" t="s">
+      <c r="F707" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G707" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A708" s="1" t="s">
         <v>2671</v>
       </c>
-      <c r="F704" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A705" s="1" t="s">
+      <c r="B708" s="1" t="s">
         <v>2672</v>
       </c>
-      <c r="B705" s="1" t="s">
+      <c r="C708" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E708" s="3" t="s">
         <v>2673</v>
       </c>
-      <c r="C705" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E705" s="3" t="s">
+      <c r="F708" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G708" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A709" s="1" t="s">
         <v>2674</v>
       </c>
-      <c r="F705" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A706" s="1" t="s">
+      <c r="B709" s="1" t="s">
         <v>2675</v>
       </c>
-      <c r="B706" s="1" t="s">
+      <c r="C709" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E709" s="3" t="s">
         <v>2676</v>
       </c>
-      <c r="C706" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E706" s="3" t="s">
+      <c r="F709" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G709" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A710" s="1" t="s">
         <v>2677</v>
       </c>
-      <c r="F706" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A707" s="1" t="s">
+      <c r="B710" s="1" t="s">
         <v>2678</v>
       </c>
-      <c r="B707" s="1" t="s">
+      <c r="C710" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E710" s="3" t="s">
         <v>2679</v>
       </c>
-      <c r="C707" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E707" s="3" t="s">
+      <c r="F710" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G710" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A711" s="1" t="s">
         <v>2680</v>
       </c>
-      <c r="F707" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A708" s="1" t="s">
+      <c r="B711" s="1" t="s">
         <v>2681</v>
       </c>
-      <c r="B708" s="1" t="s">
+      <c r="C711" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E711" s="3" t="s">
         <v>2682</v>
       </c>
-      <c r="C708" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E708" s="3" t="s">
+      <c r="F711" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G711" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A712" s="1" t="s">
         <v>2683</v>
       </c>
-      <c r="F708" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A709" s="1" t="s">
+      <c r="B712" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="B709" s="1" t="s">
+      <c r="C712" s="1" t="s">
         <v>2685</v>
       </c>
-      <c r="C709" s="1" t="s">
+      <c r="D712" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E712" s="3" t="s">
         <v>2686</v>
       </c>
-      <c r="D709" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E709" s="3" t="s">
+      <c r="F712" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G712" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A713" s="1" t="s">
         <v>2687</v>
       </c>
-      <c r="F709" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A710" s="1" t="s">
+      <c r="B713" s="1" t="s">
         <v>2688</v>
       </c>
-      <c r="B710" s="1" t="s">
+      <c r="C713" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E713" s="3" t="s">
         <v>2689</v>
       </c>
-      <c r="C710" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E710" s="3" t="s">
+      <c r="F713" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G713" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A714" s="1" t="s">
         <v>2690</v>
       </c>
-      <c r="F710" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A711" s="1" t="s">
+      <c r="B714" s="1" t="s">
         <v>2691</v>
       </c>
-      <c r="B711" s="1" t="s">
+      <c r="C714" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E714" s="3" t="s">
         <v>2692</v>
       </c>
-      <c r="C711" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E711" s="3" t="s">
+      <c r="F714" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G714" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A715" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="F711" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A712" s="1" t="s">
+      <c r="B715" s="1" t="s">
         <v>2694</v>
       </c>
-      <c r="B712" s="1" t="s">
+      <c r="C715" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E715" s="3" t="s">
         <v>2695</v>
       </c>
-      <c r="C712" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E712" s="3" t="s">
+      <c r="F715" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G715" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A716" s="1" t="s">
         <v>2696</v>
       </c>
-      <c r="F712" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A713" s="1" t="s">
+      <c r="B716" s="1" t="s">
         <v>2697</v>
       </c>
-      <c r="B713" s="1" t="s">
+      <c r="C716" s="1" t="s">
         <v>2698</v>
       </c>
-      <c r="C713" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E713" s="3" t="s">
+      <c r="D716" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E716" s="3" t="s">
         <v>2699</v>
       </c>
-      <c r="F713" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A714" s="1" t="s">
+      <c r="F716" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G716" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A717" s="1" t="s">
         <v>2700</v>
       </c>
-      <c r="B714" s="1" t="s">
+      <c r="B717" s="1" t="s">
         <v>2701</v>
       </c>
-      <c r="C714" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E714" s="3" t="s">
+      <c r="C717" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E717" s="3" t="s">
         <v>2702</v>
       </c>
-      <c r="F714" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A715" s="1" t="s">
+      <c r="F717" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
         <v>2703</v>
       </c>
-      <c r="B715" s="1" t="s">
+      <c r="B718" s="1" t="s">
         <v>2704</v>
       </c>
-      <c r="C715" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E715" s="3" t="s">
+      <c r="C718" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E718" s="3" t="s">
         <v>2705</v>
       </c>
-      <c r="F715" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A716" s="1" t="s">
+      <c r="F718" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G718" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A719" s="1" t="s">
         <v>2706</v>
       </c>
-      <c r="B716" s="1" t="s">
+      <c r="B719" s="1" t="s">
         <v>2707</v>
-      </c>
-[...67 lines deleted...]
-        <v>2717</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>2708</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E719" s="3" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F719" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G719" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A720" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E720" s="3" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F720" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G720" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A721" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E721" s="3" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F721" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G721" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A722" s="1" t="s">
         <v>2718</v>
       </c>
-      <c r="F719" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A720" s="1" t="s">
+      <c r="B722" s="1" t="s">
         <v>2719</v>
       </c>
-      <c r="B720" s="1" t="s">
+      <c r="C722" s="1" t="s">
         <v>2720</v>
       </c>
-      <c r="C720" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E720" s="3" t="s">
+      <c r="D722" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E722" s="3" t="s">
         <v>2721</v>
       </c>
-      <c r="F720" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A721" s="1" t="s">
+      <c r="F722" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G722" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A723" s="1" t="s">
         <v>2722</v>
       </c>
-      <c r="B721" s="1" t="s">
+      <c r="B723" s="1" t="s">
         <v>2723</v>
       </c>
-      <c r="C721" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E721" s="3" t="s">
+      <c r="C723" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="F721" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A722" s="1" t="s">
+      <c r="D723" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E723" s="3" t="s">
         <v>2725</v>
       </c>
-      <c r="B722" s="1" t="s">
+      <c r="F723" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G723" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A724" s="1" t="s">
         <v>2726</v>
       </c>
-      <c r="C722" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E722" s="3" t="s">
+      <c r="B724" s="1" t="s">
         <v>2727</v>
       </c>
-      <c r="F722" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A723" s="1" t="s">
+      <c r="C724" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="B723" s="1" t="s">
+      <c r="D724" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E724" s="3" t="s">
         <v>2729</v>
       </c>
-      <c r="C723" s="1" t="s">
+      <c r="F724" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G724" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A725" s="1" t="s">
         <v>2730</v>
       </c>
-      <c r="D723" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E723" s="3" t="s">
+      <c r="B725" s="1" t="s">
         <v>2731</v>
       </c>
-      <c r="F723" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A724" s="1" t="s">
+      <c r="C725" s="1" t="s">
         <v>2732</v>
       </c>
-      <c r="B724" s="1" t="s">
+      <c r="D725" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E725" s="3" t="s">
         <v>2733</v>
       </c>
-      <c r="C724" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E724" s="3" t="s">
+      <c r="F725" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G725" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A726" s="1" t="s">
         <v>2734</v>
       </c>
-      <c r="F724" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A725" s="1" t="s">
+      <c r="B726" s="1" t="s">
         <v>2735</v>
       </c>
-      <c r="B725" s="1" t="s">
+      <c r="C726" s="1" t="s">
         <v>2736</v>
       </c>
-      <c r="C725" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E725" s="3" t="s">
+      <c r="D726" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E726" s="3" t="s">
         <v>2737</v>
       </c>
-      <c r="F725" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A726" s="1" t="s">
+      <c r="F726" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G726" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A727" s="1" t="s">
         <v>2738</v>
       </c>
-      <c r="B726" s="1" t="s">
+      <c r="B727" s="1" t="s">
         <v>2739</v>
       </c>
-      <c r="C726" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E726" s="3" t="s">
+      <c r="C727" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E727" s="3" t="s">
         <v>2740</v>
       </c>
-      <c r="F726" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A727" s="1" t="s">
+      <c r="F727" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G727" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A728" s="1" t="s">
         <v>2741</v>
       </c>
-      <c r="B727" s="1" t="s">
+      <c r="B728" s="1" t="s">
         <v>2742</v>
       </c>
-      <c r="C727" s="1" t="s">
+      <c r="C728" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E728" s="3" t="s">
         <v>2743</v>
       </c>
-      <c r="D727" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E727" s="3" t="s">
+      <c r="F728" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G728" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A729" s="1" t="s">
         <v>2744</v>
       </c>
-      <c r="F727" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A728" s="1" t="s">
+      <c r="B729" s="1" t="s">
         <v>2745</v>
       </c>
-      <c r="B728" s="1" t="s">
+      <c r="C729" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E729" s="3" t="s">
         <v>2746</v>
       </c>
-      <c r="C728" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E728" s="3" t="s">
+      <c r="F729" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G729" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A730" s="1" t="s">
         <v>2747</v>
       </c>
-      <c r="F728" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A729" s="1" t="s">
+      <c r="B730" s="1" t="s">
         <v>2748</v>
       </c>
-      <c r="B729" s="1" t="s">
+      <c r="C730" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E730" s="3" t="s">
         <v>2749</v>
       </c>
-      <c r="C729" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E729" s="3" t="s">
+      <c r="F730" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G730" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A731" s="1" t="s">
         <v>2750</v>
       </c>
-      <c r="F729" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A730" s="1" t="s">
+      <c r="B731" s="1" t="s">
         <v>2751</v>
       </c>
-      <c r="B730" s="1" t="s">
+      <c r="C731" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E731" s="3" t="s">
         <v>2752</v>
       </c>
-      <c r="C730" s="1" t="s">
+      <c r="F731" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
         <v>2753</v>
       </c>
-      <c r="D730" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E730" s="3" t="s">
+      <c r="B732" s="1" t="s">
         <v>2754</v>
       </c>
-      <c r="F730" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A731" s="1" t="s">
+      <c r="C732" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E732" s="3" t="s">
         <v>2755</v>
       </c>
-      <c r="B731" s="1" t="s">
+      <c r="F732" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
         <v>2756</v>
       </c>
-      <c r="C731" s="1" t="s">
+      <c r="B733" s="1" t="s">
         <v>2757</v>
       </c>
-      <c r="D731" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E731" s="3" t="s">
+      <c r="C733" s="1" t="s">
         <v>2758</v>
       </c>
-      <c r="F731" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A732" s="1" t="s">
+      <c r="D733" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E733" s="3" t="s">
         <v>2759</v>
       </c>
-      <c r="B732" s="1" t="s">
+      <c r="F733" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
         <v>2760</v>
       </c>
-      <c r="C732" s="1" t="s">
+      <c r="B734" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="D732" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E732" s="3" t="s">
+      <c r="C734" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E734" s="3" t="s">
         <v>2762</v>
       </c>
-      <c r="F732" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A733" s="1" t="s">
+      <c r="F734" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
         <v>2763</v>
       </c>
-      <c r="B733" s="1" t="s">
+      <c r="B735" s="1" t="s">
         <v>2764</v>
       </c>
-      <c r="C733" s="1" t="s">
+      <c r="C735" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E735" s="3" t="s">
         <v>2765</v>
       </c>
-      <c r="D733" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E733" s="3" t="s">
+      <c r="F735" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
         <v>2766</v>
       </c>
-      <c r="F733" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A734" s="1" t="s">
+      <c r="B736" s="1" t="s">
         <v>2767</v>
       </c>
-      <c r="B734" s="1" t="s">
+      <c r="C736" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E736" s="3" t="s">
         <v>2768</v>
       </c>
-      <c r="C734" s="1" t="s">
+      <c r="F736" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
         <v>2769</v>
       </c>
-      <c r="D734" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E734" s="3" t="s">
+      <c r="B737" s="1" t="s">
         <v>2770</v>
       </c>
-      <c r="F734" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A735" s="1" t="s">
+      <c r="C737" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E737" s="3" t="s">
         <v>2771</v>
       </c>
-      <c r="B735" s="1" t="s">
+      <c r="F737" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
         <v>2772</v>
       </c>
-      <c r="C735" s="1" t="s">
+      <c r="B738" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="D735" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E735" s="3" t="s">
+      <c r="C738" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E738" s="3" t="s">
         <v>2774</v>
       </c>
-      <c r="F735" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A736" s="1" t="s">
+      <c r="F738" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
         <v>2775</v>
       </c>
-      <c r="B736" s="1" t="s">
+      <c r="B739" s="1" t="s">
         <v>2776</v>
       </c>
-      <c r="C736" s="1" t="s">
+      <c r="C739" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E739" s="3" t="s">
         <v>2777</v>
       </c>
-      <c r="D736" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E736" s="3" t="s">
+      <c r="F739" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
         <v>2778</v>
       </c>
-      <c r="F736" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A737" s="1" t="s">
+      <c r="B740" s="1" t="s">
         <v>2779</v>
       </c>
-      <c r="B737" s="1" t="s">
+      <c r="C740" s="1" t="s">
         <v>2780</v>
       </c>
-      <c r="C737" s="1" t="s">
+      <c r="D740" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E740" s="3" t="s">
         <v>2781</v>
       </c>
-      <c r="D737" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E737" s="3" t="s">
+      <c r="F740" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
         <v>2782</v>
       </c>
-      <c r="F737" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A738" s="1" t="s">
+      <c r="B741" s="1" t="s">
         <v>2783</v>
       </c>
-      <c r="B738" s="1" t="s">
+      <c r="C741" s="1" t="s">
         <v>2784</v>
       </c>
-      <c r="C738" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E738" s="3" t="s">
+      <c r="D741" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E741" s="3" t="s">
         <v>2785</v>
       </c>
-      <c r="F738" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A739" s="1" t="s">
+      <c r="F741" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
         <v>2786</v>
       </c>
-      <c r="B739" s="1" t="s">
+      <c r="B742" s="1" t="s">
         <v>2787</v>
       </c>
-      <c r="C739" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E739" s="3" t="s">
+      <c r="C742" s="1" t="s">
         <v>2788</v>
       </c>
-      <c r="F739" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A740" s="1" t="s">
+      <c r="D742" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E742" s="3" t="s">
         <v>2789</v>
       </c>
-      <c r="B740" s="1" t="s">
+      <c r="F742" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
         <v>2790</v>
       </c>
-      <c r="C740" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E740" s="3" t="s">
+      <c r="B743" s="1" t="s">
         <v>2791</v>
       </c>
-      <c r="F740" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A741" s="1" t="s">
+      <c r="C743" s="1" t="s">
         <v>2792</v>
       </c>
-      <c r="B741" s="1" t="s">
+      <c r="D743" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E743" s="3" t="s">
         <v>2793</v>
       </c>
-      <c r="C741" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E741" s="3" t="s">
+      <c r="F743" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
         <v>2794</v>
       </c>
-      <c r="F741" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A742" s="1" t="s">
+      <c r="B744" s="1" t="s">
         <v>2795</v>
       </c>
-      <c r="B742" s="1" t="s">
+      <c r="C744" s="1" t="s">
         <v>2796</v>
       </c>
-      <c r="C742" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E742" s="3" t="s">
+      <c r="D744" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E744" s="3" t="s">
         <v>2797</v>
       </c>
-      <c r="F742" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A743" s="1" t="s">
+      <c r="F744" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
         <v>2798</v>
       </c>
-      <c r="B743" s="1" t="s">
+      <c r="B745" s="1" t="s">
         <v>2799</v>
       </c>
-      <c r="C743" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E743" s="3" t="s">
+      <c r="C745" s="1" t="s">
         <v>2800</v>
       </c>
-      <c r="F743" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A744" s="1" t="s">
+      <c r="D745" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E745" s="3" t="s">
         <v>2801</v>
       </c>
-      <c r="B744" s="1" t="s">
+      <c r="F745" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G745" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
         <v>2802</v>
       </c>
-      <c r="C744" s="1" t="s">
+      <c r="B746" s="1" t="s">
         <v>2803</v>
       </c>
-      <c r="D744" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E744" s="3" t="s">
+      <c r="C746" s="1" t="s">
         <v>2804</v>
       </c>
-      <c r="F744" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A745" s="1" t="s">
+      <c r="D746" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E746" s="3" t="s">
         <v>2805</v>
       </c>
-      <c r="B745" s="1" t="s">
+      <c r="F746" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
         <v>2806</v>
       </c>
-      <c r="C745" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E745" s="3" t="s">
+      <c r="B747" s="1" t="s">
         <v>2807</v>
       </c>
-      <c r="F745" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A746" s="1" t="s">
+      <c r="C747" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E747" s="3" t="s">
         <v>2808</v>
       </c>
-      <c r="B746" s="1" t="s">
+      <c r="F747" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
         <v>2809</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E746" s="3" t="s">
+      <c r="B748" s="1" t="s">
         <v>2810</v>
       </c>
-      <c r="F746" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A747" s="1" t="s">
+      <c r="C748" s="1" t="s">
         <v>2811</v>
       </c>
-      <c r="B747" s="1" t="s">
+      <c r="D748" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E748" s="3" t="s">
         <v>2812</v>
       </c>
-      <c r="C747" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E747" s="3" t="s">
+      <c r="F748" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="F747" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A748" s="1" t="s">
+      <c r="B749" s="1" t="s">
         <v>2814</v>
       </c>
-      <c r="B748" s="1" t="s">
+      <c r="C749" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E749" s="3" t="s">
         <v>2815</v>
       </c>
-      <c r="C748" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E748" s="3" t="s">
+      <c r="F749" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
         <v>2816</v>
       </c>
-      <c r="F748" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A749" s="1" t="s">
+      <c r="B750" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="B749" s="1" t="s">
+      <c r="C750" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E750" s="3" t="s">
         <v>2818</v>
       </c>
-      <c r="C749" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E749" s="3" t="s">
+      <c r="F750" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G750" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A751" s="1" t="s">
         <v>2819</v>
       </c>
-      <c r="F749" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A750" s="1" t="s">
+      <c r="B751" s="1" t="s">
         <v>2820</v>
       </c>
-      <c r="B750" s="1" t="s">
+      <c r="C751" s="1" t="s">
         <v>2821</v>
       </c>
-      <c r="C750" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E750" s="3" t="s">
+      <c r="D751" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E751" s="3" t="s">
         <v>2822</v>
       </c>
-      <c r="F750" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A751" s="1" t="s">
+      <c r="F751" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G751" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A752" s="1" t="s">
         <v>2823</v>
       </c>
-      <c r="B751" s="1" t="s">
+      <c r="B752" s="1" t="s">
         <v>2824</v>
       </c>
-      <c r="C751" s="1" t="s">
+      <c r="C752" s="1" t="s">
         <v>2825</v>
       </c>
-      <c r="D751" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E751" s="3" t="s">
+      <c r="D752" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E752" s="3" t="s">
         <v>2826</v>
       </c>
-      <c r="F751" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A752" s="1" t="s">
+      <c r="F752" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G752" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A753" s="1" t="s">
         <v>2827</v>
       </c>
-      <c r="B752" s="1" t="s">
+      <c r="B753" s="1" t="s">
         <v>2828</v>
       </c>
-      <c r="C752" s="1" t="s">
+      <c r="C753" s="1" t="s">
         <v>2829</v>
       </c>
-      <c r="D752" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E752" s="3" t="s">
+      <c r="D753" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E753" s="3" t="s">
         <v>2830</v>
       </c>
-      <c r="F752" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A753" s="1" t="s">
+      <c r="F753" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G753" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A754" s="1" t="s">
         <v>2831</v>
       </c>
-      <c r="B753" s="1" t="s">
+      <c r="B754" s="1" t="s">
         <v>2832</v>
       </c>
-      <c r="C753" s="1" t="s">
+      <c r="C754" s="1" t="s">
         <v>2833</v>
       </c>
-      <c r="D753" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E753" s="3" t="s">
+      <c r="D754" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E754" s="3" t="s">
         <v>2834</v>
       </c>
-      <c r="F753" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A754" s="1" t="s">
+      <c r="F754" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G754" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A755" s="1" t="s">
         <v>2835</v>
       </c>
-      <c r="B754" s="1" t="s">
+      <c r="B755" s="1" t="s">
         <v>2836</v>
       </c>
-      <c r="C754" s="1" t="s">
+      <c r="C755" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="D754" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E754" s="3" t="s">
+      <c r="D755" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E755" s="3" t="s">
         <v>2838</v>
       </c>
-      <c r="F754" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A755" s="1" t="s">
+      <c r="F755" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G755" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A756" s="1" t="s">
         <v>2839</v>
       </c>
-      <c r="B755" s="1" t="s">
+      <c r="B756" s="1" t="s">
         <v>2840</v>
       </c>
-      <c r="C755" s="1" t="s">
+      <c r="C756" s="1" t="s">
         <v>2841</v>
       </c>
-      <c r="D755" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E755" s="3" t="s">
+      <c r="D756" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E756" s="3" t="s">
         <v>2842</v>
       </c>
-      <c r="F755" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A756" s="1" t="s">
+      <c r="F756" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A757" s="1" t="s">
         <v>2843</v>
       </c>
-      <c r="B756" s="1" t="s">
+      <c r="B757" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="C756" s="1" t="s">
+      <c r="C757" s="1" t="s">
         <v>2845</v>
       </c>
-      <c r="D756" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E756" s="3" t="s">
+      <c r="D757" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E757" s="3" t="s">
         <v>2846</v>
       </c>
-      <c r="F756" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A757" s="1" t="s">
+      <c r="F757" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A758" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="B757" s="1" t="s">
+      <c r="B758" s="1" t="s">
         <v>2848</v>
-      </c>
-[...21 lines deleted...]
-        <v>2852</v>
       </c>
       <c r="C758" s="1" t="s">
         <v>2849</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E758" s="3" t="s">
+        <v>2850</v>
+      </c>
+      <c r="F758" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C759" s="1" t="s">
         <v>2853</v>
       </c>
-      <c r="F758" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A759" s="1" t="s">
+      <c r="D759" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E759" s="3" t="s">
         <v>2854</v>
       </c>
-      <c r="B759" s="1" t="s">
+      <c r="F759" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
         <v>2855</v>
       </c>
-      <c r="C759" s="1" t="s">
+      <c r="B760" s="1" t="s">
         <v>2856</v>
       </c>
-      <c r="D759" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E759" s="3" t="s">
+      <c r="C760" s="1" t="s">
         <v>2857</v>
       </c>
-      <c r="F759" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A760" s="1" t="s">
+      <c r="D760" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E760" s="3" t="s">
         <v>2858</v>
       </c>
-      <c r="B760" s="1" t="s">
+      <c r="F760" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
         <v>2859</v>
       </c>
-      <c r="C760" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E760" s="3" t="s">
+      <c r="B761" s="1" t="s">
         <v>2860</v>
       </c>
-      <c r="F760" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A761" s="1" t="s">
+      <c r="C761" s="1" t="s">
         <v>2861</v>
       </c>
-      <c r="B761" s="1" t="s">
+      <c r="D761" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E761" s="3" t="s">
         <v>2862</v>
       </c>
-      <c r="C761" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E761" s="3" t="s">
+      <c r="F761" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
         <v>2863</v>
       </c>
-      <c r="F761" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A762" s="1" t="s">
+      <c r="B762" s="1" t="s">
         <v>2864</v>
       </c>
-      <c r="B762" s="1" t="s">
+      <c r="C762" s="1" t="s">
         <v>2865</v>
       </c>
-      <c r="C762" s="1" t="s">
+      <c r="D762" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E762" s="3" t="s">
         <v>2866</v>
       </c>
-      <c r="D762" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E762" s="3" t="s">
+      <c r="F762" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
         <v>2867</v>
       </c>
-      <c r="F762" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A763" s="1" t="s">
+      <c r="B763" s="1" t="s">
         <v>2868</v>
       </c>
-      <c r="B763" s="1" t="s">
+      <c r="C763" s="1" t="s">
         <v>2869</v>
       </c>
-      <c r="C763" s="1" t="s">
+      <c r="D763" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E763" s="3" t="s">
         <v>2870</v>
       </c>
-      <c r="D763" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E763" s="3" t="s">
+      <c r="F763" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
         <v>2871</v>
       </c>
-      <c r="F763" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A764" s="1" t="s">
+      <c r="B764" s="1" t="s">
         <v>2872</v>
       </c>
-      <c r="B764" s="1" t="s">
+      <c r="C764" s="1" t="s">
         <v>2873</v>
       </c>
-      <c r="C764" s="1" t="s">
+      <c r="D764" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E764" s="3" t="s">
         <v>2874</v>
       </c>
-      <c r="D764" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E764" s="3" t="s">
+      <c r="F764" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
         <v>2875</v>
       </c>
-      <c r="F764" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A765" s="1" t="s">
+      <c r="B765" s="1" t="s">
         <v>2876</v>
       </c>
-      <c r="B765" s="1" t="s">
+      <c r="C765" s="1" t="s">
         <v>2877</v>
       </c>
-      <c r="C765" s="1" t="s">
+      <c r="D765" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E765" s="3" t="s">
         <v>2878</v>
       </c>
-      <c r="D765" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E765" s="3" t="s">
+      <c r="F765" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
         <v>2879</v>
       </c>
-      <c r="F765" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A766" s="1" t="s">
+      <c r="B766" s="1" t="s">
         <v>2880</v>
       </c>
-      <c r="B766" s="1" t="s">
+      <c r="C766" s="1" t="s">
         <v>2881</v>
       </c>
-      <c r="C766" s="1" t="s">
+      <c r="D766" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E766" s="3" t="s">
         <v>2882</v>
       </c>
-      <c r="D766" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E766" s="3" t="s">
+      <c r="F766" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
         <v>2883</v>
       </c>
-      <c r="F766" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A767" s="1" t="s">
+      <c r="B767" s="1" t="s">
         <v>2884</v>
       </c>
-      <c r="B767" s="1" t="s">
+      <c r="C767" s="1" t="s">
         <v>2885</v>
       </c>
-      <c r="C767" s="1" t="s">
+      <c r="D767" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E767" s="3" t="s">
         <v>2886</v>
       </c>
-      <c r="D767" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E767" s="3" t="s">
+      <c r="F767" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
         <v>2887</v>
       </c>
-      <c r="F767" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A768" s="1" t="s">
+      <c r="B768" s="1" t="s">
         <v>2888</v>
       </c>
-      <c r="B768" s="1" t="s">
+      <c r="C768" s="1" t="s">
         <v>2889</v>
       </c>
-      <c r="C768" s="1" t="s">
+      <c r="D768" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E768" s="3" t="s">
         <v>2890</v>
       </c>
-      <c r="D768" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E768" s="3" t="s">
+      <c r="F768" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
         <v>2891</v>
       </c>
-      <c r="F768" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A769" s="1" t="s">
+      <c r="B769" s="1" t="s">
         <v>2892</v>
       </c>
-      <c r="B769" s="1" t="s">
+      <c r="C769" s="1" t="s">
         <v>2893</v>
       </c>
-      <c r="C769" s="1" t="s">
+      <c r="D769" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E769" s="3" t="s">
         <v>2894</v>
       </c>
-      <c r="D769" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E769" s="3" t="s">
+      <c r="F769" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="F769" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A770" s="1" t="s">
+      <c r="B770" s="1" t="s">
         <v>2896</v>
       </c>
-      <c r="B770" s="1" t="s">
+      <c r="C770" s="1" t="s">
         <v>2897</v>
       </c>
-      <c r="C770" s="1" t="s">
+      <c r="D770" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E770" s="3" t="s">
         <v>2898</v>
       </c>
-      <c r="D770" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E770" s="3" t="s">
+      <c r="F770" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
         <v>2899</v>
       </c>
-      <c r="F770" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A771" s="1" t="s">
+      <c r="B771" s="1" t="s">
         <v>2900</v>
       </c>
-      <c r="B771" s="1" t="s">
+      <c r="C771" s="1" t="s">
         <v>2901</v>
       </c>
-      <c r="C771" s="1" t="s">
+      <c r="D771" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E771" s="3" t="s">
         <v>2902</v>
       </c>
-      <c r="D771" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E771" s="3" t="s">
+      <c r="F771" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
         <v>2903</v>
       </c>
-      <c r="F771" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A772" s="1" t="s">
+      <c r="B772" s="1" t="s">
         <v>2904</v>
       </c>
-      <c r="B772" s="1" t="s">
+      <c r="C772" s="1" t="s">
         <v>2905</v>
       </c>
-      <c r="C772" s="1" t="s">
+      <c r="D772" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E772" s="3" t="s">
         <v>2906</v>
       </c>
-      <c r="D772" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E772" s="3" t="s">
+      <c r="F772" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
         <v>2907</v>
       </c>
-      <c r="F772" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A773" s="1" t="s">
+      <c r="B773" s="1" t="s">
         <v>2908</v>
       </c>
-      <c r="B773" s="1" t="s">
+      <c r="C773" s="1" t="s">
         <v>2909</v>
       </c>
-      <c r="C773" s="1" t="s">
+      <c r="D773" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E773" s="3" t="s">
         <v>2910</v>
       </c>
-      <c r="D773" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E773" s="3" t="s">
+      <c r="F773" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
         <v>2911</v>
       </c>
-      <c r="F773" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A774" s="1" t="s">
+      <c r="B774" s="1" t="s">
         <v>2912</v>
       </c>
-      <c r="B774" s="1" t="s">
+      <c r="C774" s="1" t="s">
         <v>2913</v>
       </c>
-      <c r="C774" s="1" t="s">
+      <c r="D774" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E774" s="3" t="s">
         <v>2914</v>
       </c>
-      <c r="D774" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E774" s="3" t="s">
+      <c r="F774" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
         <v>2915</v>
       </c>
-      <c r="F774" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A775" s="1" t="s">
+      <c r="B775" s="1" t="s">
         <v>2916</v>
       </c>
-      <c r="B775" s="1" t="s">
+      <c r="C775" s="1" t="s">
         <v>2917</v>
       </c>
-      <c r="C775" s="1" t="s">
+      <c r="D775" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E775" s="3" t="s">
         <v>2918</v>
       </c>
-      <c r="D775" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E775" s="3" t="s">
+      <c r="F775" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
         <v>2919</v>
       </c>
-      <c r="F775" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A776" s="1" t="s">
+      <c r="B776" s="1" t="s">
         <v>2920</v>
       </c>
-      <c r="B776" s="1" t="s">
+      <c r="C776" s="1" t="s">
         <v>2921</v>
       </c>
-      <c r="C776" s="1" t="s">
+      <c r="D776" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E776" s="3" t="s">
         <v>2922</v>
       </c>
-      <c r="D776" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E776" s="3" t="s">
+      <c r="F776" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
         <v>2923</v>
       </c>
-      <c r="F776" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A777" s="1" t="s">
+      <c r="B777" s="1" t="s">
         <v>2924</v>
       </c>
-      <c r="B777" s="1" t="s">
+      <c r="C777" s="1" t="s">
         <v>2925</v>
       </c>
-      <c r="C777" s="1" t="s">
+      <c r="D777" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E777" s="3" t="s">
         <v>2926</v>
       </c>
-      <c r="D777" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E777" s="3" t="s">
+      <c r="F777" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
         <v>2927</v>
       </c>
-      <c r="F777" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A778" s="1" t="s">
+      <c r="B778" s="1" t="s">
         <v>2928</v>
       </c>
-      <c r="B778" s="1" t="s">
+      <c r="C778" s="1" t="s">
         <v>2929</v>
       </c>
-      <c r="C778" s="1" t="s">
+      <c r="D778" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E778" s="3" t="s">
         <v>2930</v>
       </c>
-      <c r="D778" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E778" s="3" t="s">
+      <c r="F778" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
         <v>2931</v>
       </c>
-      <c r="F778" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A779" s="1" t="s">
+      <c r="B779" s="1" t="s">
         <v>2932</v>
       </c>
-      <c r="B779" s="1" t="s">
+      <c r="C779" s="1" t="s">
         <v>2933</v>
       </c>
-      <c r="C779" s="1" t="s">
+      <c r="D779" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E779" s="3" t="s">
         <v>2934</v>
       </c>
-      <c r="D779" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E779" s="3" t="s">
+      <c r="F779" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
         <v>2935</v>
       </c>
-      <c r="F779" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A780" s="1" t="s">
+      <c r="B780" s="1" t="s">
         <v>2936</v>
       </c>
-      <c r="B780" s="1" t="s">
+      <c r="C780" s="1" t="s">
         <v>2937</v>
       </c>
-      <c r="C780" s="1" t="s">
+      <c r="D780" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E780" s="3" t="s">
         <v>2938</v>
       </c>
-      <c r="D780" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E780" s="3" t="s">
+      <c r="F780" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
         <v>2939</v>
       </c>
-      <c r="F780" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A781" s="1" t="s">
+      <c r="B781" s="1" t="s">
         <v>2940</v>
       </c>
-      <c r="B781" s="1" t="s">
+      <c r="C781" s="1" t="s">
         <v>2941</v>
       </c>
-      <c r="C781" s="1" t="s">
+      <c r="D781" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E781" s="3" t="s">
         <v>2942</v>
       </c>
-      <c r="D781" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E781" s="3" t="s">
+      <c r="F781" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
         <v>2943</v>
       </c>
-      <c r="F781" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A782" s="1" t="s">
+      <c r="B782" s="1" t="s">
         <v>2944</v>
       </c>
-      <c r="B782" s="1" t="s">
+      <c r="C782" s="1" t="s">
         <v>2945</v>
       </c>
-      <c r="C782" s="1" t="s">
+      <c r="D782" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E782" s="3" t="s">
         <v>2946</v>
       </c>
-      <c r="D782" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E782" s="3" t="s">
+      <c r="F782" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
         <v>2947</v>
       </c>
-      <c r="F782" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A783" s="1" t="s">
+      <c r="B783" s="1" t="s">
         <v>2948</v>
       </c>
-      <c r="B783" s="1" t="s">
+      <c r="C783" s="1" t="s">
         <v>2949</v>
       </c>
-      <c r="C783" s="1" t="s">
+      <c r="D783" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E783" s="3" t="s">
         <v>2950</v>
       </c>
-      <c r="D783" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E783" s="3" t="s">
+      <c r="F783" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
         <v>2951</v>
       </c>
-      <c r="F783" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A784" s="1" t="s">
+      <c r="B784" s="1" t="s">
         <v>2952</v>
       </c>
-      <c r="B784" s="1" t="s">
+      <c r="C784" s="1" t="s">
         <v>2953</v>
       </c>
-      <c r="C784" s="1" t="s">
+      <c r="D784" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E784" s="3" t="s">
         <v>2954</v>
       </c>
-      <c r="D784" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E784" s="3" t="s">
+      <c r="F784" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
         <v>2955</v>
       </c>
-      <c r="F784" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A785" s="1" t="s">
+      <c r="B785" s="1" t="s">
         <v>2956</v>
       </c>
-      <c r="B785" s="1" t="s">
+      <c r="C785" s="1" t="s">
         <v>2957</v>
       </c>
-      <c r="C785" s="1" t="s">
+      <c r="D785" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E785" s="3" t="s">
         <v>2958</v>
       </c>
-      <c r="D785" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E785" s="3" t="s">
+      <c r="F785" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
         <v>2959</v>
       </c>
-      <c r="F785" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A786" s="1" t="s">
+      <c r="B786" s="1" t="s">
         <v>2960</v>
       </c>
-      <c r="B786" s="1" t="s">
+      <c r="C786" s="1" t="s">
         <v>2961</v>
       </c>
-      <c r="C786" s="1" t="s">
+      <c r="D786" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E786" s="3" t="s">
         <v>2962</v>
       </c>
-      <c r="D786" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E786" s="3" t="s">
+      <c r="F786" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G786" s="3" t="s">
         <v>2963</v>
       </c>
-      <c r="F786" s="3" t="s">
-[...6 lines deleted...]
-    <row r="787" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A787" s="1" t="s">
         <v>2964</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>2965</v>
       </c>
       <c r="C787" s="1" t="s">
         <v>2966</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E787" s="3" t="s">
         <v>2967</v>
       </c>
       <c r="F787" s="3" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="G787" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="788" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A788" s="1" t="s">
         <v>2968</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>2969</v>
       </c>
       <c r="C788" s="1" t="s">
         <v>2970</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E788" s="3" t="s">
         <v>2971</v>
       </c>
       <c r="F788" s="3" t="s">
-        <v>412</v>
+        <v>222</v>
       </c>
       <c r="G788" s="3" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="789" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A789" s="1" t="s">
         <v>2972</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>2973</v>
       </c>
       <c r="C789" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D789" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E789" s="3" t="s">
         <v>2974</v>
       </c>
-      <c r="D789" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E789" s="3" t="s">
+      <c r="F789" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G789" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A790" s="1" t="s">
         <v>2975</v>
       </c>
-      <c r="F789" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A790" s="1" t="s">
+      <c r="B790" s="1" t="s">
         <v>2976</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="C790" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E790" s="3" t="s">
         <v>2977</v>
       </c>
-      <c r="C790" s="1" t="s">
+      <c r="F790" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G790" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A791" s="1" t="s">
         <v>2978</v>
       </c>
-      <c r="D790" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E790" s="3" t="s">
+      <c r="B791" s="1" t="s">
         <v>2979</v>
       </c>
-      <c r="F790" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A791" s="1" t="s">
+      <c r="C791" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D791" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E791" s="3" t="s">
         <v>2980</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="F791" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G791" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A792" s="1" t="s">
         <v>2981</v>
       </c>
-      <c r="C791" s="1" t="s">
+      <c r="B792" s="1" t="s">
         <v>2982</v>
       </c>
-      <c r="D791" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E791" s="3" t="s">
+      <c r="C792" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="D792" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E792" s="3" t="s">
         <v>2983</v>
       </c>
-      <c r="F791" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A792" s="1" t="s">
+      <c r="F792" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G792" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A793" s="1" t="s">
         <v>2984</v>
       </c>
-      <c r="B792" s="1" t="s">
+      <c r="B793" s="1" t="s">
         <v>2985</v>
       </c>
-      <c r="C792" s="1" t="s">
+      <c r="C793" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D793" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E793" s="3" t="s">
         <v>2986</v>
       </c>
-      <c r="D792" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E792" s="3" t="s">
+      <c r="F793" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G793" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A794" s="1" t="s">
         <v>2987</v>
       </c>
-      <c r="F792" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A793" s="1" t="s">
+      <c r="B794" s="1" t="s">
         <v>2988</v>
       </c>
-      <c r="B793" s="1" t="s">
+      <c r="C794" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E794" s="3" t="s">
         <v>2989</v>
       </c>
-      <c r="C793" s="1" t="s">
+      <c r="F794" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G794" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A795" s="1" t="s">
         <v>2990</v>
       </c>
-      <c r="D793" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E793" s="3" t="s">
+      <c r="B795" s="1" t="s">
         <v>2991</v>
       </c>
-      <c r="F793" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G793" s="3" t="s">
+      <c r="C795" s="1" t="s">
         <v>2992</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A794" s="1" t="s">
+      <c r="D795" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E795" s="3" t="s">
         <v>2993</v>
       </c>
-      <c r="B794" s="1" t="s">
+      <c r="F795" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G795" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A796" s="1" t="s">
         <v>2994</v>
       </c>
-      <c r="C794" s="1" t="s">
+      <c r="B796" s="1" t="s">
         <v>2995</v>
       </c>
-      <c r="D794" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E794" s="3" t="s">
+      <c r="C796" s="1" t="s">
         <v>2996</v>
       </c>
-      <c r="F794" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A795" s="1" t="s">
+      <c r="D796" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E796" s="3" t="s">
         <v>2997</v>
       </c>
-      <c r="B795" s="1" t="s">
+      <c r="F796" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G796" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A797" s="1" t="s">
         <v>2998</v>
       </c>
-      <c r="C795" s="1" t="s">
+      <c r="B797" s="1" t="s">
         <v>2999</v>
       </c>
-      <c r="D795" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E795" s="3" t="s">
+      <c r="C797" s="1" t="s">
         <v>3000</v>
       </c>
-      <c r="F795" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A796" s="1" t="s">
+      <c r="D797" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E797" s="3" t="s">
         <v>3001</v>
       </c>
-      <c r="B796" s="1" t="s">
+      <c r="F797" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G797" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A798" s="1" t="s">
         <v>3002</v>
       </c>
-      <c r="C796" s="1" t="s">
+      <c r="B798" s="1" t="s">
         <v>3003</v>
       </c>
-      <c r="D796" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E796" s="3" t="s">
+      <c r="C798" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D798" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E798" s="3" t="s">
         <v>3004</v>
       </c>
-      <c r="F796" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A797" s="1" t="s">
+      <c r="F798" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G798" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A799" s="1" t="s">
         <v>3005</v>
       </c>
-      <c r="B797" s="1" t="s">
+      <c r="B799" s="1" t="s">
         <v>3006</v>
       </c>
-      <c r="C797" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E797" s="3" t="s">
+      <c r="C799" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D799" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E799" s="3" t="s">
         <v>3007</v>
       </c>
-      <c r="F797" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A798" s="1" t="s">
+      <c r="F799" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G799" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A800" s="1" t="s">
         <v>3008</v>
       </c>
-      <c r="B798" s="1" t="s">
+      <c r="B800" s="1" t="s">
         <v>3009</v>
       </c>
-      <c r="C798" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E798" s="3" t="s">
+      <c r="C800" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="F798" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A799" s="1" t="s">
+      <c r="D800" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E800" s="3" t="s">
         <v>3011</v>
       </c>
-      <c r="B799" s="1" t="s">
+      <c r="F800" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G800" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A801" s="1" t="s">
         <v>3012</v>
       </c>
-      <c r="C799" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E799" s="3" t="s">
+      <c r="B801" s="1" t="s">
         <v>3013</v>
       </c>
-      <c r="F799" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A800" s="1" t="s">
+      <c r="C801" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E801" s="3" t="s">
         <v>3014</v>
       </c>
-      <c r="B800" s="1" t="s">
+      <c r="F801" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G801" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A802" s="1" t="s">
         <v>3015</v>
       </c>
-      <c r="C800" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E800" s="3" t="s">
+      <c r="B802" s="1" t="s">
         <v>3016</v>
       </c>
-      <c r="F800" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A801" s="1" t="s">
+      <c r="C802" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D802" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E802" s="3" t="s">
         <v>3017</v>
       </c>
-      <c r="B801" s="1" t="s">
+      <c r="F802" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G802" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A803" s="1" t="s">
         <v>3018</v>
       </c>
-      <c r="C801" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E801" s="3" t="s">
+      <c r="B803" s="1" t="s">
         <v>3019</v>
       </c>
-      <c r="F801" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A802" s="1" t="s">
+      <c r="C803" s="1" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D803" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E803" s="3" t="s">
         <v>3020</v>
       </c>
-      <c r="B802" s="1" t="s">
+      <c r="F803" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G803" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A804" s="1" t="s">
         <v>3021</v>
       </c>
-      <c r="C802" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E802" s="3" t="s">
+      <c r="B804" s="1" t="s">
         <v>3022</v>
       </c>
-      <c r="F802" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A803" s="1" t="s">
+      <c r="C804" s="1" t="s">
+        <v>3022</v>
+      </c>
+      <c r="D804" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E804" s="3" t="s">
         <v>3023</v>
       </c>
-      <c r="B803" s="1" t="s">
+      <c r="F804" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G804" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A805" s="1" t="s">
         <v>3024</v>
       </c>
-      <c r="C803" s="1" t="s">
+      <c r="B805" s="1" t="s">
         <v>3025</v>
       </c>
-      <c r="D803" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E803" s="3" t="s">
+      <c r="C805" s="1" t="s">
         <v>3026</v>
       </c>
-      <c r="F803" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A804" s="1" t="s">
+      <c r="D805" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E805" s="3" t="s">
         <v>3027</v>
       </c>
-      <c r="B804" s="1" t="s">
+      <c r="F805" s="3" t="s">
+        <v>2494</v>
+      </c>
+      <c r="G805" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A806" s="1" t="s">
         <v>3028</v>
       </c>
-      <c r="C804" s="1" t="s">
+      <c r="B806" s="1" t="s">
         <v>3029</v>
       </c>
-      <c r="D804" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E804" s="3" t="s">
+      <c r="C806" s="1" t="s">
         <v>3030</v>
       </c>
-      <c r="F804" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A805" s="1" t="s">
+      <c r="D806" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E806" s="3" t="s">
         <v>3031</v>
       </c>
-      <c r="B805" s="1" t="s">
+      <c r="F806" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G806" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A807" s="1" t="s">
         <v>3032</v>
       </c>
-      <c r="C805" s="1" t="s">
+      <c r="B807" s="1" t="s">
         <v>3033</v>
       </c>
-      <c r="D805" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E805" s="3" t="s">
+      <c r="C807" s="1" t="s">
         <v>3034</v>
       </c>
-      <c r="F805" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A806" s="1" t="s">
+      <c r="D807" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E807" s="3" t="s">
         <v>3035</v>
       </c>
-      <c r="B806" s="1" t="s">
+      <c r="F807" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G807" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A808" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B808" s="1" t="s">
         <v>3036</v>
       </c>
-      <c r="C806" s="1" t="s">
+      <c r="C808" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E808" s="3" t="s">
         <v>3037</v>
       </c>
-      <c r="D806" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E806" s="3" t="s">
+      <c r="F808" s="3" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G808" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A809" s="1" t="s">
         <v>3038</v>
       </c>
-      <c r="F806" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A807" s="1" t="s">
+      <c r="B809" s="1" t="s">
         <v>3039</v>
       </c>
-      <c r="B807" s="1" t="s">
+      <c r="C809" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E809" s="3" t="s">
         <v>3040</v>
       </c>
-      <c r="C807" s="1" t="s">
+      <c r="F809" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G809" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A810" s="1" t="s">
         <v>3041</v>
       </c>
-      <c r="D807" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E807" s="3" t="s">
+      <c r="B810" s="1" t="s">
         <v>3042</v>
       </c>
-      <c r="F807" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A808" s="1" t="s">
+      <c r="C810" s="1" t="s">
         <v>3043</v>
       </c>
-      <c r="B808" s="1" t="s">
+      <c r="D810" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E810" s="3" t="s">
         <v>3044</v>
       </c>
-      <c r="C808" s="1" t="s">
+      <c r="F810" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G810" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A811" s="1" t="s">
         <v>3045</v>
       </c>
-      <c r="D808" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E808" s="3" t="s">
+      <c r="B811" s="1" t="s">
         <v>3046</v>
       </c>
-      <c r="F808" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A809" s="1" t="s">
+      <c r="C811" s="1" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E811" s="3" t="s">
         <v>3047</v>
       </c>
-      <c r="B809" s="1" t="s">
+      <c r="F811" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G811" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A812" s="1" t="s">
         <v>3048</v>
       </c>
-      <c r="C809" s="1" t="s">
+      <c r="B812" s="1" t="s">
         <v>3049</v>
       </c>
-      <c r="D809" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E809" s="3" t="s">
+      <c r="C812" s="1" t="s">
+        <v>3049</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E812" s="3" t="s">
         <v>3050</v>
       </c>
-      <c r="F809" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A810" s="1" t="s">
+      <c r="F812" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G812" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A813" s="1" t="s">
         <v>3051</v>
       </c>
-      <c r="B810" s="1" t="s">
+      <c r="B813" s="1" t="s">
         <v>3052</v>
       </c>
-      <c r="C810" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E810" s="3" t="s">
+      <c r="C813" s="1" t="s">
         <v>3053</v>
       </c>
-      <c r="F810" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A811" s="1" t="s">
+      <c r="D813" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E813" s="3" t="s">
         <v>3054</v>
       </c>
-      <c r="B811" s="1" t="s">
+      <c r="F813" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G813" s="3" t="s">
         <v>3055</v>
       </c>
-      <c r="C811" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E811" s="3" t="s">
+    </row>
+    <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A814" s="1" t="s">
         <v>3056</v>
       </c>
-      <c r="F811" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A812" s="1" t="s">
+      <c r="B814" s="1" t="s">
         <v>3057</v>
       </c>
-      <c r="B812" s="1" t="s">
+      <c r="C814" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D814" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E814" s="3" t="s">
         <v>3058</v>
       </c>
-      <c r="C812" s="1" t="s">
+      <c r="F814" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G814" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A815" s="1" t="s">
         <v>3059</v>
       </c>
-      <c r="D812" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E812" s="3" t="s">
+      <c r="B815" s="1" t="s">
         <v>3060</v>
       </c>
-      <c r="F812" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A813" s="1" t="s">
+      <c r="C815" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E815" s="3" t="s">
         <v>3061</v>
       </c>
-      <c r="B813" s="1" t="s">
+      <c r="F815" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G815" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A816" s="1" t="s">
         <v>3062</v>
       </c>
-      <c r="C813" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E813" s="3" t="s">
+      <c r="B816" s="1" t="s">
         <v>3063</v>
       </c>
-      <c r="F813" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A814" s="1" t="s">
+      <c r="C816" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="D816" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E816" s="3" t="s">
         <v>3064</v>
       </c>
-      <c r="B814" s="1" t="s">
+      <c r="F816" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G816" s="3" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A817" s="1" t="s">
         <v>3065</v>
       </c>
-      <c r="C814" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E814" s="3" t="s">
+      <c r="B817" s="1" t="s">
         <v>3066</v>
       </c>
-      <c r="F814" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A815" s="1" t="s">
+      <c r="C817" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D817" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E817" s="3" t="s">
         <v>3067</v>
       </c>
-      <c r="B815" s="1" t="s">
+      <c r="F817" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G817" s="3" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A818" s="1" t="s">
         <v>3068</v>
       </c>
-      <c r="C815" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E815" s="3" t="s">
+      <c r="B818" s="1" t="s">
         <v>3069</v>
       </c>
-      <c r="F815" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A816" s="1" t="s">
+      <c r="C818" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="D818" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E818" s="3" t="s">
         <v>3070</v>
       </c>
-      <c r="B816" s="1" t="s">
+      <c r="F818" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G818" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A819" s="1" t="s">
         <v>3071</v>
       </c>
-      <c r="C816" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E816" s="3" t="s">
+      <c r="B819" s="1" t="s">
         <v>3072</v>
       </c>
-      <c r="F816" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A817" s="1" t="s">
+      <c r="C819" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D819" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E819" s="3" t="s">
         <v>3073</v>
       </c>
-      <c r="B817" s="1" t="s">
+      <c r="F819" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G819" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A820" s="1" t="s">
         <v>3074</v>
       </c>
-      <c r="C817" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E817" s="3" t="s">
+      <c r="B820" s="1" t="s">
         <v>3075</v>
       </c>
-      <c r="F817" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G817" s="3" t="s">
+      <c r="C820" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D820" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E820" s="3" t="s">
         <v>3076</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A818" s="1" t="s">
+      <c r="F820" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G820" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A821" s="1" t="s">
         <v>3077</v>
       </c>
-      <c r="B818" s="1" t="s">
+      <c r="B821" s="1" t="s">
         <v>3078</v>
       </c>
-      <c r="C818" s="1" t="s">
+      <c r="C821" s="1" t="s">
         <v>3079</v>
       </c>
-      <c r="D818" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E818" s="3" t="s">
+      <c r="D821" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E821" s="3" t="s">
         <v>3080</v>
       </c>
-      <c r="F818" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A819" s="1" t="s">
+      <c r="F821" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G821" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A822" s="1" t="s">
         <v>3081</v>
       </c>
-      <c r="B819" s="1" t="s">
+      <c r="B822" s="1" t="s">
         <v>3082</v>
       </c>
-      <c r="C819" s="1" t="s">
+      <c r="C822" s="1" t="s">
         <v>3083</v>
       </c>
-      <c r="D819" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E819" s="3" t="s">
+      <c r="D822" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E822" s="3" t="s">
         <v>3084</v>
       </c>
-      <c r="F819" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B820" s="1" t="s">
+      <c r="F822" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G822" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A823" s="1" t="s">
         <v>3085</v>
       </c>
-      <c r="C820" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E820" s="3" t="s">
+      <c r="B823" s="1" t="s">
         <v>3086</v>
       </c>
-      <c r="F820" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A821" s="1" t="s">
+      <c r="C823" s="1" t="s">
         <v>3087</v>
       </c>
-      <c r="B821" s="1" t="s">
+      <c r="D823" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E823" s="3" t="s">
         <v>3088</v>
       </c>
-      <c r="C821" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E821" s="3" t="s">
+      <c r="F823" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G823" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A824" s="1" t="s">
         <v>3089</v>
       </c>
-      <c r="F821" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A822" s="1" t="s">
+      <c r="B824" s="1" t="s">
         <v>3090</v>
       </c>
-      <c r="B822" s="1" t="s">
+      <c r="C824" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="D824" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E824" s="3" t="s">
         <v>3091</v>
       </c>
-      <c r="C822" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E822" s="3" t="s">
+      <c r="F824" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G824" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A825" s="1" t="s">
         <v>3092</v>
       </c>
-      <c r="F822" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A823" s="1" t="s">
+      <c r="B825" s="1" t="s">
         <v>3093</v>
       </c>
-      <c r="B823" s="1" t="s">
+      <c r="C825" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D825" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E825" s="3" t="s">
         <v>3094</v>
       </c>
-      <c r="C823" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E823" s="3" t="s">
+      <c r="F825" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G825" s="3" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A826" s="1" t="s">
         <v>3095</v>
       </c>
-      <c r="F823" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A824" s="1" t="s">
+      <c r="B826" s="1" t="s">
         <v>3096</v>
       </c>
-      <c r="B824" s="1" t="s">
+      <c r="C826" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D826" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E826" s="3" t="s">
         <v>3097</v>
       </c>
-      <c r="C824" s="1" t="s">
+      <c r="F826" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G826" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A827" s="1" t="s">
         <v>3098</v>
       </c>
-      <c r="D824" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E824" s="3" t="s">
+      <c r="B827" s="1" t="s">
         <v>3099</v>
       </c>
-      <c r="F824" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G824" s="3" t="s">
+      <c r="C827" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D827" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E827" s="3" t="s">
         <v>3100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A825" s="1" t="s">
+      <c r="F827" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G827" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A828" s="1" t="s">
         <v>3101</v>
       </c>
-      <c r="B825" s="1" t="s">
+      <c r="B828" s="1" t="s">
         <v>3102</v>
       </c>
-      <c r="C825" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E825" s="3" t="s">
+      <c r="C828" s="1" t="s">
         <v>3103</v>
       </c>
-      <c r="F825" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A826" s="1" t="s">
+      <c r="D828" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E828" s="3" t="s">
         <v>3104</v>
       </c>
-      <c r="B826" s="1" t="s">
+      <c r="F828" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G828" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A829" s="1" t="s">
         <v>3105</v>
       </c>
-      <c r="C826" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E826" s="3" t="s">
+      <c r="B829" s="1" t="s">
         <v>3106</v>
       </c>
-      <c r="F826" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A827" s="1" t="s">
+      <c r="C829" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D829" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E829" s="3" t="s">
         <v>3107</v>
       </c>
-      <c r="B827" s="1" t="s">
+      <c r="F829" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G829" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A830" s="1" t="s">
         <v>3108</v>
       </c>
-      <c r="C827" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E827" s="3" t="s">
+      <c r="B830" s="1" t="s">
         <v>3109</v>
       </c>
-      <c r="F827" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A828" s="1" t="s">
+      <c r="C830" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D830" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E830" s="3" t="s">
         <v>3110</v>
       </c>
-      <c r="B828" s="1" t="s">
+      <c r="F830" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G830" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A831" s="1" t="s">
         <v>3111</v>
       </c>
-      <c r="C828" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E828" s="3" t="s">
+      <c r="B831" s="1" t="s">
         <v>3112</v>
       </c>
-      <c r="F828" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A829" s="1" t="s">
+      <c r="C831" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D831" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E831" s="3" t="s">
         <v>3113</v>
       </c>
-      <c r="B829" s="1" t="s">
+      <c r="F831" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G831" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A832" s="1" t="s">
         <v>3114</v>
       </c>
-      <c r="C829" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E829" s="3" t="s">
+      <c r="B832" s="1" t="s">
         <v>3115</v>
       </c>
-      <c r="F829" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A830" s="1" t="s">
+      <c r="C832" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E832" s="3" t="s">
         <v>3116</v>
       </c>
-      <c r="B830" s="1" t="s">
+      <c r="F832" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G832" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A833" s="1" t="s">
         <v>3117</v>
       </c>
-      <c r="C830" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E830" s="3" t="s">
+      <c r="B833" s="1" t="s">
         <v>3118</v>
       </c>
-      <c r="F830" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A831" s="1" t="s">
+      <c r="C833" s="1" t="s">
         <v>3119</v>
       </c>
-      <c r="B831" s="1" t="s">
+      <c r="D833" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E833" s="3" t="s">
         <v>3120</v>
       </c>
-      <c r="C831" s="1" t="s">
+      <c r="F833" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G833" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A834" s="1" t="s">
         <v>3121</v>
       </c>
-      <c r="D831" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E831" s="3" t="s">
+      <c r="B834" s="1" t="s">
         <v>3122</v>
       </c>
-      <c r="F831" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A832" s="1" t="s">
+      <c r="C834" s="1" t="s">
         <v>3123</v>
       </c>
-      <c r="B832" s="1" t="s">
+      <c r="D834" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E834" s="3" t="s">
         <v>3124</v>
       </c>
-      <c r="C832" s="1" t="s">
+      <c r="F834" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G834" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A835" s="1" t="s">
         <v>3125</v>
       </c>
-      <c r="D832" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E832" s="3" t="s">
+      <c r="B835" s="1" t="s">
         <v>3126</v>
       </c>
-      <c r="F832" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A833" s="1" t="s">
+      <c r="C835" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D835" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E835" s="3" t="s">
         <v>3127</v>
       </c>
-      <c r="B833" s="1" t="s">
+      <c r="F835" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G835" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A836" s="1" t="s">
         <v>3128</v>
       </c>
-      <c r="C833" s="1" t="s">
+      <c r="B836" s="1" t="s">
         <v>3129</v>
       </c>
-      <c r="D833" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E833" s="3" t="s">
+      <c r="C836" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E836" s="3" t="s">
         <v>3130</v>
       </c>
-      <c r="F833" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A834" s="1" t="s">
+      <c r="F836" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G836" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A837" s="1" t="s">
         <v>3131</v>
       </c>
-      <c r="B834" s="1" t="s">
+      <c r="B837" s="1" t="s">
         <v>3132</v>
       </c>
-      <c r="C834" s="1" t="s">
+      <c r="C837" s="1" t="s">
         <v>3132</v>
       </c>
-      <c r="D834" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E834" s="3" t="s">
+      <c r="D837" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E837" s="3" t="s">
         <v>3133</v>
       </c>
-      <c r="F834" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A835" s="1" t="s">
+      <c r="F837" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G837" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A838" s="1" t="s">
         <v>3134</v>
       </c>
-      <c r="B835" s="1" t="s">
+      <c r="B838" s="1" t="s">
         <v>3135</v>
       </c>
-      <c r="C835" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E835" s="3" t="s">
+      <c r="C838" s="1" t="s">
         <v>3136</v>
       </c>
-      <c r="F835" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A836" s="1" t="s">
+      <c r="D838" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E838" s="3" t="s">
         <v>3137</v>
       </c>
-      <c r="B836" s="1" t="s">
+      <c r="F838" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G838" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A839" s="1" t="s">
         <v>3138</v>
       </c>
-      <c r="C836" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E836" s="3" t="s">
+      <c r="B839" s="1" t="s">
         <v>3139</v>
       </c>
-      <c r="F836" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A837" s="1" t="s">
+      <c r="C839" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="B837" s="1" t="s">
+      <c r="D839" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E839" s="3" t="s">
         <v>3141</v>
       </c>
-      <c r="C837" s="1" t="s">
+      <c r="F839" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G839" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A840" s="1" t="s">
         <v>3142</v>
       </c>
-      <c r="D837" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E837" s="3" t="s">
+      <c r="B840" s="1" t="s">
         <v>3143</v>
       </c>
-      <c r="F837" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A838" s="1" t="s">
+      <c r="C840" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D840" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E840" s="3" t="s">
         <v>3144</v>
       </c>
-      <c r="B838" s="1" t="s">
+      <c r="F840" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G840" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A841" s="1" t="s">
         <v>3145</v>
       </c>
-      <c r="C838" s="1" t="s">
+      <c r="B841" s="1" t="s">
         <v>3146</v>
       </c>
-      <c r="D838" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E838" s="3" t="s">
+      <c r="C841" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D841" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E841" s="3" t="s">
         <v>3147</v>
       </c>
-      <c r="F838" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A839" s="1" t="s">
+      <c r="F841" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G841" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A842" s="1" t="s">
         <v>3148</v>
       </c>
-      <c r="B839" s="1" t="s">
+      <c r="B842" s="1" t="s">
         <v>3149</v>
       </c>
-      <c r="C839" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E839" s="3" t="s">
+      <c r="C842" s="1" t="s">
         <v>3150</v>
       </c>
-      <c r="F839" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A840" s="1" t="s">
+      <c r="D842" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E842" s="3" t="s">
         <v>3151</v>
       </c>
-      <c r="B840" s="1" t="s">
+      <c r="F842" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G842" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A843" s="1" t="s">
         <v>3152</v>
       </c>
-      <c r="C840" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E840" s="3" t="s">
+      <c r="B843" s="1" t="s">
         <v>3153</v>
       </c>
-      <c r="F840" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A841" s="1" t="s">
+      <c r="C843" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D843" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E843" s="3" t="s">
         <v>3154</v>
       </c>
-      <c r="B841" s="1" t="s">
+      <c r="F843" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G843" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A844" s="1" t="s">
         <v>3155</v>
       </c>
-      <c r="C841" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E841" s="3" t="s">
+      <c r="B844" s="1" t="s">
         <v>3156</v>
       </c>
-      <c r="F841" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A842" s="1" t="s">
+      <c r="C844" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D844" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E844" s="3" t="s">
         <v>3157</v>
       </c>
-      <c r="B842" s="1" t="s">
+      <c r="F844" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G844" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A845" s="1" t="s">
         <v>3158</v>
       </c>
-      <c r="C842" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E842" s="3" t="s">
+      <c r="B845" s="1" t="s">
         <v>3159</v>
       </c>
-      <c r="F842" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A843" s="1" t="s">
+      <c r="C845" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E845" s="3" t="s">
         <v>3160</v>
       </c>
-      <c r="B843" s="1" t="s">
+      <c r="F845" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G845" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A846" s="1" t="s">
         <v>3161</v>
       </c>
-      <c r="C843" s="1" t="s">
+      <c r="B846" s="1" t="s">
         <v>3162</v>
       </c>
-      <c r="D843" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E843" s="3" t="s">
+      <c r="C846" s="1" t="s">
         <v>3163</v>
       </c>
-      <c r="F843" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A844" s="1" t="s">
+      <c r="D846" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E846" s="3" t="s">
         <v>3164</v>
       </c>
-      <c r="B844" s="1" t="s">
+      <c r="F846" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G846" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A847" s="1" t="s">
         <v>3165</v>
       </c>
-      <c r="C844" s="1" t="s">
+      <c r="B847" s="1" t="s">
         <v>3166</v>
       </c>
-      <c r="D844" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E844" s="3" t="s">
+      <c r="C847" s="1" t="s">
         <v>3167</v>
       </c>
-      <c r="F844" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A845" s="1" t="s">
+      <c r="D847" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E847" s="3" t="s">
         <v>3168</v>
       </c>
-      <c r="B845" s="1" t="s">
+      <c r="F847" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G847" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A848" s="1" t="s">
         <v>3169</v>
       </c>
-      <c r="C845" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E845" s="3" t="s">
+      <c r="B848" s="1" t="s">
         <v>3170</v>
       </c>
-      <c r="F845" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A846" s="1" t="s">
+      <c r="C848" s="1" t="s">
         <v>3171</v>
       </c>
-      <c r="B846" s="1" t="s">
+      <c r="D848" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E848" s="3" t="s">
         <v>3172</v>
       </c>
-      <c r="C846" s="1" t="s">
+      <c r="F848" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G848" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A849" s="1" t="s">
         <v>3173</v>
       </c>
-      <c r="D846" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E846" s="3" t="s">
+      <c r="B849" s="1" t="s">
         <v>3174</v>
       </c>
-      <c r="F846" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A847" s="1" t="s">
+      <c r="C849" s="1" t="s">
         <v>3175</v>
       </c>
-      <c r="B847" s="1" t="s">
+      <c r="D849" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E849" s="3" t="s">
         <v>3176</v>
       </c>
-      <c r="C847" s="1" t="s">
+      <c r="F849" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G849" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A850" s="1" t="s">
         <v>3177</v>
       </c>
-      <c r="D847" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E847" s="3" t="s">
+      <c r="B850" s="1" t="s">
         <v>3178</v>
       </c>
-      <c r="F847" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A848" s="1" t="s">
+      <c r="C850" s="1" t="s">
         <v>3179</v>
       </c>
-      <c r="B848" s="1" t="s">
+      <c r="D850" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E850" s="3" t="s">
         <v>3180</v>
       </c>
-      <c r="C848" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E848" s="3" t="s">
+      <c r="F850" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G850" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A851" s="1" t="s">
         <v>3181</v>
       </c>
-      <c r="F848" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A849" s="1" t="s">
+      <c r="B851" s="1" t="s">
         <v>3182</v>
       </c>
-      <c r="B849" s="1" t="s">
+      <c r="C851" s="1" t="s">
         <v>3183</v>
       </c>
-      <c r="C849" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E849" s="3" t="s">
+      <c r="D851" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E851" s="3" t="s">
         <v>3184</v>
       </c>
-      <c r="F849" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A850" s="1" t="s">
+      <c r="F851" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G851" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A852" s="1" t="s">
         <v>3185</v>
       </c>
-      <c r="B850" s="1" t="s">
+      <c r="B852" s="1" t="s">
         <v>3186</v>
       </c>
-      <c r="C850" s="1" t="s">
+      <c r="C852" s="1" t="s">
         <v>3187</v>
       </c>
-      <c r="D850" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E850" s="3" t="s">
+      <c r="D852" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E852" s="3" t="s">
         <v>3188</v>
       </c>
-      <c r="F850" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A851" s="1" t="s">
+      <c r="F852" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G852" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A853" s="1" t="s">
         <v>3189</v>
       </c>
-      <c r="B851" s="1" t="s">
+      <c r="B853" s="1" t="s">
         <v>3190</v>
       </c>
-      <c r="C851" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E851" s="3" t="s">
+      <c r="C853" s="1" t="s">
         <v>3191</v>
       </c>
-      <c r="F851" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A852" s="1" t="s">
+      <c r="D853" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E853" s="3" t="s">
         <v>3192</v>
       </c>
-      <c r="B852" s="1" t="s">
+      <c r="F853" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G853" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A854" s="1" t="s">
         <v>3193</v>
       </c>
-      <c r="C852" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E852" s="3" t="s">
+      <c r="B854" s="1" t="s">
         <v>3194</v>
       </c>
-      <c r="F852" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A853" s="1" t="s">
+      <c r="C854" s="1" t="s">
         <v>3195</v>
       </c>
-      <c r="B853" s="1" t="s">
+      <c r="D854" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E854" s="3" t="s">
         <v>3196</v>
       </c>
-      <c r="C853" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E853" s="3" t="s">
+      <c r="F854" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G854" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A855" s="1" t="s">
         <v>3197</v>
       </c>
-      <c r="F853" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A854" s="1" t="s">
+      <c r="B855" s="1" t="s">
         <v>3198</v>
       </c>
-      <c r="B854" s="1" t="s">
+      <c r="C855" s="1" t="s">
         <v>3199</v>
       </c>
-      <c r="C854" s="1" t="s">
+      <c r="D855" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E855" s="3" t="s">
         <v>3200</v>
       </c>
-      <c r="D854" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E854" s="3" t="s">
+      <c r="F855" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G855" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A856" s="1" t="s">
         <v>3201</v>
       </c>
-      <c r="F854" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A855" s="1" t="s">
+      <c r="B856" s="1" t="s">
         <v>3202</v>
       </c>
-      <c r="B855" s="1" t="s">
+      <c r="C856" s="1" t="s">
         <v>3203</v>
       </c>
-      <c r="C855" s="1" t="s">
+      <c r="D856" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E856" s="3" t="s">
         <v>3204</v>
       </c>
-      <c r="D855" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E855" s="3" t="s">
+      <c r="F856" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G856" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A857" s="1" t="s">
         <v>3205</v>
       </c>
-      <c r="F855" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A856" s="1" t="s">
+      <c r="B857" s="1" t="s">
         <v>3206</v>
       </c>
-      <c r="B856" s="1" t="s">
+      <c r="C857" s="1" t="s">
         <v>3207</v>
       </c>
-      <c r="C856" s="1" t="s">
+      <c r="D857" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E857" s="3" t="s">
         <v>3208</v>
       </c>
-      <c r="D856" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E856" s="3" t="s">
+      <c r="F857" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G857" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A858" s="1" t="s">
         <v>3209</v>
       </c>
-      <c r="F856" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A857" s="1" t="s">
+      <c r="B858" s="1" t="s">
         <v>3210</v>
       </c>
-      <c r="B857" s="1" t="s">
+      <c r="C858" s="1" t="s">
         <v>3211</v>
       </c>
-      <c r="C857" s="1" t="s">
+      <c r="D858" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E858" s="3" t="s">
         <v>3212</v>
       </c>
-      <c r="D857" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E857" s="3" t="s">
+      <c r="F858" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G858" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A859" s="1" t="s">
         <v>3213</v>
       </c>
-      <c r="F857" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A858" s="1" t="s">
+      <c r="B859" s="1" t="s">
         <v>3214</v>
       </c>
-      <c r="B858" s="1" t="s">
+      <c r="C859" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E859" s="3" t="s">
         <v>3215</v>
       </c>
-      <c r="C858" s="1" t="s">
+      <c r="F859" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G859" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A860" s="1" t="s">
         <v>3216</v>
       </c>
-      <c r="D858" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E858" s="3" t="s">
+      <c r="B860" s="1" t="s">
         <v>3217</v>
       </c>
-      <c r="F858" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A859" s="1" t="s">
+      <c r="C860" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E860" s="3" t="s">
         <v>3218</v>
       </c>
-      <c r="B859" s="1" t="s">
+      <c r="F860" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G860" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A861" s="1" t="s">
         <v>3219</v>
       </c>
-      <c r="C859" s="1" t="s">
+      <c r="B861" s="1" t="s">
         <v>3220</v>
       </c>
-      <c r="D859" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E859" s="3" t="s">
+      <c r="C861" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E861" s="3" t="s">
         <v>3221</v>
       </c>
-      <c r="F859" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A860" s="1" t="s">
+      <c r="F861" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G861" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A862" s="1" t="s">
         <v>3222</v>
       </c>
-      <c r="B860" s="1" t="s">
+      <c r="B862" s="1" t="s">
         <v>3223</v>
       </c>
-      <c r="C860" s="1" t="s">
+      <c r="C862" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D862" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E862" s="3" t="s">
         <v>3224</v>
       </c>
-      <c r="D860" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E860" s="3" t="s">
+      <c r="F862" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G862" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A863" s="1" t="s">
         <v>3225</v>
       </c>
-      <c r="F860" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A861" s="1" t="s">
+      <c r="B863" s="1" t="s">
         <v>3226</v>
       </c>
-      <c r="B861" s="1" t="s">
+      <c r="C863" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D863" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E863" s="3" t="s">
         <v>3227</v>
       </c>
-      <c r="C861" s="1" t="s">
+      <c r="F863" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G863" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A864" s="1" t="s">
         <v>3228</v>
       </c>
-      <c r="D861" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E861" s="3" t="s">
+      <c r="B864" s="1" t="s">
         <v>3229</v>
       </c>
-      <c r="F861" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A862" s="1" t="s">
+      <c r="C864" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E864" s="3" t="s">
         <v>3230</v>
       </c>
-      <c r="B862" s="1" t="s">
+      <c r="F864" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G864" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A865" s="1" t="s">
         <v>3231</v>
       </c>
-      <c r="C862" s="1" t="s">
+      <c r="B865" s="1" t="s">
         <v>3232</v>
       </c>
-      <c r="D862" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E862" s="3" t="s">
+      <c r="C865" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E865" s="3" t="s">
         <v>3233</v>
       </c>
-      <c r="F862" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A863" s="1" t="s">
+      <c r="F865" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G865" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A866" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="B863" s="1" t="s">
+      <c r="B866" s="1" t="s">
         <v>3235</v>
       </c>
-      <c r="C863" s="1" t="s">
+      <c r="C866" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E866" s="3" t="s">
         <v>3236</v>
       </c>
-      <c r="D863" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E863" s="3" t="s">
+      <c r="F866" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G866" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A867" s="1" t="s">
         <v>3237</v>
       </c>
-      <c r="F863" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A864" s="1" t="s">
+      <c r="B867" s="1" t="s">
         <v>3238</v>
       </c>
-      <c r="B864" s="1" t="s">
+      <c r="C867" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E867" s="3" t="s">
         <v>3239</v>
       </c>
-      <c r="C864" s="1" t="s">
+      <c r="F867" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G867" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A868" s="1" t="s">
         <v>3240</v>
       </c>
-      <c r="D864" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E864" s="3" t="s">
+      <c r="B868" s="1" t="s">
         <v>3241</v>
       </c>
-      <c r="F864" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A865" s="1" t="s">
+      <c r="C868" s="1" t="s">
         <v>3242</v>
       </c>
-      <c r="B865" s="1" t="s">
+      <c r="D868" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E868" s="3" t="s">
         <v>3243</v>
       </c>
-      <c r="C865" s="1" t="s">
+      <c r="F868" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G868" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A869" s="1" t="s">
         <v>3244</v>
       </c>
-      <c r="D865" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E865" s="3" t="s">
+      <c r="B869" s="1" t="s">
         <v>3245</v>
       </c>
-      <c r="F865" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A866" s="1" t="s">
+      <c r="C869" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E869" s="3" t="s">
         <v>3246</v>
       </c>
-      <c r="B866" s="1" t="s">
+      <c r="F869" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G869" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A870" s="1" t="s">
         <v>3247</v>
       </c>
-      <c r="C866" s="1" t="s">
+      <c r="B870" s="1" t="s">
         <v>3248</v>
       </c>
-      <c r="D866" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E866" s="3" t="s">
+      <c r="C870" s="1" t="s">
         <v>3249</v>
       </c>
-      <c r="F866" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A867" s="1" t="s">
+      <c r="D870" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E870" s="3" t="s">
         <v>3250</v>
       </c>
-      <c r="B867" s="1" t="s">
+      <c r="F870" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G870" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A871" s="1" t="s">
         <v>3251</v>
       </c>
-      <c r="C867" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E867" s="3" t="s">
+      <c r="B871" s="1" t="s">
         <v>3252</v>
       </c>
-      <c r="F867" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A868" s="1" t="s">
+      <c r="C871" s="1" t="s">
         <v>3253</v>
       </c>
-      <c r="B868" s="1" t="s">
+      <c r="D871" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E871" s="3" t="s">
         <v>3254</v>
       </c>
-      <c r="C868" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E868" s="3" t="s">
+      <c r="F871" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G871" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A872" s="1" t="s">
         <v>3255</v>
       </c>
-      <c r="F868" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A869" s="1" t="s">
+      <c r="B872" s="1" t="s">
         <v>3256</v>
       </c>
-      <c r="B869" s="1" t="s">
+      <c r="C872" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E872" s="3" t="s">
         <v>3257</v>
       </c>
-      <c r="C869" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E869" s="3" t="s">
+      <c r="F872" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G872" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A873" s="1" t="s">
         <v>3258</v>
       </c>
-      <c r="F869" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A870" s="1" t="s">
+      <c r="B873" s="1" t="s">
         <v>3259</v>
       </c>
-      <c r="B870" s="1" t="s">
+      <c r="C873" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E873" s="3" t="s">
         <v>3260</v>
       </c>
-      <c r="C870" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E870" s="3" t="s">
+      <c r="F873" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G873" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A874" s="1" t="s">
         <v>3261</v>
       </c>
-      <c r="F870" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A871" s="1" t="s">
+      <c r="B874" s="1" t="s">
         <v>3262</v>
       </c>
-      <c r="B871" s="1" t="s">
+      <c r="C874" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E874" s="3" t="s">
         <v>3263</v>
       </c>
-      <c r="C871" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E871" s="3" t="s">
+      <c r="F874" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G874" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A875" s="1" t="s">
         <v>3264</v>
       </c>
-      <c r="F871" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A872" s="1" t="s">
+      <c r="B875" s="1" t="s">
         <v>3265</v>
       </c>
-      <c r="B872" s="1" t="s">
+      <c r="C875" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D875" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E875" s="3" t="s">
         <v>3266</v>
       </c>
-      <c r="C872" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E872" s="3" t="s">
+      <c r="F875" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G875" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A876" s="1" t="s">
         <v>3267</v>
       </c>
-      <c r="F872" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A873" s="1" t="s">
+      <c r="B876" s="1" t="s">
         <v>3268</v>
       </c>
-      <c r="B873" s="1" t="s">
+      <c r="C876" s="1" t="s">
         <v>3269</v>
       </c>
-      <c r="C873" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E873" s="3" t="s">
+      <c r="D876" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E876" s="3" t="s">
         <v>3270</v>
       </c>
-      <c r="F873" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A874" s="1" t="s">
+      <c r="F876" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G876" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A877" s="1" t="s">
         <v>3271</v>
       </c>
-      <c r="B874" s="1" t="s">
+      <c r="B877" s="1" t="s">
         <v>3272</v>
       </c>
-      <c r="C874" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E874" s="3" t="s">
+      <c r="C877" s="1" t="s">
         <v>3273</v>
       </c>
-      <c r="F874" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A875" s="1" t="s">
+      <c r="D877" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E877" s="3" t="s">
         <v>3274</v>
       </c>
-      <c r="B875" s="1" t="s">
+      <c r="F877" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G877" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A878" s="1" t="s">
         <v>3275</v>
       </c>
-      <c r="C875" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E875" s="3" t="s">
+      <c r="B878" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="F875" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A876" s="1" t="s">
+      <c r="C878" s="1" t="s">
         <v>3277</v>
       </c>
-      <c r="B876" s="1" t="s">
+      <c r="D878" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E878" s="3" t="s">
         <v>3278</v>
       </c>
-      <c r="C876" s="1" t="s">
+      <c r="F878" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G878" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A879" s="1" t="s">
         <v>3279</v>
       </c>
-      <c r="D876" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E876" s="3" t="s">
+      <c r="B879" s="1" t="s">
         <v>3280</v>
       </c>
-      <c r="F876" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A877" s="1" t="s">
+      <c r="C879" s="1" t="s">
         <v>3281</v>
       </c>
-      <c r="B877" s="1" t="s">
+      <c r="D879" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E879" s="3" t="s">
         <v>3282</v>
       </c>
-      <c r="C877" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E877" s="3" t="s">
+      <c r="F879" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G879" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A880" s="1" t="s">
         <v>3283</v>
       </c>
-      <c r="F877" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A878" s="1" t="s">
+      <c r="B880" s="1" t="s">
         <v>3284</v>
       </c>
-      <c r="B878" s="1" t="s">
+      <c r="C880" s="1" t="s">
         <v>3285</v>
       </c>
-      <c r="C878" s="1" t="s">
+      <c r="D880" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E880" s="3" t="s">
         <v>3286</v>
       </c>
-      <c r="D878" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E878" s="3" t="s">
+      <c r="F880" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G880" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A881" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B881" s="1" t="s">
         <v>3287</v>
       </c>
-      <c r="F878" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A879" s="1" t="s">
+      <c r="C881" s="1" t="s">
         <v>3288</v>
       </c>
-      <c r="B879" s="1" t="s">
+      <c r="D881" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E881" s="3" t="s">
         <v>3289</v>
       </c>
-      <c r="C879" s="1" t="s">
+      <c r="F881" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G881" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A882" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B882" s="1" t="s">
         <v>3290</v>
       </c>
-      <c r="D879" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E879" s="3" t="s">
+      <c r="C882" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D882" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E882" s="3" t="s">
         <v>3291</v>
       </c>
-      <c r="F879" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A880" s="1" t="s">
+      <c r="F882" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G882" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A883" s="1" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B883" s="1" t="s">
         <v>3292</v>
       </c>
-      <c r="B880" s="1" t="s">
+      <c r="C883" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D883" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E883" s="3" t="s">
         <v>3293</v>
       </c>
-      <c r="C880" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E880" s="3" t="s">
+      <c r="F883" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G883" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A884" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B884" s="1" t="s">
         <v>3294</v>
       </c>
-      <c r="F880" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A881" s="1" t="s">
+      <c r="C884" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D884" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E884" s="3" t="s">
         <v>3295</v>
-      </c>
-[...79 lines deleted...]
-        <v>3307</v>
       </c>
       <c r="F884" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G884" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="885" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A885" s="1" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B885" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C885" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D885" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E885" s="3" t="s">
+        <v>3297</v>
+      </c>
+      <c r="F885" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G885" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A886" s="1" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B886" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="C886" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D886" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E886" s="3" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F886" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G886" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A887" s="1" t="s">
+        <v>3261</v>
+      </c>
+      <c r="B887" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="C887" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D887" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E887" s="3" t="s">
+        <v>3301</v>
+      </c>
+      <c r="F887" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G887" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A888" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B888" s="1" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C888" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E888" s="3" t="s">
+        <v>3303</v>
+      </c>
+      <c r="F888" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G888" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A889" s="1" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B889" s="1" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C889" s="1" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D889" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E889" s="3" t="s">
+        <v>3307</v>
+      </c>
+      <c r="F889" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G889" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A890" s="1" t="s">
         <v>3308</v>
       </c>
-      <c r="B885" s="1" t="s">
+      <c r="B890" s="1" t="s">
         <v>3309</v>
       </c>
-      <c r="C885" s="1" t="s">
+      <c r="C890" s="1" t="s">
         <v>3310</v>
       </c>
-      <c r="D885" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E885" s="3" t="s">
+      <c r="D890" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E890" s="3" t="s">
         <v>3311</v>
       </c>
-      <c r="F885" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A886" s="1" t="s">
+      <c r="F890" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G890" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A891" s="1" t="s">
         <v>3312</v>
       </c>
-      <c r="B886" s="1" t="s">
+      <c r="B891" s="1" t="s">
         <v>3313</v>
       </c>
-      <c r="C886" s="1" t="s">
+      <c r="C891" s="1" t="s">
         <v>3314</v>
       </c>
-      <c r="D886" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E886" s="3" t="s">
+      <c r="D891" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E891" s="3" t="s">
         <v>3315</v>
       </c>
-      <c r="F886" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A887" s="1" t="s">
+      <c r="F891" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G891" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A892" s="1" t="s">
         <v>3316</v>
       </c>
-      <c r="B887" s="1" t="s">
+      <c r="B892" s="1" t="s">
         <v>3317</v>
       </c>
-      <c r="C887" s="1" t="s">
+      <c r="C892" s="1" t="s">
         <v>3318</v>
       </c>
-      <c r="D887" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E887" s="3" t="s">
+      <c r="D892" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E892" s="3" t="s">
         <v>3319</v>
       </c>
-      <c r="F887" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A888" s="1" t="s">
+      <c r="F892" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G892" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="893" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A893" s="1" t="s">
         <v>3320</v>
       </c>
-      <c r="B888" s="1" t="s">
+      <c r="B893" s="1" t="s">
         <v>3321</v>
       </c>
-      <c r="C888" s="1" t="s">
+      <c r="C893" s="1" t="s">
         <v>3322</v>
       </c>
-      <c r="D888" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E888" s="3" t="s">
+      <c r="D893" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E893" s="3" t="s">
         <v>3323</v>
       </c>
-      <c r="F888" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B889" s="1" t="s">
+      <c r="F893" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G893" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A894" s="1" t="s">
         <v>3324</v>
       </c>
-      <c r="C889" s="1" t="s">
+      <c r="B894" s="1" t="s">
         <v>3325</v>
       </c>
-      <c r="D889" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E889" s="3" t="s">
+      <c r="C894" s="1" t="s">
         <v>3326</v>
       </c>
-      <c r="F889" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B890" s="1" t="s">
+      <c r="D894" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E894" s="3" t="s">
         <v>3327</v>
       </c>
-      <c r="C890" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E890" s="3" t="s">
+      <c r="F894" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G894" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A895" s="1" t="s">
         <v>3328</v>
       </c>
-      <c r="F890" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B891" s="1" t="s">
+      <c r="B895" s="1" t="s">
         <v>3329</v>
       </c>
-      <c r="C891" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E891" s="3" t="s">
+      <c r="C895" s="1" t="s">
         <v>3330</v>
       </c>
-      <c r="F891" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B892" s="1" t="s">
+      <c r="D895" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E895" s="3" t="s">
         <v>3331</v>
       </c>
-      <c r="C892" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E892" s="3" t="s">
+      <c r="F895" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G895" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A896" s="1" t="s">
         <v>3332</v>
       </c>
-      <c r="F892" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B893" s="1" t="s">
+      <c r="B896" s="1" t="s">
         <v>3333</v>
       </c>
-      <c r="C893" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E893" s="3" t="s">
+      <c r="C896" s="1" t="s">
         <v>3334</v>
       </c>
-      <c r="F893" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B894" s="1" t="s">
+      <c r="D896" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E896" s="3" t="s">
         <v>3335</v>
       </c>
-      <c r="C894" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E894" s="3" t="s">
+      <c r="F896" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G896" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A897" s="1" t="s">
         <v>3336</v>
       </c>
-      <c r="F894" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B895" s="1" t="s">
+      <c r="B897" s="1" t="s">
         <v>3337</v>
       </c>
-      <c r="C895" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E895" s="3" t="s">
+      <c r="C897" s="1" t="s">
         <v>3338</v>
       </c>
-      <c r="F895" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B896" s="1" t="s">
+      <c r="D897" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E897" s="3" t="s">
         <v>3339</v>
       </c>
-      <c r="C896" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E896" s="3" t="s">
+      <c r="F897" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G897" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A898" s="1" t="s">
         <v>3340</v>
       </c>
-      <c r="F896" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A897" s="1" t="s">
+      <c r="B898" s="1" t="s">
         <v>3341</v>
       </c>
-      <c r="B897" s="1" t="s">
+      <c r="C898" s="1" t="s">
         <v>3342</v>
       </c>
-      <c r="C897" s="1" t="s">
+      <c r="D898" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E898" s="3" t="s">
         <v>3343</v>
       </c>
-      <c r="D897" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E897" s="3" t="s">
+      <c r="F898" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G898" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A899" s="1" t="s">
         <v>3344</v>
       </c>
-      <c r="F897" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A898" s="1" t="s">
+      <c r="B899" s="1" t="s">
         <v>3345</v>
       </c>
-      <c r="B898" s="1" t="s">
+      <c r="C899" s="1" t="s">
         <v>3346</v>
       </c>
-      <c r="C898" s="1" t="s">
+      <c r="D899" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E899" s="3" t="s">
         <v>3347</v>
       </c>
-      <c r="D898" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E898" s="3" t="s">
+      <c r="F899" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G899" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A900" s="1" t="s">
         <v>3348</v>
       </c>
-      <c r="F898" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A899" s="1" t="s">
+      <c r="B900" s="1" t="s">
         <v>3349</v>
       </c>
-      <c r="B899" s="1" t="s">
+      <c r="C900" s="1" t="s">
         <v>3350</v>
       </c>
-      <c r="C899" s="1" t="s">
+      <c r="D900" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E900" s="3" t="s">
         <v>3351</v>
       </c>
-      <c r="D899" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E899" s="3" t="s">
+      <c r="F900" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G900" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A901" s="1" t="s">
         <v>3352</v>
       </c>
-      <c r="F899" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A900" s="1" t="s">
+      <c r="B901" s="1" t="s">
         <v>3353</v>
       </c>
-      <c r="B900" s="1" t="s">
+      <c r="C901" s="1" t="s">
         <v>3354</v>
       </c>
-      <c r="C900" s="1" t="s">
+      <c r="D901" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E901" s="3" t="s">
         <v>3355</v>
       </c>
-      <c r="D900" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E900" s="3" t="s">
+      <c r="F901" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G901" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A902" s="1" t="s">
         <v>3356</v>
       </c>
-      <c r="F900" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A901" s="1" t="s">
+      <c r="B902" s="1" t="s">
         <v>3357</v>
       </c>
-      <c r="B901" s="1" t="s">
+      <c r="C902" s="1" t="s">
         <v>3358</v>
       </c>
-      <c r="C901" s="1" t="s">
+      <c r="D902" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E902" s="3" t="s">
         <v>3359</v>
       </c>
-      <c r="D901" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E901" s="3" t="s">
+      <c r="F902" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G902" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A903" s="1" t="s">
         <v>3360</v>
       </c>
-      <c r="F901" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A902" s="1" t="s">
+      <c r="B903" s="1" t="s">
         <v>3361</v>
       </c>
-      <c r="B902" s="1" t="s">
+      <c r="C903" s="1" t="s">
         <v>3362</v>
       </c>
-      <c r="C902" s="1" t="s">
+      <c r="D903" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E903" s="3" t="s">
         <v>3363</v>
       </c>
-      <c r="D902" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E902" s="3" t="s">
+      <c r="F903" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G903" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A904" s="1" t="s">
         <v>3364</v>
       </c>
-      <c r="F902" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A903" s="1" t="s">
+      <c r="B904" s="1" t="s">
         <v>3365</v>
       </c>
-      <c r="B903" s="1" t="s">
+      <c r="C904" s="1" t="s">
         <v>3366</v>
       </c>
-      <c r="C903" s="1" t="s">
+      <c r="D904" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E904" s="3" t="s">
         <v>3367</v>
       </c>
-      <c r="D903" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E903" s="3" t="s">
+      <c r="F904" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G904" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="905" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A905" s="1" t="s">
         <v>3368</v>
       </c>
-      <c r="F903" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A904" s="1" t="s">
+      <c r="B905" s="1" t="s">
         <v>3369</v>
       </c>
-      <c r="B904" s="1" t="s">
+      <c r="C905" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E905" s="3" t="s">
         <v>3370</v>
       </c>
-      <c r="C904" s="1" t="s">
+      <c r="F905" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G905" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A906" s="1" t="s">
         <v>3371</v>
       </c>
-      <c r="D904" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E904" s="3" t="s">
+      <c r="B906" s="1" t="s">
         <v>3372</v>
       </c>
-      <c r="F904" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A905" s="1" t="s">
+      <c r="C906" s="1" t="s">
         <v>3373</v>
       </c>
-      <c r="B905" s="1" t="s">
+      <c r="D906" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E906" s="3" t="s">
         <v>3374</v>
       </c>
-      <c r="C905" s="1" t="s">
+      <c r="F906" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G906" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="907" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A907" s="1" t="s">
         <v>3375</v>
       </c>
-      <c r="D905" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E905" s="3" t="s">
+      <c r="B907" s="1" t="s">
         <v>3376</v>
       </c>
-      <c r="F905" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A906" s="1" t="s">
+      <c r="C907" s="1" t="s">
         <v>3377</v>
       </c>
-      <c r="B906" s="1" t="s">
+      <c r="D907" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E907" s="3" t="s">
         <v>3378</v>
       </c>
-      <c r="C906" s="1" t="s">
+      <c r="F907" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G907" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A908" s="1" t="s">
         <v>3379</v>
       </c>
-      <c r="D906" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E906" s="3" t="s">
+      <c r="B908" s="1" t="s">
         <v>3380</v>
       </c>
-      <c r="F906" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A907" s="1" t="s">
+      <c r="C908" s="1" t="s">
         <v>3381</v>
       </c>
-      <c r="B907" s="1" t="s">
+      <c r="D908" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E908" s="3" t="s">
         <v>3382</v>
       </c>
-      <c r="C907" s="1" t="s">
+      <c r="F908" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G908" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A909" s="1" t="s">
         <v>3383</v>
       </c>
-      <c r="D907" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E907" s="3" t="s">
+      <c r="B909" s="1" t="s">
         <v>3384</v>
       </c>
-      <c r="F907" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A908" s="1" t="s">
+      <c r="C909" s="1" t="s">
         <v>3385</v>
       </c>
-      <c r="B908" s="1" t="s">
+      <c r="D909" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E909" s="3" t="s">
         <v>3386</v>
       </c>
-      <c r="C908" s="1" t="s">
+      <c r="F909" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G909" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A910" s="1" t="s">
         <v>3387</v>
       </c>
-      <c r="D908" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E908" s="3" t="s">
+      <c r="B910" s="1" t="s">
         <v>3388</v>
       </c>
-      <c r="F908" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A909" s="1" t="s">
+      <c r="C910" s="1" t="s">
         <v>3389</v>
       </c>
-      <c r="B909" s="1" t="s">
+      <c r="D910" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E910" s="3" t="s">
         <v>3390</v>
       </c>
-      <c r="C909" s="1" t="s">
+      <c r="F910" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G910" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A911" s="1" t="s">
         <v>3391</v>
       </c>
-      <c r="D909" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E909" s="3" t="s">
+      <c r="B911" s="1" t="s">
         <v>3392</v>
       </c>
-      <c r="F909" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A910" s="1" t="s">
+      <c r="C911" s="1" t="s">
         <v>3393</v>
       </c>
-      <c r="B910" s="1" t="s">
+      <c r="D911" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E911" s="3" t="s">
         <v>3394</v>
       </c>
-      <c r="C910" s="1" t="s">
+      <c r="F911" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G911" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A912" s="1" t="s">
         <v>3395</v>
       </c>
-      <c r="D910" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E910" s="3" t="s">
+      <c r="B912" s="1" t="s">
         <v>3396</v>
       </c>
-      <c r="F910" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A911" s="1" t="s">
+      <c r="C912" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D912" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E912" s="3" t="s">
         <v>3397</v>
       </c>
-      <c r="B911" s="1" t="s">
+      <c r="F912" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G912" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A913" s="1" t="s">
         <v>3398</v>
       </c>
-      <c r="C911" s="1" t="s">
+      <c r="B913" s="1" t="s">
         <v>3399</v>
       </c>
-      <c r="D911" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E911" s="3" t="s">
+      <c r="C913" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D913" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E913" s="3" t="s">
         <v>3400</v>
       </c>
-      <c r="F911" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A912" s="1" t="s">
+      <c r="F913" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G913" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A914" s="1" t="s">
         <v>3401</v>
       </c>
-      <c r="B912" s="1" t="s">
+      <c r="B914" s="1" t="s">
         <v>3402</v>
       </c>
-      <c r="C912" s="1" t="s">
+      <c r="C914" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D914" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E914" s="3" t="s">
         <v>3403</v>
       </c>
-      <c r="D912" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E912" s="3" t="s">
+      <c r="F914" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G914" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A915" s="1" t="s">
         <v>3404</v>
       </c>
-      <c r="F912" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A913" s="1" t="s">
+      <c r="B915" s="1" t="s">
         <v>3405</v>
       </c>
-      <c r="B913" s="1" t="s">
+      <c r="C915" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D915" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E915" s="3" t="s">
         <v>3406</v>
       </c>
-      <c r="C913" s="1" t="s">
+      <c r="F915" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G915" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A916" s="1" t="s">
         <v>3407</v>
       </c>
-      <c r="D913" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E913" s="3" t="s">
+      <c r="B916" s="1" t="s">
         <v>3408</v>
       </c>
-      <c r="F913" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A914" s="1" t="s">
+      <c r="C916" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="D916" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E916" s="3" t="s">
         <v>3409</v>
       </c>
-      <c r="B914" s="1" t="s">
+      <c r="F916" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G916" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A917" s="1" t="s">
         <v>3410</v>
       </c>
-      <c r="C914" s="1" t="s">
+      <c r="B917" s="1" t="s">
         <v>3411</v>
       </c>
-      <c r="D914" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E914" s="3" t="s">
+      <c r="C917" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="D917" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E917" s="3" t="s">
         <v>3412</v>
       </c>
-      <c r="F914" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A915" s="1" t="s">
+      <c r="F917" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G917" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A918" s="1" t="s">
         <v>3413</v>
       </c>
-      <c r="B915" s="1" t="s">
+      <c r="B918" s="1" t="s">
         <v>3414</v>
       </c>
-      <c r="C915" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E915" s="3" t="s">
+      <c r="C918" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D918" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E918" s="3" t="s">
         <v>3415</v>
       </c>
-      <c r="F915" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A916" s="1" t="s">
+      <c r="F918" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G918" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A919" s="1" t="s">
         <v>3416</v>
       </c>
-      <c r="B916" s="1" t="s">
+      <c r="B919" s="1" t="s">
         <v>3417</v>
       </c>
-      <c r="C916" s="1" t="s">
+      <c r="C919" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D919" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E919" s="3" t="s">
         <v>3418</v>
       </c>
-      <c r="D916" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E916" s="3" t="s">
+      <c r="F919" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G919" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A920" s="1" t="s">
         <v>3419</v>
       </c>
-      <c r="F916" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A917" s="1" t="s">
+      <c r="B920" s="1" t="s">
         <v>3420</v>
       </c>
-      <c r="B917" s="1" t="s">
+      <c r="C920" s="1" t="s">
         <v>3421</v>
       </c>
-      <c r="C917" s="1" t="s">
+      <c r="D920" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E920" s="3" t="s">
         <v>3422</v>
       </c>
-      <c r="D917" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E917" s="3" t="s">
+      <c r="F920" s="3" t="s">
         <v>3423</v>
       </c>
-      <c r="F917" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A918" s="1" t="s">
+      <c r="G920" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A921" s="1" t="s">
         <v>3424</v>
       </c>
-      <c r="B918" s="1" t="s">
+      <c r="B921" s="1" t="s">
         <v>3425</v>
       </c>
-      <c r="C918" s="1" t="s">
+      <c r="C921" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D921" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E921" s="3" t="s">
         <v>3426</v>
       </c>
-      <c r="D918" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E918" s="3" t="s">
+      <c r="F921" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G921" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A922" s="1" t="s">
         <v>3427</v>
       </c>
-      <c r="F918" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A919" s="1" t="s">
+      <c r="B922" s="1" t="s">
         <v>3428</v>
       </c>
-      <c r="B919" s="1" t="s">
+      <c r="C922" s="1" t="s">
         <v>3429</v>
       </c>
-      <c r="C919" s="1" t="s">
+      <c r="D922" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E922" s="3" t="s">
         <v>3430</v>
       </c>
-      <c r="D919" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E919" s="3" t="s">
+      <c r="F922" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G922" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A923" s="1" t="s">
         <v>3431</v>
       </c>
-      <c r="F919" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A920" s="1" t="s">
+      <c r="B923" s="1" t="s">
         <v>3432</v>
       </c>
-      <c r="B920" s="1" t="s">
+      <c r="C923" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E923" s="3" t="s">
         <v>3433</v>
       </c>
-      <c r="C920" s="1" t="s">
+      <c r="F923" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G923" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="924" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A924" s="1" t="s">
         <v>3434</v>
       </c>
-      <c r="D920" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E920" s="3" t="s">
+      <c r="B924" s="1" t="s">
         <v>3435</v>
       </c>
-      <c r="F920" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A921" s="1" t="s">
+      <c r="C924" s="1" t="s">
         <v>3436</v>
       </c>
-      <c r="B921" s="1" t="s">
+      <c r="D924" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E924" s="3" t="s">
         <v>3437</v>
       </c>
-      <c r="C921" s="1" t="s">
+      <c r="F924" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G924" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="925" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A925" s="1" t="s">
         <v>3438</v>
       </c>
-      <c r="D921" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E921" s="3" t="s">
+      <c r="B925" s="1" t="s">
         <v>3439</v>
       </c>
-      <c r="F921" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A922" s="1" t="s">
+      <c r="C925" s="1" t="s">
         <v>3440</v>
       </c>
-      <c r="B922" s="1" t="s">
+      <c r="D925" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E925" s="3" t="s">
         <v>3441</v>
       </c>
-      <c r="C922" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E922" s="3" t="s">
+      <c r="F925" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G925" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="926" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A926" s="1" t="s">
         <v>3442</v>
       </c>
-      <c r="F922" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A923" s="1" t="s">
+      <c r="B926" s="1" t="s">
         <v>3443</v>
       </c>
-      <c r="B923" s="1" t="s">
+      <c r="C926" s="1" t="s">
         <v>3444</v>
       </c>
-      <c r="C923" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E923" s="3" t="s">
+      <c r="D926" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E926" s="3" t="s">
         <v>3445</v>
       </c>
-      <c r="F923" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A924" s="1" t="s">
+      <c r="F926" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G926" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="927" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A927" s="1" t="s">
         <v>3446</v>
       </c>
-      <c r="B924" s="1" t="s">
+      <c r="B927" s="1" t="s">
         <v>3447</v>
       </c>
-      <c r="C924" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E924" s="3" t="s">
+      <c r="C927" s="1" t="s">
         <v>3448</v>
       </c>
-      <c r="F924" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A925" s="1" t="s">
+      <c r="D927" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E927" s="3" t="s">
         <v>3449</v>
       </c>
-      <c r="B925" s="1" t="s">
+      <c r="F927" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G927" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="928" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A928" s="1" t="s">
         <v>3450</v>
       </c>
-      <c r="C925" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E925" s="3" t="s">
+      <c r="B928" s="1" t="s">
         <v>3451</v>
       </c>
-      <c r="F925" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A926" s="1" t="s">
+      <c r="C928" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D928" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E928" s="3" t="s">
         <v>3452</v>
       </c>
-      <c r="B926" s="1" t="s">
+      <c r="F928" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G928" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="929" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A929" s="1" t="s">
         <v>3453</v>
       </c>
-      <c r="C926" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E926" s="3" t="s">
+      <c r="B929" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="F926" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A927" s="1" t="s">
+      <c r="C929" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D929" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E929" s="3" t="s">
         <v>3455</v>
       </c>
-      <c r="B927" s="1" t="s">
+      <c r="F929" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G929" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="930" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A930" s="1" t="s">
         <v>3456</v>
       </c>
-      <c r="C927" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E927" s="3" t="s">
+      <c r="B930" s="1" t="s">
         <v>3457</v>
       </c>
-      <c r="F927" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A928" s="1" t="s">
+      <c r="C930" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D930" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E930" s="3" t="s">
         <v>3458</v>
       </c>
-      <c r="B928" s="1" t="s">
+      <c r="F930" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G930" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="931" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A931" s="1" t="s">
         <v>3459</v>
       </c>
-      <c r="C928" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E928" s="3" t="s">
+      <c r="B931" s="1" t="s">
         <v>3460</v>
       </c>
-      <c r="F928" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A929" s="1" t="s">
+      <c r="C931" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D931" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E931" s="3" t="s">
         <v>3461</v>
       </c>
-      <c r="B929" s="1" t="s">
+      <c r="F931" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G931" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="932" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A932" s="1" t="s">
         <v>3462</v>
       </c>
-      <c r="C929" s="1" t="s">
+      <c r="B932" s="1" t="s">
         <v>3463</v>
       </c>
-      <c r="D929" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E929" s="3" t="s">
+      <c r="C932" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D932" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E932" s="3" t="s">
         <v>3464</v>
       </c>
-      <c r="F929" s="3" t="s">
+      <c r="F932" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G932" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="933" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A933" s="1" t="s">
         <v>3465</v>
       </c>
-      <c r="G929" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A930" s="1" t="s">
+      <c r="B933" s="1" t="s">
         <v>3466</v>
       </c>
-      <c r="B930" s="1" t="s">
+      <c r="C933" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="C930" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E930" s="3" t="s">
+      <c r="D933" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E933" s="3" t="s">
         <v>3468</v>
       </c>
-      <c r="F930" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A931" s="1" t="s">
+      <c r="F933" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G933" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="934" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A934" s="1" t="s">
         <v>3469</v>
       </c>
-      <c r="B931" s="1" t="s">
+      <c r="B934" s="1" t="s">
         <v>3470</v>
       </c>
-      <c r="C931" s="1" t="s">
+      <c r="C934" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D934" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E934" s="3" t="s">
         <v>3471</v>
       </c>
-      <c r="D931" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E931" s="3" t="s">
+      <c r="F934" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G934" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="935" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A935" s="1" t="s">
         <v>3472</v>
       </c>
-      <c r="F931" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A932" s="1" t="s">
+      <c r="B935" s="1" t="s">
         <v>3473</v>
       </c>
-      <c r="B932" s="1" t="s">
+      <c r="C935" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D935" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E935" s="3" t="s">
         <v>3474</v>
       </c>
-      <c r="C932" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E932" s="3" t="s">
+      <c r="F935" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G935" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="936" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A936" s="1" t="s">
         <v>3475</v>
       </c>
-      <c r="F932" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A933" s="1" t="s">
+      <c r="B936" s="1" t="s">
         <v>3476</v>
       </c>
-      <c r="B933" s="1" t="s">
+      <c r="C936" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D936" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E936" s="3" t="s">
         <v>3477</v>
       </c>
-      <c r="C933" s="1" t="s">
+      <c r="F936" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G936" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="937" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A937" s="1" t="s">
         <v>3478</v>
       </c>
-      <c r="D933" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E933" s="3" t="s">
+      <c r="B937" s="1" t="s">
         <v>3479</v>
       </c>
-      <c r="F933" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A934" s="1" t="s">
+      <c r="C937" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D937" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E937" s="3" t="s">
         <v>3480</v>
       </c>
-      <c r="B934" s="1" t="s">
+      <c r="F937" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G937" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="938" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A938" s="1" t="s">
         <v>3481</v>
       </c>
-      <c r="C934" s="1" t="s">
+      <c r="B938" s="1" t="s">
         <v>3482</v>
       </c>
-      <c r="D934" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E934" s="3" t="s">
+      <c r="C938" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D938" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E938" s="3" t="s">
         <v>3483</v>
       </c>
-      <c r="F934" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A935" s="1" t="s">
+      <c r="F938" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G938" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="939" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A939" s="1" t="s">
         <v>3484</v>
       </c>
-      <c r="B935" s="1" t="s">
+      <c r="B939" s="1" t="s">
         <v>3485</v>
       </c>
-      <c r="C935" s="1" t="s">
+      <c r="C939" s="1" t="s">
         <v>3486</v>
       </c>
-      <c r="D935" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E935" s="3" t="s">
+      <c r="D939" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E939" s="3" t="s">
         <v>3487</v>
       </c>
-      <c r="F935" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A936" s="1" t="s">
+      <c r="F939" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G939" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="940" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A940" s="1" t="s">
         <v>3488</v>
       </c>
-      <c r="B936" s="1" t="s">
+      <c r="B940" s="1" t="s">
         <v>3489</v>
       </c>
-      <c r="C936" s="1" t="s">
+      <c r="C940" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D940" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E940" s="3" t="s">
         <v>3490</v>
       </c>
-      <c r="D936" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E936" s="3" t="s">
+      <c r="F940" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G940" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="941" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A941" s="1" t="s">
         <v>3491</v>
       </c>
-      <c r="F936" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A937" s="1" t="s">
+      <c r="B941" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="B937" s="1" t="s">
+      <c r="C941" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D941" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E941" s="3" t="s">
         <v>3493</v>
       </c>
-      <c r="C937" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E937" s="3" t="s">
+      <c r="F941" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G941" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="942" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A942" s="1" t="s">
         <v>3494</v>
       </c>
-      <c r="F937" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A938" s="1" t="s">
+      <c r="B942" s="1" t="s">
         <v>3495</v>
       </c>
-      <c r="B938" s="1" t="s">
+      <c r="C942" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D942" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E942" s="3" t="s">
         <v>3496</v>
       </c>
-      <c r="C938" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E938" s="3" t="s">
+      <c r="F942" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G942" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="943" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A943" s="1" t="s">
         <v>3497</v>
       </c>
-      <c r="F938" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A939" s="1" t="s">
+      <c r="B943" s="1" t="s">
         <v>3498</v>
       </c>
-      <c r="B939" s="1" t="s">
+      <c r="C943" s="1" t="s">
         <v>3499</v>
       </c>
-      <c r="C939" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E939" s="3" t="s">
+      <c r="D943" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E943" s="3" t="s">
         <v>3500</v>
       </c>
-      <c r="F939" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A940" s="1" t="s">
+      <c r="F943" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G943" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="944" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A944" s="1" t="s">
         <v>3501</v>
       </c>
-      <c r="B940" s="1" t="s">
+      <c r="B944" s="1" t="s">
         <v>3502</v>
       </c>
-      <c r="C940" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E940" s="3" t="s">
+      <c r="C944" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D944" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E944" s="3" t="s">
         <v>3503</v>
       </c>
-      <c r="F940" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A941" s="1" t="s">
+      <c r="F944" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G944" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="945" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A945" s="1" t="s">
         <v>3504</v>
       </c>
-      <c r="B941" s="1" t="s">
+      <c r="B945" s="1" t="s">
         <v>3505</v>
       </c>
-      <c r="C941" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E941" s="3" t="s">
+      <c r="C945" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E945" s="3" t="s">
         <v>3506</v>
       </c>
-      <c r="F941" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A942" s="1" t="s">
+      <c r="F945" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G945" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="946" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A946" s="1" t="s">
         <v>3507</v>
       </c>
-      <c r="B942" s="1" t="s">
+      <c r="B946" s="1" t="s">
         <v>3508</v>
       </c>
-      <c r="C942" s="1" t="s">
+      <c r="C946" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E946" s="3" t="s">
         <v>3509</v>
       </c>
-      <c r="D942" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E942" s="3" t="s">
+      <c r="F946" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G946" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="947" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A947" s="1" t="s">
         <v>3510</v>
       </c>
-      <c r="F942" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A943" s="1" t="s">
+      <c r="B947" s="1" t="s">
         <v>3511</v>
       </c>
-      <c r="B943" s="1" t="s">
+      <c r="C947" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D947" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E947" s="3" t="s">
         <v>3512</v>
       </c>
-      <c r="C943" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E943" s="3" t="s">
+      <c r="F947" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G947" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="948" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A948" s="1" t="s">
         <v>3513</v>
       </c>
-      <c r="F943" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A944" s="1" t="s">
+      <c r="B948" s="1" t="s">
         <v>3514</v>
       </c>
-      <c r="B944" s="1" t="s">
+      <c r="C948" s="1" t="s">
         <v>3515</v>
       </c>
-      <c r="C944" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E944" s="3" t="s">
+      <c r="D948" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E948" s="3" t="s">
         <v>3516</v>
       </c>
-      <c r="F944" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A945" s="1" t="s">
+      <c r="F948" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G948" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="949" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A949" s="1" t="s">
         <v>3517</v>
       </c>
-      <c r="B945" s="1" t="s">
+      <c r="B949" s="1" t="s">
         <v>3518</v>
       </c>
-      <c r="C945" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E945" s="3" t="s">
+      <c r="C949" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D949" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E949" s="3" t="s">
         <v>3519</v>
       </c>
-      <c r="F945" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A946" s="1" t="s">
+      <c r="F949" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G949" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="950" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A950" s="1" t="s">
         <v>3520</v>
       </c>
-      <c r="B946" s="1" t="s">
+      <c r="B950" s="1" t="s">
         <v>3521</v>
       </c>
-      <c r="C946" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E946" s="3" t="s">
+      <c r="C950" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D950" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E950" s="3" t="s">
         <v>3522</v>
       </c>
-      <c r="F946" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A947" s="1" t="s">
+      <c r="F950" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G950" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="951" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A951" s="1" t="s">
         <v>3523</v>
       </c>
-      <c r="B947" s="1" t="s">
+      <c r="B951" s="1" t="s">
         <v>3524</v>
       </c>
-      <c r="C947" s="1" t="s">
+      <c r="C951" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D951" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E951" s="3" t="s">
         <v>3525</v>
       </c>
-      <c r="D947" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E947" s="3" t="s">
+      <c r="F951" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G951" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="952" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A952" s="1" t="s">
         <v>3526</v>
       </c>
-      <c r="F947" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A948" s="1" t="s">
+      <c r="B952" s="1" t="s">
         <v>3527</v>
       </c>
-      <c r="B948" s="1" t="s">
+      <c r="C952" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E952" s="3" t="s">
         <v>3528</v>
       </c>
-      <c r="C948" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E948" s="3" t="s">
+      <c r="F952" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G952" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="953" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A953" s="1" t="s">
         <v>3529</v>
       </c>
-      <c r="F948" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A949" s="1" t="s">
+      <c r="B953" s="1" t="s">
         <v>3530</v>
       </c>
-      <c r="B949" s="1" t="s">
+      <c r="C953" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E953" s="3" t="s">
         <v>3531</v>
       </c>
-      <c r="C949" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E949" s="3" t="s">
+      <c r="F953" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G953" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="954" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A954" s="1" t="s">
         <v>3532</v>
       </c>
-      <c r="F949" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A950" s="1" t="s">
+      <c r="B954" s="1" t="s">
         <v>3533</v>
       </c>
-      <c r="B950" s="1" t="s">
+      <c r="C954" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D954" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E954" s="3" t="s">
         <v>3534</v>
       </c>
-      <c r="C950" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E950" s="3" t="s">
+      <c r="F954" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G954" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="955" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A955" s="1" t="s">
         <v>3535</v>
       </c>
-      <c r="F950" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A951" s="1" t="s">
+      <c r="B955" s="1" t="s">
         <v>3536</v>
       </c>
-      <c r="B951" s="1" t="s">
+      <c r="C955" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E955" s="3" t="s">
         <v>3537</v>
       </c>
-      <c r="C951" s="1" t="s">
+      <c r="F955" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G955" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="956" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A956" s="1" t="s">
         <v>3538</v>
       </c>
-      <c r="D951" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E951" s="3" t="s">
+      <c r="B956" s="1" t="s">
         <v>3539</v>
       </c>
-      <c r="F951" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A952" s="1" t="s">
+      <c r="C956" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E956" s="3" t="s">
         <v>3540</v>
       </c>
-      <c r="B952" s="1" t="s">
+      <c r="F956" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G956" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="957" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A957" s="1" t="s">
         <v>3541</v>
       </c>
-      <c r="C952" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E952" s="3" t="s">
+      <c r="B957" s="1" t="s">
         <v>3542</v>
       </c>
-      <c r="F952" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A953" s="1" t="s">
+      <c r="C957" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E957" s="3" t="s">
         <v>3543</v>
       </c>
-      <c r="B953" s="1" t="s">
+      <c r="F957" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G957" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="958" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A958" s="1" t="s">
         <v>3544</v>
       </c>
-      <c r="C953" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E953" s="3" t="s">
+      <c r="B958" s="1" t="s">
         <v>3545</v>
       </c>
-      <c r="F953" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A954" s="1" t="s">
+      <c r="C958" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E958" s="3" t="s">
         <v>3546</v>
       </c>
-      <c r="B954" s="1" t="s">
+      <c r="F958" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G958" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="959" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A959" s="1" t="s">
         <v>3547</v>
       </c>
-      <c r="C954" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E954" s="3" t="s">
+      <c r="B959" s="1" t="s">
         <v>3548</v>
       </c>
-      <c r="F954" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A955" s="1" t="s">
+      <c r="C959" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E959" s="3" t="s">
         <v>3549</v>
       </c>
-      <c r="B955" s="1" t="s">
+      <c r="F959" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G959" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="960" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A960" s="1" t="s">
         <v>3550</v>
       </c>
-      <c r="C955" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E955" s="3" t="s">
+      <c r="B960" s="1" t="s">
         <v>3551</v>
       </c>
-      <c r="F955" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A956" s="1" t="s">
+      <c r="C960" s="1" t="s">
+        <v>3551</v>
+      </c>
+      <c r="D960" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E960" s="3" t="s">
         <v>3552</v>
       </c>
-      <c r="B956" s="1" t="s">
+      <c r="F960" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G960" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="961" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A961" s="1" t="s">
         <v>3553</v>
       </c>
-      <c r="C956" s="1" t="s">
+      <c r="B961" s="1" t="s">
         <v>3554</v>
       </c>
-      <c r="D956" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E956" s="3" t="s">
+      <c r="C961" s="1" t="s">
         <v>3555</v>
       </c>
-      <c r="F956" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A957" s="1" t="s">
+      <c r="D961" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E961" s="3" t="s">
         <v>3556</v>
       </c>
-      <c r="B957" s="1" t="s">
+      <c r="F961" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G961" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="962" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A962" s="1" t="s">
         <v>3557</v>
       </c>
-      <c r="C957" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E957" s="3" t="s">
+      <c r="B962" s="1" t="s">
         <v>3558</v>
       </c>
-      <c r="F957" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A958" s="1" t="s">
+      <c r="C962" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E962" s="3" t="s">
         <v>3559</v>
       </c>
-      <c r="B958" s="1" t="s">
+      <c r="F962" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G962" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="963" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A963" s="1" t="s">
         <v>3560</v>
       </c>
-      <c r="C958" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E958" s="3" t="s">
+      <c r="B963" s="1" t="s">
         <v>3561</v>
       </c>
-      <c r="F958" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A959" s="1" t="s">
+      <c r="C963" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="D963" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E963" s="3" t="s">
         <v>3562</v>
       </c>
-      <c r="B959" s="1" t="s">
+      <c r="F963" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G963" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="964" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A964" s="1" t="s">
         <v>3563</v>
       </c>
-      <c r="C959" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E959" s="3" t="s">
+      <c r="B964" s="1" t="s">
         <v>3564</v>
       </c>
-      <c r="F959" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A960" s="1" t="s">
+      <c r="C964" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D964" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E964" s="3" t="s">
         <v>3565</v>
       </c>
-      <c r="B960" s="1" t="s">
+      <c r="F964" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G964" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="965" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A965" s="1" t="s">
         <v>3566</v>
       </c>
-      <c r="C960" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E960" s="3" t="s">
+      <c r="B965" s="1" t="s">
         <v>3567</v>
       </c>
-      <c r="F960" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A961" s="1" t="s">
+      <c r="C965" s="1" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D965" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E965" s="3" t="s">
         <v>3568</v>
       </c>
-      <c r="B961" s="1" t="s">
+      <c r="F965" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G965" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="966" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A966" s="1" t="s">
         <v>3569</v>
       </c>
-      <c r="C961" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E961" s="3" t="s">
+      <c r="B966" s="1" t="s">
         <v>3570</v>
       </c>
-      <c r="F961" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A962" s="1" t="s">
+      <c r="C966" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D966" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E966" s="3" t="s">
         <v>3571</v>
       </c>
-      <c r="B962" s="1" t="s">
+      <c r="F966" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G966" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="967" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A967" s="1" t="s">
         <v>3572</v>
       </c>
-      <c r="C962" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E962" s="3" t="s">
+      <c r="B967" s="1" t="s">
         <v>3573</v>
       </c>
-      <c r="F962" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A963" s="1" t="s">
+      <c r="C967" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D967" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E967" s="3" t="s">
         <v>3574</v>
       </c>
-      <c r="B963" s="1" t="s">
+      <c r="F967" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G967" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="968" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A968" s="1" t="s">
         <v>3575</v>
       </c>
-      <c r="C963" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E963" s="3" t="s">
+      <c r="B968" s="1" t="s">
         <v>3576</v>
       </c>
-      <c r="F963" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A964" s="1" t="s">
+      <c r="C968" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D968" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E968" s="3" t="s">
         <v>3577</v>
       </c>
-      <c r="B964" s="1" t="s">
+      <c r="F968" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G968" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="969" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A969" s="1" t="s">
         <v>3578</v>
       </c>
-      <c r="C964" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E964" s="3" t="s">
+      <c r="B969" s="1" t="s">
         <v>3579</v>
       </c>
-      <c r="F964" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A965" s="1" t="s">
+      <c r="C969" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D969" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E969" s="3" t="s">
         <v>3580</v>
       </c>
-      <c r="B965" s="1" t="s">
+      <c r="F969" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G969" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="970" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A970" s="1" t="s">
         <v>3581</v>
       </c>
-      <c r="C965" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E965" s="3" t="s">
+      <c r="B970" s="1" t="s">
         <v>3582</v>
       </c>
-      <c r="F965" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A966" s="1" t="s">
+      <c r="C970" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D970" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E970" s="3" t="s">
         <v>3583</v>
       </c>
-      <c r="B966" s="1" t="s">
+      <c r="F970" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G970" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="971" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A971" s="1" t="s">
         <v>3584</v>
       </c>
-      <c r="C966" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E966" s="3" t="s">
+      <c r="B971" s="1" t="s">
         <v>3585</v>
       </c>
-      <c r="F966" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A967" s="1" t="s">
+      <c r="C971" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D971" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E971" s="3" t="s">
         <v>3586</v>
       </c>
-      <c r="B967" s="1" t="s">
+      <c r="F971" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G971" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="972" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A972" s="1" t="s">
         <v>3587</v>
       </c>
-      <c r="C967" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E967" s="3" t="s">
+      <c r="B972" s="1" t="s">
         <v>3588</v>
       </c>
-      <c r="F967" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A968" s="1" t="s">
+      <c r="C972" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D972" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E972" s="3" t="s">
         <v>3589</v>
       </c>
-      <c r="B968" s="1" t="s">
+      <c r="F972" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G972" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="973" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A973" s="1" t="s">
         <v>3590</v>
       </c>
-      <c r="C968" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E968" s="3" t="s">
+      <c r="B973" s="1" t="s">
         <v>3591</v>
       </c>
-      <c r="F968" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A969" s="1" t="s">
+      <c r="C973" s="1" t="s">
         <v>3592</v>
       </c>
-      <c r="B969" s="1" t="s">
+      <c r="D973" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E973" s="3" t="s">
         <v>3593</v>
       </c>
-      <c r="C969" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E969" s="3" t="s">
+      <c r="F973" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G973" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="974" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A974" s="1" t="s">
         <v>3594</v>
       </c>
-      <c r="F969" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A970" s="1" t="s">
+      <c r="B974" s="1" t="s">
         <v>3595</v>
       </c>
-      <c r="B970" s="1" t="s">
+      <c r="C974" s="1" t="s">
         <v>3596</v>
       </c>
-      <c r="C970" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E970" s="3" t="s">
+      <c r="D974" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E974" s="3" t="s">
         <v>3597</v>
       </c>
-      <c r="F970" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A971" s="1" t="s">
+      <c r="F974" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G974" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="975" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A975" s="1" t="s">
         <v>3598</v>
       </c>
-      <c r="B971" s="1" t="s">
+      <c r="B975" s="1" t="s">
         <v>3599</v>
       </c>
-      <c r="C971" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E971" s="3" t="s">
+      <c r="C975" s="1" t="s">
         <v>3600</v>
       </c>
-      <c r="F971" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A972" s="1" t="s">
+      <c r="D975" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E975" s="3" t="s">
         <v>3601</v>
       </c>
-      <c r="B972" s="1" t="s">
+      <c r="F975" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G975" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="976" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A976" s="1" t="s">
         <v>3602</v>
       </c>
-      <c r="C972" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E972" s="3" t="s">
+      <c r="B976" s="1" t="s">
         <v>3603</v>
       </c>
-      <c r="F972" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A973" s="1" t="s">
+      <c r="C976" s="1" t="s">
         <v>3604</v>
       </c>
-      <c r="B973" s="1" t="s">
+      <c r="D976" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E976" s="3" t="s">
         <v>3605</v>
       </c>
-      <c r="C973" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E973" s="3" t="s">
+      <c r="F976" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G976" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="977" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A977" s="1" t="s">
         <v>3606</v>
       </c>
-      <c r="F973" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A974" s="1" t="s">
+      <c r="B977" s="1" t="s">
         <v>3607</v>
       </c>
-      <c r="B974" s="1" t="s">
+      <c r="C977" s="1" t="s">
         <v>3608</v>
       </c>
-      <c r="C974" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E974" s="3" t="s">
+      <c r="D977" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E977" s="3" t="s">
         <v>3609</v>
       </c>
-      <c r="F974" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A975" s="1" t="s">
+      <c r="F977" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G977" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="978" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A978" s="1" t="s">
         <v>3610</v>
       </c>
-      <c r="B975" s="1" t="s">
+      <c r="B978" s="1" t="s">
         <v>3611</v>
       </c>
-      <c r="C975" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E975" s="3" t="s">
+      <c r="C978" s="1" t="s">
         <v>3612</v>
       </c>
-      <c r="F975" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A976" s="1" t="s">
+      <c r="D978" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E978" s="3" t="s">
         <v>3613</v>
       </c>
-      <c r="B976" s="1" t="s">
+      <c r="F978" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G978" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="979" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A979" s="1" t="s">
         <v>3614</v>
       </c>
-      <c r="C976" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E976" s="3" t="s">
+      <c r="B979" s="1" t="s">
         <v>3615</v>
       </c>
-      <c r="F976" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A977" s="1" t="s">
+      <c r="C979" s="1" t="s">
         <v>3616</v>
       </c>
-      <c r="B977" s="1" t="s">
+      <c r="D979" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E979" s="3" t="s">
         <v>3617</v>
       </c>
-      <c r="C977" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E977" s="3" t="s">
+      <c r="F979" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G979" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="980" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A980" s="1" t="s">
         <v>3618</v>
       </c>
-      <c r="F977" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A978" s="1" t="s">
+      <c r="B980" s="1" t="s">
         <v>3619</v>
       </c>
-      <c r="B978" s="1" t="s">
+      <c r="C980" s="1" t="s">
         <v>3620</v>
       </c>
-      <c r="C978" s="1" t="s">
+      <c r="D980" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E980" s="3" t="s">
         <v>3621</v>
       </c>
-      <c r="D978" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E978" s="3" t="s">
+      <c r="F980" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G980" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="981" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A981" s="1" t="s">
         <v>3622</v>
       </c>
-      <c r="F978" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A979" s="1" t="s">
+      <c r="B981" s="1" t="s">
         <v>3623</v>
       </c>
-      <c r="B979" s="1" t="s">
+      <c r="C981" s="1" t="s">
         <v>3624</v>
       </c>
-      <c r="C979" s="1" t="s">
+      <c r="D981" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E981" s="3" t="s">
         <v>3625</v>
       </c>
-      <c r="D979" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E979" s="3" t="s">
+      <c r="F981" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G981" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="982" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A982" s="1" t="s">
         <v>3626</v>
       </c>
-      <c r="F979" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A980" s="1" t="s">
+      <c r="B982" s="1" t="s">
         <v>3627</v>
       </c>
-      <c r="B980" s="1" t="s">
+      <c r="C982" s="1" t="s">
         <v>3628</v>
       </c>
-      <c r="C980" s="1" t="s">
+      <c r="D982" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E982" s="3" t="s">
         <v>3629</v>
       </c>
-      <c r="D980" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E980" s="3" t="s">
+      <c r="F982" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G982" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="983" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A983" s="1" t="s">
         <v>3630</v>
       </c>
-      <c r="F980" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A981" s="1" t="s">
+      <c r="B983" s="1" t="s">
         <v>3631</v>
       </c>
-      <c r="B981" s="1" t="s">
+      <c r="C983" s="1" t="s">
         <v>3632</v>
       </c>
-      <c r="C981" s="1" t="s">
+      <c r="D983" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E983" s="3" t="s">
         <v>3633</v>
       </c>
-      <c r="D981" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E981" s="3" t="s">
+      <c r="F983" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G983" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="984" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A984" s="1" t="s">
         <v>3634</v>
       </c>
-      <c r="F981" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A982" s="1" t="s">
+      <c r="B984" s="1" t="s">
         <v>3635</v>
       </c>
-      <c r="B982" s="1" t="s">
+      <c r="C984" s="1" t="s">
         <v>3636</v>
       </c>
-      <c r="C982" s="1" t="s">
+      <c r="D984" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E984" s="3" t="s">
         <v>3637</v>
       </c>
-      <c r="D982" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E982" s="3" t="s">
+      <c r="F984" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G984" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="985" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A985" s="1" t="s">
         <v>3638</v>
       </c>
-      <c r="F982" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A983" s="1" t="s">
+      <c r="B985" s="1" t="s">
         <v>3639</v>
       </c>
-      <c r="B983" s="1" t="s">
+      <c r="C985" s="1" t="s">
         <v>3640</v>
       </c>
-      <c r="C983" s="1" t="s">
+      <c r="D985" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E985" s="3" t="s">
         <v>3641</v>
       </c>
-      <c r="D983" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E983" s="3" t="s">
+      <c r="F985" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G985" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="986" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A986" s="1" t="s">
         <v>3642</v>
       </c>
-      <c r="F983" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A984" s="1" t="s">
+      <c r="B986" s="1" t="s">
         <v>3643</v>
       </c>
-      <c r="B984" s="1" t="s">
+      <c r="C986" s="1" t="s">
         <v>3644</v>
       </c>
-      <c r="C984" s="1" t="s">
+      <c r="D986" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E986" s="3" t="s">
         <v>3645</v>
       </c>
-      <c r="D984" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E984" s="3" t="s">
+      <c r="F986" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G986" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="987" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A987" s="1" t="s">
         <v>3646</v>
       </c>
-      <c r="F984" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A985" s="1" t="s">
+      <c r="B987" s="1" t="s">
         <v>3647</v>
       </c>
-      <c r="B985" s="1" t="s">
+      <c r="C987" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D987" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E987" s="3" t="s">
         <v>3648</v>
       </c>
-      <c r="C985" s="1" t="s">
+      <c r="F987" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G987" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="988" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A988" s="1" t="s">
         <v>3649</v>
       </c>
-      <c r="D985" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E985" s="3" t="s">
+      <c r="B988" s="1" t="s">
         <v>3650</v>
       </c>
-      <c r="F985" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A986" s="1" t="s">
+      <c r="C988" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D988" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E988" s="3" t="s">
         <v>3651</v>
       </c>
-      <c r="B986" s="1" t="s">
+      <c r="F988" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G988" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="989" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A989" s="1" t="s">
         <v>3652</v>
       </c>
-      <c r="C986" s="1" t="s">
+      <c r="B989" s="1" t="s">
         <v>3653</v>
       </c>
-      <c r="D986" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E986" s="3" t="s">
+      <c r="C989" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D989" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E989" s="3" t="s">
         <v>3654</v>
       </c>
-      <c r="F986" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A987" s="1" t="s">
+      <c r="F989" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G989" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="990" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A990" s="1" t="s">
         <v>3655</v>
       </c>
-      <c r="B987" s="1" t="s">
+      <c r="B990" s="1" t="s">
         <v>3656</v>
       </c>
-      <c r="C987" s="1" t="s">
+      <c r="C990" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D990" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E990" s="3" t="s">
         <v>3657</v>
       </c>
-      <c r="D987" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E987" s="3" t="s">
+      <c r="F990" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G990" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="991" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A991" s="1" t="s">
         <v>3658</v>
       </c>
-      <c r="F987" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A988" s="1" t="s">
+      <c r="B991" s="1" t="s">
         <v>3659</v>
       </c>
-      <c r="B988" s="1" t="s">
+      <c r="C991" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D991" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E991" s="3" t="s">
         <v>3660</v>
       </c>
-      <c r="C988" s="1" t="s">
+      <c r="F991" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G991" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="992" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A992" s="1" t="s">
         <v>3661</v>
       </c>
-      <c r="D988" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E988" s="3" t="s">
+      <c r="B992" s="1" t="s">
         <v>3662</v>
       </c>
-      <c r="F988" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A989" s="1" t="s">
+      <c r="C992" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D992" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E992" s="3" t="s">
         <v>3663</v>
       </c>
-      <c r="B989" s="1" t="s">
+      <c r="F992" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G992" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="993" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A993" s="1" t="s">
         <v>3664</v>
       </c>
-      <c r="C989" s="1" t="s">
+      <c r="B993" s="1" t="s">
         <v>3665</v>
       </c>
-      <c r="D989" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E989" s="3" t="s">
+      <c r="C993" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D993" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E993" s="3" t="s">
         <v>3666</v>
       </c>
-      <c r="F989" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A990" s="1" t="s">
+      <c r="F993" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G993" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="994" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A994" s="1" t="s">
         <v>3667</v>
       </c>
-      <c r="B990" s="1" t="s">
+      <c r="B994" s="1" t="s">
         <v>3668</v>
       </c>
-      <c r="C990" s="1" t="s">
+      <c r="C994" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D994" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E994" s="3" t="s">
         <v>3669</v>
       </c>
-      <c r="D990" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E990" s="3" t="s">
+      <c r="F994" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G994" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="995" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A995" s="1" t="s">
         <v>3670</v>
       </c>
-      <c r="F990" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A991" s="1" t="s">
+      <c r="B995" s="1" t="s">
         <v>3671</v>
       </c>
-      <c r="B991" s="1" t="s">
+      <c r="C995" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D995" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E995" s="3" t="s">
         <v>3672</v>
       </c>
-      <c r="C991" s="1" t="s">
+      <c r="F995" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G995" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="996" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A996" s="1" t="s">
         <v>3673</v>
       </c>
-      <c r="D991" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E991" s="3" t="s">
+      <c r="B996" s="1" t="s">
         <v>3674</v>
       </c>
-      <c r="F991" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A992" s="1" t="s">
+      <c r="C996" s="1" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D996" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E996" s="3" t="s">
         <v>3675</v>
       </c>
-      <c r="B992" s="1" t="s">
+      <c r="F996" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G996" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="997" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A997" s="1" t="s">
         <v>3676</v>
       </c>
-      <c r="C992" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E992" s="3" t="s">
+      <c r="B997" s="1" t="s">
         <v>3677</v>
       </c>
-      <c r="F992" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A993" s="1" t="s">
+      <c r="C997" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D997" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E997" s="3" t="s">
         <v>3678</v>
       </c>
-      <c r="B993" s="1" t="s">
+      <c r="F997" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G997" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="998" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A998" s="1" t="s">
         <v>3679</v>
       </c>
-      <c r="C993" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E993" s="3" t="s">
+      <c r="B998" s="1" t="s">
         <v>3680</v>
       </c>
-      <c r="F993" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A994" s="1" t="s">
+      <c r="C998" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D998" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E998" s="3" t="s">
         <v>3681</v>
       </c>
-      <c r="B994" s="1" t="s">
+      <c r="F998" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G998" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="999" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A999" s="1" t="s">
         <v>3682</v>
       </c>
-      <c r="C994" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E994" s="3" t="s">
+      <c r="B999" s="1" t="s">
         <v>3683</v>
       </c>
-      <c r="F994" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A995" s="1" t="s">
+      <c r="C999" s="1" t="s">
+        <v>3683</v>
+      </c>
+      <c r="D999" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E999" s="3" t="s">
         <v>3684</v>
       </c>
-      <c r="B995" s="1" t="s">
+      <c r="F999" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G999" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1000" s="1" t="s">
         <v>3685</v>
       </c>
-      <c r="C995" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E995" s="3" t="s">
+      <c r="B1000" s="1" t="s">
         <v>3686</v>
       </c>
-      <c r="F995" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A996" s="1" t="s">
+      <c r="C1000" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D1000" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1000" s="3" t="s">
         <v>3687</v>
       </c>
-      <c r="B996" s="1" t="s">
+      <c r="F1000" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1000" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1001" s="1" t="s">
         <v>3688</v>
       </c>
-      <c r="C996" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E996" s="3" t="s">
+      <c r="B1001" s="1" t="s">
         <v>3689</v>
       </c>
-      <c r="F996" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A997" s="1" t="s">
+      <c r="C1001" s="1" t="s">
+        <v>3689</v>
+      </c>
+      <c r="D1001" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1001" s="3" t="s">
         <v>3690</v>
       </c>
-      <c r="B997" s="1" t="s">
+      <c r="F1001" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1001" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1002" s="1" t="s">
         <v>3691</v>
       </c>
-      <c r="C997" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E997" s="3" t="s">
+      <c r="B1002" s="1" t="s">
         <v>3692</v>
       </c>
-      <c r="F997" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A998" s="1" t="s">
+      <c r="C1002" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1002" s="3" t="s">
         <v>3693</v>
       </c>
-      <c r="B998" s="1" t="s">
+      <c r="F1002" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1002" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1003" s="1" t="s">
         <v>3694</v>
       </c>
-      <c r="C998" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E998" s="3" t="s">
+      <c r="B1003" s="1" t="s">
         <v>3695</v>
       </c>
-      <c r="F998" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A999" s="1" t="s">
+      <c r="C1003" s="1" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D1003" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1003" s="3" t="s">
         <v>3696</v>
       </c>
-      <c r="B999" s="1" t="s">
+      <c r="F1003" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1003" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1004" s="1" t="s">
         <v>3697</v>
       </c>
-      <c r="C999" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E999" s="3" t="s">
+      <c r="B1004" s="1" t="s">
         <v>3698</v>
       </c>
-      <c r="F999" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1000" s="1" t="s">
+      <c r="C1004" s="1" t="s">
+        <v>3698</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1004" s="3" t="s">
         <v>3699</v>
       </c>
-      <c r="B1000" s="1" t="s">
+      <c r="F1004" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1004" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1005" s="1" t="s">
         <v>3700</v>
       </c>
-      <c r="C1000" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1000" s="3" t="s">
+      <c r="B1005" s="1" t="s">
         <v>3701</v>
       </c>
-      <c r="F1000" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1001" s="1" t="s">
+      <c r="C1005" s="1" t="s">
+        <v>3701</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1005" s="3" t="s">
         <v>3702</v>
       </c>
-      <c r="B1001" s="1" t="s">
+      <c r="F1005" s="3" t="s">
         <v>3703</v>
       </c>
-      <c r="C1001" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1001" s="3" t="s">
+      <c r="G1005" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1006" s="1" t="s">
         <v>3704</v>
       </c>
-      <c r="F1001" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1002" s="1" t="s">
+      <c r="B1006" s="1" t="s">
         <v>3705</v>
       </c>
-      <c r="B1002" s="1" t="s">
+      <c r="C1006" s="1" t="s">
+        <v>3705</v>
+      </c>
+      <c r="D1006" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1006" s="3" t="s">
         <v>3706</v>
       </c>
-      <c r="C1002" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1002" s="3" t="s">
+      <c r="F1006" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1006" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1007" s="1" t="s">
         <v>3707</v>
       </c>
-      <c r="F1002" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1003" s="1" t="s">
+      <c r="B1007" s="1" t="s">
         <v>3708</v>
       </c>
-      <c r="B1003" s="1" t="s">
+      <c r="C1007" s="1" t="s">
+        <v>3708</v>
+      </c>
+      <c r="D1007" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1007" s="3" t="s">
         <v>3709</v>
       </c>
-      <c r="C1003" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1003" s="3" t="s">
+      <c r="F1007" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1007" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1008" s="1" t="s">
         <v>3710</v>
       </c>
-      <c r="F1003" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1004" s="1" t="s">
+      <c r="B1008" s="1" t="s">
         <v>3711</v>
       </c>
-      <c r="B1004" s="1" t="s">
+      <c r="C1008" s="1" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D1008" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1008" s="3" t="s">
         <v>3712</v>
       </c>
-      <c r="C1004" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1004" s="3" t="s">
+      <c r="F1008" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1008" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1009" s="1" t="s">
         <v>3713</v>
       </c>
-      <c r="F1004" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1005" s="1" t="s">
+      <c r="B1009" s="1" t="s">
         <v>3714</v>
       </c>
-      <c r="B1005" s="1" t="s">
+      <c r="C1009" s="1" t="s">
         <v>3715</v>
       </c>
-      <c r="C1005" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1005" s="3" t="s">
+      <c r="D1009" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1009" s="3" t="s">
         <v>3716</v>
       </c>
-      <c r="F1005" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1006" s="1" t="s">
+      <c r="F1009" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1009" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1010" s="1" t="s">
         <v>3717</v>
       </c>
-      <c r="B1006" s="1" t="s">
+      <c r="B1010" s="1" t="s">
         <v>3718</v>
       </c>
-      <c r="C1006" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1006" s="3" t="s">
+      <c r="C1010" s="1" t="s">
         <v>3719</v>
       </c>
-      <c r="F1006" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1007" s="1" t="s">
+      <c r="D1010" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1010" s="3" t="s">
         <v>3720</v>
       </c>
-      <c r="B1007" s="1" t="s">
+      <c r="F1010" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1010" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1011" s="1" t="s">
         <v>3721</v>
       </c>
-      <c r="C1007" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1007" s="3" t="s">
+      <c r="B1011" s="1" t="s">
         <v>3722</v>
       </c>
-      <c r="F1007" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1008" s="1" t="s">
+      <c r="C1011" s="1" t="s">
         <v>3723</v>
       </c>
-      <c r="B1008" s="1" t="s">
+      <c r="D1011" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1011" s="3" t="s">
         <v>3724</v>
       </c>
-      <c r="C1008" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1008" s="3" t="s">
+      <c r="F1011" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1011" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1012" s="1" t="s">
         <v>3725</v>
       </c>
-      <c r="F1008" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1009" s="1" t="s">
+      <c r="B1012" s="1" t="s">
         <v>3726</v>
       </c>
-      <c r="B1009" s="1" t="s">
+      <c r="C1012" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="D1012" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1012" s="3" t="s">
         <v>3727</v>
       </c>
-      <c r="C1009" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1009" s="3" t="s">
+      <c r="F1012" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1012" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1013" s="1" t="s">
         <v>3728</v>
       </c>
-      <c r="F1009" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1010" s="1" t="s">
+      <c r="B1013" s="1" t="s">
         <v>3729</v>
       </c>
-      <c r="B1010" s="1" t="s">
+      <c r="C1013" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1013" s="3" t="s">
         <v>3730</v>
       </c>
-      <c r="C1010" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1010" s="3" t="s">
+      <c r="F1013" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1013" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1014" s="1" t="s">
         <v>3731</v>
       </c>
-      <c r="F1010" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1011" s="1" t="s">
+      <c r="B1014" s="1" t="s">
         <v>3732</v>
       </c>
-      <c r="B1011" s="1" t="s">
+      <c r="C1014" s="1" t="s">
         <v>3733</v>
       </c>
-      <c r="C1011" s="1" t="s">
+      <c r="D1014" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1014" s="3" t="s">
         <v>3734</v>
       </c>
-      <c r="D1011" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1011" s="3" t="s">
+      <c r="F1014" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1014" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1015" s="1" t="s">
         <v>3735</v>
       </c>
-      <c r="F1011" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1012" s="1" t="s">
+      <c r="B1015" s="1" t="s">
         <v>3736</v>
       </c>
-      <c r="B1012" s="1" t="s">
+      <c r="C1015" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1015" s="3" t="s">
         <v>3737</v>
       </c>
-      <c r="C1012" s="1" t="s">
+      <c r="F1015" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1015" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1016" s="1" t="s">
         <v>3738</v>
       </c>
-      <c r="D1012" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1012" s="3" t="s">
+      <c r="B1016" s="1" t="s">
         <v>3739</v>
       </c>
-      <c r="F1012" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1013" s="1" t="s">
+      <c r="C1016" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D1016" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1016" s="3" t="s">
         <v>3740</v>
       </c>
-      <c r="B1013" s="1" t="s">
+      <c r="F1016" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1016" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1017" s="1" t="s">
         <v>3741</v>
       </c>
-      <c r="C1013" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1013" s="3" t="s">
+      <c r="B1017" s="1" t="s">
         <v>3742</v>
       </c>
-      <c r="F1013" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1014" s="1" t="s">
+      <c r="C1017" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D1017" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1017" s="3" t="s">
         <v>3743</v>
       </c>
-      <c r="B1014" s="1" t="s">
+      <c r="F1017" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1017" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1018" s="1" t="s">
         <v>3744</v>
       </c>
-      <c r="C1014" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1014" s="3" t="s">
+      <c r="B1018" s="1" t="s">
         <v>3745</v>
       </c>
-      <c r="F1014" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1015" s="1" t="s">
+      <c r="C1018" s="1" t="s">
         <v>3746</v>
       </c>
-      <c r="B1015" s="1" t="s">
+      <c r="D1018" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1018" s="3" t="s">
         <v>3747</v>
       </c>
-      <c r="C1015" s="1" t="s">
+      <c r="F1018" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1018" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1019" s="1" t="s">
         <v>3748</v>
       </c>
-      <c r="D1015" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1015" s="3" t="s">
+      <c r="B1019" s="1" t="s">
         <v>3749</v>
       </c>
-      <c r="F1015" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1016" s="1" t="s">
+      <c r="C1019" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1019" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1019" s="3" t="s">
         <v>3750</v>
       </c>
-      <c r="B1016" s="1" t="s">
+      <c r="F1019" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1019" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1020" s="1" t="s">
         <v>3751</v>
       </c>
-      <c r="C1016" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1016" s="3" t="s">
+      <c r="B1020" s="1" t="s">
         <v>3752</v>
       </c>
-      <c r="F1016" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1017" s="1" t="s">
+      <c r="C1020" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1020" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1020" s="3" t="s">
         <v>3753</v>
       </c>
-      <c r="B1017" s="1" t="s">
+      <c r="F1020" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1020" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1021" s="1" t="s">
         <v>3754</v>
       </c>
-      <c r="C1017" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1017" s="3" t="s">
+      <c r="B1021" s="1" t="s">
         <v>3755</v>
       </c>
-      <c r="F1017" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1018" s="1" t="s">
+      <c r="C1021" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1021" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1021" s="3" t="s">
         <v>3756</v>
       </c>
-      <c r="B1018" s="1" t="s">
+      <c r="F1021" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1021" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1022" s="1" t="s">
         <v>3757</v>
       </c>
-      <c r="C1018" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1018" s="3" t="s">
+      <c r="B1022" s="1" t="s">
         <v>3758</v>
       </c>
-      <c r="F1018" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1019" s="1" t="s">
+      <c r="C1022" s="1" t="s">
         <v>3759</v>
       </c>
-      <c r="B1019" s="1" t="s">
+      <c r="D1022" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1022" s="3" t="s">
         <v>3760</v>
       </c>
-      <c r="C1019" s="1" t="s">
+      <c r="F1022" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1022" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1023" s="1" t="s">
         <v>3761</v>
       </c>
-      <c r="D1019" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1019" s="3" t="s">
+      <c r="B1023" s="1" t="s">
         <v>3762</v>
       </c>
-      <c r="F1019" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1020" s="1" t="s">
+      <c r="C1023" s="1" t="s">
         <v>3763</v>
       </c>
-      <c r="B1020" s="1" t="s">
+      <c r="D1023" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1023" s="3" t="s">
         <v>3764</v>
       </c>
-      <c r="C1020" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1020" s="3" t="s">
+      <c r="F1023" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1023" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1024" s="1" t="s">
         <v>3765</v>
       </c>
-      <c r="F1020" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1021" s="1" t="s">
+      <c r="B1024" s="1" t="s">
         <v>3766</v>
       </c>
-      <c r="B1021" s="1" t="s">
+      <c r="C1024" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1024" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1024" s="3" t="s">
         <v>3767</v>
       </c>
-      <c r="C1021" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1021" s="3" t="s">
+      <c r="F1024" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1024" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1025" s="1" t="s">
         <v>3768</v>
       </c>
-      <c r="F1021" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1022" s="1" t="s">
+      <c r="B1025" s="1" t="s">
         <v>3769</v>
       </c>
-      <c r="B1022" s="1" t="s">
+      <c r="C1025" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1025" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1025" s="3" t="s">
         <v>3770</v>
       </c>
-      <c r="C1022" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1022" s="3" t="s">
+      <c r="F1025" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1025" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1026" s="1" t="s">
         <v>3771</v>
       </c>
-      <c r="F1022" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1023" s="1" t="s">
+      <c r="B1026" s="1" t="s">
         <v>3772</v>
       </c>
-      <c r="B1023" s="1" t="s">
+      <c r="C1026" s="1" t="s">
         <v>3773</v>
       </c>
-      <c r="C1023" s="1" t="s">
+      <c r="D1026" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1026" s="3" t="s">
         <v>3774</v>
       </c>
-      <c r="D1023" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1023" s="3" t="s">
+      <c r="F1026" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1026" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1027" s="1" t="s">
         <v>3775</v>
       </c>
-      <c r="F1023" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1024" s="1" t="s">
+      <c r="B1027" s="1" t="s">
         <v>3776</v>
       </c>
-      <c r="B1024" s="1" t="s">
+      <c r="C1027" s="1" t="s">
+        <v>3773</v>
+      </c>
+      <c r="D1027" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1027" s="3" t="s">
         <v>3777</v>
       </c>
-      <c r="C1024" s="1" t="s">
+      <c r="F1027" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1027" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1028" s="1" t="s">
         <v>3778</v>
       </c>
-      <c r="D1024" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1024" s="3" t="s">
+      <c r="B1028" s="1" t="s">
         <v>3779</v>
       </c>
-      <c r="F1024" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1025" s="1" t="s">
+      <c r="C1028" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D1028" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1028" s="3" t="s">
         <v>3780</v>
       </c>
-      <c r="B1025" s="1" t="s">
+      <c r="F1028" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1028" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1029" s="1" t="s">
         <v>3781</v>
       </c>
-      <c r="C1025" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1025" s="3" t="s">
+      <c r="B1029" s="1" t="s">
         <v>3782</v>
       </c>
-      <c r="F1025" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1026" s="1" t="s">
+      <c r="C1029" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1029" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1029" s="3" t="s">
         <v>3783</v>
       </c>
-      <c r="B1026" s="1" t="s">
+      <c r="F1029" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1029" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1030" s="1" t="s">
         <v>3784</v>
       </c>
-      <c r="C1026" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1026" s="3" t="s">
+      <c r="B1030" s="1" t="s">
         <v>3785</v>
       </c>
-      <c r="F1026" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1027" s="1" t="s">
+      <c r="C1030" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1030" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1030" s="3" t="s">
         <v>3786</v>
       </c>
-      <c r="B1027" s="1" t="s">
+      <c r="F1030" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1030" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1031" s="1" t="s">
         <v>3787</v>
       </c>
-      <c r="C1027" s="1" t="s">
+      <c r="B1031" s="1" t="s">
         <v>3788</v>
       </c>
-      <c r="D1027" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1027" s="3" t="s">
+      <c r="C1031" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1031" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1031" s="3" t="s">
         <v>3789</v>
       </c>
-      <c r="F1027" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1028" s="1" t="s">
+      <c r="F1031" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1031" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1032" s="1" t="s">
         <v>3790</v>
       </c>
-      <c r="B1028" s="1" t="s">
+      <c r="B1032" s="1" t="s">
         <v>3791</v>
       </c>
-      <c r="C1028" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1028" s="3" t="s">
+      <c r="C1032" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D1032" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1032" s="3" t="s">
         <v>3792</v>
       </c>
-      <c r="F1028" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1029" s="1" t="s">
+      <c r="F1032" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1032" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1033" s="1" t="s">
         <v>3793</v>
       </c>
-      <c r="B1029" s="1" t="s">
+      <c r="B1033" s="1" t="s">
         <v>3794</v>
       </c>
-      <c r="C1029" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1029" s="3" t="s">
+      <c r="C1033" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D1033" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1033" s="3" t="s">
         <v>3795</v>
       </c>
-      <c r="F1029" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1030" s="1" t="s">
+      <c r="F1033" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1033" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1034" s="1" t="s">
         <v>3796</v>
       </c>
-      <c r="B1030" s="1" t="s">
+      <c r="B1034" s="1" t="s">
         <v>3797</v>
       </c>
-      <c r="C1030" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1030" s="3" t="s">
+      <c r="C1034" s="1" t="s">
+        <v>3797</v>
+      </c>
+      <c r="D1034" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1034" s="3" t="s">
         <v>3798</v>
       </c>
-      <c r="F1030" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1031" s="1" t="s">
+      <c r="F1034" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1034" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1035" s="1" t="s">
         <v>3799</v>
       </c>
-      <c r="B1031" s="1" t="s">
+      <c r="B1035" s="1" t="s">
         <v>3800</v>
       </c>
-      <c r="C1031" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1031" s="3" t="s">
+      <c r="C1035" s="1" t="s">
+        <v>3800</v>
+      </c>
+      <c r="D1035" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1035" s="3" t="s">
         <v>3801</v>
       </c>
-      <c r="F1031" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1032" s="1" t="s">
+      <c r="F1035" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1035" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1036" s="1" t="s">
         <v>3802</v>
       </c>
-      <c r="B1032" s="1" t="s">
+      <c r="B1036" s="1" t="s">
         <v>3803</v>
       </c>
-      <c r="C1032" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1032" s="3" t="s">
+      <c r="C1036" s="1" t="s">
         <v>3804</v>
       </c>
-      <c r="F1032" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1033" s="1" t="s">
+      <c r="D1036" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1036" s="3" t="s">
         <v>3805</v>
       </c>
-      <c r="B1033" s="1" t="s">
+      <c r="F1036" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1036" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1037" s="1" t="s">
         <v>3806</v>
       </c>
-      <c r="C1033" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1033" s="3" t="s">
+      <c r="B1037" s="1" t="s">
         <v>3807</v>
       </c>
-      <c r="F1033" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1034" s="1" t="s">
+      <c r="C1037" s="1" t="s">
         <v>3808</v>
       </c>
-      <c r="B1034" s="1" t="s">
+      <c r="D1037" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1037" s="3" t="s">
         <v>3809</v>
       </c>
-      <c r="C1034" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1034" s="3" t="s">
+      <c r="F1037" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1037" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1038" s="1" t="s">
         <v>3810</v>
       </c>
-      <c r="F1034" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1035" s="1" t="s">
+      <c r="B1038" s="1" t="s">
         <v>3811</v>
       </c>
-      <c r="B1035" s="1" t="s">
+      <c r="C1038" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="D1038" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1038" s="3" t="s">
         <v>3812</v>
       </c>
-      <c r="C1035" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1035" s="3" t="s">
+      <c r="F1038" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1038" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1039" s="1" t="s">
         <v>3813</v>
       </c>
-      <c r="F1035" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1036" s="1" t="s">
+      <c r="B1039" s="1" t="s">
         <v>3814</v>
       </c>
-      <c r="B1036" s="1" t="s">
+      <c r="C1039" s="1" t="s">
         <v>3815</v>
       </c>
-      <c r="C1036" s="1" t="s">
+      <c r="D1039" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1039" s="3" t="s">
+        <v>3816</v>
+      </c>
+      <c r="F1039" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1039" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1040" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="B1040" s="1" t="s">
+        <v>3818</v>
+      </c>
+      <c r="C1040" s="1" t="s">
         <v>3815</v>
       </c>
-      <c r="D1036" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C1037" s="1" t="s">
+      <c r="D1040" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1040" s="3" t="s">
         <v>3819</v>
       </c>
-      <c r="D1037" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1037" s="3" t="s">
+      <c r="F1040" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1040" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1041" s="1" t="s">
         <v>3820</v>
       </c>
-      <c r="F1037" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1038" s="1" t="s">
+      <c r="B1041" s="1" t="s">
         <v>3821</v>
       </c>
-      <c r="B1038" s="1" t="s">
+      <c r="C1041" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1041" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1041" s="3" t="s">
         <v>3822</v>
       </c>
-      <c r="C1038" s="1" t="s">
+      <c r="F1041" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1041" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1042" s="1" t="s">
         <v>3823</v>
       </c>
-      <c r="D1038" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1038" s="3" t="s">
+      <c r="B1042" s="1" t="s">
         <v>3824</v>
       </c>
-      <c r="F1038" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1039" s="1" t="s">
+      <c r="C1042" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1042" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1042" s="3" t="s">
         <v>3825</v>
       </c>
-      <c r="B1039" s="1" t="s">
+      <c r="F1042" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1042" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1043" s="1" t="s">
         <v>3826</v>
       </c>
-      <c r="C1039" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1039" s="3" t="s">
+      <c r="B1043" s="1" t="s">
         <v>3827</v>
       </c>
-      <c r="F1039" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1040" s="1" t="s">
+      <c r="C1043" s="1" t="s">
         <v>3828</v>
       </c>
-      <c r="B1040" s="1" t="s">
+      <c r="D1043" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1043" s="3" t="s">
         <v>3829</v>
       </c>
-      <c r="C1040" s="1" t="s">
+      <c r="F1043" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1043" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1044" s="1" t="s">
         <v>3830</v>
       </c>
-      <c r="D1040" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1040" s="3" t="s">
+      <c r="B1044" s="1" t="s">
         <v>3831</v>
       </c>
-      <c r="F1040" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1041" s="1" t="s">
+      <c r="C1044" s="1" t="s">
+        <v>3828</v>
+      </c>
+      <c r="D1044" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1044" s="3" t="s">
         <v>3832</v>
       </c>
-      <c r="B1041" s="1" t="s">
+      <c r="F1044" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1044" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1045" s="1" t="s">
         <v>3833</v>
       </c>
-      <c r="C1041" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1041" s="3" t="s">
+      <c r="B1045" s="1" t="s">
         <v>3834</v>
       </c>
-      <c r="F1041" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1042" s="1" t="s">
+      <c r="C1045" s="1" t="s">
         <v>3835</v>
       </c>
-      <c r="B1042" s="1" t="s">
+      <c r="D1045" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1045" s="3" t="s">
         <v>3836</v>
       </c>
-      <c r="C1042" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1042" s="3" t="s">
+      <c r="F1045" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1045" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1046" s="1" t="s">
         <v>3837</v>
       </c>
-      <c r="F1042" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1043" s="1" t="s">
+      <c r="B1046" s="1" t="s">
         <v>3838</v>
       </c>
-      <c r="B1043" s="1" t="s">
+      <c r="C1046" s="1" t="s">
+        <v>3835</v>
+      </c>
+      <c r="D1046" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1046" s="3" t="s">
         <v>3839</v>
       </c>
-      <c r="C1043" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1043" s="3" t="s">
+      <c r="F1046" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1046" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1047" s="1" t="s">
         <v>3840</v>
       </c>
-      <c r="F1043" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1044" s="1" t="s">
+      <c r="B1047" s="1" t="s">
         <v>3841</v>
       </c>
-      <c r="B1044" s="1" t="s">
+      <c r="C1047" s="1" t="s">
         <v>3842</v>
       </c>
-      <c r="C1044" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1044" s="3" t="s">
+      <c r="D1047" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1047" s="3" t="s">
         <v>3843</v>
       </c>
-      <c r="F1044" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1045" s="1" t="s">
+      <c r="F1047" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1047" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1048" s="1" t="s">
         <v>3844</v>
       </c>
-      <c r="B1045" s="1" t="s">
+      <c r="B1048" s="1" t="s">
         <v>3845</v>
       </c>
-      <c r="C1045" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1045" s="3" t="s">
+      <c r="C1048" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D1048" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1048" s="3" t="s">
         <v>3846</v>
       </c>
-      <c r="F1045" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1046" s="1" t="s">
+      <c r="F1048" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1048" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1049" s="1" t="s">
         <v>3847</v>
       </c>
-      <c r="B1046" s="1" t="s">
+      <c r="B1049" s="1" t="s">
         <v>3848</v>
       </c>
-      <c r="C1046" s="1" t="s">
+      <c r="C1049" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D1049" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1049" s="3" t="s">
         <v>3849</v>
       </c>
-      <c r="D1046" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1046" s="3" t="s">
+      <c r="F1049" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1049" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1050" s="1" t="s">
         <v>3850</v>
       </c>
-      <c r="F1046" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1047" s="1" t="s">
+      <c r="B1050" s="1" t="s">
         <v>3851</v>
       </c>
-      <c r="B1047" s="1" t="s">
+      <c r="C1050" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D1050" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1050" s="3" t="s">
         <v>3852</v>
       </c>
-      <c r="C1047" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1047" s="3" t="s">
+      <c r="F1050" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1050" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1051" s="1" t="s">
         <v>3853</v>
       </c>
-      <c r="F1047" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1048" s="1" t="s">
+      <c r="B1051" s="1" t="s">
         <v>3854</v>
       </c>
-      <c r="B1048" s="1" t="s">
+      <c r="C1051" s="1" t="s">
         <v>3855</v>
       </c>
-      <c r="C1048" s="1" t="s">
+      <c r="D1051" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1051" s="3" t="s">
         <v>3856</v>
       </c>
-      <c r="D1048" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1048" s="3" t="s">
+      <c r="F1051" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1051" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1052" s="1" t="s">
         <v>3857</v>
       </c>
-      <c r="F1048" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1049" s="1" t="s">
+      <c r="B1052" s="1" t="s">
         <v>3858</v>
       </c>
-      <c r="B1049" s="1" t="s">
+      <c r="C1052" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D1052" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1052" s="3" t="s">
         <v>3859</v>
       </c>
-      <c r="C1049" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1049" s="3" t="s">
+      <c r="F1052" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1052" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1053" s="1" t="s">
         <v>3860</v>
       </c>
-      <c r="F1049" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1050" s="1" t="s">
+      <c r="B1053" s="1" t="s">
         <v>3861</v>
       </c>
-      <c r="B1050" s="1" t="s">
+      <c r="C1053" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D1053" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1053" s="3" t="s">
         <v>3862</v>
       </c>
-      <c r="C1050" s="1" t="s">
+      <c r="F1053" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1053" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1054" s="1" t="s">
         <v>3863</v>
       </c>
-      <c r="D1050" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1050" s="3" t="s">
+      <c r="B1054" s="1" t="s">
         <v>3864</v>
       </c>
-      <c r="F1050" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1051" s="1" t="s">
+      <c r="C1054" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D1054" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1054" s="3" t="s">
         <v>3865</v>
       </c>
-      <c r="B1051" s="1" t="s">
+      <c r="F1054" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1054" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1055" s="1" t="s">
         <v>3866</v>
       </c>
-      <c r="C1051" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1051" s="3" t="s">
+      <c r="B1055" s="1" t="s">
         <v>3867</v>
       </c>
-      <c r="F1051" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1052" s="1" t="s">
+      <c r="C1055" s="1" t="s">
         <v>3868</v>
       </c>
-      <c r="B1052" s="1" t="s">
+      <c r="D1055" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1055" s="3" t="s">
         <v>3869</v>
       </c>
-      <c r="C1052" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1052" s="3" t="s">
+      <c r="F1055" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1055" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1056" s="1" t="s">
         <v>3870</v>
       </c>
-      <c r="F1052" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1053" s="1" t="s">
+      <c r="B1056" s="1" t="s">
         <v>3871</v>
       </c>
-      <c r="B1053" s="1" t="s">
+      <c r="C1056" s="1" t="s">
         <v>3872</v>
       </c>
-      <c r="C1053" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1053" s="3" t="s">
+      <c r="D1056" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1056" s="3" t="s">
         <v>3873</v>
       </c>
-      <c r="F1053" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1054" s="1" t="s">
+      <c r="F1056" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1056" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1057" s="1" t="s">
         <v>3874</v>
       </c>
-      <c r="B1054" s="1" t="s">
+      <c r="B1057" s="1" t="s">
         <v>3875</v>
-      </c>
-[...67 lines deleted...]
-        <v>3885</v>
       </c>
       <c r="C1057" s="1" t="s">
         <v>3876</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E1057" s="3" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F1057" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1057" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1058" s="1" t="s">
+        <v>3878</v>
+      </c>
+      <c r="B1058" s="1" t="s">
+        <v>3879</v>
+      </c>
+      <c r="C1058" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1058" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1058" s="3" t="s">
+        <v>3881</v>
+      </c>
+      <c r="F1058" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1058" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1059" s="1" t="s">
+        <v>3882</v>
+      </c>
+      <c r="B1059" s="1" t="s">
+        <v>3883</v>
+      </c>
+      <c r="C1059" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1059" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1059" s="3" t="s">
+        <v>3884</v>
+      </c>
+      <c r="F1059" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1059" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1060" s="1" t="s">
+        <v>3885</v>
+      </c>
+      <c r="B1060" s="1" t="s">
         <v>3886</v>
       </c>
-      <c r="F1057" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1058" s="1" t="s">
+      <c r="C1060" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1060" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1060" s="3" t="s">
         <v>3887</v>
       </c>
-      <c r="B1058" s="1" t="s">
+      <c r="F1060" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1060" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1061" s="1" t="s">
         <v>3888</v>
       </c>
-      <c r="C1058" s="1" t="s">
+      <c r="B1061" s="1" t="s">
         <v>3889</v>
       </c>
-      <c r="D1058" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1058" s="3" t="s">
+      <c r="C1061" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1061" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1061" s="3" t="s">
         <v>3890</v>
       </c>
-      <c r="F1058" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1059" s="1" t="s">
+      <c r="F1061" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1061" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1062" s="1" t="s">
         <v>3891</v>
       </c>
-      <c r="B1059" s="1" t="s">
+      <c r="B1062" s="1" t="s">
         <v>3892</v>
       </c>
-      <c r="C1059" s="1" t="s">
+      <c r="C1062" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D1062" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1062" s="3" t="s">
         <v>3893</v>
       </c>
-      <c r="D1059" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1059" s="3" t="s">
+      <c r="F1062" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1062" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1063" s="1" t="s">
         <v>3894</v>
       </c>
-      <c r="F1059" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1060" s="1" t="s">
+      <c r="B1063" s="1" t="s">
         <v>3895</v>
       </c>
-      <c r="B1060" s="1" t="s">
+      <c r="C1063" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D1063" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1063" s="3" t="s">
         <v>3896</v>
       </c>
-      <c r="C1060" s="1" t="s">
+      <c r="F1063" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1063" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1064" s="1" t="s">
         <v>3897</v>
       </c>
-      <c r="D1060" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1060" s="3" t="s">
+      <c r="B1064" s="1" t="s">
         <v>3898</v>
       </c>
-      <c r="F1060" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1061" s="1" t="s">
+      <c r="C1064" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D1064" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1064" s="3" t="s">
         <v>3899</v>
       </c>
-      <c r="B1061" s="1" t="s">
+      <c r="F1064" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1064" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1065" s="1" t="s">
         <v>3900</v>
       </c>
-      <c r="C1061" s="1" t="s">
+      <c r="B1065" s="1" t="s">
         <v>3901</v>
       </c>
-      <c r="D1061" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1061" s="3" t="s">
+      <c r="C1065" s="1" t="s">
         <v>3902</v>
       </c>
-      <c r="F1061" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1062" s="1" t="s">
+      <c r="D1065" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1065" s="3" t="s">
         <v>3903</v>
       </c>
-      <c r="B1062" s="1" t="s">
+      <c r="F1065" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1065" s="3" t="s">
         <v>3904</v>
       </c>
-      <c r="C1062" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1062" s="3" t="s">
+    </row>
+    <row r="1066" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1066" s="1" t="s">
         <v>3905</v>
       </c>
-      <c r="F1062" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1063" s="1" t="s">
+      <c r="B1066" s="1" t="s">
         <v>3906</v>
       </c>
-      <c r="B1063" s="1" t="s">
+      <c r="C1066" s="1" t="s">
         <v>3907</v>
       </c>
-      <c r="C1063" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1063" s="3" t="s">
+      <c r="D1066" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1066" s="3" t="s">
         <v>3908</v>
       </c>
-      <c r="F1063" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1064" s="1" t="s">
+      <c r="F1066" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1066" s="3" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1067" s="1" t="s">
         <v>3909</v>
       </c>
-      <c r="B1064" s="1" t="s">
+      <c r="B1067" s="1" t="s">
         <v>3910</v>
       </c>
-      <c r="C1064" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1064" s="3" t="s">
+      <c r="C1067" s="1" t="s">
         <v>3911</v>
       </c>
-      <c r="F1064" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1065" s="1" t="s">
+      <c r="D1067" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1067" s="3" t="s">
         <v>3912</v>
       </c>
-      <c r="B1065" s="1" t="s">
+      <c r="F1067" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1067" s="3" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1068" s="1" t="s">
         <v>3913</v>
       </c>
-      <c r="C1065" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1065" s="3" t="s">
+      <c r="B1068" s="1" t="s">
         <v>3914</v>
       </c>
-      <c r="F1065" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1066" s="1" t="s">
+      <c r="C1068" s="1" t="s">
         <v>3915</v>
       </c>
-      <c r="B1066" s="1" t="s">
+      <c r="D1068" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1068" s="3" t="s">
         <v>3916</v>
       </c>
-      <c r="C1066" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1066" s="3" t="s">
+      <c r="F1068" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1068" s="3" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1069" s="1" t="s">
         <v>3917</v>
       </c>
-      <c r="F1066" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1067" s="1" t="s">
+      <c r="B1069" s="1" t="s">
         <v>3918</v>
       </c>
-      <c r="B1067" s="1" t="s">
+      <c r="C1069" s="1" t="s">
         <v>3919</v>
       </c>
-      <c r="C1067" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1067" s="3" t="s">
+      <c r="D1069" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1069" s="3" t="s">
         <v>3920</v>
       </c>
-      <c r="F1067" s="3" t="s">
-[...3 lines deleted...]
-        <v>417</v>
+      <c r="F1069" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1069" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1070" s="1" t="s">
+        <v>3921</v>
+      </c>
+      <c r="B1070" s="1" t="s">
+        <v>3922</v>
+      </c>
+      <c r="C1070" s="1" t="s">
+        <v>3923</v>
+      </c>
+      <c r="D1070" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1070" s="3" t="s">
+        <v>3924</v>
+      </c>
+      <c r="F1070" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1070" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1071" s="1" t="s">
+        <v>3925</v>
+      </c>
+      <c r="B1071" s="1" t="s">
+        <v>3926</v>
+      </c>
+      <c r="C1071" s="1" t="s">
+        <v>3927</v>
+      </c>
+      <c r="D1071" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1071" s="3" t="s">
+        <v>3928</v>
+      </c>
+      <c r="F1071" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1071" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1072" s="1" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B1072" s="1" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C1072" s="1" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D1072" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1072" s="3" t="s">
+        <v>3932</v>
+      </c>
+      <c r="F1072" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1072" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1073" s="1" t="s">
+        <v>3933</v>
+      </c>
+      <c r="B1073" s="1" t="s">
+        <v>3934</v>
+      </c>
+      <c r="C1073" s="1" t="s">
+        <v>3935</v>
+      </c>
+      <c r="D1073" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1073" s="3" t="s">
+        <v>3936</v>
+      </c>
+      <c r="F1073" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1073" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1074" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="B1074" s="1" t="s">
+        <v>3938</v>
+      </c>
+      <c r="C1074" s="1" t="s">
+        <v>3935</v>
+      </c>
+      <c r="D1074" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1074" s="3" t="s">
+        <v>3939</v>
+      </c>
+      <c r="F1074" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1074" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1075" s="1" t="s">
+        <v>3940</v>
+      </c>
+      <c r="B1075" s="1" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C1075" s="1" t="s">
+        <v>3942</v>
+      </c>
+      <c r="D1075" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1075" s="3" t="s">
+        <v>3943</v>
+      </c>
+      <c r="F1075" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1075" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1076" s="1" t="s">
+        <v>3944</v>
+      </c>
+      <c r="B1076" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C1076" s="1" t="s">
+        <v>3942</v>
+      </c>
+      <c r="D1076" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1076" s="3" t="s">
+        <v>3946</v>
+      </c>
+      <c r="F1076" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1076" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1077" s="1" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1077" s="1" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3949</v>
+      </c>
+      <c r="D1077" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1077" s="3" t="s">
+        <v>3950</v>
+      </c>
+      <c r="F1077" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1077" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1078" s="1" t="s">
+        <v>3951</v>
+      </c>
+      <c r="B1078" s="1" t="s">
+        <v>3952</v>
+      </c>
+      <c r="C1078" s="1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="D1078" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1078" s="3" t="s">
+        <v>3954</v>
+      </c>
+      <c r="F1078" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1078" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1079" s="1" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1079" s="1" t="s">
+        <v>3956</v>
+      </c>
+      <c r="C1079" s="1" t="s">
+        <v>3957</v>
+      </c>
+      <c r="D1079" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1079" s="3" t="s">
+        <v>3958</v>
+      </c>
+      <c r="F1079" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1079" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1080" s="1" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1080" s="1" t="s">
+        <v>3960</v>
+      </c>
+      <c r="C1080" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1080" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1080" s="3" t="s">
+        <v>3962</v>
+      </c>
+      <c r="F1080" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1080" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1081" s="1" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B1081" s="1" t="s">
+        <v>3965</v>
+      </c>
+      <c r="C1081" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1081" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1081" s="3" t="s">
+        <v>3966</v>
+      </c>
+      <c r="F1081" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1081" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1082" s="1" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1082" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="C1082" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1082" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1082" s="3" t="s">
+        <v>3969</v>
+      </c>
+      <c r="F1082" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1082" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1083" s="1" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1083" s="1" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C1083" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1083" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1083" s="3" t="s">
+        <v>3972</v>
+      </c>
+      <c r="F1083" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1083" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1084" s="1" t="s">
+        <v>3973</v>
+      </c>
+      <c r="B1084" s="1" t="s">
+        <v>3974</v>
+      </c>
+      <c r="C1084" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1084" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1084" s="3" t="s">
+        <v>3975</v>
+      </c>
+      <c r="F1084" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1084" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1085" s="1" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1085" s="1" t="s">
+        <v>3977</v>
+      </c>
+      <c r="C1085" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D1085" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1085" s="3" t="s">
+        <v>3979</v>
+      </c>
+      <c r="F1085" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1085" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1086" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="B1086" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="C1086" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D1086" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1086" s="3" t="s">
+        <v>3982</v>
+      </c>
+      <c r="F1086" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1086" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1087" s="1" t="s">
+        <v>3983</v>
+      </c>
+      <c r="B1087" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="C1087" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D1087" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1087" s="3" t="s">
+        <v>3986</v>
+      </c>
+      <c r="F1087" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1087" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1088" s="1" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1088" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C1088" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D1088" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1088" s="3" t="s">
+        <v>3989</v>
+      </c>
+      <c r="F1088" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1088" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1089" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1089" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="C1089" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1089" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1089" s="3" t="s">
+        <v>3993</v>
+      </c>
+      <c r="F1089" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1089" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1090" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1090" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="C1090" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1090" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1090" s="3" t="s">
+        <v>3996</v>
+      </c>
+      <c r="F1090" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1090" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1091" s="1" t="s">
+        <v>3997</v>
+      </c>
+      <c r="B1091" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C1091" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1091" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1091" s="3" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1091" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1091" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1092" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1092" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="C1092" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1092" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1092" s="3" t="s">
+        <v>4003</v>
+      </c>
+      <c r="F1092" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1092" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1093" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1093" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="C1093" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1093" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1093" s="3" t="s">
+        <v>4006</v>
+      </c>
+      <c r="F1093" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1093" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1094" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1094" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="C1094" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1094" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1094" s="3" t="s">
+        <v>4009</v>
+      </c>
+      <c r="F1094" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1094" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1095" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1095" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1095" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D1095" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1095" s="3" t="s">
+        <v>4013</v>
+      </c>
+      <c r="F1095" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1095" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1096" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1096" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C1096" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1096" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1096" s="3" t="s">
+        <v>4017</v>
+      </c>
+      <c r="F1096" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1096" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1097" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1097" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="C1097" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1097" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1097" s="3" t="s">
+        <v>4020</v>
+      </c>
+      <c r="F1097" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1097" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1098" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="B1098" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="C1098" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1098" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1098" s="3" t="s">
+        <v>4023</v>
+      </c>
+      <c r="F1098" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1098" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1099" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B1099" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C1099" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1099" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1099" s="3" t="s">
+        <v>4026</v>
+      </c>
+      <c r="F1099" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1099" s="3" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1100" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="B1100" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="C1100" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1100" s="3" t="s">
+        <v>4031</v>
+      </c>
+      <c r="F1100" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1100" s="3" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1101" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="B1101" s="1" t="s">
+        <v>4034</v>
+      </c>
+      <c r="C1101" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1101" s="3" t="s">
+        <v>4035</v>
+      </c>
+      <c r="F1101" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1101" s="3" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1102" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="B1102" s="1" t="s">
+        <v>4037</v>
+      </c>
+      <c r="C1102" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1102" s="3" t="s">
+        <v>4038</v>
+      </c>
+      <c r="F1102" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1102" s="3" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1103" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="B1103" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="C1103" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1103" s="3" t="s">
+        <v>4042</v>
+      </c>
+      <c r="F1103" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1103" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1104" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1104" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C1104" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1104" s="3" t="s">
+        <v>4045</v>
+      </c>
+      <c r="F1104" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1104" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1105" s="1" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1105" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C1105" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1105" s="3" t="s">
+        <v>4048</v>
+      </c>
+      <c r="F1105" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1105" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1106" s="1" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B1106" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C1106" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1106" s="3" t="s">
+        <v>4052</v>
+      </c>
+      <c r="F1106" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1106" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1107" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B1107" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="C1107" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1107" s="3" t="s">
+        <v>4056</v>
+      </c>
+      <c r="F1107" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1107" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1108" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B1108" s="1" t="s">
+        <v>4058</v>
+      </c>
+      <c r="C1108" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1108" s="3" t="s">
+        <v>4059</v>
+      </c>
+      <c r="F1108" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1108" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1109" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="B1109" s="1" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C1109" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1109" s="3" t="s">
+        <v>4062</v>
+      </c>
+      <c r="F1109" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1109" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1110" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="B1110" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C1110" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D1110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1110" s="3" t="s">
+        <v>4066</v>
+      </c>
+      <c r="F1110" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1110" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1111" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1111" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="C1111" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1111" s="3" t="s">
+        <v>4070</v>
+      </c>
+      <c r="F1111" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1111" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1112" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1112" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="C1112" s="1" t="s">
+        <v>4073</v>
+      </c>
+      <c r="D1112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1112" s="3" t="s">
+        <v>4074</v>
+      </c>
+      <c r="F1112" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1112" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1113" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="B1113" s="1" t="s">
+        <v>4076</v>
+      </c>
+      <c r="C1113" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D1113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1113" s="3" t="s">
+        <v>4078</v>
+      </c>
+      <c r="F1113" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1113" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1114" s="1" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1114" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C1114" s="1" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D1114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1114" s="3" t="s">
+        <v>4082</v>
+      </c>
+      <c r="F1114" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1114" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1115" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1115" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="C1115" s="1" t="s">
+        <v>4085</v>
+      </c>
+      <c r="D1115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1115" s="3" t="s">
+        <v>4086</v>
+      </c>
+      <c r="F1115" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1115" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1116" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="B1116" s="1" t="s">
+        <v>4088</v>
+      </c>
+      <c r="C1116" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="D1116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1116" s="3" t="s">
+        <v>4090</v>
+      </c>
+      <c r="F1116" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1116" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1117" s="1" t="s">
+        <v>4091</v>
+      </c>
+      <c r="B1117" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="C1117" s="1" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D1117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1117" s="3" t="s">
+        <v>4094</v>
+      </c>
+      <c r="F1117" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1117" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1118" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1118" s="1" t="s">
+        <v>4096</v>
+      </c>
+      <c r="C1118" s="1" t="s">
+        <v>4097</v>
+      </c>
+      <c r="D1118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1118" s="3" t="s">
+        <v>4098</v>
+      </c>
+      <c r="F1118" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1118" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1119" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="B1119" s="1" t="s">
+        <v>4100</v>
+      </c>
+      <c r="C1119" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="D1119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1119" s="3" t="s">
+        <v>4102</v>
+      </c>
+      <c r="F1119" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1119" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1120" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1120" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="C1120" s="1" t="s">
+        <v>4105</v>
+      </c>
+      <c r="D1120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1120" s="3" t="s">
+        <v>4106</v>
+      </c>
+      <c r="F1120" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1120" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1121" s="1" t="s">
+        <v>4107</v>
+      </c>
+      <c r="B1121" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="C1121" s="1" t="s">
+        <v>4109</v>
+      </c>
+      <c r="D1121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1121" s="3" t="s">
+        <v>4110</v>
+      </c>
+      <c r="F1121" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1121" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1122" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1122" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="C1122" s="1" t="s">
+        <v>4113</v>
+      </c>
+      <c r="D1122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1122" s="3" t="s">
+        <v>4114</v>
+      </c>
+      <c r="F1122" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1122" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1123" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="B1123" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C1123" s="1" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D1123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1123" s="3" t="s">
+        <v>4118</v>
+      </c>
+      <c r="F1123" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1123" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1124" s="1" t="s">
+        <v>4119</v>
+      </c>
+      <c r="B1124" s="1" t="s">
+        <v>4120</v>
+      </c>
+      <c r="C1124" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D1124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1124" s="3" t="s">
+        <v>4122</v>
+      </c>
+      <c r="F1124" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1124" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1125" s="1" t="s">
+        <v>4123</v>
+      </c>
+      <c r="B1125" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="C1125" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D1125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1125" s="3" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F1125" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1125" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1126" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="B1126" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="C1126" s="1" t="s">
+        <v>4129</v>
+      </c>
+      <c r="D1126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1126" s="3" t="s">
+        <v>4130</v>
+      </c>
+      <c r="F1126" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1126" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1127" s="1" t="s">
+        <v>4131</v>
+      </c>
+      <c r="B1127" s="1" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C1127" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1127" s="3" t="s">
+        <v>4133</v>
+      </c>
+      <c r="F1127" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1127" s="3" t="s">
+        <v>3963</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">