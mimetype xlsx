--- v0 (2025-11-06)
+++ v1 (2025-11-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3928">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3920">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -165,50 +165,65 @@
 &lt;a href=""&gt;Блокноты Attache А7&lt;/a&gt;																
 &lt;a href=""&gt;Блокноты на спирали Attache  A5&lt;/a&gt;	
 &lt;a href=""&gt;Блокноты на спирали Attache&lt;/a&gt;	
 &lt;a href=""&gt;Блокноты Attache Selection&lt;/a&gt;
 &lt;/div&gt;</t>
   </si>
   <si>
     <t>245206</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/8a484d37d725626fe1385460984608ea/1910a78369c8ba2fa16cc62c5e9c88b2.jpg</t>
   </si>
   <si>
     <t>Блокнот WAVES оранжевый А5 спираль 50л. пласт. штр.  4630012880114, 4650000340017</t>
   </si>
   <si>
     <t>Блокнот Attache. Формат А5, размер 149-221 мм. Обложка - высококачественный матовый полупрозрачный пластик с печатью насыщенными красками и лаком. Подложка из плотной офсетной бумаги яркого насыщенного цвета. Блок с полями - офсетная экстрабелая бумага 70 г/кв.м, в клетку. Поле для заметок печатается дополнительным цветом. Крепление на евроспираль.</t>
   </si>
   <si>
     <t>245266</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a5f/a5f68204a9c2544701cdeb8eab0a01d0/02f2a0709f5be36443fa36a8c136b8c0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5,пласт обл,80л, ATTACHE FANTASY,розов штр.  4650000343834</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Fantasy формата А5, размер 150-225 мм. Обложка из жесткого, тактильно приятного пластика, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра.</t>
+  </si>
+  <si>
+    <t>245279</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d88/d8802caf068032b0b0e681252a80da37/7699ed6ee64bda4f714349083872bb13.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,пласт обл,80л, ATTACHE FANTASY,оранж штр.  4650000343872</t>
   </si>
   <si>
     <t>Блокнот Attache Fantasy формата А6, размер 105-165 мм. Обложка из жесткого, тактильно приятного пластика четырех ярких оттенков, бумага 70 г/кв.м белизной 100&amp;#37;, разлиновка с полями, идеальное совмещение и четкость, евроспираль увеличенного диаметра серебристого цвета. Преимущества: высокая износостойкость благодаря жесткой, но при этом эластичной обложке из пластика- яркий узнаваемый дизайн- 80 листов легко перелистывать из-за евроспирали увеличенного диаметра.</t>
   </si>
   <si>
     <t>245288</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/493/493610a7c1ab8cc5d830ddd680b94b9f/ed1e367718f6a27477d4a9648bfe9b88.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,пласт обл,80л, ATTACHE FANTASY,салат штр.  4650000343858</t>
   </si>
   <si>
     <t>Блокнот Attache коллекции Fantasy в эластичной пластиковой обложке салатового цвета. Внутренний блок, скрепленный по верхнему краю крупной евроспиралью, состоит из 80 листов. Офсетная бумага высокой степени белизны, разлинованная в клетку, обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А6.</t>
   </si>
   <si>
     <t>245290</t>
@@ -4831,68 +4846,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/931/2nned6a9qdg7daijdqtlh0p2l7qeove6.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  B5, BRAUBERG  quot;Office quot;, под кожу 80 л., клетка, красный, 113310</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу красного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41;.</t>
   </si>
   <si>
     <t>829349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fc/ekwcmhzj0f9fryclv9qd6utxdtfxpk0d.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  B5, BRAUBERG  quot;Office quot;, под кожу 80 л., клетка, черный, 113309</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу черного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41;.</t>
   </si>
   <si>
     <t>829350</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/81d/yjdjmv1cqzhztxpkyg3t217msjhr4lb6.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, бирюзовый, 113323</t>
+    <t>http://anytos.ru//upload/iblock/a3d/bnlxta87dbqst9aciichaatcq1t0gjxp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, розовый, 113322</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Ultra&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
-    <t>829361</t>
-[...7 lines deleted...]
-  <si>
     <t>829362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3a/rd76ev1r4wd2iqtubn6wekvq2jq33a07.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, черный, 113324</t>
   </si>
   <si>
     <t>829363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/745/thfctwninzwipt2ab5u0vwunldu1g81s.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, темно-зеленый, 113055</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;93х140 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee8/5agfm2etf7iq16cnuhnth8tbxd1ru034.jpg</t>
@@ -5320,59 +5326,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/336/k3x95eq6ebap0e2o6yrbu0cm62suiuth.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  75x105 мм  А7, 40 л., гребень, фольга, TWIN лак, клетка,  quot;МИКС 5 quot;  6 видов  099104</t>
   </si>
   <si>
     <t>Блокнот серии &amp;quot;МИКС 5&amp;quot; предназначен для ведения записей. Блокнот формата А7 на гребне содержит 40 листов с линовкой в клетку, что позволяет делать небольшие записи.Микс состоит из 6 видов дизайна, поставляется без права выбора.</t>
   </si>
   <si>
     <t>843433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/503/on5pbxix0p2y5yhum2ynrx8x2zkdp9ez.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ЖИЗНЬ БУЛЬДОГА скреп. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>846901</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4f4/ugj7swbx65rkvgj69y8gpnfpdjtwghoo.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/57e/7jjhlbauvrfxd026u45ctun5i45eamvm.jpg</t>
   </si>
   <si>
     <t>Блокнот-планер НА НЕДЕЛЮ недатированный отрывной с подложкой, 52 л., А4, 297х210 мм, BRAUBERG, 114217</t>
   </si>
   <si>
     <t>Стильный и универсальный блокнот-планер BRAUBERG с отрывными листами станет незаменимым помощником в планировании своей недели. Внутренний блок содержит 52 листа офсетной бумаги белого цвета плотностью 65 г/м2. Скрепление осуществляется с помощью склейки. Вся площадь поделена на функциональные зоны: в каждом дне можно выделить приоритетные задачи, а также оставить заметки в конце дня или подвести итоги. Также есть место для дополнительных заметок. Планер удобно хранить на рабочем столе - весь план на неделю всегда будет перед глазами.</t>
   </si>
   <si>
     <t>852566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78d/gbynfp8dz1t0kyjhl4d7x4ayfwnizl3o.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6  109х148 мм , твердая обложка, BRAUBERG,  quot;Lavender quot;, 113738</t>
   </si>
   <si>
     <t>857050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b89/w3sjcgq9es2c1dtaf1wr8mk0o8ok9i08.jpg</t>
   </si>
   <si>
     <t>Блокнот Mariner, А4, 80 л, клетка, 0029</t>
@@ -5737,59 +5734,50 @@
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/tx7xwri7ovczbnoue96oq5yedwtbx330.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114436</t>
   </si>
   <si>
     <t>904063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a79/sf0l6kasvs2ed2af87wksj17g201kct0.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114439</t>
   </si>
   <si>
     <t>904064</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ecf/p6y94chmm9lspmv424alrbfg9n5v3vtr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b29/oaz1xj8jxrf7e44k1taojm9hezzk9h6o.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Queen quot;, 114450</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/bq8mc93w7gbi9vke723qswip84pd91os.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Зайка quot;, 114449</t>
   </si>
   <si>
     <t>904069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f3/2qf41w9r2m6q6031ze6c2rqw6b0vvhgl.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Office quot;, 114446</t>
@@ -9248,53 +9236,50 @@
     <t>http://anytos.ru//upload/iblock/0fc/ru6mbrbxsqlxvy52b2ycw7y1bp38cjlh.jpg</t>
   </si>
   <si>
     <t>Блокнот 100х140мм 120л. клетка, спираль, Be Smart Notes черный, N3731</t>
   </si>
   <si>
     <t>992759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57f/ekgj673yov5sez348u2y8gf1vrrl4x1h.jpg</t>
   </si>
   <si>
     <t>Блокнот Папоротники А5, 128л, клетка, обложка экокожа, с резинкой</t>
   </si>
   <si>
     <t>992761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c9/hsbuf86mxx0j27c2jhgzh56at80dor38.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80л, клетка, гребень, мат.ламин, тонир.блок КОМУС Art Deco Черный</t>
   </si>
   <si>
     <t>992770</t>
-  </si>
-[...1 lines deleted...]
-    <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d31/qe9g1a6uzcubgf4mcidtpxsetg3bd27k.jpg</t>
   </si>
   <si>
     <t>Блокнот Deli А5 96л 80 г м мягкая обложка, клетка 5x5мм, зеленый кожа EN140G</t>
   </si>
   <si>
     <t>Блокнот Deli А5 96л 80 г/м мягкая обложка, клетка 5x5мм, зеленый кожа EN140G</t>
   </si>
   <si>
     <t>992772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/082/jjkep3a591pwb7n1r3ryrbvonat20tii.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент  3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент №3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>992773</t>
   </si>
@@ -11233,59 +11218,50 @@
     <t>http://anytos.ru//upload/iblock/65e/lttxb26zhurz26f3hb6j9c03xgce05l7.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ИГРИВЫЙ КОСМОКОТИК греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e5/u49psohfoisi1w79mo2x2nr5112k7fz8.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat НЕ В ДУХЕ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba8/kkhfjhg8xuyiyt8lmewmux2qb4v851l0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ТВОИ НАДПИСИ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009627</t>
-  </si>
-[...7 lines deleted...]
-    <t>1009632</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a98/ke0iqr5j6n3lizm9jm08qdxzkk3s002j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG, кросс-серия PASTEL, 117015</t>
   </si>
   <si>
     <t>Оригинальный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Твердая обложка долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. На 80-ти листах можно зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c83/5w6gk43ysvtm53hut74fk835iniy6e64.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, красный, 116228</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Basic&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010117</t>
   </si>
@@ -12179,57 +12155,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1069"/>
+  <dimension ref="A1:J1066"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G1069" sqref="G1069"/>
+      <selection pane="bottomRight" activeCell="G1066" sqref="G1066"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -12453,24012 +12429,23943 @@
       </c>
       <c r="G12" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="F18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="3" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>127</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F35" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G35" s="3" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>175</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>180</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>181</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>199</v>
-      </c>
-[...16 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="G50" s="3" t="s">
         <v>215</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>226</v>
+        <v>185</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>230</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>231</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>127</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G55" s="3" t="s">
-        <v>181</v>
+        <v>132</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>244</v>
+        <v>186</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>186</v>
+        <v>254</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>231</v>
+        <v>185</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>258</v>
+        <v>191</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>259</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B61" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G61" s="3" t="s">
         <v>263</v>
-      </c>
-[...13 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>194</v>
+        <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>282</v>
+        <v>199</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>313</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>315</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>317</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>320</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>14</v>
+        <v>321</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>249</v>
+        <v>118</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>357</v>
+        <v>185</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>82</v>
+        <v>254</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F85" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="B85" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G85" s="3" t="s">
-        <v>210</v>
+        <v>87</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>96</v>
+        <v>215</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>382</v>
+        <v>101</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>25</v>
+        <v>387</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>127</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>403</v>
+        <v>185</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>244</v>
+        <v>132</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>405</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>357</v>
+        <v>408</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>407</v>
+        <v>249</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>82</v>
+        <v>412</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>416</v>
+        <v>362</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>244</v>
+        <v>87</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>226</v>
+        <v>421</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>421</v>
+        <v>249</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>425</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G100" s="3" t="s">
         <v>426</v>
-      </c>
-[...16 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>14</v>
+        <v>426</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>421</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>180</v>
+        <v>231</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>113</v>
+        <v>426</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B109" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>452</v>
+        <v>467</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>421</v>
+        <v>118</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>226</v>
+        <v>185</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>249</v>
+        <v>426</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>180</v>
+        <v>231</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B118" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>186</v>
+        <v>254</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="B121" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>357</v>
+        <v>214</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>82</v>
+        <v>191</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>209</v>
+        <v>362</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>421</v>
+        <v>87</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>19</v>
+        <v>426</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>38</v>
+        <v>185</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>520</v>
+        <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>524</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>416</v>
+        <v>236</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>244</v>
+        <v>525</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>529</v>
+        <v>421</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>181</v>
+        <v>249</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>530</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>533</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F130" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="B130" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G130" s="3" t="s">
-        <v>96</v>
+        <v>186</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>546</v>
+        <v>87</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>547</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>550</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>416</v>
+        <v>534</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B135" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G135" s="3" t="s">
         <v>556</v>
-      </c>
-[...13 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>523</v>
+        <v>554</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>244</v>
+        <v>556</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>569</v>
+        <v>528</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>231</v>
+        <v>421</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>520</v>
+        <v>249</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>575</v>
+        <v>236</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>19</v>
+        <v>525</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F141" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G141" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G142" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F143" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G143" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B156" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C156" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G159" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F163" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G163" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G176" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F177" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G177" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="B182" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G184" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F185" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G185" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G187" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="F188" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G188" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G190" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F199" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G199" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F207" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F210" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G212" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="F213" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G213" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G214" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F216" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G216" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F235" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="F236" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F237" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F239" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F241" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F242" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C244" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B244" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F244" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="F249" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="B250" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>523</v>
+        <v>554</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>244</v>
+        <v>556</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>549</v>
+        <v>528</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>551</v>
+        <v>249</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1014</v>
+        <v>554</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>1016</v>
+        <v>556</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>38</v>
+        <v>408</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>19</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>1024</v>
+        <v>38</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>38</v>
+        <v>1029</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="F258" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>180</v>
+        <v>38</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>38</v>
+        <v>185</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>180</v>
+        <v>38</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>382</v>
+        <v>118</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C280" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B280" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1123</v>
+        <v>1112</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C285" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B285" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>1144</v>
+        <v>185</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F291" s="3" t="s">
         <v>1149</v>
-      </c>
-[...13 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="G291" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G300" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>1193</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G301" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G303" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G304" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G305" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G306" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G307" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G309" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G310" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G311" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="F312" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G312" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1144</v>
-[...1 lines deleted...]
-      <c r="G313" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G314" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G315" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G316" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G318" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G320" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G322" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G323" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G324" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G325" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G326" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G328" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G331" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G332" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G333" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G337" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G338" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G345" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G350" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G351" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G352" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G354" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G356" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G357" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G358" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G359" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G360" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G361" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G362" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G363" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G364" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>127</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
     </row>
     <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G367" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G368" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G369" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G370" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G371" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G372" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G373" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G374" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G375" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G376" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G377" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G378" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G379" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G380" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G381" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G382" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G383" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G384" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>180</v>
+        <v>1149</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C387" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="B387" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1536</v>
+        <v>1528</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1547</v>
+        <v>1541</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C394" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="B394" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D394" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C397" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B397" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D397" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C400" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="B400" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D400" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1580</v>
+        <v>1572</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C405" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B405" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1597</v>
+        <v>1589</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
     </row>
     <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C411" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="B411" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C413" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="B413" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C416" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="B416" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C425" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="B425" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="F429" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="F430" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="F431" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="F432" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="F433" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="F434" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="F435" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="F436" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="F437" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="F438" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="F439" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="F440" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="F441" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="443" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C443" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="B443" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D443" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="444" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="445" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="446" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="447" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C447" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B447" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D447" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="448" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="449" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="450" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="B450" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F450" s="3" t="s">
         <v>1759</v>
       </c>
-      <c r="C450" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G450" s="3" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
     </row>
     <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G451" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>1765</v>
+        <v>185</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1771</v>
+        <v>1643</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>14</v>
+        <v>92</v>
       </c>
     </row>
     <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1641</v>
+        <v>1776</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>180</v>
+        <v>1778</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E455" s="3" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F455" s="3" t="s">
         <v>1778</v>
-      </c>
-[...1 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="G455" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="G456" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>1786</v>
+        <v>362</v>
       </c>
       <c r="G457" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>357</v>
+        <v>534</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>19</v>
+        <v>254</v>
       </c>
     </row>
     <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>529</v>
+        <v>1797</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>249</v>
+        <v>92</v>
       </c>
     </row>
     <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E460" s="3" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F460" s="3" t="s">
         <v>1797</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G460" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1801</v>
+        <v>1795</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1796</v>
+        <v>1807</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>1798</v>
+        <v>231</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>87</v>
+        <v>14</v>
       </c>
     </row>
     <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>14</v>
+        <v>92</v>
       </c>
     </row>
     <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="B464" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C464" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="C464" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D464" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>87</v>
+        <v>14</v>
       </c>
     </row>
     <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>14</v>
+        <v>92</v>
       </c>
     </row>
     <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1827</v>
+        <v>1822</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1823</v>
+        <v>1833</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>87</v>
+        <v>387</v>
       </c>
     </row>
     <row r="470" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G470" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="471" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="B471" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C471" s="1" t="s">
         <v>1837</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D471" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="472" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1838</v>
+        <v>1844</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>226</v>
+        <v>1797</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>382</v>
+        <v>101</v>
       </c>
     </row>
     <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B473" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C473" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="C473" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D473" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>1798</v>
+        <v>1785</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>1786</v>
+        <v>362</v>
       </c>
       <c r="G477" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="G478" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="G479" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1866</v>
+        <v>1800</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>357</v>
+        <v>1797</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
     </row>
     <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>1798</v>
+        <v>231</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1808</v>
+        <v>1881</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>226</v>
+        <v>1797</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>1798</v>
+        <v>231</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>87</v>
+        <v>14</v>
       </c>
     </row>
     <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="B486" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C486" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D486" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G486" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>226</v>
+        <v>185</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
     </row>
     <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>180</v>
+        <v>231</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
     </row>
     <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="B489" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C489" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="C489" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1897</v>
+        <v>1906</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>226</v>
+        <v>1797</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="B492" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C492" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="C492" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>226</v>
+        <v>1797</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>1798</v>
+        <v>231</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>1798</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="F496" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="F497" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="F498" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="F499" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="F500" s="3" t="s">
+        <v>1785</v>
+      </c>
+      <c r="G500" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>19</v>
+        <v>534</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>1786</v>
+        <v>1950</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>529</v>
+        <v>1767</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>249</v>
+        <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>1954</v>
+        <v>1767</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>1765</v>
+        <v>1960</v>
       </c>
       <c r="G505" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E506" s="3" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F506" s="3" t="s">
         <v>1960</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
       <c r="G506" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>1964</v>
+        <v>1960</v>
       </c>
       <c r="G507" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>1964</v>
+        <v>1970</v>
       </c>
       <c r="G508" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>1964</v>
+        <v>1974</v>
       </c>
       <c r="G509" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>1974</v>
+        <v>1767</v>
       </c>
       <c r="G510" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>1978</v>
+        <v>1767</v>
       </c>
       <c r="G511" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>1765</v>
+        <v>1960</v>
       </c>
       <c r="G512" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>1765</v>
+        <v>1960</v>
       </c>
       <c r="G513" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>1964</v>
+        <v>1767</v>
       </c>
       <c r="G514" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>1964</v>
+        <v>1767</v>
       </c>
       <c r="G515" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G516" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G517" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G518" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G519" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G520" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>1765</v>
+        <v>1960</v>
       </c>
       <c r="G521" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>1765</v>
+        <v>1974</v>
       </c>
       <c r="G522" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>1964</v>
+        <v>1767</v>
       </c>
       <c r="G523" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>1978</v>
+        <v>1767</v>
       </c>
       <c r="G524" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G525" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>1765</v>
+        <v>185</v>
       </c>
       <c r="G526" s="3" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
     </row>
     <row r="527" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>2025</v>
+        <v>197</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>1765</v>
+        <v>185</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
     </row>
     <row r="528" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>2029</v>
+        <v>197</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G528" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="529" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A529" s="1" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>192</v>
+        <v>2035</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>180</v>
+        <v>1797</v>
       </c>
       <c r="G529" s="3" t="s">
-        <v>181</v>
+        <v>132</v>
       </c>
     </row>
     <row r="530" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="B530" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C530" s="1" t="s">
         <v>2035</v>
       </c>
-      <c r="C530" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D530" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>180</v>
+        <v>1797</v>
       </c>
       <c r="G530" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="531" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>1798</v>
+        <v>185</v>
       </c>
       <c r="G531" s="3" t="s">
-        <v>127</v>
+        <v>186</v>
       </c>
     </row>
     <row r="532" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="B532" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C532" s="1" t="s">
         <v>2042</v>
       </c>
-      <c r="C532" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D532" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>1798</v>
+        <v>185</v>
       </c>
       <c r="G532" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="533" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>2046</v>
+        <v>2042</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G533" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="534" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>2046</v>
+        <v>183</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="535" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>2046</v>
+        <v>183</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="536" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>181</v>
+        <v>92</v>
       </c>
     </row>
     <row r="537" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="538" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G538" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="539" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G539" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="540" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G540" s="3" t="s">
-        <v>87</v>
+        <v>186</v>
       </c>
     </row>
     <row r="541" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>178</v>
+        <v>2073</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="542" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B542" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C542" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="C542" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="543" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G543" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="544" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G544" s="3" t="s">
-        <v>181</v>
+        <v>92</v>
       </c>
     </row>
     <row r="545" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="546" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>87</v>
+        <v>186</v>
       </c>
     </row>
     <row r="547" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G547" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2077</v>
+        <v>2095</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>180</v>
+        <v>1797</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>181</v>
+        <v>263</v>
       </c>
     </row>
     <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>2077</v>
+        <v>2099</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>180</v>
+        <v>1797</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>181</v>
+        <v>263</v>
       </c>
     </row>
     <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>258</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>1798</v>
+        <v>185</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>258</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>1798</v>
+        <v>185</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>2109</v>
+        <v>263</v>
       </c>
     </row>
     <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>2109</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="555" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>180</v>
+        <v>38</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>2109</v>
+        <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>180</v>
+        <v>38</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>258</v>
+        <v>19</v>
       </c>
     </row>
     <row r="557" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>38</v>
+        <v>362</v>
       </c>
       <c r="G557" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>38</v>
+        <v>362</v>
       </c>
       <c r="G558" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="559" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="G559" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>357</v>
+        <v>38</v>
       </c>
       <c r="G560" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>357</v>
+        <v>2143</v>
       </c>
       <c r="G561" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2141</v>
+        <v>2144</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2142</v>
+        <v>2145</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2142</v>
+        <v>2145</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2143</v>
+        <v>2146</v>
       </c>
       <c r="F562" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G562" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2145</v>
+        <v>2148</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2145</v>
+        <v>2148</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2146</v>
+        <v>2149</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>2147</v>
+        <v>38</v>
       </c>
       <c r="G563" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="F564" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G564" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="F565" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G565" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>38</v>
+        <v>1960</v>
       </c>
       <c r="G566" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2159</v>
+        <v>2162</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>38</v>
+        <v>185</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>1964</v>
+        <v>185</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>180</v>
+        <v>1194</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>382</v>
+        <v>101</v>
       </c>
     </row>
     <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2176</v>
+        <v>2180</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
       <c r="D572" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>180</v>
+        <v>1194</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
     </row>
     <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2179</v>
+        <v>2183</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>2182</v>
+        <v>2186</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>96</v>
+        <v>186</v>
       </c>
     </row>
     <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="575" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A575" s="1" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>2188</v>
+        <v>2192</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>2189</v>
+        <v>2193</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G575" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="576" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A576" s="1" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G576" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="577" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A577" s="1" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G577" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="578" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A578" s="1" t="s">
-        <v>2199</v>
+        <v>2203</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G578" s="3" t="s">
-        <v>181</v>
+        <v>25</v>
       </c>
     </row>
     <row r="579" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A579" s="1" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="F579" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G579" s="3" t="s">
-        <v>181</v>
+        <v>123</v>
       </c>
     </row>
     <row r="580" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A580" s="1" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G580" s="3" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
     </row>
     <row r="581" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A581" s="1" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G581" s="3" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
     </row>
     <row r="582" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A582" s="1" t="s">
-        <v>2215</v>
+        <v>2219</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G582" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="583" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>127</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="584" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>127</v>
+        <v>57</v>
       </c>
     </row>
     <row r="585" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>2230</v>
+        <v>2235</v>
       </c>
       <c r="F585" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G585" s="3" t="s">
-        <v>2231</v>
+        <v>57</v>
       </c>
     </row>
     <row r="586" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A586" s="1" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2234</v>
+        <v>2238</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G586" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="587" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A587" s="1" t="s">
-        <v>2236</v>
+        <v>2240</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2237</v>
+        <v>2241</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2238</v>
+        <v>2242</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>2239</v>
+        <v>2243</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G587" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="588" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A588" s="1" t="s">
-        <v>2240</v>
+        <v>2244</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2242</v>
+        <v>2246</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="F588" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G588" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="589" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A589" s="1" t="s">
-        <v>2244</v>
+        <v>2248</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G589" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="590" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A590" s="1" t="s">
-        <v>2248</v>
+        <v>2252</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>2249</v>
+        <v>2253</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
       <c r="F590" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="591" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A591" s="1" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="592" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A592" s="1" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G592" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="593" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A593" s="1" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>2263</v>
+        <v>2267</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G593" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="594" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A594" s="1" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G594" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="595" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A595" s="1" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G595" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="596" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G596" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="597" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A597" s="1" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G597" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="598" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A598" s="1" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
     </row>
     <row r="599" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A599" s="1" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G599" s="3" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
     </row>
     <row r="600" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A600" s="1" t="s">
-        <v>2288</v>
+        <v>2292</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>2289</v>
+        <v>2293</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G600" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="601" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A601" s="1" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G601" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="602" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A602" s="1" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2298</v>
+        <v>2302</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G602" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="603" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A603" s="1" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2302</v>
+        <v>2306</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>2303</v>
+        <v>2307</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G603" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="604" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A604" s="1" t="s">
-        <v>2304</v>
+        <v>2308</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2305</v>
+        <v>2309</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2307</v>
+        <v>2311</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="605" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
-        <v>2308</v>
+        <v>2312</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>2310</v>
+        <v>2314</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>2311</v>
+        <v>2315</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="606" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
-        <v>2312</v>
+        <v>2316</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2314</v>
+        <v>2318</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G606" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="607" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2318</v>
+        <v>2322</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G607" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="608" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
-        <v>2320</v>
+        <v>2324</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>2321</v>
+        <v>2325</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G608" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="609" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G609" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="610" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>2331</v>
+        <v>2335</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G610" s="3" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
     </row>
     <row r="611" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
-        <v>2332</v>
+        <v>2336</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
     </row>
     <row r="612" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>2339</v>
+        <v>2343</v>
       </c>
       <c r="F612" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G612" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="613" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A613" s="1" t="s">
-        <v>2340</v>
+        <v>2344</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
       <c r="F613" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
     </row>
     <row r="614" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="F614" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>52</v>
+        <v>186</v>
       </c>
     </row>
     <row r="615" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
-        <v>2348</v>
+        <v>2352</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2349</v>
+        <v>2353</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2350</v>
+        <v>2354</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
       <c r="F615" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>61</v>
+        <v>186</v>
       </c>
     </row>
     <row r="616" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="F616" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2358</v>
+        <v>2362</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
-        <v>2360</v>
+        <v>2364</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="F618" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G618" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="619" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="F619" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="620" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="D620" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="F620" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="621" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A621" s="1" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
       <c r="F621" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G621" s="3" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
     </row>
     <row r="622" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A622" s="1" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="F622" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
     </row>
     <row r="623" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A623" s="1" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="F623" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G623" s="3" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="624" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A624" s="1" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G624" s="3" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="625" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A625" s="1" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
       <c r="F625" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G625" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="626" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A626" s="1" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2394</v>
+        <v>2398</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>2395</v>
+        <v>2399</v>
       </c>
       <c r="F626" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G626" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="627" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A627" s="1" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="F627" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G627" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="628" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A628" s="1" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="F628" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G628" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="629" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A629" s="1" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>2406</v>
+        <v>2409</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>2407</v>
+        <v>2410</v>
       </c>
       <c r="F629" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G629" s="3" t="s">
-        <v>181</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="630" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A630" s="1" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>2410</v>
+        <v>2042</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>2411</v>
+        <v>2414</v>
       </c>
       <c r="F630" s="3" t="s">
-        <v>1144</v>
+        <v>185</v>
       </c>
       <c r="G630" s="3" t="s">
-        <v>181</v>
+        <v>132</v>
       </c>
     </row>
     <row r="631" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A631" s="1" t="s">
-        <v>2412</v>
+        <v>2415</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>2413</v>
+        <v>2416</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>2413</v>
+        <v>2416</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>2414</v>
+        <v>2417</v>
       </c>
       <c r="F631" s="3" t="s">
-        <v>1144</v>
+        <v>534</v>
       </c>
       <c r="G631" s="3" t="s">
-        <v>2415</v>
+        <v>14</v>
       </c>
     </row>
     <row r="632" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A632" s="1" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>2046</v>
+        <v>2420</v>
       </c>
       <c r="D632" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F632" s="3" t="s">
-        <v>180</v>
+        <v>1194</v>
       </c>
       <c r="G632" s="3" t="s">
-        <v>127</v>
+        <v>186</v>
       </c>
     </row>
     <row r="633" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A633" s="1" t="s">
-        <v>2419</v>
+        <v>2422</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>2420</v>
+        <v>2423</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>2420</v>
+        <v>2423</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>2421</v>
+        <v>2424</v>
       </c>
       <c r="F633" s="3" t="s">
-        <v>529</v>
+        <v>2425</v>
       </c>
       <c r="G633" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="634" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A634" s="1" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E634" s="3" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F634" s="3" t="s">
         <v>2425</v>
       </c>
-      <c r="F634" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G634" s="3" t="s">
-        <v>181</v>
+        <v>19</v>
       </c>
     </row>
     <row r="635" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A635" s="1" t="s">
-        <v>2426</v>
+        <v>2429</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>2427</v>
+        <v>2430</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2427</v>
+        <v>2430</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>2428</v>
+        <v>2431</v>
       </c>
       <c r="F635" s="3" t="s">
-        <v>2429</v>
+        <v>38</v>
       </c>
       <c r="G635" s="3" t="s">
-        <v>19</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="636" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A636" s="1" t="s">
-        <v>2430</v>
+        <v>2433</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E636" s="3" t="s">
+        <v>2435</v>
+      </c>
+      <c r="F636" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G636" s="3" t="s">
         <v>2432</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="637" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A637" s="1" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
       <c r="F637" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G637" s="3" t="s">
-        <v>2436</v>
+        <v>19</v>
       </c>
     </row>
     <row r="638" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A638" s="1" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="F638" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G638" s="3" t="s">
-        <v>2436</v>
+        <v>87</v>
       </c>
     </row>
     <row r="639" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A639" s="1" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>2442</v>
+        <v>2444</v>
       </c>
       <c r="F639" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G639" s="3" t="s">
-        <v>19</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="640" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A640" s="1" t="s">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="F640" s="3" t="s">
-        <v>38</v>
+        <v>2143</v>
       </c>
       <c r="G640" s="3" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
     </row>
     <row r="641" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A641" s="1" t="s">
-        <v>2446</v>
+        <v>2448</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="F641" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G641" s="3" t="s">
-        <v>2436</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="642" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A642" s="1" t="s">
-        <v>2449</v>
+        <v>2448</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>2147</v>
+        <v>38</v>
       </c>
       <c r="G642" s="3" t="s">
-        <v>127</v>
+        <v>19</v>
       </c>
     </row>
     <row r="643" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A643" s="1" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="G643" s="3" t="s">
-        <v>2455</v>
+        <v>199</v>
       </c>
     </row>
     <row r="644" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A644" s="1" t="s">
-        <v>2452</v>
+        <v>2458</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2456</v>
+        <v>2460</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2457</v>
+        <v>2461</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
     </row>
     <row r="645" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="646" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="647" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="648" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2471</v>
+        <v>2475</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="649" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2474</v>
+        <v>2478</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>194</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="650" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2480</v>
+        <v>2484</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2481</v>
+        <v>2485</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G650" s="3" t="s">
-        <v>194</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="651" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2482</v>
+        <v>2486</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2483</v>
+        <v>2487</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="652" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>2488</v>
+        <v>2492</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G652" s="3" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="653" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G653" s="3" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="654" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>2496</v>
+        <v>2500</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2497</v>
+        <v>2501</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>416</v>
+        <v>1950</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>2415</v>
+        <v>92</v>
       </c>
     </row>
     <row r="655" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2498</v>
+        <v>2502</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>416</v>
+        <v>1950</v>
       </c>
       <c r="G655" s="3" t="s">
-        <v>2415</v>
+        <v>92</v>
       </c>
     </row>
     <row r="656" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2502</v>
+        <v>2506</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="G656" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="657" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
-        <v>2506</v>
+        <v>2510</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>1954</v>
+        <v>421</v>
       </c>
       <c r="G657" s="3" t="s">
-        <v>87</v>
+        <v>387</v>
       </c>
     </row>
     <row r="658" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A658" s="1" t="s">
-        <v>2510</v>
+        <v>2514</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2511</v>
+        <v>2515</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>2512</v>
+        <v>2516</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>2513</v>
+        <v>2517</v>
       </c>
       <c r="F658" s="3" t="s">
-        <v>1954</v>
+        <v>421</v>
       </c>
       <c r="G658" s="3" t="s">
-        <v>87</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="659" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A659" s="1" t="s">
-        <v>2514</v>
+        <v>2518</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2515</v>
+        <v>2519</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2516</v>
+        <v>2520</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>2517</v>
+        <v>2521</v>
       </c>
       <c r="F659" s="3" t="s">
-        <v>416</v>
+        <v>2522</v>
       </c>
       <c r="G659" s="3" t="s">
-        <v>382</v>
+        <v>87</v>
       </c>
     </row>
     <row r="660" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A660" s="1" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2519</v>
+        <v>2524</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2520</v>
+        <v>2524</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>2521</v>
+        <v>2525</v>
       </c>
       <c r="F660" s="3" t="s">
-        <v>416</v>
+        <v>534</v>
       </c>
       <c r="G660" s="3" t="s">
-        <v>2415</v>
+        <v>254</v>
       </c>
     </row>
     <row r="661" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
-        <v>2522</v>
+        <v>2526</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>2526</v>
+        <v>534</v>
       </c>
       <c r="G661" s="3" t="s">
-        <v>82</v>
+        <v>254</v>
       </c>
     </row>
     <row r="662" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>529</v>
+        <v>236</v>
       </c>
       <c r="G662" s="3" t="s">
-        <v>249</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="663" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2531</v>
+        <v>2534</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2531</v>
+        <v>2535</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2532</v>
+        <v>2536</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>529</v>
+        <v>2537</v>
       </c>
       <c r="G663" s="3" t="s">
-        <v>249</v>
+        <v>19</v>
       </c>
     </row>
     <row r="664" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2533</v>
+        <v>2538</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2534</v>
+        <v>2539</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2535</v>
+        <v>2539</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2536</v>
+        <v>2540</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="G664" s="3" t="s">
-        <v>2415</v>
+        <v>19</v>
       </c>
     </row>
     <row r="665" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2537</v>
+        <v>2140</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>2541</v>
+        <v>2143</v>
       </c>
       <c r="G665" s="3" t="s">
-        <v>19</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="666" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
-        <v>2542</v>
+        <v>2544</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>38</v>
+        <v>2547</v>
       </c>
       <c r="G666" s="3" t="s">
-        <v>19</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="667" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2144</v>
+        <v>2549</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>2147</v>
+        <v>2547</v>
       </c>
       <c r="G667" s="3" t="s">
-        <v>2547</v>
+        <v>19</v>
       </c>
     </row>
     <row r="668" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2548</v>
+        <v>2552</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2549</v>
+        <v>2553</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2549</v>
+        <v>2553</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2550</v>
+        <v>2554</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>2551</v>
+        <v>2547</v>
       </c>
       <c r="G668" s="3" t="s">
-        <v>2552</v>
+        <v>66</v>
       </c>
     </row>
     <row r="669" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>2551</v>
+        <v>1970</v>
       </c>
       <c r="G669" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="670" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="F670" s="3" t="s">
-        <v>2551</v>
+        <v>1970</v>
       </c>
       <c r="G670" s="3" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
     </row>
     <row r="671" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A671" s="1" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>1974</v>
+        <v>185</v>
       </c>
       <c r="G671" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="672" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A672" s="1" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2563</v>
+        <v>2567</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>2564</v>
+        <v>2568</v>
       </c>
       <c r="F672" s="3" t="s">
-        <v>1974</v>
+        <v>185</v>
       </c>
       <c r="G672" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="673" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A673" s="1" t="s">
-        <v>2565</v>
+        <v>2569</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2566</v>
+        <v>2570</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2567</v>
+        <v>2571</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
       <c r="F673" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G673" s="3" t="s">
-        <v>382</v>
+        <v>191</v>
       </c>
     </row>
     <row r="674" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A674" s="1" t="s">
-        <v>2569</v>
+        <v>2573</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2570</v>
+        <v>2574</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>2571</v>
+        <v>2575</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="F674" s="3" t="s">
-        <v>180</v>
+        <v>421</v>
       </c>
       <c r="G674" s="3" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
     </row>
     <row r="675" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A675" s="1" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2574</v>
+        <v>2578</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>2575</v>
+        <v>2579</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="F675" s="3" t="s">
-        <v>180</v>
+        <v>534</v>
       </c>
       <c r="G675" s="3" t="s">
-        <v>186</v>
+        <v>254</v>
       </c>
     </row>
     <row r="676" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A676" s="1" t="s">
-        <v>2577</v>
+        <v>2581</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>2578</v>
+        <v>2582</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>2579</v>
+        <v>2583</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="F676" s="3" t="s">
-        <v>416</v>
+        <v>534</v>
       </c>
       <c r="G676" s="3" t="s">
-        <v>181</v>
+        <v>14</v>
       </c>
     </row>
     <row r="677" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A677" s="1" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>2582</v>
+        <v>2586</v>
       </c>
       <c r="C677" s="1" t="s">
         <v>2583</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
       <c r="F677" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G677" s="3" t="s">
-        <v>249</v>
+        <v>14</v>
       </c>
     </row>
     <row r="678" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A678" s="1" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="F678" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G678" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="679" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A679" s="1" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2587</v>
+        <v>2579</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G679" s="3" t="s">
-        <v>14</v>
+        <v>254</v>
       </c>
     </row>
     <row r="680" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A680" s="1" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="F680" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G680" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="681" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A681" s="1" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2583</v>
+        <v>2579</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="F681" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G681" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="682" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A682" s="1" t="s">
-        <v>2598</v>
+        <v>2600</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>2599</v>
+        <v>2601</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>2600</v>
+        <v>2602</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G682" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="683" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A683" s="1" t="s">
-        <v>2601</v>
+        <v>2603</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>2602</v>
+        <v>2604</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2583</v>
+        <v>2579</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2603</v>
+        <v>2605</v>
       </c>
       <c r="F683" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G683" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="684" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A684" s="1" t="s">
-        <v>2604</v>
+        <v>2606</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>2605</v>
+        <v>2607</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>2606</v>
+        <v>2608</v>
       </c>
       <c r="F684" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G684" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="685" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A685" s="1" t="s">
-        <v>2607</v>
+        <v>2609</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>2608</v>
+        <v>2610</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>2583</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>2609</v>
+        <v>2611</v>
       </c>
       <c r="F685" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G685" s="3" t="s">
-        <v>249</v>
+        <v>14</v>
       </c>
     </row>
     <row r="686" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A686" s="1" t="s">
-        <v>2610</v>
+        <v>2612</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>2611</v>
+        <v>2613</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2587</v>
+        <v>2613</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="F686" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G686" s="3" t="s">
-        <v>14</v>
+        <v>254</v>
       </c>
     </row>
     <row r="687" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A687" s="1" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2587</v>
+        <v>2616</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>2615</v>
+        <v>2617</v>
       </c>
       <c r="F687" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G687" s="3" t="s">
-        <v>14</v>
+        <v>254</v>
       </c>
     </row>
     <row r="688" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A688" s="1" t="s">
-        <v>2616</v>
+        <v>2618</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>2618</v>
+        <v>2620</v>
       </c>
       <c r="F688" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G688" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="689" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A689" s="1" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="F689" s="3" t="s">
-        <v>529</v>
+        <v>231</v>
       </c>
       <c r="G689" s="3" t="s">
-        <v>249</v>
+        <v>158</v>
       </c>
     </row>
     <row r="690" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A690" s="1" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2623</v>
+        <v>2627</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>2624</v>
+        <v>2628</v>
       </c>
       <c r="F690" s="3" t="s">
-        <v>529</v>
+        <v>1194</v>
       </c>
       <c r="G690" s="3" t="s">
-        <v>249</v>
+        <v>186</v>
       </c>
     </row>
     <row r="691" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A691" s="1" t="s">
-        <v>2625</v>
+        <v>2629</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>2626</v>
+        <v>2630</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2627</v>
+        <v>2631</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>2628</v>
+        <v>2632</v>
       </c>
       <c r="F691" s="3" t="s">
-        <v>226</v>
+        <v>1194</v>
       </c>
       <c r="G691" s="3" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
     </row>
     <row r="692" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A692" s="1" t="s">
-        <v>2629</v>
+        <v>2633</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>2630</v>
+        <v>2634</v>
       </c>
       <c r="C692" s="1" t="s">
         <v>2631</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
       <c r="F692" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G692" s="3" t="s">
-        <v>181</v>
+        <v>101</v>
       </c>
     </row>
     <row r="693" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A693" s="1" t="s">
-        <v>2633</v>
+        <v>2636</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>2634</v>
+        <v>2637</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="F693" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G693" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="694" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A694" s="1" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="F694" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G694" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="695" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A695" s="1" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="D695" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="F695" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G695" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="696" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A696" s="1" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2635</v>
+        <v>2647</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
       <c r="F696" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G696" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="697" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A697" s="1" t="s">
-        <v>2646</v>
+        <v>2649</v>
       </c>
       <c r="B697" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C697" s="1" t="s">
         <v>2647</v>
       </c>
-      <c r="C697" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>2648</v>
+        <v>2651</v>
       </c>
       <c r="F697" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G697" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="698" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A698" s="1" t="s">
-        <v>2649</v>
+        <v>2652</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>2650</v>
+        <v>2653</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2651</v>
+        <v>2647</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="F698" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G698" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="699" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A699" s="1" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2651</v>
+        <v>2647</v>
       </c>
       <c r="D699" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="F699" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G699" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="700" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A700" s="1" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2651</v>
+        <v>2647</v>
       </c>
       <c r="D700" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
       <c r="F700" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G700" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="701" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A701" s="1" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2651</v>
+        <v>2663</v>
       </c>
       <c r="D701" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="F701" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G701" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="702" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A702" s="1" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
       <c r="B702" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C702" s="1" t="s">
         <v>2663</v>
       </c>
-      <c r="C702" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>2664</v>
+        <v>2667</v>
       </c>
       <c r="F702" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G702" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="703" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A703" s="1" t="s">
-        <v>2665</v>
+        <v>2668</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>2666</v>
+        <v>2669</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>2668</v>
+        <v>2670</v>
       </c>
       <c r="F703" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G703" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="704" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A704" s="1" t="s">
-        <v>2669</v>
+        <v>2671</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E704" s="3" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
       <c r="F704" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G704" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="705" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A705" s="1" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="D705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
       <c r="F705" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G705" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="706" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A706" s="1" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
       <c r="F706" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G706" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="707" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A707" s="1" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2667</v>
+        <v>2682</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>2680</v>
+        <v>2683</v>
       </c>
       <c r="F707" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G707" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="708" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A708" s="1" t="s">
-        <v>2681</v>
+        <v>2684</v>
       </c>
       <c r="B708" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C708" s="1" t="s">
         <v>2682</v>
       </c>
-      <c r="C708" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D708" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="F708" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G708" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="709" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A709" s="1" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>2685</v>
+        <v>2688</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E709" s="3" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="F709" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G709" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="710" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A710" s="1" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E710" s="3" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="F710" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G710" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="711" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A711" s="1" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="F711" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G711" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="712" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A712" s="1" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="D712" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E712" s="3" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="F712" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G712" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="713" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A713" s="1" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E713" s="3" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
       <c r="F713" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G713" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="714" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A714" s="1" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E714" s="3" t="s">
-        <v>2702</v>
+        <v>2705</v>
       </c>
       <c r="F714" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G714" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="715" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A715" s="1" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="B715" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C715" s="1" t="s">
         <v>2704</v>
       </c>
-      <c r="C715" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D715" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E715" s="3" t="s">
-        <v>2705</v>
+        <v>2708</v>
       </c>
       <c r="F715" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G715" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="716" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A716" s="1" t="s">
-        <v>2706</v>
+        <v>2709</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>2707</v>
+        <v>2710</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E716" s="3" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="F716" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G716" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="717" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A717" s="1" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E717" s="3" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="F717" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G717" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="718" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A718" s="1" t="s">
-        <v>2713</v>
+        <v>2715</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E718" s="3" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
       <c r="F718" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G718" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="719" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A719" s="1" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E719" s="3" t="s">
-        <v>2718</v>
+        <v>2720</v>
       </c>
       <c r="F719" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G719" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="720" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A720" s="1" t="s">
-        <v>2719</v>
+        <v>2721</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>2720</v>
+        <v>2722</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E720" s="3" t="s">
-        <v>2721</v>
+        <v>2723</v>
       </c>
       <c r="F720" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G720" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="721" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A721" s="1" t="s">
-        <v>2722</v>
+        <v>2724</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>2723</v>
+        <v>2725</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2708</v>
+        <v>2726</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E721" s="3" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="F721" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G721" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="722" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A722" s="1" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="B722" s="1" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C722" s="1" t="s">
         <v>2726</v>
       </c>
-      <c r="C722" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D722" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E722" s="3" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
       <c r="F722" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G722" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="723" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A723" s="1" t="s">
-        <v>2728</v>
+        <v>2731</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>2729</v>
+        <v>2732</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E723" s="3" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="F723" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G723" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="724" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A724" s="1" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E724" s="3" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="F724" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G724" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="725" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A725" s="1" t="s">
-        <v>2735</v>
+        <v>2737</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>2736</v>
+        <v>2738</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2730</v>
+        <v>2739</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E725" s="3" t="s">
-        <v>2737</v>
+        <v>2740</v>
       </c>
       <c r="F725" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G725" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="726" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A726" s="1" t="s">
-        <v>2738</v>
+        <v>2741</v>
       </c>
       <c r="B726" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C726" s="1" t="s">
         <v>2739</v>
       </c>
-      <c r="C726" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D726" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>2740</v>
+        <v>2743</v>
       </c>
       <c r="F726" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G726" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="727" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A727" s="1" t="s">
-        <v>2741</v>
+        <v>2744</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>2742</v>
+        <v>2745</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
       <c r="D727" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E727" s="3" t="s">
-        <v>2744</v>
+        <v>2746</v>
       </c>
       <c r="F727" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G727" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="728" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A728" s="1" t="s">
-        <v>2745</v>
+        <v>2747</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>2746</v>
+        <v>2748</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2743</v>
+        <v>2749</v>
       </c>
       <c r="D728" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>2747</v>
+        <v>2750</v>
       </c>
       <c r="F728" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G728" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="729" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A729" s="1" t="s">
-        <v>2748</v>
+        <v>2751</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>2749</v>
+        <v>2752</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2743</v>
+        <v>2753</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>2750</v>
+        <v>2754</v>
       </c>
       <c r="F729" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G729" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="730" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A730" s="1" t="s">
-        <v>2751</v>
+        <v>2755</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>2752</v>
+        <v>2756</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2753</v>
+        <v>2757</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E730" s="3" t="s">
-        <v>2754</v>
+        <v>2758</v>
       </c>
       <c r="F730" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G730" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="731" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A731" s="1" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E731" s="3" t="s">
-        <v>2758</v>
+        <v>2762</v>
       </c>
       <c r="F731" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G731" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="732" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A732" s="1" t="s">
-        <v>2759</v>
+        <v>2763</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E732" s="3" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="F732" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G732" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="733" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A733" s="1" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E733" s="3" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="F733" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G733" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="734" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A734" s="1" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E734" s="3" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
       <c r="F734" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G734" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="735" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A735" s="1" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>2772</v>
+        <v>2776</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2773</v>
+        <v>2777</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E735" s="3" t="s">
-        <v>2774</v>
+        <v>2778</v>
       </c>
       <c r="F735" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G735" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="736" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A736" s="1" t="s">
-        <v>2775</v>
+        <v>2779</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>2776</v>
+        <v>2780</v>
       </c>
       <c r="C736" s="1" t="s">
         <v>2777</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E736" s="3" t="s">
-        <v>2778</v>
+        <v>2781</v>
       </c>
       <c r="F736" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G736" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="737" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A737" s="1" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E737" s="3" t="s">
-        <v>2782</v>
+        <v>2784</v>
       </c>
       <c r="F737" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G737" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="738" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A738" s="1" t="s">
-        <v>2783</v>
+        <v>2785</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>2784</v>
+        <v>2786</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E738" s="3" t="s">
-        <v>2785</v>
+        <v>2787</v>
       </c>
       <c r="F738" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G738" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="739" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A739" s="1" t="s">
-        <v>2786</v>
+        <v>2788</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E739" s="3" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
       <c r="F739" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G739" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="740" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A740" s="1" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>2790</v>
+        <v>2792</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E740" s="3" t="s">
-        <v>2791</v>
+        <v>2793</v>
       </c>
       <c r="F740" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G740" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="741" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A741" s="1" t="s">
-        <v>2792</v>
+        <v>2794</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E741" s="3" t="s">
-        <v>2794</v>
+        <v>2796</v>
       </c>
       <c r="F741" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G741" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="742" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A742" s="1" t="s">
-        <v>2795</v>
+        <v>2797</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2781</v>
+        <v>2799</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E742" s="3" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
       <c r="F742" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G742" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="743" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A743" s="1" t="s">
-        <v>2798</v>
+        <v>2801</v>
       </c>
       <c r="B743" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C743" s="1" t="s">
         <v>2799</v>
       </c>
-      <c r="C743" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D743" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E743" s="3" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
       <c r="F743" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G743" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="744" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A744" s="1" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E744" s="3" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="F744" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G744" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="745" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A745" s="1" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E745" s="3" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="F745" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G745" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="746" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A746" s="1" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E746" s="3" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="F746" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G746" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="747" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A747" s="1" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E747" s="3" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="F747" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G747" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="748" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A748" s="1" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="F748" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G748" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="749" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A749" s="1" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2803</v>
+        <v>2821</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E749" s="3" t="s">
-        <v>2819</v>
+        <v>2822</v>
       </c>
       <c r="F749" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G749" s="3" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
     </row>
     <row r="750" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A750" s="1" t="s">
-        <v>2820</v>
+        <v>2823</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>2821</v>
+        <v>2824</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2803</v>
+        <v>2825</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E750" s="3" t="s">
-        <v>2822</v>
+        <v>2826</v>
       </c>
       <c r="F750" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G750" s="3" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
     </row>
     <row r="751" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A751" s="1" t="s">
-        <v>2823</v>
+        <v>2827</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>2824</v>
+        <v>2828</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2825</v>
+        <v>2829</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E751" s="3" t="s">
-        <v>2826</v>
+        <v>2830</v>
       </c>
       <c r="F751" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G751" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="752" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A752" s="1" t="s">
-        <v>2827</v>
+        <v>2831</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2828</v>
+        <v>2832</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2829</v>
+        <v>2833</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E752" s="3" t="s">
-        <v>2830</v>
+        <v>2834</v>
       </c>
       <c r="F752" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G752" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="753" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A753" s="1" t="s">
-        <v>2831</v>
+        <v>2835</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>2832</v>
+        <v>2836</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2833</v>
+        <v>2837</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E753" s="3" t="s">
-        <v>2834</v>
+        <v>2838</v>
       </c>
       <c r="F753" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G753" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="754" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A754" s="1" t="s">
-        <v>2835</v>
+        <v>2839</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>2836</v>
+        <v>2840</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>2837</v>
+        <v>2841</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>2838</v>
+        <v>2842</v>
       </c>
       <c r="F754" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G754" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="755" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A755" s="1" t="s">
-        <v>2839</v>
+        <v>2843</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>2840</v>
+        <v>2844</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2841</v>
+        <v>2845</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E755" s="3" t="s">
-        <v>2842</v>
+        <v>2846</v>
       </c>
       <c r="F755" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G755" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="756" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A756" s="1" t="s">
-        <v>2843</v>
+        <v>2847</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>2844</v>
+        <v>2848</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>2845</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E756" s="3" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="F756" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G756" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="757" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A757" s="1" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E757" s="3" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
       <c r="F757" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G757" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="758" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A758" s="1" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="B758" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C758" s="1" t="s">
         <v>2852</v>
       </c>
-      <c r="C758" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D758" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E758" s="3" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
       <c r="F758" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G758" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="759" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A759" s="1" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2856</v>
+        <v>2852</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E759" s="3" t="s">
-        <v>2857</v>
+        <v>2859</v>
       </c>
       <c r="F759" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G759" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="760" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A760" s="1" t="s">
-        <v>2858</v>
+        <v>2860</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>2859</v>
+        <v>2861</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2856</v>
+        <v>2862</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E760" s="3" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="F760" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G760" s="3" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
     </row>
     <row r="761" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A761" s="1" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>2862</v>
+        <v>2865</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2856</v>
+        <v>2866</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E761" s="3" t="s">
-        <v>2863</v>
+        <v>2867</v>
       </c>
       <c r="F761" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G761" s="3" t="s">
-        <v>52</v>
+        <v>199</v>
       </c>
     </row>
     <row r="762" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A762" s="1" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>2865</v>
+        <v>2869</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2866</v>
+        <v>2870</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E762" s="3" t="s">
-        <v>2867</v>
+        <v>2871</v>
       </c>
       <c r="F762" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G762" s="3" t="s">
-        <v>61</v>
+        <v>199</v>
       </c>
     </row>
     <row r="763" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A763" s="1" t="s">
-        <v>2868</v>
+        <v>2872</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E763" s="3" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="F763" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G763" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="764" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A764" s="1" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E764" s="3" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
       <c r="F764" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G764" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="765" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A765" s="1" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>2877</v>
+        <v>2881</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2878</v>
+        <v>2882</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E765" s="3" t="s">
-        <v>2879</v>
+        <v>2883</v>
       </c>
       <c r="F765" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G765" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="766" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A766" s="1" t="s">
-        <v>2880</v>
+        <v>2884</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E766" s="3" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
       <c r="F766" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G766" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="767" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A767" s="1" t="s">
-        <v>2884</v>
+        <v>2888</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>2885</v>
+        <v>2889</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2886</v>
+        <v>2890</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>2887</v>
+        <v>2891</v>
       </c>
       <c r="F767" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G767" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="768" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A768" s="1" t="s">
-        <v>2888</v>
+        <v>2892</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>2889</v>
+        <v>2893</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2890</v>
+        <v>2894</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E768" s="3" t="s">
-        <v>2891</v>
+        <v>2895</v>
       </c>
       <c r="F768" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G768" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="769" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A769" s="1" t="s">
-        <v>2892</v>
+        <v>2896</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>2893</v>
+        <v>2897</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
       <c r="F769" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G769" s="3" t="s">
-        <v>194</v>
+        <v>92</v>
       </c>
     </row>
     <row r="770" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A770" s="1" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E770" s="3" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="F770" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G770" s="3" t="s">
-        <v>194</v>
+        <v>92</v>
       </c>
     </row>
     <row r="771" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A771" s="1" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E771" s="3" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
       <c r="F771" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G771" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="772" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A772" s="1" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2906</v>
+        <v>2910</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E772" s="3" t="s">
-        <v>2907</v>
+        <v>2911</v>
       </c>
       <c r="F772" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G772" s="3" t="s">
-        <v>87</v>
+        <v>186</v>
       </c>
     </row>
     <row r="773" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A773" s="1" t="s">
-        <v>2908</v>
+        <v>2912</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>2909</v>
+        <v>2913</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2910</v>
+        <v>2914</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E773" s="3" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
       <c r="F773" s="3" t="s">
-        <v>1144</v>
+        <v>421</v>
       </c>
       <c r="G773" s="3" t="s">
-        <v>87</v>
+        <v>387</v>
       </c>
     </row>
     <row r="774" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A774" s="1" t="s">
-        <v>2912</v>
+        <v>2916</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E774" s="3" t="s">
-        <v>2915</v>
+        <v>2919</v>
       </c>
       <c r="F774" s="3" t="s">
-        <v>1144</v>
+        <v>421</v>
       </c>
       <c r="G774" s="3" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
     </row>
     <row r="775" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A775" s="1" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2917</v>
+        <v>2921</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2918</v>
+        <v>2922</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E775" s="3" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
       <c r="F775" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G775" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="776" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A776" s="1" t="s">
-        <v>2920</v>
+        <v>2924</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>2921</v>
+        <v>2925</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2922</v>
+        <v>2926</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E776" s="3" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="F776" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G776" s="3" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
     </row>
     <row r="777" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A777" s="1" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E777" s="3" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
       <c r="F777" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G777" s="3" t="s">
-        <v>382</v>
+        <v>199</v>
       </c>
     </row>
     <row r="778" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A778" s="1" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E778" s="3" t="s">
-        <v>2931</v>
+        <v>2935</v>
       </c>
       <c r="F778" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G778" s="3" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
     </row>
     <row r="779" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A779" s="1" t="s">
-        <v>2932</v>
+        <v>2936</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>2933</v>
+        <v>2937</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2934</v>
+        <v>2938</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E779" s="3" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
       <c r="F779" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G779" s="3" t="s">
-        <v>194</v>
+        <v>254</v>
       </c>
     </row>
     <row r="780" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A780" s="1" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>2937</v>
+        <v>2941</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E780" s="3" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
       <c r="F780" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G780" s="3" t="s">
-        <v>382</v>
+        <v>199</v>
       </c>
     </row>
     <row r="781" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A781" s="1" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2942</v>
+        <v>2946</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E781" s="3" t="s">
-        <v>2943</v>
+        <v>2947</v>
       </c>
       <c r="F781" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G781" s="3" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="782" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A782" s="1" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E782" s="3" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
       <c r="F782" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G782" s="3" t="s">
-        <v>194</v>
+        <v>249</v>
       </c>
     </row>
     <row r="783" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A783" s="1" t="s">
-        <v>2948</v>
+        <v>2952</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>2949</v>
+        <v>2953</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E783" s="3" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="F783" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G783" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="784" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A784" s="1" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E784" s="3" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="F784" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G784" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="785" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A785" s="1" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E785" s="3" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
       <c r="F785" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G785" s="3" t="s">
-        <v>244</v>
+        <v>186</v>
       </c>
     </row>
     <row r="786" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A786" s="1" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E786" s="3" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
       <c r="F786" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G786" s="3" t="s">
-        <v>244</v>
+        <v>387</v>
       </c>
     </row>
     <row r="787" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A787" s="1" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2965</v>
+        <v>2969</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2966</v>
+        <v>2970</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>2967</v>
+        <v>2971</v>
       </c>
       <c r="F787" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G787" s="3" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
     </row>
     <row r="788" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A788" s="1" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2970</v>
+        <v>2974</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E788" s="3" t="s">
-        <v>2971</v>
+        <v>2975</v>
       </c>
       <c r="F788" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G788" s="3" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
     </row>
     <row r="789" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A789" s="1" t="s">
-        <v>2972</v>
+        <v>2976</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2973</v>
+        <v>2977</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E789" s="3" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
       <c r="F789" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G789" s="3" t="s">
-        <v>382</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="790" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A790" s="1" t="s">
-        <v>2976</v>
+        <v>2980</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2977</v>
+        <v>2981</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2978</v>
+        <v>2982</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E790" s="3" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
       <c r="F790" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G790" s="3" t="s">
-        <v>181</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="791" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A791" s="1" t="s">
-        <v>2980</v>
+        <v>2984</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E791" s="3" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="F791" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G791" s="3" t="s">
-        <v>2415</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="792" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A792" s="1" t="s">
-        <v>2984</v>
+        <v>2989</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2985</v>
+        <v>2990</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2986</v>
+        <v>2991</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E792" s="3" t="s">
-        <v>2987</v>
+        <v>2992</v>
       </c>
       <c r="F792" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G792" s="3" t="s">
-        <v>2415</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="793" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A793" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B793" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="C793" s="1" t="s">
+        <v>2995</v>
+      </c>
+      <c r="D793" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E793" s="3" t="s">
+        <v>2996</v>
+      </c>
+      <c r="F793" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G793" s="3" t="s">
         <v>2988</v>
-      </c>
-[...16 lines deleted...]
-        <v>2992</v>
       </c>
     </row>
     <row r="794" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A794" s="1" t="s">
-        <v>2993</v>
+        <v>2997</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>2994</v>
+        <v>2998</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2995</v>
+        <v>2999</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E794" s="3" t="s">
-        <v>2996</v>
+        <v>3000</v>
       </c>
       <c r="F794" s="3" t="s">
-        <v>416</v>
+        <v>185</v>
       </c>
       <c r="G794" s="3" t="s">
-        <v>2992</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="795" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A795" s="1" t="s">
-        <v>2997</v>
+        <v>3001</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2998</v>
+        <v>3002</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E795" s="3" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="F795" s="3" t="s">
-        <v>416</v>
+        <v>1970</v>
       </c>
       <c r="G795" s="3" t="s">
-        <v>2992</v>
+        <v>19</v>
       </c>
     </row>
     <row r="796" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A796" s="1" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E796" s="3" t="s">
-        <v>3004</v>
+        <v>3006</v>
       </c>
       <c r="F796" s="3" t="s">
-        <v>180</v>
+        <v>1970</v>
       </c>
       <c r="G796" s="3" t="s">
-        <v>2231</v>
+        <v>19</v>
       </c>
     </row>
     <row r="797" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A797" s="1" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E797" s="3" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
       <c r="F797" s="3" t="s">
-        <v>1974</v>
+        <v>1767</v>
       </c>
       <c r="G797" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="798" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A798" s="1" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>3009</v>
+        <v>3011</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>3009</v>
+        <v>3011</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E798" s="3" t="s">
-        <v>3010</v>
+        <v>3012</v>
       </c>
       <c r="F798" s="3" t="s">
-        <v>1974</v>
+        <v>1767</v>
       </c>
       <c r="G798" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="799" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A799" s="1" t="s">
-        <v>3011</v>
+        <v>3013</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>3012</v>
+        <v>3014</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>3012</v>
+        <v>3014</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E799" s="3" t="s">
-        <v>3013</v>
+        <v>3015</v>
       </c>
       <c r="F799" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G799" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="800" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A800" s="1" t="s">
-        <v>3014</v>
+        <v>3016</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>3015</v>
+        <v>3017</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>3015</v>
+        <v>3017</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E800" s="3" t="s">
-        <v>3016</v>
+        <v>3018</v>
       </c>
       <c r="F800" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G800" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="801" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A801" s="1" t="s">
-        <v>3017</v>
+        <v>3019</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>3018</v>
+        <v>3020</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E801" s="3" t="s">
-        <v>3019</v>
+        <v>3022</v>
       </c>
       <c r="F801" s="3" t="s">
-        <v>1765</v>
+        <v>421</v>
       </c>
       <c r="G801" s="3" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
     </row>
     <row r="802" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A802" s="1" t="s">
-        <v>3020</v>
+        <v>3023</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>3021</v>
+        <v>3025</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>3022</v>
+        <v>3026</v>
       </c>
       <c r="F802" s="3" t="s">
-        <v>1765</v>
+        <v>421</v>
       </c>
       <c r="G802" s="3" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
     </row>
     <row r="803" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A803" s="1" t="s">
-        <v>3023</v>
+        <v>3027</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>3024</v>
+        <v>3028</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>3025</v>
+        <v>3029</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>3026</v>
+        <v>3030</v>
       </c>
       <c r="F803" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G803" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="804" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A804" s="1" t="s">
-        <v>3027</v>
+        <v>3031</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>3028</v>
+        <v>3032</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E804" s="3" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
       <c r="F804" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G804" s="3" t="s">
-        <v>87</v>
+        <v>186</v>
       </c>
     </row>
     <row r="805" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A805" s="1" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E805" s="3" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
       <c r="F805" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G805" s="3" t="s">
-        <v>87</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="806" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A806" s="1" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>3038</v>
+        <v>3042</v>
       </c>
       <c r="F806" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G806" s="3" t="s">
-        <v>181</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="807" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A807" s="1" t="s">
-        <v>3039</v>
+        <v>3043</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>3040</v>
+        <v>3044</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>3041</v>
+        <v>3045</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E807" s="3" t="s">
-        <v>3042</v>
+        <v>3046</v>
       </c>
       <c r="F807" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G807" s="3" t="s">
-        <v>2415</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="808" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A808" s="1" t="s">
-        <v>3043</v>
+        <v>3047</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>3044</v>
+        <v>3048</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>3045</v>
+        <v>2627</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>3046</v>
+        <v>3049</v>
       </c>
       <c r="F808" s="3" t="s">
-        <v>416</v>
+        <v>1194</v>
       </c>
       <c r="G808" s="3" t="s">
-        <v>2415</v>
+        <v>19</v>
       </c>
     </row>
     <row r="809" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A809" s="1" t="s">
-        <v>3047</v>
+        <v>3050</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>3048</v>
+        <v>3051</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>3049</v>
+        <v>2739</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="F809" s="3" t="s">
-        <v>416</v>
+        <v>1194</v>
       </c>
       <c r="G809" s="3" t="s">
-        <v>2992</v>
+        <v>101</v>
       </c>
     </row>
     <row r="810" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A810" s="1" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2631</v>
+        <v>3055</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E810" s="3" t="s">
-        <v>3053</v>
+        <v>3056</v>
       </c>
       <c r="F810" s="3" t="s">
-        <v>1189</v>
+        <v>185</v>
       </c>
       <c r="G810" s="3" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="811" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A811" s="1" t="s">
-        <v>3054</v>
+        <v>3057</v>
       </c>
       <c r="B811" s="1" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C811" s="1" t="s">
         <v>3055</v>
       </c>
-      <c r="C811" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E811" s="3" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
       <c r="F811" s="3" t="s">
-        <v>1189</v>
+        <v>185</v>
       </c>
       <c r="G811" s="3" t="s">
-        <v>96</v>
+        <v>191</v>
       </c>
     </row>
     <row r="812" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A812" s="1" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>3059</v>
+        <v>3055</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E812" s="3" t="s">
-        <v>3060</v>
+        <v>3062</v>
       </c>
       <c r="F812" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G812" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="813" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A813" s="1" t="s">
-        <v>3061</v>
+        <v>3063</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>3059</v>
+        <v>3064</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E813" s="3" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
       <c r="F813" s="3" t="s">
-        <v>180</v>
+        <v>2143</v>
       </c>
       <c r="G813" s="3" t="s">
-        <v>186</v>
+        <v>101</v>
       </c>
     </row>
     <row r="814" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A814" s="1" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>3059</v>
+        <v>3067</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E814" s="3" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="F814" s="3" t="s">
-        <v>180</v>
+        <v>362</v>
       </c>
       <c r="G814" s="3" t="s">
-        <v>96</v>
+        <v>191</v>
       </c>
     </row>
     <row r="815" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A815" s="1" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E815" s="3" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="F815" s="3" t="s">
-        <v>2147</v>
+        <v>2547</v>
       </c>
       <c r="G815" s="3" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
     </row>
     <row r="816" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A816" s="1" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E816" s="3" t="s">
-        <v>3072</v>
+        <v>3075</v>
       </c>
       <c r="F816" s="3" t="s">
-        <v>357</v>
+        <v>2537</v>
       </c>
       <c r="G816" s="3" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
     </row>
     <row r="817" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A817" s="1" t="s">
-        <v>3073</v>
+        <v>3076</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>3074</v>
+        <v>3077</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E817" s="3" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
       <c r="F817" s="3" t="s">
-        <v>2551</v>
+        <v>38</v>
       </c>
       <c r="G817" s="3" t="s">
-        <v>3076</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="818" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A818" s="1" t="s">
-        <v>3077</v>
+        <v>3080</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>3078</v>
+        <v>3081</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>3079</v>
+        <v>3082</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E818" s="3" t="s">
-        <v>3080</v>
+        <v>3083</v>
       </c>
       <c r="F818" s="3" t="s">
-        <v>2541</v>
+        <v>38</v>
       </c>
       <c r="G818" s="3" t="s">
-        <v>194</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="819" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A819" s="1" t="s">
-        <v>3081</v>
+        <v>2552</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="F819" s="3" t="s">
-        <v>38</v>
+        <v>2547</v>
       </c>
       <c r="G819" s="3" t="s">
-        <v>2231</v>
+        <v>52</v>
       </c>
     </row>
     <row r="820" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A820" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="C820" s="1" t="s">
         <v>3087</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E820" s="3" t="s">
         <v>3088</v>
       </c>
       <c r="F820" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G820" s="3" t="s">
-        <v>2992</v>
+        <v>66</v>
       </c>
     </row>
     <row r="821" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A821" s="1" t="s">
-        <v>2556</v>
+        <v>3089</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E821" s="3" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="F821" s="3" t="s">
-        <v>2551</v>
+        <v>38</v>
       </c>
       <c r="G821" s="3" t="s">
-        <v>3076</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="822" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A822" s="1" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E822" s="3" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="F822" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G822" s="3" t="s">
-        <v>61</v>
+        <v>132</v>
       </c>
     </row>
     <row r="823" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A823" s="1" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E823" s="3" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="F823" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G823" s="3" t="s">
-        <v>2992</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="824" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A824" s="1" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E824" s="3" t="s">
-        <v>3099</v>
+        <v>3102</v>
       </c>
       <c r="F824" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G824" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="825" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A825" s="1" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>3101</v>
+        <v>3104</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E825" s="3" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="F825" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G825" s="3" t="s">
-        <v>3104</v>
+        <v>551</v>
       </c>
     </row>
     <row r="826" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A826" s="1" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E826" s="3" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="F826" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G826" s="3" t="s">
-        <v>127</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="827" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A827" s="1" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E827" s="3" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="F827" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G827" s="3" t="s">
-        <v>546</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="828" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A828" s="1" t="s">
-        <v>3111</v>
+        <v>3112</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>3112</v>
+        <v>3113</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>3112</v>
+        <v>3113</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E828" s="3" t="s">
-        <v>3113</v>
+        <v>3114</v>
       </c>
       <c r="F828" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G828" s="3" t="s">
-        <v>3104</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="829" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A829" s="1" t="s">
-        <v>3114</v>
+        <v>3115</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>3115</v>
+        <v>3116</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>3115</v>
+        <v>3116</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E829" s="3" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="F829" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G829" s="3" t="s">
-        <v>3104</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="830" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A830" s="1" t="s">
-        <v>3117</v>
+        <v>3118</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>3118</v>
+        <v>3119</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>3118</v>
+        <v>3119</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E830" s="3" t="s">
-        <v>3119</v>
+        <v>3120</v>
       </c>
       <c r="F830" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G830" s="3" t="s">
-        <v>2992</v>
+        <v>551</v>
       </c>
     </row>
     <row r="831" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A831" s="1" t="s">
-        <v>3120</v>
+        <v>3121</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>3121</v>
+        <v>3122</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E831" s="3" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="F831" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G831" s="3" t="s">
-        <v>2992</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="832" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A832" s="1" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>3124</v>
+        <v>3127</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E832" s="3" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
       <c r="F832" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G832" s="3" t="s">
-        <v>546</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="833" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A833" s="1" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E833" s="3" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
       <c r="F833" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G833" s="3" t="s">
-        <v>2992</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="834" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A834" s="1" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>3132</v>
+        <v>3134</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E834" s="3" t="s">
-        <v>3133</v>
+        <v>3135</v>
       </c>
       <c r="F834" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G834" s="3" t="s">
-        <v>2992</v>
+        <v>66</v>
       </c>
     </row>
     <row r="835" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A835" s="1" t="s">
-        <v>3134</v>
+        <v>3136</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>3135</v>
+        <v>3137</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>3136</v>
+        <v>3137</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E835" s="3" t="s">
-        <v>3137</v>
+        <v>3138</v>
       </c>
       <c r="F835" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G835" s="3" t="s">
-        <v>2992</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="836" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A836" s="1" t="s">
-        <v>3138</v>
+        <v>3139</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>3139</v>
+        <v>3140</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>3139</v>
+        <v>3140</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E836" s="3" t="s">
-        <v>3140</v>
+        <v>3141</v>
       </c>
       <c r="F836" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G836" s="3" t="s">
-        <v>61</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="837" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A837" s="1" t="s">
-        <v>3141</v>
+        <v>3142</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>3142</v>
+        <v>3143</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E837" s="3" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
       <c r="F837" s="3" t="s">
-        <v>38</v>
+        <v>421</v>
       </c>
       <c r="G837" s="3" t="s">
-        <v>3104</v>
+        <v>186</v>
       </c>
     </row>
     <row r="838" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A838" s="1" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E838" s="3" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
       <c r="F838" s="3" t="s">
-        <v>38</v>
+        <v>185</v>
       </c>
       <c r="G838" s="3" t="s">
-        <v>2436</v>
+        <v>387</v>
       </c>
     </row>
     <row r="839" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A839" s="1" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
       <c r="B839" s="1" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C839" s="1" t="s">
         <v>3148</v>
       </c>
-      <c r="C839" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E839" s="3" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
       <c r="F839" s="3" t="s">
-        <v>416</v>
+        <v>185</v>
       </c>
       <c r="G839" s="3" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
     </row>
     <row r="840" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A840" s="1" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>3153</v>
+        <v>3148</v>
       </c>
       <c r="D840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E840" s="3" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
       <c r="F840" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G840" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="841" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A841" s="1" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>3153</v>
+        <v>3148</v>
       </c>
       <c r="D841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E841" s="3" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="F841" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G841" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="842" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A842" s="1" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>3153</v>
+        <v>3148</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E842" s="3" t="s">
-        <v>3160</v>
+        <v>3161</v>
       </c>
       <c r="F842" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G842" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="843" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A843" s="1" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>3153</v>
+        <v>3164</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E843" s="3" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
       <c r="F843" s="3" t="s">
-        <v>180</v>
+        <v>1149</v>
       </c>
       <c r="G843" s="3" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
     </row>
     <row r="844" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A844" s="1" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>3165</v>
+        <v>3167</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>3153</v>
+        <v>3168</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E844" s="3" t="s">
-        <v>3166</v>
+        <v>3169</v>
       </c>
       <c r="F844" s="3" t="s">
-        <v>180</v>
+        <v>1149</v>
       </c>
       <c r="G844" s="3" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
     </row>
     <row r="845" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A845" s="1" t="s">
-        <v>3167</v>
+        <v>3170</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>3168</v>
+        <v>3171</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>3169</v>
+        <v>3171</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E845" s="3" t="s">
-        <v>3170</v>
+        <v>3172</v>
       </c>
       <c r="F845" s="3" t="s">
-        <v>1144</v>
+        <v>1974</v>
       </c>
       <c r="G845" s="3" t="s">
-        <v>181</v>
+        <v>19</v>
       </c>
     </row>
     <row r="846" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A846" s="1" t="s">
-        <v>3171</v>
+        <v>3173</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>3172</v>
+        <v>3174</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E846" s="3" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="F846" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G846" s="3" t="s">
-        <v>181</v>
+        <v>123</v>
       </c>
     </row>
     <row r="847" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A847" s="1" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E847" s="3" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
       <c r="F847" s="3" t="s">
-        <v>1978</v>
+        <v>1149</v>
       </c>
       <c r="G847" s="3" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
     </row>
     <row r="848" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A848" s="1" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>3180</v>
+        <v>2631</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E848" s="3" t="s">
-        <v>3181</v>
+        <v>3183</v>
       </c>
       <c r="F848" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G848" s="3" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
     </row>
     <row r="849" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A849" s="1" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>3184</v>
+        <v>2631</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E849" s="3" t="s">
-        <v>3185</v>
+        <v>3186</v>
       </c>
       <c r="F849" s="3" t="s">
-        <v>1144</v>
+        <v>1194</v>
       </c>
       <c r="G849" s="3" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
     </row>
     <row r="850" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A850" s="1" t="s">
-        <v>3186</v>
+        <v>3187</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>3187</v>
+        <v>3188</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2635</v>
+        <v>3189</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E850" s="3" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="F850" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G850" s="3" t="s">
-        <v>96</v>
+        <v>132</v>
       </c>
     </row>
     <row r="851" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A851" s="1" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2635</v>
+        <v>3179</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E851" s="3" t="s">
-        <v>3191</v>
+        <v>3193</v>
       </c>
       <c r="F851" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G851" s="3" t="s">
-        <v>96</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="852" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A852" s="1" t="s">
-        <v>3192</v>
+        <v>3194</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3193</v>
+        <v>3195</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>3194</v>
+        <v>3179</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E852" s="3" t="s">
-        <v>3195</v>
+        <v>3196</v>
       </c>
       <c r="F852" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G852" s="3" t="s">
-        <v>127</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="853" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A853" s="1" t="s">
-        <v>3196</v>
+        <v>3197</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>3184</v>
+        <v>2845</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E853" s="3" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
       <c r="F853" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G853" s="3" t="s">
-        <v>2231</v>
+        <v>57</v>
       </c>
     </row>
     <row r="854" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A854" s="1" t="s">
-        <v>3199</v>
+        <v>3200</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>3200</v>
+        <v>3201</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>3184</v>
+        <v>3202</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E854" s="3" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
       <c r="F854" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G854" s="3" t="s">
-        <v>2231</v>
+        <v>186</v>
       </c>
     </row>
     <row r="855" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A855" s="1" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>3203</v>
+        <v>3205</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>2849</v>
+        <v>3206</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E855" s="3" t="s">
-        <v>3204</v>
+        <v>3207</v>
       </c>
       <c r="F855" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G855" s="3" t="s">
-        <v>52</v>
+        <v>186</v>
       </c>
     </row>
     <row r="856" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A856" s="1" t="s">
-        <v>3205</v>
+        <v>3208</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>3206</v>
+        <v>3209</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>3207</v>
+        <v>3210</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E856" s="3" t="s">
-        <v>3208</v>
+        <v>3211</v>
       </c>
       <c r="F856" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G856" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="857" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A857" s="1" t="s">
-        <v>3209</v>
+        <v>3212</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>3210</v>
+        <v>3213</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>3211</v>
+        <v>3214</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E857" s="3" t="s">
-        <v>3212</v>
+        <v>3215</v>
       </c>
       <c r="F857" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G857" s="3" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
     </row>
     <row r="858" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A858" s="1" t="s">
-        <v>3213</v>
+        <v>3216</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>3214</v>
+        <v>3217</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>3215</v>
+        <v>3218</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E858" s="3" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
       <c r="F858" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G858" s="3" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
     </row>
     <row r="859" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A859" s="1" t="s">
-        <v>3217</v>
+        <v>3220</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>3218</v>
+        <v>3221</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>3219</v>
+        <v>3222</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E859" s="3" t="s">
-        <v>3220</v>
+        <v>3223</v>
       </c>
       <c r="F859" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G859" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="860" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A860" s="1" t="s">
-        <v>3221</v>
+        <v>3224</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>3222</v>
+        <v>3225</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>3223</v>
+        <v>3226</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E860" s="3" t="s">
-        <v>3224</v>
+        <v>3227</v>
       </c>
       <c r="F860" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G860" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="861" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A861" s="1" t="s">
-        <v>3225</v>
+        <v>3228</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>3226</v>
+        <v>3229</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>3227</v>
+        <v>3230</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E861" s="3" t="s">
-        <v>3228</v>
+        <v>3231</v>
       </c>
       <c r="F861" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G861" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="862" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A862" s="1" t="s">
-        <v>3229</v>
+        <v>3232</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>3230</v>
+        <v>3233</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>3231</v>
+        <v>3234</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E862" s="3" t="s">
-        <v>3232</v>
+        <v>3235</v>
       </c>
       <c r="F862" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G862" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="863" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A863" s="1" t="s">
-        <v>3233</v>
+        <v>3236</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>3234</v>
+        <v>3237</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>3235</v>
+        <v>3238</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E863" s="3" t="s">
-        <v>3236</v>
+        <v>3239</v>
       </c>
       <c r="F863" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G863" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="864" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A864" s="1" t="s">
-        <v>3237</v>
+        <v>3240</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>3238</v>
+        <v>3241</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>3239</v>
+        <v>3242</v>
       </c>
       <c r="D864" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E864" s="3" t="s">
-        <v>3240</v>
+        <v>3243</v>
       </c>
       <c r="F864" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G864" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="865" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A865" s="1" t="s">
-        <v>3241</v>
+        <v>3244</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>3242</v>
+        <v>3245</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>3243</v>
+        <v>3246</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E865" s="3" t="s">
-        <v>3244</v>
+        <v>3247</v>
       </c>
       <c r="F865" s="3" t="s">
-        <v>1144</v>
+        <v>185</v>
       </c>
       <c r="G865" s="3" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
     </row>
     <row r="866" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A866" s="1" t="s">
-        <v>3245</v>
+        <v>3248</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>3246</v>
+        <v>3249</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>3247</v>
+        <v>3250</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E866" s="3" t="s">
-        <v>3248</v>
+        <v>3251</v>
       </c>
       <c r="F866" s="3" t="s">
-        <v>1144</v>
+        <v>421</v>
       </c>
       <c r="G866" s="3" t="s">
-        <v>194</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="867" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A867" s="1" t="s">
-        <v>3249</v>
+        <v>3252</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>3250</v>
+        <v>3253</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>3251</v>
+        <v>1743</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E867" s="3" t="s">
-        <v>3252</v>
+        <v>3254</v>
       </c>
       <c r="F867" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G867" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="868" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A868" s="1" t="s">
-        <v>3253</v>
+        <v>3255</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>3254</v>
+        <v>3256</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>3255</v>
+        <v>1743</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E868" s="3" t="s">
-        <v>3256</v>
+        <v>3257</v>
       </c>
       <c r="F868" s="3" t="s">
-        <v>416</v>
+        <v>185</v>
       </c>
       <c r="G868" s="3" t="s">
-        <v>2415</v>
+        <v>118</v>
       </c>
     </row>
     <row r="869" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A869" s="1" t="s">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>3258</v>
+        <v>3259</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>1741</v>
+        <v>2627</v>
       </c>
       <c r="D869" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E869" s="3" t="s">
-        <v>3259</v>
+        <v>3260</v>
       </c>
       <c r="F869" s="3" t="s">
-        <v>180</v>
+        <v>1194</v>
       </c>
       <c r="G869" s="3" t="s">
-        <v>113</v>
+        <v>186</v>
       </c>
     </row>
     <row r="870" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A870" s="1" t="s">
-        <v>3260</v>
+        <v>3261</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>3261</v>
+        <v>3262</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1741</v>
+        <v>2627</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E870" s="3" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="F870" s="3" t="s">
-        <v>180</v>
+        <v>1194</v>
       </c>
       <c r="G870" s="3" t="s">
-        <v>113</v>
+        <v>186</v>
       </c>
     </row>
     <row r="871" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A871" s="1" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E871" s="3" t="s">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="F871" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G871" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="872" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A872" s="1" t="s">
-        <v>3266</v>
+        <v>3267</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>3267</v>
+        <v>3268</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E872" s="3" t="s">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="F872" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G872" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="873" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A873" s="1" t="s">
-        <v>3269</v>
+        <v>3270</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>3270</v>
+        <v>3271</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E873" s="3" t="s">
-        <v>3271</v>
+        <v>3272</v>
       </c>
       <c r="F873" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G873" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="874" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A874" s="1" t="s">
-        <v>3272</v>
+        <v>3273</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>3273</v>
+        <v>3274</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E874" s="3" t="s">
-        <v>3274</v>
+        <v>3275</v>
       </c>
       <c r="F874" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G874" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="875" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A875" s="1" t="s">
-        <v>3275</v>
+        <v>3276</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>3276</v>
+        <v>3277</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2631</v>
+        <v>2862</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E875" s="3" t="s">
-        <v>3277</v>
+        <v>3278</v>
       </c>
       <c r="F875" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G875" s="3" t="s">
-        <v>181</v>
+        <v>66</v>
       </c>
     </row>
     <row r="876" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A876" s="1" t="s">
-        <v>3278</v>
+        <v>3279</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2631</v>
+        <v>3281</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E876" s="3" t="s">
-        <v>3280</v>
+        <v>3282</v>
       </c>
       <c r="F876" s="3" t="s">
-        <v>1189</v>
+        <v>185</v>
       </c>
       <c r="G876" s="3" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
     </row>
     <row r="877" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A877" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="B877" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C877" s="1" t="s">
         <v>3281</v>
       </c>
-      <c r="B877" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D877" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E877" s="3" t="s">
-        <v>3283</v>
+        <v>3285</v>
       </c>
       <c r="F877" s="3" t="s">
-        <v>1144</v>
+        <v>185</v>
       </c>
       <c r="G877" s="3" t="s">
-        <v>61</v>
+        <v>387</v>
       </c>
     </row>
     <row r="878" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A878" s="1" t="s">
-        <v>3284</v>
+        <v>3286</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>3285</v>
+        <v>3287</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>3286</v>
+        <v>3288</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E878" s="3" t="s">
-        <v>3287</v>
+        <v>3289</v>
       </c>
       <c r="F878" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G878" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="879" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A879" s="1" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>3289</v>
+        <v>3291</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>3286</v>
+        <v>3292</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E879" s="3" t="s">
-        <v>3290</v>
+        <v>3293</v>
       </c>
       <c r="F879" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G879" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="880" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A880" s="1" t="s">
-        <v>3291</v>
+        <v>3294</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>3292</v>
+        <v>3295</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>3293</v>
+        <v>3288</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E880" s="3" t="s">
-        <v>3294</v>
+        <v>3296</v>
       </c>
       <c r="F880" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G880" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="881" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A881" s="1" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>3296</v>
+        <v>3298</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>3297</v>
+        <v>3288</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E881" s="3" t="s">
-        <v>3298</v>
+        <v>3299</v>
       </c>
       <c r="F881" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G881" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="882" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A882" s="1" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>3293</v>
+        <v>3292</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E882" s="3" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="F882" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G882" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="883" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A883" s="1" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>3293</v>
+        <v>3292</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E883" s="3" t="s">
-        <v>3304</v>
+        <v>3305</v>
       </c>
       <c r="F883" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G883" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="884" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A884" s="1" t="s">
-        <v>3305</v>
+        <v>3306</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>3306</v>
+        <v>3307</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>3297</v>
+        <v>3308</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E884" s="3" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
       <c r="F884" s="3" t="s">
-        <v>180</v>
+        <v>231</v>
       </c>
       <c r="G884" s="3" t="s">
-        <v>382</v>
+        <v>191</v>
       </c>
     </row>
     <row r="885" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A885" s="1" t="s">
-        <v>3308</v>
+        <v>3310</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>3297</v>
+        <v>3312</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E885" s="3" t="s">
-        <v>3310</v>
+        <v>3313</v>
       </c>
       <c r="F885" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G885" s="3" t="s">
-        <v>382</v>
+        <v>191</v>
       </c>
     </row>
     <row r="886" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A886" s="1" t="s">
-        <v>3311</v>
+        <v>3314</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>3312</v>
+        <v>3315</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>3313</v>
+        <v>3316</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E886" s="3" t="s">
-        <v>3314</v>
+        <v>3317</v>
       </c>
       <c r="F886" s="3" t="s">
-        <v>226</v>
+        <v>185</v>
       </c>
       <c r="G886" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="887" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A887" s="1" t="s">
-        <v>3315</v>
+        <v>3318</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>3316</v>
+        <v>3319</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>3317</v>
+        <v>3320</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E887" s="3" t="s">
-        <v>3318</v>
+        <v>3321</v>
       </c>
       <c r="F887" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G887" s="3" t="s">
-        <v>186</v>
+        <v>387</v>
       </c>
     </row>
     <row r="888" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A888" s="1" t="s">
-        <v>3319</v>
+        <v>3322</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>3320</v>
+        <v>3323</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>3321</v>
+        <v>3324</v>
       </c>
       <c r="D888" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E888" s="3" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
       <c r="F888" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G888" s="3" t="s">
-        <v>186</v>
+        <v>387</v>
       </c>
     </row>
     <row r="889" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A889" s="1" t="s">
-        <v>3323</v>
+        <v>3279</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>3325</v>
+        <v>3327</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E889" s="3" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
       <c r="F889" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G889" s="3" t="s">
-        <v>382</v>
+        <v>92</v>
       </c>
     </row>
     <row r="890" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A890" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="B890" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="C890" s="1" t="s">
         <v>3327</v>
-      </c>
-[...4 lines deleted...]
-        <v>3329</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E890" s="3" t="s">
         <v>3330</v>
       </c>
       <c r="F890" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G890" s="3" t="s">
-        <v>382</v>
+        <v>92</v>
       </c>
     </row>
     <row r="891" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A891" s="1" t="s">
-        <v>3284</v>
+        <v>3286</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>3331</v>
       </c>
       <c r="C891" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D891" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E891" s="3" t="s">
         <v>3332</v>
       </c>
-      <c r="D891" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F891" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G891" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="892" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A892" s="1" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="B892" s="1" t="s">
+        <v>3333</v>
+      </c>
+      <c r="C892" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D892" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E892" s="3" t="s">
         <v>3334</v>
       </c>
-      <c r="C892" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F892" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G892" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="893" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A893" s="1" t="s">
-        <v>3291</v>
+        <v>3294</v>
       </c>
       <c r="B893" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="C893" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D893" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E893" s="3" t="s">
         <v>3336</v>
       </c>
-      <c r="C893" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F893" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G893" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="894" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A894" s="1" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="B894" s="1" t="s">
+        <v>3337</v>
+      </c>
+      <c r="C894" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D894" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E894" s="3" t="s">
         <v>3338</v>
       </c>
-      <c r="C894" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F894" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G894" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="895" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A895" s="1" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
       <c r="B895" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C895" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D895" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E895" s="3" t="s">
         <v>3340</v>
       </c>
-      <c r="C895" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F895" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G895" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="896" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A896" s="1" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="B896" s="1" t="s">
+        <v>3341</v>
+      </c>
+      <c r="C896" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D896" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E896" s="3" t="s">
         <v>3342</v>
       </c>
-      <c r="C896" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F896" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G896" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="897" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A897" s="1" t="s">
-        <v>3305</v>
+        <v>3343</v>
       </c>
       <c r="B897" s="1" t="s">
         <v>3344</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>3332</v>
+        <v>3345</v>
       </c>
       <c r="D897" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E897" s="3" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="F897" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G897" s="3" t="s">
-        <v>87</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="898" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A898" s="1" t="s">
-        <v>3308</v>
+        <v>3347</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>3332</v>
+        <v>3349</v>
       </c>
       <c r="D898" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E898" s="3" t="s">
-        <v>3347</v>
+        <v>3350</v>
       </c>
       <c r="F898" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G898" s="3" t="s">
-        <v>87</v>
+        <v>287</v>
       </c>
     </row>
     <row r="899" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A899" s="1" t="s">
-        <v>3348</v>
+        <v>3351</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>3349</v>
+        <v>3352</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>3350</v>
+        <v>3353</v>
       </c>
       <c r="D899" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E899" s="3" t="s">
-        <v>3351</v>
+        <v>3354</v>
       </c>
       <c r="F899" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G899" s="3" t="s">
-        <v>2415</v>
+        <v>287</v>
       </c>
     </row>
     <row r="900" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A900" s="1" t="s">
-        <v>3352</v>
+        <v>3355</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>3353</v>
+        <v>3356</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>3354</v>
+        <v>3357</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E900" s="3" t="s">
-        <v>3355</v>
+        <v>3358</v>
       </c>
       <c r="F900" s="3" t="s">
-        <v>180</v>
+        <v>421</v>
       </c>
       <c r="G900" s="3" t="s">
-        <v>282</v>
+        <v>387</v>
       </c>
     </row>
     <row r="901" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A901" s="1" t="s">
-        <v>3356</v>
+        <v>3359</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>3357</v>
+        <v>3360</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>3358</v>
+        <v>3361</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E901" s="3" t="s">
-        <v>3359</v>
+        <v>3362</v>
       </c>
       <c r="F901" s="3" t="s">
-        <v>180</v>
+        <v>421</v>
       </c>
       <c r="G901" s="3" t="s">
-        <v>282</v>
+        <v>92</v>
       </c>
     </row>
     <row r="902" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A902" s="1" t="s">
-        <v>3360</v>
+        <v>3363</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>3361</v>
+        <v>3364</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>3362</v>
+        <v>3365</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E902" s="3" t="s">
-        <v>3363</v>
+        <v>3366</v>
       </c>
       <c r="F902" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G902" s="3" t="s">
-        <v>382</v>
+        <v>92</v>
       </c>
     </row>
     <row r="903" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A903" s="1" t="s">
-        <v>3364</v>
+        <v>3367</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>3365</v>
+        <v>3368</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>3366</v>
+        <v>3369</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E903" s="3" t="s">
-        <v>3367</v>
+        <v>3370</v>
       </c>
       <c r="F903" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G903" s="3" t="s">
-        <v>87</v>
+        <v>199</v>
       </c>
     </row>
     <row r="904" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A904" s="1" t="s">
-        <v>3368</v>
+        <v>3371</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>3369</v>
+        <v>3372</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>3370</v>
+        <v>3373</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E904" s="3" t="s">
-        <v>3371</v>
+        <v>3374</v>
       </c>
       <c r="F904" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G904" s="3" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
     </row>
     <row r="905" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A905" s="1" t="s">
-        <v>3372</v>
+        <v>3375</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>3373</v>
+        <v>3376</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>3374</v>
+        <v>3377</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E905" s="3" t="s">
-        <v>3375</v>
+        <v>3378</v>
       </c>
       <c r="F905" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G905" s="3" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
     </row>
     <row r="906" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A906" s="1" t="s">
-        <v>3376</v>
+        <v>3379</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>3377</v>
+        <v>3380</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>3378</v>
+        <v>3381</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E906" s="3" t="s">
-        <v>3379</v>
+        <v>3382</v>
       </c>
       <c r="F906" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G906" s="3" t="s">
-        <v>127</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="907" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A907" s="1" t="s">
-        <v>3380</v>
+        <v>3383</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>3381</v>
+        <v>3384</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>3382</v>
+        <v>3385</v>
       </c>
       <c r="D907" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E907" s="3" t="s">
-        <v>3383</v>
+        <v>3386</v>
       </c>
       <c r="F907" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G907" s="3" t="s">
-        <v>25</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="908" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A908" s="1" t="s">
-        <v>3384</v>
+        <v>3387</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>3385</v>
+        <v>3388</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>3386</v>
+        <v>3389</v>
       </c>
       <c r="D908" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E908" s="3" t="s">
-        <v>3387</v>
+        <v>3390</v>
       </c>
       <c r="F908" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G908" s="3" t="s">
-        <v>2415</v>
+        <v>186</v>
       </c>
     </row>
     <row r="909" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A909" s="1" t="s">
-        <v>3388</v>
+        <v>3391</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>3390</v>
+        <v>3393</v>
       </c>
       <c r="D909" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E909" s="3" t="s">
-        <v>3391</v>
+        <v>3394</v>
       </c>
       <c r="F909" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G909" s="3" t="s">
-        <v>2415</v>
+        <v>186</v>
       </c>
     </row>
     <row r="910" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A910" s="1" t="s">
-        <v>3392</v>
+        <v>3395</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>3393</v>
+        <v>3396</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>3394</v>
+        <v>3397</v>
       </c>
       <c r="D910" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E910" s="3" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
       <c r="F910" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G910" s="3" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
     </row>
     <row r="911" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A911" s="1" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>3397</v>
+        <v>3400</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>3398</v>
+        <v>3401</v>
       </c>
       <c r="D911" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E911" s="3" t="s">
-        <v>3399</v>
+        <v>3402</v>
       </c>
       <c r="F911" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G911" s="3" t="s">
-        <v>181</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="912" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A912" s="1" t="s">
-        <v>3400</v>
+        <v>3403</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>3401</v>
+        <v>3404</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>3402</v>
+        <v>3405</v>
       </c>
       <c r="D912" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E912" s="3" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
       <c r="F912" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G912" s="3" t="s">
-        <v>382</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="913" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A913" s="1" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>3405</v>
+        <v>3408</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>3406</v>
+        <v>3409</v>
       </c>
       <c r="D913" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E913" s="3" t="s">
-        <v>3407</v>
+        <v>3410</v>
       </c>
       <c r="F913" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G913" s="3" t="s">
-        <v>2415</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="914" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A914" s="1" t="s">
-        <v>3408</v>
+        <v>3411</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>3409</v>
+        <v>3412</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>3410</v>
+        <v>3413</v>
       </c>
       <c r="D914" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E914" s="3" t="s">
-        <v>3411</v>
+        <v>3414</v>
       </c>
       <c r="F914" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G914" s="3" t="s">
-        <v>2415</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="915" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A915" s="1" t="s">
-        <v>3412</v>
+        <v>3415</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>3413</v>
+        <v>3416</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>3414</v>
+        <v>2862</v>
       </c>
       <c r="D915" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E915" s="3" t="s">
-        <v>3415</v>
+        <v>3417</v>
       </c>
       <c r="F915" s="3" t="s">
-        <v>416</v>
+        <v>1149</v>
       </c>
       <c r="G915" s="3" t="s">
-        <v>2992</v>
+        <v>66</v>
       </c>
     </row>
     <row r="916" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A916" s="1" t="s">
-        <v>3416</v>
+        <v>3418</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>3417</v>
+        <v>3419</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>3418</v>
+        <v>3420</v>
       </c>
       <c r="D916" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E916" s="3" t="s">
-        <v>3419</v>
+        <v>3421</v>
       </c>
       <c r="F916" s="3" t="s">
-        <v>416</v>
+        <v>1149</v>
       </c>
       <c r="G916" s="3" t="s">
-        <v>2992</v>
+        <v>387</v>
       </c>
     </row>
     <row r="917" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A917" s="1" t="s">
-        <v>3420</v>
+        <v>3422</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>3421</v>
+        <v>3423</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2866</v>
+        <v>3424</v>
       </c>
       <c r="D917" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E917" s="3" t="s">
-        <v>3422</v>
+        <v>3425</v>
       </c>
       <c r="F917" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G917" s="3" t="s">
-        <v>61</v>
+        <v>387</v>
       </c>
     </row>
     <row r="918" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A918" s="1" t="s">
-        <v>3423</v>
+        <v>3426</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>3424</v>
+        <v>3427</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>3425</v>
+        <v>3428</v>
       </c>
       <c r="D918" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E918" s="3" t="s">
-        <v>3426</v>
+        <v>3429</v>
       </c>
       <c r="F918" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G918" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="919" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A919" s="1" t="s">
-        <v>3427</v>
+        <v>3430</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>3428</v>
+        <v>3431</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>3429</v>
+        <v>3432</v>
       </c>
       <c r="D919" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E919" s="3" t="s">
-        <v>3430</v>
+        <v>3433</v>
       </c>
       <c r="F919" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G919" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="920" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A920" s="1" t="s">
-        <v>3431</v>
+        <v>3434</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>3432</v>
+        <v>3435</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>3433</v>
+        <v>3436</v>
       </c>
       <c r="D920" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E920" s="3" t="s">
-        <v>3434</v>
+        <v>3437</v>
       </c>
       <c r="F920" s="3" t="s">
-        <v>1144</v>
+        <v>185</v>
       </c>
       <c r="G920" s="3" t="s">
-        <v>382</v>
+        <v>118</v>
       </c>
     </row>
     <row r="921" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A921" s="1" t="s">
-        <v>3435</v>
+        <v>3438</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>3436</v>
+        <v>3439</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>3437</v>
+        <v>3440</v>
       </c>
       <c r="D921" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E921" s="3" t="s">
-        <v>3438</v>
+        <v>3441</v>
       </c>
       <c r="F921" s="3" t="s">
-        <v>1144</v>
+        <v>185</v>
       </c>
       <c r="G921" s="3" t="s">
-        <v>382</v>
+        <v>254</v>
       </c>
     </row>
     <row r="922" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A922" s="1" t="s">
-        <v>3439</v>
+        <v>3442</v>
       </c>
       <c r="B922" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="C922" s="1" t="s">
         <v>3440</v>
       </c>
-      <c r="C922" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D922" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E922" s="3" t="s">
-        <v>3442</v>
+        <v>3444</v>
       </c>
       <c r="F922" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G922" s="3" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
     </row>
     <row r="923" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A923" s="1" t="s">
-        <v>3443</v>
+        <v>3445</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>3444</v>
+        <v>3446</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>3445</v>
+        <v>3440</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E923" s="3" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="F923" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G923" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="924" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A924" s="1" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
       <c r="B924" s="1" t="s">
-        <v>3448</v>
+        <v>3449</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>3445</v>
+        <v>3440</v>
       </c>
       <c r="D924" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E924" s="3" t="s">
-        <v>3449</v>
+        <v>3450</v>
       </c>
       <c r="F924" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G924" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="925" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A925" s="1" t="s">
-        <v>3450</v>
+        <v>3451</v>
       </c>
       <c r="B925" s="1" t="s">
-        <v>3451</v>
+        <v>3452</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>3445</v>
+        <v>3452</v>
       </c>
       <c r="D925" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E925" s="3" t="s">
-        <v>3452</v>
+        <v>3453</v>
       </c>
       <c r="F925" s="3" t="s">
-        <v>180</v>
+        <v>534</v>
       </c>
       <c r="G925" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="926" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A926" s="1" t="s">
-        <v>3453</v>
+        <v>3454</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>3454</v>
+        <v>3455</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>3445</v>
+        <v>3455</v>
       </c>
       <c r="D926" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E926" s="3" t="s">
-        <v>3455</v>
+        <v>3456</v>
       </c>
       <c r="F926" s="3" t="s">
-        <v>180</v>
+        <v>534</v>
       </c>
       <c r="G926" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="927" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A927" s="1" t="s">
-        <v>3456</v>
+        <v>3457</v>
       </c>
       <c r="B927" s="1" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
       <c r="D927" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E927" s="3" t="s">
-        <v>3458</v>
+        <v>3459</v>
       </c>
       <c r="F927" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G927" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="928" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A928" s="1" t="s">
-        <v>3459</v>
+        <v>3460</v>
       </c>
       <c r="B928" s="1" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
       <c r="D928" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E928" s="3" t="s">
-        <v>3461</v>
+        <v>3462</v>
       </c>
       <c r="F928" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G928" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="929" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A929" s="1" t="s">
-        <v>3462</v>
+        <v>3463</v>
       </c>
       <c r="B929" s="1" t="s">
-        <v>3463</v>
+        <v>3464</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>3463</v>
+        <v>3465</v>
       </c>
       <c r="D929" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E929" s="3" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
       <c r="F929" s="3" t="s">
-        <v>529</v>
+        <v>3467</v>
       </c>
       <c r="G929" s="3" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="930" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A930" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B930" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="C930" s="1" t="s">
         <v>3465</v>
       </c>
-      <c r="B930" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D930" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E930" s="3" t="s">
+        <v>3470</v>
+      </c>
+      <c r="F930" s="3" t="s">
         <v>3467</v>
       </c>
-      <c r="F930" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G930" s="3" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="931" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A931" s="1" t="s">
-        <v>3468</v>
+        <v>3471</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>3469</v>
+        <v>3472</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>3470</v>
+        <v>3473</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E931" s="3" t="s">
-        <v>3471</v>
+        <v>3474</v>
       </c>
       <c r="F931" s="3" t="s">
-        <v>3472</v>
+        <v>3467</v>
       </c>
       <c r="G931" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="932" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A932" s="1" t="s">
-        <v>3473</v>
+        <v>3475</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>3474</v>
+        <v>3476</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>3470</v>
+        <v>3465</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E932" s="3" t="s">
-        <v>3475</v>
+        <v>3477</v>
       </c>
       <c r="F932" s="3" t="s">
-        <v>3472</v>
+        <v>3467</v>
       </c>
       <c r="G932" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="933" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A933" s="1" t="s">
-        <v>3476</v>
+        <v>3478</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>3477</v>
+        <v>3479</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>3478</v>
+        <v>3480</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E933" s="3" t="s">
-        <v>3479</v>
+        <v>3481</v>
       </c>
       <c r="F933" s="3" t="s">
-        <v>3472</v>
+        <v>3467</v>
       </c>
       <c r="G933" s="3" t="s">
-        <v>194</v>
+        <v>387</v>
       </c>
     </row>
     <row r="934" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A934" s="1" t="s">
-        <v>3480</v>
+        <v>3482</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>3470</v>
+        <v>3484</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E934" s="3" t="s">
-        <v>3482</v>
+        <v>3485</v>
       </c>
       <c r="F934" s="3" t="s">
-        <v>3472</v>
+        <v>3467</v>
       </c>
       <c r="G934" s="3" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
     </row>
     <row r="935" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A935" s="1" t="s">
-        <v>3483</v>
+        <v>3486</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>3484</v>
+        <v>3487</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>3485</v>
+        <v>3488</v>
       </c>
       <c r="D935" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E935" s="3" t="s">
-        <v>3486</v>
+        <v>3489</v>
       </c>
       <c r="F935" s="3" t="s">
-        <v>3472</v>
+        <v>421</v>
       </c>
       <c r="G935" s="3" t="s">
-        <v>382</v>
+        <v>199</v>
       </c>
     </row>
     <row r="936" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A936" s="1" t="s">
-        <v>3487</v>
+        <v>3490</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>3488</v>
+        <v>3491</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>3489</v>
+        <v>3492</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E936" s="3" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
       <c r="F936" s="3" t="s">
-        <v>3472</v>
+        <v>185</v>
       </c>
       <c r="G936" s="3" t="s">
-        <v>25</v>
+        <v>254</v>
       </c>
     </row>
     <row r="937" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A937" s="1" t="s">
-        <v>3491</v>
+        <v>3494</v>
       </c>
       <c r="B937" s="1" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C937" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="C937" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D937" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E937" s="3" t="s">
-        <v>3494</v>
+        <v>3496</v>
       </c>
       <c r="F937" s="3" t="s">
-        <v>416</v>
+        <v>185</v>
       </c>
       <c r="G937" s="3" t="s">
-        <v>194</v>
+        <v>254</v>
       </c>
     </row>
     <row r="938" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A938" s="1" t="s">
-        <v>3495</v>
+        <v>3497</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>3496</v>
+        <v>3498</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>3497</v>
+        <v>3492</v>
       </c>
       <c r="D938" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E938" s="3" t="s">
-        <v>3498</v>
+        <v>3499</v>
       </c>
       <c r="F938" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G938" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="939" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A939" s="1" t="s">
-        <v>3499</v>
+        <v>3500</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>3500</v>
+        <v>3501</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>3497</v>
+        <v>3492</v>
       </c>
       <c r="D939" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E939" s="3" t="s">
-        <v>3501</v>
+        <v>3502</v>
       </c>
       <c r="F939" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G939" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="940" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A940" s="1" t="s">
-        <v>3502</v>
+        <v>3503</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>3503</v>
+        <v>3504</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>3497</v>
+        <v>3492</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E940" s="3" t="s">
-        <v>3504</v>
+        <v>3505</v>
       </c>
       <c r="F940" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G940" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="941" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A941" s="1" t="s">
-        <v>3505</v>
+        <v>3506</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>3506</v>
+        <v>3507</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>3497</v>
+        <v>3492</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E941" s="3" t="s">
-        <v>3507</v>
+        <v>3508</v>
       </c>
       <c r="F941" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G941" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="942" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A942" s="1" t="s">
-        <v>3508</v>
+        <v>3509</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>3509</v>
+        <v>3510</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>3497</v>
+        <v>3511</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E942" s="3" t="s">
-        <v>3510</v>
+        <v>3512</v>
       </c>
       <c r="F942" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G942" s="3" t="s">
-        <v>249</v>
+        <v>158</v>
       </c>
     </row>
     <row r="943" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A943" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B943" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="C943" s="1" t="s">
         <v>3511</v>
       </c>
-      <c r="B943" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D943" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E943" s="3" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
       <c r="F943" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G943" s="3" t="s">
-        <v>249</v>
+        <v>158</v>
       </c>
     </row>
     <row r="944" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A944" s="1" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>3516</v>
+        <v>3511</v>
       </c>
       <c r="D944" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E944" s="3" t="s">
-        <v>3517</v>
+        <v>3518</v>
       </c>
       <c r="F944" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G944" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="945" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A945" s="1" t="s">
-        <v>3518</v>
+        <v>3519</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>3519</v>
+        <v>3520</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>3516</v>
+        <v>3511</v>
       </c>
       <c r="D945" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E945" s="3" t="s">
-        <v>3520</v>
+        <v>3521</v>
       </c>
       <c r="F945" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G945" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="946" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A946" s="1" t="s">
-        <v>3521</v>
+        <v>3522</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>3522</v>
+        <v>3523</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>3516</v>
+        <v>3511</v>
       </c>
       <c r="D946" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E946" s="3" t="s">
-        <v>3523</v>
+        <v>3524</v>
       </c>
       <c r="F946" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G946" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="947" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A947" s="1" t="s">
-        <v>3524</v>
+        <v>3525</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>3525</v>
+        <v>3526</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>3516</v>
+        <v>3527</v>
       </c>
       <c r="D947" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E947" s="3" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
       <c r="F947" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G947" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="948" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A948" s="1" t="s">
+        <v>3529</v>
+      </c>
+      <c r="B948" s="1" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C948" s="1" t="s">
         <v>3527</v>
       </c>
-      <c r="B948" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D948" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E948" s="3" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
       <c r="F948" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G948" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="949" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A949" s="1" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>3532</v>
+        <v>3527</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E949" s="3" t="s">
-        <v>3533</v>
+        <v>3534</v>
       </c>
       <c r="F949" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G949" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="950" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A950" s="1" t="s">
-        <v>3534</v>
+        <v>3535</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>3535</v>
+        <v>3536</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>3532</v>
+        <v>3527</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E950" s="3" t="s">
-        <v>3536</v>
+        <v>3537</v>
       </c>
       <c r="F950" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G950" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="951" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A951" s="1" t="s">
-        <v>3537</v>
+        <v>3538</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>3538</v>
+        <v>3539</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>3532</v>
+        <v>3540</v>
       </c>
       <c r="D951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E951" s="3" t="s">
-        <v>3539</v>
+        <v>3541</v>
       </c>
       <c r="F951" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G951" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="952" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A952" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B952" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="C952" s="1" t="s">
         <v>3540</v>
       </c>
-      <c r="B952" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E952" s="3" t="s">
-        <v>3542</v>
+        <v>3544</v>
       </c>
       <c r="F952" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G952" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="953" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A953" s="1" t="s">
-        <v>3543</v>
+        <v>3545</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>3544</v>
+        <v>3546</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>3545</v>
+        <v>3540</v>
       </c>
       <c r="D953" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E953" s="3" t="s">
-        <v>3546</v>
+        <v>3547</v>
       </c>
       <c r="F953" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G953" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="954" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A954" s="1" t="s">
-        <v>3547</v>
+        <v>3548</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>3548</v>
+        <v>3549</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>3545</v>
+        <v>3540</v>
       </c>
       <c r="D954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E954" s="3" t="s">
-        <v>3549</v>
+        <v>3550</v>
       </c>
       <c r="F954" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G954" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="955" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A955" s="1" t="s">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>3551</v>
+        <v>3552</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>3545</v>
+        <v>3540</v>
       </c>
       <c r="D955" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E955" s="3" t="s">
-        <v>3552</v>
+        <v>3553</v>
       </c>
       <c r="F955" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G955" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="956" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A956" s="1" t="s">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>3554</v>
+        <v>3555</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>3545</v>
+        <v>3556</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E956" s="3" t="s">
-        <v>3555</v>
+        <v>3557</v>
       </c>
       <c r="F956" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G956" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="957" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A957" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="B957" s="1" t="s">
+        <v>3559</v>
+      </c>
+      <c r="C957" s="1" t="s">
         <v>3556</v>
       </c>
-      <c r="B957" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D957" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E957" s="3" t="s">
-        <v>3558</v>
+        <v>3560</v>
       </c>
       <c r="F957" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G957" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="958" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A958" s="1" t="s">
-        <v>3559</v>
+        <v>3561</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>3560</v>
+        <v>3562</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>3561</v>
+        <v>3540</v>
       </c>
       <c r="D958" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E958" s="3" t="s">
-        <v>3562</v>
+        <v>3563</v>
       </c>
       <c r="F958" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G958" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="959" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A959" s="1" t="s">
-        <v>3563</v>
+        <v>3564</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>3564</v>
+        <v>3565</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>3561</v>
+        <v>3556</v>
       </c>
       <c r="D959" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E959" s="3" t="s">
-        <v>3565</v>
+        <v>3566</v>
       </c>
       <c r="F959" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G959" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="960" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A960" s="1" t="s">
-        <v>3566</v>
+        <v>3567</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>3567</v>
+        <v>3568</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>3545</v>
+        <v>3540</v>
       </c>
       <c r="D960" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E960" s="3" t="s">
-        <v>3568</v>
+        <v>3569</v>
       </c>
       <c r="F960" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G960" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="961" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A961" s="1" t="s">
-        <v>3569</v>
+        <v>3570</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>3570</v>
+        <v>3571</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>3561</v>
+        <v>3556</v>
       </c>
       <c r="D961" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E961" s="3" t="s">
-        <v>3571</v>
+        <v>3572</v>
       </c>
       <c r="F961" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G961" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="962" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A962" s="1" t="s">
-        <v>3572</v>
+        <v>3573</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>3573</v>
+        <v>3574</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>3545</v>
+        <v>3556</v>
       </c>
       <c r="D962" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E962" s="3" t="s">
-        <v>3574</v>
+        <v>3575</v>
       </c>
       <c r="F962" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G962" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="963" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A963" s="1" t="s">
-        <v>3575</v>
+        <v>3576</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>3576</v>
+        <v>3577</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>3561</v>
+        <v>1643</v>
       </c>
       <c r="D963" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E963" s="3" t="s">
-        <v>3577</v>
+        <v>3578</v>
       </c>
       <c r="F963" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G963" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="964" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A964" s="1" t="s">
-        <v>3578</v>
+        <v>3579</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>3579</v>
+        <v>3580</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>3561</v>
+        <v>1643</v>
       </c>
       <c r="D964" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E964" s="3" t="s">
-        <v>3580</v>
+        <v>3581</v>
       </c>
       <c r="F964" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G964" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="965" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A965" s="1" t="s">
-        <v>3581</v>
+        <v>3582</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>3582</v>
+        <v>3583</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D965" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E965" s="3" t="s">
-        <v>3583</v>
+        <v>3584</v>
       </c>
       <c r="F965" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G965" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="966" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A966" s="1" t="s">
-        <v>3584</v>
+        <v>3585</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>3585</v>
+        <v>3586</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D966" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E966" s="3" t="s">
-        <v>3586</v>
+        <v>3587</v>
       </c>
       <c r="F966" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G966" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="967" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A967" s="1" t="s">
-        <v>3587</v>
+        <v>3588</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>3588</v>
+        <v>3589</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>1641</v>
+        <v>3589</v>
       </c>
       <c r="D967" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E967" s="3" t="s">
-        <v>3589</v>
+        <v>3590</v>
       </c>
       <c r="F967" s="3" t="s">
-        <v>180</v>
+        <v>1767</v>
       </c>
       <c r="G967" s="3" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
     </row>
     <row r="968" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A968" s="1" t="s">
-        <v>3590</v>
+        <v>3591</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>3591</v>
+        <v>3592</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>1641</v>
+        <v>3592</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E968" s="3" t="s">
-        <v>3592</v>
+        <v>3593</v>
       </c>
       <c r="F968" s="3" t="s">
-        <v>180</v>
+        <v>1767</v>
       </c>
       <c r="G968" s="3" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
     </row>
     <row r="969" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A969" s="1" t="s">
-        <v>3593</v>
+        <v>3594</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="D969" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E969" s="3" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
       <c r="F969" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G969" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="970" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A970" s="1" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E970" s="3" t="s">
-        <v>3598</v>
+        <v>3599</v>
       </c>
       <c r="F970" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G970" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="971" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A971" s="1" t="s">
-        <v>3599</v>
+        <v>3600</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>3600</v>
+        <v>3601</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>3600</v>
+        <v>3601</v>
       </c>
       <c r="D971" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E971" s="3" t="s">
-        <v>3601</v>
+        <v>3602</v>
       </c>
       <c r="F971" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G971" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="972" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A972" s="1" t="s">
-        <v>3602</v>
+        <v>3603</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>3603</v>
+        <v>3604</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>3603</v>
+        <v>3604</v>
       </c>
       <c r="D972" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E972" s="3" t="s">
-        <v>3604</v>
+        <v>3605</v>
       </c>
       <c r="F972" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G972" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="973" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A973" s="1" t="s">
-        <v>3605</v>
+        <v>3606</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>3606</v>
+        <v>3607</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>3606</v>
+        <v>3607</v>
       </c>
       <c r="D973" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E973" s="3" t="s">
-        <v>3607</v>
+        <v>3608</v>
       </c>
       <c r="F973" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G973" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="974" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A974" s="1" t="s">
-        <v>3608</v>
+        <v>3609</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>3609</v>
+        <v>3610</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>3609</v>
+        <v>3610</v>
       </c>
       <c r="D974" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E974" s="3" t="s">
-        <v>3610</v>
+        <v>3611</v>
       </c>
       <c r="F974" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G974" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="975" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A975" s="1" t="s">
-        <v>3611</v>
+        <v>3612</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="D975" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E975" s="3" t="s">
-        <v>3613</v>
+        <v>3614</v>
       </c>
       <c r="F975" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G975" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="976" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A976" s="1" t="s">
-        <v>3614</v>
+        <v>3615</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>3615</v>
+        <v>3616</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>3615</v>
+        <v>3616</v>
       </c>
       <c r="D976" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E976" s="3" t="s">
-        <v>3616</v>
+        <v>3617</v>
       </c>
       <c r="F976" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G976" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="977" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A977" s="1" t="s">
-        <v>3617</v>
+        <v>3618</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>3618</v>
+        <v>3619</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>3618</v>
+        <v>3619</v>
       </c>
       <c r="D977" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E977" s="3" t="s">
-        <v>3619</v>
+        <v>3620</v>
       </c>
       <c r="F977" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G977" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="978" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A978" s="1" t="s">
-        <v>3620</v>
+        <v>3621</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>3621</v>
+        <v>3623</v>
       </c>
       <c r="D978" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E978" s="3" t="s">
-        <v>3622</v>
+        <v>3624</v>
       </c>
       <c r="F978" s="3" t="s">
-        <v>1765</v>
+        <v>1194</v>
       </c>
       <c r="G978" s="3" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
     </row>
     <row r="979" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A979" s="1" t="s">
-        <v>3623</v>
+        <v>3625</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>3624</v>
+        <v>3626</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>3624</v>
+        <v>3627</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E979" s="3" t="s">
-        <v>3625</v>
+        <v>3628</v>
       </c>
       <c r="F979" s="3" t="s">
-        <v>1765</v>
+        <v>1194</v>
       </c>
       <c r="G979" s="3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="980" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A980" s="1" t="s">
-        <v>3626</v>
+        <v>3629</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>3627</v>
+        <v>3630</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>3628</v>
+        <v>3631</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E980" s="3" t="s">
-        <v>3629</v>
+        <v>3632</v>
       </c>
       <c r="F980" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G980" s="3" t="s">
-        <v>181</v>
+        <v>25</v>
       </c>
     </row>
     <row r="981" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A981" s="1" t="s">
-        <v>3630</v>
+        <v>3633</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>3631</v>
+        <v>3634</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>3632</v>
+        <v>3635</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E981" s="3" t="s">
-        <v>3633</v>
+        <v>3636</v>
       </c>
       <c r="F981" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G981" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="982" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A982" s="1" t="s">
-        <v>3634</v>
+        <v>3637</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>3635</v>
+        <v>3638</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>3636</v>
+        <v>3639</v>
       </c>
       <c r="D982" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E982" s="3" t="s">
-        <v>3637</v>
+        <v>3640</v>
       </c>
       <c r="F982" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G982" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="983" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A983" s="1" t="s">
-        <v>3638</v>
+        <v>3641</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>3639</v>
+        <v>3642</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>3640</v>
+        <v>3643</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E983" s="3" t="s">
-        <v>3641</v>
+        <v>3644</v>
       </c>
       <c r="F983" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G983" s="3" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="984" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A984" s="1" t="s">
-        <v>3642</v>
+        <v>3645</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>3643</v>
+        <v>3646</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>3644</v>
+        <v>3647</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E984" s="3" t="s">
-        <v>3645</v>
+        <v>3648</v>
       </c>
       <c r="F984" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G984" s="3" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="985" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A985" s="1" t="s">
-        <v>3646</v>
+        <v>3649</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>3647</v>
+        <v>3650</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>3648</v>
+        <v>3651</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E985" s="3" t="s">
-        <v>3649</v>
+        <v>3652</v>
       </c>
       <c r="F985" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G985" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="986" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A986" s="1" t="s">
-        <v>3650</v>
+        <v>3653</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>3651</v>
+        <v>3654</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>3652</v>
+        <v>3655</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E986" s="3" t="s">
-        <v>3653</v>
+        <v>3656</v>
       </c>
       <c r="F986" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="G986" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="987" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A987" s="1" t="s">
-        <v>3654</v>
+        <v>3657</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>3655</v>
+        <v>3658</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>3656</v>
+        <v>3659</v>
       </c>
       <c r="D987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>3657</v>
+        <v>3660</v>
       </c>
       <c r="F987" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G987" s="3" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="988" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A988" s="1" t="s">
-        <v>3658</v>
+        <v>3661</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>3659</v>
+        <v>3662</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>3660</v>
+        <v>3663</v>
       </c>
       <c r="D988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>3661</v>
+        <v>3664</v>
       </c>
       <c r="F988" s="3" t="s">
-        <v>1189</v>
+        <v>1149</v>
       </c>
       <c r="G988" s="3" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="989" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A989" s="1" t="s">
-        <v>3662</v>
+        <v>3665</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>3663</v>
+        <v>3666</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>3664</v>
+        <v>3667</v>
       </c>
       <c r="D989" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E989" s="3" t="s">
-        <v>3665</v>
+        <v>3668</v>
       </c>
       <c r="F989" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G989" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="990" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A990" s="1" t="s">
-        <v>3666</v>
+        <v>3669</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>3667</v>
+        <v>3670</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>3668</v>
+        <v>3671</v>
       </c>
       <c r="D990" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E990" s="3" t="s">
-        <v>3669</v>
+        <v>3672</v>
       </c>
       <c r="F990" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G990" s="3" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
     </row>
     <row r="991" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A991" s="1" t="s">
-        <v>3670</v>
+        <v>3673</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>3671</v>
+        <v>3674</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>3672</v>
+        <v>3675</v>
       </c>
       <c r="D991" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E991" s="3" t="s">
-        <v>3673</v>
+        <v>3676</v>
       </c>
       <c r="F991" s="3" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="G991" s="3" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
     </row>
     <row r="992" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A992" s="1" t="s">
-        <v>3674</v>
+        <v>3677</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>3675</v>
+        <v>3678</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>3676</v>
+        <v>3678</v>
       </c>
       <c r="D992" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E992" s="3" t="s">
-        <v>3677</v>
+        <v>3679</v>
       </c>
       <c r="F992" s="3" t="s">
-        <v>1144</v>
+        <v>534</v>
       </c>
       <c r="G992" s="3" t="s">
-        <v>87</v>
+        <v>254</v>
       </c>
     </row>
     <row r="993" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A993" s="1" t="s">
-        <v>3678</v>
+        <v>3680</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>3679</v>
+        <v>3681</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>3680</v>
+        <v>3681</v>
       </c>
       <c r="D993" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E993" s="3" t="s">
-        <v>3681</v>
+        <v>3682</v>
       </c>
       <c r="F993" s="3" t="s">
-        <v>1144</v>
+        <v>534</v>
       </c>
       <c r="G993" s="3" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
     </row>
     <row r="994" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A994" s="1" t="s">
-        <v>3682</v>
+        <v>3683</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>3683</v>
+        <v>3684</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>3683</v>
+        <v>3684</v>
       </c>
       <c r="D994" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E994" s="3" t="s">
-        <v>3684</v>
+        <v>3685</v>
       </c>
       <c r="F994" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G994" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="995" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A995" s="1" t="s">
-        <v>3685</v>
+        <v>3686</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>3686</v>
+        <v>3687</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>3686</v>
+        <v>3687</v>
       </c>
       <c r="D995" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E995" s="3" t="s">
-        <v>3687</v>
+        <v>3688</v>
       </c>
       <c r="F995" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G995" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="996" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A996" s="1" t="s">
-        <v>3688</v>
+        <v>3689</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>3689</v>
+        <v>3690</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>3689</v>
+        <v>3690</v>
       </c>
       <c r="D996" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E996" s="3" t="s">
-        <v>3690</v>
+        <v>3691</v>
       </c>
       <c r="F996" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G996" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="997" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A997" s="1" t="s">
-        <v>3691</v>
+        <v>3692</v>
       </c>
       <c r="B997" s="1" t="s">
-        <v>3692</v>
+        <v>3693</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>3692</v>
+        <v>3693</v>
       </c>
       <c r="D997" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E997" s="3" t="s">
-        <v>3693</v>
+        <v>3694</v>
       </c>
       <c r="F997" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G997" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="998" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A998" s="1" t="s">
-        <v>3694</v>
+        <v>3695</v>
       </c>
       <c r="B998" s="1" t="s">
-        <v>3695</v>
+        <v>3696</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>3695</v>
+        <v>3696</v>
       </c>
       <c r="D998" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E998" s="3" t="s">
-        <v>3696</v>
+        <v>3697</v>
       </c>
       <c r="F998" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G998" s="3" t="s">
-        <v>249</v>
+        <v>118</v>
       </c>
     </row>
     <row r="999" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A999" s="1" t="s">
-        <v>3697</v>
+        <v>3698</v>
       </c>
       <c r="B999" s="1" t="s">
-        <v>3698</v>
+        <v>3699</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>3698</v>
+        <v>3699</v>
       </c>
       <c r="D999" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E999" s="3" t="s">
-        <v>3699</v>
+        <v>3700</v>
       </c>
       <c r="F999" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G999" s="3" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1000" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1000" s="1" t="s">
-        <v>3700</v>
+        <v>3701</v>
       </c>
       <c r="B1000" s="1" t="s">
-        <v>3701</v>
+        <v>3702</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>3701</v>
+        <v>3702</v>
       </c>
       <c r="D1000" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1000" s="3" t="s">
-        <v>3702</v>
+        <v>3703</v>
       </c>
       <c r="F1000" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1000" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1001" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1001" s="1" t="s">
-        <v>3703</v>
+        <v>3704</v>
       </c>
       <c r="B1001" s="1" t="s">
-        <v>3704</v>
+        <v>3705</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>3704</v>
+        <v>3705</v>
       </c>
       <c r="D1001" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1001" s="3" t="s">
-        <v>3705</v>
+        <v>3706</v>
       </c>
       <c r="F1001" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1001" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1002" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1002" s="1" t="s">
-        <v>3706</v>
+        <v>3707</v>
       </c>
       <c r="B1002" s="1" t="s">
-        <v>3707</v>
+        <v>3708</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>3707</v>
+        <v>3708</v>
       </c>
       <c r="D1002" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1002" s="3" t="s">
-        <v>3708</v>
+        <v>3709</v>
       </c>
       <c r="F1002" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1002" s="3" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1003" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1003" s="1" t="s">
-        <v>3709</v>
+        <v>3710</v>
       </c>
       <c r="B1003" s="1" t="s">
-        <v>3710</v>
+        <v>3711</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>3710</v>
+        <v>3711</v>
       </c>
       <c r="D1003" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1003" s="3" t="s">
-        <v>3711</v>
+        <v>3712</v>
       </c>
       <c r="F1003" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1003" s="3" t="s">
-        <v>249</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1004" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1004" s="1" t="s">
-        <v>3712</v>
+        <v>3713</v>
       </c>
       <c r="B1004" s="1" t="s">
-        <v>3713</v>
+        <v>3714</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>3713</v>
+        <v>3714</v>
       </c>
       <c r="D1004" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1004" s="3" t="s">
-        <v>3714</v>
+        <v>3715</v>
       </c>
       <c r="F1004" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1004" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1005" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1005" s="1" t="s">
-        <v>3715</v>
+        <v>3716</v>
       </c>
       <c r="B1005" s="1" t="s">
-        <v>3716</v>
+        <v>3717</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>3716</v>
+        <v>3717</v>
       </c>
       <c r="D1005" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1005" s="3" t="s">
-        <v>3717</v>
+        <v>3718</v>
       </c>
       <c r="F1005" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1005" s="3" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1006" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1006" s="1" t="s">
-        <v>3718</v>
+        <v>3719</v>
       </c>
       <c r="B1006" s="1" t="s">
-        <v>3719</v>
+        <v>3720</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>3719</v>
+        <v>3720</v>
       </c>
       <c r="D1006" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1006" s="3" t="s">
-        <v>3720</v>
+        <v>3721</v>
       </c>
       <c r="F1006" s="3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G1006" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1007" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1007" s="1" t="s">
-        <v>3721</v>
+        <v>3722</v>
       </c>
       <c r="B1007" s="1" t="s">
-        <v>3722</v>
+        <v>3723</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>3722</v>
+        <v>3723</v>
       </c>
       <c r="D1007" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1007" s="3" t="s">
-        <v>3723</v>
+        <v>3724</v>
       </c>
       <c r="F1007" s="3" t="s">
-        <v>529</v>
+        <v>1767</v>
       </c>
       <c r="G1007" s="3" t="s">
-        <v>249</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1008" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1008" s="1" t="s">
-        <v>3724</v>
+        <v>3725</v>
       </c>
       <c r="B1008" s="1" t="s">
-        <v>3725</v>
+        <v>3726</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>3725</v>
+        <v>3726</v>
       </c>
       <c r="D1008" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1008" s="3" t="s">
-        <v>3726</v>
+        <v>3727</v>
       </c>
       <c r="F1008" s="3" t="s">
-        <v>529</v>
+        <v>1767</v>
       </c>
       <c r="G1008" s="3" t="s">
-        <v>249</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1009" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1009" s="1" t="s">
-        <v>3727</v>
+        <v>3728</v>
       </c>
       <c r="B1009" s="1" t="s">
-        <v>3728</v>
+        <v>3729</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>3728</v>
+        <v>3729</v>
       </c>
       <c r="D1009" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1009" s="3" t="s">
-        <v>3729</v>
+        <v>3730</v>
       </c>
       <c r="F1009" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="G1009" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="1010" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1010" s="1" t="s">
-        <v>3730</v>
+        <v>3731</v>
       </c>
       <c r="B1010" s="1" t="s">
-        <v>3731</v>
+        <v>3732</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>3731</v>
+        <v>3733</v>
       </c>
       <c r="D1010" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1010" s="3" t="s">
-        <v>3732</v>
+        <v>3734</v>
       </c>
       <c r="F1010" s="3" t="s">
-        <v>1765</v>
+        <v>185</v>
       </c>
       <c r="G1010" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1011" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1011" s="1" t="s">
-        <v>3733</v>
+        <v>3735</v>
       </c>
       <c r="B1011" s="1" t="s">
-        <v>3734</v>
+        <v>3736</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>3734</v>
+        <v>3737</v>
       </c>
       <c r="D1011" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1011" s="3" t="s">
-        <v>3735</v>
+        <v>3738</v>
       </c>
       <c r="F1011" s="3" t="s">
-        <v>1765</v>
+        <v>185</v>
       </c>
       <c r="G1011" s="3" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1012" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1012" s="1" t="s">
-        <v>3736</v>
+        <v>3739</v>
       </c>
       <c r="B1012" s="1" t="s">
-        <v>3737</v>
+        <v>3740</v>
       </c>
       <c r="C1012" s="1" t="s">
         <v>3737</v>
       </c>
       <c r="D1012" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1012" s="3" t="s">
-        <v>3738</v>
+        <v>3741</v>
       </c>
       <c r="F1012" s="3" t="s">
-        <v>1765</v>
+        <v>185</v>
       </c>
       <c r="G1012" s="3" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1013" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1013" s="1" t="s">
-        <v>3739</v>
+        <v>3742</v>
       </c>
       <c r="B1013" s="1" t="s">
-        <v>3740</v>
+        <v>3743</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>3741</v>
+        <v>3737</v>
       </c>
       <c r="D1013" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1013" s="3" t="s">
-        <v>3742</v>
+        <v>3744</v>
       </c>
       <c r="F1013" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1013" s="3" t="s">
-        <v>382</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1014" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1014" s="1" t="s">
-        <v>3743</v>
+        <v>3745</v>
       </c>
       <c r="B1014" s="1" t="s">
-        <v>3744</v>
+        <v>3746</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>3745</v>
+        <v>3747</v>
       </c>
       <c r="D1014" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1014" s="3" t="s">
-        <v>3746</v>
+        <v>3748</v>
       </c>
       <c r="F1014" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1014" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1015" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1015" s="1" t="s">
+        <v>3749</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>3750</v>
+      </c>
+      <c r="C1015" s="1" t="s">
         <v>3747</v>
       </c>
-      <c r="B1015" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1015" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1015" s="3" t="s">
-        <v>3749</v>
+        <v>3751</v>
       </c>
       <c r="F1015" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1015" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1016" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1016" s="1" t="s">
-        <v>3750</v>
+        <v>3752</v>
       </c>
       <c r="B1016" s="1" t="s">
-        <v>3751</v>
+        <v>3753</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>3745</v>
+        <v>3747</v>
       </c>
       <c r="D1016" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1016" s="3" t="s">
-        <v>3752</v>
+        <v>3754</v>
       </c>
       <c r="F1016" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1016" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1017" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1017" s="1" t="s">
-        <v>3753</v>
+        <v>3755</v>
       </c>
       <c r="B1017" s="1" t="s">
-        <v>3754</v>
+        <v>3756</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>3755</v>
+        <v>3747</v>
       </c>
       <c r="D1017" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1017" s="3" t="s">
-        <v>3756</v>
+        <v>3757</v>
       </c>
       <c r="F1017" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1017" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1018" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1018" s="1" t="s">
-        <v>3757</v>
+        <v>3758</v>
       </c>
       <c r="B1018" s="1" t="s">
-        <v>3758</v>
+        <v>3759</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>3755</v>
+        <v>3760</v>
       </c>
       <c r="D1018" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1018" s="3" t="s">
-        <v>3759</v>
+        <v>3761</v>
       </c>
       <c r="F1018" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1018" s="3" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1019" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1019" s="1" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B1019" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C1019" s="1" t="s">
         <v>3760</v>
       </c>
-      <c r="B1019" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1019" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1019" s="3" t="s">
-        <v>3762</v>
+        <v>3764</v>
       </c>
       <c r="F1019" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1019" s="3" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1020" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1020" s="1" t="s">
-        <v>3763</v>
+        <v>3765</v>
       </c>
       <c r="B1020" s="1" t="s">
-        <v>3764</v>
+        <v>3766</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>3755</v>
+        <v>3760</v>
       </c>
       <c r="D1020" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1020" s="3" t="s">
-        <v>3765</v>
+        <v>3767</v>
       </c>
       <c r="F1020" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1020" s="3" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1021" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1021" s="1" t="s">
-        <v>3766</v>
+        <v>3768</v>
       </c>
       <c r="B1021" s="1" t="s">
-        <v>3767</v>
+        <v>3769</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>3768</v>
+        <v>3760</v>
       </c>
       <c r="D1021" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1021" s="3" t="s">
-        <v>3769</v>
+        <v>3770</v>
       </c>
       <c r="F1021" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1021" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1022" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1022" s="1" t="s">
-        <v>3770</v>
+        <v>3771</v>
       </c>
       <c r="B1022" s="1" t="s">
-        <v>3771</v>
+        <v>3772</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
       <c r="D1022" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1022" s="3" t="s">
-        <v>3772</v>
+        <v>3774</v>
       </c>
       <c r="F1022" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1022" s="3" t="s">
-        <v>113</v>
+        <v>191</v>
       </c>
     </row>
     <row r="1023" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1023" s="1" t="s">
-        <v>3773</v>
+        <v>3775</v>
       </c>
       <c r="B1023" s="1" t="s">
-        <v>3774</v>
+        <v>3776</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>3768</v>
+        <v>3777</v>
       </c>
       <c r="D1023" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1023" s="3" t="s">
-        <v>3775</v>
+        <v>3778</v>
       </c>
       <c r="F1023" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1023" s="3" t="s">
-        <v>113</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="1024" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1024" s="1" t="s">
-        <v>3776</v>
+        <v>3779</v>
       </c>
       <c r="B1024" s="1" t="s">
+        <v>3780</v>
+      </c>
+      <c r="C1024" s="1" t="s">
         <v>3777</v>
       </c>
-      <c r="C1024" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1024" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1024" s="3" t="s">
-        <v>3778</v>
+        <v>3781</v>
       </c>
       <c r="F1024" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1024" s="3" t="s">
-        <v>113</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="1025" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1025" s="1" t="s">
-        <v>3779</v>
+        <v>3782</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>3780</v>
+        <v>3783</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>3781</v>
+        <v>3777</v>
       </c>
       <c r="D1025" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1025" s="3" t="s">
-        <v>3782</v>
+        <v>3784</v>
       </c>
       <c r="F1025" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1025" s="3" t="s">
-        <v>186</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="1026" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1026" s="1" t="s">
-        <v>3783</v>
+        <v>3785</v>
       </c>
       <c r="B1026" s="1" t="s">
-        <v>3784</v>
+        <v>3786</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>3785</v>
+        <v>3787</v>
       </c>
       <c r="D1026" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1026" s="3" t="s">
-        <v>3786</v>
+        <v>3788</v>
       </c>
       <c r="F1026" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1026" s="3" t="s">
-        <v>2455</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1027" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1027" s="1" t="s">
+        <v>3789</v>
+      </c>
+      <c r="B1027" s="1" t="s">
+        <v>3790</v>
+      </c>
+      <c r="C1027" s="1" t="s">
         <v>3787</v>
       </c>
-      <c r="B1027" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1027" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1027" s="3" t="s">
-        <v>3789</v>
+        <v>3791</v>
       </c>
       <c r="F1027" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1027" s="3" t="s">
-        <v>2455</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1028" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1028" s="1" t="s">
-        <v>3790</v>
+        <v>3792</v>
       </c>
       <c r="B1028" s="1" t="s">
-        <v>3791</v>
+        <v>3793</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>3785</v>
+        <v>2567</v>
       </c>
       <c r="D1028" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1028" s="3" t="s">
-        <v>3792</v>
+        <v>3794</v>
       </c>
       <c r="F1028" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1028" s="3" t="s">
-        <v>2455</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1029" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1029" s="1" t="s">
-        <v>3793</v>
+        <v>3795</v>
       </c>
       <c r="B1029" s="1" t="s">
-        <v>3794</v>
+        <v>3796</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>3795</v>
+        <v>2563</v>
       </c>
       <c r="D1029" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1029" s="3" t="s">
-        <v>3796</v>
+        <v>3797</v>
       </c>
       <c r="F1029" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1029" s="3" t="s">
-        <v>282</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1030" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1030" s="1" t="s">
-        <v>3797</v>
+        <v>3798</v>
       </c>
       <c r="B1030" s="1" t="s">
-        <v>3798</v>
+        <v>3799</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>3795</v>
+        <v>2563</v>
       </c>
       <c r="D1030" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1030" s="3" t="s">
-        <v>3799</v>
+        <v>3800</v>
       </c>
       <c r="F1030" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1030" s="3" t="s">
-        <v>282</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1031" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1031" s="1" t="s">
-        <v>3800</v>
+        <v>3801</v>
       </c>
       <c r="B1031" s="1" t="s">
-        <v>3801</v>
+        <v>3802</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2571</v>
+        <v>2563</v>
       </c>
       <c r="D1031" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1031" s="3" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="F1031" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1031" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1032" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1032" s="1" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="B1032" s="1" t="s">
-        <v>3804</v>
+        <v>3805</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2567</v>
+        <v>2571</v>
       </c>
       <c r="D1032" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1032" s="3" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
       <c r="F1032" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1032" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1033" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1033" s="1" t="s">
-        <v>3806</v>
+        <v>3807</v>
       </c>
       <c r="B1033" s="1" t="s">
-        <v>3807</v>
+        <v>3808</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2567</v>
+        <v>2571</v>
       </c>
       <c r="D1033" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1033" s="3" t="s">
-        <v>3808</v>
+        <v>3809</v>
       </c>
       <c r="F1033" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1033" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1034" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1034" s="1" t="s">
-        <v>3809</v>
+        <v>3810</v>
       </c>
       <c r="B1034" s="1" t="s">
-        <v>3810</v>
+        <v>3811</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2567</v>
+        <v>3811</v>
       </c>
       <c r="D1034" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1034" s="3" t="s">
-        <v>3811</v>
+        <v>3812</v>
       </c>
       <c r="F1034" s="3" t="s">
-        <v>180</v>
+        <v>534</v>
       </c>
       <c r="G1034" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1035" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1035" s="1" t="s">
-        <v>3812</v>
+        <v>3813</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>3813</v>
+        <v>3814</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>2575</v>
+        <v>3814</v>
       </c>
       <c r="D1035" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1035" s="3" t="s">
-        <v>3814</v>
+        <v>3815</v>
       </c>
       <c r="F1035" s="3" t="s">
-        <v>180</v>
+        <v>534</v>
       </c>
       <c r="G1035" s="3" t="s">
-        <v>249</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1036" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1036" s="1" t="s">
-        <v>3815</v>
+        <v>3816</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>3816</v>
+        <v>3817</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>2575</v>
+        <v>3818</v>
       </c>
       <c r="D1036" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1036" s="3" t="s">
-        <v>3817</v>
+        <v>3819</v>
       </c>
       <c r="F1036" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1036" s="3" t="s">
-        <v>249</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1037" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1037" s="1" t="s">
-        <v>3818</v>
+        <v>3820</v>
       </c>
       <c r="B1037" s="1" t="s">
-        <v>3819</v>
+        <v>3821</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>3819</v>
+        <v>3822</v>
       </c>
       <c r="D1037" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1037" s="3" t="s">
-        <v>3820</v>
+        <v>3823</v>
       </c>
       <c r="F1037" s="3" t="s">
-        <v>529</v>
+        <v>185</v>
       </c>
       <c r="G1037" s="3" t="s">
-        <v>249</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1038" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1038" s="1" t="s">
-        <v>3821</v>
+        <v>3824</v>
       </c>
       <c r="B1038" s="1" t="s">
-        <v>3822</v>
+        <v>3825</v>
       </c>
       <c r="C1038" s="1" t="s">
         <v>3822</v>
       </c>
       <c r="D1038" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1038" s="3" t="s">
-        <v>3823</v>
+        <v>3826</v>
       </c>
       <c r="F1038" s="3" t="s">
-        <v>529</v>
+        <v>185</v>
       </c>
       <c r="G1038" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1039" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1039" s="1" t="s">
-        <v>3824</v>
+        <v>3827</v>
       </c>
       <c r="B1039" s="1" t="s">
-        <v>3825</v>
+        <v>3828</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>3826</v>
+        <v>3829</v>
       </c>
       <c r="D1039" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1039" s="3" t="s">
-        <v>3827</v>
+        <v>3830</v>
       </c>
       <c r="F1039" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1039" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1040" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1040" s="1" t="s">
-        <v>3828</v>
+        <v>3831</v>
       </c>
       <c r="B1040" s="1" t="s">
+        <v>3832</v>
+      </c>
+      <c r="C1040" s="1" t="s">
         <v>3829</v>
       </c>
-      <c r="C1040" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1040" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1040" s="3" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="F1040" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1040" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1041" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1041" s="1" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
       <c r="B1041" s="1" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3830</v>
+        <v>3829</v>
       </c>
       <c r="D1041" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1041" s="3" t="s">
-        <v>3834</v>
+        <v>3836</v>
       </c>
       <c r="F1041" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1041" s="3" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1042" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1042" s="1" t="s">
-        <v>3835</v>
+        <v>3837</v>
       </c>
       <c r="B1042" s="1" t="s">
-        <v>3836</v>
+        <v>3838</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3837</v>
+        <v>3829</v>
       </c>
       <c r="D1042" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1042" s="3" t="s">
-        <v>3838</v>
+        <v>3839</v>
       </c>
       <c r="F1042" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1042" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1043" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1043" s="1" t="s">
-        <v>3839</v>
+        <v>3840</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>3840</v>
+        <v>3841</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>3837</v>
+        <v>3829</v>
       </c>
       <c r="D1043" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1043" s="3" t="s">
-        <v>3841</v>
+        <v>3842</v>
       </c>
       <c r="F1043" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1043" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1044" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1044" s="1" t="s">
-        <v>3842</v>
+        <v>3843</v>
       </c>
       <c r="B1044" s="1" t="s">
-        <v>3843</v>
+        <v>3844</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3837</v>
+        <v>3829</v>
       </c>
       <c r="D1044" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1044" s="3" t="s">
-        <v>3844</v>
+        <v>3845</v>
       </c>
       <c r="F1044" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1044" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1045" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1045" s="1" t="s">
-        <v>3845</v>
+        <v>3846</v>
       </c>
       <c r="B1045" s="1" t="s">
-        <v>3846</v>
+        <v>3847</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3837</v>
+        <v>3848</v>
       </c>
       <c r="D1045" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1045" s="3" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="F1045" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1045" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1046" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1046" s="1" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B1046" s="1" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C1046" s="1" t="s">
         <v>3848</v>
       </c>
-      <c r="B1046" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1046" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1046" s="3" t="s">
-        <v>3850</v>
+        <v>3852</v>
       </c>
       <c r="F1046" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1046" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1047" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1047" s="1" t="s">
-        <v>3851</v>
+        <v>3853</v>
       </c>
       <c r="B1047" s="1" t="s">
-        <v>3852</v>
+        <v>3854</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3837</v>
+        <v>3855</v>
       </c>
       <c r="D1047" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1047" s="3" t="s">
-        <v>3853</v>
+        <v>3856</v>
       </c>
       <c r="F1047" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1047" s="3" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
     </row>
     <row r="1048" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1048" s="1" t="s">
-        <v>3854</v>
+        <v>3857</v>
       </c>
       <c r="B1048" s="1" t="s">
+        <v>3858</v>
+      </c>
+      <c r="C1048" s="1" t="s">
         <v>3855</v>
       </c>
-      <c r="C1048" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1048" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1048" s="3" t="s">
-        <v>3857</v>
+        <v>3859</v>
       </c>
       <c r="F1048" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1048" s="3" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
     </row>
     <row r="1049" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1049" s="1" t="s">
-        <v>3858</v>
+        <v>3860</v>
       </c>
       <c r="B1049" s="1" t="s">
-        <v>3859</v>
+        <v>3861</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3856</v>
+        <v>3862</v>
       </c>
       <c r="D1049" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1049" s="3" t="s">
-        <v>3860</v>
+        <v>3863</v>
       </c>
       <c r="F1049" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1049" s="3" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1050" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1050" s="1" t="s">
-        <v>3861</v>
+        <v>3864</v>
       </c>
       <c r="B1050" s="1" t="s">
+        <v>3865</v>
+      </c>
+      <c r="C1050" s="1" t="s">
         <v>3862</v>
       </c>
-      <c r="C1050" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1050" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1050" s="3" t="s">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="F1050" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1050" s="3" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1051" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1051" s="1" t="s">
-        <v>3865</v>
+        <v>3867</v>
       </c>
       <c r="B1051" s="1" t="s">
-        <v>3866</v>
+        <v>3868</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>3863</v>
+        <v>3862</v>
       </c>
       <c r="D1051" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1051" s="3" t="s">
-        <v>3867</v>
+        <v>3869</v>
       </c>
       <c r="F1051" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1051" s="3" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1052" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1052" s="1" t="s">
-        <v>3868</v>
+        <v>3870</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>3869</v>
+        <v>3871</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>3870</v>
+        <v>3862</v>
       </c>
       <c r="D1052" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1052" s="3" t="s">
-        <v>3871</v>
+        <v>3872</v>
       </c>
       <c r="F1052" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1052" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="1053" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1053" s="1" t="s">
-        <v>3872</v>
+        <v>3873</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>3873</v>
+        <v>3874</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>3870</v>
+        <v>3875</v>
       </c>
       <c r="D1053" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1053" s="3" t="s">
-        <v>3874</v>
+        <v>3876</v>
       </c>
       <c r="F1053" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1053" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1054" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1054" s="1" t="s">
+        <v>3877</v>
+      </c>
+      <c r="B1054" s="1" t="s">
+        <v>3878</v>
+      </c>
+      <c r="C1054" s="1" t="s">
         <v>3875</v>
       </c>
-      <c r="B1054" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1054" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1054" s="3" t="s">
-        <v>3877</v>
+        <v>3879</v>
       </c>
       <c r="F1054" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1054" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1055" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1055" s="1" t="s">
-        <v>3878</v>
+        <v>3880</v>
       </c>
       <c r="B1055" s="1" t="s">
-        <v>3879</v>
+        <v>3881</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>3870</v>
+        <v>3875</v>
       </c>
       <c r="D1055" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1055" s="3" t="s">
-        <v>3880</v>
+        <v>3882</v>
       </c>
       <c r="F1055" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1055" s="3" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1056" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1056" s="1" t="s">
-        <v>3881</v>
+        <v>3883</v>
       </c>
       <c r="B1056" s="1" t="s">
-        <v>3882</v>
+        <v>3884</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>3883</v>
+        <v>3875</v>
       </c>
       <c r="D1056" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1056" s="3" t="s">
-        <v>3884</v>
+        <v>3885</v>
       </c>
       <c r="F1056" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1056" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1057" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1057" s="1" t="s">
-        <v>3885</v>
+        <v>3886</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>3886</v>
+        <v>3887</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>3883</v>
+        <v>3888</v>
       </c>
       <c r="D1057" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1057" s="3" t="s">
-        <v>3887</v>
+        <v>3889</v>
       </c>
       <c r="F1057" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1057" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1058" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1058" s="1" t="s">
-        <v>3888</v>
+        <v>3890</v>
       </c>
       <c r="B1058" s="1" t="s">
-        <v>3889</v>
+        <v>3891</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>3883</v>
+        <v>3892</v>
       </c>
       <c r="D1058" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1058" s="3" t="s">
-        <v>3890</v>
+        <v>3893</v>
       </c>
       <c r="F1058" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1058" s="3" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1059" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1059" s="1" t="s">
-        <v>3891</v>
+        <v>3894</v>
       </c>
       <c r="B1059" s="1" t="s">
-        <v>3892</v>
+        <v>3895</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>3883</v>
+        <v>3896</v>
       </c>
       <c r="D1059" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1059" s="3" t="s">
-        <v>3893</v>
+        <v>3897</v>
       </c>
       <c r="F1059" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1059" s="3" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1060" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1060" s="1" t="s">
-        <v>3894</v>
+        <v>3898</v>
       </c>
       <c r="B1060" s="1" t="s">
-        <v>3895</v>
+        <v>3899</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>3896</v>
+        <v>3900</v>
       </c>
       <c r="D1060" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1060" s="3" t="s">
-        <v>3897</v>
+        <v>3901</v>
       </c>
       <c r="F1060" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1060" s="3" t="s">
-        <v>382</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1061" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1061" s="1" t="s">
-        <v>3898</v>
+        <v>3902</v>
       </c>
       <c r="B1061" s="1" t="s">
-        <v>3899</v>
+        <v>3903</v>
       </c>
       <c r="C1061" s="1" t="s">
         <v>3900</v>
       </c>
       <c r="D1061" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1061" s="3" t="s">
-        <v>3901</v>
+        <v>3904</v>
       </c>
       <c r="F1061" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1061" s="3" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1062" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1062" s="1" t="s">
-        <v>3902</v>
+        <v>3905</v>
       </c>
       <c r="B1062" s="1" t="s">
-        <v>3903</v>
+        <v>3906</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>3904</v>
+        <v>3900</v>
       </c>
       <c r="D1062" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1062" s="3" t="s">
-        <v>3905</v>
+        <v>3907</v>
       </c>
       <c r="F1062" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1062" s="3" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1063" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1063" s="1" t="s">
-        <v>3906</v>
+        <v>3908</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>3907</v>
+        <v>3909</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>3908</v>
+        <v>3900</v>
       </c>
       <c r="D1063" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1063" s="3" t="s">
-        <v>3909</v>
+        <v>3910</v>
       </c>
       <c r="F1063" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1063" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1064" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1064" s="1" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>3908</v>
+        <v>1643</v>
       </c>
       <c r="D1064" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1064" s="3" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="F1064" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1064" s="3" t="s">
-        <v>194</v>
+        <v>426</v>
       </c>
     </row>
     <row r="1065" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1065" s="1" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
       <c r="B1065" s="1" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>3908</v>
+        <v>1643</v>
       </c>
       <c r="D1065" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1065" s="3" t="s">
-        <v>3915</v>
+        <v>3916</v>
       </c>
       <c r="F1065" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1065" s="3" t="s">
-        <v>194</v>
+        <v>426</v>
       </c>
     </row>
     <row r="1066" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1066" s="1" t="s">
-        <v>3916</v>
+        <v>3917</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>3917</v>
+        <v>3918</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>3908</v>
+        <v>1643</v>
       </c>
       <c r="D1066" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E1066" s="3" t="s">
-        <v>3918</v>
+        <v>3919</v>
       </c>
       <c r="F1066" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G1066" s="3" t="s">
-        <v>194</v>
-[...68 lines deleted...]
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">