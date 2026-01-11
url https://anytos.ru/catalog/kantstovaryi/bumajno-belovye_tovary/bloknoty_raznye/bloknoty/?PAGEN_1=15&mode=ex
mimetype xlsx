--- v1 (2025-11-07)
+++ v2 (2026-01-11)
@@ -12,167 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3920">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4134">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e1b/wqth1dmp6wxa7dinhat0mly6ytzrm399.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. клетка КОРПОРАТИВ СИНИЙ на гребне мелованный картон 40BG6M5KOS</t>
+  </si>
+  <si>
+    <t>Блокнот с обложкой, изготовленной из мелованного картона. Использовать его можно для записи персональных данных и логотипа, который можно нанести с помощью тиснения или же трафаретной печати. Листы в клетку, на гребне. Плотность 60 г/м2.</t>
+  </si>
+  <si>
+    <t>Блокноты разные</t>
+  </si>
+  <si>
+    <t>107167</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pzbf/"&gt;ПЗБФ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/559/h8atvrwemsm3tk4jxzxcs2gc6or3gf9u.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 50 л. клетка ТЕМНО-СИНИЙ греб. мел. карт.   С0369-04</t>
+  </si>
+  <si>
+    <t>107194</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kts-pro/"&gt;КТС ПРО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6a/r0w0ct2f5qhlt0pgkpp5ni18uewmx21o.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. КРАФТ греб. мел. карт. выб. УФ-лак: 80BG4X5KRF штр.: 4690338014075</t>
   </si>
   <si>
-    <t>Блокноты разные</t>
-[...1 lines deleted...]
-  <si>
     <t>107204</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/pzbf/"&gt;ПЗБФ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/48b/8peqogr3w3449vsdlmhptbz83bef9l4w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 50 л. кл. СИНИЙ греб. мел. карт.: C0368-03 04 штр.: 466001311272303</t>
+  </si>
+  <si>
+    <t>107218</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83d/t03tqvo9rxlcntd9t0ntnmsmkd9ho604.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот А6 80 л. кл. ЛИНЕР греб. тв.обл. выб. УФ-лак: CBA6-80LN штр.: 4602723028635</t>
+  </si>
+  <si>
+    <t>107266</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/33c/i3jkis2co9vjf1emrk6nss5wxu9havpe.jpg</t>
   </si>
   <si>
     <t>Бизнес-блокнот А5 80 л. кл. ЛИНЕР греб. тв.обл. выб. УФ-лак 70 г м2: NBA5-80LN штр.: 4602723028642</t>
   </si>
   <si>
     <t>107278</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fca/fca0778231f3273560e1a0c79d7f4e16/e09e826db803228cdf156ea5b501f0dd.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь 60л,кл,А5,Yellow Pad,спираль,тон.блок 70г м штр.  4650000345166</t>
   </si>
   <si>
     <t>Бизнес-тетрадь QuickPad формата А5. Обложка со сдержанным дизайном изготовлена из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка «навылет» для максимальной площади для письма. Блок включает 60 листов высококачественной офсетной бумаги плотностью 70 г/кв.м, тип крепления - двойная спираль. Разлиновка в клетку.</t>
   </si>
   <si>
     <t>245007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/quickpad/"&gt;QuickPad&lt;/a&gt;</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fa9/fa96eabad0e07e2bfa01f1ca28fdd162/6ec222df3ad64d39be27a1353d924943.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 40л,А4,мет.гребень,цветная обл.синяя,ВДлак штр.  4603721411498</t>
+  </si>
+  <si>
+    <t>Блокнот Attache офисного дизайна. Однотонная обложка синего цвета, изготовленная из картона, подходит для тиснения фольгой. Внутренний блок, скрепленный по верхнему краю металлическим гребнем, содержит 40 листов с разлиновкой в клетку. Бумага высокой степени белизны по плотности соответствует качественной офисной бумаге. Блокнот имеет формат А4.</t>
+  </si>
+  <si>
+    <t>245159</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a93/a93c2d0b2c7a3d3bc6928386e230dbbb/afe195ab2b1a5422a77ebfb1a00267fa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 60л,кл,А4,Yellow Pad,склейка,тон.блок 70г м штр.  4640018350603</t>
+  </si>
+  <si>
+    <t>QuickPad - современные бизнес-тетради формата А4 и А5 и планшет для офиса, дома и учебных заведений. Обложки со сдержанным дизайном изготовлены из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка &amp;quot;на вылет&amp;quot; для максимально площади для письма. В некоторых изделиях применена микроперфорация для ровного и удобного отрывания листов. В тетрадях и планшете формата А4 присутствует перфорация для подшивки вырваных листов в любую папку. Блок включает от 60-ти до 80-ти листов высококачественной офсетной бумаги 70 г/м, тип крепления - двойная спираль в тетрадях и блокнотах, в планшете используется репление на скрепку и склейка. Листы в клетку.</t>
+  </si>
+  <si>
+    <t>245165</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/50e/50eeac87a8c007fb1ce2ed3eb79a6959/dd70248b175eb0d33c998cc08b8eb9de.jpg</t>
   </si>
   <si>
     <t>Блокнот 60л,кл,А5,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350597</t>
   </si>
   <si>
-    <t>QuickPad - современные бизнес-тетради формата А4 и А5 и планшет для офиса, дома и учебных заведений. Обложки со сдержанным дизайном изготовлены из ламинированного картона. Отличительной особенностью коллекции является тонированный внутренний блок и разлиновка &amp;quot;на вылет&amp;quot; для максимально площади для письма. В некоторых изделиях применена микроперфорация для ровного и удобного отрывания листов. В тетрадях и планшете формата А4 присутствует перфорация для подшивки вырваных листов в любую папку. Блок включает от 60-ти до 80-ти листов высококачественной офсетной бумаги 70 г/м, тип крепления - двойная спираль в тетрадях и блокнотах, в планшете используется репление на скрепку и склейка. Листы в клетку.</t>
-[...1 lines deleted...]
-  <si>
     <t>245169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/b13fffbd8c17c61784955a8956fcf4b2/697ac7dd9a3e015b3cd6bcb213f00ac5.jpg</t>
   </si>
   <si>
     <t>Блокнот 80л,кл,А4,Yellow Pad,спираль,тон.блок 70г м штр.  4640018350566</t>
   </si>
   <si>
     <t>245175</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a00/a00aa06a96d9faab5aee0258b37210fb/8c8c420bcf850ac70273e4b8cf49a035.jpg</t>
   </si>
   <si>
     <t>Блокнот ATTACHE спираль А5 40л. клетка офис 40шт уп.  БК  штр.  4620004206084</t>
   </si>
   <si>
     <t>Блокнот Attache формат А5, размер 190-140 мм, цветной. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД-лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м способ крепления - евроспираль сверху. В блокноте 40 листов в клетку.</t>
   </si>
   <si>
     <t>245204</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3d/e3d3d599131cfacc373b2c9d99484d0a/2b60d75c43d1ef5a153de1df0a634b9b.jpg</t>
   </si>
   <si>
     <t>Блокнот ATTACHE спираль А7 40л. клетка офис 180шт уп.  БК  штр.  4620004206107, 4680009214040</t>
   </si>
   <si>
     <t>Блокнот Attache формата А7, размер 105-70 мм, цветной. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД-лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, способ крепления - Евроспираль сверху. В блокноте 40 листов в клетку.
 &lt;br&gt;
 &lt;div class="tags__list"&gt;
 &lt;a href=""&gt;Блокноты Attache А7&lt;/a&gt;																
 &lt;a href=""&gt;Блокноты на спирали Attache  A5&lt;/a&gt;	
 &lt;a href=""&gt;Блокноты на спирали Attache&lt;/a&gt;	
 &lt;a href=""&gt;Блокноты Attache Selection&lt;/a&gt;
 &lt;/div&gt;</t>
   </si>
   <si>
     <t>245206</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/8a484d37d725626fe1385460984608ea/1910a78369c8ba2fa16cc62c5e9c88b2.jpg</t>
@@ -324,51 +408,66 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e7f/e7f5bc25c9020c59dc4ffa14d6bf471c/7ec7fd587593cd6940272d823a18699d.jpg</t>
   </si>
   <si>
     <t>Блокнот МИКРОПЕРФОРАЦИЯ А4 100л. склейка ATTACHE чистый лист штр.  4630012880299, 4650000342189</t>
   </si>
   <si>
     <t>Блокнот Attache офисного дизайна: глянцевая обложка серебристого цвета изготовлена из картона. Жесткая подложка защищает бумагу от деформации. Проклеенный и сшитый внутренний блок состоит из 100 листов бумаги высокой степени белизны. Микроперфорация в виде четырех отверстий позволяет использовать блокнот в папках-регистраторах. Плотные листы имеют стандартный формат А4.</t>
   </si>
   <si>
     <t>245310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e3/4e3722e7a96ab11c31b201b8734e0f80/e41a3a904ede26847f3b9bd938341e54.jpg</t>
   </si>
   <si>
     <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка ATTACHE клетка штр.  4630012880268, 4650000341878</t>
   </si>
   <si>
     <t>Блокнот Attache с перфорированным блоком. Формат А5, размер 143-212 мм, серебристый. Строгий офисный дизайн с печатью серебром. Обложка из высококачественного мелованного картона с ламинацией. Подложка из плотного картона. Блок 100&amp;#37; белизны с полями - офсетная бумага 70 г/кв.м с микроперфорацией и печатью насыщенным серым цветом. Четыре отверстия для папок на кольцах. Надежное крепление на скрепки с проклейкой. Упаковка в пленку.</t>
   </si>
   <si>
     <t>245311</t>
   </si>
   <si>
-    <t>20</t>
+    <t>http://anytos.ru//upload/iblock/34c/34cdf3ab0db1f2ca125c030a081ecab7/f51bcca30c132107518f2bd1e6825663.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка АТТАСНЕ линейка штр.  4630012880251, 4650000341854</t>
+  </si>
+  <si>
+    <t>245312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22c/22cda14adc7498e41a2a461186a48b4f/1a74ced636b3e8093771589835054a8e.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МИКРОПЕРФОРАЦИЯ А5 100л. склейка АТТАСНЕ чистый лист штр.  4630012880305, 4650000342202</t>
+  </si>
+  <si>
+    <t>245313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c7/3c798a195cda718e2a0cd028421191e5/630cc846524cd53a4daf1cebf43f4212.jpg</t>
   </si>
   <si>
     <t>Блокнот Скрепка А5 32л. клетка ATTACHE офис.  БК  штр.  4660002774253</t>
   </si>
   <si>
     <t>Блокнот Attache. Обложка блокнота изготовлена из мелованного картона с полноцветной печатью покрытой ВД лаком, внутренний блок сделан из офсета плотностью 65 г/кв.м, линовка - клетка. Формат А5. Способ крепления - скрепка, 32 листа. Размер 190-135 мм.</t>
   </si>
   <si>
     <t>245323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28b/28b0a53893de59427b0336320a428bdd.jpg</t>
   </si>
   <si>
     <t>Блокнот на склейке А6 60л. ПЕЙЗАЖ  АТТАСНЕ 8с5 клет.100шт. у штр.  4607021880855</t>
   </si>
   <si>
     <t>Блокнот Attache в глянцевой обложке, выполненной из мелованного картона. Внутренний блок на склейке состоит из 60 листов, разлинованных в клетку. Бумага высокой степени белизны по плотности соответствует качественной офисной бумаге. Блокнот имеет формат А6.</t>
   </si>
   <si>
     <t>245340</t>
   </si>
@@ -420,50 +519,65 @@
   <si>
     <t>Блокнот на спирали А4 80л. ATTACHE клетка, однот.пласт обл. штр.  1682021882880, 4607021882880</t>
   </si>
   <si>
     <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Блокнот стандартного формата А4, состоящий из 160 страниц, закреплен на спирали по верхнему краю. Плотные листы с разлиновкой в клетку в блокноте изготовлены из офсетной бумаги высокого качества.</t>
   </si>
   <si>
     <t>245348</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a2/8a293df57ff7274d958629155c9fc5b5/13d32c24a2de45c218e8590bf4cbbad6.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 60л. ATTACHE бордо картон д лог.клет.32 штр.  4606016013353, 4606016040625</t>
   </si>
   <si>
     <t>Блокнот Attache классического дизайна: однотонная обложка цвета бордо, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
   </si>
   <si>
     <t>245351</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e7a/e7a2941f604a493972e61d905e095c0f/4e38d2ef0e11a6b41ec4ed932ac22f7c.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 60л. ATTACHE зелен.картон д лог.клет.32 штр.  4606016040571, 4607072643584</t>
+  </si>
+  <si>
+    <t>Блокнот Attache классического дизайна: однотонная обложка зеленого цвета, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
+  </si>
+  <si>
+    <t>245352</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/07b/07b8ac31ddc1fdf181082a260a19d73c/b7a6109dff0278efad90cfe75bdfb362.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 60л. ATTACHE синий картон д лог.клет.32 штр.  4606016013445, 4606016040601</t>
   </si>
   <si>
     <t>Блокнот Attache классического дизайна: однотонная обложка синего цвета, выполненная из высококачественного картона, подходит для нанесения логотипа. Внутренний блок, скрепленный по горизонтальному краю металлической спиралью, содержит 60 листов с отрывной перфорацией. Бумага обладает достаточной плотностью для работы карандашами и ручками любого типа. Блокнот имеет формат А5, размер 148-210 мм.</t>
   </si>
   <si>
     <t>245353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4f/d4fc9c608e3ab8503259e2aaa7068070/5633cb7a762b03604ba99fd719042907.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 80л. ATTACHE клетка, однот.пласт обл. штр.  4607021882903, 4607021882910</t>
   </si>
   <si>
     <t>Блокнот Attache практичного дизайна: однотонная пластиковая обложка синего цвета защищает бумагу от деформации и загрязнения. Блокнот универсального формата А5, состоящий из 80 листов, закреплен на спирали по верхнему краю. Плотные листы блокнота с разлиновкой в клетку изготовлены из офсетной бумаги высокого качества.</t>
   </si>
   <si>
     <t>245354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb5/cb51ad9d3049ee8d3b4bcd977d979176/665afbf96b4752976f9b844e9ff68402.jpg</t>
@@ -561,86 +675,80 @@
   <si>
     <t>Блокнот для флипчарта Berlingo 64 96см, 20л., клетка SFb_20011</t>
   </si>
   <si>
     <t>Блок бумаги для флипчарта. Незаменим для проведения презентаций, тренингов. Бумажный блок имеет 6 отверстий для крепления и снабжен перфорацией на отрыв, что позволяет ровно и без труда вырвать требуемый лист. Размер 64 ? 96 см. Цвет - белый в клетку. В блоке - 20 листов. Плотность бумаги - 80 г/м?, позволяет писать фломастерами, маркерами, ручками.</t>
   </si>
   <si>
     <t>351921</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bac/n4mnm8kfg3ghus020menm3u3jec4pqyu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50 л. кл. ТЕМНО-ЗЕЛЕНЫЙ греб. мел. карт. С0368-02</t>
   </si>
   <si>
     <t>Данные блокноты — хороший вариант для тех, кто привык фиксировать важную информацию в письменном виде или просто делать наброски, заметки. Блокнот имеет оригинальный дизайн, невысокую цену и отличается удобством использования. Благодаря небольшому формату он всегда будет у вас под рукой, ведь его можно везде носить с собой. Купив блокнот, вы получите не просто практичную канцелярскую принадлежность, но и продукцию безупречного качества, созданную из материалов высокой плотности. Писать в таком блокноте можно и ручкой, и карандашом, и даже маркером.</t>
   </si>
   <si>
     <t>355025</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/kts-pro/"&gt;КТС ПРО&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c2f/nj62lm7q2pojld7easg8hca5je896iad.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Dark quot;, 114387</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>380536</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ce/vqvpg7urdird0qoxrep68qxb38zcctuf.jpg</t>
   </si>
   <si>
     <t>Блокнот 7БЦ, А6, 80 л., обложка ламинированная, выборочный лак, клетка, BRAUBERG,  quot;Время quot;, 110х147 мм, 123242</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG в твердом переплете удобен для заметок. Внутренний блок содержит справочную информацию. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>384494</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/967/o7r3bxem9xa1ipwcljfpyc0mb01rpxnh.jpg</t>
   </si>
   <si>
     <t>Блокнот 7БЦ, А6, 80 л., обложка ламинированная, выборочный лак, клетка, BRAUBERG,  quot;Ночной город quot;, 110х147 мм, 123246</t>
   </si>
   <si>
     <t>384498</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a31/rylf4ce1pe1utxl5n6ejrjarby0qpt61.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, гребень, жесткая подложка, клетка, BRAUBERG  quot;Abstraction quot;, 146х206 мм, 129813</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392904</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d58/ecb11g30om9es101oab0w4zshk2l4n3a.jpg</t>
@@ -756,125 +864,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/526/3kanlensc7hsa6ez6x7ww674k1ac7yww.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., гребень, жесткая подложка, HATBER,  quot;INSIDE quot;  quot;Офисный quot; , 145х205 мм, 80Б5С1гр, B46173</t>
   </si>
   <si>
     <t>Подложка из жесткого картона позволяет делать записи, легко удерживая блокнот на весу. Блокнот А5 формата. Количество листов: 80. Обложка: мелованный картон, твердая подложка. Дополнена спецэффектом в виде УФ-лака. Внутренний блок: офсет 60 г/м2, клетка. Скрепление: гребень.Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной обстановке. Скрепление &amp;#39;гребень&amp;#39; дает возможность раскрывать блокнот на 360 градусов, а твердая подложка позволяет делать записи на весу.</t>
   </si>
   <si>
     <t>392924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/442/h260o020526tmg963xxgp5n0ap1yw3nc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Индей quot;, 4 вида, 146Х206 мм, 121723</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;INDAY&amp;quot; предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392926</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/809/e7beftqerzfc6f8lp3o2bl364csdgone.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Контракт quot;, 4 вида, 146х206 мм, 121724</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>392927</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e9e/fqzdwvb19t2eorcm22pi3qw9lb1v1pbo.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 листов, гребень, клетка, ЮНЛАНДИЯ  quot;ПИНГВИНЯТА quot;, 108х145 мм, 129832</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ &amp;quot;Пингвинята&amp;quot; - это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А6 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392942</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d4/sexoebu7lwy8kjecw9ujhmx19kge7khv.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/493/pr82tr4knv0q2rqc2f0t5ki1sioelf6l.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40 л., гребень, лакированная обложка, HATBER,  quot;Машины quot;, 110х145 мм, 40Б6B1гр, В12284</t>
   </si>
   <si>
     <t>Блокнот удобен для фиксации заметок. Внутренний блок снабжен микроперфорацией, что позволяет ровно и без труда вырвать требуемый лист. Блокнот А6 формата. Количество листов: 40. Обложка: мелованный картон. Дополнена спецэффектом в виде УФ-лака. Внутренний блок: офсет 65 г/м2, клетка. Скрепление: гребень. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов.</t>
   </si>
   <si>
     <t>392948</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/053/ai2oeqtfwyao4a9cl0qh4v51599te8ve.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 40 л., гребень, лакированная обложка, HATBER,  quot;Милые котята quot;, 110х145 мм, 40Б6B1гр, В12291</t>
   </si>
   <si>
     <t>392949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b5/7up1ygwvlixk6e2bfi310whuycao3tou.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/255/bb8qeoev3dbp4ukfyay43vrb1j2jaftr.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 48 л., гребень, мелованный картон обложка, клетка, BRAUBERG,  quot;Индей quot;, 4 вида, 108х145 мм, 121721</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;INDAY&amp;quot; предназначен для фиксации заметок. Блокнот формата А6 на евроспирали содержит 48 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>392952</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/101/2804tz7d67c11up2b210j22f3nlwkabw.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 60 л., гребень сбоку, пластиковая обложка картон, клетка, BRAUBERG,  quot;Однотонный quot;, 4 вида, 105x145 мм, 125398</t>
   </si>
   <si>
     <t>Универсальный блокнот с обложкой из цветного пластика, которая надежно защищает внутренний блок от повреждений и сохраняет привлекательный вид даже при активном использовании. Блокнот формата А6 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации.&amp;nbsp;&amp;nbsp;Имеет жесткую подложку, позволяющую делать записи на весу и боковое расположение переплета. Обложка выполнена из пластика. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>392962</t>
@@ -1011,50 +1095,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/546/ld7jdvemb0t85ld66s0pttks2it5ozcc.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 20 листов, клетка, 67,5х98 см, 80 г м2, 128645</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
   </si>
   <si>
     <t>392999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47d/vhdq0om8xq2ezygnf0d1dc207e13pcgr.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 20 листов, чистые, 67,5х98 см, 80 г м2, 128646</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 белых листов плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
   </si>
   <si>
     <t>393000</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3e0/vib0cq491quirwdfw1obqnm5ojono4b0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот для флипчарта BRAUBERG, 50 листов, клетка, 67,5х98 см, 80 г м2, 128647</t>
+  </si>
+  <si>
+    <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 50 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см.</t>
+  </si>
+  <si>
+    <t>393001</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cef/sfhtb383b13d3qllykofq9y7wak1qdp7.jpg</t>
   </si>
   <si>
     <t>Блокнот для флипчарта BRAUBERG, 50 листов, чистые, 67,5х98 см, 80 г м2, 128648</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 50 белых листов плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер: 67,5х98 см.</t>
   </si>
   <si>
     <t>393002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b67/ejegmxc9tssbcigh3h1qeuy0s3950ds0.jpg</t>
   </si>
   <si>
     <t>Блокноты для флипчарта BRAUBERG, КОМПЛЕКТ 5 штук, 20 листов, клетка, 67,5х98 см, 80 г м2, 124097</t>
   </si>
   <si>
     <t>Удобный блокнот BRAUBERG подходит для использования с различными моделями досок-флипчартов. Бумажный блок содержит 20 листов в клетку плотностью 80 г/м2. Имеет 6 отверстий для крепления, расстояние между которыми составляет 50 см. Размер - 67,5х98 см. 5 штук в комплекте.</t>
   </si>
   <si>
     <t>393004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15f/e2xn0tux17uxbvg6xtvqjiuv1h55v5lg.jpg</t>
@@ -1095,77 +1191,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c10/3tffxs7fr7a01x6dh4f2ncfejfopybzm.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 150 л., A5, 170x215 мм BRAUBERG, клетка, гребень, обложка пластиковая, 4 разделителя,  quot;Foxy Lady quot;, 4 вида, 401794</t>
   </si>
   <si>
     <t>Яркая стильная тетрадь BRAUBERG серии &amp;quot;Foxy Lady&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка надежно защитит внутренний блок от повреждений. Внутренний блок содержит 150 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в клетку. Тетрадь снабжена четырьмя пластиковыми, съемными разделителями. Листы соединены евроспиралью. Формат А5. Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>393011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00a/jclkjuizo31bwb49e5d48fivphsq40lc.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 80 л., А5, 160х207 мм, BRAUBERG, клетка, гребень, обложка пластиковая, 1раздел.,  quot;Tag quot;, 4 вида, 401800</t>
   </si>
   <si>
     <t>Яркая стильная тетрадь BRAUBERG серии &amp;quot;Tag&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в клетку. Тетрадь снабжена пластиковым, съемным разделителем. Листы соединены евроспиралью. Формат А5.</t>
   </si>
   <si>
     <t>393013</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/376/3769d49b02dc38ec387078fd3f01b965/7275ef5338b9425ba178d0d98e02da59.jpg</t>
-[...8 lines deleted...]
-    <t>416829</t>
+    <t>http://anytos.ru//upload/iblock/3c1/3c1c4163d1e4611adbd0a90d522475b0/dfe847889b6ae5be7c5ff542bcd49315.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6,80л,кл,греб,карт.обл УФ-лак Attache Selection FluidСеро-Голуб</t>
+  </si>
+  <si>
+    <t>Блокнот А6,80л,кл,греб,карт.обл&amp;#43;УФ-лак Attache Selection FluidСеро-Голуб</t>
+  </si>
+  <si>
+    <t>416830</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3c1/3c1c4163d1e4611adbd0a90d522475b0/dfe847889b6ae5be7c5ff542bcd49315.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/813/tk9th7ax5p8z2dctpuud8k16nfxf31ya.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм  60 л., гребень, перфорация на отрыв, лакированный, BRAUBERG, Бордовый, 111271</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для фиксации заметок. Такой предмет всегда удобно иметь под рукой. Он имеет микроперфорацию на отрыв, благодаря которой лист при отрывании остается с ровной стороной. 60 листов позволят зафиксировать большой объем нужной информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок - офсет белого цвета, плотность которого 60 г/м2. Формат блокнота А5 позволит владельцу поместить его в кейс или сумку малых габаритов. Лакированная обложка блокнота в бордовом цвете - классика среди записных аксессуаров.Блокнот BRAUBERG готов радовать обладателя не только своим безупречным качеством, но и, прежде всего, своей привлекательной стоимостью.</t>
   </si>
   <si>
     <t>427047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/j4h2b6elcfnwm9ncm1ctg78z2nw1fd6a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм , 60 л., гребень, перфорация на отрыв, лакированный, BRAUBERG, Зеленый, 111272</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для фиксации заметок. Такой предмет всегда удобно иметь под рукой. Он имеет микроперфорацию на отрыв, благодаря которой лист при отрывании остается с ровной стороной. 60 листов позволят зафиксировать большой объем нужной информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок - офсет белого цвета, плотность которого 60 г/м2. Формат блокнота А5 позволит владельцу поместить его в кейс или сумку малых габаритов. Лакированная обложка блокнота в зеленом цвете - классика среди записных аксессуаров.Блокнот BRAUBERG готов радовать обладателя не только своим безупречным качеством, но и, прежде всего, своей привлекательной стоимостью.</t>
   </si>
   <si>
     <t>427048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77f/kjo0azth1x1fhgosulixkphf0szx1n5i.jpg</t>
@@ -1272,60 +1356,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/93a/93ac0b96b307feeed6efb53ff1cc5552/464255d88cd4b6cc61972bdea9bc7013.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб.верх,обл.мат.лам. Attache Selection Pastel Круги</t>
   </si>
   <si>
     <t>438140</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f3/2f3b231c3e6d076b0e385b29b35db7ef/fa735d6f3e2b64d5fbd8d15bdf82e42d.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб,карт.обл УФ-лак Attache Selection LLAMAS черный</t>
   </si>
   <si>
     <t>Блокнот А5,80л,кл,греб,карт.обл&amp;#43;УФ-лак Attache Selection LLAMAS черный</t>
   </si>
   <si>
     <t>438141</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a99/a99f1708be0bfd9d4f578c401a28fa03/0035b0e05ac05f4b1b4b32fa1146db47.jpg</t>
-[...8 lines deleted...]
-    <t>557415</t>
+    <t>http://anytos.ru//upload/iblock/c94/c945199115815f8546614a4ad698c15b/3665d18c97f3588b93bd32490780c300.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л. на гребне BG  quot;Pastel notes quot;</t>
+  </si>
+  <si>
+    <t>Формат А6. Вид крепления -гребень. Обложка -мелованный картон. Внутренний блок - офсетный, клетка</t>
+  </si>
+  <si>
+    <t>557430</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c23/v1agxrjabkbi05qm9yicc5i5tsa3gved.jpg</t>
   </si>
   <si>
     <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, клетка,  quot;Авокадо quot;, 111598</t>
   </si>
   <si>
     <t>Блокнот STAFF &amp;quot;Авокадо&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>563327</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/586/6ua4xnc0gex4leqsqcxz14qyszqaiodb.jpg</t>
   </si>
   <si>
     <t>Блокнот  135х206 мм  А5 STAFF, 80 л., твердый, тиснение фольгой,  quot;Blue sky quot;, 111612</t>
   </si>
@@ -1398,122 +1482,113 @@
   <si>
     <t>563362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9a/57mrob6mmyktw1mqswnpbz6lcx86bjsl.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., синий, 111574</t>
   </si>
   <si>
     <t>563363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4da/wu2mr4l4owtnfdg2d0oc5a8geswf8yg3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., зеленый, 111583</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>563364</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d15/phsq1vvtin1323e9qurie9tgkmposcku.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b0c/1l7dpexz5vm9by4w7tz2wwul031p0qvh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., оранжевый, 111584</t>
   </si>
   <si>
     <t>563366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9de/0huoyznbe7i313vvzc9a8rm5w1ey76sh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., розовый, 111587</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>563367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4d/q3i6nmedallnz558d2glk3gu0xp6gk16.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., синий, 111582</t>
   </si>
   <si>
     <t>563368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35a/0finzn170ak8c3wvirkldlj8jmgieb5w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., черный, 111585</t>
   </si>
   <si>
     <t>563369</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f0c/fpmd5d8atgitxzv5jox2wv8c2662iubk.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  215х295 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Путешествие quot;, 111595</t>
+  </si>
+  <si>
+    <t>Блокнот STAFF предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;215х295 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>563372</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/131/sylpal5tclgb9q1afsnf2k390ok7a2f8.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  215х295 мм  А4, 128 л., твердый, клетка, блок 4 цвета, BRAUBERG,  quot;Бизнес quot;, 111593</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Бизнес&amp;quot; в твердом переплете предназначен для ведения различного рода записей. Такой предмет всегда удобно иметь под рукой. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Для удобства пользования и ведения нескольких тем внутренний блок содержит 4 разноцветных блока и выполнен из офсета белого цвета плотностью 60 г/м2. Крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;215х295 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>563374</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7af/0vo452bkzc062v2xhib5um5aqieoiipm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d17/dues8qocg0qh2evye46twa0p5xtysagv.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6 BRAUBERG  quot;Metropolis Special quot;, под кожу, резинка, 80 л., синий, 111580</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его не только в кейс или сумку малых габаритов но и в карман.</t>
   </si>
   <si>
     <t>563381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a4/f1jjn2c6hdf2xr9wwloiqwy92psmuh26.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6 BRAUBERG  quot;Metropolis quot;, балакрон, резинка, 80 л., синий, 111588</t>
   </si>
   <si>
     <t>Блокнот выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложке есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его не только в кейс или сумку малых габаритов но и в карман.</t>
   </si>
   <si>
     <t>563382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddc/ggxg1kh84c6fv9ytwjv80e262m70izie.jpg</t>
@@ -1524,227 +1599,197 @@
   <si>
     <t>563383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/x4r8zkeciy8mku6o8zarzpiv3aljg1zp.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG  quot;Metropolis Special quot;, кожзам, резинка, 80 л., красный, 111581</t>
   </si>
   <si>
     <t>563384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eea/eys8nidesxurkt12zjoscpkcczo17q60.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм  А6, 80 л., твердый, клетка, ЮНЛАНДИЯ,  quot;Лама quot;, 111619</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ в твердом переплете удобен для заметок. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>563389</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/191/m40ank54d3za1r6f392qnizvy3grgnqw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/66a/3n9av04dr1v3hg8eyy22341jcyp4nmw4.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм  А6, 80 л., твердый, клетка, ЮНЛАНДИЯ,  quot;Умный кролик quot;, 111620</t>
   </si>
   <si>
     <t>563391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77b/77bb36d112ce6aef95452a64b8bbb0de/750e0cc7c100523b656bfa7d6a560133.jpg</t>
   </si>
   <si>
     <t>Блокнот А6,60л,кл,греб.верх,обл.мат.лам. Attache Selection Pastel Волны</t>
   </si>
   <si>
     <t>581482</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/587/587a0f2515ad0fefb6ec213f54632962/21cff9e3f33355c84d1078739a5ca7fc.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот B6 96 л. LOREX STAY CURIOUS STYLISH COLLECTION черный с тиснением обрез с принтом</t>
+  </si>
+  <si>
+    <t>Блокноты — хороший вариант для тех, кто привык фиксировать важную информацию в письменном виде или просто делать наброски, заметки. Блокнот имеет оригинальный дизайн, невысокую цену и отличается удобством использования. Благодаря небольшому формату он всегда будет у вас под рукой, ведь его можно везде носить с собой. Купив блокнот, вы получите не просто практичную канцелярскую принадлежность, но и продукцию безупречного качества, созданную из материалов высокой плотности. Писать в таком блокноте можно и ручкой, и карандашом, и даже маркером</t>
+  </si>
+  <si>
+    <t>590102</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/885/u9h22awonld6gopzrn4zxhgncgsn3jl7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  135х206 мм , 80 л., твердый, клетка, выборочный лак, ЮНЛАНДИЯ,  quot;Единорог quot;, 111616</t>
   </si>
   <si>
     <t>Блокнот ЮНЛАНДИЯ в твердом переплете удобен для заметок. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>600400</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e5/l4viri5rh3w61mr0tmfqo5y33h53ldes.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/04f/04fab510bb786786df56852d126e5730/d222a7b42fde22053192d54f87c8ee77.jpg</t>
   </si>
   <si>
     <t>Блокнот А5,60л,кл,спир,пласт.обл,тонир.бл. Attache Bright colours Голубой</t>
   </si>
   <si>
     <t>610827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/180/onrvk2ifp0go580ncd74ku1j3i5tbxqn.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  75х105 мм  А7, 60 л., гребень, картон, клетка, HATBER  quot;Happy time quot;, 60Б7В1гр</t>
   </si>
   <si>
     <t>Компактный размер делает изделия данного формата практичными и функциональными. Эргономичный размер блокнота позволит держать его всегда под рукой и делать оперативные заметки в любой ситуации. Носите блокнот с собой, фиксируйте идеи, делайте зарисовки. Блокнот малого размера 75х105 мм, А7 формата в клетку. Содержит 60 листов, что позволяет зафиксировать достаточно большой объем нужной информации. Имеет верхнее расположение переплета. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать блокнот на 360 градусов. Обложка из мелованного картона. Внутренний блок выполнен из белой бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>673315</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ded/q2oipmdsseze6ti3zrl60d0hb2x1w27d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;New post quot;</t>
   </si>
   <si>
-    <t>Формат А6. Вид крепления -гребень. Обложка -мелованный картон. Внутренний блок - офсетный, клетка</t>
-[...1 lines deleted...]
-  <si>
     <t>681516</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca3/4364au24poio6nv97fvy0ier1jftlna3.jpg</t>
   </si>
   <si>
     <t>Блокнот на клею Erich Krause MEGAPOLIS Blanc, А4, 60 листов, без линовки</t>
   </si>
   <si>
     <t>Бизнес-блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка 340 г/м2. В блоке 60 листов без линовки. Бумага офсетная плотностью 60 г/м2. Тип скрепления - клей. Блокноты упакованы в термоусадочную пленку по 6 штук.</t>
   </si>
   <si>
     <t>696627</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcb/qhsuw58upges2ritk2lo97k3za5vc6qs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/702/yp15n8ax9vqnzrprkbmsfjgglcsqq8or.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали Erich Krause MEGAPOLIS Yellow Concept, А4, 80 листов, клетка, желтый внутренний блок, перфорация</t>
   </si>
   <si>
     <t>Бизнес-блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка 340 г/м2. В блоке 80 листов в клетку. Бумага желтая тонированная плотностью 65 г/м2. Перфорация для подшивки. Микроперфорация для отрыва. Цвет линовки - синий. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 2 штуки.</t>
   </si>
   <si>
     <t>696629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87e/s8h1af1fkg76y1j181q48r7fn4xgo7ac.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А5, 60 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А5 &amp;#40;148x210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Блокноты одного цвета упакованы в термоусадочную пленку по 5 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>696656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e44/w8wx800iews9ehocrsoc9rd79ikj7gd1.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А6, 60 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Блокноты одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>696677</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b64/lzkbyffrwq9l4xcreammrka05ysruryj.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, бордо</t>
+    <t>http://anytos.ru//upload/iblock/5bf/z32jnf3xm15gvurjitu9bpzm85f9avym.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, синий</t>
   </si>
   <si>
     <t>Формат А5. Вид крепления - гребень. Обложка - мелованный картон. Внутренний блок - офсетный, клетка</t>
   </si>
   <si>
-    <t>700827</t>
+    <t>700828</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5bf/z32jnf3xm15gvurjitu9bpzm85f9avym.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fab/pmsvsxzxmlp3rhfydnjwg07ww2vknidp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, черный</t>
   </si>
   <si>
     <t>700829</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dc/qlo7yk03ljk8okpawgm9kgbg13x7dz0b.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, бордо</t>
   </si>
   <si>
     <t>700834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/752/mrpgl0744gvej3741dbmgspj5bvcuyz2.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, зеленый</t>
   </si>
   <si>
     <t>700835</t>
@@ -1905,62 +1950,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/52b/50r67onx6gyur1weg24o2yt12ffiens0.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Цветы quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Цветы&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/691/fjxp3qajv5yb83t30lpy17pejx9w7u6m.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Яркое настроение quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Яркое настроение&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80d/fhejumqexstz3flbjh7sq0eqpfm5054r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5a/px2oghz878c11tdvl94kzwcsh0goik13.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 80л крафт обложка на гребне</t>
   </si>
   <si>
     <t>Блокнот 10*14см&amp;nbsp;&amp;nbsp;80л крафт обложка на гребне</t>
   </si>
   <si>
     <t>703416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3f/yo1mj80xbtbot05njb17y9w88hyzx3c1.jpg</t>
   </si>
   <si>
     <t>703417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54e/joocmgxo8zl5c68sa1jsapb0n3lwacng.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Кофе quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*14см 60л&amp;nbsp;&amp;nbsp;&amp;quot;Кофе&amp;quot; на гребне плотность 55гр/м2</t>
@@ -1971,50 +2004,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/566/qto0tykd8rsoxycnueyt7dhh2b7j007g.jpg</t>
   </si>
   <si>
     <t>Блокнот 10 14см 60л  quot;Животные quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 10*15см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Животные&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703419</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81b/77rusxk0tzd7zuian21n3pnxaykwe9xr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот 10,5 14,5см 80л  quot;AVOCADO quot; ассорти  4 вида </t>
   </si>
   <si>
     <t>Блокнот 10,5*14,5см &amp;quot; 80л&amp;nbsp;&amp;nbsp;&amp;quot;AVOCADO&amp;quot;. Ассорти.&amp;nbsp;&amp;nbsp;Офсет, 80л в линейку. Держатель- резинка. Плотность не менее 70г/м2.</t>
   </si>
   <si>
     <t>703420</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/681/2xrn0tqyizn6i1iy6kb7936h0jy7y8zr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блокнот подарочный 11 14,5см 50л  quot;Русалка quot; на замке с ручкой  4 вида </t>
+  </si>
+  <si>
+    <t>Блокнот 11*14,5 подарочный &amp;quot;Русалка&amp;quot; на замке с ручкой. Офсет.Плотность : не менее 70г/м2. Количество листов:50. Упаковка&amp;nbsp;&amp;nbsp;19*18*1,5см - п/э</t>
+  </si>
+  <si>
+    <t>703425</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b24/zx3qrxa11fy1rkwpy5se4zawvvibzgno.jpg</t>
   </si>
   <si>
     <t>Блокнот 12 18,5см 60л  quot;Darvish quot; на спирали с рисунком  quot;достопримечательности городов quot; со стразами</t>
   </si>
   <si>
     <t>Блокнот 12*18,5см 60л &amp;quot;Darvish&amp;quot; на спирали с рисунком &amp;quot;достопримечательности городов&amp;quot; со стразами</t>
   </si>
   <si>
     <t>703433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/658/f6g7frl9e7lyy8vor0d10t73s2wtp494.jpg</t>
   </si>
   <si>
     <t>Блокнот 12 18,5см 60л  quot;Darvish quot; на спирали с рисунком  quot;зверята quot; со стразами</t>
   </si>
   <si>
     <t>Блокнот 12*18,5см 60л &amp;quot;Darvish&amp;quot; на спирали с рисунком &amp;quot;зверята&amp;quot; со стразами</t>
   </si>
   <si>
     <t>703434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ba/w8y21b00gpor07j751egbttf1u90zdk0.jpg</t>
@@ -2187,62 +2232,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2a4/qietegvkxr3wwrko869sfgkdtp9bq8am.jpg</t>
   </si>
   <si>
     <t>Блокнот 13 18см 48л  quot;Орнаменты quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот 13*18см 48л &amp;quot;Орнаменты&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afa/sm2b6d9tb84bhfpw8jrzfzm3x1qy6fj2.jpg</t>
   </si>
   <si>
     <t>Блокнот 13 18см 50л для мальчиков   ручка  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Блокнот 13*18см 50л для мальчиков &amp;#43; ручка &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703463</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/507/26adqsfzp1t1yepw2zvoealw4tywzqc3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a01/q6db7dj34r5sb40wy2zgocttmhg5itzf.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку обложка ассорти</t>
   </si>
   <si>
     <t>Блокнот 14*21см&amp;nbsp;&amp;nbsp;80 листов в линейку обложка ассорти</t>
   </si>
   <si>
     <t>703476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6af/o8f6pjhx9r6et4g036mrf8b9bfnvzq9g.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку обложка с бл стками</t>
   </si>
   <si>
     <t>Блокнот 14*21см&amp;nbsp;&amp;nbsp;80 листов в линейку обложка с блёстками</t>
   </si>
   <si>
     <t>703477</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aaf/yol39gb6qiqo6tx7ejnq1kx2zhruhprh.jpg</t>
@@ -2250,62 +2283,50 @@
   <si>
     <t>Блокнот 14 21см 80л ассорти на резинке ассорти</t>
   </si>
   <si>
     <t>Блокнот 14*21см 80л в линейку, закладка &amp;#40;ляссе&amp;#41;, фиксирующая резинка. Цвет ассорти.</t>
   </si>
   <si>
     <t>703478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ee/og75cdm2w2oh52shdypiqdnrbxp77u7v.jpg</t>
   </si>
   <si>
     <t>Блокнот 14 21см 80л в линейку на резинке ассорти</t>
   </si>
   <si>
     <t>703479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/321/321vwlrxkll3xnzb127ot62poy9rdtqt.jpg</t>
   </si>
   <si>
     <t>703480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61b/8g9gskkyn5a94mjqjqqo3n09oq8b3106.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/317/9e4r3a2y1hwtausxh0f1m43jdeldv973.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот 14.5 21см  quot;Darvish quot; 80 л. BOXY GIRLS  3 диз </t>
   </si>
   <si>
     <t>Блокнот 14.5*21см &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;BOXY GIRLS. Офсет, плотность не менее 80г/м2, 80 листов, линейка.На лицевой стороне обложки блокнота, имеется крутящей элемент &amp;#40;меняющий расцветку платья&amp;#41;. Упаковка - п/э.</t>
   </si>
   <si>
     <t>703486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24f/tb2qcee13c71h6nya0lc7s4n95i2q2fw.jpg</t>
   </si>
   <si>
     <t>Блокнот 15 18см 50л на спирали  quot;Котик quot;</t>
   </si>
   <si>
     <t>Блокнот 15*18см&amp;nbsp;&amp;nbsp;на спирали &amp;quot;Котик&amp;quot;. Количество листов 50, линейка. Плотность не менее 70г/м2. Офсет. Упаковка - п/э , европодвес.</t>
   </si>
   <si>
     <t>703488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/578/ug6ghetac702b8olqy0nursgn4vcu83u.jpg</t>
@@ -2574,98 +2595,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/918/09mlvb73qytd3cieh72w5qpjpsbgboza.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Танки quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Танки&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/gxx63jxxasltmt938zcjhfb3ppmi5d0e.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Цветы quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см&amp;nbsp;&amp;nbsp;60л&amp;nbsp;&amp;nbsp;&amp;quot;Цветы&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703529</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/246/6qti5ch8u75fyq693h8doxl582131tge.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c91/bhp7klw14dmo7q1ny2va0ok04ygifx0o.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Кофе quot; на гребне плотность 55гр м2</t>
   </si>
   <si>
     <t>Блокнот 7*10см 60л&amp;nbsp;&amp;nbsp;&amp;quot;Кофе&amp;quot; на гребне плотность 55гр/м2</t>
   </si>
   <si>
     <t>703531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49f/d8cghjk2iahd3whyn94l033g883jdi5x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 64л  quot;Darvish quot; с пушистой объемной обложкой  quot;Зверюшки quot; ассорти</t>
   </si>
   <si>
     <t>Блокнот А5&amp;nbsp;&amp;nbsp;64л &amp;quot;Darvish&amp;quot; с пушистой объемной обложкой &amp;quot;Зверюшки&amp;quot; ассорти</t>
   </si>
   <si>
     <t>703536</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9aa/nwu3gwiv1q9ztm0bh1sse4hj88hfrds8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a4e/fputj9kgtxp7hahct9kzfkzynfif7jcz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  quot;Darvish quot; на спирали обложка голография</t>
   </si>
   <si>
     <t>Блокнот А5 &amp;quot;Darvish&amp;quot; на спирали обложка голография</t>
   </si>
   <si>
     <t>703538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef0/ddw17simi6vea4yrolm5zm7fst2i3uqm.jpg</t>
   </si>
   <si>
     <t>Блокнот А6  quot;Darvish quot; с объемным рисунком  ручка</t>
   </si>
   <si>
     <t>Блокнот А6&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; с объемным рисунком&amp;#43;ручка</t>
   </si>
   <si>
     <t>703539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a07/zzhr37t1y91pmi2mbgq79x6nz4q39p4p.jpg</t>
@@ -2682,110 +2679,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/25f/cbho1sooysugmeqpb6rkl1vht0zxdc1w.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 60л  quot;Мальчикам quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;60л &amp;quot;Мальчикам&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/642/m0wv4rwenesckdn20lt4xktf03ryl0y9.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 10см 60л  quot;Яркое настроение quot; на гребне</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;60л &amp;quot;Яркое настроение&amp;quot; на гребне</t>
   </si>
   <si>
     <t>703545</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69e/tu0v0snexcb5eg6524s5p9a4aso1dq1h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d91/ton63iqm7nlysk6zjhm8jtlwpgyyla6q.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 68л на спирали в линейку  quot;Land of dreams quot;</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;68л на спирали в линейку &amp;quot;Land of dreams&amp;quot; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a2/12gvjshffc8emyhw8lf63b9twv4blycf.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 68л на спирали в линейку  quot;My travel story quot;</t>
   </si>
   <si>
     <t>Блокнот А7&amp;nbsp;&amp;nbsp;68л на спирали в линейку &amp;quot;My travel story&amp;quot; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d7/ucv09v90v2xcc4sfwp0zuqu0rp0ofhk6.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 на спирали  quot;Бабочка quot; ассорти</t>
   </si>
   <si>
     <t>Блокнот А7 на спирали &amp;quot;Бабочка&amp;quot; ассорти</t>
   </si>
   <si>
     <t>703557</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f5/q7koqo1jivq9mwig9mxdol0c5tgdcign.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/426/d9y3nblezh063dfnmn8wvjxzzbzs7v26.jpg</t>
   </si>
   <si>
     <t>Блокнот A5 64л меховой c монетницей в линейку ассорти</t>
   </si>
   <si>
     <t>Блокнот в твердом переплете с пушистой обложкой и монетницей на лицевой стороне. Ассорти</t>
   </si>
   <si>
     <t>703564</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/r4y136dkc0hjblgas9qa0m19no4d1fiq.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Sweet bakery quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот в форме еды. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/yjah92a3ikyipl7iymfcbp9x1h63kbj4.jpg</t>
@@ -2874,120 +2847,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/uwke5a4ov3glnj31ym1i1ky1tk2wnb2p.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот A7 40л  quot;Фрукты quot; на спирали ассорти  4 вида </t>
   </si>
   <si>
     <t>Блокнот на спирали А7 &amp;quot;Фрукты&amp;quot; ассорти&amp;nbsp;&amp;nbsp;&amp;#40;4вида&amp;#41;. Офсет. Количество листов 40.</t>
   </si>
   <si>
     <t>703579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cef/8uuck6sys4m2pjh3dev5wwqtc9ltqbcj.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 7 10см 80л  quot;Акула quot;</t>
   </si>
   <si>
     <t>Блокнот на спирали с силиконовой обложкой &amp;quot;Акула&amp;quot;. Размер 7*10 см. Количество листов- 80. Офсет. Плотность не менее 70г/м2. Упаковка с европодвесом 11,5*16,5 см.</t>
   </si>
   <si>
     <t>703580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/766/6tjml53is77ja7fhavtwjgz9uzxd3otu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/26e/d6r9rwvt9fuxl62en7cju3ccvjgb4uc2.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали 6,5 8,5см 80л  quot;Хвост рыбки quot;</t>
   </si>
   <si>
     <t>Блокнот на спирали с силиконовой обложкой. Размер 6,5*8,5 см. Офсет. Количество листов -80.Плотность не менее 70 г/м2. Упаковка с европодвесом 11,5*17 см.</t>
   </si>
   <si>
     <t>703583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdb/fpzh9f8rb78pi01ybmd2iuod1d61ie7z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блокнот подарочный  quot;Динозаврик quot;   ручка  4 вида </t>
   </si>
   <si>
     <t>Блокнот подарочный &amp;quot;Динозаврик&amp;quot; &amp;#43; ручка шариковая. Блокнот &amp;#40;11*15см&amp;#41; 50л. на замочке, офсет, не менее 70г/м2. Упаковка 19*18*1,5см.</t>
   </si>
   <si>
     <t>703585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/ihh1sczbw6ncfzmql2330c1q9udgdu8t.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Happy animals quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот с изображением букашек. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/bc8i9io7iy8kmuh7iiil2dpxf4z5gaxu.jpg</t>
   </si>
   <si>
     <t>Блокнот A7 40л  quot;Lama quot; на спирали</t>
   </si>
   <si>
     <t>Блокнот с изображением ламы. Без разлиновки. Цветные листы. Ассорти</t>
   </si>
   <si>
     <t>703587</t>
-  </si>
-[...10 lines deleted...]
-    <t>703590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/118/0zh57nanf5nz1ckyjbmpi149ay1amqyj.jpg</t>
   </si>
   <si>
     <t>Блокнот 7 18см 80л на спирали</t>
   </si>
   <si>
     <t>Листы не разлинованы.&lt;br /&gt;
  Упаковка с европодвесом, размер 9,5*24,5 см.</t>
   </si>
   <si>
     <t>703591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1f/cprq1mthbsm67xsm6lhrsr92ct1jqcu7.jpg</t>
   </si>
   <si>
     <t>Престиж блокнот А6 80л. кл.  quot;Девушка quot; тв. переплет</t>
   </si>
   <si>
     <t>Престиж-блокнот, 80 листов, формат А6, твердый переплет, плотность 60 гр/м2. Внутренний блок - высококачественная офсетная бумага, линовка - клетка. Обложка - 7БЦ, полноцветная печать, глянцевая ламинация. Форзац белый.</t>
   </si>
   <si>
     <t>703594</t>
@@ -3073,98 +3022,77 @@
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, синий</t>
   </si>
   <si>
     <t>710800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6d/yxghxktmxwtlah142pd6up38ks7vb2ej.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне BG  quot;Для конференций quot;, черный</t>
   </si>
   <si>
     <t>710801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/pj3ckiqwdkc7z5uecn2j533jmo9ynktw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Для конференций quot;, зеленый</t>
   </si>
   <si>
     <t>712613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ed/0vc1rq7r4701wmzo3j3hri2xtp882nx0.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e5d/ga65vu3kix2n59lv78k1mlo0wdj3qwt5.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 60л,кл,спир,пласт.обл,тонир.бл. Attache Bright colours Желтый</t>
   </si>
   <si>
     <t>717626</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/178/yeg5cpz8k26yn0pe0w4gk5qg2ekf08f7.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b77/5pay4p71cvty0kaxih69257vighrnnta.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А6 60л. ATTACHE, т.-зеленый, блок 60г, обложка 215г</t>
   </si>
   <si>
     <t>787808</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cd7/yqa7cedyxy9vdluj7p29gtx7npr908ij.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали А5 60л. ATTACHE, черный, блок 60г, обложка 215г</t>
+  </si>
+  <si>
+    <t>787811</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d7e/917t2cpb52mat3ara0908h45ce5jeu95.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А5 60л. ATTACHE, т.-зеленый, блок 60г, обложка 215г</t>
   </si>
   <si>
     <t>787812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6c/b9ide3izpuu7p9c7xi8u96sqe7s21y32.jpg</t>
   </si>
   <si>
     <t>Блокнот в клетку с резинкой А5, 148x218 мм, 80 л., под кожу, медный, BRAUBERG  quot;Metropolis Special quot;, 113334</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Metropolis Special&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;гладкую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и др. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсетной бумаги цвета слоновой кости плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;148х218 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>791701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/373/m92ipialnwl30xu7l1489psmvv91bp29.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали А4 60л. ATTACHE, бордо, блок 60г, обложка 215г</t>
@@ -3208,182 +3136,182 @@
   <si>
     <t>http://anytos.ru//upload/iblock/282/h52es5npt2zjsw34jcadvv5v73kovtgq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Claude Monet quot;, под кожу, гибкий, срез фольга, 80 л., 112058</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Claude Monet&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/197/3k9aop1l8muq4ibznq41l84kcdbs5cxv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Commando quot;, под кожу, гибкий, 80 л., 112081</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Commando&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798887</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3d2/qebl76r9ehg73pyfaug1hwji7e39gnpc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/87d/or5fex20kmnfjmsvg3keyqjhniruzai6.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Fashion Style quot;, под кожу, гибкий, 80 л., 112067</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Fashion Style&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5b/7sdt4v493ow2ygq2liyx4tw7r05iuyse.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;In Dreams quot;, под кожу, твердый, срез фольга, 80 л., 112064</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;In Dreams&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован красной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/hqf1vyw30tt9q9n504trsyehzsf247hv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Jazz quot;, под кожу, гибкий, 80 л., 112089</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Jazz&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/297/hp1bztub5dat0s11cbvb7f43u2c8yo5h.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Marble quot;, под кожу, гибкий, 80 л., 112063</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Marble&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением золотой фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798897</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f84/dbvjfm3q7mm3459z0mf3src4z3p2vcfy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/874/rkwi5asndutj9nib8044f3fkbf2y220z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Pink flowers quot;, под кожу, гибкий, срез фольга, 80 л., 112075</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Pink flowers&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован серебряной фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4af/4qq7qa4mxxqkxcm34ow6xmmuwwz0tkvd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Sakura quot;, под кожу, гибкий, 80 л., 112076</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Sakura&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/115/hmsd5zkhy9wdh02r2hwk5sqgxfjqpzlo.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Spirit quot;, под кожу, гибкий, 80 л., 112084</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Spirit&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/036/qv2jioffp15kwzm4d9pdndpm9sovsal3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  143x210 мм , BRAUBERG VISTA  quot;Ultraviolet quot;, под кожу, гибкий, 80 л., 112061</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;Ultraviolet&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798909</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dc1/3tiax13yikm0alc6fpsc3xme59cujb5j.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Lemon Story quot;, под кожу, гибкий, срез фольга, 80 л., 112096</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Lemon Story&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью и тиснением золотой фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798917</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/867/vuchohuu6fq9gqcvoo9msrsazmsket88.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;London quot;, под кожу, твердый, 80 л., 112092</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG VISTA &amp;quot;London&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов Тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая &amp;#40;книжная&amp;#41; обложка с полноцветной печатью и тиснением серебряной фольгой делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
   </si>
   <si>
     <t>798918</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/57a/4nhor8i42n8a8jgw16u0zuvvjhgh8bjs.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100х150 мм  А6, BRAUBERG VISTA  quot;Paris quot;, под кожу, гибкий, 80 л., 112090</t>
+  </si>
+  <si>
+    <t>Блокнот BRAUBERG VISTA &amp;quot;Paris&amp;quot; выполнен в оригинальном стиле. Линовка внутреннего блока - клетка &amp;#40;5х5 мм&amp;#41;, которая пользуется большим спросом у покупателей. Внутренний блок включает 80 листов белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная &amp;#40;мягкая&amp;#41; обложка с полноцветной печатью делает блокнот неповторимым и запоминающимся. Срез блокнота прокрашен, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть блокнот на нужной странице. Бизнес-блокнот является непременным условием в образе делового человека. Его презентабельность, привлекательность, престижность и местами стоимость создают общее впечатление о персоне.</t>
+  </si>
+  <si>
+    <t>798921</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/697/zs3d0kiay70ortdec6klpdval4kvbp9j.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой без линовки 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Strawberry quot;, 113735</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой, дополненной матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов без линовки позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсетной бумаги белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>798924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7de/jy9chl9vj1eei504rhho9it1cs2rvptj.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5  145х203 мм , твердая обложка с фольгой, BRAUBERG,  quot;Avocado quot;, 113733</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией и тиснением фольгой. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку &amp;#40;5х5 мм&amp;#41; позволяют зафиксировать большой объем информации. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>798925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/217/x2uwzvkrbqujrgsx0b26a29x1vnllv6t.jpg</t>
@@ -3655,98 +3583,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2db/z9wp8bw6u43durpzm6blnhch99acl9tw.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л.  quot;ЧУДО-ЩЕНОЧКИ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л. &amp;quot;ЧУДО-ЩЕНОЧКИ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/621/lckx8et2pnob6d87cyxrazmrkrvaby1l.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А7 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e45/kgku42r4u3tge3tcsadlkggloahhjj04.jpeg</t>
+    <t>http://anytos.ru//upload/iblock/db4/3mxrxj3uyhwjp2uchpc3580aenowtqsk.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ЩЕНОЧКИ quot; 4 ВИДА</t>
   </si>
   <si>
-    <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;ЩЕНОЧКИ&amp;quot; 4 ВИДА</t>
+    <t>Собака - друг человека, но не только друг, а еще и отличный компаньон для путешествий на природу. Забавные щенки-путешественники с обложек блокнотов порадуют и девочек, и мальчиков. Вертикально ориентированный блокнот с линовкой в клетку для записей позволит вести заметки компактно и аккуратно. Небольшой формат позволит легко разместить блокнот в рюкзаке или кармане.</t>
   </si>
   <si>
     <t>813233</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d6/kuqckwgi6n2hjrhq8gpcgkqblwlbf75o.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c3a/rhlqppdun820m99xoleseodtb7juwnig.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;МАШИНЫ quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;МАШИНЫ&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a06/zpq57cp0e5m5ne2pwrn72i1ajt619s4w.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А6 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813238</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/472/9aqbu99gf7x3v4sdjcsbourk97d1avk1.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;СОБАКИ quot; 3 ВИДА</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;СОБАКИ&amp;quot; 3 ВИДА</t>
+  </si>
+  <si>
+    <t>813239</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c9e/z45vn2g20ohbj06ali70jmqzp5m7jlz9.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;КОШКИ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;КОШКИ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a08/q71hayw4t7aydakksxzeqz9o81qtaz4r.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ГОРОДА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ГОРОДА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c53/esy0tofbhhhf9t98oqw6x07lvnl26vn9.jpg</t>
@@ -3775,62 +3703,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/254/oddswuw5ycn4is0no4g02fea8j6dtgyg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ПРИРОДА quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ПРИРОДА&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24e/00coqi6bm0450v7tun32encr5o18on49.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;ПРИРОДА quot; 3 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;ПРИРОДА&amp;quot; 3 ВИДА</t>
   </si>
   <si>
     <t>813253</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a02/1qj8efg6vziq8d96jzjbk04w28dqnbvs.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a9e/d8wncqs0x0jpnd6rh5xq4tb9p2ky51uh.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А5 40 Л.  quot;ПРИРОДА quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А5 40 Л. &amp;quot;ПРИРОДА&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>813255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e70/tgsto83n99swo0m7v5ajldl26j74qcd3.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ ГР. А6 80 Л. МИКС 1, 5 ВИДОВ</t>
   </si>
   <si>
     <t>813256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/017/86gg46o7vpuje2vse6dbcaivg2op3aru.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;КОТЯТА quot; 5 ВИДОВ</t>
@@ -3868,62 +3784,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ba3/312xfjjkl3rrylcoxrj7uifqf62mon8o.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  BLACK WHITE  4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;BLACK&amp;WHITE&amp;#41; 4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d32/gox4om766oza7u18pfpm9d930ggclyhi.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  FASHION  4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;FASHION&amp;#41; 4 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813273</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/730/i06k9qp3px7u6n3iba44d7tb2yn348sj.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f9/srxs7ell16m0bnkcgo7hni8g4h7kavlg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л.  quot;ЦВЕТЫ. ПАТТЕРН quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А5 40 Л. &amp;quot;ЦВЕТЫ. ПАТТЕРН&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f40/uhy8xjo2azeplhkd4nsr95qb64mr94aa.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;ЦВЕТЫ. ПАТТЕРН quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;ЦВЕТЫ. ПАТТЕРН&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>813288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/gx4h5u0eqhtwebqh3mouhggkxsri25e1.jpeg</t>
@@ -3964,110 +3868,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/852/1937iqoi61s5mp3jm1x7h8sgov1xf01o.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CITY JOURNAL quot; А6, 64 Л, ЛИНЕЙКА  8 ВИДОВ </t>
   </si>
   <si>
     <t>&amp;quot;CITY JOURNAL&amp;quot; А6, 64 Л, ЛИНЕЙКА &amp;#40;8 ВИДОВ&amp;#41;</t>
   </si>
   <si>
     <t>813293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a27/d2udc0sbdpwf9hopus31nu3eol0hxc83.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;FLEX JOURNAL quot; А6, 64 Л, ЛИНЕЙКА  8 ВИДОВ </t>
   </si>
   <si>
     <t>&amp;quot;FLEX JOURNAL&amp;quot; А6, 64 Л, ЛИНЕЙКА &amp;#40;8 ВИДОВ&amp;#41;</t>
   </si>
   <si>
     <t>813296</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a2/cfbntip6x9n24pjmx04e9ib1e4684oip.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fc/osxvqj208vsap24kknbtc772qjecfcdm.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 160 Л.  quot;МОДНЫЕ ЕДИНОРОГИ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 160 Л. &amp;quot;МОДНЫЕ ЕДИНОРОГИ&amp;quot;</t>
   </si>
   <si>
     <t>813312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0d/ktoutuqtng60cp0xrw9favwtox27v565.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  4 ВИДА </t>
   </si>
   <si>
     <t>&amp;quot;ART JOURNAL&amp;quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ &amp;#40;4 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>813315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/y43zz5hcdkjms53wmizz2zkndp2i4o1y.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; 70 х 70 мм, 110 Л,  4 ВИДА  ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; 70 х 70 мм, 110 Л, &amp;#40; 4 ВИДА &amp;#41; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
   </si>
   <si>
     <t>813316</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcb/lqkmszemu767prgn0terxn3lyzcolwgk.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5bd/xifgkld1o0xv2lhon7jb9yfptrqt33oa.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/gk05j8foqs0dlt34n11k951299k4br96.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А6-, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot; 3 ВИДА, В ТОЧКУ</t>
   </si>
   <si>
     <t>813322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d1/rgqb4mfvuz1ngtrzooq3ehtcj00peyop.jpeg</t>
@@ -4420,74 +4300,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c86/6d0z42pc9mu2lu6lwh77k7t8cbb5pd5u.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  quot;SMART DADDY quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;SMART DADDY&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e89/4crjcq2y2qaifkk8cvin8i5vnjclmjb9.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEGAPOLIS JOURNAL quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ  quot;FRESH   FRUITY quot;, В КЛЕТКУ</t>
   </si>
   <si>
     <t>&amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ &amp;quot;FRESH &amp; FRUITY&amp;quot;, В КЛЕТКУ</t>
   </si>
   <si>
     <t>813398</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6a/ci0n9sowl4ndaha47xzmf62a1h3sdjmp.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/093/acvwv0m6j204bi8t8ai35vum6an0342k.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;СЛАДКОЕ НАСТРОЕНИЕ. СЕРДЕЧКИ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;СЛАДКОЕ НАСТРОЕНИЕ. СЕРДЕЧКИ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b89/dhomg8xfk4v0pc6rn7tz2cwxyt0vg494.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;CUTE JOURNAL quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ  quot;МОРОЖЕНОЕ quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>&amp;quot;CUTE JOURNAL&amp;quot; А7, 80 Л. НА ГРЕБНЕ С РЕЗИНКОЙ &amp;quot;МОРОЖЕНОЕ&amp;quot;, КЛЕТКА</t>
   </si>
   <si>
     <t>813409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e9/diy3ydonbl7so2sw91bovlm9v00f8bel.jpeg</t>
@@ -4651,62 +4507,50 @@
   <si>
     <t>829308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c7/q05qwa24xghqg0goe7893uz91nkkv7xa.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., в точку, черный, 113040</t>
   </si>
   <si>
     <t>829309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c3/w3kyjt0g25o9cd8i7bjr5vlfl54060n8.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, розовый, 113038</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829313</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15b/achd1e0ilsh29y0wa2vpjaagzdmbb5ln.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a59/fdt8ugdesrb2kaaexrgfziu4vse1728a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, черный, 113032</t>
   </si>
   <si>
     <t>829317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/3lr2uwz2713ic91n4rg7vsniag8571by.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., линия, темно-зеленый, 113047</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;ULTRA&amp;quot; выполнен в классическом стиле легендарного бизнес-блокнота. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под &amp;quot;классическую кожу&amp;quot;. Имеет закругленные уголки, подходит для горячего тиснения и имеет резинку-фиксатор, благодаря чему не раскроется в сумке или портфеле и листы не помнутся. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок или других милых и полезных мелочей. 96 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета цвета слоновой кости плотностью 80 г/м2 и крепится к обложке с помощью книжного переплета. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;130х210 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ede/zlyk50cr02aowsvhm1pi51tqsnub4umz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  130х210 мм , BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., линия, темно-синий, 113045</t>
@@ -4846,50 +4690,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/931/2nned6a9qdg7daijdqtlh0p2l7qeove6.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  B5, BRAUBERG  quot;Office quot;, под кожу 80 л., клетка, красный, 113310</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу красного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41;.</t>
   </si>
   <si>
     <t>829349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fc/ekwcmhzj0f9fryclv9qd6utxdtfxpk0d.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ  180х250 мм  B5, BRAUBERG  quot;Office quot;, под кожу 80 л., клетка, черный, 113309</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Office&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу черного цвета. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Резинка-фиксатор и прострочка по периметру блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота В5 &amp;#40;180х250 мм&amp;#41;.</t>
   </si>
   <si>
     <t>829350</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4b4/i4papjd11y9euv8iepuy1scpd6jnvm19.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Mix quot;, под кожу, 80 л., клетка, мятный, 113330</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Срез и форзац блокнота окрашены на контрасте цвета обложки, что придает блокноту изысканность и шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>829358</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a3d/bnlxta87dbqst9aciichaatcq1t0gjxp.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, розовый, 113322</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Metropolis Ultra&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета тонированного цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. На внутренней стороне задней обложки есть декоративный конверт для разных мелочей в виде визиток, напоминалок и т. д. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А6 &amp;#40;100х150 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>829362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3a/rd76ev1r4wd2iqtubn6wekvq2jq33a07.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  100x150 мм  А6, BRAUBERG  quot;Metropolis Ultra quot;, под кожу, 80 л., клетка, черный, 113324</t>
   </si>
   <si>
     <t>829363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/745/thfctwninzwipt2ab5u0vwunldu1g81s.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  96х140 мм  А6, BRAUBERG ULTRA, балакрон, 80 г м2, 96 л., клетка, темно-зеленый, 113055</t>
@@ -5047,98 +4903,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/077/d04z0jbv2qrnxpk1rribplgur12qvziq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, черный, 113411</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;NEBRASKA&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Прокрашенный срез блокнота придает изделию шарм.Для удобства пользования блокнот снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;140х200 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>833440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b8/t6rj2rv6phu2z22vvi7h5l99orxoiyr3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  135х205 мм  BRAUBERG  quot;TOUCH quot;, под кожу, 80 л., линия, черный, 113409</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Touch&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Твердая обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Фольгированный срез блокнота придает изделию шарм. Дополнением являются закладки-ляссе, с помощью которых можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;135х205 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>833441</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3c5/lq50qygd7yzmwf77gc00t7vko3t35idm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, коричневый, 113412</t>
+  </si>
+  <si>
+    <t>Бизнес-блокнот BRAUBERG &amp;quot;NEBRASKA&amp;quot; выполнен в классическом стиле. Подойдет любому современному человеку для ведения различного рода записей. Мягкая интегральная обложка стилизована под кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в линию. Расстояние между линовками составляет 6 мм. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Прокрашенный срез блокнота придает изделию шарм. Для удобства пользования блокнот снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;140х200 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>833443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa9/mu5385mdcqgy3vjejiis1jqmgyaz5fkz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  140х200 мм  BRAUBERG  quot;NEBRASKA quot;, под кожу, 80 л., линия, серый, 113410</t>
+  </si>
+  <si>
+    <t>833444</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8af/vcxp9c377coklprun4ro44cphqgg8fmk.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  167х216 мм , 80 л., твердый, клетка, блок 5 цветов, 3D фольга, HATBER,  quot;Природа quot;, 80ББ5лофВ1</t>
   </si>
   <si>
     <t>Стильный и универсальный бизнес-блокнот HATBER подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Бизнес-блокнот А5 формата размером 167х216 мм. Обложка представляет собой твердый переплет со спецэффектами в виде матовой ламинации и 3D-фольги. Внутренний блок состоит из 80 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка. Компактный размер блокнота позволяет держать его при себе и делать записи в любой удобной обстановке. Пятицветный блок поможет разделять записи по тематическим рубрикам.</t>
   </si>
   <si>
     <t>835003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b98/hlrlw2of2fq4u8w0cvbf7vqiqbkaqe7x.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А6 60Л. ГР. quot;OFFICE quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А6 60Л. ГР.&amp;quot;OFFICE&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccf/d5s19m5a22god00dwrwb4vgo7h300gbx.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 60Л. ГР  quot;ОФ.-ЛАЙН quot;  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 60Л. ГР &amp;quot;ОФ.-ЛАЙН&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840200</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e2/fhkk68v2yyjne7do6jshwyy0zpafomnk.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c37/arhshima3d1yenhz9f3cnxlat7be6jla.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS JOURNAL quot;  СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS JOURNAL&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/765/x7o45he1asxrwqnv4wq6pnioeiteob95.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS REPORTER quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS REPORTER&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae6/ibj15zn66wpbnelg9xkrxd0ri66cmghm.jpeg</t>
@@ -5167,62 +5032,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b86/4rzpqukqya5r9wjvsk6ffq3vyq73v21d.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  Т МНО-СИНИЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS VELVET&amp;quot; НА РЕЗИНКЕ &amp;#40;ТЁМНО-СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>840211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb4/ious5evi5mvq90c2z720x27934tvwrf2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5 100 Л  quot;MEGAPOLIS VELVET quot; НА РЕЗИНКЕ  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>БЛОКНОТ А5 100 Л &amp;quot;MEGAPOLIS VELVET&amp;quot; НА РЕЗИНКЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>840212</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/71f/c2j949mlrrsplsopa0gzq4rp71yabe7r.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ed/3ajcnk6xrl8r1o0thsl1rcaxgxu1ztf2.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л.  quot;МАШИНЫ quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ ГР. Ф.А6 40 Л. &amp;quot;МАШИНЫ&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>840218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa6/8d7cjga4mesewciqrd8rdu20y81gsuxu.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;MY LOVE. UNICORN quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л. &amp;quot;MY LOVE. UNICORN&amp;quot;</t>
   </si>
   <si>
     <t>840223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f9/k0v4nz1wr15zsmeusj7psdcmnenx4t7b.jpeg</t>
@@ -5302,72 +5155,90 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2c2/v5whe0wdq5qvwpgovh2wqe2fj8b77gg2.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  148х218 мм , BRAUBERG  quot;NOTE quot;, под кожу софт-тач, с резинкой, 80 л., клетка, светло-серый, 113441</t>
   </si>
   <si>
     <t>841865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/cdl8qleamrqb4zf1aa8j47xlzczordpu.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х205 мм  60 л., гребень, фольга, TWIN лак, клетка,  quot;МИКС 2 quot;  4 вида  099036</t>
   </si>
   <si>
     <t>Блокнот серии &amp;quot;МИКС 2&amp;quot; предназначен для ведения записей. Блокнот формата А5 на гребне содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации.Микс состоит из 4 видов дизайна, поставляется без права выбора.</t>
   </si>
   <si>
     <t>843424</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/336/k3x95eq6ebap0e2o6yrbu0cm62suiuth.jpg</t>
-[...8 lines deleted...]
-    <t>843433</t>
+    <t>http://anytos.ru//upload/iblock/d5e/425xkmyn1v6mx4enquih0qoy0eihavdy.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  75x105 мм  А7, 40 л., гребень, фольга, TWIN лак, клетка,  quot;МИКС 4 quot;  6 видов  099111</t>
+  </si>
+  <si>
+    <t>Блокнот серии &amp;quot;МИКС 4&amp;quot; предназначен для ведения записей. Блокнот формата А7 на гребне содержит 40 листов с линовкой в клетку, что позволяет делать небольшие записи.Микс состоит из 6 видов дизайна, поставляется без права выбора.</t>
+  </si>
+  <si>
+    <t>843432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/1b52jf5xufl731w48povegprg2z1h28w.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40 листов, клетка Schoolformat ОДНОТОННЫЕ СИМВОЛЫ греб. тв.обл. ВД-лак</t>
+  </si>
+  <si>
+    <t>846894</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/503/on5pbxix0p2y5yhum2ynrx8x2zkdp9ez.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ЖИЗНЬ БУЛЬДОГА скреп. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>846901</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/758/09ompu553jl2nzhhrx76c74hkaxc02gt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat СОЧНЫЕ ФРУКТЫ скреп. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>846905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57e/7jjhlbauvrfxd026u45ctun5i45eamvm.jpg</t>
   </si>
   <si>
     <t>Блокнот-планер НА НЕДЕЛЮ недатированный отрывной с подложкой, 52 л., А4, 297х210 мм, BRAUBERG, 114217</t>
   </si>
   <si>
     <t>Стильный и универсальный блокнот-планер BRAUBERG с отрывными листами станет незаменимым помощником в планировании своей недели. Внутренний блок содержит 52 листа офсетной бумаги белого цвета плотностью 65 г/м2. Скрепление осуществляется с помощью склейки. Вся площадь поделена на функциональные зоны: в каждом дне можно выделить приоритетные задачи, а также оставить заметки в конце дня или подвести итоги. Также есть место для дополнительных заметок. Планер удобно хранить на рабочем столе - весь план на неделю всегда будет перед глазами.</t>
   </si>
   <si>
     <t>852566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78d/gbynfp8dz1t0kyjhl4d7x4ayfwnizl3o.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6  109х148 мм , твердая обложка, BRAUBERG,  quot;Lavender quot;, 113738</t>
   </si>
   <si>
     <t>857050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b89/w3sjcgq9es2c1dtaf1wr8mk0o8ok9i08.jpg</t>
   </si>
@@ -5380,308 +5251,332 @@
   <si>
     <t>&lt;a href="/brands/mariner/"&gt;Mariner&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c56/nl64g6xb6xxxjxirs60wme44t2wleu9v.jpg</t>
   </si>
   <si>
     <t>Блокнот Mariner, А5, 60 л, клетка, 0030</t>
   </si>
   <si>
     <t>879112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1d/dmx7wml21iatygod32lpqd37h91zrlep.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 108x146, 40л, гребень, картон,клетка, Attache Economy синяя</t>
   </si>
   <si>
     <t>879122</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/68e/8704dbiwxi36ff0swzj3eo1ydome8baw.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6, 60л, гребень слева, обл.пластик, клетка, Attache Plastic, синий</t>
+  </si>
+  <si>
+    <t>879135</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6cd/6cnhggnz2grp040p67yet1uorz4rkygd.jpg</t>
   </si>
   <si>
     <t>Блокнот Принты А6 60л, клетка, обл. мел. картон, спираль, Цветы</t>
   </si>
   <si>
     <t>879155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90f/vcbx2l4qqhqqdb01r39usa92ps4u3qca.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause  Spiralblock, А4, 80 листов, клетка, перфорация, микроперфорация, твердая подложка. MIX-PACK</t>
   </si>
   <si>
     <t>Блокнот формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Жесткая подложка. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Перфорация для подшивки. Микроперфорация для отрыва. Цвет линовки - синий. Тип скрепления - спираль. Блокноты разных цветов упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>883112</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/665/94ropk2bk3uw6v456nn60ssmxhyiit66.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 32л., на скрепке BG  quot;Сладкая сказка quot;, блестки, ассорти</t>
+  </si>
+  <si>
+    <t>Блокнот BG &amp;quot;Сладкая сказка&amp;quot; формата А6 прекрасно подойдёт для работы и учёбы. Состоит из 32 листов размером 102*165 мм офсетной бумаги белого цвета плотностью 60 г/м2. Линовка – клетка. Вид крепления – скрепка. Обложка – мелованный картон с блёстками. Милые &amp;quot;сладкие&amp;quot; дизайны на обложке блокнота поднимут настроение. • формат: А6 &amp;#40;102*165 мм&amp;#41;; • кол-во листов: 32; • линовка: клетка; • вид скрепления: скрепка; • материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>884791</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee5/1pls0zj2gfikensjwfms1lzo2gz86y1h.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 32 л. кл. ФРАЗЫ скреп. мел.бум. лам.</t>
+  </si>
+  <si>
+    <t>885476</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a27/gau7wn0kes5pmozejg85i4lddbrrs446.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Авокадики quot;, 114418</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>887144</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/163/yq9nerlwbx7y5ls7uzhusiz0nsa0p68h.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Радужные котики quot;, 114417</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>887145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28f/byiok2lcsjrg70voe61xjled9bv05nkd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Футбол quot;, 114419</t>
   </si>
   <si>
     <t>887146</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6d/n8m2p33rah81h2vvio6d2gbroycuxaw1.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Lion quot;, 114412</t>
+    <t>http://anytos.ru//upload/iblock/263/5tiej7cm8fp0gut6u197l76fdl1mrwri.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Гранаты quot;, 114411</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/jta7n37wdcgpmgz02fizqzcarcmiif9f.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114413</t>
+  </si>
+  <si>
+    <t>887151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/9wixulsh0o3m64vjowy7b0ly80836yn9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Triangles quot;, 114421</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/792jq20c14lvj4kck8ljepkat7m2uemr.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Cherry quot;, 114430</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfa/a6qtr9187y8uqv3036p345altgs5xwsj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Ван Гог quot;, 114427</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и тиснением фольгой долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a7/j2h53sm8ny5r2ixd12lqrciqlfc9z8zp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, фольга, STAFF,  quot;Мрамор quot;, 114428</t>
+  </si>
+  <si>
+    <t>887159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c7/k10nkgmknbnhrtojd3y2410d8imljgc3.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Good Idea quot;, 114406</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf7/ouaiqe579qzeg0rocjouhqhowx0bakhn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 80 л., твердый, клетка, STAFF,  quot;Black quot;, 114403</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a37/86abvw8u4o53mzwpsshwsb027xq7ofv9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 80 л., твердый, клетка, STAFF,  quot;Моноколор quot;, 114404</t>
+  </si>
+  <si>
+    <t>887165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b23/m8r9y9mif60uzi16sj2wvvm2cwczu23l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Super Car quot;, 114441</t>
+  </si>
+  <si>
+    <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>887167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d67/oe0rxk0qgtpygs8z5yqblzoj6lxn1vzh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot; жик quot;, 114442</t>
+  </si>
+  <si>
+    <t>887168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/202/tjtz5f3zi3fjhzngybrfq7gsljzcjkaz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Котики quot;, 114443</t>
+  </si>
+  <si>
+    <t>887169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/ytwhfppbfhpisn6iptkli7knepttu2si.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ  103х146 мм , А6, 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Фруктики quot;, 114444</t>
+  </si>
+  <si>
+    <t>887170</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/043/3uersx66xiqjoa6w9mlipq0qb7dttykd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот 100х170 л. Attache Economy, мет.гребень, пласт.обл, синий, клетка</t>
+  </si>
+  <si>
+    <t>898380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ee/tqgq02o1mcqizvjfnv8qzb78dadak2uf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А5 96л, клетка, картон, сшивка, резинка, черный</t>
+  </si>
+  <si>
+    <t>898387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f10/tj8xuw5kjyp0vqal66553kk00q7ahtbe.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Gold Collection А5 96л, клетка, обл.тв.картон, сшивка, резинка</t>
+  </si>
+  <si>
+    <t>898388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e1/jvmlrf3nxp9mksvh1lx4hfbdpc3kr3pn.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 96л, клетка тв. лам.обложка Цветы белый.сшивка</t>
+  </si>
+  <si>
+    <t>898394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef6/kq6xeyxvlskzgskpbuws4c4a6x6wzona.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, BRAUBERG KIDS,  quot;Пингвинчики quot;, 114420</t>
+  </si>
+  <si>
+    <t>904054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d2/ijdkxo03rz2njlur8twi5i24ms6soc1o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Pastel quot;, 114416</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
-    <t>887148</t>
-[...190 lines deleted...]
-  <si>
     <t>904055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04d/z501kv99tl0vzfvrf116yqygvz7dw0kh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114409</t>
   </si>
   <si>
     <t>904056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67e/ku9nbsxm0dkftirbqy4l09w9b87qqfvw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, STAFF,  quot;Мрамор quot;, 114415</t>
   </si>
   <si>
     <t>904057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a81/17d1j0a4yfvhh80p8ckolvqff9o8uahw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Donuts quot;, 114425</t>
@@ -5692,113 +5587,92 @@
   <si>
     <t>904058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3d/frwydm4howmoo1p8ufw8zfoi844gfnmt.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Beagles quot;, 114424</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лаком долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc3/601foq0om5hz8gpt4es80ovtr1tm9loe.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  134х206 мм , 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Подсолнухи quot;, 114422</t>
   </si>
   <si>
     <t>904060</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/273/tt55iyv1q4z92a3rvoqhh9mskwoushfd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2c3/w8byscu6mucwytqpf1pft8ub0blwk2t1.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Black quot;, 114435</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/tx7xwri7ovczbnoue96oq5yedwtbx330.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Аниме quot;, 114436</t>
   </si>
   <si>
     <t>904063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a79/sf0l6kasvs2ed2af87wksj17g201kct0.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, STAFF,  quot;Котики quot;, 114439</t>
   </si>
   <si>
     <t>904064</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b29/oaz1xj8jxrf7e44k1taojm9hezzk9h6o.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, BRAUBERG KIDS,  quot;Queen quot;, 114450</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG KIDS для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904068</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d94/bq8mc93w7gbi9vke723qswip84pd91os.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f3/2qf41w9r2m6q6031ze6c2rqw6b0vvhgl.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  110х147 мм , А6, 80 л., тв рдый, клетка, выборочный лак, STAFF,  quot;Office quot;, 114446</t>
   </si>
   <si>
     <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с матовой ламинацией. Жесткая обложка с матовой ламинацией и выборочным лакированием долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А6 &amp;#40;110х147 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов. Обложка блокнота с оригинальным рисунком - стильное решение среди записных аксессуаров.</t>
   </si>
   <si>
     <t>904071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72f/e1w6zbsq0or7r8theqh5h6awzvje73yg.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;JUICY LIFE quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л. &amp;quot;JUICY LIFE&amp;quot;</t>
   </si>
   <si>
     <t>907985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/201/46pkmc03sml33fg39qgizgug8tfi9rr7.jpeg</t>
@@ -5848,50 +5722,62 @@
   <si>
     <t>907990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/096/ynlqs4ftjaionuiqgzzxclaytnfury9o.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-1 ГР. А6 160 Л. 5 ВИДОВ</t>
   </si>
   <si>
     <t>907991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/ygwfj52h8c1rb14bujolumy5nq4r3rdv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. Attache Economy, мет.гребень, пласт.обл, синий, клетка</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. Attache Economy, мет.гребень,пласт.обл,синий, клетка</t>
   </si>
   <si>
     <t>932118</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/79d/crpwwa7m637tkh1n20q6luh42hk87vqt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ  205х290 мм  А4, 128 л., твердый, клетка, STAFF,  quot;Безмятежность quot;, 114407</t>
+  </si>
+  <si>
+    <t>Яркий блокнот STAFF для записей и заметок с практичной твердой обложкой с глянцевой ламинацией. Жесткая обложка с глянцевой ламинацией долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. 128 листов позволят зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А4 &amp;#40;205х290 мм&amp;#41;. Обложка блокнота с оригинальным рисунком – стильное решение среди записных аксессуаров.</t>
+  </si>
+  <si>
+    <t>939324</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a04/czf1mqssfb4o1m9v4pu75nflbbqklvfl.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали ErichKrause  Lavender, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Блокнот формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Эффектный стильный дизайн выполнен печатью красками в модных тонах. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>939585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63d/t7tt4ft08kd20713f5gztpj8wmbq41um.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне MESHU  quot;Miumiu quot;, пластиковая обложка</t>
   </si>
   <si>
     <t>Блокнот Meshu Miumiu формата А5 прекрасно подойдёт для работы и учёбы. Состоит из 60 листов размером 142*202 мм дизайнерской офсетной бумаги белого цвета плотностью 60г/м2. Линовка – клетка. Обложка – прозрачный пластик с тиснение фольгой, дополнительный лист повышенной плостности с яркой иллюстрацией. Космические питомцы привлекут ваше внимание. • формат: А5 &amp;#40;142*202 мм&amp;#41;; • кол-во листов: 60; • линовка: клетка; • вид скрепления: гребень/спираль; • материал обложки: пластик.</t>
   </si>
   <si>
     <t>946070</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
@@ -5923,218 +5809,242 @@
   <si>
     <t>947639</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee3/sokodpzy349ejqqqldqoo412vi6okrgh.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80 л. кл. INFORMAT LIFE греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f29/u3gf7nyh8ags01hki6u5zzn08xejcs55.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. INFORMAT OFFICE греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947641</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/033/jns4z1q0riwdv6hmtpzs3fpcam3l1h7i.jpg</t>
-[...8 lines deleted...]
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/798/yt86f221xzd2szg1bvngdx7t2qz6m2ud.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40 л. кл. LITE ТЕМНО-СИНИЙ греб. мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>947642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dc/qnjsr00fitqciud96ynmn7ggo6b7ek6a.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60 л. в точку LOREX PASTEL PARSLEY греб. мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>947644</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b6/magufes2tk6tufeamra2enlbrq08h8r3.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. LITE СИНИЙ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947646</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c1a/qui73vvj9k90jn8unuc9rgaxgkz2qycg.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. Schoolformat МАГИЯ БУКЕТОВ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c0/44j6vqagbnjavtylxrfx442c4u1hzuzc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 л. кл. Schoolformat ПРИЧУДЛИВЫЕ ЖИВОТНЫЕ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da7/tfqldd0tokmqy3otixg29ptem9rrgl5h.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/414/6eq3xzlcpaj44kkrpcv1yi254i2j3oce.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. кл. Schoolformat ИЛЛЮЗИЯ СЛОВ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce3/ddqsze4ok3nwqpy2xp73gljle13ex88n.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 л. кл. Schoolformat В КОНТЕКСТЕ ПРИРОДЫ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947652</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4d9/wy594ykiljalv7ov83ajbsv1urcr8s2e.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. кл. LITE ТЕМНО-СИНИЙ греб. мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>947653</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d3a/a2a2t5a9mig1kpgtsgo6hq2iyiqt36co.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ЦВЕТОЧНОЕ ПОЛЕ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d72/srcq5cbnblpcyoft5de8ly7wthookiko.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat КИБЕР ВОИНЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77f/m56tkqf32r8qkg74diu6rz4xfl1cvvz3.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НЕЗЕМНОЙ ЗАЩИТНИК. ВЕРТОЛЕТЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947662</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/ksybehv416j2qivzu25ij9yeox8w39nz.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НОВОЕ ПОКОЛЕНИЕ. АНИМЕ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947663</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aae/5mkwi2cfeeabokjxt5j0vyyexpcwlpgd.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ПРОСТОТА В ДЕТАЛЯХ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947664</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d37/pcrgl18313dmbqc3fxby763j9t9s16si.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. кл. Schoolformat СУПЕРКАРЫ греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947665</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/832/8oc5j5pqelqua9l1vcut3e04dydpa8r3.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. INFORMAT PATTERN греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16b/fziwijlvljfrkcujc53gayxvs1ja2q25.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. LITE СИНИЙ греб. мел. карт. ВД-лак</t>
   </si>
   <si>
     <t>947668</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6a/ay9ox1dgbkz3gpwhyaeqfcckhovjg5nq.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. Schoolformat МОДНАЯ ТИПОГРАФИКА греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947669</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c37/axtlzj30lwnx6znrufcqe40y8cm5agho.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60 л. кл. Schoolformat ЯРКИЕ ФРУКТЫ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947670</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b2d/o860zsohtmm1hho3e6u1jik29jbdijqm.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 80 л. кл. INFORMAT ABSTRACTION греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947671</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00c/141620dsa2m5fufe1mr3h3wvm291199d.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80 л. кл. Schoolformat СТИЛЬ ГРАНЖ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>947673</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/254/nfg729nn4yce0l6t1rfp0suwfzg13s0o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 л. кл. Schoolformat УРБАН АНИМЕ греб. мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>947682</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8b7/lyohgyp5jv3tpff2t34z61vmb69427st.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Black quot;, 114365</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей. Имеет жесткую нижнюю обложку, позволяющую делать записи на весу. Такой предмет всегда удобно иметь под рукой. Блокнот формата А5 на евроспирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации и дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>949927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a6/79gqvldueoht5enmfp2pmcpilzxgj1dc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Горные пейзажи quot;, 114367</t>
   </si>
   <si>
     <t>949929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4af/1ifmuyregwdzoww972yc9soadj9g1dgi.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Гранаты quot;, 114366</t>
@@ -6208,125 +6118,116 @@
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Marble quot;, 114386</t>
   </si>
   <si>
     <t>949941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a6/6c5sj3x9o0lz6bgawfiwuczbr4cff737.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Архитектура quot;, 114382</t>
   </si>
   <si>
     <t>949942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d27/rn9mtje3qqzb666d5a98a1lznxjbxjlr.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Безмятежность quot;, 114380</t>
   </si>
   <si>
     <t>949943</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a34/tgrn93hqum8t8atcul189ijo54it7vv6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9bd/8y36jj31tbntr8dvvz30lfrepghczguz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Растения quot;, 114388</t>
   </si>
   <si>
     <t>949945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c98/i8qd10nmu2tozp3vfbtdyvy47thbvohp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, жесткая подложка, клетка, BRAUBERG,  quot;Хищники quot;, 114385</t>
   </si>
   <si>
     <t>949946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67e/sy83ppxeu081kzba7zuc0hwv5qs00jcc.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Colorful art quot;, 114371</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG предназначен для ведения записей и заметок. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>949947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e76/69b28ip26g74dr12udbot7e8d3t8c9oi.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Danger quot;, 114378</t>
   </si>
   <si>
     <t>949948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/236/jy2m427yd9je54e85fzg1entui64789w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Majesty quot;, 114373</t>
   </si>
   <si>
     <t>949949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/253/5tn11buulppwby2jex5m209af5clsw03.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e2/06iae623le7wtkut9d5slll0reh7jy0x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Аниме quot;, 114375</t>
   </si>
   <si>
     <t>949951</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/088/pdjn0txkm1s62jxncuu5lgg3185hmnjf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Грациозные собаки quot;, 114376</t>
+  </si>
+  <si>
+    <t>949952</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fdc/6r4fcmctisc43343kq3ydnxikaw2vn1x.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Довольные коты quot;, 114374</t>
   </si>
   <si>
     <t>949953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/392/n2ykw75oxqw3234t0ryjn1pjgoy73k9g.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 80 л., гребень, картон, клетка, BRAUBERG,  quot;Яркие листья quot;, 114372</t>
   </si>
   <si>
     <t>949954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c87/ebsbm5ii1kk61r6x0mk9ozgajp7064zf.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛЫЙ ФОРМАТ  108х145 мм  А6, 40 л., гребень, картон, клетка, BRAUBERG KIDS,  quot;Зверята quot;, 114395</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG KIDS &amp;quot;Зверята&amp;quot; предназначен для ведения записей. Блокнот формата А6 на евроспирали содержит 40 листов с линовкой в клетку. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
@@ -6511,86 +6412,83 @@
   <si>
     <t>950154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4a/8ywygq8so8unvdly82k4td2mnuugv6i7.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, клетка, INFORMAT РОССИЯ греб. мел. карт. спл. Уф-лак</t>
   </si>
   <si>
     <t>953273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ef/v2xpcyrbkbyz2s6m06k5omfxf3wa2tkj.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Abstract quot;, 114358</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Abstract&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953578</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/374/gh4jm00eeahne1fg3hz24llm7tzk0ffy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/479/1y8a3drbjlbay90p430hlvi57ywb47r3.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Color quot;, 114356</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Color&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76a/qytdsrniin87xfxukbuklmmsnb2yv303.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ А4 198х297 мм, 80 л., гребень, жесткая подложка, клетка, BRAUBERG,  quot;Dark quot;, 114355</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Dark&amp;quot; предназначен для ведения записей. Блокнот формата А4 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу. Гребень расположен сверху. Обложка выполнена из мелованного картона плотностью 190 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>953581</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/71e/ydqa8n118va0k2bgwqftg7ba2kr67hyz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60 листов в точку LOREX SILENT LANDSCAPE гребень, мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>955172</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/12e/vu0cs8r4klnokiac245sokq6wz50zypw.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;MEMORY JOURNAL quot; 110 х 95 мм, 100 Л,  4 ВИДA  ОТРЫВНОЙ БЛОК, КАРАНДАШ</t>
   </si>
   <si>
     <t>&amp;quot;MEMORY JOURNAL&amp;quot; 110 х 95 мм, 100 Л, &amp;#40;4 ВИДA&amp;#41; ОТРЫВНОЙ БЛОК, КАРАНДАШ</t>
   </si>
   <si>
     <t>955634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/qawk1ilz1fpp0cia3a5rff0a8klpv710.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;POCKET JOURNAL quot; 105 х 105 мм, 60 Л,  4 ВИДA  НА ГРЕБНЕ  quot;СЧАСТЬЕ В КОФЕ quot;</t>
   </si>
   <si>
     <t>&amp;quot;POCKET JOURNAL&amp;quot; 105 х 105 мм, 60 Л, &amp;#40;4 ВИДA&amp;#41; НА ГРЕБНЕ &amp;quot;СЧАСТЬЕ В КОФЕ&amp;quot;</t>
   </si>
   <si>
     <t>955635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee5/l26icvqp2jgmcb78khyso8ynkuip4qfj.jpeg</t>
@@ -7267,59 +7165,50 @@
   <si>
     <t>955702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f4/lqvp5agx8qs9l2goltvew7euo7ws3weu.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ ГР. А6 80 Л. MANGA ANIME. CITY, 5 ВИДОВ</t>
   </si>
   <si>
     <t>955703</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/3i4difnd56p85zams0ugctn6hvrnpw0j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5  146х206 мм , 60 л., гребень, картон, клетка, BRAUBERG,  quot;Горы в облаках quot;, 114361</t>
   </si>
   <si>
     <t>959648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/386/k1lhacnbfuqkqgi8mdkmsj2qrtan97io.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/759/vk91mqispgqr1ck47atr0g9rqinvbiuc.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ  quot;QUATTRO JOURNAL quot; 105 х 105 мм, 60 Л, НА ГРЕБНЕ  quot;BLACK WHITE quot; Арт. 3-654 01</t>
   </si>
   <si>
     <t>Компактный, вертикально ориентированный блокнот &amp;quot;POCKET JOURNAL» для записей и заметок торговой марки Bruno Visconti отличается качеством и стильным авторским дизайном. Пластиковая обложка защищает блок от повреждения и сгиба. Блок, состоящий из 60 листов бежевой бумаги в линейку плотностью 80 г/кв.м, позволит вести записи аккуратно и компактно.  Крепление блока на гребне позволяет переворачивать листы блокнота на 360 градусов. Блокнот не займет много места в сумочке или рюкзаке.</t>
   </si>
   <si>
     <t>961525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/012/9hpffe96pa4f15owu5x8tluxjp9skos0.jpg</t>
   </si>
   <si>
     <t>Блокнот В5, в точку, 50 л, со съемной линейкой Comix C7108 BU голубой</t>
   </si>
   <si>
     <t>961888</t>
   </si>
   <si>
     <t>&lt;a href="/brands/comix/"&gt;Comix&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/732/aj5rub7je4gzugv5sor208klcyqfpupw.jpg</t>
@@ -7378,198 +7267,180 @@
   <si>
     <t>961898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/an5nlnrb9i48el5p2b5mpfpynnrdnwff.jpg</t>
   </si>
   <si>
     <t>Блокнот 94х174мм, 100л, клетка, спираль, тв.обл, Be Smart, Sence,N3733</t>
   </si>
   <si>
     <t>961902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/779/10wqjthzog6bfllshbayv2sshr760yms.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л Attache гребень клетка пластик бордов с тиснением</t>
   </si>
   <si>
     <t>961905</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Блокнот А5 80л Attache гребень клетка пластик бордов с тиснением</t>
-[...14 lines deleted...]
-    <t>966066</t>
+    <t>http://anytos.ru//upload/iblock/72c/s500tkvrlaljpknwk1h42rd243x8tjm0.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Будь смелее quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Будь смелее&amp;quot;</t>
+  </si>
+  <si>
+    <t>966061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/874xl3txkfgv6uc08wi5uv956n33uyuh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Создай настроение quot;</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG &amp;quot;Создай настроение&amp;quot;</t>
   </si>
   <si>
     <t>966067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a11/t97a5pf76y02xatwcenyivyrtbqmf810.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Bright light quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Bright light&amp;quot;</t>
   </si>
   <si>
     <t>966070</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/798/z0eryq6mm95239r27x0uozgh0ojhp8rl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG  quot;Mono design quot;, твердая обложка, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG &amp;quot;Mono design&amp;quot;, твердая обложка, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>966071</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5a6/zxuw8cpwslbe62ufxl6aw71bq96cn5f6.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Simply the best quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Simply the best&amp;quot;</t>
   </si>
   <si>
     <t>966072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/d73przyr8w1q81dfeze7m5h5jb4743tt.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Время путешествий quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Время путешествий&amp;quot;</t>
   </si>
   <si>
     <t>966073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/475/97ehiqyzm9dxpa490wrpjfwuxjvqwcrw.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;На позитиве quot;</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;На позитиве&amp;quot;</t>
   </si>
   <si>
     <t>966074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/029/pfsgm2o6ac2vc2isnm46ugfexei8ifvz.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Illusion quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Illusion&amp;quot;</t>
   </si>
   <si>
     <t>966075</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0cc/cdnbl4z9h24odjynlywigor2ysqbh55e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/65c/bqt4kn4oweuo3ygniipkfhen3lcarunj.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Stand up quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Stand up&amp;quot;</t>
   </si>
   <si>
     <t>966077</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8d/kbxgamakyh25prhns265f0822iwn3lve.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d13/snjexkeq6ropi0nwgyo5f5l9gze1uicp.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG  quot;Если сможешь quot;</t>
   </si>
   <si>
     <t>Блокнот А6 40л. на гребне BG &amp;quot;Если сможешь&amp;quot;</t>
   </si>
   <si>
     <t>966079</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/18d/02vsje9p452cemmnvx00m9c3tp8u42ny.jpg</t>
-[...8 lines deleted...]
-    <t>966082</t>
+    <t>http://anytos.ru//upload/iblock/618/xvhzh3kf1r1f7tn3n86up2qf19cpg2x2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л. на гребне MESHU  quot;Happy time quot;, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Happy time&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>966083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87e/0yrh1lsy7p7x1awrkbp5gqwhjvktq6ma.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU  quot;Kawaii quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Kawaii&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>966084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/313/rftl6487k4mjjq1mzw5f40j58w5rqcle.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU  quot;Mood quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Блокнот А6 60л. на гребне MESHU &amp;quot;Mood&amp;quot;, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>966085</t>
   </si>
@@ -7666,89 +7537,95 @@
   <si>
     <t>973025</t>
   </si>
   <si>
     <t>Блокнот А5 80л. клетка, спираль, Be Smart Sence черный, N3708</t>
   </si>
   <si>
     <t>973027</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27b/jge9n8m3kp9huc1ax8442092j636m0md.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус Русская серия, А7, 50л, евроспираль, белый, клетка</t>
   </si>
   <si>
     <t>973030</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
-    <t>160</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/393/wq61n3tu3yois1oubgcq66r9y5j2mr0b.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус Русская серия, А7, 50л, евроспираль, синий, клетка</t>
   </si>
   <si>
     <t>973031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/841/wm7xzcz6rgya9ol594ltx3wk5xrsry9y.jpg</t>
   </si>
   <si>
     <t>Блокнот Комус на спирали, синий, А7, 80л клетка</t>
   </si>
   <si>
     <t>973033</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/403/5y763cr5n77qfom69bt3p5hhzxtuv374.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80 листов, клетка LOREX JEANS STYLE шв-клеев. ткань тисн.</t>
   </si>
   <si>
     <t>975284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/fep5r09aqym7aj2tn4m203z8j8l0w65h.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 128 листов, клетка LOREX IDEA FLIP шв-клеев. экокожа мат.лам.</t>
   </si>
   <si>
     <t>975285</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/db8/p7lw4vh2dkh9qmrmvmovsj6p0jzbxpq4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот В6 80 листов, в точку LOREX NATURAL POWER шв-клеев. пробка без отд.</t>
+  </si>
+  <si>
+    <t>975287</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c5b/3ryw2no9qyx6jao78m71c1vnxmyosby3.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка, BRAUBERG,  quot;Pastel quot;, 115533</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>975627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cc/si23rksbefrr5c711r8scfal1tc7eie2.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Marble quot;, 115536</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Резинка-фиксатор надёжно защищает листы от замятия. Твердая обложка блокнота с матовым покрытием и тиснением фольгой имеет закругленные углы и резинку-фиксатор, благодаря чему листы надёжно защищены от замятия. 96 листов в клетку позволяют зафиксировать большой объем информации, а также подходят для зарисовок. Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволит владельцу поместить его в портфель или сумку малых габаритов.</t>
   </si>
   <si>
     <t>977940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/cnhtutlcfa5f2fo1ze08wuockggi0toa.jpg</t>
@@ -7795,113 +7672,104 @@
   <si>
     <t>Блокнот формата А6 &amp;#40;102х146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Стильный дизайн выполнен печатью белой краской. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Блокноты упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>978749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aea/ygep0qlu6rzuwtre8iy1b02owagqxbsv.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf4/xou402vxsmatojqlw28vr9x774wud3or.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Mirage, синий, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978751</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d27/yd7mxb45t3ta8xiryiu3zrmgti5naqvh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/388/blozh355szf1f1x9rp7v47z7za7k26xm.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978753</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f2/lrj73jzymmggj3dwn7hzfe80encd4qu5.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90f/ltmujt6irxkh26rzdswl30nfc5z8dz53.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Silhouette, розовый, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbf/bm30a2g6yx3v19373hie3jnzb8erde1w.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/331/jf22e943q9kpqk0r0d6md2w46j209ra6.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a1/9zcnymdxbnuuc9cqobd06p6q0cv36nvb.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, красный, A6, 80 листов, клетка</t>
   </si>
   <si>
     <t>978758</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/966/256f891izxwv3ktqx38orpdbghoh0tx4.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, черный, A6, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>978759</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/328/wnjcwi0kglyi752zenuz1f3on0we8vbv.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03a/0t2mx1cfovo0aj3ng9h8iz04kuymy1u4.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Mirage, синий, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86f/89f5fi339icc61dhydhh0irluv79sggk.jpg</t>
   </si>
   <si>
     <t>Блокнот с пластиковой обложкой на спирали Erich Krause Words, красный, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>979209</t>
@@ -8044,50 +7912,59 @@
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  СИНИЙ  голубой обрез</t>
   </si>
   <si>
     <t>980079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/sdd8eyq9ri7goiiz20xb1rq6z5cgj4u5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  СИНИЙ  серый обрез</t>
   </si>
   <si>
     <t>980080</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b8/0n8w8plrvj111d8onapr4a3kqp5pk97f.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  ТЕМНО-СИНИЙ  голубой обрез</t>
   </si>
   <si>
     <t>980081</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fd5/911dolx13p2tzesvtfceyon109l83ol0.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ А5  quot;BOSTON quot;  ЧЕРНЫЙ  желтый обрез</t>
+  </si>
+  <si>
+    <t>980082</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7a3/xq2r9hj03tazaraheikq7jq3erv2b86z.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  ЧЕРНЫЙ  салатовый обрез</t>
   </si>
   <si>
     <t>980083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07d/x0mx0ouljwo9ryhf5iaq1g8xaub5401y.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;BOSTON quot;  ЧЕРНЫЙ  серый обрез</t>
   </si>
   <si>
     <t>980084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/302/4gye7l2n3pd6lorv1j0axfswfig4aszn.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А5  quot;MEGAPOLIS LOFT quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>Серия офисных блокнотов MEGAPOLIS LOFT от Bruno Visconti формата А5 - функциональный бизнес-аксессуар для ведения рабочих, личных записей. В нем нет ничего лишнего, но благодаря высококачественному переплетному материалу из экокожи он выглядит презентабельно. Твердая обложка с приятной фактурой, углами закругленной формы, книжный переплет, ляссе в цвет обложки – наделяют блокнот практичностью. 80 листов блока в серую клетку помогают вести записи четко и аккуратно. Блок изготовлен из бежевой бумаги плотностью 70 г/кв.м.</t>
@@ -8770,86 +8647,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/768/knf8clugkukjas5cram693d5p1zrhrs5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-4 ГР. А6, 160 ЛИСТОВ, 5 ВИДОВ</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ-4 ГР. А6 160 Л. 5 ВИДОВ</t>
   </si>
   <si>
     <t>980151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63a/r29nvnjwoo63zayfl551cmh4gejm6ku1.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Mono circle quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Mono circle&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981793</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a47/xyeswzzmevb8g7lhdmw2vttjcqqxo3im.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa8/2t7ohsltptuamlw63x41ld5qm11xk80v.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG  quot;Россия quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А4 80л. на гребне BG &amp;quot;Россия&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981795</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dce/a6mfh64odxut4g7vh56h83su6w5rhnii.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Активный спорт quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Активный спорт&amp;quot;</t>
+  </si>
+  <si>
+    <t>981796</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fd9/ndgfowhaix4tv39xe9f1461wyw9qnbo9.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л. на гребне BG  quot;Моноколор. Классика quot;</t>
   </si>
   <si>
     <t>Блокнот А5 40л. на гребне BG &amp;quot;Моноколор. Классика&amp;quot;</t>
   </si>
   <si>
     <t>981797</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/846/0hjk9jxo52v4rlp3urv8bjwenqk64260.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Стимпанк quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Стимпанк&amp;quot;</t>
+  </si>
+  <si>
+    <t>981798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/616/haxwbuye3mjqzh7ce0ngxvrmojybc92i.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG  quot;Такие смешные quot;</t>
+  </si>
+  <si>
+    <t>Блокнот А5 40л. на гребне BG &amp;quot;Такие смешные&amp;quot;</t>
+  </si>
+  <si>
+    <t>981799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48e/eofxofutl1xjfgwst0va1bz435jawr42.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне BG  quot;Serious animals quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л. на гребне BG &amp;quot;Serious animals&amp;quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>981800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/m5va2bgifgzcyv5pqzcyfvggzbbtkdlj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG  quot;Be free quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG &amp;quot;Be free&amp;quot;, твердая подложка</t>
+  </si>
+  <si>
+    <t>981802</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8ab/l0dys08x3ega4xtfdd9ktl49j55amqkn.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Landscape quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Landscape&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>981803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/iy351vsnx9zfxpsr7h0xtogbo31awszy.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;She is quot;, твердая обложка, матовая ламинация, выб. лак, тиснение фольгой</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;She is&amp;quot;, твердая обложка, матовая ламинация, выб. лак, тиснение фольгой</t>
   </si>
   <si>
     <t>981804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb2/2ohyp75l6snojoi2h9un5ty9jlyu4cyk.jpg</t>
@@ -8989,299 +8914,230 @@
   <si>
     <t>Блокнот А7 40л. на гребне BG  quot;Моноколор. New style quot;</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG &amp;quot;Моноколор. New style&amp;quot;</t>
   </si>
   <si>
     <t>981824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/410/03vnut46nchnsbvfmfxe13rd0m29d29c.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG  quot;Cute anime quot;</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG &amp;quot;Cute anime&amp;quot;</t>
   </si>
   <si>
     <t>981825</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a02/6u1ymao5nmj409llfy4wudg25o7wusye.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/98e/dyon01q33442dx1ig439d2193aay16gu.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG  quot;Твой спорт quot;</t>
   </si>
   <si>
     <t>Блокнот А7 48л. на склейке BG &amp;quot;Твой спорт&amp;quot;</t>
   </si>
   <si>
     <t>981827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/kp081vbufja5mnb92f7t2f5rz6cl02qe.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛОГО ФОРМАТА А6, 60 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, АССОРТИ, 115578</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А6 на спирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать всю необходимую информацию. Малый формат удобно поместить в кейс или сумку малых габаритов. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.ПОСТАВЛЯЕТСЯ В НЕСКОЛЬКИХ ВАРИАНТАХ ЦВЕТА &amp;#40;БЕЗ ВОЗМОЖНОСТИ ВЫБОРА&amp;#41;.</t>
   </si>
   <si>
     <t>985220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7a/s35ft7599110we91pqo1sxplk09x5488.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60 листов, клетка LOREX JOY греб. мел. карт., soft touch</t>
   </si>
   <si>
     <t>985576</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a8/bmwuuybncn0cx7x5707n6q95v7awp7hr.jpg</t>
-[...77 lines deleted...]
-    <t>986171</t>
+    <t>http://anytos.ru//upload/iblock/292/rb9fxguiyrz60q6wnqky4q4zn1d28h1v.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ИДЕИ И ВДОХНОВЕНИЕ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7d/m6sf9ewbor6n7ydny6wdititxatjvpp1.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat МАГИЧЕСКИЕ ОБЛАКА греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db5/0ohcofe7j8qj2bmqtz6zn1utvpajcaft.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ПАНТОН ПЕЙЗАЖ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bd/becwvbrvmmwd3i6gc2wj3tcwq9l33lzt.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ПОЛУНОЧНАЯ ГОНКА скреп. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03e/2nm0ttc6mc2ge8ot5m7y0bo4rdrqogja.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка Schoolformat ЭСТЕТИКА скреп. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>985588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/224/k4k29vr6ne6er2e6ajts72g6pbv6etb1.jpg</t>
   </si>
   <si>
     <t>Блокнот А6, 80 листов, на гребне BG  quot;Увлекательное путешествие quot;</t>
   </si>
   <si>
     <t>Блокнот А6, 80 листов, на гребне BG &amp;quot;Увлекательное путешествие&amp;quot;</t>
   </si>
   <si>
     <t>986174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cf/ktzo8d3ucy3z3etl0x0re9cxjaiubsyk.jpg</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG  quot;МИКС для мальчиков quot;</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG &amp;quot;МИКС для мальчиков&amp;quot;</t>
   </si>
   <si>
     <t>986175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/569/0n8ck12kmuu3tge2pnp08pgvtgxqybss.jpg</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG  quot;Милые животные quot;</t>
   </si>
   <si>
     <t>Блокнот А7, 40 листов, на гребне BG &amp;quot;Милые животные&amp;quot;</t>
   </si>
   <si>
     <t>986176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/272/llylg1m7x19td9ubzb3zw091nf280e1x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fc/9wfnverfk9409ld8f90f8k1qunjhexdz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОИ  quot;POCKET JOURNAL quot; 90 х 90 мм, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;ЛУГОВЫЕ ТРАВЫ quot;</t>
   </si>
   <si>
     <t>986440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02d/586georl1c1pfucjdxsldszw4du43ch8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ А5  quot;MEGAPOLIS NEBRASKA quot; FLEX  СИНИЙ  без обреза</t>
   </si>
   <si>
     <t>986441</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/286/vpup5f9skwwz5tjasftbryxm23clyt8s.jpg</t>
-[...2 lines deleted...]
-    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЗЕЛЕНЫЙ, 115570</t>
+    <t>http://anytos.ru//upload/iblock/b68/axrkzeqtcjm01m9i2lf8yuye4a1xiewu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, СИНИЙ, 115569</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А5 на спирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.</t>
   </si>
   <si>
-    <t>986879</t>
-[...8 lines deleted...]
-    <t>986880</t>
+    <t>986881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55d/bij097i2nws4ijahxvbok5e3uvufljvp.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ФИОЛЕТОВЫЙ, 115571</t>
   </si>
   <si>
     <t>986882</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1d6/v846oppwpo9wcdja030ullw1x8su8xqo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5, 80 листов, спираль пластиковая, обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЧЕРНЫЙ, 115572</t>
+  </si>
+  <si>
+    <t>986883</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0fc/ru6mbrbxsqlxvy52b2ycw7y1bp38cjlh.jpg</t>
   </si>
   <si>
     <t>Блокнот 100х140мм 120л. клетка, спираль, Be Smart Notes черный, N3731</t>
   </si>
   <si>
     <t>992759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57f/ekgj673yov5sez348u2y8gf1vrrl4x1h.jpg</t>
   </si>
   <si>
     <t>Блокнот Папоротники А5, 128л, клетка, обложка экокожа, с резинкой</t>
   </si>
   <si>
     <t>992761</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c9/hsbuf86mxx0j27c2jhgzh56at80dor38.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d31/qe9g1a6uzcubgf4mcidtpxsetg3bd27k.jpg</t>
   </si>
   <si>
     <t>Блокнот Deli А5 96л 80 г м мягкая обложка, клетка 5x5мм, зеленый кожа EN140G</t>
   </si>
   <si>
     <t>Блокнот Deli А5 96л 80 г/м мягкая обложка, клетка 5x5мм, зеленый кожа EN140G</t>
   </si>
   <si>
     <t>992772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/082/jjkep3a591pwb7n1r3ryrbvonat20tii.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент  3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>Блокнот А5 80л Attache Яркий Градиент №3 клетка, греб, картон, софттач-лак</t>
   </si>
   <si>
     <t>992773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08a/m2yft1ykrfdqkamf83slnbdsz5e7i6vf.jpg</t>
@@ -9289,50 +9145,62 @@
   <si>
     <t>Блокнот А5 60л Attache Цветы голубой, клетка, 65г, 100 , гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 60л Attache Цветы голубой, клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
   </si>
   <si>
     <t>992774</t>
   </si>
   <si>
     <t>Блокнот Комус на спирали, синий, А5, 80л, клетка</t>
   </si>
   <si>
     <t>992775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0f/wq6ost6qxi707mje9qp8imbzlkcztwkh.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л Attache Градиент Бирюза, клетка, 65г, гребень, УФ-лак</t>
   </si>
   <si>
     <t>992776</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b2a/bk1yzboi7iqg4qz1h4xi0kb9bccydtce.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л Attache Цветы, розовый, клетка, 65г, 100 , гребень, карт, ВД-лак</t>
+  </si>
+  <si>
+    <t>Блокнот А5 60л Attache Цветы, розовый, клетка, 65г, 100&amp;#37;, гребень, карт, ВД-лак</t>
+  </si>
+  <si>
+    <t>992777</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c51/m8xz1q1s9gquk3489277twuummwv9769.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А5 60л голубой</t>
   </si>
   <si>
     <t>992778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca0/qa0leh4h0o8slp5ezf0p4s0oro7v1f01.jpg</t>
   </si>
   <si>
     <t>Блокнот А4 80л Attache Текстуры природы Вода клетка, гребень, картон, ВД-лак</t>
   </si>
   <si>
     <t>992780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d27/sh06woy0zf7des8ar5ekwyxwook32voq.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Magenta клетка, 65г, белый 100  картон, гребень, ВД-лак</t>
   </si>
   <si>
     <t>Блокнот А5 40л Attache Magenta клетка, 65г, белый 100&amp;#37; картон, гребень, ВД-лак</t>
@@ -9448,60 +9316,57 @@
   <si>
     <t>Блокнот А7 40л Attache Градиент фиолетовый, клетка, 65г, гребень, УФ-лак</t>
   </si>
   <si>
     <t>992799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/486/3ugekfvi8pj4dd39nnachkkoefe87q2a.jpg</t>
   </si>
   <si>
     <t>Блокнот А5, 40л, клетка, метал. гребень, цв.обложка, Forma, в ассортименте</t>
   </si>
   <si>
     <t>992800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f4/hln4va003vedisvv2y473vuvhbnwfsis.jpg</t>
   </si>
   <si>
     <t>Блокнот Attache Акварель гребень картон А6 40л бирюзовый</t>
   </si>
   <si>
     <t>992801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f84/8ujmkjyjioh9c7q0vf40m4foiusoqfml.jpg</t>
-[...8 lines deleted...]
-    <t>993063</t>
+    <t>http://anytos.ru//upload/iblock/14b/w21ax4mm9kdsq2yxqwillqbztmccgncv.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот Attache Акварель гребень картон А5 60л фиолетовый</t>
+  </si>
+  <si>
+    <t>992802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62c/0yqi94kg1tuprmkv4wvo4sksjy0kjgwl.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, ЗЕЛЕНЫЙ, 115575</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А4 на спирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.</t>
   </si>
   <si>
     <t>993116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e69/7z1gluuonm5vq59cqsipp7t2oyiortjj.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОГО ФОРМАТА А4, 80 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, КРАСНЫЙ, 115573</t>
   </si>
   <si>
     <t>993117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/951/z6k2hh9z9acq6h0sp5eag9t2ed1910jv.jpg</t>
   </si>
@@ -9539,50 +9404,68 @@
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ &amp;quot;MANGA ANIME. CITY&amp;quot;</t>
   </si>
   <si>
     <t>993799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/980/1dnf5af0xzb0992l0vtyfv45qfow4ub0.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ  quot;ГРАВИТАЦИЯ quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 ЛИСТОВ &amp;quot;ГРАВИТАЦИЯ&amp;quot;</t>
   </si>
   <si>
     <t>993800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19b/8joh5gta7c0r2cycrv62ach7ba8yje7z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 50 листов, клетка LITE ЗЕЛЕНЫЙ греб. мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>993979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b15/sg46se2210r17882by0qkej9ytf4b9df.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 50 листов, клетка LITE ЗЕЛЕНЫЙ греб. мел. карт., ВД-лак</t>
+  </si>
+  <si>
+    <t>993980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5f/7c8n8160f3mevw49fouqzjsbe32f04cj.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ИЗБРАННЫЕ АВТО греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>993983</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acf/yuwkzniku10ce9nluhsncmfczts7g2bj.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А4, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;OFFICE quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>Вертикально ориентированный блокнот для записей. Линовка блока - клетка. Обложка изготовлена из плотного крашенного в массе картона. Крепление блокнота на гребне позволяет открывать его на 360 градусов. При необходимости листы легко вырываются, не нарушая целостности блока. Блокнот подходит для записей небольшого объема информации. Готов к персонализации.</t>
   </si>
   <si>
     <t>996545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/w3sapeznykh18yo7hiq1cg40qaziut30.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">БЛОКНОТ А4, 60 ЛИСТОВ, НА ГРЕБНЕ  quot;OFFICE quot;  ОРАНЖЕВЫЙ </t>
   </si>
   <si>
     <t>Легкий и практичный блокнот для записей с жесткой подложкой - практично и удобно. Линовка блока - клетка, которая позволит вести записи компактно и аккуратно. Обложка изготовлена из плотного картона крашенного в массе. Обложка отлично защищает листы от механических повреждений. Блокнот подойдет для записей небольшого объема информации.</t>
   </si>
   <si>
     <t>996546</t>
   </si>
@@ -10140,50 +10023,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b72/10aeg57nfmby3evdvxofo4srl0i5v0mk.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG  quot;Хороший совет quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 60л. на гребне BG &amp;quot;Хороший совет&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0aa/8pxt4du2q20vq5iomd5j0s9ecjcibfkz.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG  quot;Duo mono quot;, твердая подложка</t>
   </si>
   <si>
     <t>Блокнот А5 80л. на гребне BG &amp;quot;Duo mono&amp;quot;, твердая подложка</t>
   </si>
   <si>
     <t>1000943</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e3f/mor07cfukv1quwk03cjyl9kwy40zctdv.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG  quot;Сказочный мир quot;, твердая обложка, глянцевая ламинация, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80л. на гребне BG &amp;quot;Сказочный мир&amp;quot;, твердая обложка, глянцевая ламинация, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>1000944</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/94c/7em226dduz1wx9r15ingx2bfutdyq2b8.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 24л. на скрепке BG  quot;МИКС. Мальчики quot;</t>
   </si>
   <si>
     <t>Блокнот А6 24л. на скрепке BG &amp;quot;МИКС. Мальчики&amp;quot;</t>
   </si>
   <si>
     <t>1000945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2c/t98msfxmwbi8zy2bwhgey14veweibu1g.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 32л. на скрепке BG  quot;Трехмерная классика quot;</t>
   </si>
   <si>
     <t>Блокнот А6 32л. на скрепке BG &amp;quot;Трехмерная классика&amp;quot;</t>
   </si>
   <si>
     <t>1000946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e7/4dexxiepdt6965haehf3er72f8mck02s.jpg</t>
@@ -10236,86 +10131,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/v99hze7tjj0nst9dvng394s7be3dfkso.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG  quot;Цветочный стиль quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>Блокнот А6 80л. на гребне BG &amp;quot;Цветочный стиль&amp;quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>1000952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c58/xn8gnm1v15121fmgckr5zg19s51e1nqb.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG  quot;Funny picture quot;</t>
   </si>
   <si>
     <t>Блокнот А7 40л. на гребне BG &amp;quot;Funny picture&amp;quot;</t>
   </si>
   <si>
     <t>1000953</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/417/tvkvyjegnf9kkfdnt7o9prfeu31t81qv.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ead/ipbrgc1yp30p633cea84i57831dj1rr8.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ЦВЕТЫ NEW quot; 3 ВИДА</t>
   </si>
   <si>
     <t>1003134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c7/v5e5sqetnxb5vulmd2n2zvwynl79wpvz.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;BLACK WHITE.NEW quot;</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л. &amp;quot;BLACK&amp;WHITE.NEW&amp;quot;</t>
   </si>
   <si>
     <t>1003135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6f/f39lxt5yza642lnklt989yy0z9n7dwsr.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;ГРАНАТ quot;</t>
@@ -10380,86 +10239,95 @@
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 листов, твердый, клетка, BRAUBERG  quot;Minimal quot;, серый, 116433</t>
   </si>
   <si>
     <t>1004475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d17/fq7qwsgl3rx0qe94iddl1wyvd43dhkq8.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 листов, твердый, клетка, BRAUBERG  quot;Minimal quot;, черный, 116432</t>
   </si>
   <si>
     <t>1004747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/fjvwve3ys3mkocatpx2k1oo37a8obo0b.jpg</t>
   </si>
   <si>
     <t>Блокнот БОЛЬШОЙ ФОРМАТ 200х290 мм, А4, 80 л., твердый, клетка, BRAUBERG  quot;Minimal quot;, сиреневый, 116434</t>
   </si>
   <si>
     <t>1004830</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b2/acewiwg311cqcnzs5l5q2p4fwsdvc9kk.jpg</t>
-[...5 lines deleted...]
-    <t>1005077</t>
+    <t>http://anytos.ru//upload/iblock/fcb/kqe4pgqoito1dd7igqbvifm4lqf25vhf.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Fluffy, А6, 60 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1005076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/215/8p12gwx6i428j2dd5hkpn9e53157luz0.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Polarization, ассорти А6, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005078</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ca/16its31prsy7anje011q6zht0fuo0roq.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Rain Drive, А6, 60 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/mar3m6s1fee1c8byj0uy3lmi5q56wp17.jpg</t>
   </si>
   <si>
     <t>Блокнот на спирали ErichKrause Road Beast, А6, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1005080</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eee/tzx37o7rvekykvv81s9m2q5y0go4ve9t.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот на спирали ErichKrause Вig City Cats, А6, 80 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1005081</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/81c/n2nhye0ug9bdisg1nkbhl2khgpqz3elv.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х205 мм, 80 л., гребень, картон, жесткая подложка, клетка, ОФИСМАГ, синий, 129867</t>
   </si>
   <si>
     <t>Блокнот ОФИСМАГ - это простой и удобный способ записать, структурировать и запомнить нужную информацию. В нем также можно делать рисунки и эскизы, сохранять фотографии, билеты и другие мелочи. Блокнот формата А5 на евроспирали содержит 80 листов с линовкой в клетку, что позволяет зафиксировать большой объем нужной информации. Имеет жесткую подложку, позволяющую делать записи на весу и верхнее расположение переплета. Обложка выполнена из мелованного картона плотностью 200 г/м2. Внутренний блок состоит из белой офсетной бумаги плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>1005197</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/022/porwnmxcbxc6nfeg4ed70hty3qzyo8go.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х205 мм, 80 л., гребень, картон, подложка, клетка, ОФИСМАГ, красный, 129869</t>
   </si>
   <si>
     <t>1005198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b1/2refeh1vbs3r760y93nwylet7mv95v4t.jpg</t>
@@ -10593,50 +10461,59 @@
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, бордовый, 116616</t>
   </si>
   <si>
     <t>1005956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/w0xt9zxu2ynu4hhbxvpit7zqhoym97dh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серо-голубой, 116615</t>
   </si>
   <si>
     <t>1005957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/471/y7zgkhgg1ohqc2dmixfr1i4ywxkrsz4w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серо-синий, 116618</t>
   </si>
   <si>
     <t>1005958</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c7d/afigct8w0hfiatcvlx6jl8ejtq0tm2vq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, серый, 116619</t>
+  </si>
+  <si>
+    <t>1005959</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/68a/4zbt1lh3hmbabgjoqytxs3kioe8u461j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 165x218 мм, BRAUBERG  quot;Perfect quot;, под кожу софт-тач, держатель для ручки, 80 листов, клетка, черный, 116614</t>
   </si>
   <si>
     <t>1005960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a0/24pmj6xeox14kjtvdxyfxb2coxnswfe0.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Leopard quot;, 116329</t>
   </si>
   <si>
     <t>Яркий блокнот BRAUBERG для записей и заметок с практичной твёрдой обложкой, покрытой матовой ламинацией и украшенной тиснением фольгой. Твёрдая обложка блокнота с матовым покрытием и тиснением фольгой оснащена закруглёнными углами и резинкой-фиксатором, что надёжно защищает листы от замятия. 96 листов в клетку дают возможность записать большой объём информации или использовать их для набросков и зарисовок.Внутренний блок изготовлен из белого офсета плотностью 60 г/м2 и прикреплён к обложке с помощью книжного переплёта. Формат блокнота А5 &amp;#40;145х203 мм&amp;#41; позволяет удобно разместить его в портфеле или небольшой сумке.</t>
   </si>
   <si>
     <t>1005961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/300/w0n6oa1nk89cfnmklnu1car2o920xugy.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., А5 145х203 мм, твердая обложка с фольгой, BRAUBERG,  quot;Marble quot;, 116328</t>
@@ -10809,122 +10686,152 @@
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, твердая обложка, BRAUBERG,  quot;Кофейку? quot;, 116334</t>
   </si>
   <si>
     <t>1005982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/288/9yqm4phrmz8itx0x350qalfl0ig8z1pd.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. Schoolformat ВЕТКА СЧАСТЬЯ.МИНИМАЛИЗМ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2d/7zwpdfa4feel5dj3w048zi0v0sltfvnh.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 40 л. кл. Schoolformat ЭЛЕГАНТНЫЙ МИНИМАЛИЗМ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006720</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/661/wt6ho0y52jgzx1uf440xsmrluc4djlcz.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л. кл. Хатбер METALLIC РОЗОВЫЙ греб. б винил тисн., с перфорацией</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л. кл. Хатбер METALLIC РОЗОВЫЙ греб. б/винил тисн., с перфорацией</t>
+  </si>
+  <si>
+    <t>1006721</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/492/9ehcf8s1d9sfdbzehgoapnuc328p42x0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat БЕРЕГ МОРЯ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/622/ute23pj1yem0g01zefj1zvjmtvgcjxk4.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ДУТАЯ АБСТРАКЦИЯ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8b/ml2a4akgy1ap5glumv1lbkqisi6l3hjs.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat КОСМИЧЕСКАЯ МАШИНА греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006724</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dac/v47mqds3akvrjqjlg85krjt7nmx3ht1n.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat НА ПОЛЯНКЕ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a4/yfjaai7gn2sw6gg6nq635plt106q1zy0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 л. кл. Schoolformat ХАКИНГ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006726</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1b1/tx9cgrot0s4uo4niqzo12nm1a4d0fvop.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 л. кл. Schoolformat ЧУДНОЙ КОТ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1006727</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5bb/j7scuggw0m8vsjnia2ytyw3f2jdsc48m.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat КОСМИЧЕСКИЕ ДИНОЗАВРЫ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/315/lyv1b1940zgs2jlu2rk3c00dysc3anqs.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat КОТЫ-РОКЕРЫ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d60/5lg4zjf5kwkwdqdedty4fme6y4c6jbko.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat КРУТОЙ МИШКА греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006730</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a28/ut2ozpba1nv0o6494i03tk7u3qo09uzp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 л. кл. Schoolformat МАЙНКАР греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1006731</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4c9/4sng8phvug9om1sv3guj1e8t3lgrnmgl.jpg</t>
   </si>
   <si>
     <t>Блокнот А7 40 л. кл. Schoolformat СМАРТ ДИНО греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1006733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c09/g31pxnt4ptqti32rgiwn035w377wcbo5.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; 54 х 90 мм, 110 Л,  4 ВИДА  ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ  quot;LOVE ME quot;</t>
   </si>
   <si>
     <t>&amp;quot;SMART JOURNAL&amp;quot; 54 х 90 мм, 110 Л, &amp;#40;4 ВИДА&amp;#41; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ &amp;quot;LOVE ME&amp;quot;</t>
   </si>
   <si>
     <t>1007708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f9/7wm2aqxh8i7zrd45h1ik708m9uhmv8uv.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;SMART JOURNAL quot; А7, 108 Л.  3 ВИДА  НА ГРЕБНЕ, ЛИНЕЙКА, BLACK EXCELLENCE</t>
@@ -10998,57 +10905,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc1/s5nbeqe0plrdkst1hjdjw4fyacxxx627.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;ЛЮБОВЬ, КАК ОНА ЕСТЬ quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ «CUTE JOURNAL» A7, BV, 100 Л. &amp;quot;ЛЮБОВЬ, КАК ОНА ЕСТЬ&amp;quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1007715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/jmr4d9xmch0nessbhwdxlo56c9hf640v.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;МИЛЫЙ КОТЕНОК quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>БЛОКНОТ НА ГРЕБНЕ «CUTE JOURNAL» A7, BV, 100 Л. &amp;quot;МИЛЫЙ КОТЕНОК&amp;quot; ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1007716</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/899/ucg6u6gdqvabafu02punfe0it71vnunt.jpeg</t>
+    <t>http://anytos.ru//upload/iblock/54e/byhrqxpac6xivww1yhvnjjwnurvxsk1k.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;КОШКИ quot; 3 ВИДА</t>
   </si>
   <si>
-    <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;КОШКИ&amp;quot; 3 ВИДА</t>
+    <t>Без кота - жизнь не та. Наши дизайнеры знают это. И разработали дизайн обложки с благородными и грациозными кошками. Блокнот суперкомпакт - 68х101мм. Что позволяет взять его с собой даже в дамской сумочке или положить в самый потайной кармашек школьного рюкзака. Обложка надежная, гибкая, картонная, красочная. Крепление на скрепке, линовка в клетку. С этим блокнотом кот всегда будет с вами рядом. Жаль, что не мурчит, конечно.</t>
   </si>
   <si>
     <t>1007717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2b/gs2x8nh280u8mfyk8ng37mj73boh03e5.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;МАШИНЫ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;МАШИНЫ&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>1007718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/tasb9711ab1pdz81pr92jl7fdyk2qo8y.jpeg</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л.  quot;ПРИРОДА quot; 4 ВИДА</t>
   </si>
   <si>
     <t>БЛОКНОТ Ф.А7 40 Л. &amp;quot;ПРИРОДА&amp;quot; 4 ВИДА</t>
   </si>
@@ -11220,62 +11127,113 @@
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ИГРИВЫЙ КОСМОКОТИК греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e5/u49psohfoisi1w79mo2x2nr5112k7fz8.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat НЕ В ДУХЕ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba8/kkhfjhg8xuyiyt8lmewmux2qb4v851l0.jpg</t>
   </si>
   <si>
     <t>Блокнот А6 40 листов, клетка Schoolformat ТВОИ НАДПИСИ греб. мел. карт., спл. Уф-лак</t>
   </si>
   <si>
     <t>1009627</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/63b/gx9w1rfsl5hv7b90phqjeb5kel573b3p.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А6 40 листов, клетка КФОБ АССОРТИ спир. мел. карт.</t>
+  </si>
+  <si>
+    <t>1009628</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kfob/"&gt;КФОБ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11d/29d4kecsb5o0v1m01i87jldz7od1mga7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat БЛЕСТКИ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b01/6d5uqp95dhrix20p44tazh0kne9j448k.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ЛОУ-ФАЙ КОТЫ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50b/10c6graadmygyhkn7etzei3ygpkbhnds.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А7 40 листов, клетка Schoolformat ПРИКОЛЬНЫЙ СОВЕТ.МИЛЫЕ ЖИВОТНЫЕ греб. мел. карт., спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>1009632</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a98/ke0iqr5j6n3lizm9jm08qdxzkk3s002j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 134х206 мм, 80 л., тв рдый, клетка, BRAUBERG, кросс-серия PASTEL, 117015</t>
   </si>
   <si>
     <t>Оригинальный блокнот BRAUBERG для записей и заметок с практичной твердой обложкой с матовой ламинацией. Твердая обложка долго сохраняет привлекательный внешний вид и позволяет делать записи на весу. На 80-ти листах можно зафиксировать большой объем информации. Линовка блока в клетку дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки.Внутренний блок выполнен из офсета белого цвета плотностью 60 г/м2 и крепится к обложке с помощью книжного переплета. Формат блокнота А5 &amp;#40;134х206 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010114</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4cc/6c2dudc4qhhs7qbhjhk0tpw6ymtxne47.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, ассорти, PASTEL, 116230</t>
+  </si>
+  <si>
+    <t>Бизнес-блокноты BRAUBERG &amp;quot;Basic&amp;quot; выполнены в классическом стиле. Подойдут каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
+  </si>
+  <si>
+    <t>1010116</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c83/5w6gk43ysvtm53hut74fk835iniy6e64.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, красный, 116228</t>
   </si>
   <si>
     <t>Бизнес-блокнот BRAUBERG &amp;quot;Basic&amp;quot; выполнен в классическом стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твёрдая обложка стилизована под гладкую кожу. Имеет закругленные уголки. Подходит для горячего тиснения. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2 и крепится к обложке с помощью книжного переплета. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Формат блокнота А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1010117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73f/y22xx4yxsgiwfarvvv5gd259dlyjn9we.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, синий, 116229</t>
   </si>
   <si>
     <t>1010118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/780/qcznhw7chj8x5ftvl91g6kvr152y33os.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм, BRAUBERG  quot;Basic quot;, под кожу, 80 л., клетка, черный, 116227</t>
@@ -11538,77 +11496,59 @@
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Edge&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Твердая обложка стилизована под гладкую кожу, очень тактильную на ощупь. Имеет закругленные уголки. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу, а также держатель для ручки, повышающий функциональность блокнота. Формат А5 &amp;#40;135х212 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1012044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/452/wko32diblhbr4j1o3z3cwxspnhovehys.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, розовый, 117148</t>
   </si>
   <si>
     <t>1012045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdb/w42hm4xbetavdd8kabbi365n3kfgts8z.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, серый, 117146</t>
   </si>
   <si>
     <t>1012046</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b2/x7ear2cm7oi2wpbh6o9b90anu7ko7ugy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29d/mfoiefndiwrkmvopjuiem544vtv0lyms.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 135x212 мм BRAUBERG  quot;Edge quot;, под кожу, резинка, держатель, 80 л., клетка, сиреневый, 117150</t>
   </si>
   <si>
     <t>1012048</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b43/60j7wlifyjxqy6jcaonk8hsuug2iywzj.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ea/c9a2djop6yhdwbrbdt66pakmkhlq697e.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм BRAUBERG  quot;Voylok quot;, войлок, резинка, держатель, 80 л., клетка, серый, 117135</t>
   </si>
   <si>
     <t>Блокнот BRAUBERG &amp;quot;Voylok&amp;quot; выполнен в оригинальном стиле. Подойдет каждому современному человеку для ведения различного рода записей. Мягкая обложка изготовлена из войлочного материала, очень тактильного на ощупь. Имеет закругленные уголки. 80 листов позволят зафиксировать большой объем информации. Линовка блока в клетку &amp;#40;5х5 мм&amp;#41; дает возможность аккуратно заполнить цифровые значения, а также нанести чертежные зарисовки. Внутренний блок выполнен из офсета белого цвета плотностью 70 г/м2. Снабжен резинкой-фиксатором, благодаря чему блокнот не откроется в сумочке или портфеле, и листы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу, а также держатель для ручки, повышающий функциональность блокнота. Формат А5 &amp;#40;138х213 мм&amp;#41; позволит владельцу поместить его в кейс или сумку малых габаритов.</t>
   </si>
   <si>
     <t>1012050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbc/miom6b08jis3njuxcwoqxt93836dd54j.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 138x213 мм BRAUBERG  quot;Voylok quot;, войлок, резинка, держатель, 80 л., клетка, черный, 117134</t>
   </si>
   <si>
     <t>1012051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d06/8ienkwokt1s46tjzfm1pjr1umvbr3s4w.jpg</t>
   </si>
   <si>
     <t>Блокнот А5 146х206 мм, 60 л., гребень, картон, жесткая подложка, клетка, BRAUBERG  quot;Minimal Classic quot;, 116426</t>
@@ -11785,50 +11725,752 @@
     <t>http://anytos.ru//upload/iblock/562/a45mqo9uj5f0f4wv1wsemxu7v5ln682m.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;PASTEL quot;, 117019</t>
   </si>
   <si>
     <t>1012069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c7/8x7hyhqmstibs1w5w54tixrf21pcag73.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;МИЛЫЕ КОТЫ quot;, 116991</t>
   </si>
   <si>
     <t>1012070</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/192/a92i8el2knsd2fbdngn1c2ao1hbs2y5g.jpg</t>
   </si>
   <si>
     <t>Блокнот с резинкой в клетку 96 л., МАЛЫЙ ФОРМАТ А6, 109х148 мм, BRAUBERG, кросс-серия  quot;МОНСТРИКИ quot;, 117001</t>
   </si>
   <si>
     <t>1012071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98e/oepi3swljmpp20qes6zggh659qhrxg4g.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, золото, 084778, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Золото&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014018</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe2/1ijyazszt83buvnvt7xnotdqmjg4bb52.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, мята, 084776, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Мята&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014019</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ab/cy8ibpj62zhtcqwt2atw5kzjat0xi46l.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, серебро, 084777, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Серебро&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1eb/8rxyyvnnjvymvtp6syjrg44yfya9vyb7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, черный, 084779, 80ББ5В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок. Носите его с собой, фиксируйте идеи, делайте зарисовки. Комфортный размер блокнота позволяет держать его при себе и делать записи в любой удобной для вас обстановке. Бизнес-блокнот А5 формата &amp;#40;167х216 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC &amp;quot;Черный&amp;quot;. Внутренний блок – офсет 65 г/м2, клетка. Твердый переплет. Сатиновое тиснение усиливает металлический блеск обложки. При повороте блокнот даёт красивые блики.5-цветный блок поможет разделять записи по тематическим рубрикам.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca5/cgszkas7wg380zu25jjj2jzfbh75ojec.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 167х216 мм, 80 л., тв рдый, клетка, матовая ламинация, блок 5 цветов, HATBER,  quot;Искусство орнамента quot;, 085277, 80ББ5лофВ130982</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот идеально подходит для важных записей и заметок. 5-цветный блок поможет удобно структурировать информацию по темам. Бизнес-блокнот формата A5 &amp;#40;167х216 мм&amp;#41;, 80 листов. Обложка – твердый переплет. Отделка – матовая ламинация, 3D-фольга. Внутренний блок – офсет 60 г/м2, клетка.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/nrozugik7nezhvqndnxolj0kfb1e1jy7.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 80 л., на скобе, картон, клетка, глянцевая ламинация, HATBER,  quot;Animals print quot;, 086090, 80Б5лВ1_31343</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот отлично подойдет для записей и заметок. Блокнот формата A5. Количество листов – 80. Обложка – мелованный картон. Вид отделки – глянцевая ламинация. Внутренний блок – офсет 65 г/м2, в клетку. Скрепление – скоба.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b3/imiufjs2ni5r1vwbxd17bgm8hrqalof2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот А5 96 л., на скобе, картон, клетка, глянцевая ламинация, HATBER, AutoCarbon, 086107, 96Б5лВ1_29380</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот отлично подойдет для записей и заметок. Блокнот формата A5. Количество листов – 96. Обложка – мелованный картон. Вид отделки – глянцевая ламинация. Внутренний блок – офсет 65 г/м2, в клетку. Скрепление – скоба.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38b/5htg1n3leub79wfkgx3jtaoqjvu4s13o.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ 210х290 мм, А4, 80 л., бумвинил  quot;METALLIC quot;, клетка, блок 5 цв., HATBER, черный, 084774, 80ББ4В1</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный бизнес-блокнот подойдёт для важных записей и заметок, а также для конспектирования лекций. 5-цветный блок поможет разделять записи по тематическим рубрикам. Бизнес-блокнот формата A4 &amp;#40;210х290 мм&amp;#41;. Количество листов – 80. Обложка – бумвинил METALLIC, чёрный. Внутренний блок – офсет 65 г/м2, клетка. Твёрдый переплёт. Тиснение CROCO на обложке делает металлический блеск глубже – за счёт этого изделие бликует под разными углами зрения, завораживая своей красотой.Бизнес-блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96f/yhypoh0t740tjffwbyn2cot5tldbmr4g.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, синий, 081279, 80Б4В1гр_01609</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот подойдёт для важных записей и заметок. Пластиковая обложка защищает от загрязнений и продлевает срок службы. Берите его с собой, фиксируйте идеи, делайте зарисовки. Блокнот формата А4. Количество листов – 80. Обложка – пластик. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/lkuh681c5u1s3nxicfhxzzjq0ebljw4z.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот БОЛЬШОЙ ФОРМАТ А4, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, черный, 081540, 80Б4В1гр_01601</t>
+  </si>
+  <si>
+    <t>1014027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d5/qovkgriuv44pmmhyr0phr9ouff95pi1q.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот в наборе с ручкой А5, 145х213 мм, BRAUBERG  quot;Cork quot;, под кожу, ЭКО обложка, 80 листов, бежевый, 116864</t>
+  </si>
+  <si>
+    <t>Блокнот в подарочном наборе с ручкой BRAUBERG &amp;quot;Cork&amp;quot; – стильный подарок для коллег и близких. Сочетание материалов и тщательно продуманные детали выведут планирование событий на новый уровень. Подарочный набор включает в себя блокнот с внутренним блоком из 80 листов кремовой бумаги плотностью 70 г/м2. Благодаря классическому формату А5 &amp;#40;145х213 мм&amp;#41; блокнот удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка выполнена из экологичных материалов под кожу и пробковое покрытие. Блокнот оснащен резинкой-фиксатором, поэтому не откроется в сумке или портфеле и страницы не помнутся. Дополнениями являются закладка-ляссе и держатель для ручки. Шариковая ручка со стильным корпусом из экологичного пластика и материала под пробку также входит в набор.</t>
+  </si>
+  <si>
+    <t>1014028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47e/n84jduqspjh58x3n59zw5ic2vizaafyo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот в наборе с ручкой А5, 145х213 мм, BRAUBERG  quot;Cork quot;, под кожу, ЭКО обложка, 80 листов, черный, 116865</t>
+  </si>
+  <si>
+    <t>1014029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/v11505tl1ur8gt0mldkmrjvw7kp9wgib.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, BLUE FLOWERS, 090245, 80Б6A1мс_33478</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER BLUE FLOWERS идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a0/wy37lejtc5kgj68my3zm12ifeyq44a0q.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL FLOWERS, 090108, 80Б6A1мс_33479</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER NATURAL FLOWERS идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c67/cc571w36mmp9m23cqzjy224gkaiuddg5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL LEAVES, 090242, 80Б6A1мс_33480</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER NATURAL LEAVES идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/mrft8426m2kzcezicg6eo92636sq4spa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;INSIDE quot;, 080475, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 40. Обложка – мелованный картон с УФ-лаком. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014033</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4e/1f41i5wdnw594cpglzvbhdsm1i63cy7b.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Аквалайф quot;, 080473, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/pih7obycod2df8tr4oxs28pe6wsuenyu.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Муркомания quot;, 090640, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf5/b2uot7zf7g6gejjexnhpmwcvozpnfrjl.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Проект  quot;Капланопись quot;, 090639, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fe/pb2tkr116dqkwtljryve9v5ov84l4fhd.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;Хорошо быть  жиком quot;, 080472, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8f/kc2ebiok55qnwtv7mimzwwjbkute1xt2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., склейка, мелованная бумага, клетка, глянцевая ламинация, HATBER,  quot;Кототерапия quot;, 057230, 40Б6лA1к</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот подойдёт для важных записей и заметок. Бумага внутреннего блока повышенной плотности идеально подходит для всех типов чернил, включая гелевые, капиллярные и перьевые ручки. Блокнот формата А6. Количество листов – 40. Обложка – мелованная бумага 250 г/м2 с глянцевой ламинацией. Внутренний блок – офсет 80 г/м2, клетка. Скрепление – отрывная склейка.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac3/rx3s68toia0lv38p1xm0b88y1krtiey2.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., склейка, мелованная бумага, клетка, глянцевая ламинация, HATBER,  quot;Скорость и мощь quot;, 077053, 40Б6лA1к</t>
+  </si>
+  <si>
+    <t>1014039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d24/8706qldkmaqppha9pxq7mc8zbxs0l4n6.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., гребень, картон, клетка, HATBER,  quot;Нескучные герои quot;, 088310, 60Б6В1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 60. Обложка – мелованный картон с УФ-лаком. Внутренний блок – офсет, клетка. Скрепление – гребень. Перфорация на отрыв.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/742/vl5s9rioro5rd333x9ztgmmm9fpuny68.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 60 л., гребень, картон, клетка, HATBER,  quot;Плюшевые панды quot;, 088304, 60Б6В1гр</t>
+  </si>
+  <si>
+    <t>1014041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cea/tg18sm21cu4mdhhng68963h8jcge1zdh.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, зеленый, 086313, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6. Количество листов – 80. Обложка – мягкий бумвинил с металлизацией и тиснением. Внутренний блок – офсет, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/jfn1aevbyl53iiaen61rqk0pvlsoi1i5.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, коричневый, 086312, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>1014043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11b/qzw4vepwqn8vg8x7il3nx2bdxmhbubhy.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, бумвинил  quot;METALLIC quot;, клетка, HATBER, черный, 086310, 80ЗК6бвВ1гр</t>
+  </si>
+  <si>
+    <t>1014044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/100/uzghdy8i5cx4lc6o5xydg9va70m6n9oa.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Нежный фл р quot;, 082839, 80ЗКтд6В1гр_300</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с твёрдой двойной обложкой. Количество листов – 80. Внутренний блок – офсет 65 г/м2, 2-цветная клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5d/0w503xinkk6vd94u6ce38gk4wzt37k9p.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Носики-курносики quot;, 082842, 80ЗКтд6В1гр_301</t>
+  </si>
+  <si>
+    <t>1014046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d26/sq4087dygah7pd2eim9vwrfxjggifap9.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., гребень, твердый картон, клетка 2 цв., HATBER,  quot;Чарующая нежность quot;, 082843, 80ЗКтд6В1гр_30</t>
+  </si>
+  <si>
+    <t>1014047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fa/94ev65hy3964ivc0kqs3eav7xtp6jnla.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 80 л., мягкий гребень, пластик, фольга, клетка, HATBER, NATURAL LINES, 090246, 80Б6A1мс_33481</t>
+  </si>
+  <si>
+    <t>Стильный и универсальный блокнот HATBER идеально подходит для важных записей и заметок. Берите его с собой, фиксируйте идеи, создавайте зарисовки. Компактный формат позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А6 с пластиковой обложкой. Количество листов – 80. Внутренний блок – офсет 80 г/м2.Скрепление – мягкая спираль.</t>
+  </si>
+  <si>
+    <t>1014048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/5j8gdp1e1i4ickqnisqb7b8sq2vbkvdp.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Лягух Кир quot;, 081184, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный формат блокнота позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А7. Количество листов – 40. Обложка – мелованный картон. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb8/spcsdg5o6z5081mlj1io6ldcwuivll70.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Мой любимый блокнот quot;, 081193, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/229/82cv47gfdl0tqjrno1hiacygqgojlvxo.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, HATBER,  quot;Хорошо быть  жиком quot;, 081183, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/729/nszqk0znxqb63xl8gjzfvu3yn4kd9vto.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 40 л., гребень, картон, клетка, дисплей, HATBER, Ассорти  quot;Влад А4 quot;, 087487, 40Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014052</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9aa/b2jj0mrnwamuw471c7ke60snzbjqtczq.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;АвтоШоу quot;, 066626, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>Компактный формат блокнота позволяет держать его всегда под рукой и делать заметки в любой момент. Блокнот формата А7. Количество листов – 60. Обложка – мелованный картон. Внутренний блок – офсет 65 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014053</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/238/fudu62o1qod59ux076o8eu82qwbx713s.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;Веселый жираф quot;, 081165, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/4kjfs69no85xnqjqr8c5brqjhjq936oi.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 60 л., гребень, картон, клетка, HATBER,  quot;Утиные истории quot;, 081168, 60Б7В1гр</t>
+  </si>
+  <si>
+    <t>1014055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/131/k7t1vo1ik9qkna69obga230faggz0tax.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик  quot;VELVET quot;, клетка, HATBER, черный, 081561, 80Б7В1гр_01601</t>
+  </si>
+  <si>
+    <t>Компактный размер делает блокнот этого формата практичным и функциональным. Пластиковая обложка дополнительно защищает от загрязнений и продлевает срок эксплуатации. Носите блокнот с собой – фиксируйте идеи и делайте зарисовки. Блокнот формата А7. Количество листов – 80. Обложка – пластик. Внутренний блок – офсет 60 г/м2, клетка. Скрепление – гребень &amp;#40;раскрывается на 360°&amp;#41;.Блокнот ТМ HATBER российского производства отпечатан на современном высокотехнологичном оборудовании и соответствует стандартам качества.</t>
+  </si>
+  <si>
+    <t>1014056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/286/02wxvxgb7iwgpt2o3dyj6q9v48xyv429.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик, клетка, HATBER,  quot;LINE NEON quot;, зеленый, 081518, 80Б7В1гр_03034</t>
+  </si>
+  <si>
+    <t>1014057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/232/dhw6xol860smug4gktn9pn896mlffwml.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А7, 80 л., гребень, обложка пластик, клетка, HATBER,  quot;LINE NEON quot;, розовый, 081520, 80Б7В1гр_03033</t>
+  </si>
+  <si>
+    <t>1014058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1f/5hwn4d3ajcgsqzjbfd2ceix6fujfdtpi.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;SMART JOURNAL quot; 90 х 90 мм, 110 Л,  quot;FLORA quot; ОТРЫВНОЙ БЛОК НА КОЛЬЦЕ</t>
+  </si>
+  <si>
+    <t>Мини-блокнот 90*90 мм на колечке с листами из плотной белой бумаги плотностью 80 г/кв.м и пластиковой обложкой. Можно использовать для повседневных записей, а также для создания карточек для запоминания иностранных слов. Кольцо-брелок открывается. Очень удобный аксессуар, который понравится не только детям, но и взрослым за счет оригинальных дизайнов обложки.</t>
+  </si>
+  <si>
+    <t>1016977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efb/u9dg9l7ndvtlsjq5ngw43ca8tzvqukzi.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Стильный блокнот на гребне CUTE JOURNAL формата A6- от Bruno Visconti вертикального открывания. Блокнот предназначен для ведения записей различного характера. Благодаря гребню страницы тетради можно легко переворачивать на 360 градусов и делать записи на «весу» во время брифингов, презентаций. А можно раскрыть на 180 градусов, держа открытым на столе. Дизайн обложки – авторский. Обложка изготовлена из картона с матовой ламинацией Soft Touch и тиснением под золото. Внутренний блок содержит 100 листов бежевой бумаги плотностью 80 г/кв.м в линейку.</t>
+  </si>
+  <si>
+    <t>1016978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61a/vnn5sf4t866id1dftg6agzk20up4vfv8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FLORA. FOREST FAIRY TALE quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1016979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/ef2hk37umn71ipk1rxs1at93omjffzc2.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A6-, BV, 100 Л.  quot;FLORA. ГРАНАТ quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1016980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e0/i6nc7a6upj6btw0x6l1epp6gmbio4g1a.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FAUNA. БАБОЧКИ.СТРЕКОЗЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 &amp;quot;FAUNA.БАБОЧКИ.СТРЕКОЗЫ&amp;quot; из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/293cd58gdwg82u010t3xpf7i3b8aty2b.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. FOREST FAIRY TALE quot; ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.FOREST FAIRY TALE» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9f/q7r6i681359imv1fzt7jx8qnynioolbo.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. SYMMETRICAL FLORA quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 &amp;quot;FLORA.SYMMETRICAL FLORA&amp;quot; из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b9/tqippf0ikedc30a3ysktymmju0ory2vb.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. ЛЕСНЫЕ ЯГОДЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.ЛЕСНЫЕ ЯГОДЫ» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/550/h9a7kmp3tu5ulg96drhn24s2klard6k1.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ НА ГРЕБНЕ  CUTE JOURNAL  A7, BV, 100 Л.  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;. ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Компактный вертикально ориентированный блокнот формата А7 «FLORA.ЛУГОВЫЕ ТРАВЫ» из коллекции CUTE JOURNAL торговой марки Bruno Visconti отличается качеством и стильным дизайном. Крепление блока на гребне позволяет открывать блокнот на 360 градусов – удобно для записей на весу во время брифингов, презентаций, быстрых заметок. Обложка со кругленными углами произведена из картона плотностью 400 г/кв.м и убережет блок для записей от замятий. Сам внутренний блок изготовлен из бежевой бумаги плотностью 80 г/кв.м, его линовка в линейку позволит вести записи аккуратно и компактно. Премиальность и благородство придает блокноту матовая ламинация Soft Touch и фольгирование золотом. Благодаря авторскому дизайну и высокому качеству производства блокнот неизменно подчеркнет индивидуальность, хороший вкус его владельца, вызовет положительные эмоции. Такой блокнот привлекает к себе внимание, его приятно дарить и получать в качестве маленького презента.</t>
+  </si>
+  <si>
+    <t>1016985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c1/bc25j91orwx4zyprdzz63sp4qbhnksjk.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FAUNA.ВОЛШЕБНЫЕ СОВЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.ВОЛШЕБНЫЕ СОВЫ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd5/kd7u452owkp6se3kwzd6z471dvljojrv.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FLORA.FOREST FAIRY TALE quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ГРИБНАЯ ФЕЕРИЯ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bc/hyguoz758b462ru2o7vy7ryu933yh5o8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А5. 80 Л.  quot;FLORA.ЛУГОВЫЕ ТРАВЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛУГОВЫЕ ТРАВЫ&amp;quot; формата А5 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b5/w4162s6q5792lsmcwmhl24c3e9hfpwef.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FAUNA.DEEP SEA quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.DEEP SEA&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/sh6esx2j8chep3famtreuddd9i5035a8.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FAUNA.ФАНТАЗИЯ.КОРАЛЛЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FAUNA.ФАНТАЗИЯ.КОРАЛЛЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/901/vif0wwk8yr05lf7aodc4rwiwbkafp3xe.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ИРИСЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ИРИСЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d15/x2v1kiz1oer7elnnn0yitm1jklso62x3.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛЕСНЫЕ ЯГОДЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76e/fft66l554i236mjl9ioea6i21v4swz27.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;FLORA.ТРОПИЧЕСКИЕ ФРУКТЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ТРОПИЧЕСКИЕ ФРУКТЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/jllwkldt7w2kwle8twjo2y4r6qpjpqyq.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;LUSH.BOUQUET quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;LUSH.BOUQUET&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c8/g990wc3t4txpxbc95elkd1ibqzz8vb0d.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А6. 80 Л.  quot;БАБОЧКИ.СТРЕКОЗЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;БАБОЧКИ.СТРЕКОЗЫ&amp;quot; формата А6 для планирования рабочих и личных дел, быстрых записей и заметок. Обложка изготовлена из плотного картона с матовой ламинацией. Блок из 80 листов произведен из белой бумаги в клетку плотностью 55 г/м2. Актуальный дизайн.</t>
+  </si>
+  <si>
+    <t>1016995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/3jht1jqjew229kxa7dkxdue23c68ex3r.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;FLORA.PARADISE.LEMONS quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.LEMONS&amp;quot; формата А4 послужит отличным помощником в работе. Стильный дизайн привлекает внимание. Твердый переплет с глянцевой ламинацией и прошивка блока нитками предохраняют изделие от износа и увеличивают срок службы. Удобная линовка в клетку 320 страниц позволяют вести аккуратные записи в удобном формате, а также делать наброски и чертежи.</t>
+  </si>
+  <si>
+    <t>1016996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1b/25r3wu42e8dkb90kmc9c46dm2lzd6ohc.jpeg</t>
+  </si>
+  <si>
+    <t>БЛОКНОТ-ПРЕСТИЖ А4. 160Л.  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>Блокнот &amp;quot;FLORA.ЛЕСНЫЕ ЯГОДЫ&amp;quot; формата А4 послужит отличным помощником в работе. Стильный дизайн привлекает внимание. Твердый переплет с глянцевой ламинацией и прошивка блока нитками предохраняют изделие от износа и увеличивают срок службы. Удобная линовка в клетку 320 страниц позволяют вести аккуратные записи в удобном формате, а также делать наброски и чертежи.</t>
+  </si>
+  <si>
+    <t>1016997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/s5ahm5balojr8jhzhb3355dvfca4epve.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛЫЙ ФОРМАТ А6, 40 л., гребень, картон, клетка, HATBER,  quot;УтяКря quot;, 079618, 40Б6В1гр</t>
+  </si>
+  <si>
+    <t>1017306</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -12155,24217 +12797,25656 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1066"/>
+  <dimension ref="A1:M1127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G1066" sqref="G1066"/>
+      <selection pane="bottomRight" activeCell="G1127" sqref="G1127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="C4" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G7" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...52 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G10" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="G12" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...42 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...12 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G21" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>92</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G22" s="3" t="s">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>92</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G23" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
         <v>101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...15 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G30" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>132</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B31" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="B32" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="F32" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="B33" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="B34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="F34" s="3" t="s">
+      <c r="C35" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="G34" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C35" s="1" t="s">
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="3" t="s">
+      <c r="B37" s="1" t="s">
         <v>158</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="F37" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="B38" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B39" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...6 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F40" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="G40" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F41" s="3" t="s">
+      <c r="B42" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="G41" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="F42" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="B43" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="F42" s="3" t="s">
+      <c r="C43" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="G42" s="3" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>186</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="F43" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="G43" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="C44" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="3" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>191</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="C45" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C45" s="1" t="s">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="B46" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="3" t="s">
+      <c r="C46" s="1" t="s">
         <v>199</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="C47" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="F47" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="B48" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="F49" s="3" t="s">
+      <c r="G49" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="G49" s="3" t="s">
+      <c r="B50" s="1" t="s">
         <v>215</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>230</v>
       </c>
       <c r="F53" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="G53" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="F54" s="3" t="s">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="G54" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="B57" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="C57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="C58" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="3" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>249</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F58" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="G58" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="C58" s="1" t="s">
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="B59" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="3" t="s">
+      <c r="C59" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>254</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>260</v>
-      </c>
-[...21 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="F62" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="G62" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="B63" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="F63" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="G63" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G63" s="3" t="s">
+      <c r="B64" s="1" t="s">
         <v>274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="F64" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="B65" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="F65" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="B66" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="B67" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G66" s="3" t="s">
+      <c r="C67" s="1" t="s">
         <v>287</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="F67" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C67" s="1" t="s">
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="B68" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="F68" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G68" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="F69" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="B70" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="F71" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="F72" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="B73" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="F73" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G73" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G73" s="3" t="s">
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>316</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G74" s="3" t="s">
+      <c r="B75" s="1" t="s">
         <v>321</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="B76" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="F77" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="B78" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="B79" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="B80" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G80" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="F81" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G81" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...6 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>353</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>357</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F84" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="G84" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F85" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="F89" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>387</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="F92" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="G92" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="F95" s="3" t="s">
+      <c r="B96" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="G95" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G96" s="3" t="s">
+      <c r="B97" s="1" t="s">
         <v>412</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G97" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="F98" s="3" t="s">
+      <c r="B99" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="G98" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="B100" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G99" s="3" t="s">
+      <c r="C100" s="1" t="s">
         <v>426</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="F100" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="C101" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="C101" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="G102" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G103" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F104" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>448</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>185</v>
+        <v>449</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>185</v>
+        <v>267</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...6 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>185</v>
+        <v>267</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>185</v>
+        <v>267</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>185</v>
+        <v>267</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>457</v>
+        <v>472</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>214</v>
+        <v>267</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>362</v>
+        <v>222</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>38</v>
+        <v>250</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>421</v>
+        <v>394</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>534</v>
+        <v>250</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>534</v>
+        <v>49</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>534</v>
+        <v>272</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>549</v>
+        <v>447</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>534</v>
+        <v>449</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>555</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>421</v>
+        <v>556</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>557</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>421</v>
+        <v>556</v>
       </c>
       <c r="G135" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F136" s="3" t="s">
         <v>556</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G136" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="F137" s="3" t="s">
         <v>556</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G137" s="3" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>528</v>
+        <v>572</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>421</v>
+        <v>449</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>528</v>
+        <v>572</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>421</v>
+        <v>449</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>574</v>
+        <v>447</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>236</v>
+        <v>449</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>578</v>
+        <v>447</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>580</v>
+        <v>449</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>582</v>
+        <v>447</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>449</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>580</v>
+        <v>272</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="F146" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...23 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G146" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>736</v>
+        <v>747</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B185" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>595</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="B239" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="C239" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>974</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
         <v>975</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C242" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>977</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="F242" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="B243" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C243" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>980</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="B244" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>984</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="F244" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="C245" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="C245" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="F245" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="C246" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="F246" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="C247" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>993</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="F247" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="C248" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="F248" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="C249" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="B250" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="C250" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="C251" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="C252" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="C252" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="C253" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="F254" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="C255" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B256" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G255" s="3" t="s">
+      <c r="C256" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1021</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="C257" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="C258" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="F257" s="3" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="G257" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="C258" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="C259" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="B261" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1041</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="F261" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>38</v>
+        <v>222</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C274" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1092</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1101</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1105</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="C279" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1108</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="F279" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="B281" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="C281" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="B282" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="C282" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1117</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1120</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B284" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1124</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F284" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="G284" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1127</v>
-      </c>
-[...21 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C286" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1133</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="C286" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B287" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1137</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="F287" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D288" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>185</v>
+        <v>1125</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>185</v>
+        <v>1125</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>1153</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1169</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F297" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="B296" s="1" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="G297" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>1198</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>1206</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>1210</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1149</v>
-[...5 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="C311" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1233</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="F311" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1237</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="F312" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1241</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1245</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="F314" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1249</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="F315" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1250</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1253</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="F316" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1257</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="F317" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1259</v>
-      </c>
-[...1 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>1261</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1263</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>1273</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1296</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>1301</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>1305</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>1313</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1348</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>1361</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>1372</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>1373</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>1375</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1377</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1149</v>
+        <v>1125</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1385</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>1387</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>1389</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="C351" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1392</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="F351" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C352" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B353" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C353" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1398</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="C354" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1401</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1409</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1413</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1417</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="B359" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1421</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="B360" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1425</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1429</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="C361" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="C362" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="C362" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="B363" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1437</v>
       </c>
-      <c r="C363" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="F363" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>1441</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
         <v>1442</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>1443</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1445</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>1453</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>1457</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>1461</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>1463</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>1465</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
         <v>1466</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1468</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1469</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>1473</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
         <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>1194</v>
+        <v>1125</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>1478</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1480</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>1194</v>
+        <v>222</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="C375" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1484</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="F375" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="C376" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1487</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="B377" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="C377" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1490</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="C378" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1494</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="C379" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1497</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="C380" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1501</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="C381" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1504</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="F381" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="C382" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1507</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="B383" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1511</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="B384" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="C384" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1514</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="C385" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1517</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="C386" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1521</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="C387" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1524</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="F387" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="C388" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1527</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="B389" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="C389" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C387" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="B390" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="C388" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="F390" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="C391" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="C389" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="C392" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1541</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F392" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="C393" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1544</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="B394" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="C394" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1547</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="C392" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="B395" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1551</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="F395" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="B396" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="C396" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1555</v>
       </c>
-      <c r="C394" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="F396" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="C395" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1559</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="B398" s="1" t="s">
         <v>1561</v>
-      </c>
-[...44 lines deleted...]
-        <v>1568</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C400" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1570</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="C401" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1573</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="B402" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="C400" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="C402" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1577</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1578</v>
       </c>
-      <c r="C401" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="B403" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="C403" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1581</v>
       </c>
-      <c r="C402" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="F403" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="B404" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="C404" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1584</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="B405" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="C405" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1588</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="B406" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="C406" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1592</v>
       </c>
-      <c r="C405" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="F406" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C407" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1596</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="C407" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="C408" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1600</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="B409" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="C409" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1603</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="B410" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1607</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1609</v>
-      </c>
-[...21 lines deleted...]
-        <v>1613</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>1610</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C412" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1615</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="C413" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1618</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="C413" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="C414" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1622</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="C415" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="F415" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="C415" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="C416" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1630</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="B417" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="C417" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1633</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="C418" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="C419" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1641</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="C420" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1645</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="C421" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1649</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="B422" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1653</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="B423" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1657</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="B424" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1661</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="B425" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1665</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="F425" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1669</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="F426" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1673</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="F427" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="B428" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1677</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="F428" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="B429" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="C429" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="C429" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1681</v>
       </c>
-      <c r="D429" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="F429" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="B430" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="C430" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="C430" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1685</v>
       </c>
-      <c r="D430" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="F430" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="B431" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="C431" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1688</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="F431" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="B432" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="C432" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1691</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="B433" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="C433" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1695</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="B434" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="C434" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1699</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="B435" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="C435" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1702</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="B436" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="C436" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1705</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="F436" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="C437" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1709</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="F437" s="3" t="s">
         <v>1710</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="G437" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="B438" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="C438" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1714</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1716</v>
       </c>
-      <c r="C438" s="1" t="s">
+      <c r="C439" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1717</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="F439" s="3" t="s">
         <v>1718</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="G439" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="B440" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="C440" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1721</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="F440" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="C441" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1724</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1725</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="B442" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1728</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="B443" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="C443" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1731</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1733</v>
-      </c>
-[...41 lines deleted...]
-        <v>1739</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>1733</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F445" s="3" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B446" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="C446" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1741</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="F446" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="G446" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="B447" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="C447" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1745</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="F447" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="C448" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1748</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="F448" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="C449" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1752</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="F449" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="C448" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="B450" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1756</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="F450" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G450" s="3" t="s">
         <v>1757</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="F449" s="3" t="s">
+      <c r="B451" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="G449" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A450" s="1" t="s">
+      <c r="C451" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1760</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="F451" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="C452" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
         <v>1764</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="F452" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="C451" s="1" t="s">
+      <c r="G452" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F453" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="D451" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A452" s="1" t="s">
+      <c r="G453" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F454" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F455" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F456" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F457" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F458" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F459" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F460" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F461" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F462" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F463" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F464" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F465" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F466" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F467" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F468" s="3" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F469" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F470" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F471" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C472" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="B452" s="1" t="s">
-[...393 lines deleted...]
-      <c r="C469" s="1" t="s">
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1833</v>
       </c>
-      <c r="D469" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="F472" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="B473" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="C473" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1837</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="F473" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1838</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="B474" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="C474" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1840</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="F474" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1841</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="B475" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="C475" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1843</v>
       </c>
-      <c r="C472" s="1" t="s">
+      <c r="F475" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="D472" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="B476" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="C476" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1847</v>
       </c>
-      <c r="C473" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="F476" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="B477" s="1" t="s">
         <v>1849</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="C474" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1851</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="F477" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="B478" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="C478" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1854</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+      <c r="F478" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="B479" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="C476" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="C479" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="F476" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
         <v>1858</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="F479" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="C477" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="B480" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="F477" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A478" s="1" t="s">
+      <c r="C480" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
         <v>1861</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="F480" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
         <v>1862</v>
       </c>
-      <c r="C478" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="B481" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="F478" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A479" s="1" t="s">
+      <c r="C481" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
         <v>1864</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="F481" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="C479" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="B482" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="F479" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A480" s="1" t="s">
+      <c r="C482" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="B480" s="1" t="s">
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
         <v>1868</v>
       </c>
-      <c r="C480" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E480" s="3" t="s">
+      <c r="F482" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="F480" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="1" t="s">
+      <c r="B483" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="C483" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="C481" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E481" s="3" t="s">
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
         <v>1872</v>
       </c>
-      <c r="F481" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="1" t="s">
+      <c r="F483" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="B484" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="C482" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E482" s="3" t="s">
+      <c r="C484" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="F482" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A483" s="1" t="s">
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
         <v>1876</v>
       </c>
-      <c r="B483" s="1" t="s">
+      <c r="F484" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="C483" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E483" s="3" t="s">
+      <c r="B485" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="F483" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A484" s="1" t="s">
+      <c r="C485" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
         <v>1880</v>
       </c>
-      <c r="C484" s="1" t="s">
+      <c r="F485" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="D484" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E484" s="3" t="s">
+      <c r="B486" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="F484" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A485" s="1" t="s">
+      <c r="C486" s="1" t="s">
         <v>1883</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
         <v>1884</v>
       </c>
-      <c r="C485" s="1" t="s">
+      <c r="F486" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="D485" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E485" s="3" t="s">
+      <c r="B487" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="F485" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A486" s="1" t="s">
+      <c r="C487" s="1" t="s">
         <v>1887</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
         <v>1888</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E486" s="3" t="s">
+      <c r="F487" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="F486" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A487" s="1" t="s">
+      <c r="B488" s="1" t="s">
         <v>1890</v>
       </c>
-      <c r="B487" s="1" t="s">
+      <c r="C488" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="C487" s="1" t="s">
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
         <v>1892</v>
       </c>
-      <c r="D487" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E487" s="3" t="s">
+      <c r="F488" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="F487" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A488" s="1" t="s">
+      <c r="B489" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="B488" s="1" t="s">
+      <c r="C489" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
         <v>1895</v>
       </c>
-      <c r="C488" s="1" t="s">
+      <c r="F489" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="D488" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E488" s="3" t="s">
+      <c r="B490" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="F488" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A489" s="1" t="s">
+      <c r="C490" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="B489" s="1" t="s">
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
         <v>1899</v>
       </c>
-      <c r="C489" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E489" s="3" t="s">
+      <c r="F490" s="3" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="F489" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A490" s="1" t="s">
+      <c r="B491" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="B490" s="1" t="s">
+      <c r="C491" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="C490" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E490" s="3" t="s">
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>1903</v>
       </c>
-      <c r="F490" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A491" s="1" t="s">
+      <c r="F491" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="B491" s="1" t="s">
+      <c r="B492" s="1" t="s">
         <v>1905</v>
-      </c>
-[...21 lines deleted...]
-        <v>1909</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1906</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F492" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C493" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="F492" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A493" s="1" t="s">
+      <c r="D493" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="3" t="s">
         <v>1911</v>
       </c>
-      <c r="B493" s="1" t="s">
+      <c r="F493" s="3" t="s">
         <v>1912</v>
       </c>
-      <c r="C493" s="1" t="s">
+      <c r="G493" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A494" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="D493" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E493" s="3" t="s">
+      <c r="B494" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="F493" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A494" s="1" t="s">
+      <c r="C494" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="3" t="s">
         <v>1915</v>
       </c>
-      <c r="B494" s="1" t="s">
+      <c r="F494" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G494" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A495" s="1" t="s">
         <v>1916</v>
       </c>
-      <c r="C494" s="1" t="s">
+      <c r="B495" s="1" t="s">
         <v>1917</v>
       </c>
-      <c r="D494" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E494" s="3" t="s">
+      <c r="C495" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
         <v>1918</v>
       </c>
-      <c r="F494" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A495" s="1" t="s">
+      <c r="F495" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="B495" s="1" t="s">
+      <c r="B496" s="1" t="s">
         <v>1920</v>
       </c>
-      <c r="C495" s="1" t="s">
+      <c r="C496" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
         <v>1921</v>
       </c>
-      <c r="D495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="F496" s="3" t="s">
         <v>1922</v>
       </c>
-      <c r="F495" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A496" s="1" t="s">
+      <c r="G496" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="B497" s="1" t="s">
         <v>1924</v>
       </c>
-      <c r="C496" s="1" t="s">
+      <c r="C497" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
         <v>1925</v>
       </c>
-      <c r="D496" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E496" s="3" t="s">
+      <c r="F497" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
         <v>1926</v>
       </c>
-      <c r="F496" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A497" s="1" t="s">
+      <c r="B498" s="1" t="s">
         <v>1927</v>
       </c>
-      <c r="B497" s="1" t="s">
+      <c r="C498" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
         <v>1928</v>
       </c>
-      <c r="C497" s="1" t="s">
+      <c r="F498" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G498" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
         <v>1929</v>
       </c>
-      <c r="D497" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E497" s="3" t="s">
+      <c r="B499" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="F497" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A498" s="1" t="s">
+      <c r="C499" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
         <v>1931</v>
       </c>
-      <c r="B498" s="1" t="s">
+      <c r="F499" s="3" t="s">
         <v>1932</v>
       </c>
-      <c r="C498" s="1" t="s">
+      <c r="G499" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="D498" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E498" s="3" t="s">
+      <c r="B500" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="F498" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A499" s="1" t="s">
+      <c r="C500" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E500" s="3" t="s">
         <v>1935</v>
       </c>
-      <c r="B499" s="1" t="s">
+      <c r="F500" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
         <v>1936</v>
       </c>
-      <c r="C499" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E499" s="3" t="s">
+      <c r="B501" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="F499" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A500" s="1" t="s">
+      <c r="C501" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
         <v>1938</v>
       </c>
-      <c r="B500" s="1" t="s">
+      <c r="F501" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="C500" s="1" t="s">
+      <c r="B502" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="D500" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E500" s="3" t="s">
+      <c r="C502" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E502" s="3" t="s">
         <v>1941</v>
       </c>
-      <c r="F500" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A501" s="1" t="s">
+      <c r="F502" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
         <v>1942</v>
       </c>
-      <c r="B501" s="1" t="s">
+      <c r="B503" s="1" t="s">
         <v>1943</v>
       </c>
-      <c r="C501" s="1" t="s">
+      <c r="C503" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="3" t="s">
         <v>1944</v>
       </c>
-      <c r="D501" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E501" s="3" t="s">
+      <c r="F503" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="F501" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A502" s="1" t="s">
+      <c r="B504" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="B502" s="1" t="s">
+      <c r="C504" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="3" t="s">
         <v>1947</v>
       </c>
-      <c r="C502" s="1" t="s">
+      <c r="F504" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
         <v>1948</v>
       </c>
-      <c r="D502" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E502" s="3" t="s">
+      <c r="B505" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="F502" s="3" t="s">
+      <c r="C505" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
         <v>1950</v>
       </c>
-      <c r="G502" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A503" s="1" t="s">
+      <c r="F505" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="B503" s="1" t="s">
+      <c r="B506" s="1" t="s">
         <v>1952</v>
       </c>
-      <c r="C503" s="1" t="s">
+      <c r="C506" s="1" t="s">
         <v>1952</v>
       </c>
-      <c r="D503" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E503" s="3" t="s">
+      <c r="D506" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="3" t="s">
         <v>1953</v>
       </c>
-      <c r="F503" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A504" s="1" t="s">
+      <c r="F506" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
         <v>1954</v>
       </c>
-      <c r="B504" s="1" t="s">
+      <c r="B507" s="1" t="s">
         <v>1955</v>
       </c>
-      <c r="C504" s="1" t="s">
+      <c r="C507" s="1" t="s">
         <v>1955</v>
       </c>
-      <c r="D504" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E504" s="3" t="s">
+      <c r="D507" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="3" t="s">
         <v>1956</v>
       </c>
-      <c r="F504" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A505" s="1" t="s">
+      <c r="F507" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="B505" s="1" t="s">
+      <c r="B508" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="C505" s="1" t="s">
+      <c r="C508" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="D505" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E505" s="3" t="s">
+      <c r="D508" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="3" t="s">
         <v>1959</v>
       </c>
-      <c r="F505" s="3" t="s">
+      <c r="F508" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
         <v>1960</v>
       </c>
-      <c r="G505" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A506" s="1" t="s">
+      <c r="B509" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="B506" s="1" t="s">
+      <c r="C509" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="3" t="s">
         <v>1962</v>
       </c>
-      <c r="C506" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E506" s="3" t="s">
+      <c r="F509" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
         <v>1963</v>
       </c>
-      <c r="F506" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A507" s="1" t="s">
+      <c r="B510" s="1" t="s">
         <v>1964</v>
       </c>
-      <c r="B507" s="1" t="s">
+      <c r="C510" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="3" t="s">
         <v>1965</v>
       </c>
-      <c r="C507" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E507" s="3" t="s">
+      <c r="F510" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="F507" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A508" s="1" t="s">
+      <c r="B511" s="1" t="s">
         <v>1967</v>
       </c>
-      <c r="B508" s="1" t="s">
+      <c r="C511" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="3" t="s">
         <v>1968</v>
       </c>
-      <c r="C508" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E508" s="3" t="s">
+      <c r="F511" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="F508" s="3" t="s">
+      <c r="B512" s="1" t="s">
         <v>1970</v>
       </c>
-      <c r="G508" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A509" s="1" t="s">
+      <c r="C512" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="3" t="s">
         <v>1971</v>
       </c>
-      <c r="B509" s="1" t="s">
+      <c r="F512" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
         <v>1972</v>
       </c>
-      <c r="C509" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E509" s="3" t="s">
+      <c r="B513" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="F509" s="3" t="s">
+      <c r="C513" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E513" s="3" t="s">
         <v>1974</v>
       </c>
-      <c r="G509" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A510" s="1" t="s">
+      <c r="F513" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="B510" s="1" t="s">
+      <c r="B514" s="1" t="s">
         <v>1976</v>
       </c>
-      <c r="C510" s="1" t="s">
+      <c r="C514" s="1" t="s">
         <v>1976</v>
       </c>
-      <c r="D510" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E510" s="3" t="s">
+      <c r="D514" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E514" s="3" t="s">
         <v>1977</v>
       </c>
-      <c r="F510" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A511" s="1" t="s">
+      <c r="F514" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="B511" s="1" t="s">
+      <c r="B515" s="1" t="s">
         <v>1979</v>
       </c>
-      <c r="C511" s="1" t="s">
+      <c r="C515" s="1" t="s">
         <v>1979</v>
       </c>
-      <c r="D511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E511" s="3" t="s">
+      <c r="D515" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E515" s="3" t="s">
         <v>1980</v>
       </c>
-      <c r="F511" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A512" s="1" t="s">
+      <c r="F515" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B512" s="1" t="s">
+      <c r="B516" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="C512" s="1" t="s">
+      <c r="C516" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="D512" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E512" s="3" t="s">
+      <c r="D516" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="3" t="s">
         <v>1983</v>
       </c>
-      <c r="F512" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A513" s="1" t="s">
+      <c r="F516" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
         <v>1984</v>
       </c>
-      <c r="B513" s="1" t="s">
+      <c r="B517" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="C513" s="1" t="s">
+      <c r="C517" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="D513" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E513" s="3" t="s">
+      <c r="D517" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E517" s="3" t="s">
         <v>1986</v>
       </c>
-      <c r="F513" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A514" s="1" t="s">
+      <c r="F517" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
         <v>1987</v>
       </c>
-      <c r="B514" s="1" t="s">
+      <c r="B518" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="C514" s="1" t="s">
+      <c r="C518" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="D514" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E514" s="3" t="s">
+      <c r="D518" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E518" s="3" t="s">
         <v>1989</v>
       </c>
-      <c r="F514" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A515" s="1" t="s">
+      <c r="F518" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
         <v>1990</v>
       </c>
-      <c r="B515" s="1" t="s">
+      <c r="B519" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="C515" s="1" t="s">
+      <c r="C519" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="D515" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E515" s="3" t="s">
+      <c r="D519" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E519" s="3" t="s">
         <v>1992</v>
       </c>
-      <c r="F515" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A516" s="1" t="s">
+      <c r="F519" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="B516" s="1" t="s">
+      <c r="B520" s="1" t="s">
         <v>1994</v>
       </c>
-      <c r="C516" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E516" s="3" t="s">
+      <c r="C520" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="F516" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A517" s="1" t="s">
+      <c r="D520" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E520" s="3" t="s">
         <v>1996</v>
       </c>
-      <c r="B517" s="1" t="s">
+      <c r="F520" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="C517" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E517" s="3" t="s">
+      <c r="B521" s="1" t="s">
         <v>1998</v>
       </c>
-      <c r="F517" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A518" s="1" t="s">
+      <c r="C521" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E521" s="3" t="s">
         <v>1999</v>
       </c>
-      <c r="B518" s="1" t="s">
+      <c r="F521" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
         <v>2000</v>
       </c>
-      <c r="C518" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E518" s="3" t="s">
+      <c r="B522" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="F518" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A519" s="1" t="s">
+      <c r="C522" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E522" s="3" t="s">
         <v>2002</v>
       </c>
-      <c r="B519" s="1" t="s">
+      <c r="F522" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
         <v>2003</v>
       </c>
-      <c r="C519" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E519" s="3" t="s">
+      <c r="B523" s="1" t="s">
         <v>2004</v>
       </c>
-      <c r="F519" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A520" s="1" t="s">
+      <c r="C523" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="B520" s="1" t="s">
+      <c r="D523" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E523" s="3" t="s">
         <v>2006</v>
       </c>
-      <c r="C520" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E520" s="3" t="s">
+      <c r="F523" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="F520" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A521" s="1" t="s">
+      <c r="B524" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="B521" s="1" t="s">
+      <c r="C524" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E524" s="3" t="s">
         <v>2009</v>
       </c>
-      <c r="C521" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E521" s="3" t="s">
+      <c r="F524" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
         <v>2010</v>
       </c>
-      <c r="F521" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="B525" s="1" t="s">
         <v>2011</v>
       </c>
-      <c r="B522" s="1" t="s">
+      <c r="C525" s="1" t="s">
         <v>2012</v>
       </c>
-      <c r="C522" s="1" t="s">
+      <c r="D525" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F525" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C526" s="1" t="s">
         <v>2012</v>
       </c>
-      <c r="D522" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E523" s="3" t="s">
+      <c r="D526" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E526" s="3" t="s">
         <v>2016</v>
       </c>
-      <c r="F523" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A524" s="1" t="s">
+      <c r="F526" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="B524" s="1" t="s">
+      <c r="B527" s="1" t="s">
         <v>2018</v>
       </c>
-      <c r="C524" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E524" s="3" t="s">
+      <c r="C527" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E527" s="3" t="s">
         <v>2019</v>
       </c>
-      <c r="F524" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A525" s="1" t="s">
+      <c r="F527" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
         <v>2020</v>
       </c>
-      <c r="B525" s="1" t="s">
+      <c r="B528" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="C525" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E525" s="3" t="s">
+      <c r="C528" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E528" s="3" t="s">
         <v>2022</v>
       </c>
-      <c r="F525" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A526" s="1" t="s">
+      <c r="F528" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
         <v>2023</v>
       </c>
-      <c r="B526" s="1" t="s">
+      <c r="B529" s="1" t="s">
         <v>2024</v>
       </c>
-      <c r="C526" s="1" t="s">
+      <c r="C529" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E529" s="3" t="s">
         <v>2025</v>
       </c>
-      <c r="D526" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E526" s="3" t="s">
+      <c r="F529" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
         <v>2026</v>
       </c>
-      <c r="F526" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A527" s="1" t="s">
+      <c r="B530" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="B527" s="1" t="s">
+      <c r="C530" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E530" s="3" t="s">
         <v>2028</v>
       </c>
-      <c r="C527" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E527" s="3" t="s">
+      <c r="F530" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
         <v>2029</v>
       </c>
-      <c r="F527" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A528" s="1" t="s">
+      <c r="B531" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="B528" s="1" t="s">
+      <c r="C531" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E531" s="3" t="s">
         <v>2031</v>
       </c>
-      <c r="C528" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E528" s="3" t="s">
+      <c r="F531" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
         <v>2032</v>
       </c>
-      <c r="F528" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A529" s="1" t="s">
+      <c r="B532" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="C532" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E532" s="3" t="s">
         <v>2034</v>
       </c>
-      <c r="C529" s="1" t="s">
+      <c r="F532" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
         <v>2035</v>
       </c>
-      <c r="D529" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E529" s="3" t="s">
+      <c r="B533" s="1" t="s">
         <v>2036</v>
       </c>
-      <c r="F529" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A530" s="1" t="s">
+      <c r="C533" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E533" s="3" t="s">
         <v>2037</v>
       </c>
-      <c r="B530" s="1" t="s">
+      <c r="F533" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
         <v>2038</v>
       </c>
-      <c r="C530" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E530" s="3" t="s">
+      <c r="B534" s="1" t="s">
         <v>2039</v>
       </c>
-      <c r="F530" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A531" s="1" t="s">
+      <c r="C534" s="1" t="s">
         <v>2040</v>
       </c>
-      <c r="B531" s="1" t="s">
+      <c r="D534" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E534" s="3" t="s">
         <v>2041</v>
       </c>
-      <c r="C531" s="1" t="s">
+      <c r="F534" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
         <v>2042</v>
       </c>
-      <c r="D531" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E531" s="3" t="s">
+      <c r="B535" s="1" t="s">
         <v>2043</v>
       </c>
-      <c r="F531" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A532" s="1" t="s">
+      <c r="C535" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E535" s="3" t="s">
         <v>2044</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="F535" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
         <v>2045</v>
       </c>
-      <c r="C532" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E532" s="3" t="s">
+      <c r="B536" s="1" t="s">
         <v>2046</v>
       </c>
-      <c r="F532" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A533" s="1" t="s">
+      <c r="C536" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E536" s="3" t="s">
         <v>2047</v>
       </c>
-      <c r="B533" s="1" t="s">
+      <c r="F536" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="C533" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E533" s="3" t="s">
+      <c r="B537" s="1" t="s">
         <v>2049</v>
       </c>
-      <c r="F533" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A534" s="1" t="s">
+      <c r="C537" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E537" s="3" t="s">
         <v>2050</v>
       </c>
-      <c r="B534" s="1" t="s">
+      <c r="F537" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
         <v>2051</v>
       </c>
-      <c r="C534" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E534" s="3" t="s">
+      <c r="B538" s="1" t="s">
         <v>2052</v>
       </c>
-      <c r="F534" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A535" s="1" t="s">
+      <c r="C538" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E538" s="3" t="s">
         <v>2053</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="F538" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
         <v>2054</v>
       </c>
-      <c r="C535" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E535" s="3" t="s">
+      <c r="B539" s="1" t="s">
         <v>2055</v>
       </c>
-      <c r="F535" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A536" s="1" t="s">
+      <c r="C539" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E539" s="3" t="s">
         <v>2056</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="F539" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
         <v>2057</v>
       </c>
-      <c r="C536" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E536" s="3" t="s">
+      <c r="B540" s="1" t="s">
         <v>2058</v>
       </c>
-      <c r="F536" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A537" s="1" t="s">
+      <c r="C540" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
         <v>2059</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="F540" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="C537" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E537" s="3" t="s">
+      <c r="B541" s="1" t="s">
         <v>2061</v>
       </c>
-      <c r="F537" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A538" s="1" t="s">
+      <c r="C541" s="1" t="s">
         <v>2062</v>
       </c>
-      <c r="B538" s="1" t="s">
+      <c r="D541" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E541" s="3" t="s">
         <v>2063</v>
       </c>
-      <c r="C538" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="F541" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="F538" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A539" s="1" t="s">
+      <c r="B542" s="1" t="s">
         <v>2065</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="C542" s="1" t="s">
         <v>2066</v>
       </c>
-      <c r="C539" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E539" s="3" t="s">
+      <c r="D542" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E542" s="3" t="s">
         <v>2067</v>
       </c>
-      <c r="F539" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A540" s="1" t="s">
+      <c r="F542" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
         <v>2068</v>
       </c>
-      <c r="B540" s="1" t="s">
+      <c r="B543" s="1" t="s">
         <v>2069</v>
       </c>
-      <c r="C540" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E540" s="3" t="s">
+      <c r="C543" s="1" t="s">
         <v>2070</v>
       </c>
-      <c r="F540" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A541" s="1" t="s">
+      <c r="D543" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E543" s="3" t="s">
         <v>2071</v>
       </c>
-      <c r="B541" s="1" t="s">
+      <c r="F543" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G543" s="3" t="s">
         <v>2072</v>
       </c>
-      <c r="C541" s="1" t="s">
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="D541" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E541" s="3" t="s">
+      <c r="B544" s="1" t="s">
         <v>2074</v>
       </c>
-      <c r="F541" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A542" s="1" t="s">
+      <c r="C544" s="1" t="s">
         <v>2075</v>
       </c>
-      <c r="B542" s="1" t="s">
+      <c r="D544" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E544" s="3" t="s">
         <v>2076</v>
       </c>
-      <c r="C542" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E542" s="3" t="s">
+      <c r="F544" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
         <v>2077</v>
       </c>
-      <c r="F542" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A543" s="1" t="s">
+      <c r="B545" s="1" t="s">
         <v>2078</v>
       </c>
-      <c r="B543" s="1" t="s">
+      <c r="C545" s="1" t="s">
         <v>2079</v>
       </c>
-      <c r="C543" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E543" s="3" t="s">
+      <c r="D545" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E545" s="3" t="s">
         <v>2080</v>
       </c>
-      <c r="F543" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A544" s="1" t="s">
+      <c r="F545" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
         <v>2081</v>
       </c>
-      <c r="B544" s="1" t="s">
+      <c r="B546" s="1" t="s">
         <v>2082</v>
       </c>
-      <c r="C544" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E544" s="3" t="s">
+      <c r="C546" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="F544" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A545" s="1" t="s">
+      <c r="D546" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E546" s="3" t="s">
         <v>2084</v>
       </c>
-      <c r="B545" s="1" t="s">
+      <c r="F546" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
         <v>2085</v>
       </c>
-      <c r="C545" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E545" s="3" t="s">
+      <c r="B547" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="F545" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A546" s="1" t="s">
+      <c r="C547" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="B546" s="1" t="s">
+      <c r="D547" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E547" s="3" t="s">
         <v>2088</v>
       </c>
-      <c r="C546" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E546" s="3" t="s">
+      <c r="F547" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
         <v>2089</v>
       </c>
-      <c r="F546" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A547" s="1" t="s">
+      <c r="B548" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="B547" s="1" t="s">
+      <c r="C548" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E548" s="3" t="s">
         <v>2091</v>
       </c>
-      <c r="C547" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E547" s="3" t="s">
+      <c r="F548" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A549" s="1" t="s">
         <v>2092</v>
       </c>
-      <c r="F547" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A548" s="1" t="s">
+      <c r="B549" s="1" t="s">
         <v>2093</v>
       </c>
-      <c r="B548" s="1" t="s">
+      <c r="C549" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E549" s="3" t="s">
         <v>2094</v>
       </c>
-      <c r="C548" s="1" t="s">
+      <c r="F549" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G549" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A550" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="D548" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E548" s="3" t="s">
+      <c r="B550" s="1" t="s">
         <v>2096</v>
       </c>
-      <c r="F548" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A549" s="1" t="s">
+      <c r="C550" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E550" s="3" t="s">
         <v>2097</v>
       </c>
-      <c r="B549" s="1" t="s">
+      <c r="F550" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A551" s="1" t="s">
         <v>2098</v>
       </c>
-      <c r="C549" s="1" t="s">
+      <c r="B551" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="D549" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E549" s="3" t="s">
+      <c r="C551" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E551" s="3" t="s">
         <v>2100</v>
       </c>
-      <c r="F549" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A550" s="1" t="s">
+      <c r="F551" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A552" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="B550" s="1" t="s">
+      <c r="B552" s="1" t="s">
         <v>2102</v>
       </c>
-      <c r="C550" s="1" t="s">
+      <c r="C552" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E552" s="3" t="s">
         <v>2103</v>
       </c>
-      <c r="D550" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E550" s="3" t="s">
+      <c r="F552" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
         <v>2104</v>
       </c>
-      <c r="F550" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G550" s="3" t="s">
+      <c r="B553" s="1" t="s">
         <v>2105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A551" s="1" t="s">
+      <c r="C553" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E553" s="3" t="s">
         <v>2106</v>
       </c>
-      <c r="B551" s="1" t="s">
+      <c r="F553" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="C551" s="1" t="s">
+      <c r="B554" s="1" t="s">
         <v>2108</v>
       </c>
-      <c r="D551" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E551" s="3" t="s">
+      <c r="C554" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E554" s="3" t="s">
         <v>2109</v>
       </c>
-      <c r="F551" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A552" s="1" t="s">
+      <c r="F554" s="3" t="s">
         <v>2110</v>
       </c>
-      <c r="B552" s="1" t="s">
+      <c r="G554" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
         <v>2111</v>
       </c>
-      <c r="C552" s="1" t="s">
+      <c r="B555" s="1" t="s">
         <v>2112</v>
       </c>
-      <c r="D552" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E552" s="3" t="s">
+      <c r="C555" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E555" s="3" t="s">
         <v>2113</v>
       </c>
-      <c r="F552" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A553" s="1" t="s">
+      <c r="F555" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
         <v>2114</v>
       </c>
-      <c r="B553" s="1" t="s">
+      <c r="B556" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="C553" s="1" t="s">
+      <c r="C556" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E556" s="3" t="s">
         <v>2116</v>
       </c>
-      <c r="D553" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E553" s="3" t="s">
+      <c r="F556" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
         <v>2117</v>
       </c>
-      <c r="F553" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A554" s="1" t="s">
+      <c r="B557" s="1" t="s">
         <v>2118</v>
       </c>
-      <c r="B554" s="1" t="s">
+      <c r="C557" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E557" s="3" t="s">
         <v>2119</v>
       </c>
-      <c r="C554" s="1" t="s">
+      <c r="F557" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
         <v>2120</v>
       </c>
-      <c r="D554" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E554" s="3" t="s">
+      <c r="B558" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="F554" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A555" s="1" t="s">
+      <c r="C558" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E558" s="3" t="s">
         <v>2122</v>
       </c>
-      <c r="B555" s="1" t="s">
+      <c r="F558" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="C555" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E555" s="3" t="s">
+      <c r="B559" s="1" t="s">
         <v>2124</v>
       </c>
-      <c r="F555" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A556" s="1" t="s">
+      <c r="C559" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E559" s="3" t="s">
         <v>2125</v>
       </c>
-      <c r="B556" s="1" t="s">
+      <c r="F559" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
         <v>2126</v>
       </c>
-      <c r="C556" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E556" s="3" t="s">
+      <c r="B560" s="1" t="s">
         <v>2127</v>
       </c>
-      <c r="F556" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A557" s="1" t="s">
+      <c r="C560" s="1" t="s">
         <v>2128</v>
       </c>
-      <c r="B557" s="1" t="s">
+      <c r="D560" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E560" s="3" t="s">
         <v>2129</v>
       </c>
-      <c r="C557" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E557" s="3" t="s">
+      <c r="F560" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
         <v>2130</v>
       </c>
-      <c r="F557" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A558" s="1" t="s">
+      <c r="B561" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="B558" s="1" t="s">
+      <c r="C561" s="1" t="s">
         <v>2132</v>
       </c>
-      <c r="C558" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E558" s="3" t="s">
+      <c r="D561" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E561" s="3" t="s">
         <v>2133</v>
       </c>
-      <c r="F558" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A559" s="1" t="s">
+      <c r="F561" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G561" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A562" s="1" t="s">
         <v>2134</v>
       </c>
-      <c r="B559" s="1" t="s">
+      <c r="B562" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="C559" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E559" s="3" t="s">
+      <c r="C562" s="1" t="s">
         <v>2136</v>
       </c>
-      <c r="F559" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A560" s="1" t="s">
+      <c r="D562" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E562" s="3" t="s">
         <v>2137</v>
       </c>
-      <c r="B560" s="1" t="s">
+      <c r="F562" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A563" s="1" t="s">
         <v>2138</v>
       </c>
-      <c r="C560" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E560" s="3" t="s">
+      <c r="B563" s="1" t="s">
         <v>2139</v>
       </c>
-      <c r="F560" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A561" s="1" t="s">
+      <c r="C563" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E563" s="3" t="s">
         <v>2140</v>
       </c>
-      <c r="B561" s="1" t="s">
+      <c r="F563" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G563" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A564" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="C561" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E561" s="3" t="s">
+      <c r="B564" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="F561" s="3" t="s">
+      <c r="C564" s="1" t="s">
         <v>2143</v>
       </c>
-      <c r="G561" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A562" s="1" t="s">
+      <c r="D564" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E564" s="3" t="s">
         <v>2144</v>
       </c>
-      <c r="B562" s="1" t="s">
+      <c r="F564" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A565" s="1" t="s">
         <v>2145</v>
       </c>
-      <c r="C562" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E562" s="3" t="s">
+      <c r="B565" s="1" t="s">
         <v>2146</v>
       </c>
-      <c r="F562" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A563" s="1" t="s">
+      <c r="C565" s="1" t="s">
         <v>2147</v>
       </c>
-      <c r="B563" s="1" t="s">
+      <c r="D565" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E565" s="3" t="s">
         <v>2148</v>
       </c>
-      <c r="C563" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E563" s="3" t="s">
+      <c r="F565" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G565" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A566" s="1" t="s">
         <v>2149</v>
       </c>
-      <c r="F563" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A564" s="1" t="s">
+      <c r="B566" s="1" t="s">
         <v>2150</v>
       </c>
-      <c r="B564" s="1" t="s">
+      <c r="C566" s="1" t="s">
         <v>2151</v>
       </c>
-      <c r="C564" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E564" s="3" t="s">
+      <c r="D566" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E566" s="3" t="s">
         <v>2152</v>
       </c>
-      <c r="F564" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A565" s="1" t="s">
+      <c r="F566" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G566" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A567" s="1" t="s">
         <v>2153</v>
       </c>
-      <c r="B565" s="1" t="s">
+      <c r="B567" s="1" t="s">
         <v>2154</v>
       </c>
-      <c r="C565" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E565" s="3" t="s">
+      <c r="C567" s="1" t="s">
         <v>2155</v>
       </c>
-      <c r="F565" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A566" s="1" t="s">
+      <c r="D567" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E567" s="3" t="s">
         <v>2156</v>
       </c>
-      <c r="B566" s="1" t="s">
+      <c r="F567" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G567" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A568" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="C566" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E566" s="3" t="s">
+      <c r="B568" s="1" t="s">
         <v>2158</v>
       </c>
-      <c r="F566" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A567" s="1" t="s">
+      <c r="C568" s="1" t="s">
         <v>2159</v>
       </c>
-      <c r="B567" s="1" t="s">
+      <c r="D568" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E568" s="3" t="s">
         <v>2160</v>
       </c>
-      <c r="C567" s="1" t="s">
+      <c r="F568" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G568" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A569" s="1" t="s">
         <v>2161</v>
       </c>
-      <c r="D567" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E567" s="3" t="s">
+      <c r="B569" s="1" t="s">
         <v>2162</v>
       </c>
-      <c r="F567" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A568" s="1" t="s">
+      <c r="C569" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="B568" s="1" t="s">
+      <c r="D569" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E569" s="3" t="s">
         <v>2164</v>
       </c>
-      <c r="C568" s="1" t="s">
+      <c r="F569" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G569" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A570" s="1" t="s">
         <v>2165</v>
       </c>
-      <c r="D568" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E568" s="3" t="s">
+      <c r="B570" s="1" t="s">
         <v>2166</v>
       </c>
-      <c r="F568" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A569" s="1" t="s">
+      <c r="C570" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="B569" s="1" t="s">
+      <c r="D570" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E570" s="3" t="s">
         <v>2168</v>
       </c>
-      <c r="C569" s="1" t="s">
+      <c r="F570" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G570" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A571" s="1" t="s">
         <v>2169</v>
       </c>
-      <c r="D569" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E569" s="3" t="s">
+      <c r="B571" s="1" t="s">
         <v>2170</v>
       </c>
-      <c r="F569" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A570" s="1" t="s">
+      <c r="C571" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="B570" s="1" t="s">
+      <c r="D571" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E571" s="3" t="s">
         <v>2172</v>
       </c>
-      <c r="C570" s="1" t="s">
+      <c r="F571" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G571" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A572" s="1" t="s">
         <v>2173</v>
       </c>
-      <c r="D570" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E570" s="3" t="s">
+      <c r="B572" s="1" t="s">
         <v>2174</v>
       </c>
-      <c r="F570" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A571" s="1" t="s">
+      <c r="C572" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="B571" s="1" t="s">
+      <c r="D572" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E572" s="3" t="s">
         <v>2176</v>
       </c>
-      <c r="C571" s="1" t="s">
+      <c r="F572" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G572" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A573" s="1" t="s">
         <v>2177</v>
       </c>
-      <c r="D571" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E571" s="3" t="s">
+      <c r="B573" s="1" t="s">
         <v>2178</v>
       </c>
-      <c r="F571" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A572" s="1" t="s">
+      <c r="C573" s="1" t="s">
         <v>2179</v>
       </c>
-      <c r="B572" s="1" t="s">
+      <c r="D573" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E573" s="3" t="s">
         <v>2180</v>
       </c>
-      <c r="C572" s="1" t="s">
+      <c r="F573" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G573" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A574" s="1" t="s">
         <v>2181</v>
       </c>
-      <c r="D572" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E572" s="3" t="s">
+      <c r="B574" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="F572" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A573" s="1" t="s">
+      <c r="C574" s="1" t="s">
         <v>2183</v>
       </c>
-      <c r="B573" s="1" t="s">
+      <c r="D574" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E574" s="3" t="s">
         <v>2184</v>
       </c>
-      <c r="C573" s="1" t="s">
+      <c r="F574" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
         <v>2185</v>
       </c>
-      <c r="D573" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E573" s="3" t="s">
+      <c r="B575" s="1" t="s">
         <v>2186</v>
       </c>
-      <c r="F573" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A574" s="1" t="s">
+      <c r="C575" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="B574" s="1" t="s">
+      <c r="D575" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E575" s="3" t="s">
         <v>2188</v>
       </c>
-      <c r="C574" s="1" t="s">
+      <c r="F575" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
         <v>2189</v>
       </c>
-      <c r="D574" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E574" s="3" t="s">
+      <c r="B576" s="1" t="s">
         <v>2190</v>
       </c>
-      <c r="F574" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A575" s="1" t="s">
+      <c r="C576" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="B575" s="1" t="s">
+      <c r="D576" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E576" s="3" t="s">
         <v>2192</v>
       </c>
-      <c r="C575" s="1" t="s">
+      <c r="F576" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G576" s="3" t="s">
         <v>2193</v>
       </c>
-      <c r="D575" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E575" s="3" t="s">
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="F575" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A576" s="1" t="s">
+      <c r="B577" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="B576" s="1" t="s">
+      <c r="C577" s="1" t="s">
         <v>2196</v>
       </c>
-      <c r="C576" s="1" t="s">
+      <c r="D577" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E577" s="3" t="s">
         <v>2197</v>
       </c>
-      <c r="D576" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E576" s="3" t="s">
+      <c r="F577" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
         <v>2198</v>
       </c>
-      <c r="F576" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A577" s="1" t="s">
+      <c r="B578" s="1" t="s">
         <v>2199</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="C578" s="1" t="s">
         <v>2200</v>
       </c>
-      <c r="C577" s="1" t="s">
+      <c r="D578" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E578" s="3" t="s">
         <v>2201</v>
       </c>
-      <c r="D577" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E577" s="3" t="s">
+      <c r="F578" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
         <v>2202</v>
       </c>
-      <c r="F577" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A578" s="1" t="s">
+      <c r="B579" s="1" t="s">
         <v>2203</v>
       </c>
-      <c r="B578" s="1" t="s">
+      <c r="C579" s="1" t="s">
         <v>2204</v>
       </c>
-      <c r="C578" s="1" t="s">
+      <c r="D579" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E579" s="3" t="s">
         <v>2205</v>
       </c>
-      <c r="D578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E578" s="3" t="s">
+      <c r="F579" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="F578" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A579" s="1" t="s">
+      <c r="B580" s="1" t="s">
         <v>2207</v>
       </c>
-      <c r="B579" s="1" t="s">
+      <c r="C580" s="1" t="s">
         <v>2208</v>
       </c>
-      <c r="C579" s="1" t="s">
+      <c r="D580" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E580" s="3" t="s">
         <v>2209</v>
       </c>
-      <c r="D579" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E579" s="3" t="s">
+      <c r="F580" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
         <v>2210</v>
       </c>
-      <c r="F579" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A580" s="1" t="s">
+      <c r="B581" s="1" t="s">
         <v>2211</v>
       </c>
-      <c r="B580" s="1" t="s">
+      <c r="C581" s="1" t="s">
         <v>2212</v>
       </c>
-      <c r="C580" s="1" t="s">
+      <c r="D581" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E581" s="3" t="s">
         <v>2213</v>
       </c>
-      <c r="D580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E580" s="3" t="s">
+      <c r="F581" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G581" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
         <v>2214</v>
       </c>
-      <c r="F580" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A581" s="1" t="s">
+      <c r="B582" s="1" t="s">
         <v>2215</v>
       </c>
-      <c r="B581" s="1" t="s">
+      <c r="C582" s="1" t="s">
         <v>2216</v>
       </c>
-      <c r="C581" s="1" t="s">
+      <c r="D582" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E582" s="3" t="s">
         <v>2217</v>
       </c>
-      <c r="D581" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E581" s="3" t="s">
+      <c r="F582" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A583" s="1" t="s">
         <v>2218</v>
       </c>
-      <c r="F581" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A582" s="1" t="s">
+      <c r="B583" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="B582" s="1" t="s">
+      <c r="C583" s="1" t="s">
         <v>2220</v>
       </c>
-      <c r="C582" s="1" t="s">
+      <c r="D583" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E583" s="3" t="s">
         <v>2221</v>
       </c>
-      <c r="D582" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E582" s="3" t="s">
+      <c r="F583" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G583" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A584" s="1" t="s">
         <v>2222</v>
       </c>
-      <c r="F582" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A583" s="1" t="s">
+      <c r="B584" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="B583" s="1" t="s">
+      <c r="C584" s="1" t="s">
         <v>2224</v>
       </c>
-      <c r="C583" s="1" t="s">
+      <c r="D584" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E584" s="3" t="s">
         <v>2225</v>
       </c>
-      <c r="D583" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E583" s="3" t="s">
+      <c r="F584" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A585" s="1" t="s">
         <v>2226</v>
       </c>
-      <c r="F583" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G583" s="3" t="s">
+      <c r="B585" s="1" t="s">
         <v>2227</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A584" s="1" t="s">
+      <c r="C585" s="1" t="s">
         <v>2228</v>
       </c>
-      <c r="B584" s="1" t="s">
+      <c r="D585" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E585" s="3" t="s">
         <v>2229</v>
       </c>
-      <c r="C584" s="1" t="s">
+      <c r="F585" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
         <v>2230</v>
       </c>
-      <c r="D584" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E584" s="3" t="s">
+      <c r="B586" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="F584" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A585" s="1" t="s">
+      <c r="C586" s="1" t="s">
         <v>2232</v>
       </c>
-      <c r="B585" s="1" t="s">
+      <c r="D586" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E586" s="3" t="s">
         <v>2233</v>
       </c>
-      <c r="C585" s="1" t="s">
+      <c r="F586" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G586" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="D585" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E585" s="3" t="s">
+      <c r="B587" s="1" t="s">
         <v>2235</v>
       </c>
-      <c r="F585" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A586" s="1" t="s">
+      <c r="C587" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="B586" s="1" t="s">
+      <c r="D587" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E587" s="3" t="s">
         <v>2237</v>
       </c>
-      <c r="C586" s="1" t="s">
+      <c r="F587" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G587" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
         <v>2238</v>
       </c>
-      <c r="D586" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E586" s="3" t="s">
+      <c r="B588" s="1" t="s">
         <v>2239</v>
       </c>
-      <c r="F586" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A587" s="1" t="s">
+      <c r="C588" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="B587" s="1" t="s">
+      <c r="D588" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E588" s="3" t="s">
         <v>2241</v>
       </c>
-      <c r="C587" s="1" t="s">
+      <c r="F588" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
         <v>2242</v>
       </c>
-      <c r="D587" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E587" s="3" t="s">
+      <c r="B589" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="F587" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A588" s="1" t="s">
+      <c r="C589" s="1" t="s">
         <v>2244</v>
       </c>
-      <c r="B588" s="1" t="s">
+      <c r="D589" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E589" s="3" t="s">
         <v>2245</v>
       </c>
-      <c r="C588" s="1" t="s">
+      <c r="F589" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="D588" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E588" s="3" t="s">
+      <c r="B590" s="1" t="s">
         <v>2247</v>
       </c>
-      <c r="F588" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A589" s="1" t="s">
+      <c r="C590" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="B589" s="1" t="s">
+      <c r="D590" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E590" s="3" t="s">
         <v>2249</v>
       </c>
-      <c r="C589" s="1" t="s">
+      <c r="F590" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
         <v>2250</v>
       </c>
-      <c r="D589" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E589" s="3" t="s">
+      <c r="B591" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="F589" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A590" s="1" t="s">
+      <c r="C591" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="B590" s="1" t="s">
+      <c r="D591" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E591" s="3" t="s">
         <v>2253</v>
       </c>
-      <c r="C590" s="1" t="s">
+      <c r="F591" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="D590" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E590" s="3" t="s">
+      <c r="B592" s="1" t="s">
         <v>2255</v>
       </c>
-      <c r="F590" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A591" s="1" t="s">
+      <c r="C592" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="B591" s="1" t="s">
+      <c r="D592" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E592" s="3" t="s">
         <v>2257</v>
       </c>
-      <c r="C591" s="1" t="s">
+      <c r="F592" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="D591" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E591" s="3" t="s">
+      <c r="B593" s="1" t="s">
         <v>2259</v>
       </c>
-      <c r="F591" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A592" s="1" t="s">
+      <c r="C593" s="1" t="s">
         <v>2260</v>
       </c>
-      <c r="B592" s="1" t="s">
+      <c r="D593" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E593" s="3" t="s">
         <v>2261</v>
       </c>
-      <c r="C592" s="1" t="s">
+      <c r="F593" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
         <v>2262</v>
       </c>
-      <c r="D592" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E592" s="3" t="s">
+      <c r="B594" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="F592" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A593" s="1" t="s">
+      <c r="C594" s="1" t="s">
         <v>2264</v>
       </c>
-      <c r="B593" s="1" t="s">
+      <c r="D594" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E594" s="3" t="s">
         <v>2265</v>
       </c>
-      <c r="C593" s="1" t="s">
+      <c r="F594" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
         <v>2266</v>
       </c>
-      <c r="D593" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E593" s="3" t="s">
+      <c r="B595" s="1" t="s">
         <v>2267</v>
       </c>
-      <c r="F593" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A594" s="1" t="s">
+      <c r="C595" s="1" t="s">
         <v>2268</v>
       </c>
-      <c r="B594" s="1" t="s">
+      <c r="D595" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E595" s="3" t="s">
         <v>2269</v>
       </c>
-      <c r="C594" s="1" t="s">
+      <c r="F595" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G595" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A596" s="1" t="s">
         <v>2270</v>
       </c>
-      <c r="D594" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E594" s="3" t="s">
+      <c r="B596" s="1" t="s">
         <v>2271</v>
       </c>
-      <c r="F594" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A595" s="1" t="s">
+      <c r="C596" s="1" t="s">
         <v>2272</v>
       </c>
-      <c r="B595" s="1" t="s">
+      <c r="D596" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E596" s="3" t="s">
         <v>2273</v>
       </c>
-      <c r="C595" s="1" t="s">
+      <c r="F596" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G596" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A597" s="1" t="s">
         <v>2274</v>
       </c>
-      <c r="D595" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E595" s="3" t="s">
+      <c r="B597" s="1" t="s">
         <v>2275</v>
       </c>
-      <c r="F595" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A596" s="1" t="s">
+      <c r="C597" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="B596" s="1" t="s">
+      <c r="D597" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E597" s="3" t="s">
         <v>2277</v>
       </c>
-      <c r="C596" s="1" t="s">
+      <c r="F597" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G597" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A598" s="1" t="s">
         <v>2278</v>
       </c>
-      <c r="D596" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E596" s="3" t="s">
+      <c r="B598" s="1" t="s">
         <v>2279</v>
       </c>
-      <c r="F596" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A597" s="1" t="s">
+      <c r="C598" s="1" t="s">
         <v>2280</v>
       </c>
-      <c r="B597" s="1" t="s">
+      <c r="D598" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E598" s="3" t="s">
         <v>2281</v>
       </c>
-      <c r="C597" s="1" t="s">
+      <c r="F598" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A599" s="1" t="s">
         <v>2282</v>
       </c>
-      <c r="D597" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E597" s="3" t="s">
+      <c r="B599" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="F597" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A598" s="1" t="s">
+      <c r="C599" s="1" t="s">
         <v>2284</v>
       </c>
-      <c r="B598" s="1" t="s">
+      <c r="D599" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E599" s="3" t="s">
         <v>2285</v>
       </c>
-      <c r="C598" s="1" t="s">
+      <c r="F599" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A600" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="D598" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E598" s="3" t="s">
+      <c r="B600" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="F598" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A599" s="1" t="s">
+      <c r="C600" s="1" t="s">
         <v>2288</v>
       </c>
-      <c r="B599" s="1" t="s">
+      <c r="D600" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E600" s="3" t="s">
         <v>2289</v>
       </c>
-      <c r="C599" s="1" t="s">
+      <c r="F600" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G600" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A601" s="1" t="s">
         <v>2290</v>
       </c>
-      <c r="D599" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E599" s="3" t="s">
+      <c r="B601" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="F599" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A600" s="1" t="s">
+      <c r="C601" s="1" t="s">
         <v>2292</v>
       </c>
-      <c r="B600" s="1" t="s">
+      <c r="D601" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E601" s="3" t="s">
         <v>2293</v>
       </c>
-      <c r="C600" s="1" t="s">
+      <c r="F601" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A602" s="1" t="s">
         <v>2294</v>
       </c>
-      <c r="D600" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E600" s="3" t="s">
+      <c r="B602" s="1" t="s">
         <v>2295</v>
       </c>
-      <c r="F600" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A601" s="1" t="s">
+      <c r="C602" s="1" t="s">
         <v>2296</v>
       </c>
-      <c r="B601" s="1" t="s">
+      <c r="D602" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E602" s="3" t="s">
         <v>2297</v>
       </c>
-      <c r="C601" s="1" t="s">
+      <c r="F602" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A603" s="1" t="s">
         <v>2298</v>
       </c>
-      <c r="D601" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E601" s="3" t="s">
+      <c r="B603" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="F601" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A602" s="1" t="s">
+      <c r="C603" s="1" t="s">
         <v>2300</v>
       </c>
-      <c r="B602" s="1" t="s">
+      <c r="D603" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E603" s="3" t="s">
         <v>2301</v>
       </c>
-      <c r="C602" s="1" t="s">
+      <c r="F603" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A604" s="1" t="s">
         <v>2302</v>
       </c>
-      <c r="D602" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E602" s="3" t="s">
+      <c r="B604" s="1" t="s">
         <v>2303</v>
       </c>
-      <c r="F602" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A603" s="1" t="s">
+      <c r="C604" s="1" t="s">
         <v>2304</v>
       </c>
-      <c r="B603" s="1" t="s">
+      <c r="D604" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E604" s="3" t="s">
         <v>2305</v>
       </c>
-      <c r="C603" s="1" t="s">
+      <c r="F604" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G604" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A605" s="1" t="s">
         <v>2306</v>
       </c>
-      <c r="D603" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E603" s="3" t="s">
+      <c r="B605" s="1" t="s">
         <v>2307</v>
       </c>
-      <c r="F603" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A604" s="1" t="s">
+      <c r="C605" s="1" t="s">
         <v>2308</v>
       </c>
-      <c r="B604" s="1" t="s">
+      <c r="D605" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E605" s="3" t="s">
         <v>2309</v>
       </c>
-      <c r="C604" s="1" t="s">
+      <c r="F605" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G605" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A606" s="1" t="s">
         <v>2310</v>
       </c>
-      <c r="D604" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E604" s="3" t="s">
+      <c r="B606" s="1" t="s">
         <v>2311</v>
       </c>
-      <c r="F604" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A605" s="1" t="s">
+      <c r="C606" s="1" t="s">
         <v>2312</v>
       </c>
-      <c r="B605" s="1" t="s">
+      <c r="D606" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E606" s="3" t="s">
         <v>2313</v>
       </c>
-      <c r="C605" s="1" t="s">
+      <c r="F606" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G606" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A607" s="1" t="s">
         <v>2314</v>
       </c>
-      <c r="D605" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E605" s="3" t="s">
+      <c r="B607" s="1" t="s">
         <v>2315</v>
       </c>
-      <c r="F605" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A606" s="1" t="s">
+      <c r="C607" s="1" t="s">
         <v>2316</v>
       </c>
-      <c r="B606" s="1" t="s">
+      <c r="D607" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E607" s="3" t="s">
         <v>2317</v>
       </c>
-      <c r="C606" s="1" t="s">
+      <c r="F607" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G607" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A608" s="1" t="s">
         <v>2318</v>
       </c>
-      <c r="D606" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E606" s="3" t="s">
+      <c r="B608" s="1" t="s">
         <v>2319</v>
       </c>
-      <c r="F606" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A607" s="1" t="s">
+      <c r="C608" s="1" t="s">
         <v>2320</v>
       </c>
-      <c r="B607" s="1" t="s">
+      <c r="D608" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E608" s="3" t="s">
         <v>2321</v>
       </c>
-      <c r="C607" s="1" t="s">
+      <c r="F608" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G608" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A609" s="1" t="s">
         <v>2322</v>
       </c>
-      <c r="D607" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E607" s="3" t="s">
+      <c r="B609" s="1" t="s">
         <v>2323</v>
       </c>
-      <c r="F607" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A608" s="1" t="s">
+      <c r="C609" s="1" t="s">
         <v>2324</v>
       </c>
-      <c r="B608" s="1" t="s">
+      <c r="D609" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E609" s="3" t="s">
         <v>2325</v>
       </c>
-      <c r="C608" s="1" t="s">
+      <c r="F609" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A610" s="1" t="s">
         <v>2326</v>
       </c>
-      <c r="D608" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E608" s="3" t="s">
+      <c r="B610" s="1" t="s">
         <v>2327</v>
       </c>
-      <c r="F608" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A609" s="1" t="s">
+      <c r="C610" s="1" t="s">
         <v>2328</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="D610" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E610" s="3" t="s">
         <v>2329</v>
       </c>
-      <c r="C609" s="1" t="s">
+      <c r="F610" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G610" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A611" s="1" t="s">
         <v>2330</v>
       </c>
-      <c r="D609" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E609" s="3" t="s">
+      <c r="B611" s="1" t="s">
         <v>2331</v>
       </c>
-      <c r="F609" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A610" s="1" t="s">
+      <c r="C611" s="1" t="s">
         <v>2332</v>
       </c>
-      <c r="B610" s="1" t="s">
+      <c r="D611" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E611" s="3" t="s">
         <v>2333</v>
       </c>
-      <c r="C610" s="1" t="s">
+      <c r="F611" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A612" s="1" t="s">
         <v>2334</v>
       </c>
-      <c r="D610" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E610" s="3" t="s">
+      <c r="B612" s="1" t="s">
         <v>2335</v>
       </c>
-      <c r="F610" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A611" s="1" t="s">
+      <c r="C612" s="1" t="s">
         <v>2336</v>
       </c>
-      <c r="B611" s="1" t="s">
+      <c r="D612" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E612" s="3" t="s">
         <v>2337</v>
       </c>
-      <c r="C611" s="1" t="s">
+      <c r="F612" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A613" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="D611" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E611" s="3" t="s">
+      <c r="B613" s="1" t="s">
         <v>2339</v>
       </c>
-      <c r="F611" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A612" s="1" t="s">
+      <c r="C613" s="1" t="s">
         <v>2340</v>
       </c>
-      <c r="B612" s="1" t="s">
+      <c r="D613" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E613" s="3" t="s">
         <v>2341</v>
       </c>
-      <c r="C612" s="1" t="s">
+      <c r="F613" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A614" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="D612" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E612" s="3" t="s">
+      <c r="B614" s="1" t="s">
         <v>2343</v>
       </c>
-      <c r="F612" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A613" s="1" t="s">
+      <c r="C614" s="1" t="s">
         <v>2344</v>
       </c>
-      <c r="B613" s="1" t="s">
+      <c r="D614" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E614" s="3" t="s">
         <v>2345</v>
       </c>
-      <c r="C613" s="1" t="s">
+      <c r="F614" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G614" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A615" s="1" t="s">
         <v>2346</v>
       </c>
-      <c r="D613" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E613" s="3" t="s">
+      <c r="B615" s="1" t="s">
         <v>2347</v>
       </c>
-      <c r="F613" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A614" s="1" t="s">
+      <c r="C615" s="1" t="s">
         <v>2348</v>
       </c>
-      <c r="B614" s="1" t="s">
+      <c r="D615" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E615" s="3" t="s">
         <v>2349</v>
       </c>
-      <c r="C614" s="1" t="s">
+      <c r="F615" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G615" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A616" s="1" t="s">
         <v>2350</v>
       </c>
-      <c r="D614" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E614" s="3" t="s">
+      <c r="B616" s="1" t="s">
         <v>2351</v>
       </c>
-      <c r="F614" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A615" s="1" t="s">
+      <c r="C616" s="1" t="s">
         <v>2352</v>
       </c>
-      <c r="B615" s="1" t="s">
+      <c r="D616" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E616" s="3" t="s">
         <v>2353</v>
       </c>
-      <c r="C615" s="1" t="s">
+      <c r="F616" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G616" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A617" s="1" t="s">
         <v>2354</v>
       </c>
-      <c r="D615" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E615" s="3" t="s">
+      <c r="B617" s="1" t="s">
         <v>2355</v>
       </c>
-      <c r="F615" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A616" s="1" t="s">
+      <c r="C617" s="1" t="s">
         <v>2356</v>
       </c>
-      <c r="B616" s="1" t="s">
+      <c r="D617" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E617" s="3" t="s">
         <v>2357</v>
       </c>
-      <c r="C616" s="1" t="s">
+      <c r="F617" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G617" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A618" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="D616" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E616" s="3" t="s">
+      <c r="B618" s="1" t="s">
         <v>2359</v>
       </c>
-      <c r="F616" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A617" s="1" t="s">
+      <c r="C618" s="1" t="s">
         <v>2360</v>
       </c>
-      <c r="B617" s="1" t="s">
+      <c r="D618" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E618" s="3" t="s">
         <v>2361</v>
       </c>
-      <c r="C617" s="1" t="s">
+      <c r="F618" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G618" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A619" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="D617" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E617" s="3" t="s">
+      <c r="B619" s="1" t="s">
         <v>2363</v>
       </c>
-      <c r="F617" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A618" s="1" t="s">
+      <c r="C619" s="1" t="s">
         <v>2364</v>
       </c>
-      <c r="B618" s="1" t="s">
+      <c r="D619" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E619" s="3" t="s">
         <v>2365</v>
       </c>
-      <c r="C618" s="1" t="s">
+      <c r="F619" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G619" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A620" s="1" t="s">
         <v>2366</v>
       </c>
-      <c r="D618" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E618" s="3" t="s">
+      <c r="B620" s="1" t="s">
         <v>2367</v>
       </c>
-      <c r="F618" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A619" s="1" t="s">
+      <c r="C620" s="1" t="s">
         <v>2368</v>
       </c>
-      <c r="B619" s="1" t="s">
+      <c r="D620" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E620" s="3" t="s">
         <v>2369</v>
       </c>
-      <c r="C619" s="1" t="s">
+      <c r="F620" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G620" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A621" s="1" t="s">
         <v>2370</v>
       </c>
-      <c r="D619" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E619" s="3" t="s">
+      <c r="B621" s="1" t="s">
         <v>2371</v>
       </c>
-      <c r="F619" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A620" s="1" t="s">
+      <c r="C621" s="1" t="s">
         <v>2372</v>
       </c>
-      <c r="B620" s="1" t="s">
+      <c r="D621" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E621" s="3" t="s">
         <v>2373</v>
       </c>
-      <c r="C620" s="1" t="s">
+      <c r="F621" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A622" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="D620" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E620" s="3" t="s">
+      <c r="B622" s="1" t="s">
         <v>2375</v>
       </c>
-      <c r="F620" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A621" s="1" t="s">
+      <c r="C622" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E622" s="3" t="s">
         <v>2376</v>
       </c>
-      <c r="B621" s="1" t="s">
+      <c r="F622" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G622" s="3" t="s">
         <v>2377</v>
       </c>
-      <c r="C621" s="1" t="s">
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A623" s="1" t="s">
         <v>2378</v>
       </c>
-      <c r="D621" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E621" s="3" t="s">
+      <c r="B623" s="1" t="s">
         <v>2379</v>
       </c>
-      <c r="F621" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A622" s="1" t="s">
+      <c r="C623" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E623" s="3" t="s">
         <v>2380</v>
       </c>
-      <c r="B622" s="1" t="s">
+      <c r="F623" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A624" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="C622" s="1" t="s">
+      <c r="B624" s="1" t="s">
         <v>2382</v>
       </c>
-      <c r="D622" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E622" s="3" t="s">
+      <c r="C624" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="F622" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A623" s="1" t="s">
+      <c r="D624" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E624" s="3" t="s">
         <v>2384</v>
       </c>
-      <c r="B623" s="1" t="s">
+      <c r="F624" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G624" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A625" s="1" t="s">
         <v>2385</v>
       </c>
-      <c r="C623" s="1" t="s">
+      <c r="B625" s="1" t="s">
         <v>2386</v>
       </c>
-      <c r="D623" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E623" s="3" t="s">
+      <c r="C625" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E625" s="3" t="s">
         <v>2387</v>
       </c>
-      <c r="F623" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A624" s="1" t="s">
+      <c r="F625" s="3" t="s">
         <v>2388</v>
       </c>
-      <c r="B624" s="1" t="s">
+      <c r="G625" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A626" s="1" t="s">
         <v>2389</v>
       </c>
-      <c r="C624" s="1" t="s">
+      <c r="B626" s="1" t="s">
         <v>2390</v>
       </c>
-      <c r="D624" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E624" s="3" t="s">
+      <c r="C626" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E626" s="3" t="s">
         <v>2391</v>
       </c>
-      <c r="F624" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A625" s="1" t="s">
+      <c r="F626" s="3" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
         <v>2392</v>
       </c>
-      <c r="B625" s="1" t="s">
+      <c r="B627" s="1" t="s">
         <v>2393</v>
       </c>
-      <c r="C625" s="1" t="s">
+      <c r="C627" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E627" s="3" t="s">
         <v>2394</v>
       </c>
-      <c r="D625" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E625" s="3" t="s">
+      <c r="F627" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G627" s="3" t="s">
         <v>2395</v>
       </c>
-      <c r="F625" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A626" s="1" t="s">
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A628" s="1" t="s">
         <v>2396</v>
       </c>
-      <c r="B626" s="1" t="s">
+      <c r="B628" s="1" t="s">
         <v>2397</v>
       </c>
-      <c r="C626" s="1" t="s">
+      <c r="C628" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E628" s="3" t="s">
         <v>2398</v>
       </c>
-      <c r="D626" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E626" s="3" t="s">
+      <c r="F628" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A629" s="1" t="s">
         <v>2399</v>
       </c>
-      <c r="F626" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A627" s="1" t="s">
+      <c r="B629" s="1" t="s">
         <v>2400</v>
       </c>
-      <c r="B627" s="1" t="s">
+      <c r="C629" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E629" s="3" t="s">
         <v>2401</v>
       </c>
-      <c r="C627" s="1" t="s">
+      <c r="F629" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A630" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="D627" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E627" s="3" t="s">
+      <c r="B630" s="1" t="s">
         <v>2403</v>
       </c>
-      <c r="F627" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A628" s="1" t="s">
+      <c r="C630" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E630" s="3" t="s">
         <v>2404</v>
       </c>
-      <c r="B628" s="1" t="s">
+      <c r="F630" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G630" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A631" s="1" t="s">
         <v>2405</v>
       </c>
-      <c r="C628" s="1" t="s">
+      <c r="B631" s="1" t="s">
         <v>2406</v>
       </c>
-      <c r="D628" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E628" s="3" t="s">
+      <c r="C631" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E631" s="3" t="s">
         <v>2407</v>
       </c>
-      <c r="F628" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A629" s="1" t="s">
+      <c r="F631" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A632" s="1" t="s">
         <v>2408</v>
       </c>
-      <c r="B629" s="1" t="s">
+      <c r="B632" s="1" t="s">
         <v>2409</v>
       </c>
-      <c r="C629" s="1" t="s">
+      <c r="C632" s="1" t="s">
         <v>2409</v>
       </c>
-      <c r="D629" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E629" s="3" t="s">
+      <c r="D632" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E632" s="3" t="s">
         <v>2410</v>
       </c>
-      <c r="F629" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G629" s="3" t="s">
+      <c r="F632" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G632" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A633" s="1" t="s">
         <v>2411</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A630" s="1" t="s">
+      <c r="B633" s="1" t="s">
         <v>2412</v>
       </c>
-      <c r="B630" s="1" t="s">
+      <c r="C633" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E633" s="3" t="s">
         <v>2413</v>
       </c>
-      <c r="C630" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E630" s="3" t="s">
+      <c r="F633" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G633" s="3" t="s">
         <v>2414</v>
       </c>
-      <c r="F630" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A631" s="1" t="s">
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A634" s="1" t="s">
         <v>2415</v>
       </c>
-      <c r="B631" s="1" t="s">
+      <c r="B634" s="1" t="s">
         <v>2416</v>
       </c>
-      <c r="C631" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E631" s="3" t="s">
+      <c r="C634" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="F631" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A632" s="1" t="s">
+      <c r="D634" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E634" s="3" t="s">
         <v>2418</v>
       </c>
-      <c r="B632" s="1" t="s">
+      <c r="F634" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G634" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A635" s="1" t="s">
         <v>2419</v>
       </c>
-      <c r="C632" s="1" t="s">
+      <c r="B635" s="1" t="s">
         <v>2420</v>
       </c>
-      <c r="D632" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E632" s="3" t="s">
+      <c r="C635" s="1" t="s">
         <v>2421</v>
       </c>
-      <c r="F632" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A633" s="1" t="s">
+      <c r="D635" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E635" s="3" t="s">
         <v>2422</v>
       </c>
-      <c r="B633" s="1" t="s">
+      <c r="F635" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A636" s="1" t="s">
         <v>2423</v>
       </c>
-      <c r="C633" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E633" s="3" t="s">
+      <c r="B636" s="1" t="s">
         <v>2424</v>
       </c>
-      <c r="F633" s="3" t="s">
+      <c r="C636" s="1" t="s">
         <v>2425</v>
       </c>
-      <c r="G633" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A634" s="1" t="s">
+      <c r="D636" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E636" s="3" t="s">
         <v>2426</v>
       </c>
-      <c r="B634" s="1" t="s">
+      <c r="F636" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A637" s="1" t="s">
         <v>2427</v>
       </c>
-      <c r="C634" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E634" s="3" t="s">
+      <c r="B637" s="1" t="s">
         <v>2428</v>
       </c>
-      <c r="F634" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A635" s="1" t="s">
+      <c r="C637" s="1" t="s">
         <v>2429</v>
       </c>
-      <c r="B635" s="1" t="s">
+      <c r="D637" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E637" s="3" t="s">
         <v>2430</v>
       </c>
-      <c r="C635" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E635" s="3" t="s">
+      <c r="F637" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A638" s="1" t="s">
         <v>2431</v>
       </c>
-      <c r="F635" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G635" s="3" t="s">
+      <c r="B638" s="1" t="s">
         <v>2432</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A636" s="1" t="s">
+      <c r="C638" s="1" t="s">
         <v>2433</v>
       </c>
-      <c r="B636" s="1" t="s">
+      <c r="D638" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E638" s="3" t="s">
         <v>2434</v>
       </c>
-      <c r="C636" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E636" s="3" t="s">
+      <c r="F638" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A639" s="1" t="s">
         <v>2435</v>
       </c>
-      <c r="F636" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A637" s="1" t="s">
+      <c r="B639" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="B637" s="1" t="s">
+      <c r="C639" s="1" t="s">
         <v>2437</v>
       </c>
-      <c r="C637" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E637" s="3" t="s">
+      <c r="D639" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E639" s="3" t="s">
         <v>2438</v>
       </c>
-      <c r="F637" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A638" s="1" t="s">
+      <c r="F639" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A640" s="1" t="s">
         <v>2439</v>
       </c>
-      <c r="B638" s="1" t="s">
+      <c r="B640" s="1" t="s">
         <v>2440</v>
       </c>
-      <c r="C638" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E638" s="3" t="s">
+      <c r="C640" s="1" t="s">
         <v>2441</v>
       </c>
-      <c r="F638" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A639" s="1" t="s">
+      <c r="D640" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E640" s="3" t="s">
         <v>2442</v>
       </c>
-      <c r="B639" s="1" t="s">
+      <c r="F640" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A641" s="1" t="s">
         <v>2443</v>
       </c>
-      <c r="C639" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E639" s="3" t="s">
+      <c r="B641" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="F639" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A640" s="1" t="s">
+      <c r="C641" s="1" t="s">
         <v>2445</v>
       </c>
-      <c r="B640" s="1" t="s">
+      <c r="D641" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E641" s="3" t="s">
         <v>2446</v>
       </c>
-      <c r="C640" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E640" s="3" t="s">
+      <c r="F641" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G641" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A642" s="1" t="s">
         <v>2447</v>
       </c>
-      <c r="F640" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A641" s="1" t="s">
+      <c r="B642" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="B641" s="1" t="s">
+      <c r="C642" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="C641" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E641" s="3" t="s">
+      <c r="D642" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E642" s="3" t="s">
         <v>2450</v>
       </c>
-      <c r="F641" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G641" s="3" t="s">
+      <c r="F642" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G642" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A643" s="1" t="s">
         <v>2451</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B642" s="1" t="s">
+      <c r="B643" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="C642" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E642" s="3" t="s">
+      <c r="C643" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="F642" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A643" s="1" t="s">
+      <c r="D643" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E643" s="3" t="s">
         <v>2454</v>
       </c>
-      <c r="B643" s="1" t="s">
+      <c r="F643" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G643" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A644" s="1" t="s">
         <v>2455</v>
       </c>
-      <c r="C643" s="1" t="s">
+      <c r="B644" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="D643" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E643" s="3" t="s">
+      <c r="C644" s="1" t="s">
         <v>2457</v>
       </c>
-      <c r="F643" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A644" s="1" t="s">
+      <c r="D644" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E644" s="3" t="s">
         <v>2458</v>
       </c>
-      <c r="B644" s="1" t="s">
+      <c r="F644" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="G644" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A645" s="1" t="s">
         <v>2459</v>
       </c>
-      <c r="C644" s="1" t="s">
+      <c r="B645" s="1" t="s">
         <v>2460</v>
       </c>
-      <c r="D644" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E644" s="3" t="s">
+      <c r="C645" s="1" t="s">
         <v>2461</v>
       </c>
-      <c r="F644" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A645" s="1" t="s">
+      <c r="D645" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E645" s="3" t="s">
         <v>2462</v>
       </c>
-      <c r="B645" s="1" t="s">
+      <c r="F645" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="G645" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A646" s="1" t="s">
         <v>2463</v>
       </c>
-      <c r="C645" s="1" t="s">
+      <c r="B646" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="D645" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E645" s="3" t="s">
+      <c r="C646" s="1" t="s">
         <v>2465</v>
       </c>
-      <c r="F645" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A646" s="1" t="s">
+      <c r="D646" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E646" s="3" t="s">
         <v>2466</v>
       </c>
-      <c r="B646" s="1" t="s">
+      <c r="F646" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="G646" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A647" s="1" t="s">
         <v>2467</v>
       </c>
-      <c r="C646" s="1" t="s">
+      <c r="B647" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="D646" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E646" s="3" t="s">
+      <c r="C647" s="1" t="s">
         <v>2469</v>
       </c>
-      <c r="F646" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A647" s="1" t="s">
+      <c r="D647" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E647" s="3" t="s">
         <v>2470</v>
       </c>
-      <c r="B647" s="1" t="s">
+      <c r="F647" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G647" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A648" s="1" t="s">
         <v>2471</v>
       </c>
-      <c r="C647" s="1" t="s">
+      <c r="B648" s="1" t="s">
         <v>2472</v>
       </c>
-      <c r="D647" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E647" s="3" t="s">
+      <c r="C648" s="1" t="s">
         <v>2473</v>
       </c>
-      <c r="F647" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A648" s="1" t="s">
+      <c r="D648" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E648" s="3" t="s">
         <v>2474</v>
       </c>
-      <c r="B648" s="1" t="s">
+      <c r="F648" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G648" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A649" s="1" t="s">
         <v>2475</v>
       </c>
-      <c r="C648" s="1" t="s">
+      <c r="B649" s="1" t="s">
         <v>2476</v>
       </c>
-      <c r="D648" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E648" s="3" t="s">
+      <c r="C649" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="F648" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A649" s="1" t="s">
+      <c r="D649" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E649" s="3" t="s">
         <v>2478</v>
       </c>
-      <c r="B649" s="1" t="s">
+      <c r="F649" s="3" t="s">
         <v>2479</v>
       </c>
-      <c r="C649" s="1" t="s">
+      <c r="G649" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A650" s="1" t="s">
         <v>2480</v>
       </c>
-      <c r="D649" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E649" s="3" t="s">
+      <c r="B650" s="1" t="s">
         <v>2481</v>
       </c>
-      <c r="F649" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A650" s="1" t="s">
+      <c r="C650" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D650" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E650" s="3" t="s">
         <v>2482</v>
       </c>
-      <c r="B650" s="1" t="s">
+      <c r="F650" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G650" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A651" s="1" t="s">
         <v>2483</v>
       </c>
-      <c r="C650" s="1" t="s">
+      <c r="B651" s="1" t="s">
         <v>2484</v>
       </c>
-      <c r="D650" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E650" s="3" t="s">
+      <c r="C651" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E651" s="3" t="s">
         <v>2485</v>
       </c>
-      <c r="F650" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A651" s="1" t="s">
+      <c r="F651" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G651" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A652" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="B651" s="1" t="s">
+      <c r="B652" s="1" t="s">
         <v>2487</v>
       </c>
-      <c r="C651" s="1" t="s">
+      <c r="C652" s="1" t="s">
         <v>2488</v>
       </c>
-      <c r="D651" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E651" s="3" t="s">
+      <c r="D652" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E652" s="3" t="s">
         <v>2489</v>
       </c>
-      <c r="F651" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A652" s="1" t="s">
+      <c r="F652" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G652" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A653" s="1" t="s">
         <v>2490</v>
       </c>
-      <c r="B652" s="1" t="s">
+      <c r="B653" s="1" t="s">
         <v>2491</v>
       </c>
-      <c r="C652" s="1" t="s">
+      <c r="C653" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="D652" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E652" s="3" t="s">
+      <c r="D653" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E653" s="3" t="s">
         <v>2493</v>
       </c>
-      <c r="F652" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A653" s="1" t="s">
+      <c r="F653" s="3" t="s">
         <v>2494</v>
       </c>
-      <c r="B653" s="1" t="s">
+      <c r="G653" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A654" s="1" t="s">
         <v>2495</v>
       </c>
-      <c r="C653" s="1" t="s">
+      <c r="B654" s="1" t="s">
         <v>2496</v>
       </c>
-      <c r="D653" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E653" s="3" t="s">
+      <c r="C654" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E654" s="3" t="s">
         <v>2497</v>
       </c>
-      <c r="F653" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A654" s="1" t="s">
+      <c r="F654" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G654" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A655" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B655" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="B654" s="1" t="s">
+      <c r="C655" s="1" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E655" s="3" t="s">
         <v>2499</v>
       </c>
-      <c r="C654" s="1" t="s">
+      <c r="F655" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G655" s="3" t="s">
         <v>2500</v>
       </c>
-      <c r="D654" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E654" s="3" t="s">
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A656" s="1" t="s">
         <v>2501</v>
       </c>
-      <c r="F654" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A655" s="1" t="s">
+      <c r="B656" s="1" t="s">
         <v>2502</v>
       </c>
-      <c r="B655" s="1" t="s">
+      <c r="C656" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D656" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E656" s="3" t="s">
         <v>2503</v>
       </c>
-      <c r="C655" s="1" t="s">
+      <c r="F656" s="3" t="s">
         <v>2504</v>
       </c>
-      <c r="D655" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E655" s="3" t="s">
+      <c r="G656" s="3" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A657" s="1" t="s">
         <v>2505</v>
       </c>
-      <c r="F655" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A656" s="1" t="s">
+      <c r="B657" s="1" t="s">
         <v>2506</v>
       </c>
-      <c r="B656" s="1" t="s">
+      <c r="C657" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E657" s="3" t="s">
         <v>2507</v>
       </c>
-      <c r="C656" s="1" t="s">
+      <c r="F657" s="3" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G657" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A658" s="1" t="s">
         <v>2508</v>
       </c>
-      <c r="D656" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E656" s="3" t="s">
+      <c r="B658" s="1" t="s">
         <v>2509</v>
       </c>
-      <c r="F656" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A657" s="1" t="s">
+      <c r="C658" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E658" s="3" t="s">
         <v>2510</v>
       </c>
-      <c r="B657" s="1" t="s">
+      <c r="F658" s="3" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G658" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A659" s="1" t="s">
         <v>2511</v>
       </c>
-      <c r="C657" s="1" t="s">
+      <c r="B659" s="1" t="s">
         <v>2512</v>
       </c>
-      <c r="D657" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E657" s="3" t="s">
+      <c r="C659" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E659" s="3" t="s">
         <v>2513</v>
       </c>
-      <c r="F657" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A658" s="1" t="s">
+      <c r="F659" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G659" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A660" s="1" t="s">
         <v>2514</v>
       </c>
-      <c r="B658" s="1" t="s">
+      <c r="B660" s="1" t="s">
         <v>2515</v>
       </c>
-      <c r="C658" s="1" t="s">
+      <c r="C660" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E660" s="3" t="s">
         <v>2516</v>
       </c>
-      <c r="D658" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E658" s="3" t="s">
+      <c r="F660" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G660" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A661" s="1" t="s">
         <v>2517</v>
       </c>
-      <c r="F658" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A659" s="1" t="s">
+      <c r="B661" s="1" t="s">
         <v>2518</v>
       </c>
-      <c r="B659" s="1" t="s">
+      <c r="C661" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E661" s="3" t="s">
         <v>2519</v>
       </c>
-      <c r="C659" s="1" t="s">
+      <c r="F661" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G661" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A662" s="1" t="s">
         <v>2520</v>
       </c>
-      <c r="D659" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E659" s="3" t="s">
+      <c r="B662" s="1" t="s">
         <v>2521</v>
       </c>
-      <c r="F659" s="3" t="s">
+      <c r="C662" s="1" t="s">
         <v>2522</v>
       </c>
-      <c r="G659" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A660" s="1" t="s">
+      <c r="D662" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E662" s="3" t="s">
         <v>2523</v>
       </c>
-      <c r="B660" s="1" t="s">
+      <c r="F662" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G662" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A663" s="1" t="s">
         <v>2524</v>
       </c>
-      <c r="C660" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E660" s="3" t="s">
+      <c r="B663" s="1" t="s">
         <v>2525</v>
       </c>
-      <c r="F660" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A661" s="1" t="s">
+      <c r="C663" s="1" t="s">
         <v>2526</v>
       </c>
-      <c r="B661" s="1" t="s">
+      <c r="D663" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E663" s="3" t="s">
         <v>2527</v>
       </c>
-      <c r="C661" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E661" s="3" t="s">
+      <c r="F663" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G663" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A664" s="1" t="s">
         <v>2528</v>
       </c>
-      <c r="F661" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A662" s="1" t="s">
+      <c r="B664" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="B662" s="1" t="s">
+      <c r="C664" s="1" t="s">
         <v>2530</v>
       </c>
-      <c r="C662" s="1" t="s">
+      <c r="D664" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E664" s="3" t="s">
         <v>2531</v>
       </c>
-      <c r="D662" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E662" s="3" t="s">
+      <c r="F664" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G664" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A665" s="1" t="s">
         <v>2532</v>
       </c>
-      <c r="F662" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A663" s="1" t="s">
+      <c r="B665" s="1" t="s">
         <v>2533</v>
       </c>
-      <c r="B663" s="1" t="s">
+      <c r="C665" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="C663" s="1" t="s">
+      <c r="D665" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E665" s="3" t="s">
         <v>2535</v>
       </c>
-      <c r="D663" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E663" s="3" t="s">
+      <c r="F665" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G665" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A666" s="1" t="s">
         <v>2536</v>
       </c>
-      <c r="F663" s="3" t="s">
+      <c r="B666" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="G663" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A664" s="1" t="s">
+      <c r="C666" s="1" t="s">
         <v>2538</v>
       </c>
-      <c r="B664" s="1" t="s">
+      <c r="D666" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E666" s="3" t="s">
         <v>2539</v>
       </c>
-      <c r="C664" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E664" s="3" t="s">
+      <c r="F666" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G666" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A667" s="1" t="s">
         <v>2540</v>
       </c>
-      <c r="F664" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B665" s="1" t="s">
+      <c r="B667" s="1" t="s">
         <v>2541</v>
       </c>
-      <c r="C665" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E665" s="3" t="s">
+      <c r="C667" s="1" t="s">
         <v>2542</v>
       </c>
-      <c r="F665" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G665" s="3" t="s">
+      <c r="D667" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E667" s="3" t="s">
         <v>2543</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A666" s="1" t="s">
+      <c r="F667" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G667" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A668" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="B666" s="1" t="s">
+      <c r="B668" s="1" t="s">
         <v>2545</v>
       </c>
-      <c r="C666" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E666" s="3" t="s">
+      <c r="C668" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E668" s="3" t="s">
         <v>2546</v>
       </c>
-      <c r="F666" s="3" t="s">
+      <c r="F668" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G668" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A669" s="1" t="s">
         <v>2547</v>
       </c>
-      <c r="G666" s="3" t="s">
+      <c r="B669" s="1" t="s">
         <v>2548</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A667" s="1" t="s">
+      <c r="C669" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D669" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E669" s="3" t="s">
         <v>2549</v>
       </c>
-      <c r="B667" s="1" t="s">
+      <c r="F669" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G669" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A670" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="C667" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E667" s="3" t="s">
+      <c r="B670" s="1" t="s">
         <v>2551</v>
       </c>
-      <c r="F667" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A668" s="1" t="s">
+      <c r="C670" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E670" s="3" t="s">
         <v>2552</v>
       </c>
-      <c r="B668" s="1" t="s">
+      <c r="F670" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G670" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A671" s="1" t="s">
         <v>2553</v>
       </c>
-      <c r="C668" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E668" s="3" t="s">
+      <c r="B671" s="1" t="s">
         <v>2554</v>
       </c>
-      <c r="F668" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A669" s="1" t="s">
+      <c r="C671" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E671" s="3" t="s">
         <v>2555</v>
       </c>
-      <c r="B669" s="1" t="s">
+      <c r="F671" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G671" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A672" s="1" t="s">
         <v>2556</v>
       </c>
-      <c r="C669" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E669" s="3" t="s">
+      <c r="B672" s="1" t="s">
         <v>2557</v>
       </c>
-      <c r="F669" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A670" s="1" t="s">
+      <c r="C672" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E672" s="3" t="s">
         <v>2558</v>
       </c>
-      <c r="B670" s="1" t="s">
+      <c r="F672" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G672" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A673" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="C670" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E670" s="3" t="s">
+      <c r="B673" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="F670" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A671" s="1" t="s">
+      <c r="C673" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E673" s="3" t="s">
         <v>2561</v>
       </c>
-      <c r="B671" s="1" t="s">
+      <c r="F673" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G673" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A674" s="1" t="s">
         <v>2562</v>
       </c>
-      <c r="C671" s="1" t="s">
+      <c r="B674" s="1" t="s">
         <v>2563</v>
       </c>
-      <c r="D671" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E671" s="3" t="s">
+      <c r="C674" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E674" s="3" t="s">
         <v>2564</v>
       </c>
-      <c r="F671" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A672" s="1" t="s">
+      <c r="F674" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G674" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A675" s="1" t="s">
         <v>2565</v>
       </c>
-      <c r="B672" s="1" t="s">
+      <c r="B675" s="1" t="s">
         <v>2566</v>
       </c>
-      <c r="C672" s="1" t="s">
+      <c r="C675" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E675" s="3" t="s">
         <v>2567</v>
       </c>
-      <c r="D672" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E672" s="3" t="s">
+      <c r="F675" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G675" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A676" s="1" t="s">
         <v>2568</v>
       </c>
-      <c r="F672" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A673" s="1" t="s">
+      <c r="B676" s="1" t="s">
         <v>2569</v>
       </c>
-      <c r="B673" s="1" t="s">
+      <c r="C676" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E676" s="3" t="s">
         <v>2570</v>
       </c>
-      <c r="C673" s="1" t="s">
+      <c r="F676" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G676" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A677" s="1" t="s">
         <v>2571</v>
       </c>
-      <c r="D673" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E673" s="3" t="s">
+      <c r="B677" s="1" t="s">
         <v>2572</v>
       </c>
-      <c r="F673" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A674" s="1" t="s">
+      <c r="C677" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E677" s="3" t="s">
         <v>2573</v>
       </c>
-      <c r="B674" s="1" t="s">
+      <c r="F677" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G677" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A678" s="1" t="s">
         <v>2574</v>
       </c>
-      <c r="C674" s="1" t="s">
+      <c r="B678" s="1" t="s">
         <v>2575</v>
       </c>
-      <c r="D674" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E674" s="3" t="s">
+      <c r="C678" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E678" s="3" t="s">
         <v>2576</v>
       </c>
-      <c r="F674" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A675" s="1" t="s">
+      <c r="F678" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G678" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A679" s="1" t="s">
         <v>2577</v>
       </c>
-      <c r="B675" s="1" t="s">
+      <c r="B679" s="1" t="s">
         <v>2578</v>
-      </c>
-[...90 lines deleted...]
-        <v>2592</v>
       </c>
       <c r="C679" s="1" t="s">
         <v>2579</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>2593</v>
+        <v>2580</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>534</v>
+        <v>267</v>
       </c>
       <c r="G679" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A680" s="1" t="s">
-        <v>2594</v>
+        <v>2581</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>2595</v>
+        <v>2582</v>
       </c>
       <c r="C680" s="1" t="s">
         <v>2583</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E680" s="3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F680" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A681" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E681" s="3" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F681" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A682" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E682" s="3" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F682" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G682" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A683" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E683" s="3" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F683" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G683" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A684" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B684" s="1" t="s">
         <v>2596</v>
       </c>
-      <c r="F680" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A681" s="1" t="s">
+      <c r="C684" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E684" s="3" t="s">
         <v>2597</v>
       </c>
-      <c r="B681" s="1" t="s">
+      <c r="F684" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A685" s="1" t="s">
         <v>2598</v>
       </c>
-      <c r="C681" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E681" s="3" t="s">
+      <c r="B685" s="1" t="s">
         <v>2599</v>
       </c>
-      <c r="F681" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A682" s="1" t="s">
+      <c r="C685" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E685" s="3" t="s">
         <v>2600</v>
       </c>
-      <c r="B682" s="1" t="s">
+      <c r="F685" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A686" s="1" t="s">
         <v>2601</v>
       </c>
-      <c r="C682" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E682" s="3" t="s">
+      <c r="B686" s="1" t="s">
         <v>2602</v>
       </c>
-      <c r="F682" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A683" s="1" t="s">
+      <c r="C686" s="1" t="s">
         <v>2603</v>
       </c>
-      <c r="B683" s="1" t="s">
+      <c r="D686" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E686" s="3" t="s">
         <v>2604</v>
       </c>
-      <c r="C683" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E683" s="3" t="s">
+      <c r="F686" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A687" s="1" t="s">
         <v>2605</v>
       </c>
-      <c r="F683" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A684" s="1" t="s">
+      <c r="B687" s="1" t="s">
         <v>2606</v>
       </c>
-      <c r="B684" s="1" t="s">
+      <c r="C687" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E687" s="3" t="s">
         <v>2607</v>
       </c>
-      <c r="C684" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E684" s="3" t="s">
+      <c r="F687" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G687" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A688" s="1" t="s">
         <v>2608</v>
       </c>
-      <c r="F684" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A685" s="1" t="s">
+      <c r="B688" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="B685" s="1" t="s">
+      <c r="C688" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E688" s="3" t="s">
         <v>2610</v>
       </c>
-      <c r="C685" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E685" s="3" t="s">
+      <c r="F688" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
         <v>2611</v>
       </c>
-      <c r="F685" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A686" s="1" t="s">
+      <c r="B689" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="B686" s="1" t="s">
+      <c r="C689" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E689" s="3" t="s">
         <v>2613</v>
       </c>
-      <c r="C686" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E686" s="3" t="s">
+      <c r="F689" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
         <v>2614</v>
       </c>
-      <c r="F686" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A687" s="1" t="s">
+      <c r="B690" s="1" t="s">
         <v>2615</v>
       </c>
-      <c r="B687" s="1" t="s">
+      <c r="C690" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E690" s="3" t="s">
         <v>2616</v>
       </c>
-      <c r="C687" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E687" s="3" t="s">
+      <c r="F690" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
         <v>2617</v>
       </c>
-      <c r="F687" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A688" s="1" t="s">
+      <c r="B691" s="1" t="s">
         <v>2618</v>
       </c>
-      <c r="B688" s="1" t="s">
+      <c r="C691" s="1" t="s">
         <v>2619</v>
       </c>
-      <c r="C688" s="1" t="s">
+      <c r="D691" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E691" s="3" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F691" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C692" s="1" t="s">
         <v>2619</v>
       </c>
-      <c r="D688" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C689" s="1" t="s">
+      <c r="D692" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E692" s="3" t="s">
         <v>2623</v>
       </c>
-      <c r="D689" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E689" s="3" t="s">
+      <c r="F692" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
         <v>2624</v>
       </c>
-      <c r="F689" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A690" s="1" t="s">
+      <c r="B693" s="1" t="s">
         <v>2625</v>
       </c>
-      <c r="B690" s="1" t="s">
+      <c r="C693" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E693" s="3" t="s">
         <v>2626</v>
       </c>
-      <c r="C690" s="1" t="s">
+      <c r="F693" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
         <v>2627</v>
       </c>
-      <c r="D690" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E690" s="3" t="s">
+      <c r="B694" s="1" t="s">
         <v>2628</v>
       </c>
-      <c r="F690" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A691" s="1" t="s">
+      <c r="C694" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E694" s="3" t="s">
         <v>2629</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="F694" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
         <v>2630</v>
       </c>
-      <c r="C691" s="1" t="s">
+      <c r="B695" s="1" t="s">
         <v>2631</v>
       </c>
-      <c r="D691" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E691" s="3" t="s">
+      <c r="C695" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E695" s="3" t="s">
         <v>2632</v>
       </c>
-      <c r="F691" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A692" s="1" t="s">
+      <c r="F695" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="B692" s="1" t="s">
+      <c r="B696" s="1" t="s">
         <v>2634</v>
       </c>
-      <c r="C692" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E692" s="3" t="s">
+      <c r="C696" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E696" s="3" t="s">
         <v>2635</v>
       </c>
-      <c r="F692" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A693" s="1" t="s">
+      <c r="F696" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
         <v>2636</v>
       </c>
-      <c r="B693" s="1" t="s">
+      <c r="B697" s="1" t="s">
         <v>2637</v>
       </c>
-      <c r="C693" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E693" s="3" t="s">
+      <c r="C697" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E697" s="3" t="s">
         <v>2638</v>
       </c>
-      <c r="F693" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A694" s="1" t="s">
+      <c r="F697" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
         <v>2639</v>
       </c>
-      <c r="B694" s="1" t="s">
+      <c r="B698" s="1" t="s">
         <v>2640</v>
       </c>
-      <c r="C694" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E694" s="3" t="s">
+      <c r="C698" s="1" t="s">
         <v>2641</v>
       </c>
-      <c r="F694" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A695" s="1" t="s">
+      <c r="D698" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E698" s="3" t="s">
         <v>2642</v>
       </c>
-      <c r="B695" s="1" t="s">
+      <c r="F698" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
         <v>2643</v>
       </c>
-      <c r="C695" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E695" s="3" t="s">
+      <c r="B699" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="F695" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A696" s="1" t="s">
+      <c r="C699" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E699" s="3" t="s">
         <v>2645</v>
       </c>
-      <c r="B696" s="1" t="s">
+      <c r="F699" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G699" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A700" s="1" t="s">
         <v>2646</v>
       </c>
-      <c r="C696" s="1" t="s">
+      <c r="B700" s="1" t="s">
         <v>2647</v>
       </c>
-      <c r="D696" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E696" s="3" t="s">
+      <c r="C700" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E700" s="3" t="s">
         <v>2648</v>
       </c>
-      <c r="F696" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A697" s="1" t="s">
+      <c r="F700" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G700" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A701" s="1" t="s">
         <v>2649</v>
       </c>
-      <c r="B697" s="1" t="s">
+      <c r="B701" s="1" t="s">
         <v>2650</v>
       </c>
-      <c r="C697" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E697" s="3" t="s">
+      <c r="C701" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E701" s="3" t="s">
         <v>2651</v>
       </c>
-      <c r="F697" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A698" s="1" t="s">
+      <c r="F701" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G701" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A702" s="1" t="s">
         <v>2652</v>
       </c>
-      <c r="B698" s="1" t="s">
+      <c r="B702" s="1" t="s">
         <v>2653</v>
       </c>
-      <c r="C698" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E698" s="3" t="s">
+      <c r="C702" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E702" s="3" t="s">
         <v>2654</v>
       </c>
-      <c r="F698" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A699" s="1" t="s">
+      <c r="F702" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G702" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A703" s="1" t="s">
         <v>2655</v>
       </c>
-      <c r="B699" s="1" t="s">
+      <c r="B703" s="1" t="s">
         <v>2656</v>
       </c>
-      <c r="C699" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E699" s="3" t="s">
+      <c r="C703" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E703" s="3" t="s">
         <v>2657</v>
       </c>
-      <c r="F699" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A700" s="1" t="s">
+      <c r="F703" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G703" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A704" s="1" t="s">
         <v>2658</v>
       </c>
-      <c r="B700" s="1" t="s">
+      <c r="B704" s="1" t="s">
         <v>2659</v>
       </c>
-      <c r="C700" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E700" s="3" t="s">
+      <c r="C704" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E704" s="3" t="s">
         <v>2660</v>
       </c>
-      <c r="F700" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A701" s="1" t="s">
+      <c r="F704" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G704" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A705" s="1" t="s">
         <v>2661</v>
       </c>
-      <c r="B701" s="1" t="s">
+      <c r="B705" s="1" t="s">
         <v>2662</v>
-      </c>
-[...90 lines deleted...]
-        <v>2675</v>
       </c>
       <c r="C705" s="1" t="s">
         <v>2663</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>2676</v>
+        <v>2664</v>
       </c>
       <c r="F705" s="3" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="G705" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A706" s="1" t="s">
-        <v>2677</v>
+        <v>2665</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>2678</v>
+        <v>2666</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>2663</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E706" s="3" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F706" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G706" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A707" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E707" s="3" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F707" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G707" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A708" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E708" s="3" t="s">
+        <v>2673</v>
+      </c>
+      <c r="F708" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G708" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A709" s="1" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E709" s="3" t="s">
+        <v>2676</v>
+      </c>
+      <c r="F709" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G709" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A710" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E710" s="3" t="s">
         <v>2679</v>
       </c>
-      <c r="F706" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A707" s="1" t="s">
+      <c r="F710" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G710" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A711" s="1" t="s">
         <v>2680</v>
       </c>
-      <c r="B707" s="1" t="s">
+      <c r="B711" s="1" t="s">
         <v>2681</v>
       </c>
-      <c r="C707" s="1" t="s">
+      <c r="C711" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E711" s="3" t="s">
         <v>2682</v>
       </c>
-      <c r="D707" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E707" s="3" t="s">
+      <c r="F711" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G711" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A712" s="1" t="s">
         <v>2683</v>
       </c>
-      <c r="F707" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A708" s="1" t="s">
+      <c r="B712" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="B708" s="1" t="s">
+      <c r="C712" s="1" t="s">
         <v>2685</v>
       </c>
-      <c r="C708" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E708" s="3" t="s">
+      <c r="D712" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E712" s="3" t="s">
         <v>2686</v>
       </c>
-      <c r="F708" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A709" s="1" t="s">
+      <c r="F712" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G712" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A713" s="1" t="s">
         <v>2687</v>
       </c>
-      <c r="B709" s="1" t="s">
+      <c r="B713" s="1" t="s">
         <v>2688</v>
       </c>
-      <c r="C709" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E709" s="3" t="s">
+      <c r="C713" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E713" s="3" t="s">
         <v>2689</v>
       </c>
-      <c r="F709" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A710" s="1" t="s">
+      <c r="F713" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G713" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A714" s="1" t="s">
         <v>2690</v>
       </c>
-      <c r="B710" s="1" t="s">
+      <c r="B714" s="1" t="s">
         <v>2691</v>
       </c>
-      <c r="C710" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E710" s="3" t="s">
+      <c r="C714" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E714" s="3" t="s">
         <v>2692</v>
       </c>
-      <c r="F710" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A711" s="1" t="s">
+      <c r="F714" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G714" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A715" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="B711" s="1" t="s">
+      <c r="B715" s="1" t="s">
         <v>2694</v>
       </c>
-      <c r="C711" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E711" s="3" t="s">
+      <c r="C715" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E715" s="3" t="s">
         <v>2695</v>
       </c>
-      <c r="F711" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A712" s="1" t="s">
+      <c r="F715" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G715" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A716" s="1" t="s">
         <v>2696</v>
       </c>
-      <c r="B712" s="1" t="s">
+      <c r="B716" s="1" t="s">
         <v>2697</v>
       </c>
-      <c r="C712" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E712" s="3" t="s">
+      <c r="C716" s="1" t="s">
         <v>2698</v>
       </c>
-      <c r="F712" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A713" s="1" t="s">
+      <c r="D716" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E716" s="3" t="s">
         <v>2699</v>
       </c>
-      <c r="B713" s="1" t="s">
+      <c r="F716" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G716" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A717" s="1" t="s">
         <v>2700</v>
       </c>
-      <c r="C713" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E713" s="3" t="s">
+      <c r="B717" s="1" t="s">
         <v>2701</v>
       </c>
-      <c r="F713" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A714" s="1" t="s">
+      <c r="C717" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E717" s="3" t="s">
         <v>2702</v>
       </c>
-      <c r="B714" s="1" t="s">
+      <c r="F717" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
         <v>2703</v>
       </c>
-      <c r="C714" s="1" t="s">
+      <c r="B718" s="1" t="s">
         <v>2704</v>
       </c>
-      <c r="D714" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E714" s="3" t="s">
+      <c r="C718" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E718" s="3" t="s">
         <v>2705</v>
       </c>
-      <c r="F714" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A715" s="1" t="s">
+      <c r="F718" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G718" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A719" s="1" t="s">
         <v>2706</v>
       </c>
-      <c r="B715" s="1" t="s">
+      <c r="B719" s="1" t="s">
         <v>2707</v>
       </c>
-      <c r="C715" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E715" s="3" t="s">
+      <c r="C719" s="1" t="s">
         <v>2708</v>
       </c>
-      <c r="F715" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A716" s="1" t="s">
+      <c r="D719" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E719" s="3" t="s">
         <v>2709</v>
       </c>
-      <c r="B716" s="1" t="s">
+      <c r="F719" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G719" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A720" s="1" t="s">
         <v>2710</v>
       </c>
-      <c r="C716" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E716" s="3" t="s">
+      <c r="B720" s="1" t="s">
         <v>2711</v>
       </c>
-      <c r="F716" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A717" s="1" t="s">
+      <c r="C720" s="1" t="s">
         <v>2712</v>
       </c>
-      <c r="B717" s="1" t="s">
+      <c r="D720" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E720" s="3" t="s">
         <v>2713</v>
       </c>
-      <c r="C717" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E717" s="3" t="s">
+      <c r="F720" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G720" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A721" s="1" t="s">
         <v>2714</v>
       </c>
-      <c r="F717" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A718" s="1" t="s">
+      <c r="B721" s="1" t="s">
         <v>2715</v>
       </c>
-      <c r="B718" s="1" t="s">
+      <c r="C721" s="1" t="s">
         <v>2716</v>
       </c>
-      <c r="C718" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E718" s="3" t="s">
+      <c r="D721" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E721" s="3" t="s">
         <v>2717</v>
       </c>
-      <c r="F718" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A719" s="1" t="s">
+      <c r="F721" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G721" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A722" s="1" t="s">
         <v>2718</v>
       </c>
-      <c r="B719" s="1" t="s">
+      <c r="B722" s="1" t="s">
         <v>2719</v>
       </c>
-      <c r="C719" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E719" s="3" t="s">
+      <c r="C722" s="1" t="s">
         <v>2720</v>
       </c>
-      <c r="F719" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A720" s="1" t="s">
+      <c r="D722" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E722" s="3" t="s">
         <v>2721</v>
       </c>
-      <c r="B720" s="1" t="s">
+      <c r="F722" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G722" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A723" s="1" t="s">
         <v>2722</v>
       </c>
-      <c r="C720" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E720" s="3" t="s">
+      <c r="B723" s="1" t="s">
         <v>2723</v>
       </c>
-      <c r="F720" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A721" s="1" t="s">
+      <c r="C723" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="B721" s="1" t="s">
+      <c r="D723" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E723" s="3" t="s">
         <v>2725</v>
       </c>
-      <c r="C721" s="1" t="s">
+      <c r="F723" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G723" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A724" s="1" t="s">
         <v>2726</v>
       </c>
-      <c r="D721" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E721" s="3" t="s">
+      <c r="B724" s="1" t="s">
         <v>2727</v>
       </c>
-      <c r="F721" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A722" s="1" t="s">
+      <c r="C724" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="B722" s="1" t="s">
+      <c r="D724" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E724" s="3" t="s">
         <v>2729</v>
       </c>
-      <c r="C722" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E722" s="3" t="s">
+      <c r="F724" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G724" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A725" s="1" t="s">
         <v>2730</v>
       </c>
-      <c r="F722" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A723" s="1" t="s">
+      <c r="B725" s="1" t="s">
         <v>2731</v>
       </c>
-      <c r="B723" s="1" t="s">
+      <c r="C725" s="1" t="s">
         <v>2732</v>
       </c>
-      <c r="C723" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E723" s="3" t="s">
+      <c r="D725" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E725" s="3" t="s">
         <v>2733</v>
       </c>
-      <c r="F723" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A724" s="1" t="s">
+      <c r="F725" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G725" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A726" s="1" t="s">
         <v>2734</v>
       </c>
-      <c r="B724" s="1" t="s">
+      <c r="B726" s="1" t="s">
         <v>2735</v>
       </c>
-      <c r="C724" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E724" s="3" t="s">
+      <c r="C726" s="1" t="s">
         <v>2736</v>
       </c>
-      <c r="F724" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A725" s="1" t="s">
+      <c r="D726" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E726" s="3" t="s">
         <v>2737</v>
       </c>
-      <c r="B725" s="1" t="s">
+      <c r="F726" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G726" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A727" s="1" t="s">
         <v>2738</v>
       </c>
-      <c r="C725" s="1" t="s">
+      <c r="B727" s="1" t="s">
         <v>2739</v>
       </c>
-      <c r="D725" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E725" s="3" t="s">
+      <c r="C727" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E727" s="3" t="s">
         <v>2740</v>
       </c>
-      <c r="F725" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A726" s="1" t="s">
+      <c r="F727" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G727" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A728" s="1" t="s">
         <v>2741</v>
       </c>
-      <c r="B726" s="1" t="s">
+      <c r="B728" s="1" t="s">
         <v>2742</v>
       </c>
-      <c r="C726" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E726" s="3" t="s">
+      <c r="C728" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E728" s="3" t="s">
         <v>2743</v>
       </c>
-      <c r="F726" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A727" s="1" t="s">
+      <c r="F728" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G728" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A729" s="1" t="s">
         <v>2744</v>
       </c>
-      <c r="B727" s="1" t="s">
+      <c r="B729" s="1" t="s">
         <v>2745</v>
       </c>
-      <c r="C727" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E727" s="3" t="s">
+      <c r="C729" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E729" s="3" t="s">
         <v>2746</v>
       </c>
-      <c r="F727" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A728" s="1" t="s">
+      <c r="F729" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G729" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A730" s="1" t="s">
         <v>2747</v>
       </c>
-      <c r="B728" s="1" t="s">
+      <c r="B730" s="1" t="s">
         <v>2748</v>
       </c>
-      <c r="C728" s="1" t="s">
+      <c r="C730" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E730" s="3" t="s">
         <v>2749</v>
       </c>
-      <c r="D728" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E728" s="3" t="s">
+      <c r="F730" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G730" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A731" s="1" t="s">
         <v>2750</v>
       </c>
-      <c r="F728" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A729" s="1" t="s">
+      <c r="B731" s="1" t="s">
         <v>2751</v>
       </c>
-      <c r="B729" s="1" t="s">
+      <c r="C731" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E731" s="3" t="s">
         <v>2752</v>
       </c>
-      <c r="C729" s="1" t="s">
+      <c r="F731" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
         <v>2753</v>
       </c>
-      <c r="D729" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E729" s="3" t="s">
+      <c r="B732" s="1" t="s">
         <v>2754</v>
       </c>
-      <c r="F729" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A730" s="1" t="s">
+      <c r="C732" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E732" s="3" t="s">
         <v>2755</v>
       </c>
-      <c r="B730" s="1" t="s">
+      <c r="F732" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
         <v>2756</v>
       </c>
-      <c r="C730" s="1" t="s">
+      <c r="B733" s="1" t="s">
         <v>2757</v>
       </c>
-      <c r="D730" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E730" s="3" t="s">
+      <c r="C733" s="1" t="s">
         <v>2758</v>
       </c>
-      <c r="F730" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A731" s="1" t="s">
+      <c r="D733" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E733" s="3" t="s">
         <v>2759</v>
       </c>
-      <c r="B731" s="1" t="s">
+      <c r="F733" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
         <v>2760</v>
       </c>
-      <c r="C731" s="1" t="s">
+      <c r="B734" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="D731" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E731" s="3" t="s">
+      <c r="C734" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E734" s="3" t="s">
         <v>2762</v>
       </c>
-      <c r="F731" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A732" s="1" t="s">
+      <c r="F734" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
         <v>2763</v>
       </c>
-      <c r="B732" s="1" t="s">
+      <c r="B735" s="1" t="s">
         <v>2764</v>
       </c>
-      <c r="C732" s="1" t="s">
+      <c r="C735" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E735" s="3" t="s">
         <v>2765</v>
       </c>
-      <c r="D732" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E732" s="3" t="s">
+      <c r="F735" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
         <v>2766</v>
       </c>
-      <c r="F732" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A733" s="1" t="s">
+      <c r="B736" s="1" t="s">
         <v>2767</v>
       </c>
-      <c r="B733" s="1" t="s">
+      <c r="C736" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E736" s="3" t="s">
         <v>2768</v>
       </c>
-      <c r="C733" s="1" t="s">
+      <c r="F736" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
         <v>2769</v>
       </c>
-      <c r="D733" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E733" s="3" t="s">
+      <c r="B737" s="1" t="s">
         <v>2770</v>
       </c>
-      <c r="F733" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A734" s="1" t="s">
+      <c r="C737" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E737" s="3" t="s">
         <v>2771</v>
       </c>
-      <c r="B734" s="1" t="s">
+      <c r="F737" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
         <v>2772</v>
       </c>
-      <c r="C734" s="1" t="s">
+      <c r="B738" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="D734" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E734" s="3" t="s">
+      <c r="C738" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E738" s="3" t="s">
         <v>2774</v>
       </c>
-      <c r="F734" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A735" s="1" t="s">
+      <c r="F738" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
         <v>2775</v>
       </c>
-      <c r="B735" s="1" t="s">
+      <c r="B739" s="1" t="s">
         <v>2776</v>
       </c>
-      <c r="C735" s="1" t="s">
+      <c r="C739" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E739" s="3" t="s">
         <v>2777</v>
       </c>
-      <c r="D735" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E735" s="3" t="s">
+      <c r="F739" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
         <v>2778</v>
       </c>
-      <c r="F735" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A736" s="1" t="s">
+      <c r="B740" s="1" t="s">
         <v>2779</v>
       </c>
-      <c r="B736" s="1" t="s">
+      <c r="C740" s="1" t="s">
         <v>2780</v>
       </c>
-      <c r="C736" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E736" s="3" t="s">
+      <c r="D740" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E740" s="3" t="s">
         <v>2781</v>
       </c>
-      <c r="F736" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A737" s="1" t="s">
+      <c r="F740" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
         <v>2782</v>
       </c>
-      <c r="B737" s="1" t="s">
+      <c r="B741" s="1" t="s">
         <v>2783</v>
       </c>
-      <c r="C737" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E737" s="3" t="s">
+      <c r="C741" s="1" t="s">
         <v>2784</v>
       </c>
-      <c r="F737" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A738" s="1" t="s">
+      <c r="D741" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E741" s="3" t="s">
         <v>2785</v>
       </c>
-      <c r="B738" s="1" t="s">
+      <c r="F741" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
         <v>2786</v>
       </c>
-      <c r="C738" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E738" s="3" t="s">
+      <c r="B742" s="1" t="s">
         <v>2787</v>
       </c>
-      <c r="F738" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A739" s="1" t="s">
+      <c r="C742" s="1" t="s">
         <v>2788</v>
       </c>
-      <c r="B739" s="1" t="s">
+      <c r="D742" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E742" s="3" t="s">
         <v>2789</v>
       </c>
-      <c r="C739" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E739" s="3" t="s">
+      <c r="F742" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
         <v>2790</v>
       </c>
-      <c r="F739" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A740" s="1" t="s">
+      <c r="B743" s="1" t="s">
         <v>2791</v>
       </c>
-      <c r="B740" s="1" t="s">
+      <c r="C743" s="1" t="s">
         <v>2792</v>
       </c>
-      <c r="C740" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E740" s="3" t="s">
+      <c r="D743" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E743" s="3" t="s">
         <v>2793</v>
       </c>
-      <c r="F740" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A741" s="1" t="s">
+      <c r="F743" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
         <v>2794</v>
       </c>
-      <c r="B741" s="1" t="s">
+      <c r="B744" s="1" t="s">
         <v>2795</v>
       </c>
-      <c r="C741" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E741" s="3" t="s">
+      <c r="C744" s="1" t="s">
         <v>2796</v>
       </c>
-      <c r="F741" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A742" s="1" t="s">
+      <c r="D744" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E744" s="3" t="s">
         <v>2797</v>
       </c>
-      <c r="B742" s="1" t="s">
+      <c r="F744" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
         <v>2798</v>
       </c>
-      <c r="C742" s="1" t="s">
+      <c r="B745" s="1" t="s">
         <v>2799</v>
       </c>
-      <c r="D742" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E742" s="3" t="s">
+      <c r="C745" s="1" t="s">
         <v>2800</v>
       </c>
-      <c r="F742" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A743" s="1" t="s">
+      <c r="D745" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E745" s="3" t="s">
         <v>2801</v>
       </c>
-      <c r="B743" s="1" t="s">
+      <c r="F745" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G745" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
         <v>2802</v>
       </c>
-      <c r="C743" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E743" s="3" t="s">
+      <c r="B746" s="1" t="s">
         <v>2803</v>
       </c>
-      <c r="F743" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A744" s="1" t="s">
+      <c r="C746" s="1" t="s">
         <v>2804</v>
       </c>
-      <c r="B744" s="1" t="s">
+      <c r="D746" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E746" s="3" t="s">
         <v>2805</v>
       </c>
-      <c r="C744" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E744" s="3" t="s">
+      <c r="F746" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
         <v>2806</v>
       </c>
-      <c r="F744" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A745" s="1" t="s">
+      <c r="B747" s="1" t="s">
         <v>2807</v>
       </c>
-      <c r="B745" s="1" t="s">
+      <c r="C747" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E747" s="3" t="s">
         <v>2808</v>
       </c>
-      <c r="C745" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E745" s="3" t="s">
+      <c r="F747" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
         <v>2809</v>
       </c>
-      <c r="F745" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A746" s="1" t="s">
+      <c r="B748" s="1" t="s">
         <v>2810</v>
       </c>
-      <c r="B746" s="1" t="s">
+      <c r="C748" s="1" t="s">
         <v>2811</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E746" s="3" t="s">
+      <c r="D748" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E748" s="3" t="s">
         <v>2812</v>
       </c>
-      <c r="F746" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A747" s="1" t="s">
+      <c r="F748" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="B747" s="1" t="s">
+      <c r="B749" s="1" t="s">
         <v>2814</v>
       </c>
-      <c r="C747" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E747" s="3" t="s">
+      <c r="C749" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E749" s="3" t="s">
         <v>2815</v>
       </c>
-      <c r="F747" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A748" s="1" t="s">
+      <c r="F749" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
         <v>2816</v>
       </c>
-      <c r="B748" s="1" t="s">
+      <c r="B750" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="C748" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E748" s="3" t="s">
+      <c r="C750" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E750" s="3" t="s">
         <v>2818</v>
       </c>
-      <c r="F748" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A749" s="1" t="s">
+      <c r="F750" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G750" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A751" s="1" t="s">
         <v>2819</v>
       </c>
-      <c r="B749" s="1" t="s">
+      <c r="B751" s="1" t="s">
         <v>2820</v>
       </c>
-      <c r="C749" s="1" t="s">
+      <c r="C751" s="1" t="s">
         <v>2821</v>
       </c>
-      <c r="D749" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E749" s="3" t="s">
+      <c r="D751" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E751" s="3" t="s">
         <v>2822</v>
       </c>
-      <c r="F749" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A750" s="1" t="s">
+      <c r="F751" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G751" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A752" s="1" t="s">
         <v>2823</v>
       </c>
-      <c r="B750" s="1" t="s">
+      <c r="B752" s="1" t="s">
         <v>2824</v>
       </c>
-      <c r="C750" s="1" t="s">
+      <c r="C752" s="1" t="s">
         <v>2825</v>
       </c>
-      <c r="D750" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E750" s="3" t="s">
+      <c r="D752" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E752" s="3" t="s">
         <v>2826</v>
       </c>
-      <c r="F750" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A751" s="1" t="s">
+      <c r="F752" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G752" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A753" s="1" t="s">
         <v>2827</v>
       </c>
-      <c r="B751" s="1" t="s">
+      <c r="B753" s="1" t="s">
         <v>2828</v>
       </c>
-      <c r="C751" s="1" t="s">
+      <c r="C753" s="1" t="s">
         <v>2829</v>
       </c>
-      <c r="D751" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E751" s="3" t="s">
+      <c r="D753" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E753" s="3" t="s">
         <v>2830</v>
       </c>
-      <c r="F751" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A752" s="1" t="s">
+      <c r="F753" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G753" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A754" s="1" t="s">
         <v>2831</v>
       </c>
-      <c r="B752" s="1" t="s">
+      <c r="B754" s="1" t="s">
         <v>2832</v>
       </c>
-      <c r="C752" s="1" t="s">
+      <c r="C754" s="1" t="s">
         <v>2833</v>
       </c>
-      <c r="D752" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E752" s="3" t="s">
+      <c r="D754" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E754" s="3" t="s">
         <v>2834</v>
       </c>
-      <c r="F752" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A753" s="1" t="s">
+      <c r="F754" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G754" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A755" s="1" t="s">
         <v>2835</v>
       </c>
-      <c r="B753" s="1" t="s">
+      <c r="B755" s="1" t="s">
         <v>2836</v>
       </c>
-      <c r="C753" s="1" t="s">
+      <c r="C755" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="D753" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E753" s="3" t="s">
+      <c r="D755" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E755" s="3" t="s">
         <v>2838</v>
       </c>
-      <c r="F753" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A754" s="1" t="s">
+      <c r="F755" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G755" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A756" s="1" t="s">
         <v>2839</v>
       </c>
-      <c r="B754" s="1" t="s">
+      <c r="B756" s="1" t="s">
         <v>2840</v>
       </c>
-      <c r="C754" s="1" t="s">
+      <c r="C756" s="1" t="s">
         <v>2841</v>
       </c>
-      <c r="D754" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E754" s="3" t="s">
+      <c r="D756" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E756" s="3" t="s">
         <v>2842</v>
       </c>
-      <c r="F754" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A755" s="1" t="s">
+      <c r="F756" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A757" s="1" t="s">
         <v>2843</v>
       </c>
-      <c r="B755" s="1" t="s">
+      <c r="B757" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="C755" s="1" t="s">
+      <c r="C757" s="1" t="s">
         <v>2845</v>
       </c>
-      <c r="D755" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E755" s="3" t="s">
+      <c r="D757" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E757" s="3" t="s">
         <v>2846</v>
       </c>
-      <c r="F755" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A756" s="1" t="s">
+      <c r="F757" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A758" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="B756" s="1" t="s">
+      <c r="B758" s="1" t="s">
         <v>2848</v>
       </c>
-      <c r="C756" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E756" s="3" t="s">
+      <c r="C758" s="1" t="s">
         <v>2849</v>
       </c>
-      <c r="F756" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A757" s="1" t="s">
+      <c r="D758" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E758" s="3" t="s">
         <v>2850</v>
       </c>
-      <c r="B757" s="1" t="s">
+      <c r="F758" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
         <v>2851</v>
       </c>
-      <c r="C757" s="1" t="s">
+      <c r="B759" s="1" t="s">
         <v>2852</v>
       </c>
-      <c r="D757" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E757" s="3" t="s">
+      <c r="C759" s="1" t="s">
         <v>2853</v>
       </c>
-      <c r="F757" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A758" s="1" t="s">
+      <c r="D759" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E759" s="3" t="s">
         <v>2854</v>
       </c>
-      <c r="B758" s="1" t="s">
+      <c r="F759" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
         <v>2855</v>
       </c>
-      <c r="C758" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E758" s="3" t="s">
+      <c r="B760" s="1" t="s">
         <v>2856</v>
       </c>
-      <c r="F758" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A759" s="1" t="s">
+      <c r="C760" s="1" t="s">
         <v>2857</v>
       </c>
-      <c r="B759" s="1" t="s">
+      <c r="D760" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E760" s="3" t="s">
         <v>2858</v>
       </c>
-      <c r="C759" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E759" s="3" t="s">
+      <c r="F760" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
         <v>2859</v>
       </c>
-      <c r="F759" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A760" s="1" t="s">
+      <c r="B761" s="1" t="s">
         <v>2860</v>
       </c>
-      <c r="B760" s="1" t="s">
+      <c r="C761" s="1" t="s">
         <v>2861</v>
       </c>
-      <c r="C760" s="1" t="s">
+      <c r="D761" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E761" s="3" t="s">
         <v>2862</v>
       </c>
-      <c r="D760" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E760" s="3" t="s">
+      <c r="F761" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
         <v>2863</v>
       </c>
-      <c r="F760" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A761" s="1" t="s">
+      <c r="B762" s="1" t="s">
         <v>2864</v>
       </c>
-      <c r="B761" s="1" t="s">
+      <c r="C762" s="1" t="s">
         <v>2865</v>
       </c>
-      <c r="C761" s="1" t="s">
+      <c r="D762" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E762" s="3" t="s">
         <v>2866</v>
       </c>
-      <c r="D761" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E761" s="3" t="s">
+      <c r="F762" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
         <v>2867</v>
       </c>
-      <c r="F761" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A762" s="1" t="s">
+      <c r="B763" s="1" t="s">
         <v>2868</v>
       </c>
-      <c r="B762" s="1" t="s">
+      <c r="C763" s="1" t="s">
         <v>2869</v>
       </c>
-      <c r="C762" s="1" t="s">
+      <c r="D763" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E763" s="3" t="s">
         <v>2870</v>
       </c>
-      <c r="D762" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E762" s="3" t="s">
+      <c r="F763" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
         <v>2871</v>
       </c>
-      <c r="F762" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A763" s="1" t="s">
+      <c r="B764" s="1" t="s">
         <v>2872</v>
       </c>
-      <c r="B763" s="1" t="s">
+      <c r="C764" s="1" t="s">
         <v>2873</v>
       </c>
-      <c r="C763" s="1" t="s">
+      <c r="D764" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E764" s="3" t="s">
         <v>2874</v>
       </c>
-      <c r="D763" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E763" s="3" t="s">
+      <c r="F764" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
         <v>2875</v>
       </c>
-      <c r="F763" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A764" s="1" t="s">
+      <c r="B765" s="1" t="s">
         <v>2876</v>
       </c>
-      <c r="B764" s="1" t="s">
+      <c r="C765" s="1" t="s">
         <v>2877</v>
       </c>
-      <c r="C764" s="1" t="s">
+      <c r="D765" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E765" s="3" t="s">
         <v>2878</v>
       </c>
-      <c r="D764" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E764" s="3" t="s">
+      <c r="F765" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
         <v>2879</v>
       </c>
-      <c r="F764" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A765" s="1" t="s">
+      <c r="B766" s="1" t="s">
         <v>2880</v>
       </c>
-      <c r="B765" s="1" t="s">
+      <c r="C766" s="1" t="s">
         <v>2881</v>
       </c>
-      <c r="C765" s="1" t="s">
+      <c r="D766" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E766" s="3" t="s">
         <v>2882</v>
       </c>
-      <c r="D765" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E765" s="3" t="s">
+      <c r="F766" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
         <v>2883</v>
       </c>
-      <c r="F765" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A766" s="1" t="s">
+      <c r="B767" s="1" t="s">
         <v>2884</v>
       </c>
-      <c r="B766" s="1" t="s">
+      <c r="C767" s="1" t="s">
         <v>2885</v>
       </c>
-      <c r="C766" s="1" t="s">
+      <c r="D767" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E767" s="3" t="s">
         <v>2886</v>
       </c>
-      <c r="D766" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E766" s="3" t="s">
+      <c r="F767" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
         <v>2887</v>
       </c>
-      <c r="F766" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A767" s="1" t="s">
+      <c r="B768" s="1" t="s">
         <v>2888</v>
       </c>
-      <c r="B767" s="1" t="s">
+      <c r="C768" s="1" t="s">
         <v>2889</v>
       </c>
-      <c r="C767" s="1" t="s">
+      <c r="D768" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E768" s="3" t="s">
         <v>2890</v>
       </c>
-      <c r="D767" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E767" s="3" t="s">
+      <c r="F768" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
         <v>2891</v>
       </c>
-      <c r="F767" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A768" s="1" t="s">
+      <c r="B769" s="1" t="s">
         <v>2892</v>
       </c>
-      <c r="B768" s="1" t="s">
+      <c r="C769" s="1" t="s">
         <v>2893</v>
       </c>
-      <c r="C768" s="1" t="s">
+      <c r="D769" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E769" s="3" t="s">
         <v>2894</v>
       </c>
-      <c r="D768" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E768" s="3" t="s">
+      <c r="F769" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="F768" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A769" s="1" t="s">
+      <c r="B770" s="1" t="s">
         <v>2896</v>
       </c>
-      <c r="B769" s="1" t="s">
+      <c r="C770" s="1" t="s">
         <v>2897</v>
       </c>
-      <c r="C769" s="1" t="s">
+      <c r="D770" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E770" s="3" t="s">
         <v>2898</v>
       </c>
-      <c r="D769" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E769" s="3" t="s">
+      <c r="F770" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
         <v>2899</v>
       </c>
-      <c r="F769" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A770" s="1" t="s">
+      <c r="B771" s="1" t="s">
         <v>2900</v>
       </c>
-      <c r="B770" s="1" t="s">
+      <c r="C771" s="1" t="s">
         <v>2901</v>
       </c>
-      <c r="C770" s="1" t="s">
+      <c r="D771" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E771" s="3" t="s">
         <v>2902</v>
       </c>
-      <c r="D770" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E770" s="3" t="s">
+      <c r="F771" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
         <v>2903</v>
       </c>
-      <c r="F770" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A771" s="1" t="s">
+      <c r="B772" s="1" t="s">
         <v>2904</v>
       </c>
-      <c r="B771" s="1" t="s">
+      <c r="C772" s="1" t="s">
         <v>2905</v>
       </c>
-      <c r="C771" s="1" t="s">
+      <c r="D772" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E772" s="3" t="s">
         <v>2906</v>
       </c>
-      <c r="D771" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E771" s="3" t="s">
+      <c r="F772" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
         <v>2907</v>
       </c>
-      <c r="F771" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A772" s="1" t="s">
+      <c r="B773" s="1" t="s">
         <v>2908</v>
       </c>
-      <c r="B772" s="1" t="s">
+      <c r="C773" s="1" t="s">
         <v>2909</v>
       </c>
-      <c r="C772" s="1" t="s">
+      <c r="D773" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E773" s="3" t="s">
         <v>2910</v>
       </c>
-      <c r="D772" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E772" s="3" t="s">
+      <c r="F773" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
         <v>2911</v>
       </c>
-      <c r="F772" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A773" s="1" t="s">
+      <c r="B774" s="1" t="s">
         <v>2912</v>
       </c>
-      <c r="B773" s="1" t="s">
+      <c r="C774" s="1" t="s">
         <v>2913</v>
       </c>
-      <c r="C773" s="1" t="s">
+      <c r="D774" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E774" s="3" t="s">
         <v>2914</v>
       </c>
-      <c r="D773" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E773" s="3" t="s">
+      <c r="F774" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
         <v>2915</v>
       </c>
-      <c r="F773" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A774" s="1" t="s">
+      <c r="B775" s="1" t="s">
         <v>2916</v>
       </c>
-      <c r="B774" s="1" t="s">
+      <c r="C775" s="1" t="s">
         <v>2917</v>
       </c>
-      <c r="C774" s="1" t="s">
+      <c r="D775" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E775" s="3" t="s">
         <v>2918</v>
       </c>
-      <c r="D774" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E774" s="3" t="s">
+      <c r="F775" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
         <v>2919</v>
       </c>
-      <c r="F774" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A775" s="1" t="s">
+      <c r="B776" s="1" t="s">
         <v>2920</v>
       </c>
-      <c r="B775" s="1" t="s">
+      <c r="C776" s="1" t="s">
         <v>2921</v>
       </c>
-      <c r="C775" s="1" t="s">
+      <c r="D776" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E776" s="3" t="s">
         <v>2922</v>
       </c>
-      <c r="D775" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E775" s="3" t="s">
+      <c r="F776" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
         <v>2923</v>
       </c>
-      <c r="F775" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A776" s="1" t="s">
+      <c r="B777" s="1" t="s">
         <v>2924</v>
       </c>
-      <c r="B776" s="1" t="s">
+      <c r="C777" s="1" t="s">
         <v>2925</v>
       </c>
-      <c r="C776" s="1" t="s">
+      <c r="D777" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E777" s="3" t="s">
         <v>2926</v>
       </c>
-      <c r="D776" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E776" s="3" t="s">
+      <c r="F777" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
         <v>2927</v>
       </c>
-      <c r="F776" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A777" s="1" t="s">
+      <c r="B778" s="1" t="s">
         <v>2928</v>
       </c>
-      <c r="B777" s="1" t="s">
+      <c r="C778" s="1" t="s">
         <v>2929</v>
       </c>
-      <c r="C777" s="1" t="s">
+      <c r="D778" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E778" s="3" t="s">
         <v>2930</v>
       </c>
-      <c r="D777" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E777" s="3" t="s">
+      <c r="F778" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
         <v>2931</v>
       </c>
-      <c r="F777" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A778" s="1" t="s">
+      <c r="B779" s="1" t="s">
         <v>2932</v>
       </c>
-      <c r="B778" s="1" t="s">
+      <c r="C779" s="1" t="s">
         <v>2933</v>
       </c>
-      <c r="C778" s="1" t="s">
+      <c r="D779" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E779" s="3" t="s">
         <v>2934</v>
       </c>
-      <c r="D778" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E778" s="3" t="s">
+      <c r="F779" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
         <v>2935</v>
       </c>
-      <c r="F778" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A779" s="1" t="s">
+      <c r="B780" s="1" t="s">
         <v>2936</v>
       </c>
-      <c r="B779" s="1" t="s">
+      <c r="C780" s="1" t="s">
         <v>2937</v>
       </c>
-      <c r="C779" s="1" t="s">
+      <c r="D780" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E780" s="3" t="s">
         <v>2938</v>
       </c>
-      <c r="D779" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E779" s="3" t="s">
+      <c r="F780" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
         <v>2939</v>
       </c>
-      <c r="F779" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A780" s="1" t="s">
+      <c r="B781" s="1" t="s">
         <v>2940</v>
       </c>
-      <c r="B780" s="1" t="s">
+      <c r="C781" s="1" t="s">
         <v>2941</v>
       </c>
-      <c r="C780" s="1" t="s">
+      <c r="D781" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E781" s="3" t="s">
         <v>2942</v>
       </c>
-      <c r="D780" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E780" s="3" t="s">
+      <c r="F781" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
         <v>2943</v>
       </c>
-      <c r="F780" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A781" s="1" t="s">
+      <c r="B782" s="1" t="s">
         <v>2944</v>
       </c>
-      <c r="B781" s="1" t="s">
+      <c r="C782" s="1" t="s">
         <v>2945</v>
       </c>
-      <c r="C781" s="1" t="s">
+      <c r="D782" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E782" s="3" t="s">
         <v>2946</v>
       </c>
-      <c r="D781" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E781" s="3" t="s">
+      <c r="F782" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
         <v>2947</v>
       </c>
-      <c r="F781" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A782" s="1" t="s">
+      <c r="B783" s="1" t="s">
         <v>2948</v>
       </c>
-      <c r="B782" s="1" t="s">
+      <c r="C783" s="1" t="s">
         <v>2949</v>
       </c>
-      <c r="C782" s="1" t="s">
+      <c r="D783" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E783" s="3" t="s">
         <v>2950</v>
       </c>
-      <c r="D782" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E782" s="3" t="s">
+      <c r="F783" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
         <v>2951</v>
       </c>
-      <c r="F782" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A783" s="1" t="s">
+      <c r="B784" s="1" t="s">
         <v>2952</v>
       </c>
-      <c r="B783" s="1" t="s">
+      <c r="C784" s="1" t="s">
         <v>2953</v>
       </c>
-      <c r="C783" s="1" t="s">
+      <c r="D784" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E784" s="3" t="s">
         <v>2954</v>
       </c>
-      <c r="D783" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E783" s="3" t="s">
+      <c r="F784" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
         <v>2955</v>
       </c>
-      <c r="F783" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A784" s="1" t="s">
+      <c r="B785" s="1" t="s">
         <v>2956</v>
       </c>
-      <c r="B784" s="1" t="s">
+      <c r="C785" s="1" t="s">
         <v>2957</v>
       </c>
-      <c r="C784" s="1" t="s">
+      <c r="D785" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E785" s="3" t="s">
         <v>2958</v>
       </c>
-      <c r="D784" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E784" s="3" t="s">
+      <c r="F785" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
         <v>2959</v>
       </c>
-      <c r="F784" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A785" s="1" t="s">
+      <c r="B786" s="1" t="s">
         <v>2960</v>
       </c>
-      <c r="B785" s="1" t="s">
+      <c r="C786" s="1" t="s">
         <v>2961</v>
       </c>
-      <c r="C785" s="1" t="s">
+      <c r="D786" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E786" s="3" t="s">
         <v>2962</v>
       </c>
-      <c r="D785" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E785" s="3" t="s">
+      <c r="F786" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G786" s="3" t="s">
         <v>2963</v>
       </c>
-      <c r="F785" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A786" s="1" t="s">
+    </row>
+    <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A787" s="1" t="s">
         <v>2964</v>
       </c>
-      <c r="B786" s="1" t="s">
+      <c r="B787" s="1" t="s">
         <v>2965</v>
       </c>
-      <c r="C786" s="1" t="s">
+      <c r="C787" s="1" t="s">
         <v>2966</v>
       </c>
-      <c r="D786" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E786" s="3" t="s">
+      <c r="D787" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E787" s="3" t="s">
         <v>2967</v>
       </c>
-      <c r="F786" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A787" s="1" t="s">
+      <c r="F787" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G787" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A788" s="1" t="s">
         <v>2968</v>
       </c>
-      <c r="B787" s="1" t="s">
+      <c r="B788" s="1" t="s">
         <v>2969</v>
       </c>
-      <c r="C787" s="1" t="s">
+      <c r="C788" s="1" t="s">
         <v>2970</v>
       </c>
-      <c r="D787" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E787" s="3" t="s">
+      <c r="D788" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E788" s="3" t="s">
         <v>2971</v>
       </c>
-      <c r="F787" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A788" s="1" t="s">
+      <c r="F788" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G788" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A789" s="1" t="s">
         <v>2972</v>
       </c>
-      <c r="B788" s="1" t="s">
+      <c r="B789" s="1" t="s">
         <v>2973</v>
       </c>
-      <c r="C788" s="1" t="s">
+      <c r="C789" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D789" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E789" s="3" t="s">
         <v>2974</v>
       </c>
-      <c r="D788" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E788" s="3" t="s">
+      <c r="F789" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G789" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A790" s="1" t="s">
         <v>2975</v>
       </c>
-      <c r="F788" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A789" s="1" t="s">
+      <c r="B790" s="1" t="s">
         <v>2976</v>
       </c>
-      <c r="B789" s="1" t="s">
+      <c r="C790" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E790" s="3" t="s">
         <v>2977</v>
       </c>
-      <c r="C789" s="1" t="s">
+      <c r="F790" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G790" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A791" s="1" t="s">
         <v>2978</v>
       </c>
-      <c r="D789" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E789" s="3" t="s">
+      <c r="B791" s="1" t="s">
         <v>2979</v>
       </c>
-      <c r="F789" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A790" s="1" t="s">
+      <c r="C791" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D791" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E791" s="3" t="s">
         <v>2980</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="F791" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G791" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A792" s="1" t="s">
         <v>2981</v>
       </c>
-      <c r="C790" s="1" t="s">
+      <c r="B792" s="1" t="s">
         <v>2982</v>
       </c>
-      <c r="D790" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E790" s="3" t="s">
+      <c r="C792" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="D792" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E792" s="3" t="s">
         <v>2983</v>
       </c>
-      <c r="F790" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A791" s="1" t="s">
+      <c r="F792" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G792" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A793" s="1" t="s">
         <v>2984</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="B793" s="1" t="s">
         <v>2985</v>
       </c>
-      <c r="C791" s="1" t="s">
+      <c r="C793" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D793" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E793" s="3" t="s">
         <v>2986</v>
       </c>
-      <c r="D791" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E791" s="3" t="s">
+      <c r="F793" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G793" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A794" s="1" t="s">
         <v>2987</v>
       </c>
-      <c r="F791" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G791" s="3" t="s">
+      <c r="B794" s="1" t="s">
         <v>2988</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A792" s="1" t="s">
+      <c r="C794" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E794" s="3" t="s">
         <v>2989</v>
       </c>
-      <c r="B792" s="1" t="s">
+      <c r="F794" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G794" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A795" s="1" t="s">
         <v>2990</v>
       </c>
-      <c r="C792" s="1" t="s">
+      <c r="B795" s="1" t="s">
         <v>2991</v>
       </c>
-      <c r="D792" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E792" s="3" t="s">
+      <c r="C795" s="1" t="s">
         <v>2992</v>
       </c>
-      <c r="F792" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A793" s="1" t="s">
+      <c r="D795" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E795" s="3" t="s">
         <v>2993</v>
       </c>
-      <c r="B793" s="1" t="s">
+      <c r="F795" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G795" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A796" s="1" t="s">
         <v>2994</v>
       </c>
-      <c r="C793" s="1" t="s">
+      <c r="B796" s="1" t="s">
         <v>2995</v>
       </c>
-      <c r="D793" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E793" s="3" t="s">
+      <c r="C796" s="1" t="s">
         <v>2996</v>
       </c>
-      <c r="F793" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A794" s="1" t="s">
+      <c r="D796" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E796" s="3" t="s">
         <v>2997</v>
       </c>
-      <c r="B794" s="1" t="s">
+      <c r="F796" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G796" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A797" s="1" t="s">
         <v>2998</v>
       </c>
-      <c r="C794" s="1" t="s">
+      <c r="B797" s="1" t="s">
         <v>2999</v>
       </c>
-      <c r="D794" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E794" s="3" t="s">
+      <c r="C797" s="1" t="s">
         <v>3000</v>
       </c>
-      <c r="F794" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A795" s="1" t="s">
+      <c r="D797" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E797" s="3" t="s">
         <v>3001</v>
       </c>
-      <c r="B795" s="1" t="s">
+      <c r="F797" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G797" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A798" s="1" t="s">
         <v>3002</v>
       </c>
-      <c r="C795" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E795" s="3" t="s">
+      <c r="B798" s="1" t="s">
         <v>3003</v>
       </c>
-      <c r="F795" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A796" s="1" t="s">
+      <c r="C798" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D798" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E798" s="3" t="s">
         <v>3004</v>
       </c>
-      <c r="B796" s="1" t="s">
+      <c r="F798" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G798" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A799" s="1" t="s">
         <v>3005</v>
       </c>
-      <c r="C796" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E796" s="3" t="s">
+      <c r="B799" s="1" t="s">
         <v>3006</v>
       </c>
-      <c r="F796" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A797" s="1" t="s">
+      <c r="C799" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D799" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E799" s="3" t="s">
         <v>3007</v>
       </c>
-      <c r="B797" s="1" t="s">
+      <c r="F799" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G799" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A800" s="1" t="s">
         <v>3008</v>
       </c>
-      <c r="C797" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E797" s="3" t="s">
+      <c r="B800" s="1" t="s">
         <v>3009</v>
       </c>
-      <c r="F797" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A798" s="1" t="s">
+      <c r="C800" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="B798" s="1" t="s">
+      <c r="D800" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E800" s="3" t="s">
         <v>3011</v>
       </c>
-      <c r="C798" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E798" s="3" t="s">
+      <c r="F800" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G800" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A801" s="1" t="s">
         <v>3012</v>
       </c>
-      <c r="F798" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A799" s="1" t="s">
+      <c r="B801" s="1" t="s">
         <v>3013</v>
       </c>
-      <c r="B799" s="1" t="s">
+      <c r="C801" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E801" s="3" t="s">
         <v>3014</v>
       </c>
-      <c r="C799" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E799" s="3" t="s">
+      <c r="F801" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G801" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A802" s="1" t="s">
         <v>3015</v>
       </c>
-      <c r="F799" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A800" s="1" t="s">
+      <c r="B802" s="1" t="s">
         <v>3016</v>
       </c>
-      <c r="B800" s="1" t="s">
+      <c r="C802" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D802" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E802" s="3" t="s">
         <v>3017</v>
       </c>
-      <c r="C800" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E800" s="3" t="s">
+      <c r="F802" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G802" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A803" s="1" t="s">
         <v>3018</v>
       </c>
-      <c r="F800" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A801" s="1" t="s">
+      <c r="B803" s="1" t="s">
         <v>3019</v>
       </c>
-      <c r="B801" s="1" t="s">
+      <c r="C803" s="1" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D803" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E803" s="3" t="s">
         <v>3020</v>
       </c>
-      <c r="C801" s="1" t="s">
+      <c r="F803" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G803" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A804" s="1" t="s">
         <v>3021</v>
       </c>
-      <c r="D801" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E801" s="3" t="s">
+      <c r="B804" s="1" t="s">
         <v>3022</v>
       </c>
-      <c r="F801" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A802" s="1" t="s">
+      <c r="C804" s="1" t="s">
+        <v>3022</v>
+      </c>
+      <c r="D804" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E804" s="3" t="s">
         <v>3023</v>
       </c>
-      <c r="B802" s="1" t="s">
+      <c r="F804" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G804" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A805" s="1" t="s">
         <v>3024</v>
       </c>
-      <c r="C802" s="1" t="s">
+      <c r="B805" s="1" t="s">
         <v>3025</v>
       </c>
-      <c r="D802" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E802" s="3" t="s">
+      <c r="C805" s="1" t="s">
         <v>3026</v>
       </c>
-      <c r="F802" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A803" s="1" t="s">
+      <c r="D805" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E805" s="3" t="s">
         <v>3027</v>
       </c>
-      <c r="B803" s="1" t="s">
+      <c r="F805" s="3" t="s">
+        <v>2494</v>
+      </c>
+      <c r="G805" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A806" s="1" t="s">
         <v>3028</v>
       </c>
-      <c r="C803" s="1" t="s">
+      <c r="B806" s="1" t="s">
         <v>3029</v>
       </c>
-      <c r="D803" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E803" s="3" t="s">
+      <c r="C806" s="1" t="s">
         <v>3030</v>
       </c>
-      <c r="F803" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A804" s="1" t="s">
+      <c r="D806" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E806" s="3" t="s">
         <v>3031</v>
       </c>
-      <c r="B804" s="1" t="s">
+      <c r="F806" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G806" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A807" s="1" t="s">
         <v>3032</v>
       </c>
-      <c r="C804" s="1" t="s">
+      <c r="B807" s="1" t="s">
         <v>3033</v>
       </c>
-      <c r="D804" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E804" s="3" t="s">
+      <c r="C807" s="1" t="s">
         <v>3034</v>
       </c>
-      <c r="F804" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A805" s="1" t="s">
+      <c r="D807" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E807" s="3" t="s">
         <v>3035</v>
       </c>
-      <c r="B805" s="1" t="s">
+      <c r="F807" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G807" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A808" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B808" s="1" t="s">
         <v>3036</v>
       </c>
-      <c r="C805" s="1" t="s">
+      <c r="C808" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E808" s="3" t="s">
         <v>3037</v>
       </c>
-      <c r="D805" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E805" s="3" t="s">
+      <c r="F808" s="3" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G808" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A809" s="1" t="s">
         <v>3038</v>
       </c>
-      <c r="F805" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A806" s="1" t="s">
+      <c r="B809" s="1" t="s">
         <v>3039</v>
       </c>
-      <c r="B806" s="1" t="s">
+      <c r="C809" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E809" s="3" t="s">
         <v>3040</v>
       </c>
-      <c r="C806" s="1" t="s">
+      <c r="F809" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G809" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A810" s="1" t="s">
         <v>3041</v>
       </c>
-      <c r="D806" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E806" s="3" t="s">
+      <c r="B810" s="1" t="s">
         <v>3042</v>
       </c>
-      <c r="F806" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A807" s="1" t="s">
+      <c r="C810" s="1" t="s">
         <v>3043</v>
       </c>
-      <c r="B807" s="1" t="s">
+      <c r="D810" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E810" s="3" t="s">
         <v>3044</v>
       </c>
-      <c r="C807" s="1" t="s">
+      <c r="F810" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G810" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A811" s="1" t="s">
         <v>3045</v>
       </c>
-      <c r="D807" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E807" s="3" t="s">
+      <c r="B811" s="1" t="s">
         <v>3046</v>
       </c>
-      <c r="F807" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A808" s="1" t="s">
+      <c r="C811" s="1" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E811" s="3" t="s">
         <v>3047</v>
       </c>
-      <c r="B808" s="1" t="s">
+      <c r="F811" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G811" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A812" s="1" t="s">
         <v>3048</v>
       </c>
-      <c r="C808" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E808" s="3" t="s">
+      <c r="B812" s="1" t="s">
         <v>3049</v>
       </c>
-      <c r="F808" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A809" s="1" t="s">
+      <c r="C812" s="1" t="s">
+        <v>3049</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E812" s="3" t="s">
         <v>3050</v>
       </c>
-      <c r="B809" s="1" t="s">
+      <c r="F812" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G812" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A813" s="1" t="s">
         <v>3051</v>
       </c>
-      <c r="C809" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E809" s="3" t="s">
+      <c r="B813" s="1" t="s">
         <v>3052</v>
       </c>
-      <c r="F809" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A810" s="1" t="s">
+      <c r="C813" s="1" t="s">
         <v>3053</v>
       </c>
-      <c r="B810" s="1" t="s">
+      <c r="D813" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E813" s="3" t="s">
         <v>3054</v>
       </c>
-      <c r="C810" s="1" t="s">
+      <c r="F813" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G813" s="3" t="s">
         <v>3055</v>
       </c>
-      <c r="D810" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E810" s="3" t="s">
+    </row>
+    <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A814" s="1" t="s">
         <v>3056</v>
       </c>
-      <c r="F810" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A811" s="1" t="s">
+      <c r="B814" s="1" t="s">
         <v>3057</v>
       </c>
-      <c r="B811" s="1" t="s">
+      <c r="C814" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D814" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E814" s="3" t="s">
         <v>3058</v>
       </c>
-      <c r="C811" s="1" t="s">
+      <c r="F814" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G814" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A815" s="1" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B815" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C815" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E815" s="3" t="s">
+        <v>3061</v>
+      </c>
+      <c r="F815" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G815" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A816" s="1" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B816" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C816" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="D816" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E816" s="3" t="s">
+        <v>3064</v>
+      </c>
+      <c r="F816" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G816" s="3" t="s">
         <v>3055</v>
       </c>
-      <c r="D811" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C812" s="1" t="s">
+    </row>
+    <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A817" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B817" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C817" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D817" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E817" s="3" t="s">
+        <v>3067</v>
+      </c>
+      <c r="F817" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G817" s="3" t="s">
         <v>3055</v>
       </c>
-      <c r="D812" s="1" t="s">
-[...48 lines deleted...]
-      <c r="E814" s="3" t="s">
+    </row>
+    <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A818" s="1" t="s">
         <v>3068</v>
       </c>
-      <c r="F814" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A815" s="1" t="s">
+      <c r="B818" s="1" t="s">
         <v>3069</v>
       </c>
-      <c r="B815" s="1" t="s">
+      <c r="C818" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="D818" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E818" s="3" t="s">
         <v>3070</v>
       </c>
-      <c r="C815" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E815" s="3" t="s">
+      <c r="F818" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G818" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A819" s="1" t="s">
         <v>3071</v>
       </c>
-      <c r="F815" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A816" s="1" t="s">
+      <c r="B819" s="1" t="s">
         <v>3072</v>
       </c>
-      <c r="B816" s="1" t="s">
+      <c r="C819" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D819" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E819" s="3" t="s">
         <v>3073</v>
       </c>
-      <c r="C816" s="1" t="s">
+      <c r="F819" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G819" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A820" s="1" t="s">
         <v>3074</v>
       </c>
-      <c r="D816" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E816" s="3" t="s">
+      <c r="B820" s="1" t="s">
         <v>3075</v>
       </c>
-      <c r="F816" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A817" s="1" t="s">
+      <c r="C820" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D820" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E820" s="3" t="s">
         <v>3076</v>
       </c>
-      <c r="B817" s="1" t="s">
+      <c r="F820" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G820" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A821" s="1" t="s">
         <v>3077</v>
       </c>
-      <c r="C817" s="1" t="s">
+      <c r="B821" s="1" t="s">
         <v>3078</v>
       </c>
-      <c r="D817" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E817" s="3" t="s">
+      <c r="C821" s="1" t="s">
         <v>3079</v>
       </c>
-      <c r="F817" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A818" s="1" t="s">
+      <c r="D821" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E821" s="3" t="s">
         <v>3080</v>
       </c>
-      <c r="B818" s="1" t="s">
+      <c r="F821" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G821" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A822" s="1" t="s">
         <v>3081</v>
       </c>
-      <c r="C818" s="1" t="s">
+      <c r="B822" s="1" t="s">
         <v>3082</v>
       </c>
-      <c r="D818" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E818" s="3" t="s">
+      <c r="C822" s="1" t="s">
         <v>3083</v>
       </c>
-      <c r="F818" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B819" s="1" t="s">
+      <c r="D822" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E822" s="3" t="s">
         <v>3084</v>
       </c>
-      <c r="C819" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E819" s="3" t="s">
+      <c r="F822" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G822" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A823" s="1" t="s">
         <v>3085</v>
       </c>
-      <c r="F819" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A820" s="1" t="s">
+      <c r="B823" s="1" t="s">
         <v>3086</v>
       </c>
-      <c r="B820" s="1" t="s">
+      <c r="C823" s="1" t="s">
         <v>3087</v>
       </c>
-      <c r="C820" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E820" s="3" t="s">
+      <c r="D823" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E823" s="3" t="s">
         <v>3088</v>
       </c>
-      <c r="F820" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A821" s="1" t="s">
+      <c r="F823" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G823" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A824" s="1" t="s">
         <v>3089</v>
       </c>
-      <c r="B821" s="1" t="s">
+      <c r="B824" s="1" t="s">
         <v>3090</v>
       </c>
-      <c r="C821" s="1" t="s">
+      <c r="C824" s="1" t="s">
         <v>3090</v>
       </c>
-      <c r="D821" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E821" s="3" t="s">
+      <c r="D824" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E824" s="3" t="s">
         <v>3091</v>
       </c>
-      <c r="F821" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A822" s="1" t="s">
+      <c r="F824" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G824" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A825" s="1" t="s">
         <v>3092</v>
       </c>
-      <c r="B822" s="1" t="s">
+      <c r="B825" s="1" t="s">
         <v>3093</v>
       </c>
-      <c r="C822" s="1" t="s">
+      <c r="C825" s="1" t="s">
         <v>3093</v>
       </c>
-      <c r="D822" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E822" s="3" t="s">
+      <c r="D825" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E825" s="3" t="s">
         <v>3094</v>
       </c>
-      <c r="F822" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A823" s="1" t="s">
+      <c r="F825" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G825" s="3" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A826" s="1" t="s">
         <v>3095</v>
       </c>
-      <c r="B823" s="1" t="s">
+      <c r="B826" s="1" t="s">
         <v>3096</v>
       </c>
-      <c r="C823" s="1" t="s">
+      <c r="C826" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D826" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E826" s="3" t="s">
         <v>3097</v>
       </c>
-      <c r="D823" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E823" s="3" t="s">
+      <c r="F826" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G826" s="3" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A827" s="1" t="s">
         <v>3098</v>
       </c>
-      <c r="F823" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G823" s="3" t="s">
+      <c r="B827" s="1" t="s">
         <v>3099</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A824" s="1" t="s">
+      <c r="C827" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D827" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E827" s="3" t="s">
         <v>3100</v>
       </c>
-      <c r="B824" s="1" t="s">
+      <c r="F827" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G827" s="3" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A828" s="1" t="s">
         <v>3101</v>
       </c>
-      <c r="C824" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E824" s="3" t="s">
+      <c r="B828" s="1" t="s">
         <v>3102</v>
       </c>
-      <c r="F824" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A825" s="1" t="s">
+      <c r="C828" s="1" t="s">
         <v>3103</v>
       </c>
-      <c r="B825" s="1" t="s">
+      <c r="D828" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E828" s="3" t="s">
         <v>3104</v>
       </c>
-      <c r="C825" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E825" s="3" t="s">
+      <c r="F828" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G828" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A829" s="1" t="s">
         <v>3105</v>
       </c>
-      <c r="F825" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A826" s="1" t="s">
+      <c r="B829" s="1" t="s">
         <v>3106</v>
       </c>
-      <c r="B826" s="1" t="s">
+      <c r="C829" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D829" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E829" s="3" t="s">
         <v>3107</v>
       </c>
-      <c r="C826" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E826" s="3" t="s">
+      <c r="F829" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G829" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A830" s="1" t="s">
         <v>3108</v>
       </c>
-      <c r="F826" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A827" s="1" t="s">
+      <c r="B830" s="1" t="s">
         <v>3109</v>
       </c>
-      <c r="B827" s="1" t="s">
+      <c r="C830" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D830" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E830" s="3" t="s">
         <v>3110</v>
       </c>
-      <c r="C827" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E827" s="3" t="s">
+      <c r="F830" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G830" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A831" s="1" t="s">
         <v>3111</v>
       </c>
-      <c r="F827" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A828" s="1" t="s">
+      <c r="B831" s="1" t="s">
         <v>3112</v>
       </c>
-      <c r="B828" s="1" t="s">
+      <c r="C831" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D831" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E831" s="3" t="s">
         <v>3113</v>
       </c>
-      <c r="C828" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E828" s="3" t="s">
+      <c r="F831" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G831" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A832" s="1" t="s">
         <v>3114</v>
       </c>
-      <c r="F828" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A829" s="1" t="s">
+      <c r="B832" s="1" t="s">
         <v>3115</v>
       </c>
-      <c r="B829" s="1" t="s">
+      <c r="C832" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E832" s="3" t="s">
         <v>3116</v>
       </c>
-      <c r="C829" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E829" s="3" t="s">
+      <c r="F832" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G832" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A833" s="1" t="s">
         <v>3117</v>
       </c>
-      <c r="F829" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A830" s="1" t="s">
+      <c r="B833" s="1" t="s">
         <v>3118</v>
       </c>
-      <c r="B830" s="1" t="s">
+      <c r="C833" s="1" t="s">
         <v>3119</v>
       </c>
-      <c r="C830" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E830" s="3" t="s">
+      <c r="D833" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E833" s="3" t="s">
         <v>3120</v>
       </c>
-      <c r="F830" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A831" s="1" t="s">
+      <c r="F833" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G833" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A834" s="1" t="s">
         <v>3121</v>
       </c>
-      <c r="B831" s="1" t="s">
+      <c r="B834" s="1" t="s">
         <v>3122</v>
       </c>
-      <c r="C831" s="1" t="s">
+      <c r="C834" s="1" t="s">
         <v>3123</v>
       </c>
-      <c r="D831" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E831" s="3" t="s">
+      <c r="D834" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E834" s="3" t="s">
         <v>3124</v>
       </c>
-      <c r="F831" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A832" s="1" t="s">
+      <c r="F834" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G834" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A835" s="1" t="s">
         <v>3125</v>
       </c>
-      <c r="B832" s="1" t="s">
+      <c r="B835" s="1" t="s">
         <v>3126</v>
       </c>
-      <c r="C832" s="1" t="s">
+      <c r="C835" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D835" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E835" s="3" t="s">
         <v>3127</v>
       </c>
-      <c r="D832" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E832" s="3" t="s">
+      <c r="F835" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G835" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A836" s="1" t="s">
         <v>3128</v>
       </c>
-      <c r="F832" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A833" s="1" t="s">
+      <c r="B836" s="1" t="s">
         <v>3129</v>
       </c>
-      <c r="B833" s="1" t="s">
+      <c r="C836" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E836" s="3" t="s">
         <v>3130</v>
       </c>
-      <c r="C833" s="1" t="s">
+      <c r="F836" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G836" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A837" s="1" t="s">
         <v>3131</v>
       </c>
-      <c r="D833" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E833" s="3" t="s">
+      <c r="B837" s="1" t="s">
         <v>3132</v>
       </c>
-      <c r="F833" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A834" s="1" t="s">
+      <c r="C837" s="1" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D837" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E837" s="3" t="s">
         <v>3133</v>
       </c>
-      <c r="B834" s="1" t="s">
+      <c r="F837" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G837" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A838" s="1" t="s">
         <v>3134</v>
       </c>
-      <c r="C834" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E834" s="3" t="s">
+      <c r="B838" s="1" t="s">
         <v>3135</v>
       </c>
-      <c r="F834" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A835" s="1" t="s">
+      <c r="C838" s="1" t="s">
         <v>3136</v>
       </c>
-      <c r="B835" s="1" t="s">
+      <c r="D838" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E838" s="3" t="s">
         <v>3137</v>
       </c>
-      <c r="C835" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E835" s="3" t="s">
+      <c r="F838" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G838" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A839" s="1" t="s">
         <v>3138</v>
       </c>
-      <c r="F835" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A836" s="1" t="s">
+      <c r="B839" s="1" t="s">
         <v>3139</v>
       </c>
-      <c r="B836" s="1" t="s">
+      <c r="C839" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="C836" s="1" t="s">
+      <c r="D839" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E839" s="3" t="s">
+        <v>3141</v>
+      </c>
+      <c r="F839" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G839" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A840" s="1" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B840" s="1" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C840" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D840" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E840" s="3" t="s">
+        <v>3144</v>
+      </c>
+      <c r="F840" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G840" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A841" s="1" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B841" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C841" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D841" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E841" s="3" t="s">
+        <v>3147</v>
+      </c>
+      <c r="F841" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G841" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A842" s="1" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B842" s="1" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C842" s="1" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D842" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E842" s="3" t="s">
+        <v>3151</v>
+      </c>
+      <c r="F842" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G842" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A843" s="1" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B843" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C843" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="D836" s="1" t="s">
-[...85 lines deleted...]
-      <c r="B840" s="1" t="s">
+      <c r="D843" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E843" s="3" t="s">
         <v>3154</v>
       </c>
-      <c r="C840" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E840" s="3" t="s">
+      <c r="F843" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G843" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A844" s="1" t="s">
         <v>3155</v>
       </c>
-      <c r="F840" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A841" s="1" t="s">
+      <c r="B844" s="1" t="s">
         <v>3156</v>
       </c>
-      <c r="B841" s="1" t="s">
+      <c r="C844" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D844" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E844" s="3" t="s">
         <v>3157</v>
       </c>
-      <c r="C841" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E841" s="3" t="s">
+      <c r="F844" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G844" s="3" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A845" s="1" t="s">
         <v>3158</v>
       </c>
-      <c r="F841" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A842" s="1" t="s">
+      <c r="B845" s="1" t="s">
         <v>3159</v>
       </c>
-      <c r="B842" s="1" t="s">
+      <c r="C845" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E845" s="3" t="s">
         <v>3160</v>
       </c>
-      <c r="C842" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E842" s="3" t="s">
+      <c r="F845" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G845" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A846" s="1" t="s">
         <v>3161</v>
       </c>
-      <c r="F842" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A843" s="1" t="s">
+      <c r="B846" s="1" t="s">
         <v>3162</v>
       </c>
-      <c r="B843" s="1" t="s">
+      <c r="C846" s="1" t="s">
         <v>3163</v>
       </c>
-      <c r="C843" s="1" t="s">
+      <c r="D846" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E846" s="3" t="s">
         <v>3164</v>
       </c>
-      <c r="D843" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E843" s="3" t="s">
+      <c r="F846" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G846" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A847" s="1" t="s">
         <v>3165</v>
       </c>
-      <c r="F843" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A844" s="1" t="s">
+      <c r="B847" s="1" t="s">
         <v>3166</v>
       </c>
-      <c r="B844" s="1" t="s">
+      <c r="C847" s="1" t="s">
         <v>3167</v>
       </c>
-      <c r="C844" s="1" t="s">
+      <c r="D847" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E847" s="3" t="s">
         <v>3168</v>
       </c>
-      <c r="D844" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E844" s="3" t="s">
+      <c r="F847" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G847" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A848" s="1" t="s">
         <v>3169</v>
       </c>
-      <c r="F844" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A845" s="1" t="s">
+      <c r="B848" s="1" t="s">
         <v>3170</v>
       </c>
-      <c r="B845" s="1" t="s">
+      <c r="C848" s="1" t="s">
         <v>3171</v>
       </c>
-      <c r="C845" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E845" s="3" t="s">
+      <c r="D848" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E848" s="3" t="s">
         <v>3172</v>
       </c>
-      <c r="F845" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A846" s="1" t="s">
+      <c r="F848" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G848" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A849" s="1" t="s">
         <v>3173</v>
       </c>
-      <c r="B846" s="1" t="s">
+      <c r="B849" s="1" t="s">
         <v>3174</v>
       </c>
-      <c r="C846" s="1" t="s">
+      <c r="C849" s="1" t="s">
         <v>3175</v>
       </c>
-      <c r="D846" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E846" s="3" t="s">
+      <c r="D849" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E849" s="3" t="s">
         <v>3176</v>
       </c>
-      <c r="F846" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A847" s="1" t="s">
+      <c r="F849" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G849" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A850" s="1" t="s">
         <v>3177</v>
       </c>
-      <c r="B847" s="1" t="s">
+      <c r="B850" s="1" t="s">
         <v>3178</v>
       </c>
-      <c r="C847" s="1" t="s">
+      <c r="C850" s="1" t="s">
         <v>3179</v>
       </c>
-      <c r="D847" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E847" s="3" t="s">
+      <c r="D850" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E850" s="3" t="s">
         <v>3180</v>
       </c>
-      <c r="F847" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A848" s="1" t="s">
+      <c r="F850" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G850" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A851" s="1" t="s">
         <v>3181</v>
       </c>
-      <c r="B848" s="1" t="s">
+      <c r="B851" s="1" t="s">
         <v>3182</v>
       </c>
-      <c r="C848" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E848" s="3" t="s">
+      <c r="C851" s="1" t="s">
         <v>3183</v>
       </c>
-      <c r="F848" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A849" s="1" t="s">
+      <c r="D851" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E851" s="3" t="s">
         <v>3184</v>
       </c>
-      <c r="B849" s="1" t="s">
+      <c r="F851" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G851" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A852" s="1" t="s">
         <v>3185</v>
       </c>
-      <c r="C849" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E849" s="3" t="s">
+      <c r="B852" s="1" t="s">
         <v>3186</v>
       </c>
-      <c r="F849" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A850" s="1" t="s">
+      <c r="C852" s="1" t="s">
         <v>3187</v>
       </c>
-      <c r="B850" s="1" t="s">
+      <c r="D852" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E852" s="3" t="s">
         <v>3188</v>
       </c>
-      <c r="C850" s="1" t="s">
+      <c r="F852" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G852" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A853" s="1" t="s">
         <v>3189</v>
       </c>
-      <c r="D850" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E850" s="3" t="s">
+      <c r="B853" s="1" t="s">
         <v>3190</v>
       </c>
-      <c r="F850" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A851" s="1" t="s">
+      <c r="C853" s="1" t="s">
         <v>3191</v>
       </c>
-      <c r="B851" s="1" t="s">
+      <c r="D853" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E853" s="3" t="s">
         <v>3192</v>
       </c>
-      <c r="C851" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E851" s="3" t="s">
+      <c r="F853" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G853" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A854" s="1" t="s">
         <v>3193</v>
       </c>
-      <c r="F851" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A852" s="1" t="s">
+      <c r="B854" s="1" t="s">
         <v>3194</v>
       </c>
-      <c r="B852" s="1" t="s">
+      <c r="C854" s="1" t="s">
         <v>3195</v>
       </c>
-      <c r="C852" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E852" s="3" t="s">
+      <c r="D854" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E854" s="3" t="s">
         <v>3196</v>
       </c>
-      <c r="F852" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A853" s="1" t="s">
+      <c r="F854" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G854" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A855" s="1" t="s">
         <v>3197</v>
       </c>
-      <c r="B853" s="1" t="s">
+      <c r="B855" s="1" t="s">
         <v>3198</v>
       </c>
-      <c r="C853" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E853" s="3" t="s">
+      <c r="C855" s="1" t="s">
         <v>3199</v>
       </c>
-      <c r="F853" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A854" s="1" t="s">
+      <c r="D855" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E855" s="3" t="s">
         <v>3200</v>
       </c>
-      <c r="B854" s="1" t="s">
+      <c r="F855" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G855" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A856" s="1" t="s">
         <v>3201</v>
       </c>
-      <c r="C854" s="1" t="s">
+      <c r="B856" s="1" t="s">
         <v>3202</v>
       </c>
-      <c r="D854" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E854" s="3" t="s">
+      <c r="C856" s="1" t="s">
         <v>3203</v>
       </c>
-      <c r="F854" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A855" s="1" t="s">
+      <c r="D856" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E856" s="3" t="s">
         <v>3204</v>
       </c>
-      <c r="B855" s="1" t="s">
+      <c r="F856" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G856" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A857" s="1" t="s">
         <v>3205</v>
       </c>
-      <c r="C855" s="1" t="s">
+      <c r="B857" s="1" t="s">
         <v>3206</v>
       </c>
-      <c r="D855" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E855" s="3" t="s">
+      <c r="C857" s="1" t="s">
         <v>3207</v>
       </c>
-      <c r="F855" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A856" s="1" t="s">
+      <c r="D857" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E857" s="3" t="s">
         <v>3208</v>
       </c>
-      <c r="B856" s="1" t="s">
+      <c r="F857" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G857" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A858" s="1" t="s">
         <v>3209</v>
       </c>
-      <c r="C856" s="1" t="s">
+      <c r="B858" s="1" t="s">
         <v>3210</v>
       </c>
-      <c r="D856" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E856" s="3" t="s">
+      <c r="C858" s="1" t="s">
         <v>3211</v>
       </c>
-      <c r="F856" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A857" s="1" t="s">
+      <c r="D858" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E858" s="3" t="s">
         <v>3212</v>
       </c>
-      <c r="B857" s="1" t="s">
+      <c r="F858" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G858" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A859" s="1" t="s">
         <v>3213</v>
       </c>
-      <c r="C857" s="1" t="s">
+      <c r="B859" s="1" t="s">
         <v>3214</v>
       </c>
-      <c r="D857" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E857" s="3" t="s">
+      <c r="C859" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E859" s="3" t="s">
         <v>3215</v>
       </c>
-      <c r="F857" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A858" s="1" t="s">
+      <c r="F859" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G859" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A860" s="1" t="s">
         <v>3216</v>
       </c>
-      <c r="B858" s="1" t="s">
+      <c r="B860" s="1" t="s">
         <v>3217</v>
       </c>
-      <c r="C858" s="1" t="s">
+      <c r="C860" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E860" s="3" t="s">
         <v>3218</v>
       </c>
-      <c r="D858" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E858" s="3" t="s">
+      <c r="F860" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G860" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A861" s="1" t="s">
         <v>3219</v>
       </c>
-      <c r="F858" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A859" s="1" t="s">
+      <c r="B861" s="1" t="s">
         <v>3220</v>
       </c>
-      <c r="B859" s="1" t="s">
+      <c r="C861" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E861" s="3" t="s">
         <v>3221</v>
       </c>
-      <c r="C859" s="1" t="s">
+      <c r="F861" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G861" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A862" s="1" t="s">
         <v>3222</v>
       </c>
-      <c r="D859" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E859" s="3" t="s">
+      <c r="B862" s="1" t="s">
         <v>3223</v>
       </c>
-      <c r="F859" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A860" s="1" t="s">
+      <c r="C862" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D862" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E862" s="3" t="s">
         <v>3224</v>
       </c>
-      <c r="B860" s="1" t="s">
+      <c r="F862" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G862" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A863" s="1" t="s">
         <v>3225</v>
       </c>
-      <c r="C860" s="1" t="s">
+      <c r="B863" s="1" t="s">
         <v>3226</v>
       </c>
-      <c r="D860" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E860" s="3" t="s">
+      <c r="C863" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D863" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E863" s="3" t="s">
         <v>3227</v>
       </c>
-      <c r="F860" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A861" s="1" t="s">
+      <c r="F863" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G863" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A864" s="1" t="s">
         <v>3228</v>
       </c>
-      <c r="B861" s="1" t="s">
+      <c r="B864" s="1" t="s">
         <v>3229</v>
       </c>
-      <c r="C861" s="1" t="s">
+      <c r="C864" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E864" s="3" t="s">
         <v>3230</v>
       </c>
-      <c r="D861" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E861" s="3" t="s">
+      <c r="F864" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G864" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A865" s="1" t="s">
         <v>3231</v>
       </c>
-      <c r="F861" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A862" s="1" t="s">
+      <c r="B865" s="1" t="s">
         <v>3232</v>
       </c>
-      <c r="B862" s="1" t="s">
+      <c r="C865" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E865" s="3" t="s">
         <v>3233</v>
       </c>
-      <c r="C862" s="1" t="s">
+      <c r="F865" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G865" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A866" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="D862" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E862" s="3" t="s">
+      <c r="B866" s="1" t="s">
         <v>3235</v>
       </c>
-      <c r="F862" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A863" s="1" t="s">
+      <c r="C866" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E866" s="3" t="s">
         <v>3236</v>
       </c>
-      <c r="B863" s="1" t="s">
+      <c r="F866" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G866" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A867" s="1" t="s">
         <v>3237</v>
       </c>
-      <c r="C863" s="1" t="s">
+      <c r="B867" s="1" t="s">
         <v>3238</v>
       </c>
-      <c r="D863" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E863" s="3" t="s">
+      <c r="C867" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E867" s="3" t="s">
         <v>3239</v>
       </c>
-      <c r="F863" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A864" s="1" t="s">
+      <c r="F867" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G867" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A868" s="1" t="s">
         <v>3240</v>
       </c>
-      <c r="B864" s="1" t="s">
+      <c r="B868" s="1" t="s">
         <v>3241</v>
       </c>
-      <c r="C864" s="1" t="s">
+      <c r="C868" s="1" t="s">
         <v>3242</v>
       </c>
-      <c r="D864" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E864" s="3" t="s">
+      <c r="D868" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E868" s="3" t="s">
         <v>3243</v>
       </c>
-      <c r="F864" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A865" s="1" t="s">
+      <c r="F868" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G868" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A869" s="1" t="s">
         <v>3244</v>
       </c>
-      <c r="B865" s="1" t="s">
+      <c r="B869" s="1" t="s">
         <v>3245</v>
       </c>
-      <c r="C865" s="1" t="s">
+      <c r="C869" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E869" s="3" t="s">
         <v>3246</v>
       </c>
-      <c r="D865" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E865" s="3" t="s">
+      <c r="F869" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G869" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A870" s="1" t="s">
         <v>3247</v>
       </c>
-      <c r="F865" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A866" s="1" t="s">
+      <c r="B870" s="1" t="s">
         <v>3248</v>
       </c>
-      <c r="B866" s="1" t="s">
+      <c r="C870" s="1" t="s">
         <v>3249</v>
       </c>
-      <c r="C866" s="1" t="s">
+      <c r="D870" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E870" s="3" t="s">
         <v>3250</v>
       </c>
-      <c r="D866" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E866" s="3" t="s">
+      <c r="F870" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G870" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A871" s="1" t="s">
         <v>3251</v>
       </c>
-      <c r="F866" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A867" s="1" t="s">
+      <c r="B871" s="1" t="s">
         <v>3252</v>
       </c>
-      <c r="B867" s="1" t="s">
+      <c r="C871" s="1" t="s">
         <v>3253</v>
       </c>
-      <c r="C867" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E867" s="3" t="s">
+      <c r="D871" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E871" s="3" t="s">
         <v>3254</v>
       </c>
-      <c r="F867" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A868" s="1" t="s">
+      <c r="F871" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G871" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A872" s="1" t="s">
         <v>3255</v>
       </c>
-      <c r="B868" s="1" t="s">
+      <c r="B872" s="1" t="s">
         <v>3256</v>
       </c>
-      <c r="C868" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E868" s="3" t="s">
+      <c r="C872" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E872" s="3" t="s">
         <v>3257</v>
       </c>
-      <c r="F868" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A869" s="1" t="s">
+      <c r="F872" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G872" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A873" s="1" t="s">
         <v>3258</v>
       </c>
-      <c r="B869" s="1" t="s">
+      <c r="B873" s="1" t="s">
         <v>3259</v>
       </c>
-      <c r="C869" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E869" s="3" t="s">
+      <c r="C873" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E873" s="3" t="s">
         <v>3260</v>
       </c>
-      <c r="F869" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A870" s="1" t="s">
+      <c r="F873" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G873" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A874" s="1" t="s">
         <v>3261</v>
       </c>
-      <c r="B870" s="1" t="s">
+      <c r="B874" s="1" t="s">
         <v>3262</v>
       </c>
-      <c r="C870" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E870" s="3" t="s">
+      <c r="C874" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E874" s="3" t="s">
         <v>3263</v>
       </c>
-      <c r="F870" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A871" s="1" t="s">
+      <c r="F874" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G874" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A875" s="1" t="s">
         <v>3264</v>
       </c>
-      <c r="B871" s="1" t="s">
+      <c r="B875" s="1" t="s">
         <v>3265</v>
       </c>
-      <c r="C871" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E871" s="3" t="s">
+      <c r="C875" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D875" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E875" s="3" t="s">
         <v>3266</v>
       </c>
-      <c r="F871" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A872" s="1" t="s">
+      <c r="F875" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G875" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A876" s="1" t="s">
         <v>3267</v>
       </c>
-      <c r="B872" s="1" t="s">
+      <c r="B876" s="1" t="s">
         <v>3268</v>
       </c>
-      <c r="C872" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E872" s="3" t="s">
+      <c r="C876" s="1" t="s">
         <v>3269</v>
       </c>
-      <c r="F872" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A873" s="1" t="s">
+      <c r="D876" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E876" s="3" t="s">
         <v>3270</v>
       </c>
-      <c r="B873" s="1" t="s">
+      <c r="F876" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="G876" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A877" s="1" t="s">
         <v>3271</v>
       </c>
-      <c r="C873" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E873" s="3" t="s">
+      <c r="B877" s="1" t="s">
         <v>3272</v>
       </c>
-      <c r="F873" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A874" s="1" t="s">
+      <c r="C877" s="1" t="s">
         <v>3273</v>
       </c>
-      <c r="B874" s="1" t="s">
+      <c r="D877" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E877" s="3" t="s">
         <v>3274</v>
       </c>
-      <c r="C874" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E874" s="3" t="s">
+      <c r="F877" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G877" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A878" s="1" t="s">
         <v>3275</v>
       </c>
-      <c r="F874" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A875" s="1" t="s">
+      <c r="B878" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="B875" s="1" t="s">
+      <c r="C878" s="1" t="s">
         <v>3277</v>
       </c>
-      <c r="C875" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E875" s="3" t="s">
+      <c r="D878" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E878" s="3" t="s">
         <v>3278</v>
       </c>
-      <c r="F875" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A876" s="1" t="s">
+      <c r="F878" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G878" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A879" s="1" t="s">
         <v>3279</v>
       </c>
-      <c r="B876" s="1" t="s">
+      <c r="B879" s="1" t="s">
         <v>3280</v>
       </c>
-      <c r="C876" s="1" t="s">
+      <c r="C879" s="1" t="s">
         <v>3281</v>
       </c>
-      <c r="D876" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E876" s="3" t="s">
+      <c r="D879" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E879" s="3" t="s">
         <v>3282</v>
       </c>
-      <c r="F876" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A877" s="1" t="s">
+      <c r="F879" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G879" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A880" s="1" t="s">
         <v>3283</v>
       </c>
-      <c r="B877" s="1" t="s">
+      <c r="B880" s="1" t="s">
         <v>3284</v>
       </c>
-      <c r="C877" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E877" s="3" t="s">
+      <c r="C880" s="1" t="s">
         <v>3285</v>
       </c>
-      <c r="F877" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A878" s="1" t="s">
+      <c r="D880" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E880" s="3" t="s">
         <v>3286</v>
       </c>
-      <c r="B878" s="1" t="s">
+      <c r="F880" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G880" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A881" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B881" s="1" t="s">
         <v>3287</v>
-      </c>
-[...67 lines deleted...]
-        <v>3298</v>
       </c>
       <c r="C881" s="1" t="s">
         <v>3288</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E881" s="3" t="s">
+        <v>3289</v>
+      </c>
+      <c r="F881" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G881" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A882" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B882" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C882" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D882" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E882" s="3" t="s">
+        <v>3291</v>
+      </c>
+      <c r="F882" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G882" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A883" s="1" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B883" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C883" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D883" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E883" s="3" t="s">
+        <v>3293</v>
+      </c>
+      <c r="F883" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G883" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A884" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B884" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="C884" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D884" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E884" s="3" t="s">
+        <v>3295</v>
+      </c>
+      <c r="F884" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G884" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A885" s="1" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B885" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C885" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D885" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E885" s="3" t="s">
+        <v>3297</v>
+      </c>
+      <c r="F885" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G885" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A886" s="1" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B886" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="C886" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D886" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E886" s="3" t="s">
         <v>3299</v>
       </c>
-      <c r="F881" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A882" s="1" t="s">
+      <c r="F886" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G886" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A887" s="1" t="s">
+        <v>3261</v>
+      </c>
+      <c r="B887" s="1" t="s">
         <v>3300</v>
       </c>
-      <c r="B882" s="1" t="s">
+      <c r="C887" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D887" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E887" s="3" t="s">
         <v>3301</v>
       </c>
-      <c r="C882" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E882" s="3" t="s">
+      <c r="F887" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G887" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A888" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B888" s="1" t="s">
         <v>3302</v>
       </c>
-      <c r="F882" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A883" s="1" t="s">
+      <c r="C888" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E888" s="3" t="s">
         <v>3303</v>
       </c>
-      <c r="B883" s="1" t="s">
+      <c r="F888" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G888" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A889" s="1" t="s">
         <v>3304</v>
       </c>
-      <c r="C883" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E883" s="3" t="s">
+      <c r="B889" s="1" t="s">
         <v>3305</v>
       </c>
-      <c r="F883" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A884" s="1" t="s">
+      <c r="C889" s="1" t="s">
         <v>3306</v>
       </c>
-      <c r="B884" s="1" t="s">
+      <c r="D889" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E889" s="3" t="s">
         <v>3307</v>
       </c>
-      <c r="C884" s="1" t="s">
+      <c r="F889" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G889" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A890" s="1" t="s">
         <v>3308</v>
       </c>
-      <c r="D884" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E884" s="3" t="s">
+      <c r="B890" s="1" t="s">
         <v>3309</v>
       </c>
-      <c r="F884" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A885" s="1" t="s">
+      <c r="C890" s="1" t="s">
         <v>3310</v>
       </c>
-      <c r="B885" s="1" t="s">
+      <c r="D890" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E890" s="3" t="s">
         <v>3311</v>
       </c>
-      <c r="C885" s="1" t="s">
+      <c r="F890" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G890" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A891" s="1" t="s">
         <v>3312</v>
       </c>
-      <c r="D885" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E885" s="3" t="s">
+      <c r="B891" s="1" t="s">
         <v>3313</v>
       </c>
-      <c r="F885" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A886" s="1" t="s">
+      <c r="C891" s="1" t="s">
         <v>3314</v>
       </c>
-      <c r="B886" s="1" t="s">
+      <c r="D891" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E891" s="3" t="s">
         <v>3315</v>
       </c>
-      <c r="C886" s="1" t="s">
+      <c r="F891" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G891" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A892" s="1" t="s">
         <v>3316</v>
       </c>
-      <c r="D886" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E886" s="3" t="s">
+      <c r="B892" s="1" t="s">
         <v>3317</v>
       </c>
-      <c r="F886" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A887" s="1" t="s">
+      <c r="C892" s="1" t="s">
         <v>3318</v>
       </c>
-      <c r="B887" s="1" t="s">
+      <c r="D892" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E892" s="3" t="s">
         <v>3319</v>
       </c>
-      <c r="C887" s="1" t="s">
+      <c r="F892" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G892" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="893" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A893" s="1" t="s">
         <v>3320</v>
       </c>
-      <c r="D887" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E887" s="3" t="s">
+      <c r="B893" s="1" t="s">
         <v>3321</v>
       </c>
-      <c r="F887" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A888" s="1" t="s">
+      <c r="C893" s="1" t="s">
         <v>3322</v>
       </c>
-      <c r="B888" s="1" t="s">
+      <c r="D893" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E893" s="3" t="s">
         <v>3323</v>
       </c>
-      <c r="C888" s="1" t="s">
+      <c r="F893" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G893" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A894" s="1" t="s">
         <v>3324</v>
       </c>
-      <c r="D888" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E888" s="3" t="s">
+      <c r="B894" s="1" t="s">
         <v>3325</v>
       </c>
-      <c r="F888" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B889" s="1" t="s">
+      <c r="C894" s="1" t="s">
         <v>3326</v>
       </c>
-      <c r="C889" s="1" t="s">
+      <c r="D894" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E894" s="3" t="s">
         <v>3327</v>
       </c>
-      <c r="D889" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E889" s="3" t="s">
+      <c r="F894" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G894" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A895" s="1" t="s">
         <v>3328</v>
       </c>
-      <c r="F889" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B890" s="1" t="s">
+      <c r="B895" s="1" t="s">
         <v>3329</v>
       </c>
-      <c r="C890" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E890" s="3" t="s">
+      <c r="C895" s="1" t="s">
         <v>3330</v>
       </c>
-      <c r="F890" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B891" s="1" t="s">
+      <c r="D895" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E895" s="3" t="s">
         <v>3331</v>
       </c>
-      <c r="C891" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E891" s="3" t="s">
+      <c r="F895" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G895" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A896" s="1" t="s">
         <v>3332</v>
       </c>
-      <c r="F891" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B892" s="1" t="s">
+      <c r="B896" s="1" t="s">
         <v>3333</v>
       </c>
-      <c r="C892" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E892" s="3" t="s">
+      <c r="C896" s="1" t="s">
         <v>3334</v>
       </c>
-      <c r="F892" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B893" s="1" t="s">
+      <c r="D896" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E896" s="3" t="s">
         <v>3335</v>
       </c>
-      <c r="C893" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E893" s="3" t="s">
+      <c r="F896" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G896" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A897" s="1" t="s">
         <v>3336</v>
       </c>
-      <c r="F893" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B894" s="1" t="s">
+      <c r="B897" s="1" t="s">
         <v>3337</v>
       </c>
-      <c r="C894" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E894" s="3" t="s">
+      <c r="C897" s="1" t="s">
         <v>3338</v>
       </c>
-      <c r="F894" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B895" s="1" t="s">
+      <c r="D897" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E897" s="3" t="s">
         <v>3339</v>
       </c>
-      <c r="C895" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E895" s="3" t="s">
+      <c r="F897" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G897" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A898" s="1" t="s">
         <v>3340</v>
       </c>
-      <c r="F895" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B896" s="1" t="s">
+      <c r="B898" s="1" t="s">
         <v>3341</v>
       </c>
-      <c r="C896" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E896" s="3" t="s">
+      <c r="C898" s="1" t="s">
         <v>3342</v>
       </c>
-      <c r="F896" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A897" s="1" t="s">
+      <c r="D898" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E898" s="3" t="s">
         <v>3343</v>
       </c>
-      <c r="B897" s="1" t="s">
+      <c r="F898" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G898" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A899" s="1" t="s">
         <v>3344</v>
       </c>
-      <c r="C897" s="1" t="s">
+      <c r="B899" s="1" t="s">
         <v>3345</v>
       </c>
-      <c r="D897" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E897" s="3" t="s">
+      <c r="C899" s="1" t="s">
         <v>3346</v>
       </c>
-      <c r="F897" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A898" s="1" t="s">
+      <c r="D899" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E899" s="3" t="s">
         <v>3347</v>
       </c>
-      <c r="B898" s="1" t="s">
+      <c r="F899" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G899" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A900" s="1" t="s">
         <v>3348</v>
       </c>
-      <c r="C898" s="1" t="s">
+      <c r="B900" s="1" t="s">
         <v>3349</v>
       </c>
-      <c r="D898" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E898" s="3" t="s">
+      <c r="C900" s="1" t="s">
         <v>3350</v>
       </c>
-      <c r="F898" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A899" s="1" t="s">
+      <c r="D900" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E900" s="3" t="s">
         <v>3351</v>
       </c>
-      <c r="B899" s="1" t="s">
+      <c r="F900" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G900" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A901" s="1" t="s">
         <v>3352</v>
       </c>
-      <c r="C899" s="1" t="s">
+      <c r="B901" s="1" t="s">
         <v>3353</v>
       </c>
-      <c r="D899" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E899" s="3" t="s">
+      <c r="C901" s="1" t="s">
         <v>3354</v>
       </c>
-      <c r="F899" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A900" s="1" t="s">
+      <c r="D901" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E901" s="3" t="s">
         <v>3355</v>
       </c>
-      <c r="B900" s="1" t="s">
+      <c r="F901" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G901" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A902" s="1" t="s">
         <v>3356</v>
       </c>
-      <c r="C900" s="1" t="s">
+      <c r="B902" s="1" t="s">
         <v>3357</v>
       </c>
-      <c r="D900" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E900" s="3" t="s">
+      <c r="C902" s="1" t="s">
         <v>3358</v>
       </c>
-      <c r="F900" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A901" s="1" t="s">
+      <c r="D902" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E902" s="3" t="s">
         <v>3359</v>
       </c>
-      <c r="B901" s="1" t="s">
+      <c r="F902" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G902" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A903" s="1" t="s">
         <v>3360</v>
       </c>
-      <c r="C901" s="1" t="s">
+      <c r="B903" s="1" t="s">
         <v>3361</v>
       </c>
-      <c r="D901" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E901" s="3" t="s">
+      <c r="C903" s="1" t="s">
         <v>3362</v>
       </c>
-      <c r="F901" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A902" s="1" t="s">
+      <c r="D903" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E903" s="3" t="s">
         <v>3363</v>
       </c>
-      <c r="B902" s="1" t="s">
+      <c r="F903" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G903" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A904" s="1" t="s">
         <v>3364</v>
       </c>
-      <c r="C902" s="1" t="s">
+      <c r="B904" s="1" t="s">
         <v>3365</v>
       </c>
-      <c r="D902" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E902" s="3" t="s">
+      <c r="C904" s="1" t="s">
         <v>3366</v>
       </c>
-      <c r="F902" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A903" s="1" t="s">
+      <c r="D904" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E904" s="3" t="s">
         <v>3367</v>
       </c>
-      <c r="B903" s="1" t="s">
+      <c r="F904" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G904" s="3" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="905" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A905" s="1" t="s">
         <v>3368</v>
       </c>
-      <c r="C903" s="1" t="s">
+      <c r="B905" s="1" t="s">
         <v>3369</v>
       </c>
-      <c r="D903" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E903" s="3" t="s">
+      <c r="C905" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E905" s="3" t="s">
         <v>3370</v>
       </c>
-      <c r="F903" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A904" s="1" t="s">
+      <c r="F905" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G905" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A906" s="1" t="s">
         <v>3371</v>
       </c>
-      <c r="B904" s="1" t="s">
+      <c r="B906" s="1" t="s">
         <v>3372</v>
       </c>
-      <c r="C904" s="1" t="s">
+      <c r="C906" s="1" t="s">
         <v>3373</v>
       </c>
-      <c r="D904" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E904" s="3" t="s">
+      <c r="D906" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E906" s="3" t="s">
         <v>3374</v>
       </c>
-      <c r="F904" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A905" s="1" t="s">
+      <c r="F906" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G906" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="907" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A907" s="1" t="s">
         <v>3375</v>
       </c>
-      <c r="B905" s="1" t="s">
+      <c r="B907" s="1" t="s">
         <v>3376</v>
       </c>
-      <c r="C905" s="1" t="s">
+      <c r="C907" s="1" t="s">
         <v>3377</v>
       </c>
-      <c r="D905" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E905" s="3" t="s">
+      <c r="D907" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E907" s="3" t="s">
         <v>3378</v>
       </c>
-      <c r="F905" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A906" s="1" t="s">
+      <c r="F907" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G907" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A908" s="1" t="s">
         <v>3379</v>
       </c>
-      <c r="B906" s="1" t="s">
+      <c r="B908" s="1" t="s">
         <v>3380</v>
       </c>
-      <c r="C906" s="1" t="s">
+      <c r="C908" s="1" t="s">
         <v>3381</v>
       </c>
-      <c r="D906" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E906" s="3" t="s">
+      <c r="D908" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E908" s="3" t="s">
         <v>3382</v>
       </c>
-      <c r="F906" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A907" s="1" t="s">
+      <c r="F908" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G908" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A909" s="1" t="s">
         <v>3383</v>
       </c>
-      <c r="B907" s="1" t="s">
+      <c r="B909" s="1" t="s">
         <v>3384</v>
       </c>
-      <c r="C907" s="1" t="s">
+      <c r="C909" s="1" t="s">
         <v>3385</v>
       </c>
-      <c r="D907" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E907" s="3" t="s">
+      <c r="D909" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E909" s="3" t="s">
         <v>3386</v>
       </c>
-      <c r="F907" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A908" s="1" t="s">
+      <c r="F909" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G909" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A910" s="1" t="s">
         <v>3387</v>
       </c>
-      <c r="B908" s="1" t="s">
+      <c r="B910" s="1" t="s">
         <v>3388</v>
       </c>
-      <c r="C908" s="1" t="s">
+      <c r="C910" s="1" t="s">
         <v>3389</v>
       </c>
-      <c r="D908" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E908" s="3" t="s">
+      <c r="D910" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E910" s="3" t="s">
         <v>3390</v>
       </c>
-      <c r="F908" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A909" s="1" t="s">
+      <c r="F910" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G910" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A911" s="1" t="s">
         <v>3391</v>
       </c>
-      <c r="B909" s="1" t="s">
+      <c r="B911" s="1" t="s">
         <v>3392</v>
       </c>
-      <c r="C909" s="1" t="s">
+      <c r="C911" s="1" t="s">
         <v>3393</v>
       </c>
-      <c r="D909" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E909" s="3" t="s">
+      <c r="D911" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E911" s="3" t="s">
         <v>3394</v>
       </c>
-      <c r="F909" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A910" s="1" t="s">
+      <c r="F911" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G911" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A912" s="1" t="s">
         <v>3395</v>
       </c>
-      <c r="B910" s="1" t="s">
+      <c r="B912" s="1" t="s">
         <v>3396</v>
       </c>
-      <c r="C910" s="1" t="s">
+      <c r="C912" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D912" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E912" s="3" t="s">
         <v>3397</v>
       </c>
-      <c r="D910" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E910" s="3" t="s">
+      <c r="F912" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G912" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A913" s="1" t="s">
         <v>3398</v>
       </c>
-      <c r="F910" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A911" s="1" t="s">
+      <c r="B913" s="1" t="s">
         <v>3399</v>
       </c>
-      <c r="B911" s="1" t="s">
+      <c r="C913" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D913" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E913" s="3" t="s">
         <v>3400</v>
       </c>
-      <c r="C911" s="1" t="s">
+      <c r="F913" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G913" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A914" s="1" t="s">
         <v>3401</v>
       </c>
-      <c r="D911" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E911" s="3" t="s">
+      <c r="B914" s="1" t="s">
         <v>3402</v>
       </c>
-      <c r="F911" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A912" s="1" t="s">
+      <c r="C914" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D914" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E914" s="3" t="s">
         <v>3403</v>
       </c>
-      <c r="B912" s="1" t="s">
+      <c r="F914" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G914" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A915" s="1" t="s">
         <v>3404</v>
       </c>
-      <c r="C912" s="1" t="s">
+      <c r="B915" s="1" t="s">
         <v>3405</v>
       </c>
-      <c r="D912" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E912" s="3" t="s">
+      <c r="C915" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D915" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E915" s="3" t="s">
         <v>3406</v>
       </c>
-      <c r="F912" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A913" s="1" t="s">
+      <c r="F915" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G915" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A916" s="1" t="s">
         <v>3407</v>
       </c>
-      <c r="B913" s="1" t="s">
+      <c r="B916" s="1" t="s">
         <v>3408</v>
       </c>
-      <c r="C913" s="1" t="s">
+      <c r="C916" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="D916" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E916" s="3" t="s">
         <v>3409</v>
       </c>
-      <c r="D913" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E913" s="3" t="s">
+      <c r="F916" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G916" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A917" s="1" t="s">
         <v>3410</v>
       </c>
-      <c r="F913" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A914" s="1" t="s">
+      <c r="B917" s="1" t="s">
         <v>3411</v>
       </c>
-      <c r="B914" s="1" t="s">
+      <c r="C917" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="D917" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E917" s="3" t="s">
         <v>3412</v>
       </c>
-      <c r="C914" s="1" t="s">
+      <c r="F917" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G917" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A918" s="1" t="s">
         <v>3413</v>
       </c>
-      <c r="D914" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E914" s="3" t="s">
+      <c r="B918" s="1" t="s">
         <v>3414</v>
       </c>
-      <c r="F914" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A915" s="1" t="s">
+      <c r="C918" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D918" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E918" s="3" t="s">
         <v>3415</v>
       </c>
-      <c r="B915" s="1" t="s">
+      <c r="F918" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G918" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A919" s="1" t="s">
         <v>3416</v>
       </c>
-      <c r="C915" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E915" s="3" t="s">
+      <c r="B919" s="1" t="s">
         <v>3417</v>
       </c>
-      <c r="F915" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A916" s="1" t="s">
+      <c r="C919" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D919" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E919" s="3" t="s">
         <v>3418</v>
       </c>
-      <c r="B916" s="1" t="s">
+      <c r="F919" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G919" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A920" s="1" t="s">
         <v>3419</v>
       </c>
-      <c r="C916" s="1" t="s">
+      <c r="B920" s="1" t="s">
         <v>3420</v>
       </c>
-      <c r="D916" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E916" s="3" t="s">
+      <c r="C920" s="1" t="s">
         <v>3421</v>
       </c>
-      <c r="F916" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A917" s="1" t="s">
+      <c r="D920" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E920" s="3" t="s">
         <v>3422</v>
       </c>
-      <c r="B917" s="1" t="s">
+      <c r="F920" s="3" t="s">
         <v>3423</v>
       </c>
-      <c r="C917" s="1" t="s">
+      <c r="G920" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A921" s="1" t="s">
         <v>3424</v>
       </c>
-      <c r="D917" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E917" s="3" t="s">
+      <c r="B921" s="1" t="s">
         <v>3425</v>
       </c>
-      <c r="F917" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A918" s="1" t="s">
+      <c r="C921" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D921" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E921" s="3" t="s">
         <v>3426</v>
       </c>
-      <c r="B918" s="1" t="s">
+      <c r="F921" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G921" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A922" s="1" t="s">
         <v>3427</v>
       </c>
-      <c r="C918" s="1" t="s">
+      <c r="B922" s="1" t="s">
         <v>3428</v>
       </c>
-      <c r="D918" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E918" s="3" t="s">
+      <c r="C922" s="1" t="s">
         <v>3429</v>
       </c>
-      <c r="F918" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A919" s="1" t="s">
+      <c r="D922" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E922" s="3" t="s">
         <v>3430</v>
       </c>
-      <c r="B919" s="1" t="s">
+      <c r="F922" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G922" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A923" s="1" t="s">
         <v>3431</v>
       </c>
-      <c r="C919" s="1" t="s">
+      <c r="B923" s="1" t="s">
         <v>3432</v>
       </c>
-      <c r="D919" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E919" s="3" t="s">
+      <c r="C923" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E923" s="3" t="s">
         <v>3433</v>
       </c>
-      <c r="F919" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A920" s="1" t="s">
+      <c r="F923" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G923" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="924" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A924" s="1" t="s">
         <v>3434</v>
       </c>
-      <c r="B920" s="1" t="s">
+      <c r="B924" s="1" t="s">
         <v>3435</v>
       </c>
-      <c r="C920" s="1" t="s">
+      <c r="C924" s="1" t="s">
         <v>3436</v>
       </c>
-      <c r="D920" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E920" s="3" t="s">
+      <c r="D924" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E924" s="3" t="s">
         <v>3437</v>
       </c>
-      <c r="F920" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A921" s="1" t="s">
+      <c r="F924" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G924" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="925" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A925" s="1" t="s">
         <v>3438</v>
       </c>
-      <c r="B921" s="1" t="s">
+      <c r="B925" s="1" t="s">
         <v>3439</v>
       </c>
-      <c r="C921" s="1" t="s">
+      <c r="C925" s="1" t="s">
         <v>3440</v>
       </c>
-      <c r="D921" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E921" s="3" t="s">
+      <c r="D925" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E925" s="3" t="s">
         <v>3441</v>
       </c>
-      <c r="F921" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A922" s="1" t="s">
+      <c r="F925" s="3" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G925" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="926" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A926" s="1" t="s">
         <v>3442</v>
       </c>
-      <c r="B922" s="1" t="s">
+      <c r="B926" s="1" t="s">
         <v>3443</v>
       </c>
-      <c r="C922" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E922" s="3" t="s">
+      <c r="C926" s="1" t="s">
         <v>3444</v>
       </c>
-      <c r="F922" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A923" s="1" t="s">
+      <c r="D926" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E926" s="3" t="s">
         <v>3445</v>
       </c>
-      <c r="B923" s="1" t="s">
+      <c r="F926" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="G926" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="927" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A927" s="1" t="s">
         <v>3446</v>
       </c>
-      <c r="C923" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E923" s="3" t="s">
+      <c r="B927" s="1" t="s">
         <v>3447</v>
       </c>
-      <c r="F923" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A924" s="1" t="s">
+      <c r="C927" s="1" t="s">
         <v>3448</v>
       </c>
-      <c r="B924" s="1" t="s">
+      <c r="D927" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E927" s="3" t="s">
         <v>3449</v>
       </c>
-      <c r="C924" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E924" s="3" t="s">
+      <c r="F927" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G927" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="928" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A928" s="1" t="s">
         <v>3450</v>
       </c>
-      <c r="F924" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A925" s="1" t="s">
+      <c r="B928" s="1" t="s">
         <v>3451</v>
       </c>
-      <c r="B925" s="1" t="s">
+      <c r="C928" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D928" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E928" s="3" t="s">
         <v>3452</v>
       </c>
-      <c r="C925" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E925" s="3" t="s">
+      <c r="F928" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G928" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="929" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A929" s="1" t="s">
         <v>3453</v>
       </c>
-      <c r="F925" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A926" s="1" t="s">
+      <c r="B929" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="B926" s="1" t="s">
+      <c r="C929" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D929" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E929" s="3" t="s">
         <v>3455</v>
       </c>
-      <c r="C926" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E926" s="3" t="s">
+      <c r="F929" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G929" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="930" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A930" s="1" t="s">
         <v>3456</v>
       </c>
-      <c r="F926" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A927" s="1" t="s">
+      <c r="B930" s="1" t="s">
         <v>3457</v>
       </c>
-      <c r="B927" s="1" t="s">
+      <c r="C930" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D930" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E930" s="3" t="s">
         <v>3458</v>
       </c>
-      <c r="C927" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E927" s="3" t="s">
+      <c r="F930" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G930" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="931" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A931" s="1" t="s">
         <v>3459</v>
       </c>
-      <c r="F927" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A928" s="1" t="s">
+      <c r="B931" s="1" t="s">
         <v>3460</v>
       </c>
-      <c r="B928" s="1" t="s">
+      <c r="C931" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D931" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E931" s="3" t="s">
         <v>3461</v>
       </c>
-      <c r="C928" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E928" s="3" t="s">
+      <c r="F931" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G931" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="932" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A932" s="1" t="s">
         <v>3462</v>
       </c>
-      <c r="F928" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A929" s="1" t="s">
+      <c r="B932" s="1" t="s">
         <v>3463</v>
       </c>
-      <c r="B929" s="1" t="s">
+      <c r="C932" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D932" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E932" s="3" t="s">
         <v>3464</v>
       </c>
-      <c r="C929" s="1" t="s">
+      <c r="F932" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G932" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="933" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A933" s="1" t="s">
         <v>3465</v>
       </c>
-      <c r="D929" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E929" s="3" t="s">
+      <c r="B933" s="1" t="s">
         <v>3466</v>
       </c>
-      <c r="F929" s="3" t="s">
+      <c r="C933" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="G929" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A930" s="1" t="s">
+      <c r="D933" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E933" s="3" t="s">
         <v>3468</v>
       </c>
-      <c r="B930" s="1" t="s">
+      <c r="F933" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G933" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="934" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A934" s="1" t="s">
         <v>3469</v>
       </c>
-      <c r="C930" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E930" s="3" t="s">
+      <c r="B934" s="1" t="s">
         <v>3470</v>
       </c>
-      <c r="F930" s="3" t="s">
+      <c r="C934" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="G930" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A931" s="1" t="s">
+      <c r="D934" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E934" s="3" t="s">
         <v>3471</v>
       </c>
-      <c r="B931" s="1" t="s">
+      <c r="F934" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G934" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="935" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A935" s="1" t="s">
         <v>3472</v>
       </c>
-      <c r="C931" s="1" t="s">
+      <c r="B935" s="1" t="s">
         <v>3473</v>
       </c>
-      <c r="D931" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E931" s="3" t="s">
+      <c r="C935" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D935" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E935" s="3" t="s">
         <v>3474</v>
       </c>
-      <c r="F931" s="3" t="s">
+      <c r="F935" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G935" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="936" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A936" s="1" t="s">
+        <v>3475</v>
+      </c>
+      <c r="B936" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="C936" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="G931" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E932" s="3" t="s">
+      <c r="D936" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E936" s="3" t="s">
         <v>3477</v>
       </c>
-      <c r="F932" s="3" t="s">
+      <c r="F936" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G936" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="937" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A937" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B937" s="1" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C937" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="G932" s="3" t="s">
-[...10 lines deleted...]
-      <c r="C933" s="1" t="s">
+      <c r="D937" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E937" s="3" t="s">
         <v>3480</v>
       </c>
-      <c r="D933" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E933" s="3" t="s">
+      <c r="F937" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G937" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="938" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A938" s="1" t="s">
         <v>3481</v>
       </c>
-      <c r="F933" s="3" t="s">
+      <c r="B938" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="C938" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="G933" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B934" s="1" t="s">
+      <c r="D938" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E938" s="3" t="s">
         <v>3483</v>
       </c>
-      <c r="C934" s="1" t="s">
+      <c r="F938" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G938" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="939" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A939" s="1" t="s">
         <v>3484</v>
       </c>
-      <c r="D934" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E934" s="3" t="s">
+      <c r="B939" s="1" t="s">
         <v>3485</v>
       </c>
-      <c r="F934" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A935" s="1" t="s">
+      <c r="C939" s="1" t="s">
         <v>3486</v>
       </c>
-      <c r="B935" s="1" t="s">
+      <c r="D939" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E939" s="3" t="s">
         <v>3487</v>
       </c>
-      <c r="C935" s="1" t="s">
+      <c r="F939" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G939" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="940" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A940" s="1" t="s">
         <v>3488</v>
       </c>
-      <c r="D935" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E935" s="3" t="s">
+      <c r="B940" s="1" t="s">
         <v>3489</v>
       </c>
-      <c r="F935" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A936" s="1" t="s">
+      <c r="C940" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D940" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E940" s="3" t="s">
         <v>3490</v>
       </c>
-      <c r="B936" s="1" t="s">
+      <c r="F940" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G940" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="941" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A941" s="1" t="s">
         <v>3491</v>
       </c>
-      <c r="C936" s="1" t="s">
+      <c r="B941" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="D936" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E936" s="3" t="s">
+      <c r="C941" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D941" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E941" s="3" t="s">
         <v>3493</v>
       </c>
-      <c r="F936" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A937" s="1" t="s">
+      <c r="F941" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G941" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="942" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A942" s="1" t="s">
         <v>3494</v>
       </c>
-      <c r="B937" s="1" t="s">
+      <c r="B942" s="1" t="s">
         <v>3495</v>
       </c>
-      <c r="C937" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E937" s="3" t="s">
+      <c r="C942" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D942" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E942" s="3" t="s">
         <v>3496</v>
       </c>
-      <c r="F937" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A938" s="1" t="s">
+      <c r="F942" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G942" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="943" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A943" s="1" t="s">
         <v>3497</v>
       </c>
-      <c r="B938" s="1" t="s">
+      <c r="B943" s="1" t="s">
         <v>3498</v>
       </c>
-      <c r="C938" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E938" s="3" t="s">
+      <c r="C943" s="1" t="s">
         <v>3499</v>
       </c>
-      <c r="F938" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A939" s="1" t="s">
+      <c r="D943" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E943" s="3" t="s">
         <v>3500</v>
       </c>
-      <c r="B939" s="1" t="s">
+      <c r="F943" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G943" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="944" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A944" s="1" t="s">
         <v>3501</v>
       </c>
-      <c r="C939" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E939" s="3" t="s">
+      <c r="B944" s="1" t="s">
         <v>3502</v>
       </c>
-      <c r="F939" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A940" s="1" t="s">
+      <c r="C944" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D944" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E944" s="3" t="s">
         <v>3503</v>
       </c>
-      <c r="B940" s="1" t="s">
+      <c r="F944" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G944" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="945" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A945" s="1" t="s">
         <v>3504</v>
       </c>
-      <c r="C940" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E940" s="3" t="s">
+      <c r="B945" s="1" t="s">
         <v>3505</v>
       </c>
-      <c r="F940" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A941" s="1" t="s">
+      <c r="C945" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E945" s="3" t="s">
         <v>3506</v>
       </c>
-      <c r="B941" s="1" t="s">
+      <c r="F945" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G945" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="946" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A946" s="1" t="s">
         <v>3507</v>
       </c>
-      <c r="C941" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E941" s="3" t="s">
+      <c r="B946" s="1" t="s">
         <v>3508</v>
       </c>
-      <c r="F941" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A942" s="1" t="s">
+      <c r="C946" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E946" s="3" t="s">
         <v>3509</v>
       </c>
-      <c r="B942" s="1" t="s">
+      <c r="F946" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G946" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="947" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A947" s="1" t="s">
         <v>3510</v>
       </c>
-      <c r="C942" s="1" t="s">
+      <c r="B947" s="1" t="s">
         <v>3511</v>
       </c>
-      <c r="D942" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E942" s="3" t="s">
+      <c r="C947" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D947" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E947" s="3" t="s">
         <v>3512</v>
       </c>
-      <c r="F942" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A943" s="1" t="s">
+      <c r="F947" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G947" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="948" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A948" s="1" t="s">
         <v>3513</v>
       </c>
-      <c r="B943" s="1" t="s">
+      <c r="B948" s="1" t="s">
         <v>3514</v>
       </c>
-      <c r="C943" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E943" s="3" t="s">
+      <c r="C948" s="1" t="s">
         <v>3515</v>
       </c>
-      <c r="F943" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A944" s="1" t="s">
+      <c r="D948" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E948" s="3" t="s">
         <v>3516</v>
       </c>
-      <c r="B944" s="1" t="s">
+      <c r="F948" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G948" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="949" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A949" s="1" t="s">
         <v>3517</v>
       </c>
-      <c r="C944" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E944" s="3" t="s">
+      <c r="B949" s="1" t="s">
         <v>3518</v>
       </c>
-      <c r="F944" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A945" s="1" t="s">
+      <c r="C949" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D949" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E949" s="3" t="s">
         <v>3519</v>
       </c>
-      <c r="B945" s="1" t="s">
+      <c r="F949" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G949" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="950" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A950" s="1" t="s">
         <v>3520</v>
       </c>
-      <c r="C945" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E945" s="3" t="s">
+      <c r="B950" s="1" t="s">
         <v>3521</v>
       </c>
-      <c r="F945" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A946" s="1" t="s">
+      <c r="C950" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D950" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E950" s="3" t="s">
         <v>3522</v>
       </c>
-      <c r="B946" s="1" t="s">
+      <c r="F950" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G950" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="951" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A951" s="1" t="s">
         <v>3523</v>
       </c>
-      <c r="C946" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E946" s="3" t="s">
+      <c r="B951" s="1" t="s">
         <v>3524</v>
       </c>
-      <c r="F946" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A947" s="1" t="s">
+      <c r="C951" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D951" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E951" s="3" t="s">
         <v>3525</v>
       </c>
-      <c r="B947" s="1" t="s">
+      <c r="F951" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G951" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="952" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A952" s="1" t="s">
         <v>3526</v>
       </c>
-      <c r="C947" s="1" t="s">
+      <c r="B952" s="1" t="s">
         <v>3527</v>
       </c>
-      <c r="D947" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E947" s="3" t="s">
+      <c r="C952" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E952" s="3" t="s">
         <v>3528</v>
       </c>
-      <c r="F947" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A948" s="1" t="s">
+      <c r="F952" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G952" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="953" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A953" s="1" t="s">
         <v>3529</v>
       </c>
-      <c r="B948" s="1" t="s">
+      <c r="B953" s="1" t="s">
         <v>3530</v>
       </c>
-      <c r="C948" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E948" s="3" t="s">
+      <c r="C953" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E953" s="3" t="s">
         <v>3531</v>
       </c>
-      <c r="F948" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A949" s="1" t="s">
+      <c r="F953" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G953" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="954" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A954" s="1" t="s">
         <v>3532</v>
       </c>
-      <c r="B949" s="1" t="s">
+      <c r="B954" s="1" t="s">
         <v>3533</v>
       </c>
-      <c r="C949" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E949" s="3" t="s">
+      <c r="C954" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D954" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E954" s="3" t="s">
         <v>3534</v>
       </c>
-      <c r="F949" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A950" s="1" t="s">
+      <c r="F954" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G954" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="955" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A955" s="1" t="s">
         <v>3535</v>
       </c>
-      <c r="B950" s="1" t="s">
+      <c r="B955" s="1" t="s">
         <v>3536</v>
       </c>
-      <c r="C950" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E950" s="3" t="s">
+      <c r="C955" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E955" s="3" t="s">
         <v>3537</v>
       </c>
-      <c r="F950" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A951" s="1" t="s">
+      <c r="F955" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G955" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="956" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A956" s="1" t="s">
         <v>3538</v>
       </c>
-      <c r="B951" s="1" t="s">
+      <c r="B956" s="1" t="s">
         <v>3539</v>
       </c>
-      <c r="C951" s="1" t="s">
+      <c r="C956" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E956" s="3" t="s">
         <v>3540</v>
       </c>
-      <c r="D951" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E951" s="3" t="s">
+      <c r="F956" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G956" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="957" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A957" s="1" t="s">
         <v>3541</v>
       </c>
-      <c r="F951" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A952" s="1" t="s">
+      <c r="B957" s="1" t="s">
         <v>3542</v>
       </c>
-      <c r="B952" s="1" t="s">
+      <c r="C957" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E957" s="3" t="s">
         <v>3543</v>
       </c>
-      <c r="C952" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E952" s="3" t="s">
+      <c r="F957" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G957" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="958" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A958" s="1" t="s">
         <v>3544</v>
       </c>
-      <c r="F952" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A953" s="1" t="s">
+      <c r="B958" s="1" t="s">
         <v>3545</v>
       </c>
-      <c r="B953" s="1" t="s">
+      <c r="C958" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E958" s="3" t="s">
         <v>3546</v>
       </c>
-      <c r="C953" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E953" s="3" t="s">
+      <c r="F958" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G958" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="959" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A959" s="1" t="s">
         <v>3547</v>
       </c>
-      <c r="F953" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A954" s="1" t="s">
+      <c r="B959" s="1" t="s">
         <v>3548</v>
       </c>
-      <c r="B954" s="1" t="s">
+      <c r="C959" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E959" s="3" t="s">
         <v>3549</v>
       </c>
-      <c r="C954" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E954" s="3" t="s">
+      <c r="F959" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G959" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="960" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A960" s="1" t="s">
         <v>3550</v>
       </c>
-      <c r="F954" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A955" s="1" t="s">
+      <c r="B960" s="1" t="s">
         <v>3551</v>
       </c>
-      <c r="B955" s="1" t="s">
+      <c r="C960" s="1" t="s">
+        <v>3551</v>
+      </c>
+      <c r="D960" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E960" s="3" t="s">
         <v>3552</v>
       </c>
-      <c r="C955" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E955" s="3" t="s">
+      <c r="F960" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G960" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="961" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A961" s="1" t="s">
         <v>3553</v>
       </c>
-      <c r="F955" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A956" s="1" t="s">
+      <c r="B961" s="1" t="s">
         <v>3554</v>
       </c>
-      <c r="B956" s="1" t="s">
+      <c r="C961" s="1" t="s">
         <v>3555</v>
       </c>
-      <c r="C956" s="1" t="s">
+      <c r="D961" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E961" s="3" t="s">
         <v>3556</v>
       </c>
-      <c r="D956" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E956" s="3" t="s">
+      <c r="F961" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G961" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="962" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A962" s="1" t="s">
         <v>3557</v>
       </c>
-      <c r="F956" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A957" s="1" t="s">
+      <c r="B962" s="1" t="s">
         <v>3558</v>
       </c>
-      <c r="B957" s="1" t="s">
+      <c r="C962" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E962" s="3" t="s">
         <v>3559</v>
       </c>
-      <c r="C957" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E957" s="3" t="s">
+      <c r="F962" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G962" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="963" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A963" s="1" t="s">
         <v>3560</v>
       </c>
-      <c r="F957" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A958" s="1" t="s">
+      <c r="B963" s="1" t="s">
         <v>3561</v>
       </c>
-      <c r="B958" s="1" t="s">
+      <c r="C963" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="D963" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E963" s="3" t="s">
         <v>3562</v>
       </c>
-      <c r="C958" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E958" s="3" t="s">
+      <c r="F963" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G963" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="964" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A964" s="1" t="s">
         <v>3563</v>
       </c>
-      <c r="F958" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A959" s="1" t="s">
+      <c r="B964" s="1" t="s">
         <v>3564</v>
       </c>
-      <c r="B959" s="1" t="s">
+      <c r="C964" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D964" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E964" s="3" t="s">
         <v>3565</v>
       </c>
-      <c r="C959" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E959" s="3" t="s">
+      <c r="F964" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G964" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="965" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A965" s="1" t="s">
         <v>3566</v>
       </c>
-      <c r="F959" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A960" s="1" t="s">
+      <c r="B965" s="1" t="s">
         <v>3567</v>
       </c>
-      <c r="B960" s="1" t="s">
+      <c r="C965" s="1" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D965" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E965" s="3" t="s">
         <v>3568</v>
       </c>
-      <c r="C960" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E960" s="3" t="s">
+      <c r="F965" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G965" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="966" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A966" s="1" t="s">
         <v>3569</v>
       </c>
-      <c r="F960" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A961" s="1" t="s">
+      <c r="B966" s="1" t="s">
         <v>3570</v>
       </c>
-      <c r="B961" s="1" t="s">
+      <c r="C966" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D966" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E966" s="3" t="s">
         <v>3571</v>
       </c>
-      <c r="C961" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E961" s="3" t="s">
+      <c r="F966" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G966" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="967" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A967" s="1" t="s">
         <v>3572</v>
       </c>
-      <c r="F961" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A962" s="1" t="s">
+      <c r="B967" s="1" t="s">
         <v>3573</v>
       </c>
-      <c r="B962" s="1" t="s">
+      <c r="C967" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D967" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E967" s="3" t="s">
         <v>3574</v>
       </c>
-      <c r="C962" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E962" s="3" t="s">
+      <c r="F967" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G967" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="968" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A968" s="1" t="s">
         <v>3575</v>
       </c>
-      <c r="F962" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A963" s="1" t="s">
+      <c r="B968" s="1" t="s">
         <v>3576</v>
       </c>
-      <c r="B963" s="1" t="s">
+      <c r="C968" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D968" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E968" s="3" t="s">
         <v>3577</v>
       </c>
-      <c r="C963" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E963" s="3" t="s">
+      <c r="F968" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G968" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="969" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A969" s="1" t="s">
         <v>3578</v>
       </c>
-      <c r="F963" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A964" s="1" t="s">
+      <c r="B969" s="1" t="s">
         <v>3579</v>
       </c>
-      <c r="B964" s="1" t="s">
+      <c r="C969" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D969" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E969" s="3" t="s">
         <v>3580</v>
       </c>
-      <c r="C964" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E964" s="3" t="s">
+      <c r="F969" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G969" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="970" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A970" s="1" t="s">
         <v>3581</v>
       </c>
-      <c r="F964" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A965" s="1" t="s">
+      <c r="B970" s="1" t="s">
         <v>3582</v>
       </c>
-      <c r="B965" s="1" t="s">
+      <c r="C970" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D970" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E970" s="3" t="s">
         <v>3583</v>
       </c>
-      <c r="C965" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E965" s="3" t="s">
+      <c r="F970" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G970" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="971" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A971" s="1" t="s">
         <v>3584</v>
       </c>
-      <c r="F965" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A966" s="1" t="s">
+      <c r="B971" s="1" t="s">
         <v>3585</v>
       </c>
-      <c r="B966" s="1" t="s">
+      <c r="C971" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D971" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E971" s="3" t="s">
         <v>3586</v>
       </c>
-      <c r="C966" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E966" s="3" t="s">
+      <c r="F971" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G971" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="972" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A972" s="1" t="s">
         <v>3587</v>
       </c>
-      <c r="F966" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A967" s="1" t="s">
+      <c r="B972" s="1" t="s">
         <v>3588</v>
       </c>
-      <c r="B967" s="1" t="s">
+      <c r="C972" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D972" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E972" s="3" t="s">
         <v>3589</v>
       </c>
-      <c r="C967" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E967" s="3" t="s">
+      <c r="F972" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G972" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="973" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A973" s="1" t="s">
         <v>3590</v>
       </c>
-      <c r="F967" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A968" s="1" t="s">
+      <c r="B973" s="1" t="s">
         <v>3591</v>
       </c>
-      <c r="B968" s="1" t="s">
+      <c r="C973" s="1" t="s">
         <v>3592</v>
       </c>
-      <c r="C968" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E968" s="3" t="s">
+      <c r="D973" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E973" s="3" t="s">
         <v>3593</v>
       </c>
-      <c r="F968" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A969" s="1" t="s">
+      <c r="F973" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G973" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="974" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A974" s="1" t="s">
         <v>3594</v>
       </c>
-      <c r="B969" s="1" t="s">
+      <c r="B974" s="1" t="s">
         <v>3595</v>
       </c>
-      <c r="C969" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E969" s="3" t="s">
+      <c r="C974" s="1" t="s">
         <v>3596</v>
       </c>
-      <c r="F969" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A970" s="1" t="s">
+      <c r="D974" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E974" s="3" t="s">
         <v>3597</v>
       </c>
-      <c r="B970" s="1" t="s">
+      <c r="F974" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G974" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="975" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A975" s="1" t="s">
         <v>3598</v>
       </c>
-      <c r="C970" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E970" s="3" t="s">
+      <c r="B975" s="1" t="s">
         <v>3599</v>
       </c>
-      <c r="F970" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A971" s="1" t="s">
+      <c r="C975" s="1" t="s">
         <v>3600</v>
       </c>
-      <c r="B971" s="1" t="s">
+      <c r="D975" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E975" s="3" t="s">
         <v>3601</v>
       </c>
-      <c r="C971" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E971" s="3" t="s">
+      <c r="F975" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G975" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="976" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A976" s="1" t="s">
         <v>3602</v>
       </c>
-      <c r="F971" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A972" s="1" t="s">
+      <c r="B976" s="1" t="s">
         <v>3603</v>
       </c>
-      <c r="B972" s="1" t="s">
+      <c r="C976" s="1" t="s">
         <v>3604</v>
       </c>
-      <c r="C972" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E972" s="3" t="s">
+      <c r="D976" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E976" s="3" t="s">
         <v>3605</v>
       </c>
-      <c r="F972" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A973" s="1" t="s">
+      <c r="F976" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G976" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="977" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A977" s="1" t="s">
         <v>3606</v>
       </c>
-      <c r="B973" s="1" t="s">
+      <c r="B977" s="1" t="s">
         <v>3607</v>
       </c>
-      <c r="C973" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E973" s="3" t="s">
+      <c r="C977" s="1" t="s">
         <v>3608</v>
       </c>
-      <c r="F973" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A974" s="1" t="s">
+      <c r="D977" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E977" s="3" t="s">
         <v>3609</v>
       </c>
-      <c r="B974" s="1" t="s">
+      <c r="F977" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G977" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="978" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A978" s="1" t="s">
         <v>3610</v>
       </c>
-      <c r="C974" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E974" s="3" t="s">
+      <c r="B978" s="1" t="s">
         <v>3611</v>
       </c>
-      <c r="F974" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A975" s="1" t="s">
+      <c r="C978" s="1" t="s">
         <v>3612</v>
       </c>
-      <c r="B975" s="1" t="s">
+      <c r="D978" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E978" s="3" t="s">
         <v>3613</v>
       </c>
-      <c r="C975" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E975" s="3" t="s">
+      <c r="F978" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G978" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="979" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A979" s="1" t="s">
         <v>3614</v>
       </c>
-      <c r="F975" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A976" s="1" t="s">
+      <c r="B979" s="1" t="s">
         <v>3615</v>
       </c>
-      <c r="B976" s="1" t="s">
+      <c r="C979" s="1" t="s">
         <v>3616</v>
       </c>
-      <c r="C976" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E976" s="3" t="s">
+      <c r="D979" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E979" s="3" t="s">
         <v>3617</v>
       </c>
-      <c r="F976" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A977" s="1" t="s">
+      <c r="F979" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G979" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="980" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A980" s="1" t="s">
         <v>3618</v>
       </c>
-      <c r="B977" s="1" t="s">
+      <c r="B980" s="1" t="s">
         <v>3619</v>
       </c>
-      <c r="C977" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E977" s="3" t="s">
+      <c r="C980" s="1" t="s">
         <v>3620</v>
       </c>
-      <c r="F977" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A978" s="1" t="s">
+      <c r="D980" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E980" s="3" t="s">
         <v>3621</v>
       </c>
-      <c r="B978" s="1" t="s">
+      <c r="F980" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G980" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="981" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A981" s="1" t="s">
         <v>3622</v>
       </c>
-      <c r="C978" s="1" t="s">
+      <c r="B981" s="1" t="s">
         <v>3623</v>
       </c>
-      <c r="D978" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E978" s="3" t="s">
+      <c r="C981" s="1" t="s">
         <v>3624</v>
       </c>
-      <c r="F978" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A979" s="1" t="s">
+      <c r="D981" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E981" s="3" t="s">
         <v>3625</v>
       </c>
-      <c r="B979" s="1" t="s">
+      <c r="F981" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G981" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="982" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A982" s="1" t="s">
         <v>3626</v>
       </c>
-      <c r="C979" s="1" t="s">
+      <c r="B982" s="1" t="s">
         <v>3627</v>
       </c>
-      <c r="D979" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E979" s="3" t="s">
+      <c r="C982" s="1" t="s">
         <v>3628</v>
       </c>
-      <c r="F979" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A980" s="1" t="s">
+      <c r="D982" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E982" s="3" t="s">
         <v>3629</v>
       </c>
-      <c r="B980" s="1" t="s">
+      <c r="F982" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G982" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="983" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A983" s="1" t="s">
         <v>3630</v>
       </c>
-      <c r="C980" s="1" t="s">
+      <c r="B983" s="1" t="s">
         <v>3631</v>
       </c>
-      <c r="D980" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E980" s="3" t="s">
+      <c r="C983" s="1" t="s">
         <v>3632</v>
       </c>
-      <c r="F980" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A981" s="1" t="s">
+      <c r="D983" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E983" s="3" t="s">
         <v>3633</v>
       </c>
-      <c r="B981" s="1" t="s">
+      <c r="F983" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G983" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="984" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A984" s="1" t="s">
         <v>3634</v>
       </c>
-      <c r="C981" s="1" t="s">
+      <c r="B984" s="1" t="s">
         <v>3635</v>
       </c>
-      <c r="D981" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E981" s="3" t="s">
+      <c r="C984" s="1" t="s">
         <v>3636</v>
       </c>
-      <c r="F981" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A982" s="1" t="s">
+      <c r="D984" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E984" s="3" t="s">
         <v>3637</v>
       </c>
-      <c r="B982" s="1" t="s">
+      <c r="F984" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G984" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="985" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A985" s="1" t="s">
         <v>3638</v>
       </c>
-      <c r="C982" s="1" t="s">
+      <c r="B985" s="1" t="s">
         <v>3639</v>
       </c>
-      <c r="D982" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E982" s="3" t="s">
+      <c r="C985" s="1" t="s">
         <v>3640</v>
       </c>
-      <c r="F982" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A983" s="1" t="s">
+      <c r="D985" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E985" s="3" t="s">
         <v>3641</v>
       </c>
-      <c r="B983" s="1" t="s">
+      <c r="F985" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G985" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="986" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A986" s="1" t="s">
         <v>3642</v>
       </c>
-      <c r="C983" s="1" t="s">
+      <c r="B986" s="1" t="s">
         <v>3643</v>
       </c>
-      <c r="D983" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E983" s="3" t="s">
+      <c r="C986" s="1" t="s">
         <v>3644</v>
       </c>
-      <c r="F983" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A984" s="1" t="s">
+      <c r="D986" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E986" s="3" t="s">
         <v>3645</v>
       </c>
-      <c r="B984" s="1" t="s">
+      <c r="F986" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G986" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="987" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A987" s="1" t="s">
         <v>3646</v>
       </c>
-      <c r="C984" s="1" t="s">
+      <c r="B987" s="1" t="s">
         <v>3647</v>
       </c>
-      <c r="D984" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E984" s="3" t="s">
+      <c r="C987" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D987" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E987" s="3" t="s">
         <v>3648</v>
       </c>
-      <c r="F984" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A985" s="1" t="s">
+      <c r="F987" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G987" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="988" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A988" s="1" t="s">
         <v>3649</v>
       </c>
-      <c r="B985" s="1" t="s">
+      <c r="B988" s="1" t="s">
         <v>3650</v>
       </c>
-      <c r="C985" s="1" t="s">
+      <c r="C988" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D988" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E988" s="3" t="s">
         <v>3651</v>
       </c>
-      <c r="D985" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E985" s="3" t="s">
+      <c r="F988" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G988" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="989" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A989" s="1" t="s">
         <v>3652</v>
       </c>
-      <c r="F985" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A986" s="1" t="s">
+      <c r="B989" s="1" t="s">
         <v>3653</v>
       </c>
-      <c r="B986" s="1" t="s">
+      <c r="C989" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D989" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E989" s="3" t="s">
         <v>3654</v>
       </c>
-      <c r="C986" s="1" t="s">
+      <c r="F989" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G989" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="990" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A990" s="1" t="s">
         <v>3655</v>
       </c>
-      <c r="D986" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E986" s="3" t="s">
+      <c r="B990" s="1" t="s">
         <v>3656</v>
       </c>
-      <c r="F986" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A987" s="1" t="s">
+      <c r="C990" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D990" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E990" s="3" t="s">
         <v>3657</v>
       </c>
-      <c r="B987" s="1" t="s">
+      <c r="F990" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G990" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="991" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A991" s="1" t="s">
         <v>3658</v>
       </c>
-      <c r="C987" s="1" t="s">
+      <c r="B991" s="1" t="s">
         <v>3659</v>
       </c>
-      <c r="D987" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E987" s="3" t="s">
+      <c r="C991" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D991" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E991" s="3" t="s">
         <v>3660</v>
       </c>
-      <c r="F987" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A988" s="1" t="s">
+      <c r="F991" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G991" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="992" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A992" s="1" t="s">
         <v>3661</v>
       </c>
-      <c r="B988" s="1" t="s">
+      <c r="B992" s="1" t="s">
         <v>3662</v>
       </c>
-      <c r="C988" s="1" t="s">
+      <c r="C992" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D992" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E992" s="3" t="s">
         <v>3663</v>
       </c>
-      <c r="D988" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E988" s="3" t="s">
+      <c r="F992" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G992" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="993" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A993" s="1" t="s">
         <v>3664</v>
       </c>
-      <c r="F988" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A989" s="1" t="s">
+      <c r="B993" s="1" t="s">
         <v>3665</v>
       </c>
-      <c r="B989" s="1" t="s">
+      <c r="C993" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D993" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E993" s="3" t="s">
         <v>3666</v>
       </c>
-      <c r="C989" s="1" t="s">
+      <c r="F993" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G993" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="994" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A994" s="1" t="s">
         <v>3667</v>
       </c>
-      <c r="D989" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E989" s="3" t="s">
+      <c r="B994" s="1" t="s">
         <v>3668</v>
       </c>
-      <c r="F989" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A990" s="1" t="s">
+      <c r="C994" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D994" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E994" s="3" t="s">
         <v>3669</v>
       </c>
-      <c r="B990" s="1" t="s">
+      <c r="F994" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G994" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="995" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A995" s="1" t="s">
         <v>3670</v>
       </c>
-      <c r="C990" s="1" t="s">
+      <c r="B995" s="1" t="s">
         <v>3671</v>
       </c>
-      <c r="D990" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E990" s="3" t="s">
+      <c r="C995" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D995" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E995" s="3" t="s">
         <v>3672</v>
       </c>
-      <c r="F990" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A991" s="1" t="s">
+      <c r="F995" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G995" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="996" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A996" s="1" t="s">
         <v>3673</v>
       </c>
-      <c r="B991" s="1" t="s">
+      <c r="B996" s="1" t="s">
         <v>3674</v>
       </c>
-      <c r="C991" s="1" t="s">
+      <c r="C996" s="1" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D996" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E996" s="3" t="s">
         <v>3675</v>
       </c>
-      <c r="D991" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E991" s="3" t="s">
+      <c r="F996" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G996" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="997" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A997" s="1" t="s">
         <v>3676</v>
       </c>
-      <c r="F991" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A992" s="1" t="s">
+      <c r="B997" s="1" t="s">
         <v>3677</v>
       </c>
-      <c r="B992" s="1" t="s">
+      <c r="C997" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D997" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E997" s="3" t="s">
         <v>3678</v>
       </c>
-      <c r="C992" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E992" s="3" t="s">
+      <c r="F997" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G997" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="998" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A998" s="1" t="s">
         <v>3679</v>
       </c>
-      <c r="F992" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A993" s="1" t="s">
+      <c r="B998" s="1" t="s">
         <v>3680</v>
       </c>
-      <c r="B993" s="1" t="s">
+      <c r="C998" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D998" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E998" s="3" t="s">
         <v>3681</v>
       </c>
-      <c r="C993" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E993" s="3" t="s">
+      <c r="F998" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G998" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="999" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A999" s="1" t="s">
         <v>3682</v>
       </c>
-      <c r="F993" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A994" s="1" t="s">
+      <c r="B999" s="1" t="s">
         <v>3683</v>
       </c>
-      <c r="B994" s="1" t="s">
+      <c r="C999" s="1" t="s">
+        <v>3683</v>
+      </c>
+      <c r="D999" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E999" s="3" t="s">
         <v>3684</v>
       </c>
-      <c r="C994" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E994" s="3" t="s">
+      <c r="F999" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G999" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1000" s="1" t="s">
         <v>3685</v>
       </c>
-      <c r="F994" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A995" s="1" t="s">
+      <c r="B1000" s="1" t="s">
         <v>3686</v>
       </c>
-      <c r="B995" s="1" t="s">
+      <c r="C1000" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D1000" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1000" s="3" t="s">
         <v>3687</v>
       </c>
-      <c r="C995" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E995" s="3" t="s">
+      <c r="F1000" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1000" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1001" s="1" t="s">
         <v>3688</v>
       </c>
-      <c r="F995" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A996" s="1" t="s">
+      <c r="B1001" s="1" t="s">
         <v>3689</v>
       </c>
-      <c r="B996" s="1" t="s">
+      <c r="C1001" s="1" t="s">
+        <v>3689</v>
+      </c>
+      <c r="D1001" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1001" s="3" t="s">
         <v>3690</v>
       </c>
-      <c r="C996" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E996" s="3" t="s">
+      <c r="F1001" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1001" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1002" s="1" t="s">
         <v>3691</v>
       </c>
-      <c r="F996" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A997" s="1" t="s">
+      <c r="B1002" s="1" t="s">
         <v>3692</v>
       </c>
-      <c r="B997" s="1" t="s">
+      <c r="C1002" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1002" s="3" t="s">
         <v>3693</v>
       </c>
-      <c r="C997" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E997" s="3" t="s">
+      <c r="F1002" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1002" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1003" s="1" t="s">
         <v>3694</v>
       </c>
-      <c r="F997" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A998" s="1" t="s">
+      <c r="B1003" s="1" t="s">
         <v>3695</v>
       </c>
-      <c r="B998" s="1" t="s">
+      <c r="C1003" s="1" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D1003" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1003" s="3" t="s">
         <v>3696</v>
       </c>
-      <c r="C998" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E998" s="3" t="s">
+      <c r="F1003" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1003" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1004" s="1" t="s">
         <v>3697</v>
       </c>
-      <c r="F998" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A999" s="1" t="s">
+      <c r="B1004" s="1" t="s">
         <v>3698</v>
       </c>
-      <c r="B999" s="1" t="s">
+      <c r="C1004" s="1" t="s">
+        <v>3698</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1004" s="3" t="s">
         <v>3699</v>
       </c>
-      <c r="C999" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E999" s="3" t="s">
+      <c r="F1004" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1004" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1005" s="1" t="s">
         <v>3700</v>
       </c>
-      <c r="F999" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1000" s="1" t="s">
+      <c r="B1005" s="1" t="s">
         <v>3701</v>
       </c>
-      <c r="B1000" s="1" t="s">
+      <c r="C1005" s="1" t="s">
+        <v>3701</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1005" s="3" t="s">
         <v>3702</v>
       </c>
-      <c r="C1000" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1000" s="3" t="s">
+      <c r="F1005" s="3" t="s">
         <v>3703</v>
       </c>
-      <c r="F1000" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1001" s="1" t="s">
+      <c r="G1005" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1006" s="1" t="s">
         <v>3704</v>
       </c>
-      <c r="B1001" s="1" t="s">
+      <c r="B1006" s="1" t="s">
         <v>3705</v>
       </c>
-      <c r="C1001" s="1" t="s">
+      <c r="C1006" s="1" t="s">
         <v>3705</v>
       </c>
-      <c r="D1001" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1001" s="3" t="s">
+      <c r="D1006" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1006" s="3" t="s">
         <v>3706</v>
       </c>
-      <c r="F1001" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1002" s="1" t="s">
+      <c r="F1006" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1006" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1007" s="1" t="s">
         <v>3707</v>
       </c>
-      <c r="B1002" s="1" t="s">
+      <c r="B1007" s="1" t="s">
         <v>3708</v>
       </c>
-      <c r="C1002" s="1" t="s">
+      <c r="C1007" s="1" t="s">
         <v>3708</v>
       </c>
-      <c r="D1002" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1002" s="3" t="s">
+      <c r="D1007" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1007" s="3" t="s">
         <v>3709</v>
       </c>
-      <c r="F1002" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1003" s="1" t="s">
+      <c r="F1007" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1007" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1008" s="1" t="s">
         <v>3710</v>
       </c>
-      <c r="B1003" s="1" t="s">
+      <c r="B1008" s="1" t="s">
         <v>3711</v>
       </c>
-      <c r="C1003" s="1" t="s">
+      <c r="C1008" s="1" t="s">
         <v>3711</v>
       </c>
-      <c r="D1003" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1003" s="3" t="s">
+      <c r="D1008" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1008" s="3" t="s">
         <v>3712</v>
       </c>
-      <c r="F1003" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1004" s="1" t="s">
+      <c r="F1008" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G1008" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1009" s="1" t="s">
         <v>3713</v>
       </c>
-      <c r="B1004" s="1" t="s">
+      <c r="B1009" s="1" t="s">
         <v>3714</v>
       </c>
-      <c r="C1004" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1004" s="3" t="s">
+      <c r="C1009" s="1" t="s">
         <v>3715</v>
       </c>
-      <c r="F1004" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1005" s="1" t="s">
+      <c r="D1009" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1009" s="3" t="s">
         <v>3716</v>
       </c>
-      <c r="B1005" s="1" t="s">
+      <c r="F1009" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1009" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1010" s="1" t="s">
         <v>3717</v>
       </c>
-      <c r="C1005" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1005" s="3" t="s">
+      <c r="B1010" s="1" t="s">
         <v>3718</v>
       </c>
-      <c r="F1005" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1006" s="1" t="s">
+      <c r="C1010" s="1" t="s">
         <v>3719</v>
       </c>
-      <c r="B1006" s="1" t="s">
+      <c r="D1010" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1010" s="3" t="s">
         <v>3720</v>
       </c>
-      <c r="C1006" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1006" s="3" t="s">
+      <c r="F1010" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1010" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1011" s="1" t="s">
         <v>3721</v>
       </c>
-      <c r="F1006" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1007" s="1" t="s">
+      <c r="B1011" s="1" t="s">
         <v>3722</v>
       </c>
-      <c r="B1007" s="1" t="s">
+      <c r="C1011" s="1" t="s">
         <v>3723</v>
       </c>
-      <c r="C1007" s="1" t="s">
+      <c r="D1011" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1011" s="3" t="s">
+        <v>3724</v>
+      </c>
+      <c r="F1011" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1011" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1012" s="1" t="s">
+        <v>3725</v>
+      </c>
+      <c r="B1012" s="1" t="s">
+        <v>3726</v>
+      </c>
+      <c r="C1012" s="1" t="s">
         <v>3723</v>
       </c>
-      <c r="D1007" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E1008" s="3" t="s">
+      <c r="D1012" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1012" s="3" t="s">
         <v>3727</v>
       </c>
-      <c r="F1008" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1009" s="1" t="s">
+      <c r="F1012" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1012" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1013" s="1" t="s">
         <v>3728</v>
       </c>
-      <c r="B1009" s="1" t="s">
+      <c r="B1013" s="1" t="s">
         <v>3729</v>
       </c>
-      <c r="C1009" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1009" s="3" t="s">
+      <c r="C1013" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1013" s="3" t="s">
         <v>3730</v>
       </c>
-      <c r="F1009" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1010" s="1" t="s">
+      <c r="F1013" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1013" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1014" s="1" t="s">
         <v>3731</v>
       </c>
-      <c r="B1010" s="1" t="s">
+      <c r="B1014" s="1" t="s">
         <v>3732</v>
       </c>
-      <c r="C1010" s="1" t="s">
+      <c r="C1014" s="1" t="s">
         <v>3733</v>
       </c>
-      <c r="D1010" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1010" s="3" t="s">
+      <c r="D1014" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1014" s="3" t="s">
         <v>3734</v>
       </c>
-      <c r="F1010" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1011" s="1" t="s">
+      <c r="F1014" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1014" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1015" s="1" t="s">
         <v>3735</v>
       </c>
-      <c r="B1011" s="1" t="s">
+      <c r="B1015" s="1" t="s">
         <v>3736</v>
       </c>
-      <c r="C1011" s="1" t="s">
+      <c r="C1015" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1015" s="3" t="s">
         <v>3737</v>
       </c>
-      <c r="D1011" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1011" s="3" t="s">
+      <c r="F1015" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1015" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1016" s="1" t="s">
         <v>3738</v>
       </c>
-      <c r="F1011" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1012" s="1" t="s">
+      <c r="B1016" s="1" t="s">
         <v>3739</v>
       </c>
-      <c r="B1012" s="1" t="s">
+      <c r="C1016" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D1016" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1016" s="3" t="s">
         <v>3740</v>
       </c>
-      <c r="C1012" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1012" s="3" t="s">
+      <c r="F1016" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1016" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1017" s="1" t="s">
         <v>3741</v>
       </c>
-      <c r="F1012" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1013" s="1" t="s">
+      <c r="B1017" s="1" t="s">
         <v>3742</v>
       </c>
-      <c r="B1013" s="1" t="s">
+      <c r="C1017" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D1017" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1017" s="3" t="s">
         <v>3743</v>
       </c>
-      <c r="C1013" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1013" s="3" t="s">
+      <c r="F1017" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1017" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1018" s="1" t="s">
         <v>3744</v>
       </c>
-      <c r="F1013" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1014" s="1" t="s">
+      <c r="B1018" s="1" t="s">
         <v>3745</v>
       </c>
-      <c r="B1014" s="1" t="s">
+      <c r="C1018" s="1" t="s">
         <v>3746</v>
       </c>
-      <c r="C1014" s="1" t="s">
+      <c r="D1018" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1018" s="3" t="s">
         <v>3747</v>
       </c>
-      <c r="D1014" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1014" s="3" t="s">
+      <c r="F1018" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1018" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1019" s="1" t="s">
         <v>3748</v>
       </c>
-      <c r="F1014" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1015" s="1" t="s">
+      <c r="B1019" s="1" t="s">
         <v>3749</v>
       </c>
-      <c r="B1015" s="1" t="s">
+      <c r="C1019" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1019" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1019" s="3" t="s">
         <v>3750</v>
       </c>
-      <c r="C1015" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1015" s="3" t="s">
+      <c r="F1019" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1019" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1020" s="1" t="s">
         <v>3751</v>
       </c>
-      <c r="F1015" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1016" s="1" t="s">
+      <c r="B1020" s="1" t="s">
         <v>3752</v>
       </c>
-      <c r="B1016" s="1" t="s">
+      <c r="C1020" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1020" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1020" s="3" t="s">
         <v>3753</v>
       </c>
-      <c r="C1016" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1016" s="3" t="s">
+      <c r="F1020" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1020" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1021" s="1" t="s">
         <v>3754</v>
       </c>
-      <c r="F1016" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1017" s="1" t="s">
+      <c r="B1021" s="1" t="s">
         <v>3755</v>
       </c>
-      <c r="B1017" s="1" t="s">
+      <c r="C1021" s="1" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D1021" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1021" s="3" t="s">
         <v>3756</v>
       </c>
-      <c r="C1017" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1017" s="3" t="s">
+      <c r="F1021" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1021" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1022" s="1" t="s">
         <v>3757</v>
       </c>
-      <c r="F1017" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1018" s="1" t="s">
+      <c r="B1022" s="1" t="s">
         <v>3758</v>
       </c>
-      <c r="B1018" s="1" t="s">
+      <c r="C1022" s="1" t="s">
         <v>3759</v>
       </c>
-      <c r="C1018" s="1" t="s">
+      <c r="D1022" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1022" s="3" t="s">
         <v>3760</v>
       </c>
-      <c r="D1018" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1018" s="3" t="s">
+      <c r="F1022" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1022" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1023" s="1" t="s">
         <v>3761</v>
       </c>
-      <c r="F1018" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1019" s="1" t="s">
+      <c r="B1023" s="1" t="s">
         <v>3762</v>
       </c>
-      <c r="B1019" s="1" t="s">
+      <c r="C1023" s="1" t="s">
         <v>3763</v>
       </c>
-      <c r="C1019" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1019" s="3" t="s">
+      <c r="D1023" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1023" s="3" t="s">
         <v>3764</v>
       </c>
-      <c r="F1019" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1020" s="1" t="s">
+      <c r="F1023" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1023" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1024" s="1" t="s">
         <v>3765</v>
       </c>
-      <c r="B1020" s="1" t="s">
+      <c r="B1024" s="1" t="s">
         <v>3766</v>
       </c>
-      <c r="C1020" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1020" s="3" t="s">
+      <c r="C1024" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1024" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1024" s="3" t="s">
         <v>3767</v>
       </c>
-      <c r="F1020" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1021" s="1" t="s">
+      <c r="F1024" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1024" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1025" s="1" t="s">
         <v>3768</v>
       </c>
-      <c r="B1021" s="1" t="s">
+      <c r="B1025" s="1" t="s">
         <v>3769</v>
       </c>
-      <c r="C1021" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1021" s="3" t="s">
+      <c r="C1025" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D1025" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1025" s="3" t="s">
         <v>3770</v>
       </c>
-      <c r="F1021" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1022" s="1" t="s">
+      <c r="F1025" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1025" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1026" s="1" t="s">
         <v>3771</v>
       </c>
-      <c r="B1022" s="1" t="s">
+      <c r="B1026" s="1" t="s">
         <v>3772</v>
       </c>
-      <c r="C1022" s="1" t="s">
+      <c r="C1026" s="1" t="s">
         <v>3773</v>
       </c>
-      <c r="D1022" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1022" s="3" t="s">
+      <c r="D1026" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1026" s="3" t="s">
         <v>3774</v>
       </c>
-      <c r="F1022" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1023" s="1" t="s">
+      <c r="F1026" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1026" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1027" s="1" t="s">
         <v>3775</v>
       </c>
-      <c r="B1023" s="1" t="s">
+      <c r="B1027" s="1" t="s">
         <v>3776</v>
       </c>
-      <c r="C1023" s="1" t="s">
+      <c r="C1027" s="1" t="s">
+        <v>3773</v>
+      </c>
+      <c r="D1027" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1027" s="3" t="s">
         <v>3777</v>
       </c>
-      <c r="D1023" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1023" s="3" t="s">
+      <c r="F1027" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1027" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1028" s="1" t="s">
         <v>3778</v>
       </c>
-      <c r="F1023" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1024" s="1" t="s">
+      <c r="B1028" s="1" t="s">
         <v>3779</v>
       </c>
-      <c r="B1024" s="1" t="s">
+      <c r="C1028" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D1028" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1028" s="3" t="s">
         <v>3780</v>
       </c>
-      <c r="C1024" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1024" s="3" t="s">
+      <c r="F1028" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1028" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1029" s="1" t="s">
         <v>3781</v>
       </c>
-      <c r="F1024" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1025" s="1" t="s">
+      <c r="B1029" s="1" t="s">
         <v>3782</v>
       </c>
-      <c r="B1025" s="1" t="s">
+      <c r="C1029" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1029" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1029" s="3" t="s">
         <v>3783</v>
       </c>
-      <c r="C1025" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1025" s="3" t="s">
+      <c r="F1029" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1029" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1030" s="1" t="s">
         <v>3784</v>
       </c>
-      <c r="F1025" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1026" s="1" t="s">
+      <c r="B1030" s="1" t="s">
         <v>3785</v>
       </c>
-      <c r="B1026" s="1" t="s">
+      <c r="C1030" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1030" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1030" s="3" t="s">
         <v>3786</v>
       </c>
-      <c r="C1026" s="1" t="s">
+      <c r="F1030" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1030" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1031" s="1" t="s">
         <v>3787</v>
       </c>
-      <c r="D1026" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1026" s="3" t="s">
+      <c r="B1031" s="1" t="s">
         <v>3788</v>
       </c>
-      <c r="F1026" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1027" s="1" t="s">
+      <c r="C1031" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1031" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1031" s="3" t="s">
         <v>3789</v>
       </c>
-      <c r="B1027" s="1" t="s">
+      <c r="F1031" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1031" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1032" s="1" t="s">
         <v>3790</v>
       </c>
-      <c r="C1027" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1027" s="3" t="s">
+      <c r="B1032" s="1" t="s">
         <v>3791</v>
       </c>
-      <c r="F1027" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1028" s="1" t="s">
+      <c r="C1032" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D1032" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1032" s="3" t="s">
         <v>3792</v>
       </c>
-      <c r="B1028" s="1" t="s">
+      <c r="F1032" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1032" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1033" s="1" t="s">
         <v>3793</v>
       </c>
-      <c r="C1028" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1028" s="3" t="s">
+      <c r="B1033" s="1" t="s">
         <v>3794</v>
       </c>
-      <c r="F1028" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1029" s="1" t="s">
+      <c r="C1033" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D1033" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1033" s="3" t="s">
         <v>3795</v>
       </c>
-      <c r="B1029" s="1" t="s">
+      <c r="F1033" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1033" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1034" s="1" t="s">
         <v>3796</v>
       </c>
-      <c r="C1029" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1029" s="3" t="s">
+      <c r="B1034" s="1" t="s">
         <v>3797</v>
       </c>
-      <c r="F1029" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1030" s="1" t="s">
+      <c r="C1034" s="1" t="s">
+        <v>3797</v>
+      </c>
+      <c r="D1034" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1034" s="3" t="s">
         <v>3798</v>
       </c>
-      <c r="B1030" s="1" t="s">
+      <c r="F1034" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1034" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1035" s="1" t="s">
         <v>3799</v>
       </c>
-      <c r="C1030" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1030" s="3" t="s">
+      <c r="B1035" s="1" t="s">
         <v>3800</v>
       </c>
-      <c r="F1030" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1031" s="1" t="s">
+      <c r="C1035" s="1" t="s">
+        <v>3800</v>
+      </c>
+      <c r="D1035" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1035" s="3" t="s">
         <v>3801</v>
       </c>
-      <c r="B1031" s="1" t="s">
+      <c r="F1035" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="G1035" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1036" s="1" t="s">
         <v>3802</v>
       </c>
-      <c r="C1031" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1031" s="3" t="s">
+      <c r="B1036" s="1" t="s">
         <v>3803</v>
       </c>
-      <c r="F1031" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1032" s="1" t="s">
+      <c r="C1036" s="1" t="s">
         <v>3804</v>
       </c>
-      <c r="B1032" s="1" t="s">
+      <c r="D1036" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1036" s="3" t="s">
         <v>3805</v>
       </c>
-      <c r="C1032" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1032" s="3" t="s">
+      <c r="F1036" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1036" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1037" s="1" t="s">
         <v>3806</v>
       </c>
-      <c r="F1032" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1033" s="1" t="s">
+      <c r="B1037" s="1" t="s">
         <v>3807</v>
       </c>
-      <c r="B1033" s="1" t="s">
+      <c r="C1037" s="1" t="s">
         <v>3808</v>
       </c>
-      <c r="C1033" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1033" s="3" t="s">
+      <c r="D1037" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1037" s="3" t="s">
         <v>3809</v>
       </c>
-      <c r="F1033" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1034" s="1" t="s">
+      <c r="F1037" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1037" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1038" s="1" t="s">
         <v>3810</v>
       </c>
-      <c r="B1034" s="1" t="s">
+      <c r="B1038" s="1" t="s">
         <v>3811</v>
       </c>
-      <c r="C1034" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1034" s="3" t="s">
+      <c r="C1038" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="D1038" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1038" s="3" t="s">
         <v>3812</v>
       </c>
-      <c r="F1034" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1035" s="1" t="s">
+      <c r="F1038" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1038" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1039" s="1" t="s">
         <v>3813</v>
       </c>
-      <c r="B1035" s="1" t="s">
+      <c r="B1039" s="1" t="s">
         <v>3814</v>
       </c>
-      <c r="C1035" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1035" s="3" t="s">
+      <c r="C1039" s="1" t="s">
         <v>3815</v>
       </c>
-      <c r="F1035" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1036" s="1" t="s">
+      <c r="D1039" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1039" s="3" t="s">
         <v>3816</v>
       </c>
-      <c r="B1036" s="1" t="s">
+      <c r="F1039" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1039" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1040" s="1" t="s">
         <v>3817</v>
       </c>
-      <c r="C1036" s="1" t="s">
+      <c r="B1040" s="1" t="s">
         <v>3818</v>
       </c>
-      <c r="D1036" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1036" s="3" t="s">
+      <c r="C1040" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1040" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1040" s="3" t="s">
         <v>3819</v>
       </c>
-      <c r="F1036" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1037" s="1" t="s">
+      <c r="F1040" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1040" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1041" s="1" t="s">
         <v>3820</v>
       </c>
-      <c r="B1037" s="1" t="s">
+      <c r="B1041" s="1" t="s">
         <v>3821</v>
       </c>
-      <c r="C1037" s="1" t="s">
+      <c r="C1041" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1041" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1041" s="3" t="s">
         <v>3822</v>
       </c>
-      <c r="D1037" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1037" s="3" t="s">
+      <c r="F1041" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1041" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1042" s="1" t="s">
         <v>3823</v>
       </c>
-      <c r="F1037" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1038" s="1" t="s">
+      <c r="B1042" s="1" t="s">
         <v>3824</v>
       </c>
-      <c r="B1038" s="1" t="s">
+      <c r="C1042" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D1042" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1042" s="3" t="s">
         <v>3825</v>
       </c>
-      <c r="C1038" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1038" s="3" t="s">
+      <c r="F1042" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1042" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1043" s="1" t="s">
         <v>3826</v>
       </c>
-      <c r="F1038" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1039" s="1" t="s">
+      <c r="B1043" s="1" t="s">
         <v>3827</v>
       </c>
-      <c r="B1039" s="1" t="s">
+      <c r="C1043" s="1" t="s">
         <v>3828</v>
       </c>
-      <c r="C1039" s="1" t="s">
+      <c r="D1043" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1043" s="3" t="s">
         <v>3829</v>
       </c>
-      <c r="D1039" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1039" s="3" t="s">
+      <c r="F1043" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1043" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1044" s="1" t="s">
         <v>3830</v>
       </c>
-      <c r="F1039" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1040" s="1" t="s">
+      <c r="B1044" s="1" t="s">
         <v>3831</v>
       </c>
-      <c r="B1040" s="1" t="s">
+      <c r="C1044" s="1" t="s">
+        <v>3828</v>
+      </c>
+      <c r="D1044" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1044" s="3" t="s">
         <v>3832</v>
       </c>
-      <c r="C1040" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1040" s="3" t="s">
+      <c r="F1044" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1044" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1045" s="1" t="s">
         <v>3833</v>
       </c>
-      <c r="F1040" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1041" s="1" t="s">
+      <c r="B1045" s="1" t="s">
         <v>3834</v>
       </c>
-      <c r="B1041" s="1" t="s">
+      <c r="C1045" s="1" t="s">
         <v>3835</v>
       </c>
-      <c r="C1041" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1041" s="3" t="s">
+      <c r="D1045" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1045" s="3" t="s">
         <v>3836</v>
       </c>
-      <c r="F1041" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1042" s="1" t="s">
+      <c r="F1045" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1045" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1046" s="1" t="s">
         <v>3837</v>
       </c>
-      <c r="B1042" s="1" t="s">
+      <c r="B1046" s="1" t="s">
         <v>3838</v>
       </c>
-      <c r="C1042" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1042" s="3" t="s">
+      <c r="C1046" s="1" t="s">
+        <v>3835</v>
+      </c>
+      <c r="D1046" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1046" s="3" t="s">
         <v>3839</v>
       </c>
-      <c r="F1042" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1043" s="1" t="s">
+      <c r="F1046" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1046" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1047" s="1" t="s">
         <v>3840</v>
       </c>
-      <c r="B1043" s="1" t="s">
+      <c r="B1047" s="1" t="s">
         <v>3841</v>
       </c>
-      <c r="C1043" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1043" s="3" t="s">
+      <c r="C1047" s="1" t="s">
         <v>3842</v>
       </c>
-      <c r="F1043" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1044" s="1" t="s">
+      <c r="D1047" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1047" s="3" t="s">
         <v>3843</v>
       </c>
-      <c r="B1044" s="1" t="s">
+      <c r="F1047" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1047" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1048" s="1" t="s">
         <v>3844</v>
       </c>
-      <c r="C1044" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1044" s="3" t="s">
+      <c r="B1048" s="1" t="s">
         <v>3845</v>
       </c>
-      <c r="F1044" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1045" s="1" t="s">
+      <c r="C1048" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D1048" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1048" s="3" t="s">
         <v>3846</v>
       </c>
-      <c r="B1045" s="1" t="s">
+      <c r="F1048" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1048" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1049" s="1" t="s">
         <v>3847</v>
       </c>
-      <c r="C1045" s="1" t="s">
+      <c r="B1049" s="1" t="s">
         <v>3848</v>
       </c>
-      <c r="D1045" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1045" s="3" t="s">
+      <c r="C1049" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D1049" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1049" s="3" t="s">
         <v>3849</v>
       </c>
-      <c r="F1045" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1046" s="1" t="s">
+      <c r="F1049" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1049" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1050" s="1" t="s">
         <v>3850</v>
       </c>
-      <c r="B1046" s="1" t="s">
+      <c r="B1050" s="1" t="s">
         <v>3851</v>
       </c>
-      <c r="C1046" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1046" s="3" t="s">
+      <c r="C1050" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D1050" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1050" s="3" t="s">
         <v>3852</v>
       </c>
-      <c r="F1046" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1047" s="1" t="s">
+      <c r="F1050" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1050" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1051" s="1" t="s">
         <v>3853</v>
       </c>
-      <c r="B1047" s="1" t="s">
+      <c r="B1051" s="1" t="s">
         <v>3854</v>
       </c>
-      <c r="C1047" s="1" t="s">
+      <c r="C1051" s="1" t="s">
         <v>3855</v>
       </c>
-      <c r="D1047" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1047" s="3" t="s">
+      <c r="D1051" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1051" s="3" t="s">
         <v>3856</v>
       </c>
-      <c r="F1047" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1048" s="1" t="s">
+      <c r="F1051" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1051" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1052" s="1" t="s">
         <v>3857</v>
       </c>
-      <c r="B1048" s="1" t="s">
+      <c r="B1052" s="1" t="s">
         <v>3858</v>
       </c>
-      <c r="C1048" s="1" t="s">
+      <c r="C1052" s="1" t="s">
         <v>3855</v>
       </c>
-      <c r="D1048" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1048" s="3" t="s">
+      <c r="D1052" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1052" s="3" t="s">
         <v>3859</v>
       </c>
-      <c r="F1048" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1049" s="1" t="s">
+      <c r="F1052" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1052" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1053" s="1" t="s">
         <v>3860</v>
       </c>
-      <c r="B1049" s="1" t="s">
+      <c r="B1053" s="1" t="s">
         <v>3861</v>
       </c>
-      <c r="C1049" s="1" t="s">
+      <c r="C1053" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D1053" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1053" s="3" t="s">
         <v>3862</v>
       </c>
-      <c r="D1049" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1049" s="3" t="s">
+      <c r="F1053" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1053" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1054" s="1" t="s">
         <v>3863</v>
       </c>
-      <c r="F1049" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1050" s="1" t="s">
+      <c r="B1054" s="1" t="s">
         <v>3864</v>
       </c>
-      <c r="B1050" s="1" t="s">
+      <c r="C1054" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="D1054" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1054" s="3" t="s">
         <v>3865</v>
       </c>
-      <c r="C1050" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1050" s="3" t="s">
+      <c r="F1054" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1054" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1055" s="1" t="s">
         <v>3866</v>
       </c>
-      <c r="F1050" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1051" s="1" t="s">
+      <c r="B1055" s="1" t="s">
         <v>3867</v>
       </c>
-      <c r="B1051" s="1" t="s">
+      <c r="C1055" s="1" t="s">
         <v>3868</v>
       </c>
-      <c r="C1051" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1051" s="3" t="s">
+      <c r="D1055" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1055" s="3" t="s">
         <v>3869</v>
       </c>
-      <c r="F1051" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1052" s="1" t="s">
+      <c r="F1055" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1055" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1056" s="1" t="s">
         <v>3870</v>
       </c>
-      <c r="B1052" s="1" t="s">
+      <c r="B1056" s="1" t="s">
         <v>3871</v>
       </c>
-      <c r="C1052" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1052" s="3" t="s">
+      <c r="C1056" s="1" t="s">
         <v>3872</v>
       </c>
-      <c r="F1052" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1053" s="1" t="s">
+      <c r="D1056" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1056" s="3" t="s">
         <v>3873</v>
       </c>
-      <c r="B1053" s="1" t="s">
+      <c r="F1056" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1056" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1057" s="1" t="s">
         <v>3874</v>
       </c>
-      <c r="C1053" s="1" t="s">
+      <c r="B1057" s="1" t="s">
         <v>3875</v>
       </c>
-      <c r="D1053" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1053" s="3" t="s">
+      <c r="C1057" s="1" t="s">
         <v>3876</v>
       </c>
-      <c r="F1053" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1054" s="1" t="s">
+      <c r="D1057" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1057" s="3" t="s">
         <v>3877</v>
       </c>
-      <c r="B1054" s="1" t="s">
+      <c r="F1057" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1057" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1058" s="1" t="s">
         <v>3878</v>
       </c>
-      <c r="C1054" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1054" s="3" t="s">
+      <c r="B1058" s="1" t="s">
         <v>3879</v>
       </c>
-      <c r="F1054" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1055" s="1" t="s">
+      <c r="C1058" s="1" t="s">
         <v>3880</v>
       </c>
-      <c r="B1055" s="1" t="s">
+      <c r="D1058" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1058" s="3" t="s">
         <v>3881</v>
       </c>
-      <c r="C1055" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1055" s="3" t="s">
+      <c r="F1058" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1058" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1059" s="1" t="s">
         <v>3882</v>
       </c>
-      <c r="F1055" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1056" s="1" t="s">
+      <c r="B1059" s="1" t="s">
         <v>3883</v>
       </c>
-      <c r="B1056" s="1" t="s">
+      <c r="C1059" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1059" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1059" s="3" t="s">
         <v>3884</v>
       </c>
-      <c r="C1056" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1056" s="3" t="s">
+      <c r="F1059" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1059" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1060" s="1" t="s">
         <v>3885</v>
       </c>
-      <c r="F1056" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1057" s="1" t="s">
+      <c r="B1060" s="1" t="s">
         <v>3886</v>
       </c>
-      <c r="B1057" s="1" t="s">
+      <c r="C1060" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1060" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1060" s="3" t="s">
         <v>3887</v>
       </c>
-      <c r="C1057" s="1" t="s">
+      <c r="F1060" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1060" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1061" s="1" t="s">
         <v>3888</v>
       </c>
-      <c r="D1057" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1057" s="3" t="s">
+      <c r="B1061" s="1" t="s">
         <v>3889</v>
       </c>
-      <c r="F1057" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1058" s="1" t="s">
+      <c r="C1061" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D1061" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1061" s="3" t="s">
         <v>3890</v>
       </c>
-      <c r="B1058" s="1" t="s">
+      <c r="F1061" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1061" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1062" s="1" t="s">
         <v>3891</v>
       </c>
-      <c r="C1058" s="1" t="s">
+      <c r="B1062" s="1" t="s">
         <v>3892</v>
       </c>
-      <c r="D1058" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1058" s="3" t="s">
+      <c r="C1062" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D1062" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1062" s="3" t="s">
         <v>3893</v>
       </c>
-      <c r="F1058" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1059" s="1" t="s">
+      <c r="F1062" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1062" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1063" s="1" t="s">
         <v>3894</v>
       </c>
-      <c r="B1059" s="1" t="s">
+      <c r="B1063" s="1" t="s">
         <v>3895</v>
       </c>
-      <c r="C1059" s="1" t="s">
+      <c r="C1063" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D1063" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1063" s="3" t="s">
         <v>3896</v>
       </c>
-      <c r="D1059" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1059" s="3" t="s">
+      <c r="F1063" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1063" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1064" s="1" t="s">
         <v>3897</v>
       </c>
-      <c r="F1059" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1060" s="1" t="s">
+      <c r="B1064" s="1" t="s">
         <v>3898</v>
       </c>
-      <c r="B1060" s="1" t="s">
+      <c r="C1064" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D1064" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1064" s="3" t="s">
         <v>3899</v>
       </c>
-      <c r="C1060" s="1" t="s">
+      <c r="F1064" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1064" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1065" s="1" t="s">
         <v>3900</v>
       </c>
-      <c r="D1060" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1060" s="3" t="s">
+      <c r="B1065" s="1" t="s">
         <v>3901</v>
       </c>
-      <c r="F1060" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1061" s="1" t="s">
+      <c r="C1065" s="1" t="s">
         <v>3902</v>
       </c>
-      <c r="B1061" s="1" t="s">
+      <c r="D1065" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1065" s="3" t="s">
         <v>3903</v>
       </c>
-      <c r="C1061" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1061" s="3" t="s">
+      <c r="F1065" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1065" s="3" t="s">
         <v>3904</v>
       </c>
-      <c r="F1061" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1062" s="1" t="s">
+    </row>
+    <row r="1066" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1066" s="1" t="s">
         <v>3905</v>
       </c>
-      <c r="B1062" s="1" t="s">
+      <c r="B1066" s="1" t="s">
         <v>3906</v>
       </c>
-      <c r="C1062" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1062" s="3" t="s">
+      <c r="C1066" s="1" t="s">
         <v>3907</v>
       </c>
-      <c r="F1062" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1063" s="1" t="s">
+      <c r="D1066" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1066" s="3" t="s">
         <v>3908</v>
       </c>
-      <c r="B1063" s="1" t="s">
+      <c r="F1066" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1066" s="3" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1067" s="1" t="s">
         <v>3909</v>
       </c>
-      <c r="C1063" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1063" s="3" t="s">
+      <c r="B1067" s="1" t="s">
         <v>3910</v>
       </c>
-      <c r="F1063" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1064" s="1" t="s">
+      <c r="C1067" s="1" t="s">
         <v>3911</v>
       </c>
-      <c r="B1064" s="1" t="s">
+      <c r="D1067" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1067" s="3" t="s">
         <v>3912</v>
       </c>
-      <c r="C1064" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1064" s="3" t="s">
+      <c r="F1067" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1067" s="3" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1068" s="1" t="s">
         <v>3913</v>
       </c>
-      <c r="F1064" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1065" s="1" t="s">
+      <c r="B1068" s="1" t="s">
         <v>3914</v>
       </c>
-      <c r="B1065" s="1" t="s">
+      <c r="C1068" s="1" t="s">
         <v>3915</v>
       </c>
-      <c r="C1065" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1065" s="3" t="s">
+      <c r="D1068" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1068" s="3" t="s">
         <v>3916</v>
       </c>
-      <c r="F1065" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1066" s="1" t="s">
+      <c r="F1068" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1068" s="3" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1069" s="1" t="s">
         <v>3917</v>
       </c>
-      <c r="B1066" s="1" t="s">
+      <c r="B1069" s="1" t="s">
         <v>3918</v>
       </c>
-      <c r="C1066" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1066" s="3" t="s">
+      <c r="C1069" s="1" t="s">
         <v>3919</v>
       </c>
-      <c r="F1066" s="3" t="s">
-[...3 lines deleted...]
-        <v>426</v>
+      <c r="D1069" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1069" s="3" t="s">
+        <v>3920</v>
+      </c>
+      <c r="F1069" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1069" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1070" s="1" t="s">
+        <v>3921</v>
+      </c>
+      <c r="B1070" s="1" t="s">
+        <v>3922</v>
+      </c>
+      <c r="C1070" s="1" t="s">
+        <v>3923</v>
+      </c>
+      <c r="D1070" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1070" s="3" t="s">
+        <v>3924</v>
+      </c>
+      <c r="F1070" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1070" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1071" s="1" t="s">
+        <v>3925</v>
+      </c>
+      <c r="B1071" s="1" t="s">
+        <v>3926</v>
+      </c>
+      <c r="C1071" s="1" t="s">
+        <v>3927</v>
+      </c>
+      <c r="D1071" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1071" s="3" t="s">
+        <v>3928</v>
+      </c>
+      <c r="F1071" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1071" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1072" s="1" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B1072" s="1" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C1072" s="1" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D1072" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1072" s="3" t="s">
+        <v>3932</v>
+      </c>
+      <c r="F1072" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1072" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1073" s="1" t="s">
+        <v>3933</v>
+      </c>
+      <c r="B1073" s="1" t="s">
+        <v>3934</v>
+      </c>
+      <c r="C1073" s="1" t="s">
+        <v>3935</v>
+      </c>
+      <c r="D1073" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1073" s="3" t="s">
+        <v>3936</v>
+      </c>
+      <c r="F1073" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1073" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1074" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="B1074" s="1" t="s">
+        <v>3938</v>
+      </c>
+      <c r="C1074" s="1" t="s">
+        <v>3935</v>
+      </c>
+      <c r="D1074" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1074" s="3" t="s">
+        <v>3939</v>
+      </c>
+      <c r="F1074" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1074" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1075" s="1" t="s">
+        <v>3940</v>
+      </c>
+      <c r="B1075" s="1" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C1075" s="1" t="s">
+        <v>3942</v>
+      </c>
+      <c r="D1075" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1075" s="3" t="s">
+        <v>3943</v>
+      </c>
+      <c r="F1075" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1075" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1076" s="1" t="s">
+        <v>3944</v>
+      </c>
+      <c r="B1076" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C1076" s="1" t="s">
+        <v>3942</v>
+      </c>
+      <c r="D1076" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1076" s="3" t="s">
+        <v>3946</v>
+      </c>
+      <c r="F1076" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G1076" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1077" s="1" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1077" s="1" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3949</v>
+      </c>
+      <c r="D1077" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1077" s="3" t="s">
+        <v>3950</v>
+      </c>
+      <c r="F1077" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1077" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1078" s="1" t="s">
+        <v>3951</v>
+      </c>
+      <c r="B1078" s="1" t="s">
+        <v>3952</v>
+      </c>
+      <c r="C1078" s="1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="D1078" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1078" s="3" t="s">
+        <v>3954</v>
+      </c>
+      <c r="F1078" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1078" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1079" s="1" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1079" s="1" t="s">
+        <v>3956</v>
+      </c>
+      <c r="C1079" s="1" t="s">
+        <v>3957</v>
+      </c>
+      <c r="D1079" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1079" s="3" t="s">
+        <v>3958</v>
+      </c>
+      <c r="F1079" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1079" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1080" s="1" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1080" s="1" t="s">
+        <v>3960</v>
+      </c>
+      <c r="C1080" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1080" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1080" s="3" t="s">
+        <v>3962</v>
+      </c>
+      <c r="F1080" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1080" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1081" s="1" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B1081" s="1" t="s">
+        <v>3965</v>
+      </c>
+      <c r="C1081" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1081" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1081" s="3" t="s">
+        <v>3966</v>
+      </c>
+      <c r="F1081" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1081" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1082" s="1" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1082" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="C1082" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1082" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1082" s="3" t="s">
+        <v>3969</v>
+      </c>
+      <c r="F1082" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1082" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1083" s="1" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1083" s="1" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C1083" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1083" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1083" s="3" t="s">
+        <v>3972</v>
+      </c>
+      <c r="F1083" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1083" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1084" s="1" t="s">
+        <v>3973</v>
+      </c>
+      <c r="B1084" s="1" t="s">
+        <v>3974</v>
+      </c>
+      <c r="C1084" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1084" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1084" s="3" t="s">
+        <v>3975</v>
+      </c>
+      <c r="F1084" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1084" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1085" s="1" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1085" s="1" t="s">
+        <v>3977</v>
+      </c>
+      <c r="C1085" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D1085" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1085" s="3" t="s">
+        <v>3979</v>
+      </c>
+      <c r="F1085" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1085" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1086" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="B1086" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="C1086" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D1086" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1086" s="3" t="s">
+        <v>3982</v>
+      </c>
+      <c r="F1086" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1086" s="3" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1087" s="1" t="s">
+        <v>3983</v>
+      </c>
+      <c r="B1087" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="C1087" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D1087" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1087" s="3" t="s">
+        <v>3986</v>
+      </c>
+      <c r="F1087" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1087" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1088" s="1" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1088" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C1088" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D1088" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1088" s="3" t="s">
+        <v>3989</v>
+      </c>
+      <c r="F1088" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1088" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1089" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1089" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="C1089" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1089" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1089" s="3" t="s">
+        <v>3993</v>
+      </c>
+      <c r="F1089" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1089" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1090" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1090" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="C1090" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1090" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1090" s="3" t="s">
+        <v>3996</v>
+      </c>
+      <c r="F1090" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1090" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1091" s="1" t="s">
+        <v>3997</v>
+      </c>
+      <c r="B1091" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C1091" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1091" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1091" s="3" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F1091" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1091" s="3" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1092" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1092" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="C1092" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1092" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1092" s="3" t="s">
+        <v>4003</v>
+      </c>
+      <c r="F1092" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1092" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1093" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1093" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="C1093" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1093" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1093" s="3" t="s">
+        <v>4006</v>
+      </c>
+      <c r="F1093" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1093" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1094" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1094" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="C1094" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1094" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1094" s="3" t="s">
+        <v>4009</v>
+      </c>
+      <c r="F1094" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1094" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1095" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1095" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C1095" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D1095" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1095" s="3" t="s">
+        <v>4013</v>
+      </c>
+      <c r="F1095" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1095" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1096" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1096" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C1096" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1096" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1096" s="3" t="s">
+        <v>4017</v>
+      </c>
+      <c r="F1096" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1096" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1097" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1097" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="C1097" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1097" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1097" s="3" t="s">
+        <v>4020</v>
+      </c>
+      <c r="F1097" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1097" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1098" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="B1098" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="C1098" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1098" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1098" s="3" t="s">
+        <v>4023</v>
+      </c>
+      <c r="F1098" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1098" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1099" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B1099" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C1099" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1099" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1099" s="3" t="s">
+        <v>4026</v>
+      </c>
+      <c r="F1099" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1099" s="3" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1100" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="B1100" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="C1100" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1100" s="3" t="s">
+        <v>4031</v>
+      </c>
+      <c r="F1100" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1100" s="3" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1101" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="B1101" s="1" t="s">
+        <v>4034</v>
+      </c>
+      <c r="C1101" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1101" s="3" t="s">
+        <v>4035</v>
+      </c>
+      <c r="F1101" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1101" s="3" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1102" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="B1102" s="1" t="s">
+        <v>4037</v>
+      </c>
+      <c r="C1102" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1102" s="3" t="s">
+        <v>4038</v>
+      </c>
+      <c r="F1102" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1102" s="3" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1103" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="B1103" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="C1103" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1103" s="3" t="s">
+        <v>4042</v>
+      </c>
+      <c r="F1103" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1103" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1104" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1104" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C1104" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1104" s="3" t="s">
+        <v>4045</v>
+      </c>
+      <c r="F1104" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1104" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1105" s="1" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1105" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C1105" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1105" s="3" t="s">
+        <v>4048</v>
+      </c>
+      <c r="F1105" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1105" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1106" s="1" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B1106" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C1106" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1106" s="3" t="s">
+        <v>4052</v>
+      </c>
+      <c r="F1106" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1106" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1107" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B1107" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="C1107" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1107" s="3" t="s">
+        <v>4056</v>
+      </c>
+      <c r="F1107" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1107" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1108" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B1108" s="1" t="s">
+        <v>4058</v>
+      </c>
+      <c r="C1108" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1108" s="3" t="s">
+        <v>4059</v>
+      </c>
+      <c r="F1108" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1108" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1109" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="B1109" s="1" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C1109" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1109" s="3" t="s">
+        <v>4062</v>
+      </c>
+      <c r="F1109" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1109" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1110" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="B1110" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C1110" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D1110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1110" s="3" t="s">
+        <v>4066</v>
+      </c>
+      <c r="F1110" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1110" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1111" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1111" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="C1111" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1111" s="3" t="s">
+        <v>4070</v>
+      </c>
+      <c r="F1111" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1111" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1112" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1112" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="C1112" s="1" t="s">
+        <v>4073</v>
+      </c>
+      <c r="D1112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1112" s="3" t="s">
+        <v>4074</v>
+      </c>
+      <c r="F1112" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1112" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1113" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="B1113" s="1" t="s">
+        <v>4076</v>
+      </c>
+      <c r="C1113" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D1113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1113" s="3" t="s">
+        <v>4078</v>
+      </c>
+      <c r="F1113" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1113" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1114" s="1" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1114" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C1114" s="1" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D1114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1114" s="3" t="s">
+        <v>4082</v>
+      </c>
+      <c r="F1114" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1114" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1115" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1115" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="C1115" s="1" t="s">
+        <v>4085</v>
+      </c>
+      <c r="D1115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1115" s="3" t="s">
+        <v>4086</v>
+      </c>
+      <c r="F1115" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1115" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1116" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="B1116" s="1" t="s">
+        <v>4088</v>
+      </c>
+      <c r="C1116" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="D1116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1116" s="3" t="s">
+        <v>4090</v>
+      </c>
+      <c r="F1116" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1116" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1117" s="1" t="s">
+        <v>4091</v>
+      </c>
+      <c r="B1117" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="C1117" s="1" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D1117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1117" s="3" t="s">
+        <v>4094</v>
+      </c>
+      <c r="F1117" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1117" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1118" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1118" s="1" t="s">
+        <v>4096</v>
+      </c>
+      <c r="C1118" s="1" t="s">
+        <v>4097</v>
+      </c>
+      <c r="D1118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1118" s="3" t="s">
+        <v>4098</v>
+      </c>
+      <c r="F1118" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1118" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1119" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="B1119" s="1" t="s">
+        <v>4100</v>
+      </c>
+      <c r="C1119" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="D1119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1119" s="3" t="s">
+        <v>4102</v>
+      </c>
+      <c r="F1119" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1119" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1120" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1120" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="C1120" s="1" t="s">
+        <v>4105</v>
+      </c>
+      <c r="D1120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1120" s="3" t="s">
+        <v>4106</v>
+      </c>
+      <c r="F1120" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1120" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1121" s="1" t="s">
+        <v>4107</v>
+      </c>
+      <c r="B1121" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="C1121" s="1" t="s">
+        <v>4109</v>
+      </c>
+      <c r="D1121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1121" s="3" t="s">
+        <v>4110</v>
+      </c>
+      <c r="F1121" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1121" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1122" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1122" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="C1122" s="1" t="s">
+        <v>4113</v>
+      </c>
+      <c r="D1122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1122" s="3" t="s">
+        <v>4114</v>
+      </c>
+      <c r="F1122" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1122" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1123" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="B1123" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C1123" s="1" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D1123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1123" s="3" t="s">
+        <v>4118</v>
+      </c>
+      <c r="F1123" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1123" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1124" s="1" t="s">
+        <v>4119</v>
+      </c>
+      <c r="B1124" s="1" t="s">
+        <v>4120</v>
+      </c>
+      <c r="C1124" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D1124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1124" s="3" t="s">
+        <v>4122</v>
+      </c>
+      <c r="F1124" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1124" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1125" s="1" t="s">
+        <v>4123</v>
+      </c>
+      <c r="B1125" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="C1125" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D1125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1125" s="3" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F1125" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1125" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1126" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="B1126" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="C1126" s="1" t="s">
+        <v>4129</v>
+      </c>
+      <c r="D1126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1126" s="3" t="s">
+        <v>4130</v>
+      </c>
+      <c r="F1126" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G1126" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1127" s="1" t="s">
+        <v>4131</v>
+      </c>
+      <c r="B1127" s="1" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C1127" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1127" s="3" t="s">
+        <v>4133</v>
+      </c>
+      <c r="F1127" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1127" s="3" t="s">
+        <v>3963</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">