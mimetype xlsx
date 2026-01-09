--- v0 (2025-11-23)
+++ v1 (2026-01-09)
@@ -12,62 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="666">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48c/48cd8897ef317e9eb67338b2e1ba0e9e.jpg</t>
   </si>
   <si>
     <t>Бланк самокопирующийся  quot;Товарный чек quot; А6, 2-сл., 50 экз.: B-TC6-с2_505 штр.:  4610008525052</t>
   </si>
   <si>
     <t xml:space="preserve">Бланк самокопирующийся &amp;quot;Товарный чек&amp;quot; А6, 2-сл., 50 экз.: B-TC6-с2_505 Бланк формата А6, самокопирующийся, двуслойный. 50 экземпляров. Блок офсет. Упакованы в термоусадочную пленку. &lt;br /&gt;
 Формат&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;A6. &lt;br /&gt;
@@ -172,1107 +181,1143 @@
   <si>
     <t>107934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7b/hhwrrh3kicdiaqq5pd0o6b8djiy8ozc2.jpg</t>
   </si>
   <si>
     <t>Бланк Расходно-кассовый ордер А5: Р К штр.: 4607094135043</t>
   </si>
   <si>
     <t>107935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a7/m5eyqby5w4nd9v9qe3noi706c5z36691.jpg</t>
   </si>
   <si>
     <t>Бланк ТОВАРНЫЙ ЧЕК А6  100 л газет.: Т Ч штр.: 4607094135029</t>
   </si>
   <si>
     <t>107937</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/318/1n95nynq0ozuzjbtm4i2h7ih2rz0o87n.jpg</t>
-[...8 lines deleted...]
-    <t>&lt;a href="/brands/foliant/"&gt;Фолиант&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/607/ocyg9iu51q8vje0u3fqoqwqhi1tj0t66.jpg</t>
+  </si>
+  <si>
+    <t>Накладная  2х-сл.самокопир.: SC-NAK штр.: 4602723048527</t>
+  </si>
+  <si>
+    <t>107945</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/506/tkb27uacb3l74zfqgfr7qsm0ox1dbbvv.jpg</t>
+  </si>
+  <si>
+    <t>Ресторанный счет 2х-сл.самокопир.: SC-RCH штр.: 4602723048510</t>
+  </si>
+  <si>
+    <t>107946</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0a/f0abfdbeed3fc8a480d18361cb94cd11.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Ресторанный счет quot; 97 200 мм, 2-сл., 50 экз.: B-RC9х20-с2_504 штр.:  4610008525045</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся &amp;quot;Ресторанный счет&amp;quot; 97*200 мм, 2-сл., 50 экз.: B-RC9х20-с2_504 Бланк документа, упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>213143</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/736/7366a9eb592ac1544235bc857be01a43.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Товарный чек quot; А6, газетка, 100 экз.: B-TC6-12_489   161210</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Товарный чек&amp;quot; А6, газетка, 100 экз.: B-TC6-12_489 / 161210 Бланк формата А6. 100 экземпляров. Материал - газетка.</t>
+  </si>
+  <si>
+    <t>213658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/578/578aea01027e02729051eaeb6344244f.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Расходный кассовый ордер quot; А5  форма КО-2 , газетка, 100 экз.: B-RO5-12_485</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Расходный кассовый ордер&amp;quot; А5 &amp;#40;форма КО-2&amp;#41;, газетка, 100 экз.: B-RO5-12_485 Бланк формата А5. Материал - газетка.</t>
+  </si>
+  <si>
+    <t>214689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32c/32c0ee6547fe4fd6bac7f19b444eb162.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Приходный кассовый ордер quot; А5  форма КО-1 , офсет, 100 экз.: B-PO5-11_497   161202 штр.:  24610008524974</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Приходный кассовый ордер&amp;quot; А5 &amp;#40;форма КО-1&amp;#41;, офсет, 100 экз.: B-PO5-11_497 / 161202 Бланк формата А5.&amp;nbsp;&amp;nbsp;Блок офсет.</t>
+  </si>
+  <si>
+    <t>215650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdf/bdf09b8159441183dd1f22bda5386fef.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Приходный кассовый ордер quot; А5  форма КО-1 , газетка, 100 экз.: B-PO5-12_477   161203</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Приходный кассовый ордер&amp;quot; А5 &amp;#40;форма КО-1&amp;#41;, газетка, 100 экз.: B-PO5-12_477 / 161203 Бланк формата А5.&amp;nbsp;&amp;nbsp;Материал - газетка.</t>
+  </si>
+  <si>
+    <t>216072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20a/20af67c8f20ca2f05397f4cd89130deb.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Накладная quot; А5, газетка, 100 экз., в пленке т у: B-TN5-12-1_496   161355 штр.:  4610008524963</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Накладная&amp;quot; А5, газетка, 100 экз., в пленке т/у: B-TN5-12-1_496 / 161355 Бланк документа, упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>216315</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fa/6fa881a2380c8c0751954c3260cd09fa.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Удостоверение quot; : 168448 штр.:  4610008527599</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Удостоверение&amp;quot; : 168448 Бланк &amp;quot;Удостоверение&amp;quot; изготовлен из жесткого картона, обтянутого с внешней стороны защитным покрытием из бумвинила с золотым тиснением. Раземер бланка 97,5*70 мм. Упаковка 50 экземпляров в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>216369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/578/5781e798471eeaee3d5e46e120ff30b6.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Товарный чек quot; А6, офсет, 100 экз.: B-TC6-11_487   161209</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Товарный чек&amp;quot; А6, офсет, 100 экз.: B-TC6-11_487 / 161209 Бланк формата А6. Блок офсет.</t>
+  </si>
+  <si>
+    <t>216383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a40/a40ecc50be0c1f951e9cfdb469443fce.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Товарный чек quot; А6, газетка, 100 экз., в пленке т у: B-TC6-12-1_502   161357 штр.:  4610008525021</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Товарный чек&amp;quot; А6, газетка, 100 экз., в пленке т/у: B-TC6-12-1_502 / 161357 Бланк документа, упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>216630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0c/o14ggcb05q8pr280dyuihnnjj9k2uj8c.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Накладная quot; А4, газетка, 100 экз.: B-TN4-12_447</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Накладная&amp;quot; А4, газетка, 100 экз.: B-TN4-12_447</t>
+  </si>
+  <si>
+    <t>216749</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64a/64a28da1d1893f15b1fd23a2ee21d4b6.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Авансовый отчет quot; А4  форма АО-1  оборотный, газетка, 100 экз.: B-AO4-22_443 штр.:  24610008524431</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Авансовый отчет&amp;quot; А4 &amp;#40;форма АО-1&amp;#41; оборотный, газетка, 100 экз.: B-AO4-22_443</t>
+  </si>
+  <si>
+    <t>217692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a5/2a517953da51afd54cdd4ad94bee21eb.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Студенческий билет quot; для среднего профессионального образования: 162455 штр.:  4680211049805</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Студенческий билет&amp;quot; для среднего профессионального образования: 162455</t>
+  </si>
+  <si>
+    <t>217696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07c/07ca8b6b0faa95cc3eefd3886b5ddfe1.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Студенческий билет quot; для ВУЗ: 168447 штр.:  4680211049782</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Студенческий билет&amp;quot; для ВУЗ: 168447</t>
+  </si>
+  <si>
+    <t>217750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a4/4a4a4355d316b34c67248df33698183f.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Накладная quot; А5, офсет, 100 экз.: B-TN5-11_471   170783</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Накладная&amp;quot; А5, офсет, 100 экз.: B-TN5-11_471 / 170783</t>
+  </si>
+  <si>
+    <t>218125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c9/9c95725ce5870cbb15f39a215169a543.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Приходный кассовый ордер quot; А5  форма КО-1 , газетка, 100 экз., в пленке т у: B-PO5-12-1_498   161356 штр.:  24610008524981</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Приходный кассовый ордер&amp;quot; А5 &amp;#40;форма КО-1&amp;#41;, газетка, 100 экз., в пленке т/у: B-PO5-12-1_498 / 161356</t>
+  </si>
+  <si>
+    <t>218286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bc/9bc4799de4858b9b3d05d51306940b82.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Товарно транспортная накладная quot; А4  форма 1-Т  оборотный, газетка, 100 экз.: B-TT4-22_463</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Товарно транспортная накладная&amp;quot; А4 &amp;#40;форма 1-Т&amp;#41; оборотный, газетка, 100 экз.: B-TT4-22_463</t>
+  </si>
+  <si>
+    <t>218297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e38/e3895b59cd077047ad0923a1026f7b21.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Карточка складского учета материалов quot; А5  форма М-17  50 экз., в пленке т у: B-KU5-21-1_507</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Карточка складского учета материалов&amp;quot; А5 &amp;#40;форма М-17&amp;#41; 50 экз., в пленке т/у: B-KU5-21-1_507</t>
+  </si>
+  <si>
+    <t>219230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0f/d0f9427da8f2194a43282d7d4ef9a8d2.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Накладная quot; А5, 2-сл., 50 экз.: B-TN5-с2_506 штр.:  4610008525069</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся &amp;quot;Накладная&amp;quot; А5, 2-сл., 50 экз.: B-TN5-с2_506</t>
+  </si>
+  <si>
+    <t>219232</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50a/50a24c3aa16cc5606635159d0304f9f1.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Накладная quot; А5, газетка, 100 экз.: B-TN5-12_473   161201 штр.:  24610008524738</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Накладная&amp;quot; А5, газетка, 100 экз.: B-TN5-12_473 / 161201 Бланк формата А5. Материал - газетка.</t>
+  </si>
+  <si>
+    <t>219233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54b/54b6e4f51826fa8a9928e16cdb6ff91d.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Зачетная книжка quot; для среднего профессионального образования: 162452 штр.:  14610008527527</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Зачетная книжка&amp;quot; для среднего профессионального образования: 162452</t>
+  </si>
+  <si>
+    <t>220418</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a01/a0110150b5dccc9dbf3ebfbdb585fdd1.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Расходный кассовый ордер quot; А5  форма КО-2 , газетка, 100 экз., в пленке т у: B-RO5-12-1_500 штр.:  4610008525007</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Расходный кассовый ордер&amp;quot; А5 &amp;#40;форма КО-2&amp;#41;, газетка, 100 экз., в пленке т/у: B-RO5-12-1_500</t>
+  </si>
+  <si>
+    <t>236367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/975/975fc52b003b5608a5c7e25f93ce3607.jpg</t>
+  </si>
+  <si>
+    <t>Самокоп.бланки Накладная 2-сл. ATTACHE книжка 50 бланков штр.  4607122916798</t>
+  </si>
+  <si>
+    <t>Самокопирующие бланки «Накладная» изготовлены в виде книжки, которая имеет обложку из мелованной глянцевой бумаги. Поверхность изделия декорирована рисунком. Накладные изготовлены из двухслойной офсетной бумаги формата А5. Каждый бланк состоит из белых и тонированных листов. Книжка самокопирующихся бланков «Накладная» содержит 50 экземпляров. Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
+  </si>
+  <si>
+    <t>244586</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/390/390bb0e1c9214b62db6857c3aba79b9e.jpg</t>
+  </si>
+  <si>
+    <t>Самокоп.бланки Накладная 3-сл. ATTACHE книжка 50 бланков штр.  4607122916804</t>
+  </si>
+  <si>
+    <t>Самокопирующие бланки «Накладная» изготовлены в виде книжки, обложка которой выполнена из глянцевой мелованной бумаги. Поверхность изделия декорирована рисунком. Каждый бланк состоит из трех листов офсетной бумаги формата А5. Книжка самокопирующихся бланков «Накладная» содержит 50 экземпляров. Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
+  </si>
+  <si>
+    <t>244588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/786/786888fa9c6b820df3ad5c8513855cde/786ae1ab74ac45270b2df1d87cf42f57.jpg</t>
+  </si>
+  <si>
+    <t>Самокоп.бланки Ресторанный сч т 2-сл. ATTACHE книжка 50 бланков штр.  4607122916811, 7601578916811</t>
+  </si>
+  <si>
+    <t>Самокопирующие бланки «Ресторанный счет» представляют собой книжку, обложка которой изготовлена из глянцевой мелованной бумаги. Изделие оснащено перфорированной линией. Каждый бланк состоит из трех листов офсетной бумаги, различающейся по цвету. В одной упаковке содержится 50 экземпляров самокопирующихся бланков «Ресторанный счет». Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
+  </si>
+  <si>
+    <t>244591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2e/e2e8182077d718ef94e922b08dc19b10/af474269441ff6255ab6717574369a49.jpg</t>
+  </si>
+  <si>
+    <t>Самокоп.бланки Товарный чек 2-сл. ATTACHE книжка 50 бланков штр.  4607122916828, 4607122976822</t>
+  </si>
+  <si>
+    <t>Самокопирующие бланки «Товарный чек» представляют собой книжку, содержащую листы офсетной бумаги. Изделие имеет обложку, изготовленную из мелованной глянцевой бумаги, которая декорирована рисунком. Каждый бланк состоит из двух листов разного цвета. В одной книжке находятся 50 комплектов самокопирующихся бланков «Товарный чек». Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
+  </si>
+  <si>
+    <t>244592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90f/90f272eee8fc00165add768266490a28/6401745ef66f7d9427e8186e55fd2ac3.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги Журнал регистрации приказов по личному СОСТАВУ, 64л. штр.  4623721116858, 4623721176258</t>
+  </si>
+  <si>
+    <t>Журнал регистрации приказов по личному составу, 64 листа. Формат: 210-288 мм. Прошнурован, пронумерован, опломбирован. Плотная обложка &amp;#43; съемная обложка из прозрачной ПВХ-пленки.&amp;lt;br&amp;gt;Журнал применяется для регистрации приказов о приеме, переводе и увольнении сотрудников, а также других приказов со сроком хранения 75 лет &amp;#40;об установлении заработной платы, направлении в командировку, предоставлении отпуска по уходу за ребенком, поощрении работника и т.д.&amp;#41;. Необходимо отметить, что приказы о назначении на должности первых лиц предприятия, упоминаемых в уставе, являются приказами по основной деятельности, а не по личному составу.&amp;lt;br&amp;gt;Регистрация документа фиксирует факт его создания, отправления или получения. При регистрации ему присваивается регистрационный номер.</t>
+  </si>
+  <si>
+    <t>244710</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kadry-v-porjadke/"&gt;Кадры в порядке&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e07/e0784f07abd54ad9e5d46f4b229b8a27/6e61a535828102125e91131275121611.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги Журнал учета путевых листов А4 50л. штр.  4607021888653</t>
+  </si>
+  <si>
+    <t>Журнал выполнен в формате А4, включает 50 листов. Применяется организацией для контроля за движением путевых листов, выданных водителю, и сдачей обработанных путевых листов в бухгалтерию. Их оформление до выдачи водителю обычно осуществляется диспетчером или иным специально назначенным сотрудником. При заполнении путевого листа диспетчер присваивает ему номер и записывает дату его выдачи, которая должна соответствовать дате его регистрации в журнале.&amp;lt;br&amp;gt;Журнал должен быть пронумерован и прошнурован &amp;#40;в изделии предусмотрена перфорация и шнуровка&amp;#41;.</t>
+  </si>
+  <si>
+    <t>244712</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/polinom/"&gt;Полином&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de6/de68194113ca2fb55dc42457801f199a/ff72f2b8c52be7f4feaac509a49e1666.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги журнал администратора А4 50л штр.  4607021889476</t>
+  </si>
+  <si>
+    <t>Журнал администратора формата А4 подходит для записи посетителей секретарями, администраторами различных учреждений. Также может быть полезен при планировании рабочего дня. Обложка с полноцветной печатью выполнена из мелованного картона. Внутренний блок - офсетная бумага, 50 листов. Тип крепления - спираль.</t>
+  </si>
+  <si>
+    <t>244720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/900/900d438496907f5ca9ca62173bdb3635/4e7c280a384aa392e860ab456d271ea9.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги журнал по пожарной безопасности А4 50л штр.  4607021889469</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа по пожарной безопасности имеет формат А4. Подходит для использования на производстве. Обложка коричневого цвета выполнена из мелованного картона. Внутренний блок состоит из 50 листов офсетной бумаги. Журнал скреплен с помощью спирали.</t>
+  </si>
+  <si>
+    <t>244725</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b9/4b950a6369cdb34be26a30915178aa3e/d42871a31723e575416efc7a3a5e9746.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги журнал по технике безопасности А4 50л штр.  4601081889506, 4607021889506</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа по технике безопасности имеет формат А4. Обложка коричневого цвета выполнена из мелованного картона. Внутренний блок состоит из 50 листов офсетной бумаги. Журнал скреплен с помощью спирали и шнуровки.</t>
+  </si>
+  <si>
+    <t>244726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a5/3a54e911393cb356a258b816d578c605/50e49c37c2a0680f2163ea95cfd53d29.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги журнал учета розничных продаж А4 50л штр.  4607021889483</t>
+  </si>
+  <si>
+    <t>Журнал учета розничных продаж имеет формат А4. Обложка темно-синего цвета выполнена из мелованного картона. Внутренний блок состоит из 50 листов офсетной бумаги. Журнал скреплен с помощью спирали.</t>
+  </si>
+  <si>
+    <t>244732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ace/ace4b039ea48dddcb286e6bce9f09f4c/86701fc64605b54ca82ac901dedaabd2.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета 96л. в клетку офсет обл.плотн. картон. 10шт. уп. штр.  4607068558366, 4607068558618, 4620004202291, 4660002770774</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Обложка изготовлена из цветного картона. Внутренний блок - офсетная бумага, 96 листов в клетку. Книга скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244745</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/799/79930fd89b0974c23655b306b6af3608/958740157941d9e3f88adb06456f7323.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета 96л. в клетку офсет, обл.бумвинил.ATTACHE 12шт. уп. штр.  4607085552408, 4607122913742, 4660002777148, 4685924300311</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 96 листов в клетку. Бухгалтерская книга учета скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244746</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/de89af77d3c2a9d840d912a0ce2424af/211fe8c04405f922b230e5d8dd3c6d2a.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета 96л. в линейку офсет обл.плотн. картон. 10шт. уп. штр.  4607068558373, 4607068558625, 4620004202284, 4660002770781, 4660002770828</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Обложка изготовлена из цветного картона. Внутренний блок - офсетная бумага, 96 листов в линейку. Книга скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e07/e072fdc8cede79aef6b20be5ab93a000/a0278fba60fc942c87f488b4af5d1ecc.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета 96л. в линейку офсет, обл. бумвинил. ATTACHE 12шт. уп. штр.  4607122913759, 4660002777131, 4685924300328</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 96 листов в линейку. Книга скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06a/06aea9933e6bb1ec7a3b5719f2a591ae/0279d84c44881229839a14cccf50ba3b.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета 96л. клет. АТТАCHE офсет, обл. лам. карт. 12шт уп  С штр.  4607144343466, 4620004202512</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Обложка книги учета изготовлена из ламинированного картона с цветной печатью. Внутренний блок - офсетная бумага, 96 листов в клетку. Бухгалтерская книга учета скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d6/3d624a318ea0b47ed05f947a3f8d1c15/9ce3fbdf3454b8331859f9b0e4c4f656.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета_144л. в клетку офсет, обл.бумвинил ATTACHE 10шт. уп. штр.  4600344003086, 4600344006483</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 144 листа в клетку. Книга скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/675/675204d9dd670d311b20d7854dd2a28e/8e6c89dcc5356cecf587ca8763992846.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета_192л. в клетку офсет,обл.бумвинил ATTACHE 8шт. уп. штр.  4600344003017, 4607085552446</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 192 листа в клетку. Книга скреплена с помощью сшивки.</t>
+  </si>
+  <si>
+    <t>244757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c45/c45e60c792d7ec4cf3686aebd28574c4/1d5f4152cbe4f0b69f916264fd1859b6.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка школьника ,14л,ф. 026 У-2000 штр.  4606224042251</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка &amp;#40;школьника&amp;#41; по форме N026/У-2000 для детского сада, школы, колледжа - это медицинский документ, который оформляется всем детям при зачислении их в образовательные учреждения или находящимся на воспитании в учреждениях дошкольного, начального общего, основного общего, среднего &amp;#40;полного&amp;#41;, общего образования. Предназначена для полного и объективного наблюдения за фактическим состоянием здоровья детей. В периоды дошкольного, а затем и школьного возраста, по фактическим результатам всех обязательных медицинских обследований в детском саду, перед поступлением в первый класс, а затем и в процессе школьного обучения в медицинской карте отображаются все мероприятия по профилактике и лечению. Формат А4, 14 листов.</t>
+  </si>
+  <si>
+    <t>253204</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cb/3cb3f91112716e70b2b05c628624d15f/709f7306043aa63b9a85ff9952885f83.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка,А4,обл.карт,цв.фиолет,синий,ф.026У-2000,376549 штр.  4607128447104, 4680237016737, 4690432036003</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка по форме N026/У-2000 для детского сада, школы, колледжа - это медицинский документ, который оформляется всем детям при зачислении их в образовательные учреждения или находящимся на воспитании в учреждениях дошкольного, начального общего, основного общего, среднего &amp;#40;полного&amp;#41;, общего образования. Предназначена для полного и объективного наблюдения за фактическим состоянием здоровья детей. В периоды дошкольного, а затем и школьного возраста, по фактическим результатам всех обязательных медицинских обследований в детском саду, перед поступлением в первый класс, а затем и в процессе школьного обучения в медицинской карте отображаются все мероприятия по профилактике и лечению. Формат А4, цвет фиолетовый.</t>
+  </si>
+  <si>
+    <t>253206</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/970/97014483b7fee6d0e30e0d47280f0a40.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Доверенность quot; А5  форма М-2  оборотный, газетка, 100 экз. в пленке т у: 161198 штр.: 4680211052645</t>
+  </si>
+  <si>
+    <t>Бланк формата А5, двусторонний. Бумага - газетка.</t>
+  </si>
+  <si>
+    <t>337512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/383/38367c8f1e5738923d59a24e101c6057.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Ресторанный счет quot; 97 200 мм, 2-сл., 50 экз. 249795</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Ресторанный счет&amp;quot;. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе. Бланки изготовлены из офсетной бумаги и склеены в книгу по 50 листов, упакованную в пленку.</t>
+  </si>
+  <si>
+    <t>338238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38c/38cb36331abd21d7211a34dc26f946b3.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Путевой лист грузового автомобиля quot; А4  4С-без талона от 18.01.2017г  оборот., газет., 100 экз. 252456</t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист грузового автомобиля, формата А4. Материал - газетка, на склейке, двусторонний</t>
+  </si>
+  <si>
+    <t>339597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2d/d2d7a28409b387c0558f8e600f7058db.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Путевой лист легкового автомобиля quot; А5  форма  3 от 18.01.2017г  оборот., газет.бум., 100 экз 252459</t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист легкового автомобиля, формата А5. Материал - газетка, на склейке, двусторонний</t>
+  </si>
+  <si>
+    <t>340898</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ea/4ea88c465edde716b45269ce2e64a607.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка А4,обл.мел.карт,блок офсет,скрепк ф026У-2 КЖ-112л</t>
+  </si>
+  <si>
+    <t>383434</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/uchitel-kanc/"&gt;Учитель-Канц&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53d/1gcd2474i1026e87bz2s9fc9pvr6xgnc.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет 120 г м2, BRAUBERG  quot;Личная карточка работника quot;, комплект 50 шт., ф-Т-2, А3, 130201</t>
+  </si>
+  <si>
+    <t>Cоответствуют государственным стандартам документального ведения учета. Бумага офсетная плотностью 120 г/м2. Бланк формата А4 состоит из 4 страниц. Cоответствует государственным стандартам документального ведения учета формы Т-2. Формат А4 &amp;#40;210х295 мм&amp;#41;. Поставляется в комплекте по 50 штук в термоусадочной пленке &amp;#40;количество вложений 25 шт по 2 листа&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392476</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eeb/e7i0b7vzkrggzxm0rja3o1d50amivex1.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет BRAUBERG  quot;Препроводительная ведомость денежной наличности quot;, А5, 135х195 мм, термоусад. пленка, 100 штук, 130130</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Бланк предназначен для препровождения денежных средств. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ca/d13sdpf25jmfoi29cvu8w0n1m1osj5x6.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Накладная quot;, А5, 135х195 мм, термоусадочная пленка, 100 штук, 130129</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк &amp;quot;Накладная&amp;quot; BRAUBERG соответствует государственным стандартам документального ведения учета. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. В накладной указывается количество товара, количество, цена, сумма. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>392479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d6/1rmk23dzqnq7xiikx14kbqd1cap6650i.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Путевой лист грузового автомобиля без талона quot;, А4, 198х275 мм, термоусад. пленка, 100 штук, 130132</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. В путевом листе содержатся графы, которые соответствуют требованиям учета времени въезда и выезда, расхода топлива и другие данные. Формат А4 &amp;#40;198х275 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392481</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/341/2p5h8c89533wvnkvszevgylzpjomphw4.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Путевой лист легкового автомобиля quot;, А5, 135х195 мм, термоусадочная пленка, 100 штук, 130133</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. В путевом листе содержатся графы, которые соответствуют требованиям учета времени въезда и выезда, расхода топлива и другие данные. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c84/g3ocuwsahqzn6ij15cid73tdt1oy1e61.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Расходный кассовый ордер quot;, А5, 135х195 мм, термоусадочная пленка, 100 штук, 130134</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Бланк выполнен по унифицированной форме № КО-2. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1b/tg25e3cic6zy2codflcabcwoqnmptuks.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Товарно-транспортная накладная quot;, А4, 198х275 мм, термоусадочная пленка, 100 штук, 130135</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю.Блан оформлен по типовой межотраслевой форме № 1-Т. Формат А4 &amp;#40;198х275 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/daa/672summsjicis0b2ntupkq68zzq6fxwd.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Товарный чек quot;, А6, 98х136 мм, термоусадочная пленка, 100 штук, 130136</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк &amp;quot;Товарный чек&amp;quot; BRAUBERG подтверждает приобретение покупателем товара у продавца, который выписывается с целью защиты прав потребителя, а также как документ целевого использования выделенных средств. Бумага офсетная плотностью 60г/м2. Внутренний блок проклеен по одному краю. В товарном чеке указывается вид и количество проданного товара, цена и уплаченная сумма, дата совершения покупки и номер контрольно-кассовой машины. Формат А6 &amp;#40;98х136 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/369/dgxng390py49iogrqhs6gekaviwx7jxd.jpg</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Зачетная книжка для ВУЗа quot;, 101х138 мм, STAFF, 129141</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Зачетная книжка для ВУЗа&amp;quot; STAFF соответствует установленному образцу, утвержденному приказом Министерства образования и науки РФ от 22 марта 2013 г. № 203. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. Скрепка в качестве скрепления повышает износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок выполнен из офсетной бумаги плотностью 65 г/м2 с графами для заполнения. 12 семестров.</t>
+  </si>
+  <si>
+    <t>392488</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Зачетная книжка для среднего профессионального образования quot;, 101х138 мм, 129142</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Зачетная книжка для среднего профессионального образования&amp;quot; STAFF соответствует установленному образцу утвержденному приказом Министерства образования и науки РФ от 5 апреля 2013 г. № 240. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. Скрепка в качестве скрепления повышает износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок выполнен из офсетной бумаги плотностью 65 г/м2 с графами для заполнения. 12 семестров.</t>
+  </si>
+  <si>
+    <t>392489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57a/ta97bg5e200hmjf0nr8yhbd7zoq1411c.jpg</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Студенческий билет для ВУЗа quot;, 65х98 мм, STAFF, 129144</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Студенческий билет для ВУЗа&amp;quot; STAFF соответствует установленному образцу утвержденному приказом Министерства образования и науки РФ от 22 марта 2013 г. № 203. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутри удостоверение имеет бумажную вклейку из офсетной бумаги плотностью 60 г/м2 с графами для заполнения.</t>
+  </si>
+  <si>
+    <t>392491</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Студенческий билет для среднего профессионального образования quot;, 65х98 мм, 129145</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Студенческий билет для среднего профессионального образования&amp;quot; STAFF соответствует установленному образцу утвержденному приказом Министерства образования и науки РФ от 5 апреля 2013 г. № 240. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутри удостоверение имеет бумажную вклейку из офсетной бумаги плотностью 60 г/м2 с графами для заполнения.</t>
+  </si>
+  <si>
+    <t>392492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3e/sqynw24rnv6l9g0d4b4p73pqhfy0kbyh.jpg</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Удостоверение quot;  жесткое ,  quot;Герб России quot;, красный, 66х100 мм, STAFF, 129138</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Удостоверение&amp;quot; STAFF соответствует установленному образцу. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутри удостоверение имеет бумажную вклейку из офсетной бумаги плотностью 60 г/м2 с графами для заполнения.</t>
+  </si>
+  <si>
+    <t>392495</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b19/hm77r3wfx8a9qzt7lvs9a1ff7ayme8mi.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot;  Форма 112 , твердая, 96 л., А5  205х150 мм , BRAUBERG, офсет, универсальная, 30173, 130173</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А5 &amp;#40;205х150 мм&amp;#41; содержит 96 листов офсетной бумаги. Твердая обложка с матовой ламинацией в сочетании с книжным переплетом обеспечивает изделию хорошую износоустойчивость. Горизонтальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5e/jaejo4cmr7dr6o4l2lis6yftir26fixz.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot;  Форма 112 , бумвинил, 96 л., А5  205х150 мм , BRAUBERG, офсет, красная, 130174</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А5 &amp;#40;205х150 мм&amp;#41; содержит 96 листов офсетной бумаги. Обложка из бумвинила в сочетании с книжным переплетом обеспечивает изделию хорошую износоустойчивость. Горизонтальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a4/qme52u8b1sawyfau4p6lwfvjstjpj6wy.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , 16 л., А4  198x278 мм , BRAUBERG, офсет, синяя, 130189</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка BRAUBERG является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А4 &amp;#40;200х280 мм&amp;#41; содержит 16 листов офсетной бумаги. Мягкая обложка из мелованного картона и скрепление с помощью скрепок делают изделие износоустойчивым и удобным для хранения. Вертикальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423341</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/417/hnuoidgz9dxuajps5l0cv6wknuhntz5f.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , 16 л., А4  198x278 мм , BRAUBERG, офсет, красная, 130190</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А4 &amp;#40;200х280 мм&amp;#41; содержит 16 листов офсетной бумаги. Мягкая обложка из мелованного картона и скрепление с помощью скрепок делают изделие износоустойчивым и удобным для хранения. Вертикальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/7ylx47mwv25xc6kca24dvtvvypf5u5zt.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , А4,  198х278 мм , 16 л., STAFF, белая, 130210</t>
+  </si>
+  <si>
+    <t>423343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f5/xvwxqftoryi84mrz6ti8yewp31q2qp0d.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , А4  198х278 мм , 16 л., STAFF, универсальная, 130211</t>
+  </si>
+  <si>
+    <t>423344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c27/c2751dce591bcccff60c67d4444ae334.jpeg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Ресторанный счет quot; 97 200мм,2-слойный, 50 экз., картонная обложка с подложкой</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Ресторанный счет&amp;quot; в картонной обложке с подложкой. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе.&amp;nbsp;&amp;nbsp;Благодаря картонной подложке, даже при сильном нажите текст отпечатается на нужном количестве листов. Бланки изготовлены из офсетной бумаги. В склейке 50 экземпляров.. Индивидуальная упаковка в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>427977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d21/d21a39e4bd20628e9d8a6dbc4f85c620.jpeg</t>
+  </si>
+  <si>
+    <t>Медицинская карта амбулаторного больного Учитель-Канц, 48л, А5, блок писчая бумага, ф.025 у</t>
+  </si>
+  <si>
+    <t>Медицинская карта пациента, получающего медицинскую помощь в амбулаторных условиях, форма №025/у от 15 декабря 2014 г. №834.&amp;nbsp;&amp;nbsp; Формат А5, блок- 48 листов, писчая бумага 60 г/м2, обложка- офсетная бумага 160 г/м2. Скрепление - скрепка.</t>
+  </si>
+  <si>
+    <t>427984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/175/175824d43959902e95afefe577212045.jpeg</t>
+  </si>
+  <si>
+    <t>Медицинская карта амбулаторного больного Учитель-Канц, 100л, А5, блок газетка, ф.025 у-04</t>
+  </si>
+  <si>
+    <t>Медицинская карта пациента, получающего медицинскую помощь в амбулаторных условиях, форма №025/у-04 &amp;#40;утверждена Приказом Минздрава России от 15 декабря 2014 года №834н&amp;#41;. Формат А5, блок- 100 листов, газетка 45 г/м2, обложка- мелованнй картон, припрессовка матовой пленкой, 200 г/м2. Скрепление - склейка.</t>
+  </si>
+  <si>
+    <t>427985</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cf/9cf0f332e572e22a9f1b92cc5c8ea296/5ffd9731429954462c5e2f878fcae317.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Накладная quot; А5, 3-слойный, 50 экз.</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Накладная&amp;quot; формата А5. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на двух низлежащих листах. Бланки изготовлены из офсетной бумаги. В склейке 50 экземпляров. Индивидуальная упаковка в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>557511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34f/34fcbe8d9fbe988e215461ecc86f82d2/574f5b565eeb9f1cf13b561a8e79d68f.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Накладная quot; OfficeSpace, А5, 2-слойный, 50 экз.</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Накладная&amp;quot; формата А5. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе. Бланки изготовлены из офсетной бумаги и склеены в книгу по 50 листов, упакованную в пленку.</t>
+  </si>
+  <si>
+    <t>557512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e72/e72175c9f26c4f74cb7c9a0af7b7b5ad/c564976d5ed7cf1014b70e04759f655d.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка Учитель-Канц, 16л, А4, блок офсет</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка. Размер - 285x197мм. Обложка - мелованный картон, 215 г/м2. Переплёт - мягкий, крепление - скрепка. Блок - офсетная бумага, 65 г/м2, 16 листов.</t>
+  </si>
+  <si>
+    <t>557515</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa9/aa9a0e5ccaaab0635afcc326f068287d/b78ddf15f4e0bf51051ab4fdf735ac82.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Личная карточка обучающегося quot;  А4, 2л., блок офсет</t>
+  </si>
+  <si>
+    <t>Личная карточка обучающегося. Формат А4. 2 листа. Офсетная бумага.</t>
+  </si>
+  <si>
+    <t>557516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b44/b4462088b52c4c5ab8b850a014a7d116/1373e148d6e76cbec936632966540e81.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках 6л., A5, на скрепке, блок офсет</t>
+  </si>
+  <si>
+    <t>Книга для учета профилактических прививках. Обложка - бумага офсетная плотностью 120 г/м2. Внутренний блок - офсетная бумага плотностью 65 г/м2. Вид крепления - скрепка</t>
+  </si>
+  <si>
+    <t>557517</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/126/45pxq5uno175iuj2yef1ke5y8na9pbik.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский офсет плотный,  quot;Личная карточка обучающегося quot;, А4, 2 л., BRAUBERG, 130194</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Личная карточка обучающегося&amp;quot; STAFF соответствует установленному образцу. Бумага офсетная плотностью 120 г/м2. Бланк формата А4 состоит из 4 страниц. Cоответствует государственным стандартам документального ведения учета. Формат А4 &amp;#40;200х275 мм&amp;#41;. Поставляется в комплекте по 50 штук в термоусадочной пленке &amp;#40;количество вложений 25 шт по 2 листа&amp;#41;.</t>
+  </si>
+  <si>
+    <t>563298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdc/cdc51738388cd9ddd32b9de3e1fbea7d/45286400199ce17a78623e586ac7018f.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Товарный чек quot; А6, 2-слойный., 50 экз., картонная обложка с подложкой</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Товарный чек&amp;quot; формата А6 в картонной обложке с подложкой. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе. Благодаря картонной подложке, даже при сильном нажите текст отпечатается на нужном количестве листов. Бланки изготовлены из офсетной бумаги. В склейке 50 экземпляров. Индивидуальная упаковка в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>593249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/a3cc98112f03395343cf6784b9cfc2c6/d0fa4b12d3b396e0bfbc77e5df6b579e.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Товарный чек quot; OfficeSpace, А6, 2-слойный, 50 экз.</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Товарный чек&amp;quot; формата А6. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе. Бланки изготовлены из офсетной бумаги и склеены в книгу по 50 листов, упакованную в пленку.</t>
+  </si>
+  <si>
+    <t>607652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/501/501769ed5d02e60f67509ec971882ee2.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат прививочный 5шт уп</t>
+  </si>
+  <si>
+    <t>Сертификат прививочный 5шт/уп</t>
+  </si>
+  <si>
+    <t>627107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/835/835379b0bbfc1c34a2666b221dfdf565.jpg</t>
+  </si>
+  <si>
+    <t>Удостоверение о проверке знаний пож.-технич.минимума, тверд.обл.бумв 5шт уп</t>
+  </si>
+  <si>
+    <t>Удостоверение о проверке знаний пож.-технич.минимума, тверд.обл.бумв 5шт/уп</t>
+  </si>
+  <si>
+    <t>627108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/134/1347df36640dd4b943247e7c8cd929ce.jpg</t>
+  </si>
+  <si>
+    <t>Удостоверение о проверке знаний требований охр.труда, тверд.обл.бумв 5шт уп</t>
+  </si>
+  <si>
+    <t>Удостоверение о проверке знаний требований охр.труда, тверд.обл.бумв 5шт/уп</t>
+  </si>
+  <si>
+    <t>627109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/389/3895fb510f81f013d686c815f21941ea.jpg</t>
+  </si>
+  <si>
+    <t>Удостоверение обложка мягкая 123616 5шт уп.</t>
+  </si>
+  <si>
+    <t>Удостоверение обложка мягкая 123616 5шт/уп.</t>
+  </si>
+  <si>
+    <t>627110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96c/96c1b3ef7f9cc2c98ef6085e5c0cb63b.jpg</t>
+  </si>
+  <si>
+    <t>Табель учета рабочего времени  Т-13  А3 с оборотом, бл-офсет 65гр. 100шт уп.</t>
+  </si>
+  <si>
+    <t>Табель учета рабочего времени &amp;#40;Т-13&amp;#41; А3 с оборотом, бл-офсет 65гр. 100шт/уп.</t>
+  </si>
+  <si>
+    <t>628973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/071/071d004ee4bbca2e78beba8a67b487b3.jpg</t>
+  </si>
+  <si>
+    <t>Зачетная книжка классификационная спортсменов II,III и юнош.разряд 10шт уп.</t>
+  </si>
+  <si>
+    <t>Зачетная книжка классификационная спортсменов II,III и юнош.разряд 10шт/уп.</t>
+  </si>
+  <si>
+    <t>634449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e2/2e26579fbc6a5fc5cf9bbff0e44e0e8d.jpg</t>
+  </si>
+  <si>
+    <t>Студенческий билет для ВУЗ, твердая обложка бумвинил 5шт уп.</t>
+  </si>
+  <si>
+    <t>Студенческий билет для ВУЗ, твердая обложка бумвинил 5шт/уп.</t>
+  </si>
+  <si>
+    <t>634451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/629/629419a548d1cd19be843a16cb0f9a06.jpg</t>
+  </si>
+  <si>
+    <t>Студенческий билет для СПО, твердая обложка бумвинил 5шт уп.</t>
+  </si>
+  <si>
+    <t>Студенческий билет для СПО, твердая обложка бумвинил 5шт/уп.</t>
+  </si>
+  <si>
+    <t>634452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f3/9f3fbf108f7a65cc63bb2a37fa286192.jpg</t>
+  </si>
+  <si>
+    <t>Удостоверение, твердая обложка бумвинил 5шт уп.</t>
+  </si>
+  <si>
+    <t>Удостоверение, твердая обложка бумвинил 5шт/уп.</t>
+  </si>
+  <si>
+    <t>634453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cb/0cb6524eab1f8c15424e595aa94bb917.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках  Форма   156 у-93 , 12 л., А6 95x140 мм, STAFF, 130253</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках соответствует государственным стандартам документального ведения учета и утвержден Министерством здравоохранения Российской Федерации. Бланк формата А6 &amp;#40;97х142 мм&amp;#41; формы № 156/у-93 содержит 12 листов офсетной бумаги. Горизонтальная ориентация. Предназначен для медицинских учреждений.</t>
+  </si>
+  <si>
+    <t>642325</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/607/ocyg9iu51q8vje0u3fqoqwqhi1tj0t66.jpg</t>
-[...1040 lines deleted...]
-    <t>642325</t>
+    <t>http://anytos.ru//upload/iblock/ade/adecb2a0c4e56ca9fb63c8a7bebcbfa9.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках  Форма   156 у-93 , 6 л., А5 140x195 мм, STAFF, 130252</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках соответствует государственным стандартам документального ведения учета и утвержден Министерством здравоохранения Российской Федерации. Бланк формата А5 &amp;#40;140х200 мм&amp;#41; формы № 156/у-93 содержит 6 листов офсетной бумаги. Вертикальная ориентация. Предназначен для медицинских учреждений.</t>
+  </si>
+  <si>
+    <t>642326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eae/eaee98bf685fec066444d69f95c6b3e7.jpg</t>
   </si>
   <si>
     <t>Зачетная книжка для ВУЗ Attache, твердая обложка бумвинил 5шт уп</t>
   </si>
   <si>
     <t>Зачетная книжка для ВУЗ Attache, твердая обложка бумвинил 5шт/уп</t>
   </si>
   <si>
     <t>647852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/4cnkslxjpm8w1k40skzej8ui6z1cvazd.jpg</t>
   </si>
   <si>
     <t>Удостоверение о проверке правил работы в электроустановках, 5шт уп</t>
   </si>
   <si>
     <t>Удостоверение о проверке правил работы в электроустановках, 5шт/уп</t>
   </si>
   <si>
     <t>715836</t>
   </si>
@@ -1318,708 +1363,675 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0d2/81ggpu45uy216ymov75bjh17txinvac2.jpg</t>
   </si>
   <si>
     <t>Бланк медицинский рецептурный, форма 148-1 у-88, А5, 135х195 мм, СКЛЕЙКА, 100 штук, офсет, STAFF, 130274</t>
   </si>
   <si>
     <t>Бланк медицинский STAFF рецептурный формы 148-1/у-88 соответствует государственным стандартам документального ведения учета и утвержден Министерством здравоохранения Российской Федерации. Изготовлен из офсетной бумаги плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Формат А5 &amp;#40;140х195 мм&amp;#41;. Вертикальная ориентация.Предназначен для медицинских учреждений. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке.</t>
   </si>
   <si>
     <t>906121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9c/2oxv60t2pkbeog0cwr52ozlqyp49rb9x.jpg</t>
   </si>
   <si>
     <t>Бланк, офсет,  quot;Путевой лист автобуса quot;, А4  198х275 мм , СПАЙКА 100 шт., STAFF, 130271</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Путевой лист автобуса&amp;quot; STAFF соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бланк изготовлен из офсетной бумаги плотностью 65 г/м2. Внутренний блок проклеен по одному краю. В путевом листе содержатся графы, которые соответствуют требованиям учета времени въезда и выезда, расхода топлива и др. Формат А4 &amp;#40;198х275 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
   </si>
   <si>
     <t>906124</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e2e/uw3852ifcth1ca0dqxgkre318990tg6l.jpg</t>
-[...8 lines deleted...]
-    <t>926034</t>
+    <t>http://anytos.ru//upload/iblock/b68/i6mri92m4bh28b0x1zwp10q9nhzg23cb.jpg</t>
+  </si>
+  <si>
+    <t>Бланки самокопирующие Накладная 150л А5 3сл книжка 50 бланков уп КЖ-1667а</t>
+  </si>
+  <si>
+    <t>Бланки самокопирующие Накладная 150л А5 3сл книжка 50 бланков/уп КЖ-1667а</t>
+  </si>
+  <si>
+    <t>932132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3eb/i4pqixj04u7figje8orrbz2y1bpv38l4.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Трудовая книжка Гознак</t>
+  </si>
+  <si>
+    <t>Форма бланка утверждена Приказом Минтруда России от 19.05.2021 №320н, вводится в действие с 1 января 2023 г. Защитный комплекс трудовой книжки включает в себя двухтоновой водяной знак, защитные волокна, бумага имеет две химические защиты – от вытравливания и для идентификации подлинности. На листы книжки нанесена гильоширная сетка, невидимая уф-краска, имеется ирисный переход и микротекст. Документ сшит защищенными нитками специальным швом, что исключает возможность замены листов. Бланк имеет 14 разворотов в разделе со сведениями о работе и 7 разворотов в разделе награждения.</t>
+  </si>
+  <si>
+    <t>939895</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/goznak/"&gt;Гознак&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f8/eqykk0qn3ugctf4zyklrquug2ss1kzb1.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Вкладыш в трудовую книжку Гознак</t>
+  </si>
+  <si>
+    <t>Бланк-вкладыш в трудовую книжку установленного образца с уникальным семизначным номером, форма которых утверждена приказом Минтруда России от 19.05.2021 №320н, вводится в действие с 1 января 2023 г.Бланк вкладыша имеет соответствующую степень защиты. 12 разворотов в разделе со сведениями о работе и 5 разворотов в разделе награждения.</t>
+  </si>
+  <si>
+    <t>941860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5a/j4rkrs38vsm1opzsuv2p6x9d6i4nmb67.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Вкладыш к трудовой книжке  новый 2023г </t>
+  </si>
+  <si>
+    <t>Бланк Вкладыш к трудовой книжке &amp;#40;новый 2023г&amp;#41;</t>
+  </si>
+  <si>
+    <t>950242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/844/8bzfpljn2gjntm6oy3fw6muezbotw8o8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Трудовая книжка  новый 2023г </t>
+  </si>
+  <si>
+    <t>Бланк Трудовая книжка &amp;#40;новый 2023г&amp;#41;</t>
+  </si>
+  <si>
+    <t>950244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28b/e4gbrsfxprumidhee0oelvciuip8npto.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Формуляр читателя  взрослый  офсет КЖ-104 1 10шт уп</t>
+  </si>
+  <si>
+    <t>Бланк Формуляр читателя &amp;#40;взрослый&amp;#41; офсет КЖ-104/1 10шт/уп</t>
+  </si>
+  <si>
+    <t>950245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/345/6w8glvg39o54b0f2avsgi8we0x0u4csu.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская стомат, А5, обл.карт, форма 043 У- 1030, КЖ-791 10шт уп</t>
+  </si>
+  <si>
+    <t>Карта медицинская стомат, А5, обл.карт, форма 043/У-№1030, КЖ-791 10шт/уп</t>
+  </si>
+  <si>
+    <t>950246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d7/i0lmfzkanul2gzrc8uhacaj3kwfa0rn5.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка, А4, обл. мягк, цв, офс, блок, КЖ-112,КЖ-112к 2шт уп</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка, А4, обл. мягк, цв, офс, блок, КЖ-112,КЖ-112к 2шт/уп</t>
+  </si>
+  <si>
+    <t>962037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba6/d4wpd34plho69h1tsy4obib5sh3j1s4w.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская пациента, получ.мед.помощь в амбул.услов КЖ-412 1,10шт уп</t>
+  </si>
+  <si>
+    <t>Карта медицинская пациента, получ.мед.помощь в амбул.услов КЖ-412/1,10шт/уп</t>
+  </si>
+  <si>
+    <t>962039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14f/w8c6lcshvxb24ahqu9n80err2qdif8i1.jpg</t>
+  </si>
+  <si>
+    <t>Паспорт ветеринарный международный А5 10л офсет, обложка мелов. 4шт уп</t>
+  </si>
+  <si>
+    <t>Паспорт ветеринарный международный А5 10л офсет, обложка мелов. 4шт/уп</t>
+  </si>
+  <si>
+    <t>962042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/jh81fp19pk1p597gj67uxv3m0o2v8h7a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Путевой лист груз.авто номерной  книж.100л.  4П в термоусад  30089 </t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист груз.авто номерной &amp;#40;книж.100л.&amp;#41; 4П в термоусад &amp;#40;30089&amp;#41;</t>
+  </si>
+  <si>
+    <t>962043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac0/w619whs99rc3au04d3uumbdpdcddidyt.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Путевой лист легк.авто  книж.100л.  в термоус.офсет  67001 </t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист легк.авто &amp;#40;книж.100л.&amp;#41; в термоус.офсет &amp;#40;67001&amp;#41;</t>
+  </si>
+  <si>
+    <t>962044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2b/m979byhcvp0v0khfbl3y92kbm154s60z.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Путевой лист груз.авто  книж.1 00л.  4-П термоус.офсет  741257 </t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист груз.авто &amp;#40;книж.1 00л.&amp;#41; 4-П термоус.офсет &amp;#40;741257&amp;#41;</t>
+  </si>
+  <si>
+    <t>962045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/431/p98de57p55mhdpc6ydptc5253tu3eyh2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Путевой лист легк.авто  книж.100л , газетн.бум, 20 блоков уп  1081334 </t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист легк.авто &amp;#40;книж.100л&amp;#41;, газетн.бум, 20 блоков/уп &amp;#40;1081334&amp;#41;</t>
+  </si>
+  <si>
+    <t>962046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/156/kja3013gx4uwhvjald53am4xtlj4r0oq.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Карточка гражданина подлежащего воинскому учету  форма   10 , А4, офсет, 100 экз., в пленке т у</t>
+  </si>
+  <si>
+    <t>Бланк Карточка гражданина подлежащего воинскому учету &amp;#40;форма № 10&amp;#41;, А4, офсет, 100 экз., в пленке т/у</t>
+  </si>
+  <si>
+    <t>966116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/822/k5zo402oajxdnj8gulmnczd5iw6dal1l.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист автобуса  форма  6 , А4, офсет, 100 экз., в пленке т у</t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист автобуса &amp;#40;форма №6&amp;#41;, А4, офсет, 100 экз., в пленке т/у</t>
+  </si>
+  <si>
+    <t>966117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/774/zvj3zk9imppqywgnoadif11tsaj4t2yh.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист автобуса необщего пользования  форма  6 , А4, офсет, 100 экз., в пленке т у</t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист автобуса необщего пользования &amp;#40;форма №6&amp;#41;, А4, офсет, 100 экз., в пленке т/у</t>
+  </si>
+  <si>
+    <t>966118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/856/vtj32n3dl8opeyjq7s2jo2td2r980jql.jpg</t>
+  </si>
+  <si>
+    <t>Бланк медицинский рецептурный  форма 107-1 у , А5, офсет, 100 экз., в пленке т у</t>
+  </si>
+  <si>
+    <t>Бланк медицинский рецептурный &amp;#40;форма 107-1/у&amp;#41;, А5, офсет, 100 экз., в пленке т/у</t>
+  </si>
+  <si>
+    <t>966119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e92/or95ydh1iid27d41lj0fh9y1l8pnn75o.jpg</t>
+  </si>
+  <si>
+    <t>Бланк медицинский рецептурный  форма 148-1 у-88 , А5, офсет, 100 экз., в пленке т у</t>
+  </si>
+  <si>
+    <t>Бланк медицинский рецептурный &amp;#40;форма 148-1/у-88&amp;#41;, А5, офсет, 100 экз., в пленке т/у</t>
+  </si>
+  <si>
+    <t>966120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d4/znhhevwt7wihoc5khff7ep3qqbjw8dqz.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 96л, А5  215 150мм , форма 112 у, блок офсет, для девочки</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; OfficeSpace, 96л, А5 &amp;#40;215*150мм&amp;#41;, форма 112/у, блок офсет, для девочки</t>
+  </si>
+  <si>
+    <t>966121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eea/0246k3h408ibqkuxhfdfmiftxs4qti8r.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 96л, А5  215 150мм , форма 112 у, блок офсет, для мальчика</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; OfficeSpace, 96л, А5 &amp;#40;215*150мм&amp;#41;, форма 112/у, блок офсет, для мальчика</t>
+  </si>
+  <si>
+    <t>966122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1d/ndmia3gzotwg37dx7qk1dnppui5fjlrq.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 96л, А5  215 150мм , форма 112 у, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; OfficeSpace, 96л, А5 &amp;#40;215*150мм&amp;#41;, форма 112/у, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>966123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab1/tphf7ouhr77c0ixox9uj0v078so29i3g.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка OfficeSpace, 16л, А4  205 290мм , форма 026 у-2000, блок офсет, для девочки</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка OfficeSpace, 16л, А4 &amp;#40;205*290мм&amp;#41;, форма 026/у-2000, блок офсет, для девочки</t>
+  </si>
+  <si>
+    <t>966124</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1e/nreomsqal3pmb47af1n3mubtzxi3edtr.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка OfficeSpace, 16л, А4  205 290мм , форма 026 у-2000, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка OfficeSpace, 16л, А4 &amp;#40;205*290мм&amp;#41;, форма 026/у-2000, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>966126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec5/itm4tl1fpl8dnm6fjvv3tr9fbyfgjfqj.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках OfficeSpace, 8л, А6  105 148мм , форма 156 у-93, блок офсет, для мальчика</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках OfficeSpace, 8л, А6 &amp;#40;105*148мм&amp;#41;, форма 156/у-93, блок офсет, для мальчика</t>
+  </si>
+  <si>
+    <t>966127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/236/iofzpcky5e0mx63u1lelyl2icm37duss.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6  105 148мм , форма 156 у-93, блок офсет, для девочки</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6 &amp;#40;105*148мм&amp;#41;, форма 156/у-93, блок офсет, для девочки</t>
+  </si>
+  <si>
+    <t>966128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/853/1qfi3mf80d94e00l9q3f3f7s6c6mfgqo.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6  105 148мм , форма 156 у-93, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6 &amp;#40;105*148мм&amp;#41;, форма 156/у-93, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>966129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c4/eljw2gi0ol4p8gr5yg214e7xijlrtehe.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Карточка учета выдачи СИЗ, А5 офсет 50шт упак 1205160</t>
+  </si>
+  <si>
+    <t>Бланк Карточка учета выдачи СИЗ, А5 офсет 50шт/упак 1205160</t>
+  </si>
+  <si>
+    <t>973054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/578/hwz5sl7v9i7sfxoyamkodp2znemerxtu.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бланк Путевой лист грузового автомобиля, Офсет  книж.100л.  4C, в термоусад  509950 </t>
+  </si>
+  <si>
+    <t>Бланк Путевой лист грузового автомобиля, Офсет &amp;#40;книж.100л.&amp;#41; 4C, в термоусад &amp;#40;509950&amp;#41;</t>
+  </si>
+  <si>
+    <t>973055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a3/tom7uqb4bkbntab9vrndh3xsgiyj7mxi.jpg</t>
+  </si>
+  <si>
+    <t>Удостоверение о присвоении квалификац  профессии  тверд.облож бумвинил 5шт уп</t>
+  </si>
+  <si>
+    <t>Удостоверение о присвоении квалификац &amp;#40;профессии&amp;#41; тверд.облож бумвинил 5шт/уп</t>
+  </si>
+  <si>
+    <t>987352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f4/kdnxke6b2h6m29ns1blbfssrbwpdq247.jpg</t>
+  </si>
+  <si>
+    <t>Удостоверение стропальщика твердая обложка бумвинил 5шт уп</t>
+  </si>
+  <si>
+    <t>Удостоверение стропальщика твердая обложка бумвинил 5шт/уп</t>
+  </si>
+  <si>
+    <t>987353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42f/cnlr2k11id36v9po07a7mkv2128fo5kx.jpg</t>
+  </si>
+  <si>
+    <t>Бланки самокопирующие Товарный чек 2-сл. Attache 50 бланков х 5 книжек уп</t>
+  </si>
+  <si>
+    <t>Бланки самокопирующие Товарный чек 2-сл. Attache 50 бланков х 5 книжек/уп</t>
+  </si>
+  <si>
+    <t>987354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04e/lrt43prqybgr0ani7ba5jikrxno18pme.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка А4, обл.мягк, офсет, синий КЖ-112 2шт уп</t>
+  </si>
+  <si>
+    <t>Карта медицинская ребенка А4, обл.мягк, офсет, синий КЖ-112 2шт/уп</t>
+  </si>
+  <si>
+    <t>987357</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49d/jv2mzh6pdw2zdlibbh7p5qdu99221g15.jpg</t>
+  </si>
+  <si>
+    <t>Карта медицинская история развития ребенка А5, обл. офсет, фиол, ф.112 У КЖ-180 2шт уп</t>
+  </si>
+  <si>
+    <t>Карта медицинская история развития ребенка А5, обл. офсет, фиол, ф.112/У КЖ-180 2шт/уп</t>
+  </si>
+  <si>
+    <t>987358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/659/imf9j7nez75ve824nt5tuh5vm3te6ogr.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках красный А6 24л КЖ-401а 2шт уп</t>
+  </si>
+  <si>
+    <t>Сертификат о профилактических прививках красный А6 24л КЖ-401а 2шт/уп</t>
+  </si>
+  <si>
+    <t>987359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/264/x1o0nxpoio55q2zbxl3znb6kpwuit6zm.jpg</t>
+  </si>
+  <si>
+    <t>Бланк-вкладыш ТРУДОВАЯ КНИЖКА Гознак А6 1 сл. 18 л. мел. карт. офс.</t>
+  </si>
+  <si>
+    <t>1006757</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/goznak-s-pb/"&gt;Гознак С-Пб&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd9/rbgq2lxiy1j02uflvvbgunmvjjkz427q.jpg</t>
+  </si>
+  <si>
+    <t>Бланк ТРУДОВАЯ КНИЖКА Гознак А6 1 сл. 22 л. тв.обл. офс.</t>
+  </si>
+  <si>
+    <t>1006758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11f/pklw9d51f6j9wnp2882m2u45t75v1iyb.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Авансовый отчет нового образца quot;,  195х270 мм , СКЛЕЙКА 100 шт., 130012</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Авансовый отчет&amp;quot; соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>1014131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fc/l2m3dbucomksyj4jwx8hyae376nvfckk.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Накладная quot;, А5  134х192 мм , СКЛЕЙКА 100 шт., 130011</t>
+  </si>
+  <si>
+    <t>Бланк соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>1014133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57f/wiiortnmo795vpm7yy3m0d3ggkii4ulj.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Приходно-кассовый ордер quot;, А5  138х197 мм , СКЛЕЙКА 100 шт., 130004</t>
+  </si>
+  <si>
+    <t>1014134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36d/rgq7ky9s0fzsfgoblcmncc2bqardaxgr.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Путевой лист грузового автомобиля без талона quot;,  200х272 мм , СКЛЕЙКА 100 шт., 130007</t>
+  </si>
+  <si>
+    <t>1014135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/374/unehvxpjo27g77csj5wva2d72k4c8edj.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Путевой лист грузового автомобиля с талоном quot;, А4  198х275 мм , СПАЙКА 100 шт., 130137</t>
+  </si>
+  <si>
+    <t>Бухгалтерские бланки соответствуют государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>1014136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae0/4ltqhkn53tle7g40puyfm1bs2etqeop6.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Путевой лист легкового автомобиля quot;, А5  140х197 мм , СКЛЕЙКА 100 шт., 130045</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Путевой лист легкового автомобиля&amp;quot; соответствует установленному образцу.</t>
+  </si>
+  <si>
+    <t>1014137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f8/rk7aoqgbr00zozbaq9o9lyd8gg6fmhbx.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Расходно-кассовый ордер quot;, А5  134х192 мм , СКЛЕЙКА 100 шт., 130005</t>
+  </si>
+  <si>
+    <t>1014138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/416/cxxiqr8cpvz681p8nw7a2jn3unbt0bpx.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Товарный чек quot;, А6  97х134 мм , СКЛЕЙКА 100 шт., 130015</t>
+  </si>
+  <si>
+    <t>1014139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75e/28sxafz5a2ezx57vk196pv2k5eiw90j4.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет плотный,  quot;Карточка учета материалов quot;, ф-М17, А5  147х208 мм , КОМПЛЕКТ 50 шт., 130138</t>
+  </si>
+  <si>
+    <t>1014140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e4/bknhpw31tzjs3b7j6b52lpvkzhgyvbvk.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет,  quot;Требование-накладная quot;  Форма М-11 , А5  154х216 мм , СПАЙКА 100 шт., 671120</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю.</t>
+  </si>
+  <si>
+    <t>1014141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c22/h9s3u4tncsizzdv5jvi7kof5qslx43or.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, 2-слойный самокопирующийся,  quot;Накладная quot;, А5  147х207 мм , СПАЙКА 50 шт., 130051</t>
+  </si>
+  <si>
+    <t>Позволяет быстро получить копию документа при заполнении оригинала шариковой ручкой или на матричном принтере. 50 штук в склейке.</t>
+  </si>
+  <si>
+    <t>1014142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/881/8zybaa5ph0qi88y1us0i0y20mdbs3xqs.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, 2-слойный самокопирующийся,  quot;Ресторанный счет quot;,  97х200 мм , СПАЙКА 50 шт., 130086</t>
+  </si>
+  <si>
+    <t>Двухслойный самокопирующийся бланк позволяет автоматически получить копию документа при заполнении оригинала шариковой ручкой или на матричном принтере. 50 бланков в склейке.</t>
+  </si>
+  <si>
+    <t>1014143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/138/bmt32bllayb38gjq8ww109vwkpmn7n31.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, 2-слойный самокопирующийся,  quot;Товарный чек quot;, А6  100х147 мм , СПАЙКА 50 шт., 130050</t>
+  </si>
+  <si>
+    <t>1014144</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edd/82i450ua595iyi6ooogqw1712blc3wgp.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, 2-х слойный самокопирующийся с подложкой,  quot;Накладная quot;, А5  147х207 мм , СПАЙКА 50 шт., 130152</t>
+  </si>
+  <si>
+    <t>Кооперирующиеся бланки позволяют автоматически получить копию документа при заполнении оригинала. Конструкция обложки позволяет прокладывать бланки, чтобы даже при сильном нажиме надписи отпечатывались только на заданном числе бланков. 50 бланков в склейке.</t>
+  </si>
+  <si>
+    <t>1014145</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27d/taiu6skg8v2e3vv6x9bixn3a1n1hrv0s.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, 2-х слойный самокопирующийся с подложкой,  quot;Товарный чек quot;,  100х147 мм , СПАЙКА 50 шт., 130154</t>
+  </si>
+  <si>
+    <t>Самокопирующиеся бланки позволяют автоматически получить копию документа при заполнении оригинала. Конструкция обложки позволяет прокладывать бланки, чтобы даже при сильном нажиме надписи отпечатывались только на заданном числе бланков. 50 бланков в склейке.</t>
+  </si>
+  <si>
+    <t>1014146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a04/e1cvgxc8lpvtco0gknktmzmte7xkzzzk.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, 3-слойный самокопирующийся,  quot;Накладная quot;, А5  147х207 мм , СПАЙКА 50 шт., 130128</t>
+  </si>
+  <si>
+    <t>Двух и трехслойные самокопирующиеся бланки позволяют автоматически получить копию документа при заполнении оригинала шариковой ручкой или на матричном принтере. 50 штук в склейке.</t>
+  </si>
+  <si>
+    <t>1014147</t>
   </si>
   <si>
     <t>3</t>
-  </si>
-[...643 lines deleted...]
-    <t>1014147</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f4/r28y715zh3xc9g00efqkn3s1guvt9t0g.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский, офсет, 3-х слойный самокопирующийся с подложкой,  quot;Накладная quot;, А5  147х207 мм , СПАЙКА 50 шт., 130155</t>
   </si>
   <si>
     <t>1014148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/594/5w7y389168bq9ep0wqjiuzi0d7z91pjb.jpg</t>
   </si>
   <si>
     <t>Бланк документа  quot;Вкладыш в трудовую книжку quot;, 88х125 мм, ГОЗНАК</t>
   </si>
   <si>
     <t>Бланк документа &amp;quot;Вкладыш в трудовую книжку&amp;quot; соответствует установленному образцу. Материал изготовления:- бумага для форзаца массой 165 г/м2 специальная с содержанием трех видов защитных волокон;- бумага для внутренних листов массой 75 г/м2, с водяным знаком «ТК» с 2-мя видами защитных волокон, имеет защиту от воздействия химических реагентов.Обложка изготовлена из офсета голубого цвета плотностью 200 г/м2. Надпись на обложке выполнена посредством печати краской черного цвета. Для шитья используются полиамидные окрашенные швейные нити «Биколор-2» и нитки армированные 65 ЛХ 3-х слойные. Способ печати офсетный:- внутренние листы и форзац - две нераппортные гильоширные сетки, одна из них с ирисом;- текст - метамерные краски, на всех страницах печать бесцветной краской, светящейся в УФ- лучах.Номер семизначный – выполняется высоким способом печати защитной краской красного цвета. Объем – 36 внутренних страниц. Форма вкладыша в трудовую книжку утверждена постановлением правительства РФ № 320н от 19.05.2021 года.</t>
   </si>
   <si>
     <t>1014149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f1/5clbgavvu8ivwggs5xotqvk0hjy7frav.jpg</t>
   </si>
@@ -2379,3720 +2391,3737 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J164"/>
+  <dimension ref="A1:M164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="F164" sqref="F164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G9" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>26</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...12 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G11" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>26</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C16" s="1"/>
-[...20 lines deleted...]
-      <c r="C17" s="1" t="s">
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...926 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>242</v>
+        <v>17</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>248</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F61" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="G61" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F62" s="3" t="s">
+      <c r="G81" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="G62" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F63" s="3" t="s">
+      <c r="G82" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F85" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="G63" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F64" s="3" t="s">
+      <c r="G85" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="G64" s="3" t="s">
-[...504 lines deleted...]
-      </c>
       <c r="G86" s="3" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>248</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>14</v>
+        <v>254</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F98" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="G98" s="3" t="s">
-[...182 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>444</v>
+        <v>254</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>449</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>444</v>
+        <v>248</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>453</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F111" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="G111" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...15 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>242</v>
+        <v>454</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>242</v>
+        <v>454</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>149</v>
+        <v>248</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>149</v>
+        <v>248</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...15 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>242</v>
+        <v>151</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>586</v>
+        <v>248</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C145" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="F145" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...9 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G145" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B148" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C148" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B151" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B157" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="C157" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B161" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C162" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">