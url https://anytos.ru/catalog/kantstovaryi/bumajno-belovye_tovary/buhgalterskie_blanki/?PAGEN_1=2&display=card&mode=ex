--- v1 (2026-01-09)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="666">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="576">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -82,101 +82,107 @@
 Формат&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;A6. &lt;br /&gt;
 Размер&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;110*143 мм. &lt;br /&gt;
 Количество экземпляров&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;50. &lt;br /&gt;
 Внутренний блок&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;самокопирующаяся бумага. &lt;br /&gt;
 Самокопирующийся&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;да. &lt;br /&gt;
 Двусторонний&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;нет. &lt;br /&gt;
 Утвержденная форма&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;нет. &lt;br /&gt;
 Плотность внутреннего блока&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;55 г/кв.м. &lt;br /&gt;
 Печать блока&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;1 краска. &lt;br /&gt;
 Тип скрепления&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;склейка. &lt;br /&gt;
 Ориентация&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;горизонтальная. </t>
   </si>
   <si>
     <t>Бухгалтерские бланки</t>
   </si>
   <si>
     <t>216197</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e9c/e9cfc6840d9c71eb51a23aa7ae6ae74b.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Карточка личная quot; А3  форма Т-2 , 50 экз., в пленке т у: B-KL3-21-1_508 штр.:  4610008525083</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Карточка личная&amp;quot; А3 &amp;#40;форма Т-2&amp;#41;, 50 экз., в пленке т/у: B-KL3-21-1_508</t>
+  </si>
+  <si>
+    <t>236371</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ea/v8urgztfuifela9en39mc0yfjjjtblib.jpg</t>
   </si>
   <si>
     <t>Бланк  Товарный чек А5  2х-сл самокопир.: SC-TCH штр.: 4602723048503</t>
   </si>
   <si>
     <t>107922</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae8/41fhfa0ifngx504i3dxd2liljd0loj3b.jpg</t>
   </si>
   <si>
     <t>Бланк ДОВЕРЕННОСТЬ А5  100 л. газет.: Д1 штр.: 4607094135074</t>
   </si>
   <si>
     <t>Бланки предназначены для отчетности и бухгалтерии. Они собраны в блоки. По однму торцу склеены.</t>
   </si>
   <si>
     <t>107924</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kartonpak/"&gt;Картонпак&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89a/ygwfnbgz862qufyfdgbr07y4wv3757z6.jpg</t>
   </si>
   <si>
     <t>Бланк ЛИЧНАЯ КАРТОЧКА Т2: Л К штр.: 4607094135081</t>
   </si>
   <si>
     <t>107928</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e2c/q3gcncb21ris64ievnvdnttk14qkc80i.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/14b/o7u2iz9vv6t0zsbm3rdzmb0y2grait5v.jpg</t>
   </si>
   <si>
     <t>Бланк Приходный касовый  ордер  форма КО-1    П К</t>
   </si>
   <si>
     <t>107931</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3e/vd048n2gvg7gts1jsrszesck1tn2e6th.jpg</t>
   </si>
   <si>
     <t>Бланк Путевой лист Г А с талоном: П4 штр.: 4607094135296</t>
   </si>
   <si>
     <t>107933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c72/he9s2983jqvao2bugyil4cpj26djw8tb.jpg</t>
   </si>
   <si>
     <t>Бланк Путевой лист легкового а м: ПЛ ЛА штр.: 4607094135128</t>
   </si>
   <si>
     <t>107934</t>
@@ -415,50 +421,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9bc/9bc4799de4858b9b3d05d51306940b82.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Товарно транспортная накладная quot; А4  форма 1-Т  оборотный, газетка, 100 экз.: B-TT4-22_463</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Товарно транспортная накладная&amp;quot; А4 &amp;#40;форма 1-Т&amp;#41; оборотный, газетка, 100 экз.: B-TT4-22_463</t>
   </si>
   <si>
     <t>218297</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e38/e3895b59cd077047ad0923a1026f7b21.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Карточка складского учета материалов quot; А5  форма М-17  50 экз., в пленке т у: B-KU5-21-1_507</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Карточка складского учета материалов&amp;quot; А5 &amp;#40;форма М-17&amp;#41; 50 экз., в пленке т/у: B-KU5-21-1_507</t>
   </si>
   <si>
     <t>219230</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/298/2981aa53157b0f1d22fb53cca686110f.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Зачетная книжка quot; для ВУЗ: Bd-ZK_751   168444 штр.:  4610008527513</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Зачетная книжка&amp;quot; для ВУЗ: Bd-ZK_751 / 168444</t>
+  </si>
+  <si>
+    <t>219231</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d0f/d0f9427da8f2194a43282d7d4ef9a8d2.jpg</t>
   </si>
   <si>
     <t>Бланк самокопирующийся  quot;Накладная quot; А5, 2-сл., 50 экз.: B-TN5-с2_506 штр.:  4610008525069</t>
   </si>
   <si>
     <t>Бланк самокопирующийся &amp;quot;Накладная&amp;quot; А5, 2-сл., 50 экз.: B-TN5-с2_506</t>
   </si>
   <si>
     <t>219232</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/50a/50a24c3aa16cc5606635159d0304f9f1.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Накладная quot; А5, газетка, 100 экз.: B-TN5-12_473   161201 штр.:  24610008524738</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Накладная&amp;quot; А5, газетка, 100 экз.: B-TN5-12_473 / 161201 Бланк формата А5. Материал - газетка.</t>
   </si>
   <si>
     <t>219233</t>
@@ -466,50 +484,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/54b/54b6e4f51826fa8a9928e16cdb6ff91d.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Зачетная книжка quot; для среднего профессионального образования: 162452 штр.:  14610008527527</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Зачетная книжка&amp;quot; для среднего профессионального образования: 162452</t>
   </si>
   <si>
     <t>220418</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a01/a0110150b5dccc9dbf3ebfbdb585fdd1.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Расходный кассовый ордер quot; А5  форма КО-2 , газетка, 100 экз., в пленке т у: B-RO5-12-1_500 штр.:  4610008525007</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Расходный кассовый ордер&amp;quot; А5 &amp;#40;форма КО-2&amp;#41;, газетка, 100 экз., в пленке т/у: B-RO5-12-1_500</t>
   </si>
   <si>
     <t>236367</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/13c/13c8c1fc17c9c04d6449ee913ef858c9.jpg</t>
+  </si>
+  <si>
+    <t>Бланк  quot;Пропуск quot;: 168446 штр.:  4607140620844</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Пропуск&amp;quot;: 168446</t>
+  </si>
+  <si>
+    <t>236424</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/975/975fc52b003b5608a5c7e25f93ce3607.jpg</t>
   </si>
   <si>
     <t>Самокоп.бланки Накладная 2-сл. ATTACHE книжка 50 бланков штр.  4607122916798</t>
   </si>
   <si>
     <t>Самокопирующие бланки «Накладная» изготовлены в виде книжки, которая имеет обложку из мелованной глянцевой бумаги. Поверхность изделия декорирована рисунком. Накладные изготовлены из двухслойной офсетной бумаги формата А5. Каждый бланк состоит из белых и тонированных листов. Книжка самокопирующихся бланков «Накладная» содержит 50 экземпляров. Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
   </si>
   <si>
     <t>244586</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/390/390bb0e1c9214b62db6857c3aba79b9e.jpg</t>
   </si>
   <si>
     <t>Самокоп.бланки Накладная 3-сл. ATTACHE книжка 50 бланков штр.  4607122916804</t>
   </si>
   <si>
     <t>Самокопирующие бланки «Накладная» изготовлены в виде книжки, обложка которой выполнена из глянцевой мелованной бумаги. Поверхность изделия декорирована рисунком. Каждый бланк состоит из трех листов офсетной бумаги формата А5. Книжка самокопирующихся бланков «Накладная» содержит 50 экземпляров. Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
   </si>
   <si>
     <t>244588</t>
@@ -517,128 +547,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/786/786888fa9c6b820df3ad5c8513855cde/786ae1ab74ac45270b2df1d87cf42f57.jpg</t>
   </si>
   <si>
     <t>Самокоп.бланки Ресторанный сч т 2-сл. ATTACHE книжка 50 бланков штр.  4607122916811, 7601578916811</t>
   </si>
   <si>
     <t>Самокопирующие бланки «Ресторанный счет» представляют собой книжку, обложка которой изготовлена из глянцевой мелованной бумаги. Изделие оснащено перфорированной линией. Каждый бланк состоит из трех листов офсетной бумаги, различающейся по цвету. В одной упаковке содержится 50 экземпляров самокопирующихся бланков «Ресторанный счет». Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
   </si>
   <si>
     <t>244591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2e/e2e8182077d718ef94e922b08dc19b10/af474269441ff6255ab6717574369a49.jpg</t>
   </si>
   <si>
     <t>Самокоп.бланки Товарный чек 2-сл. ATTACHE книжка 50 бланков штр.  4607122916828, 4607122976822</t>
   </si>
   <si>
     <t>Самокопирующие бланки «Товарный чек» представляют собой книжку, содержащую листы офсетной бумаги. Изделие имеет обложку, изготовленную из мелованной глянцевой бумаги, которая декорирована рисунком. Каждый бланк состоит из двух листов разного цвета. В одной книжке находятся 50 комплектов самокопирующихся бланков «Товарный чек». Чтобы избежать копирования на последующие слои, необходимо положить отворот обложки под заполняемый бланк.</t>
   </si>
   <si>
     <t>244592</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90f/90f272eee8fc00165add768266490a28/6401745ef66f7d9427e8186e55fd2ac3.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e07/e0784f07abd54ad9e5d46f4b229b8a27/6e61a535828102125e91131275121611.jpg</t>
   </si>
   <si>
     <t>Бух книги Журнал учета путевых листов А4 50л. штр.  4607021888653</t>
   </si>
   <si>
     <t>Журнал выполнен в формате А4, включает 50 листов. Применяется организацией для контроля за движением путевых листов, выданных водителю, и сдачей обработанных путевых листов в бухгалтерию. Их оформление до выдачи водителю обычно осуществляется диспетчером или иным специально назначенным сотрудником. При заполнении путевого листа диспетчер присваивает ему номер и записывает дату его выдачи, которая должна соответствовать дате его регистрации в журнале.&amp;lt;br&amp;gt;Журнал должен быть пронумерован и прошнурован &amp;#40;в изделии предусмотрена перфорация и шнуровка&amp;#41;.</t>
   </si>
   <si>
     <t>244712</t>
   </si>
   <si>
     <t>&lt;a href="/brands/polinom/"&gt;Полином&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/de6/de68194113ca2fb55dc42457801f199a/ff72f2b8c52be7f4feaac509a49e1666.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/900/900d438496907f5ca9ca62173bdb3635/4e7c280a384aa392e860ab456d271ea9.jpg</t>
   </si>
   <si>
     <t>Бух книги журнал по пожарной безопасности А4 50л штр.  4607021889469</t>
   </si>
   <si>
     <t>Журнал регистрации инструктажа по пожарной безопасности имеет формат А4. Подходит для использования на производстве. Обложка коричневого цвета выполнена из мелованного картона. Внутренний блок состоит из 50 листов офсетной бумаги. Журнал скреплен с помощью спирали.</t>
   </si>
   <si>
     <t>244725</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b9/4b950a6369cdb34be26a30915178aa3e/d42871a31723e575416efc7a3a5e9746.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ace/ace4b039ea48dddcb286e6bce9f09f4c/86701fc64605b54ca82ac901dedaabd2.jpg</t>
   </si>
   <si>
     <t>Бух книги учета 96л. в клетку офсет обл.плотн. картон. 10шт. уп. штр.  4607068558366, 4607068558618, 4620004202291, 4660002770774</t>
   </si>
   <si>
     <t>Бухгалтерская книга учета Attache формата А4. Обложка изготовлена из цветного картона. Внутренний блок - офсетная бумага, 96 листов в клетку. Книга скреплена с помощью сшивки.</t>
   </si>
   <si>
     <t>244745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/799/79930fd89b0974c23655b306b6af3608/958740157941d9e3f88adb06456f7323.jpg</t>
   </si>
   <si>
     <t>Бух книги учета 96л. в клетку офсет, обл.бумвинил.ATTACHE 12шт. уп. штр.  4607085552408, 4607122913742, 4660002777148, 4685924300311</t>
   </si>
   <si>
     <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 96 листов в клетку. Бухгалтерская книга учета скреплена с помощью сшивки.</t>
   </si>
   <si>
     <t>244746</t>
   </si>
   <si>
     <t>12</t>
@@ -682,392 +661,323 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3d6/3d624a318ea0b47ed05f947a3f8d1c15/9ce3fbdf3454b8331859f9b0e4c4f656.jpg</t>
   </si>
   <si>
     <t>Бух книги учета_144л. в клетку офсет, обл.бумвинил ATTACHE 10шт. уп. штр.  4600344003086, 4600344006483</t>
   </si>
   <si>
     <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 144 листа в клетку. Книга скреплена с помощью сшивки.</t>
   </si>
   <si>
     <t>244755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/675/675204d9dd670d311b20d7854dd2a28e/8e6c89dcc5356cecf587ca8763992846.jpg</t>
   </si>
   <si>
     <t>Бух книги учета_192л. в клетку офсет,обл.бумвинил ATTACHE 8шт. уп. штр.  4600344003017, 4607085552446</t>
   </si>
   <si>
     <t>Бухгалтерская книга учета Attache формата А4. Твердый переплет из бумвинила &amp;#40;слой ПВХ на бумажной основе&amp;#41;. Внутренний блок - офсетная бумага, 192 листа в клетку. Книга скреплена с помощью сшивки.</t>
   </si>
   <si>
     <t>244757</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c45/c45e60c792d7ec4cf3686aebd28574c4/1d5f4152cbe4f0b69f916264fd1859b6.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/970/97014483b7fee6d0e30e0d47280f0a40.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Доверенность quot; А5  форма М-2  оборотный, газетка, 100 экз. в пленке т у: 161198 штр.: 4680211052645</t>
   </si>
   <si>
     <t>Бланк формата А5, двусторонний. Бумага - газетка.</t>
   </si>
   <si>
     <t>337512</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/383/38367c8f1e5738923d59a24e101c6057.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/38c/38cb36331abd21d7211a34dc26f946b3.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Путевой лист грузового автомобиля quot; А4  4С-без талона от 18.01.2017г  оборот., газет., 100 экз. 252456</t>
   </si>
   <si>
     <t>Бланк Путевой лист грузового автомобиля, формата А4. Материал - газетка, на склейке, двусторонний</t>
   </si>
   <si>
     <t>339597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2d/d2d7a28409b387c0558f8e600f7058db.jpg</t>
   </si>
   <si>
     <t>Бланк  quot;Путевой лист легкового автомобиля quot; А5  форма  3 от 18.01.2017г  оборот., газет.бум., 100 экз 252459</t>
   </si>
   <si>
     <t>Бланк Путевой лист легкового автомобиля, формата А5. Материал - газетка, на склейке, двусторонний</t>
   </si>
   <si>
     <t>340898</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ea/4ea88c465edde716b45269ce2e64a607.jpg</t>
-[...5 lines deleted...]
-    <t>383434</t>
+    <t>http://anytos.ru//upload/iblock/53d/1gcd2474i1026e87bz2s9fc9pvr6xgnc.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет 120 г м2, BRAUBERG  quot;Личная карточка работника quot;, комплект 50 шт., ф-Т-2, А3, 130201</t>
+  </si>
+  <si>
+    <t>Cоответствуют государственным стандартам документального ведения учета. Бумага офсетная плотностью 120 г/м2. Бланк формата А4 состоит из 4 страниц. Cоответствует государственным стандартам документального ведения учета формы Т-2. Формат А4 &amp;#40;210х295 мм&amp;#41;. Поставляется в комплекте по 50 штук в термоусадочной пленке &amp;#40;количество вложений 25 шт по 2 листа&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392476</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eeb/e7i0b7vzkrggzxm0rja3o1d50amivex1.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет BRAUBERG  quot;Препроводительная ведомость денежной наличности quot;, А5, 135х195 мм, термоусад. пленка, 100 штук, 130130</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Бланк предназначен для препровождения денежных средств. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ca/d13sdpf25jmfoi29cvu8w0n1m1osj5x6.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Накладная quot;, А5, 135х195 мм, термоусадочная пленка, 100 штук, 130129</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк &amp;quot;Накладная&amp;quot; BRAUBERG соответствует государственным стандартам документального ведения учета. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. В накладной указывается количество товара, количество, цена, сумма. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>392479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a8/86v0myfy1zf5hwxnijiyhoek0nw52qiu.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Приходный кассовый ордер quot;, А5, 135х195 мм, термоусадочная пленка, 100 штук, 130131</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Приходный кассовый ордер состоит из самого документа и квитанции на отрыв. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392480</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d6/1rmk23dzqnq7xiikx14kbqd1cap6650i.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Путевой лист грузового автомобиля без талона quot;, А4, 198х275 мм, термоусад. пленка, 100 штук, 130132</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. В путевом листе содержатся графы, которые соответствуют требованиям учета времени въезда и выезда, расхода топлива и другие данные. Формат А4 &amp;#40;198х275 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392481</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c84/g3ocuwsahqzn6ij15cid73tdt1oy1e61.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Расходный кассовый ордер quot;, А5, 135х195 мм, термоусадочная пленка, 100 штук, 130134</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Бланк выполнен по унифицированной форме № КО-2. Формат А5 &amp;#40;135х195 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1b/tg25e3cic6zy2codflcabcwoqnmptuks.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский, офсет, BRAUBERG  quot;Товарно-транспортная накладная quot;, А4, 198х275 мм, термоусадочная пленка, 100 штук, 130135</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бумага офсетная плотностью 60 г/м2. Внутренний блок проклеен по одному краю.Блан оформлен по типовой межотраслевой форме № 1-Т. Формат А4 &amp;#40;198х275 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>392484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/369/dgxng390py49iogrqhs6gekaviwx7jxd.jpg</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Зачетная книжка для ВУЗа quot;, 101х138 мм, STAFF, 129141</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Зачетная книжка для ВУЗа&amp;quot; STAFF соответствует установленному образцу, утвержденному приказом Министерства образования и науки РФ от 22 марта 2013 г. № 203. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. Скрепка в качестве скрепления повышает износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок выполнен из офсетной бумаги плотностью 65 г/м2 с графами для заполнения. 12 семестров.</t>
+  </si>
+  <si>
+    <t>392488</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Зачетная книжка для среднего профессионального образования quot;, 101х138 мм, 129142</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Зачетная книжка для среднего профессионального образования&amp;quot; STAFF соответствует установленному образцу утвержденному приказом Министерства образования и науки РФ от 5 апреля 2013 г. № 240. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. Скрепка в качестве скрепления повышает износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок выполнен из офсетной бумаги плотностью 65 г/м2 с графами для заполнения. 12 семестров.</t>
+  </si>
+  <si>
+    <t>392489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b93/3ls1grr8ig66e3vrumxe21tvkg6f26zc.jpg</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Пропуск quot;, 65х98 мм, STAFF, 129143</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Пропуск&amp;quot; STAFF соответствует установленному образцу. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутри удостоверение имеет бумажную вклейку из офсетной бумаги плотностью 60 г/м2 с графами для заполнения.</t>
+  </si>
+  <si>
+    <t>392490</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57a/ta97bg5e200hmjf0nr8yhbd7zoq1411c.jpg</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Студенческий билет для ВУЗа quot;, 65х98 мм, STAFF, 129144</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Студенческий билет для ВУЗа&amp;quot; STAFF соответствует установленному образцу утвержденному приказом Министерства образования и науки РФ от 22 марта 2013 г. № 203. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутри удостоверение имеет бумажную вклейку из офсетной бумаги плотностью 60 г/м2 с графами для заполнения.</t>
+  </si>
+  <si>
+    <t>392491</t>
+  </si>
+  <si>
+    <t>Бланк документа  quot;Студенческий билет для среднего профессионального образования quot;, 65х98 мм, 129145</t>
+  </si>
+  <si>
+    <t>Бланк документа &amp;quot;Студенческий билет для среднего профессионального образования&amp;quot; STAFF соответствует установленному образцу утвержденному приказом Министерства образования и науки РФ от 5 апреля 2013 г. № 240. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутри удостоверение имеет бумажную вклейку из офсетной бумаги плотностью 60 г/м2 с графами для заполнения.</t>
+  </si>
+  <si>
+    <t>392492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b19/hm77r3wfx8a9qzt7lvs9a1ff7ayme8mi.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot;  Форма 112 , твердая, 96 л., А5  205х150 мм , BRAUBERG, офсет, универсальная, 30173, 130173</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А5 &amp;#40;205х150 мм&amp;#41; содержит 96 листов офсетной бумаги. Твердая обложка с матовой ламинацией в сочетании с книжным переплетом обеспечивает изделию хорошую износоустойчивость. Горизонтальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5e/jaejo4cmr7dr6o4l2lis6yftir26fixz.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot;  Форма 112 , бумвинил, 96 л., А5  205х150 мм , BRAUBERG, офсет, красная, 130174</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А5 &amp;#40;205х150 мм&amp;#41; содержит 96 листов офсетной бумаги. Обложка из бумвинила в сочетании с книжным переплетом обеспечивает изделию хорошую износоустойчивость. Горизонтальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a4/qme52u8b1sawyfau4p6lwfvjstjpj6wy.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , 16 л., А4  198x278 мм , BRAUBERG, офсет, синяя, 130189</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка BRAUBERG является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А4 &amp;#40;200х280 мм&amp;#41; содержит 16 листов офсетной бумаги. Мягкая обложка из мелованного картона и скрепление с помощью скрепок делают изделие износоустойчивым и удобным для хранения. Вертикальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423341</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/417/hnuoidgz9dxuajps5l0cv6wknuhntz5f.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , 16 л., А4  198x278 мм , BRAUBERG, офсет, красная, 130190</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А4 &amp;#40;200х280 мм&amp;#41; содержит 16 листов офсетной бумаги. Мягкая обложка из мелованного картона и скрепление с помощью скрепок делают изделие износоустойчивым и удобным для хранения. Вертикальная ориентация. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
+  </si>
+  <si>
+    <t>423342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/7ylx47mwv25xc6kca24dvtvvypf5u5zt.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , А4,  198х278 мм , 16 л., STAFF, белая, 130210</t>
+  </si>
+  <si>
+    <t>423343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f5/xvwxqftoryi84mrz6ti8yewp31q2qp0d.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта реб нка  Форма   026 у-2000 , А4  198х278 мм , 16 л., STAFF, универсальная, 130211</t>
+  </si>
+  <si>
+    <t>423344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c27/c2751dce591bcccff60c67d4444ae334.jpeg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Ресторанный счет quot; 97 200мм,2-слойный, 50 экз., картонная обложка с подложкой</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Ресторанный счет&amp;quot; в картонной обложке с подложкой. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе.&amp;nbsp;&amp;nbsp;Благодаря картонной подложке, даже при сильном нажите текст отпечатается на нужном количестве листов. Бланки изготовлены из офсетной бумаги. В склейке 50 экземпляров.. Индивидуальная упаковка в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>427977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d21/d21a39e4bd20628e9d8a6dbc4f85c620.jpeg</t>
+  </si>
+  <si>
+    <t>Медицинская карта амбулаторного больного Учитель-Канц, 48л, А5, блок писчая бумага, ф.025 у</t>
+  </si>
+  <si>
+    <t>Медицинская карта пациента, получающего медицинскую помощь в амбулаторных условиях, форма №025/у от 15 декабря 2014 г. №834.&amp;nbsp;&amp;nbsp; Формат А5, блок- 48 листов, писчая бумага 60 г/м2, обложка- офсетная бумага 160 г/м2. Скрепление - скрепка.</t>
+  </si>
+  <si>
+    <t>427984</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uchitel-kanc/"&gt;Учитель-Канц&lt;/a&gt;</t>
   </si>
   <si>
-    <t>180</t>
-[...250 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/175/175824d43959902e95afefe577212045.jpeg</t>
   </si>
   <si>
     <t>Медицинская карта амбулаторного больного Учитель-Канц, 100л, А5, блок газетка, ф.025 у-04</t>
   </si>
   <si>
     <t>Медицинская карта пациента, получающего медицинскую помощь в амбулаторных условиях, форма №025/у-04 &amp;#40;утверждена Приказом Минздрава России от 15 декабря 2014 года №834н&amp;#41;. Формат А5, блок- 100 листов, газетка 45 г/м2, обложка- мелованнй картон, припрессовка матовой пленкой, 200 г/м2. Скрепление - склейка.</t>
   </si>
   <si>
     <t>427985</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9cf/9cf0f332e572e22a9f1b92cc5c8ea296/5ffd9731429954462c5e2f878fcae317.jpg</t>
   </si>
   <si>
     <t>Бланк самокопирующийся  quot;Накладная quot; А5, 3-слойный, 50 экз.</t>
   </si>
   <si>
     <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Накладная&amp;quot; формата А5. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на двух низлежащих листах. Бланки изготовлены из офсетной бумаги. В склейке 50 экземпляров. Индивидуальная упаковка в термоусадочную пленку.</t>
   </si>
   <si>
     <t>557511</t>
@@ -1117,60 +1027,60 @@
   <si>
     <t>Сертификат о профилактических прививках 6л., A5, на скрепке, блок офсет</t>
   </si>
   <si>
     <t>Книга для учета профилактических прививках. Обложка - бумага офсетная плотностью 120 г/м2. Внутренний блок - офсетная бумага плотностью 65 г/м2. Вид крепления - скрепка</t>
   </si>
   <si>
     <t>557517</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/126/45pxq5uno175iuj2yef1ke5y8na9pbik.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский офсет плотный,  quot;Личная карточка обучающегося quot;, А4, 2 л., BRAUBERG, 130194</t>
   </si>
   <si>
     <t>Бланк документа &amp;quot;Личная карточка обучающегося&amp;quot; STAFF соответствует установленному образцу. Бумага офсетная плотностью 120 г/м2. Бланк формата А4 состоит из 4 страниц. Cоответствует государственным стандартам документального ведения учета. Формат А4 &amp;#40;200х275 мм&amp;#41;. Поставляется в комплекте по 50 штук в термоусадочной пленке &amp;#40;количество вложений 25 шт по 2 листа&amp;#41;.</t>
   </si>
   <si>
     <t>563298</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdc/cdc51738388cd9ddd32b9de3e1fbea7d/45286400199ce17a78623e586ac7018f.jpg</t>
-[...8 lines deleted...]
-    <t>593249</t>
+    <t>http://anytos.ru//upload/iblock/eee/eee2d88e8b38a0bb3556973a1d0ebec0/345e60714f6ac62276f292303fd18bda.jpg</t>
+  </si>
+  <si>
+    <t>Бланк самокопирующийся  quot;Накладная quot; А5, 2-слойный, 50 экз., картонная обложка с подложкой</t>
+  </si>
+  <si>
+    <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Накладная&amp;quot; формата А5 в картонной обложке с подложкой. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе. Благодаря картонной подложке, даже при сильном нажите текст отпечатается на нужном количестве листов. Бланки изготовлены из офсетной бумаги. В склейке 50 экземпляров. Индивидуальная упаковка в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>593248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3c/a3cc98112f03395343cf6784b9cfc2c6/d0fa4b12d3b396e0bfbc77e5df6b579e.jpg</t>
   </si>
   <si>
     <t>Бланк самокопирующийся  quot;Товарный чек quot; OfficeSpace, А6, 2-слойный, 50 экз.</t>
   </si>
   <si>
     <t>Бухгалтерский бланк двухслойный самокопирующийся &amp;quot;Товарный чек&amp;quot; формата А6. Самокопирующийся бланк изготовлен из самокопирующейся бумаги. На верхний лист текст наносится обыкновенной ручкой, карандашом или матричным принтером. Оттиск черного цвета появляется одномоментно на нижележащем листе. Бланки изготовлены из офсетной бумаги и склеены в книгу по 50 листов, упакованную в пленку.</t>
   </si>
   <si>
     <t>607652</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/501/501769ed5d02e60f67509ec971882ee2.jpg</t>
   </si>
   <si>
     <t>Сертификат прививочный 5шт уп</t>
   </si>
   <si>
     <t>Сертификат прививочный 5шт/уп</t>
   </si>
   <si>
     <t>627107</t>
   </si>
@@ -1201,125 +1111,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/389/3895fb510f81f013d686c815f21941ea.jpg</t>
   </si>
   <si>
     <t>Удостоверение обложка мягкая 123616 5шт уп.</t>
   </si>
   <si>
     <t>Удостоверение обложка мягкая 123616 5шт/уп.</t>
   </si>
   <si>
     <t>627110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96c/96c1b3ef7f9cc2c98ef6085e5c0cb63b.jpg</t>
   </si>
   <si>
     <t>Табель учета рабочего времени  Т-13  А3 с оборотом, бл-офсет 65гр. 100шт уп.</t>
   </si>
   <si>
     <t>Табель учета рабочего времени &amp;#40;Т-13&amp;#41; А3 с оборотом, бл-офсет 65гр. 100шт/уп.</t>
   </si>
   <si>
     <t>628973</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/071/071d004ee4bbca2e78beba8a67b487b3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2e2/2e26579fbc6a5fc5cf9bbff0e44e0e8d.jpg</t>
   </si>
   <si>
     <t>Студенческий билет для ВУЗ, твердая обложка бумвинил 5шт уп.</t>
   </si>
   <si>
     <t>Студенческий билет для ВУЗ, твердая обложка бумвинил 5шт/уп.</t>
   </si>
   <si>
     <t>634451</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/629/629419a548d1cd19be843a16cb0f9a06.jpg</t>
   </si>
   <si>
     <t>Студенческий билет для СПО, твердая обложка бумвинил 5шт уп.</t>
   </si>
   <si>
     <t>Студенческий билет для СПО, твердая обложка бумвинил 5шт/уп.</t>
   </si>
   <si>
     <t>634452</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f3/9f3fbf108f7a65cc63bb2a37fa286192.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0cb/0cb6524eab1f8c15424e595aa94bb917.jpg</t>
   </si>
   <si>
     <t>Сертификат о профилактических прививках  Форма   156 у-93 , 12 л., А6 95x140 мм, STAFF, 130253</t>
   </si>
   <si>
     <t>Сертификат о профилактических прививках соответствует государственным стандартам документального ведения учета и утвержден Министерством здравоохранения Российской Федерации. Бланк формата А6 &amp;#40;97х142 мм&amp;#41; формы № 156/у-93 содержит 12 листов офсетной бумаги. Горизонтальная ориентация. Предназначен для медицинских учреждений.</t>
   </si>
   <si>
     <t>642325</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ade/adecb2a0c4e56ca9fb63c8a7bebcbfa9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eae/eaee98bf685fec066444d69f95c6b3e7.jpg</t>
   </si>
   <si>
     <t>Зачетная книжка для ВУЗ Attache, твердая обложка бумвинил 5шт уп</t>
   </si>
   <si>
     <t>Зачетная книжка для ВУЗ Attache, твердая обложка бумвинил 5шт/уп</t>
   </si>
   <si>
     <t>647852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/4cnkslxjpm8w1k40skzej8ui6z1cvazd.jpg</t>
   </si>
   <si>
     <t>Удостоверение о проверке правил работы в электроустановках, 5шт уп</t>
   </si>
   <si>
     <t>Удостоверение о проверке правил работы в электроустановках, 5шт/уп</t>
   </si>
   <si>
     <t>715836</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/161/sniq7z4xugudp742ed3mqm334qcipbpj.jpg</t>
@@ -1327,224 +1201,140 @@
   <si>
     <t xml:space="preserve">Удостоверение допуска к работе на электроусиановках  5штук в упаковке </t>
   </si>
   <si>
     <t>Удостоверение допуска к работе на электроусиановках &amp;#40;5штук в упаковке&amp;#41;</t>
   </si>
   <si>
     <t>787853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/854/qhvwbn19586qnhnspkmv1gj48pfh3ab8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бланк Авансовый отчет форма АО-1 А4 1у 5кн по 100л газетка упаковка крафт </t>
   </si>
   <si>
     <t>Бланк Авансовый отчет форма АО-1 А4 1у/5кн по 100л газетка&amp;#40;упаковка крафт&amp;#41;</t>
   </si>
   <si>
     <t>879292</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7e0/7axqgm2obg1517yf0s6dloocxx44r2qo.jpg</t>
-[...8 lines deleted...]
-    <t>879294</t>
+    <t>http://anytos.ru//upload/iblock/74c/xnourstfl4lynx18wkils648352h8635.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Транспортная накладная  Приложение  4   книж.100л.  офсет  2021г </t>
+  </si>
+  <si>
+    <t>Транспортная накладная &amp;#40;Приложение №4&amp;#41; &amp;#40;книж.100л.&amp;#41; офсет &amp;#40;2021г&amp;#41;</t>
+  </si>
+  <si>
+    <t>879296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d2/81ggpu45uy216ymov75bjh17txinvac2.jpg</t>
   </si>
   <si>
     <t>Бланк медицинский рецептурный, форма 148-1 у-88, А5, 135х195 мм, СКЛЕЙКА, 100 штук, офсет, STAFF, 130274</t>
   </si>
   <si>
     <t>Бланк медицинский STAFF рецептурный формы 148-1/у-88 соответствует государственным стандартам документального ведения учета и утвержден Министерством здравоохранения Российской Федерации. Изготовлен из офсетной бумаги плотностью 60 г/м2. Внутренний блок проклеен по одному краю. Формат А5 &amp;#40;140х195 мм&amp;#41;. Вертикальная ориентация.Предназначен для медицинских учреждений. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке.</t>
   </si>
   <si>
     <t>906121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9c/2oxv60t2pkbeog0cwr52ozlqyp49rb9x.jpg</t>
   </si>
   <si>
     <t>Бланк, офсет,  quot;Путевой лист автобуса quot;, А4  198х275 мм , СПАЙКА 100 шт., STAFF, 130271</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Путевой лист автобуса&amp;quot; STAFF соответствует государственным стандартам документального ведения учета. Внутренний блок проклеен по одному краю. Бланк изготовлен из офсетной бумаги плотностью 65 г/м2. Внутренний блок проклеен по одному краю. В путевом листе содержатся графы, которые соответствуют требованиям учета времени въезда и выезда, расхода топлива и др. Формат А4 &amp;#40;198х275 мм&amp;#41;. Поставляется в виде книжки в количестве 100 штук в термоусадочной пленке. Соответствует государственным стандартам документального ведения учета.</t>
   </si>
   <si>
     <t>906124</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b68/i6mri92m4bh28b0x1zwp10q9nhzg23cb.jpg</t>
-[...8 lines deleted...]
-    <t>932132</t>
+    <t>http://anytos.ru//upload/iblock/7d0/4ma3p0f0kooo1uyhmjeuvn7gjs32xfkj.jpg</t>
+  </si>
+  <si>
+    <t>Бланк Карточка гражданина, подлежащего воинскому учету Форма 10, офсет, 100 штук в упаковке</t>
+  </si>
+  <si>
+    <t>Бланк Карточка гражданина, подлежащего воинскому учету Форма 10, офсет, 100шт/уп</t>
+  </si>
+  <si>
+    <t>932127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3eb/i4pqixj04u7figje8orrbz2y1bpv38l4.jpg</t>
   </si>
   <si>
     <t>Бланк Трудовая книжка Гознак</t>
   </si>
   <si>
     <t>Форма бланка утверждена Приказом Минтруда России от 19.05.2021 №320н, вводится в действие с 1 января 2023 г. Защитный комплекс трудовой книжки включает в себя двухтоновой водяной знак, защитные волокна, бумага имеет две химические защиты – от вытравливания и для идентификации подлинности. На листы книжки нанесена гильоширная сетка, невидимая уф-краска, имеется ирисный переход и микротекст. Документ сшит защищенными нитками специальным швом, что исключает возможность замены листов. Бланк имеет 14 разворотов в разделе со сведениями о работе и 7 разворотов в разделе награждения.</t>
   </si>
   <si>
     <t>939895</t>
   </si>
   <si>
     <t>&lt;a href="/brands/goznak/"&gt;Гознак&lt;/a&gt;</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f8/eqykk0qn3ugctf4zyklrquug2ss1kzb1.jpg</t>
   </si>
   <si>
     <t>Бланк Вкладыш в трудовую книжку Гознак</t>
   </si>
   <si>
     <t>Бланк-вкладыш в трудовую книжку установленного образца с уникальным семизначным номером, форма которых утверждена приказом Минтруда России от 19.05.2021 №320н, вводится в действие с 1 января 2023 г.Бланк вкладыша имеет соответствующую степень защиты. 12 разворотов в разделе со сведениями о работе и 5 разворотов в разделе награждения.</t>
   </si>
   <si>
     <t>941860</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e5a/j4rkrs38vsm1opzsuv2p6x9d6i4nmb67.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/345/6w8glvg39o54b0f2avsgi8we0x0u4csu.jpg</t>
   </si>
   <si>
     <t>Карта медицинская стомат, А5, обл.карт, форма 043 У- 1030, КЖ-791 10шт уп</t>
   </si>
   <si>
     <t>Карта медицинская стомат, А5, обл.карт, форма 043/У-№1030, КЖ-791 10шт/уп</t>
   </si>
   <si>
     <t>950246</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8d7/i0lmfzkanul2gzrc8uhacaj3kwfa0rn5.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ac0/w619whs99rc3au04d3uumbdpdcddidyt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бланк Путевой лист легк.авто  книж.100л.  в термоус.офсет  67001 </t>
   </si>
   <si>
     <t>Бланк Путевой лист легк.авто &amp;#40;книж.100л.&amp;#41; в термоус.офсет &amp;#40;67001&amp;#41;</t>
   </si>
   <si>
     <t>962044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2b/m979byhcvp0v0khfbl3y92kbm154s60z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бланк Путевой лист груз.авто  книж.1 00л.  4-П термоус.офсет  741257 </t>
   </si>
   <si>
     <t>Бланк Путевой лист груз.авто &amp;#40;книж.1 00л.&amp;#41; 4-П термоус.офсет &amp;#40;741257&amp;#41;</t>
   </si>
   <si>
     <t>962045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/431/p98de57p55mhdpc6ydptc5253tu3eyh2.jpg</t>
@@ -1597,125 +1387,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/856/vtj32n3dl8opeyjq7s2jo2td2r980jql.jpg</t>
   </si>
   <si>
     <t>Бланк медицинский рецептурный  форма 107-1 у , А5, офсет, 100 экз., в пленке т у</t>
   </si>
   <si>
     <t>Бланк медицинский рецептурный &amp;#40;форма 107-1/у&amp;#41;, А5, офсет, 100 экз., в пленке т/у</t>
   </si>
   <si>
     <t>966119</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e92/or95ydh1iid27d41lj0fh9y1l8pnn75o.jpg</t>
   </si>
   <si>
     <t>Бланк медицинский рецептурный  форма 148-1 у-88 , А5, офсет, 100 экз., в пленке т у</t>
   </si>
   <si>
     <t>Бланк медицинский рецептурный &amp;#40;форма 148-1/у-88&amp;#41;, А5, офсет, 100 экз., в пленке т/у</t>
   </si>
   <si>
     <t>966120</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d4/znhhevwt7wihoc5khff7ep3qqbjw8dqz.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f1d/ndmia3gzotwg37dx7qk1dnppui5fjlrq.jpg</t>
   </si>
   <si>
     <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 96л, А5  215 150мм , форма 112 у, блок офсет, универсальная</t>
   </si>
   <si>
     <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; OfficeSpace, 96л, А5 &amp;#40;215*150мм&amp;#41;, форма 112/у, блок офсет, универсальная</t>
   </si>
   <si>
     <t>966123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab1/tphf7ouhr77c0ixox9uj0v078so29i3g.jpg</t>
   </si>
   <si>
     <t>Медицинская карта ребенка OfficeSpace, 16л, А4  205 290мм , форма 026 у-2000, блок офсет, для девочки</t>
   </si>
   <si>
     <t>Медицинская карта ребенка OfficeSpace, 16л, А4 &amp;#40;205*290мм&amp;#41;, форма 026/у-2000, блок офсет, для девочки</t>
   </si>
   <si>
     <t>966124</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c92/8jgfbmh0s3y7xgh5v2llrihrsv60e0h0.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка OfficeSpace, 16л, А4  205 290мм , форма 026 у-2000, блок офсет, для мальчика</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка OfficeSpace, 16л, А4 &amp;#40;205*290мм&amp;#41;, форма 026/у-2000, блок офсет, для мальчика</t>
+  </si>
+  <si>
+    <t>966125</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1e/nreomsqal3pmb47af1n3mubtzxi3edtr.jpg</t>
   </si>
   <si>
     <t>Медицинская карта ребенка OfficeSpace, 16л, А4  205 290мм , форма 026 у-2000, блок офсет, универсальная</t>
   </si>
   <si>
     <t>Медицинская карта ребенка OfficeSpace, 16л, А4 &amp;#40;205*290мм&amp;#41;, форма 026/у-2000, блок офсет, универсальная</t>
   </si>
   <si>
     <t>966126</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec5/itm4tl1fpl8dnm6fjvv3tr9fbyfgjfqj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/236/iofzpcky5e0mx63u1lelyl2icm37duss.jpg</t>
   </si>
   <si>
     <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6  105 148мм , форма 156 у-93, блок офсет, для девочки</t>
   </si>
   <si>
     <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6 &amp;#40;105*148мм&amp;#41;, форма 156/у-93, блок офсет, для девочки</t>
   </si>
   <si>
     <t>966128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/853/1qfi3mf80d94e00l9q3f3f7s6c6mfgqo.jpg</t>
   </si>
   <si>
     <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6  105 148мм , форма 156 у-93, блок офсет, универсальная</t>
   </si>
   <si>
     <t>Сертификат о профилактических прививках OfficeSpace, 8л., А6 &amp;#40;105*148мм&amp;#41;, форма 156/у-93, блок офсет, универсальная</t>
   </si>
   <si>
     <t>966129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c4/eljw2gi0ol4p8gr5yg214e7xijlrtehe.jpg</t>
@@ -1756,128 +1522,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/kdnxke6b2h6m29ns1blbfssrbwpdq247.jpg</t>
   </si>
   <si>
     <t>Удостоверение стропальщика твердая обложка бумвинил 5шт уп</t>
   </si>
   <si>
     <t>Удостоверение стропальщика твердая обложка бумвинил 5шт/уп</t>
   </si>
   <si>
     <t>987353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/cnlr2k11id36v9po07a7mkv2128fo5kx.jpg</t>
   </si>
   <si>
     <t>Бланки самокопирующие Товарный чек 2-сл. Attache 50 бланков х 5 книжек уп</t>
   </si>
   <si>
     <t>Бланки самокопирующие Товарный чек 2-сл. Attache 50 бланков х 5 книжек/уп</t>
   </si>
   <si>
     <t>987354</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/04e/lrt43prqybgr0ani7ba5jikrxno18pme.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/264/x1o0nxpoio55q2zbxl3znb6kpwuit6zm.jpg</t>
   </si>
   <si>
     <t>Бланк-вкладыш ТРУДОВАЯ КНИЖКА Гознак А6 1 сл. 18 л. мел. карт. офс.</t>
   </si>
   <si>
     <t>1006757</t>
   </si>
   <si>
     <t>&lt;a href="/brands/goznak-s-pb/"&gt;Гознак С-Пб&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd9/rbgq2lxiy1j02uflvvbgunmvjjkz427q.jpg</t>
   </si>
   <si>
     <t>Бланк ТРУДОВАЯ КНИЖКА Гознак А6 1 сл. 22 л. тв.обл. офс.</t>
   </si>
   <si>
     <t>1006758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11f/pklw9d51f6j9wnp2882m2u45t75v1iyb.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский типографский  quot;Авансовый отчет нового образца quot;,  195х270 мм , СКЛЕЙКА 100 шт., 130012</t>
   </si>
   <si>
     <t>Бланк &amp;quot;Авансовый отчет&amp;quot; соответствует государственным стандартам документального ведения учета.</t>
   </si>
   <si>
     <t>1014131</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/116/qnhbqfz1y0m5cuha0msy3sjg7t7vdsb4.jpg</t>
+  </si>
+  <si>
+    <t>Бланк бухгалтерский типографский  quot;Доверенность quot;, А5  134х192 мм , СКЛЕЙКА 100 шт., 130013</t>
+  </si>
+  <si>
+    <t>Бланк соответствует государственным стандартам документального ведения учета.</t>
+  </si>
+  <si>
+    <t>1014132</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8fc/l2m3dbucomksyj4jwx8hyae376nvfckk.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский типографский  quot;Накладная quot;, А5  134х192 мм , СКЛЕЙКА 100 шт., 130011</t>
   </si>
   <si>
-    <t>Бланк соответствует государственным стандартам документального ведения учета.</t>
-[...1 lines deleted...]
-  <si>
     <t>1014133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57f/wiiortnmo795vpm7yy3m0d3ggkii4ulj.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский типографский  quot;Приходно-кассовый ордер quot;, А5  138х197 мм , СКЛЕЙКА 100 шт., 130004</t>
   </si>
   <si>
     <t>1014134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36d/rgq7ky9s0fzsfgoblcmncc2bqardaxgr.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский типографский  quot;Путевой лист грузового автомобиля без талона quot;,  200х272 мм , СКЛЕЙКА 100 шт., 130007</t>
   </si>
   <si>
     <t>1014135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/374/unehvxpjo27g77csj5wva2d72k4c8edj.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский типографский  quot;Путевой лист грузового автомобиля с талоном quot;, А4  198х275 мм , СПАЙКА 100 шт., 130137</t>
@@ -1940,59 +1679,50 @@
     <t>1014141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/h9s3u4tncsizzdv5jvi7kof5qslx43or.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский, офсет, 2-слойный самокопирующийся,  quot;Накладная quot;, А5  147х207 мм , СПАЙКА 50 шт., 130051</t>
   </si>
   <si>
     <t>Позволяет быстро получить копию документа при заполнении оригинала шариковой ручкой или на матричном принтере. 50 штук в склейке.</t>
   </si>
   <si>
     <t>1014142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/8zybaa5ph0qi88y1us0i0y20mdbs3xqs.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский, офсет, 2-слойный самокопирующийся,  quot;Ресторанный счет quot;,  97х200 мм , СПАЙКА 50 шт., 130086</t>
   </si>
   <si>
     <t>Двухслойный самокопирующийся бланк позволяет автоматически получить копию документа при заполнении оригинала шариковой ручкой или на матричном принтере. 50 бланков в склейке.</t>
   </si>
   <si>
     <t>1014143</t>
-  </si>
-[...7 lines deleted...]
-    <t>1014144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edd/82i450ua595iyi6ooogqw1712blc3wgp.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский, офсет, 2-х слойный самокопирующийся с подложкой,  quot;Накладная quot;, А5  147х207 мм , СПАЙКА 50 шт., 130152</t>
   </si>
   <si>
     <t>Кооперирующиеся бланки позволяют автоматически получить копию документа при заполнении оригинала. Конструкция обложки позволяет прокладывать бланки, чтобы даже при сильном нажиме надписи отпечатывались только на заданном числе бланков. 50 бланков в склейке.</t>
   </si>
   <si>
     <t>1014145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27d/taiu6skg8v2e3vv6x9bixn3a1n1hrv0s.jpg</t>
   </si>
   <si>
     <t>Бланк бухгалтерский, офсет, 2-х слойный самокопирующийся с подложкой,  quot;Товарный чек quot;,  100х147 мм , СПАЙКА 50 шт., 130154</t>
   </si>
   <si>
     <t>Самокопирующиеся бланки позволяют автоматически получить копию документа при заполнении оригинала. Конструкция обложки позволяет прокладывать бланки, чтобы даже при сильном нажиме надписи отпечатывались только на заданном числе бланков. 50 бланков в склейке.</t>
   </si>
   <si>
     <t>1014146</t>
   </si>
@@ -2391,57 +2121,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M164"/>
+  <dimension ref="A1:M142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F164" sqref="F164"/>
+      <selection pane="bottomRight" activeCell="F142" sqref="F142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2484,3644 +2214,3146 @@
         <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="1"/>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>51</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G40" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F44" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>101</v>
+        <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>198</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>223</v>
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>228</v>
       </c>
+      <c r="G55" s="3" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>240</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>249</v>
+        <v>34</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>255</v>
+        <v>103</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>101</v>
+        <v>57</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>29</v>
+        <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>29</v>
+        <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>55</v>
+        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>55</v>
+        <v>283</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B74" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G74" s="3" t="s">
-        <v>255</v>
+        <v>103</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="G75" s="3" t="s">
         <v>307</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>314</v>
+        <v>66</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>314</v>
+        <v>66</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="G78" s="3" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>324</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>254</v>
+        <v>302</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>314</v>
+        <v>57</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>325</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>17</v>
+        <v>302</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>101</v>
+        <v>329</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>101</v>
+        <v>57</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>359</v>
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F88" s="3" t="s">
-        <v>254</v>
+        <v>161</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F89" s="3" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G91" s="3" t="s">
         <v>374</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F92" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B93" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F93" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B94" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F94" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B95" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G95" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>395</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>399</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>151</v>
+        <v>228</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>151</v>
+        <v>228</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>405</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>407</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>409</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>254</v>
+        <v>412</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>413</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>151</v>
+        <v>302</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>433</v>
+        <v>161</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>434</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>441</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>445</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>449</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>453</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>455</v>
+        <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>455</v>
+        <v>66</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="F112" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>462</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B113" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>23</v>
+        <v>462</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>23</v>
+        <v>462</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B115" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B116" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F116" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F117" s="3" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F118" s="3" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B119" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B120" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>23</v>
+        <v>374</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="F122" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G122" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F123" s="3" t="s">
-        <v>17</v>
+        <v>502</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F124" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="C125" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="B126" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>53</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>526</v>
+        <v>512</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>53</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>538</v>
+        <v>512</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>53</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>543</v>
+        <v>512</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>61</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>547</v>
+        <v>525</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>66</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>140</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>567</v>
+        <v>558</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>307</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>564</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>575</v>
+        <v>558</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>576</v>
+        <v>567</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>66</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>580</v>
+        <v>571</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>103</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>584</v>
+        <v>575</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>248</v>
-[...451 lines deleted...]
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">