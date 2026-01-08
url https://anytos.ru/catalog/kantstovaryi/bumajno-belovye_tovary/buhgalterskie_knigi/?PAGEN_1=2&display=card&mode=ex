--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -12,163 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="665">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e58/ksa3m8g14ynbu60i890d4w57alg2y39a.jpg</t>
-[...5 lines deleted...]
-    <t>Журнал кассира-операциониста можно использовать для учета приходно-расходных операций с наличными деньгами.</t>
+    <t>http://anytos.ru//upload/iblock/169/fvae0x9ntndvo6rrh43i74mf231jxe7w.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 192 л. кл. офс. А4 б винил вертик. синий: KYA4-BV192K штр.: 4602723045205</t>
   </si>
   <si>
     <t>Бухгалтерские книги</t>
   </si>
   <si>
-    <t>107948</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/brands/kartonpak/"&gt;Картонпак&lt;/a&gt;</t>
+    <t>107955</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e27/uwnli1cus18qylcz67d3ykymmzna8qf5.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/042/s0nh0hkrgkx9tvid2xu91rzseq8yr3g1.jpg</t>
   </si>
   <si>
     <t>Книга учета 192 л. кл. офс. А4 б винил вертик. черн.: KYA4-BV192B штр.: 4602723045212</t>
   </si>
   <si>
     <t>107956</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/860/g56eotx76ppy49nc31cxxi1jnzeywogq.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л. кл. газет. А4 картон вертик.: KYA4-KR96 штр.: 4602723068808</t>
   </si>
   <si>
     <t>107965</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Книга учета 96 л. кл. офс. А4 б винил вертик. синий: KYA4-BV96K штр.: 4602723045182</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ccf/ccf7bf22377a75c4fe7daba3801c988d.jpg</t>
   </si>
   <si>
     <t>Книга учета А4 48 л., пустографка, мелованный картон, блок офсет: KU48P_2997</t>
   </si>
   <si>
     <t>Книга учета А4 48 л., пустографка, мелованный картон, блок офсет: KU48P_2997 Книга учета OfficeSpace 48л. А4, пустографка, мелованный картон, блок офсет</t>
   </si>
   <si>
     <t>212297</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/67210064fb2b782500fe480462ed1b4f.jpg</t>
   </si>
   <si>
     <t>Журнал кассира-операциониста  форма КМ-4  280 190 48 л., горизонтальный, картон, блок газетный: K-KS48_509 штр.:  4610008525090</t>
   </si>
   <si>
     <t>Журнал кассира-операциониста &amp;#40;форма КМ-4&amp;#41; 280*190 48 л., горизонтальный, картон, блок газетный: K-KS48_509 Журнал кассира-операциониста. Блок газетка, 48 листов. Крепление - скрепка. Обложка - немелованный картон.</t>
   </si>
   <si>
     <t>212330</t>
@@ -296,110 +263,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/82c/82cc1e010e97deaf6135ca75725e07bf.jpg</t>
   </si>
   <si>
     <t>Кассовая книга  форма КО-4  А4 96 л., горизонтальная, мелованный картон, блок газетный: K-KK96_511 штр.:  4610008525113</t>
   </si>
   <si>
     <t>Кассовая книга &amp;#40;форма КО-4&amp;#41; А4 96 л., горизонтальная, мелованный картон, блок газетный: K-KK96_511 Кассовая книга, 96 листов. Крепление - скрепка. Обложка - плотный белый офсет. Блок газетка.</t>
   </si>
   <si>
     <t>214659</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/134/13423ff057c260c5140493d325ca7013.jpg</t>
   </si>
   <si>
     <t>Книга учета А4 96 л., клетка, картон, блок газетный: CL-98-325   153185 штр.:  4610008521931</t>
   </si>
   <si>
     <t>Книга учета А4 96 л., клетка, картон, блок газетный: CL-98-325 / 153185 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - газетка, клетка, 96 листов. Обложка книги - картон. Формат книги - А4.</t>
   </si>
   <si>
     <t>214881</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/631/02ue22byy34iia9xzyrsf0z4cb4l20q1.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/723/s2i7r9t0gbx76w5sla27sxozxt8ci4qh.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации въезда выезда автотранспорта А4 96 л., бумвинил., блок офсет: K-RA96_2937 штр.:  4680211009373</t>
   </si>
   <si>
     <t>Журнал регистрации въезда/выезда автотранспорта А4 96 л., бумвинил., блок офсет: K-RA96_2937 Журнал регистрации въезда/выезда автотранспорта твердый переплет, обложка бумвинил тиснение золото, блок офсет</t>
   </si>
   <si>
     <t>216356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e0/7e02c70b294724d01e64d02f1a016951.jpg</t>
   </si>
   <si>
     <t>Книга учета А4 96 л., линия, картон, блок газетный: CL-98-326   153190 штр.:  4610008521948</t>
   </si>
   <si>
     <t>Книга учета А4 96 л., линия, картон, блок газетный: CL-98-326 / 153190 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - огазетка, пустографка, линия, 80 листов. Обложка книги - мелованный картон. Формат книги - А4.</t>
   </si>
   <si>
     <t>216402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/787/787beeabc387aea35403b52958acede8.jpg</t>
   </si>
   <si>
     <t>Книга учета А4 96 л., клетка, твердый переплет 7БЦ, блок газетный: CL-98-725   153181 штр.:  4610008521962</t>
   </si>
   <si>
     <t>Книга учета А4 96 л., клетка, твердый переплет 7БЦ, блок газетный: CL-98-725 / 153181 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - газетка, клетка, пустографка, 96 листов. Обложка книги - ламинированный картон. Формат книги - А4.</t>
   </si>
   <si>
     <t>216506</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fb8/fb8aec39ba8605cfb8e74ea1da6030dc.jpg</t>
+  </si>
+  <si>
+    <t>Книга отзывов и предложений А5 96 л., мелованный картон, блок газетный: K-KO96_512 штр.:  4610008525120</t>
+  </si>
+  <si>
+    <t>Книга отзывов и предложений А5 96 л., мелованный картон, блок газетный: K-KO96_512</t>
+  </si>
+  <si>
+    <t>217463</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/72f/98l00no26akkv73ifwrdnky7q1d4870y.jpg</t>
   </si>
   <si>
     <t>Книга отзывов и предложений А5 96л., бумвинил, офсетный: КО96б_14119 штр.: 4680211121198</t>
   </si>
   <si>
     <t>Книга отзывов и предложений в твердом переплете с обложкой из бумвинала и офсетным блоком. Является необходимым атрибутом в каждой торговой точке.</t>
   </si>
   <si>
     <t>337370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37b/37b900770c51d8eb17957021928d9fac.jpg</t>
   </si>
   <si>
     <t>Книга учета А4 192л., клетка, бумвинил, блок офсет 974532</t>
   </si>
   <si>
     <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсет, клетка, 192 листа. Твердый переплет с обложкой из бумвинила. Формат книги - А4.</t>
   </si>
   <si>
     <t>337371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d27/d273efab6405e98c2e2166752ae9f3a1.jpg</t>
@@ -434,62 +389,50 @@
   <si>
     <t>354693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f62/f62dae012fba6c0a7d6b344d5b8807b8.jpg</t>
   </si>
   <si>
     <t>Медицинская карта ребенка  школьника  OfficeSpace, 16л, А4, блок офсет, ф.026 у-2000 синяя. 266718</t>
   </si>
   <si>
     <t>355162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19e/19e921ca85b0a9eec0792a6dc2808e51.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, бумвинил, цвет красный, блок офсетный. 275752</t>
   </si>
   <si>
     <t>Книга учета А4 96 листов, клетка, блок офсетный, обложка бумвинил, цвет обложки: красный, твердый переплет.</t>
   </si>
   <si>
     <t>366804</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ca/4ca771c4106e516c9ac99a2f39de14d1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cdc/cdc8a07f453857e46e6f7610796734b4/45f330a5c03be51fa451da49f3c2791a.jpg</t>
   </si>
   <si>
     <t>Бух книги учета-120л. в клетку офсет, обл. бумвинил</t>
   </si>
   <si>
     <t>375763</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61c/61c42fd6172667972a87b27e9f2b8eea/2af54337bfa62eca4764997efca90b8e.jpg</t>
   </si>
   <si>
     <t>Бух книги учета-160л. в клетку офсет, обл. бумвинил</t>
   </si>
   <si>
     <t>375765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b65/b65a63cc127047ecf8e4b7dd8ff4e8dc/268b135471d97ec22f9665ef6b21a55c.jpg</t>
   </si>
   <si>
     <t>Бух книги учета_144л. пустографка, обл. бумвинил</t>
   </si>
   <si>
     <t>375766</t>
@@ -563,50 +506,62 @@
   <si>
     <t>Журнал регистрации вводного противопожарного инструктажа КЖ 1556</t>
   </si>
   <si>
     <t>375836</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8d/e8d99717dc829217f02f567e203f2a7d.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации работ по ТО и ремонту пож-охран. сигнализации КЖ 739 1</t>
   </si>
   <si>
     <t>Журнал регистрации работ по ТО и ремонту пож-охран. сигнализации КЖ 739/1</t>
   </si>
   <si>
     <t>375839</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/46c/46c328fe584d68306232c10103c8032d/a8519abc701277cd0b50c71bd7d214dc.jpg</t>
+  </si>
+  <si>
+    <t>Журнал технического обслуживания огнетушителей КЖ 497</t>
+  </si>
+  <si>
+    <t>375840</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7de/7de51b58ab669ed13aa695668363e0e7.jpg</t>
   </si>
   <si>
     <t>Журнал учета использования фритюрных жиров КЖ 785</t>
   </si>
   <si>
     <t>375841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/240/240223aa6717813f86e9ce75d4acbdcd/cd75447ca04a5d5be89ce4527796f532.jpg</t>
   </si>
   <si>
     <t>Журнал учета первичных средств пожаротушения  КЖ 443</t>
   </si>
   <si>
     <t>Журнал учета первичных средств пожаротушения&amp;nbsp;&amp;nbsp;КЖ 443</t>
   </si>
   <si>
     <t>375843</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/132/1325ce07c3dbb66a960f5c62f812c03d/332019e7880888e909c68cda895ed753.jpg</t>
   </si>
   <si>
     <t>Журнал учета проверок юридического лица, инд .предпринимателя КЖ 611</t>
@@ -803,146 +758,179 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3c6/g7o4pezypo8ytwhp6ksk2uuo41rum3uy.jpg</t>
   </si>
   <si>
     <t>Книга учета 128 листов, А4 205х287 мм, STAFF, клетка, твердая обложка, картон, нумерация, блок офсет, 130062</t>
   </si>
   <si>
     <t>Надежная книжная обложка STAFF из офсетной бумаги позволяет делать надписи для идентификации, прекрасно подойдет для работы в разных отраслях деятельности. Обложка покрыта обложечной бумагой, приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 128 листов выполнен из офсетной белой бумаги 60 г/м2, разлинован в клетку и имеет нумерацию страниц и оглавление. Формат А4 &amp;#40;205х287 мм&amp;#41;.</t>
   </si>
   <si>
     <t>392431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b60/dslx76mklq0bczjlomu2tx5bm5n94ose.jpg</t>
   </si>
   <si>
     <t>Книга учета 144 л., А4 200 290 мм BRAUBERG, клетка, твердая обложка из картона, бумвинил, наклейка на обложке, офсет, 130142</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 144 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392433</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e15/miy1hk34ox5vkfjzmlmo143b5wja9ptk.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 160 л., А4 200 290 мм BRAUBERG, клетка, твердая обложка из картона, бумвинил, блок офсет, 130182</t>
+  </si>
+  <si>
+    <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 160 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392435</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cb5/ivu932rrtdoc4ckpcls0qdpjb8eznplx.jpg</t>
   </si>
   <si>
     <t>Книга учета 192 л., А4 200 290 мм STAFF, клетка, твердая обложка из картона, типографский блок, 130181</t>
   </si>
   <si>
     <t>Книга учета STAFF незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т. д. Обложка имитирует крафт-бумагу, приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 192 листов выполнен из типографской бумаги 55 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392436</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e15/miy1hk34ox5vkfjzmlmo143b5wja9ptk.jpg</t>
-[...1 lines deleted...]
-  <si>
     <t>Книга учета 208 л., А4 200 290 мм BRAUBERG, клетка, твердая обложка из картона, бумвинил, блок офсет, 130184</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 208 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>392437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/017/nllbpu5x264ilavn2aia3bgk50450tez.jpg</t>
   </si>
   <si>
     <t>Книга учета 48 л., А4 200 290 мм STAFF, клетка, обложка из мелованного картона, блок офсет, 130055</t>
   </si>
   <si>
     <t>Книга учета STAFF незаменима для ведения различного рода записей в офисе, на складе, в магазине, фитнес-клубе и т. д. Мягкая обложка из мелованного картона плотностью 200 г/м2. Скрепление - скоба. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 48 листов выполнен из офсетной белой бумаги 60 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392438</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e86/q9r2k0ttomvvbaejos2oje2dz16vsqj7.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., А4 200 290 мм BRAUBERG, клетка, твердая обложка из картона, бумвинил, блок офсет, 130069</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG используется для ведения различного рода учетных записей в офисе, на складе, в магазине и т. д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392444</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/111/wz0ui9zvb610t2ahzgasj15l8ucdw010.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., А4 200 290 мм BRAUBERG, клетка, твердая обложка из картона, бумвинил, блок офсет, герб, 130141</t>
+  </si>
+  <si>
+    <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392445</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d14/3huvrb75egzu2y7k5ccq4cx28n3u10xw.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., А4 200 290 мм BRAUBERG, клетка,твердая обложка из картона, бумвинил, наклейка на обложке, офсет, 130140</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e6/tlu2c7rhpt855cuu7249pevot4vfkfrz.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., А4 200 290 мм BRAUBERG, линия, твердая обложка из картона, бумвинил, блок офсет, 130070</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в линию. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>392447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d42/qolmlvrwt4sbf11d8w0oth5s5id8luct.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., А4 200 290 мм STAFF, клетка, твердая обложка из картона, крафт, типографский блок, 126500</t>
   </si>
   <si>
     <t>Книга учета STAFF незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка имитирует крафт-бумагу, приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из типографской бумаги 55 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392448</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/973/2g5yfgj273jkcrm31tjrp2qyuimlsh7p.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., А4 210 265 мм STAFF, клетка, твердая обложка из картона, бумвинил, блок офсет, 130042</t>
   </si>
   <si>
     <t>Книга учета STAFF незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок содержит 96 листов, выполнен из офсетной белой бумаги 60 г/м2 и разлинован в клетку.</t>
   </si>
   <si>
     <t>392453</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e62/cwaccxh4hwarf1nttsuwcvi035ri7x87.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., А4 210 265 мм STAFF, линия, твердая обложка из картона, бумвинил, блок офсет, 130043</t>
+  </si>
+  <si>
+    <t>Книга учета STAFF прекрасно подойдет для работы в разных отраслях деятельности. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 60 г/м2 и разлинован в линию.</t>
+  </si>
+  <si>
+    <t>392454</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/18f/22s61qby3sfxu8jkei43hx7a89cjjrvn.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., А4, 210х295 мм, BRAUBERG, клетка, бумвинил, блок офсет, альбомный формат, 130074</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку. Формат А4 &amp;#40;203х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>392455</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/beb/a1cfj4g7g7mipyzyg11am48t6koi029x.jpg</t>
   </si>
   <si>
     <t>Книга учета движения трудовых книжек и вкладышей к ним, 32 л., сшивка, плобма, обложка ПВХ</t>
   </si>
   <si>
     <t>Книга учета движения трудовых книжек и вкладышей к ним утверждена Постановлением Министерства труда и социального развития № 69 от 10.10.2003 г. Книга, в которой регистрируются принятые от работников при поступлении на работу трудовые книжки и вкладыши.</t>
   </si>
   <si>
     <t>392456</t>
@@ -959,53 +947,50 @@
   <si>
     <t>160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c23/c2365d1cb45af53fefb6518b75c5b2c8/09129009bdf80c7df788c87f7b608529.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации целевого инструктажа  новый ГОСТ 12.0.004-2015  КЖ-1638</t>
   </si>
   <si>
     <t>Журнал регистрации целевого инструктажа &amp;#40;новый ГОСТ 12.0.004-2015&amp;#41; КЖ-1638</t>
   </si>
   <si>
     <t>416906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b10/b10a9d44c1166af63dfb830ad3442806/4b31f4bb4142b9560e4454d98fe8516e.jpg</t>
   </si>
   <si>
     <t>Журнал учета медицинских книжек КЖ-4233</t>
   </si>
   <si>
     <t>416908</t>
   </si>
   <si>
-    <t>140</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fdc/8md8uddeu289376d05lcy68pmc9kftk9.jpg</t>
   </si>
   <si>
     <t>Журнал учета для розничной торговли, 96 листов, А4 200x290 мм, бумвинил, фольга, офсет, BRAUBERG, 111270</t>
   </si>
   <si>
     <t>Журнал учета BRAUBERG используется для фиксирования финансовых итогов дня и формирования остатков товара. Применяется продавцами розничных торговых точек, реализующих товары большого ассортиментного ряда. Обложка из бумвинила плотностью 300 г/м2 приятна на ощупь и имеет эстетичный внешний вид. В сочетании с твердым переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Тиснение фольгой придает изделию дорогой, престижный вид. Внутренний блок содержит 96 листов офсетной белой бумаги плотностью 60 г/м2. Журнал оформлен в соответствии с правилами бухгалтерского и управленческого учета. Название на обложке выполнено тиснением фольгой.</t>
   </si>
   <si>
     <t>423345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63a/xjd3awzq7bo9fre9vu9xq4ixzflvxlow.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации трудовых договоров и дополнительных соглашений, 32 л., сшивка, плобма, обложка ПВХ</t>
   </si>
   <si>
     <t>Журнал регистрации трудовых договоров и дополнительных соглашений используется для регистрации трудовых договоров, заключенных с сотрудниками организации и дополнительных соглашений к ним. Журнал опломбирован номерной индикаторной пломбой.</t>
   </si>
   <si>
     <t>423346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/508/d7on30b0znv523o65dbohp36caj4k5dq.jpg</t>
@@ -1076,62 +1061,50 @@
   <si>
     <t>557524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/306c05ee679052a3bc0550aef347309e/3a33b34fa3c996b443e12789e299cf4b.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 260мм, мелованный картон, блок офсетный</t>
   </si>
   <si>
     <t>557525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/703/703d7329808fa864eeb2fd4f3f76224f/2045a13cd24c73116c52ac94171c2e32.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, бумвинил., блок офсетный</t>
   </si>
   <si>
     <t>Книга учета А4 96 листов, линия, блок офсетный, обложка бумвинил, цвет обложки: ассорти, твердый переплет.</t>
   </si>
   <si>
     <t>557526</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a1/6a1c634ec25ec8eabfcb4ea93850bacd/b6f6bea076710db7f7bfe6fe20490600.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b6b/b6b28c78008258f207d4b5094aa3ffb4/1feaab16df9ffb5f450e8ee1ca7dcffb.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка,  quot;Государ. символика quot;, 200 290мм, тв. переп, блок офсетный</t>
   </si>
   <si>
     <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсетная печать, пустографка, 96 листа. Обложка книги - ламинированный картон. Формат книги - А4.</t>
   </si>
   <si>
     <t>557528</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbd/5dah1nwrj2i4ekxzo7ta2va6m833fiit.jpg</t>
   </si>
   <si>
     <t>Книга Отзывов и предложений, 96 л., глянцевая, блок офсет, нумерация, А5  150х205 мм , BRAUBERG, 130223, 130233</t>
   </si>
   <si>
     <t>Книга отзывов и предложений STAFF - один из основных помощников руководителей, способствующих развитию и улучшению качества производства или обслуживания. Имеет жесткую книжную обложку, покрытую глянцевой пленкой плотностью 300 г/м2. Название на обложке выполнено печатью офсетного способа. Вертикальная ориентация. Внутренний блок содержит 96 листов офсетной бумаги плотностью 60 г/м2 с нумерацией, разлиновкой и текстом, облегчающими ведение записей. Формат А5 &amp;#40;150х205 мм&amp;#41;.</t>
   </si>
   <si>
     <t>564149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40e/qdgxhuuskhyfdjcyvfpub8s98y9o63yf.jpg</t>
@@ -1250,197 +1223,206 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c59/ba8zuophvkclv1gcjbdbci0w0bgho70z.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., линия, твердая, крафт, типографский блок, А4  200х290 мм , STAFF, 130217</t>
   </si>
   <si>
     <t>Книга учета STAFF незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка имитирует крафт-бумагу, приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из типографской бумаги 55 г/м2 и разлинован в линию. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>564165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d1/8tbdcvbkx65r1g4izujhle68z3u8rg9o.jpg</t>
   </si>
   <si>
     <t>Книга учета материальных ценностей ОКУД 0504042, 48 л., картон, блок офсет, А4  200х290 мм , STAFF, 130234</t>
   </si>
   <si>
     <t>Книга оформлена в соответствии с правилами бухгалтерского и управленческого учета. Имеет мягкую картонную обложку, плотностью 200 г/м2. Название на обложке выполнено печатью офсетного способа. Вертикальная ориентация. Внутренний блок содержит 48 листов офсетной бумаги плотностью 60 г/м2, разлиновкой и текстом, облегчающими ведение записей. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>564166</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c19/c1952fc9d3d3ccf03c5a0039b458ad7f/64e0cb98b7351840ce90d63fe1b86835.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета 128л. в клетку типограф., обл.тв.картон</t>
+  </si>
+  <si>
+    <t>581577</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9e6/9e61038634d827bb6c2fc62a2e1ab092/f0a6115081e6ff1714bec801ac4ffa22.jpg</t>
   </si>
   <si>
     <t>Бух книги учета 96л. в клетку офсет, обл.бумвинил синий</t>
   </si>
   <si>
     <t>581578</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/745/7458d3d175989d586c1c574d87c6d1a4/457775e67b9a78d7a26bd7f5cda005b9.jpg</t>
   </si>
   <si>
     <t>Бух книги учета 144л. в линейку офсет, обл.бумвинил ATTACHE</t>
   </si>
   <si>
     <t>581579</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/074/r0ihflnjleepmivcjjjyvxhgf327azwh.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л. лин. офс. А4 б винил вертик. синий</t>
+  </si>
+  <si>
+    <t>Книги учета в твердой обложке из бумвинила, плотностью 950 г/м2 и мягкой обложке из картона, плотностью 360 г/м2. Золотое тиснение, форзац с логотипом inФОРМАТ, информационной блок на внутренней стороне обложки. Скрепление: твердая обложка – скоба, мягкая обложка – шитье проволокой втачку. Внутренний блок в серую линейку «на вылет», плотность бумаги - 60 г/м2.</t>
+  </si>
+  <si>
+    <t>590163</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/149/9j43k7qezen3owj3wkx2n53e230j4d6w.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., клетка, твердая, картон, глянцевая, типографский блок, А4  200х290 мм , STAFF, 130220</t>
   </si>
   <si>
     <t>Книга учета STAFF незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Книжная обложка с покрытием из глянцевой пленки приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из типографской бумаги 55 г/м2 и разлинован в клетку. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>600434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25a/25a35531c1fa3c6e60d7d9a8968d2e16/fc68c0b7d73bcddce70c46b55703b835.jpg</t>
   </si>
   <si>
     <t>Бух книги кассовая горизон. 96л</t>
   </si>
   <si>
     <t>610915</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f94/rt1infmr983gonfov9kknhmf213kockm.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л. лин. офс. А4 б винил вертик. черн.</t>
   </si>
   <si>
-    <t>Книги учета в твердой обложке из бумвинила, плотностью 950 г/м2 и мягкой обложке из картона, плотностью 360 г/м2. Золотое тиснение, форзац с логотипом inФОРМАТ, информационной блок на внутренней стороне обложки. Скрепление: твердая обложка – скоба, мягкая обложка – шитье проволокой втачку. Внутренний блок в серую линейку «на вылет», плотность бумаги - 60 г/м2.</t>
-[...1 lines deleted...]
-  <si>
     <t>617529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3cc/3cc477653e66f54a8e6049577fa4c99e.jpg</t>
   </si>
   <si>
     <t>Бух книги учета 96л. в клетку офсет, обл.бумвинил красный</t>
   </si>
   <si>
     <t>647857</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30d/30d43357f353815a84ac54bc285324c0.jpg</t>
   </si>
   <si>
     <t>Книга учета материальных ценностей 2шт уп КЖ-1725</t>
   </si>
   <si>
     <t>Книга учета материальных ценностей 2шт/уп КЖ-1725</t>
   </si>
   <si>
     <t>647865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/721/721454bc1708ce415cb2ab933aecc290.jpg</t>
   </si>
   <si>
     <t>Книга учета хозяйственного имущества и материалов, 4шт уп КЖ-127</t>
   </si>
   <si>
     <t>Книга учета хозяйственного имущества и материалов, 4шт/уп КЖ-127</t>
   </si>
   <si>
     <t>647866</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e7f/e7febba09130617e2c69f5ff112048c6.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 64 л. кл. офс. А4 мел. карт. вертик.</t>
+  </si>
+  <si>
+    <t>Формат листов: А4 Количество листов: 64 Материал обложки: мелованный картон Линовка: клетка Вид изделия: Книга учета Ориентация: вертикальный Вид бумаги внутреннего блока: офсет 55 г/м2</t>
+  </si>
+  <si>
+    <t>649950</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/410/wz7dla7ce03l22dyc2sdn5upm45immgt.jpg</t>
   </si>
   <si>
     <t>Бух книги регистрации посетителей А4, 96л, обл бумвинил</t>
   </si>
   <si>
     <t>795537</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcf/myb70guzmgogvr115sdqxeny0k6ekyk7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a5/90q05xk3p7uybr5mclt75q6bg8w7sgwc.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 144 листа в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>800783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/014/57v2frwasw1efh90e0w0jyq3umbzsde3.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., линия, 200 290мм, бумвинил, цвет синий, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 144 листа в линию. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>800784</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e22/5u7hy1z414bviuf29fmvt9ujfx6iqa9z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec9/6gaxr7zxaadow4f8v6yda92xcswg34l0.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный с гербом</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия. Так же на обложке имеется тиснение фольгой.</t>
   </si>
   <si>
     <t>800787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dc/1womdvh8cwqqvjy12209c8vmr41eykjq.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в клетку. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>800789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5be/rnxc3m2bujl3m6wqpiz38nbm19qkmmsg.jpeg</t>
@@ -1448,50 +1430,62 @@
   <si>
     <t>КНИГА УЧЕТА А4 96 Л.ЛИН. КАРТ.ОБЛ.  quot;ЗЕЛЕНЫЙ quot;</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 96 Л.ЛИН. КАРТ.ОБЛ. &amp;quot;ЗЕЛЕНЫЙ&amp;quot;</t>
   </si>
   <si>
     <t>813583</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9a/x4m0k4t6ltmp9f2yc92dtpcjun5hly9f.jpeg</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 96 Л. КЛ. КАРТ.ОБЛ.  quot;БЕЛАЯ quot;</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 96 Л. КЛ. КАРТ.ОБЛ. &amp;quot;БЕЛАЯ&amp;quot;</t>
   </si>
   <si>
     <t>813585</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/74e/jc900iy1jibdhw2cz1sdazwwmzu3rvck.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 128л., клетка, 200 290мм, бумвинил, блок офсетный</t>
+  </si>
+  <si>
+    <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсет, клетка, 128 листов. Твердый переплет с обложкой из бумвинила. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>833524</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7e0/xaxcedi90h1ccy7q032ilbgllq0o4zpc.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный, наклейка</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 144 листа в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия. Так же на обложке имеется наклейка.</t>
   </si>
   <si>
     <t>833525</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 192л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный, наклейка</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 192 листа в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия. Так же на обложке имеется наклейка.</t>
   </si>
   <si>
     <t>833526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/609/k72huiile7x3ibeomn198ygnpwithcx1.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, бумвинил, цвет серый, блок офсетный</t>
@@ -1565,140 +1559,143 @@
   <si>
     <t>http://anytos.ru//upload/iblock/582/j1v5r396zo1x6fretcertnpa146j92qh.jpeg</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 80Л. ЛИН. Б ВИН.  quot;СИНИЙ quot;</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 80Л. ЛИН. Б/ВИН. &amp;quot;СИНИЙ&amp;quot;</t>
   </si>
   <si>
     <t>840239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee6/jspcz6cja32vzzuqkwk5am489hetsmfq.jpg</t>
   </si>
   <si>
     <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 120л, А5  210 155мм , форма 112 у, блок офсет</t>
   </si>
   <si>
     <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; по форме 112/у. Формат А5 &amp;#40;210?155 мм&amp;#41;, 120 л., переплет 7БЦ, обложка из твердого картона с матовой ламинацией, внутренний блок - офсетная бумага плотностью 65 г/м2.</t>
   </si>
   <si>
     <t>841444</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/697/g5x32id3z7jc9ycc4jw5rq8uds99gvxx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ff/k9i2en9o9sfd6wq254blfsq0lc7jo5c9.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, бумвинил., блок офсетный, коричневый</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в линию. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>843138</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74e/jc900iy1jibdhw2cz1sdazwwmzu3rvck.jpg</t>
+    <t>http://anytos.ru//upload/iblock/382/glf44upti4eij2qvip5a53ohwlntsjr7.jpg</t>
+  </si>
+  <si>
+    <t>Домовая книга А4, 16л., на скрепке, блок офсетный</t>
+  </si>
+  <si>
+    <t>Домовая книга. Обложка - картон плотностью 200-220 г/м2. Внутренний блок -офсетная бумага 55 г/м2. Вид крепления -скрепка.</t>
+  </si>
+  <si>
+    <t>844861</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 128л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок типографский</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из типографской бумаги, содержит 128 листов в клетку. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845530</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 128л., клетка, 200 290мм, твердый картон, блок офсетный с нумерацией</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 128 листов в клетку с нумерацией. Книжный переплет обложки обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845531</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 128л., клетка, 200 290мм, твердый переплет 7БЦ, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 128 листов в клетку. Книжный переплет обложки в сочетании с глянцевой ламинацией обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845532</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 128л., линия, 200 290мм, твердый картон, блок офсетный с нумерацией</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 128 листов в линию с нумерацией. Книжный переплет обложки обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845533</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок типографский</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из типографской бумаги, содержит 144 листа в клетку. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845534</t>
   </si>
   <si>
-    <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, бумвинил, цвет синий, блок офсетный</t>
-[...7 lines deleted...]
-  <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, твердая обложка  quot;крафт quot;, блок газетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из газетной бумаги, содержит 96 листов в линию. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845536</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e11/ghfd9v0tbt3urhpiwdhui6gc6ma4ga6d.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 листов А4 кл на сш бл офс Attache Bright Сolours  обл-кар  сиреневый</t>
+  </si>
+  <si>
+    <t>Книга учета 96 листов А4 кл на сш бл офс Attache Bright Сolours &amp;#40;обл-кар&amp;#41; сиреневый</t>
+  </si>
+  <si>
+    <t>879299</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/863/ixiarsxt9jhipol7htorevcsxnx6mblv.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл насш бл офс Attache Bright Сolours  об-карт  лайм</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл насш бл офс Attache Bright Сolours &amp;#40;об-карт&amp;#41; лайм</t>
   </si>
   <si>
     <t>879301</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/kj7ctrxzjjydspuc0tcxrmu9ejxxq1y8.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 192л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок типографский</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace отлично подойдет для ведения различных записей на предприятиях или в офисах. Книга формата А4 выполнена в размере 200*290мм. Внутренний блок, изготовленный из типографской бумаги, содержит 192 листа в клетку. Книжный переплет обложки из твердого картона в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия. Книга учета имеет вертикальную ориентацию. • Размер: 200*290мм; • Количество листов: 192; • Внутренний блок: типографская бумага</t>
   </si>
   <si>
     <t>883951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02b/hgewo9fawes3m1fytgh62vsi9mh18cet.jpg</t>
@@ -1805,50 +1802,59 @@
   <si>
     <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, наклейка, А4  200х290 мм , BRAUBERG, бордовая, 130279</t>
   </si>
   <si>
     <t>939326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6b/2tfonf3j4wd8ueuoh599oex6hf2w6w62.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 96л клетка альбомная бумвинил офсет</t>
   </si>
   <si>
     <t>950249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bd/kbi3r2m9bgwyo9iy7ur3xrdlmtmyu5e5.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache альбомная А4 клетка 96л, скоба, картон, офсет</t>
   </si>
   <si>
     <t>950250</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/459/fhi0s8th1niwi9u204wojdak37rd3b84.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета движения трудововых книжек и вклад.в них А4,блок офсет 96л бумв</t>
+  </si>
+  <si>
+    <t>950251</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/102/hmlyh0q6g698wzu6s29ho6wql99vzhbp.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 96л в клетку блок офсет, бумвинил серый</t>
   </si>
   <si>
     <t>962047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/378/kxn2mq4xyroi8vx82m08b9v6ffjmlce3.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 96л в клетку блок офсет, бумвинил черный</t>
   </si>
   <si>
     <t>962048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55f/130e3gkh9ryj8nn0fnk37txcefxc4aid.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 96л в клетку блок офсет, бумвинил зеленый</t>
   </si>
   <si>
     <t>962049</t>
@@ -1871,59 +1877,50 @@
   <si>
     <t>Книга учета Герб А4 96л в клетку блок офсет.бумвинил бордовый</t>
   </si>
   <si>
     <t>962052</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/517/qfl286hy150oviqygrk0y9u60m39x4we.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 96 листов, клетка, блок офсет, бумвинил бордовый</t>
   </si>
   <si>
     <t>973056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6c/e7w533d0n3oaqyre9n2t3x7kew6b7k2m.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А5 96 листов, клетка, офсет, картон, мел. скоба</t>
   </si>
   <si>
     <t>973057</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37f/b0l0961r489pt7awfuip266y0syd2ab2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/453/oq1rdm60zic5v2kfhpwfpnuzau1ji7v2.jpg</t>
   </si>
   <si>
     <t>Книга учета доходов ИП, применяющих упрощенную систему налогообложения, А4, 40стр., скрепка, блок офсетная бумага</t>
   </si>
   <si>
     <t>981862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/479/nvgaxj8k5g3e3p4qk6rn74tx3243ikh1.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 128л клетка офсет бумвинил</t>
   </si>
   <si>
     <t>987360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d38/awxzvs0p0bt1u98yws5e09g7xi0tv6z0.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., клетка, обложка из мелованного картона, блок офсет, А4  200х290 мм , ОФИСМАГ, 130186</t>
   </si>
   <si>
     <t>Книга учета ОФИСМАГ незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т. д. Мягкая обложка из мелованного картона плотностью 200 г/м2. Скрепление - скоба. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 60 г/м2 и разлинован в клетку. Формат А4 &amp;#40;195х290 мм&amp;#41;.</t>
@@ -1974,50 +1971,86 @@
     <t>http://anytos.ru//upload/iblock/33d/6xbyirvjer1fc1j7i62ivbn1gbf6m45x.jpg</t>
   </si>
   <si>
     <t>Книга учета 144 листов, клетка А4 КФОБ офс. б винил синий вертик.</t>
   </si>
   <si>
     <t>Книга учета 144 листов, клетка А4 КФОБ офс. б/винил синий вертик.</t>
   </si>
   <si>
     <t>1009645</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kfob/"&gt;КФОБ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/460/psbkp8exsa9aynxlc8g8n22yrj04spc2.jpg</t>
   </si>
   <si>
     <t>Книга учета 144 листов, линия А4 КФОБ офс. б винил синий вертик.</t>
   </si>
   <si>
     <t>Книга учета 144 листов, линия А4 КФОБ офс. б/винил синий вертик.</t>
   </si>
   <si>
     <t>1009646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f54/wlkbpxctgyicwc8ljf0g71u9h3fodft0.jpg</t>
+  </si>
+  <si>
+    <t>Кассовая книга Форма КО-4, 48 л., картон, типограф. блок, альбомная, А4  290х200 мм , 130008</t>
+  </si>
+  <si>
+    <t>Бухгалтерская книга &amp;quot;Книга КАССОВАЯ&amp;quot; оформлена в соответствии с правилами бухучета. Мягкая картонная обложка, внутренний блок из типографской бумаги. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1014151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ab/fpmymrd0bg7mmd63wogm2dhetrrfrjq9.jpg</t>
+  </si>
+  <si>
+    <t>Книга  quot;Журнал факультативных занятий quot;, 24 листа, А4, 205х282 мм, обложка мелованный картон, блок офсет, 15855</t>
+  </si>
+  <si>
+    <t>Является основным документом учета работы факультативных групп в общеобразовательном учреждении. Рассчитан на учебный год. Ведется по каждой параллели классов.</t>
+  </si>
+  <si>
+    <t>1014152</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abc/081rvihk1l27lw6zd8mt0aau4r6h5zsh.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета движения трудовых книжек и вкладышей к ним, 48 л., картон, блок офсет, А4 210х290 мм, 52277, 130054</t>
+  </si>
+  <si>
+    <t>Книга учета будет незаменима для ведения записей в отделе кадров.</t>
+  </si>
+  <si>
+    <t>1014153</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2344,3855 +2377,3905 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J170"/>
+  <dimension ref="A1:M172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G170" sqref="G170"/>
+      <selection pane="bottomRight" activeCell="F172" sqref="F172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...17 lines deleted...]
-      <c r="E7" s="3" t="s">
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...466 lines deleted...]
-      <c r="B28" s="1" t="s">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...499 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>206</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>206</v>
       </c>
-    </row>
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G53" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="G55" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>30</v>
       </c>
-    </row>
-[...96 lines deleted...]
-      <c r="B60" s="1" t="s">
+      <c r="G82" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F91" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...470 lines deleted...]
-      <c r="B81" s="1" t="s">
+      <c r="G91" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...323 lines deleted...]
-      </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>380</v>
+        <v>321</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>211</v>
+        <v>235</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>326</v>
+        <v>389</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>250</v>
+        <v>196</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>326</v>
+        <v>393</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>250</v>
+        <v>196</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>211</v>
+        <v>406</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F103" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G103" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>211</v>
+        <v>406</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="F105" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="G105" s="3" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>415</v>
+        <v>16</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>430</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>22</v>
+        <v>406</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>415</v>
+        <v>443</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>41</v>
+        <v>467</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="F119" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G119" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C121" s="1" t="s">
+      <c r="B133" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...211 lines deleted...]
-      <c r="C131" s="1" t="s">
+      <c r="B137" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...153 lines deleted...]
-      </c>
       <c r="B138" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>449</v>
+        <v>542</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>41</v>
+        <v>406</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>521</v>
+        <v>546</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>41</v>
+        <v>406</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>415</v>
+        <v>30</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>41</v>
+        <v>406</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>415</v>
+        <v>206</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>221</v>
+        <v>565</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F145" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>566</v>
+        <v>235</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B147" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B150" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>250</v>
+        <v>406</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>566</v>
+        <v>406</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>415</v>
+        <v>631</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F165" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>632</v>
+        <v>648</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="F169" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>74</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">