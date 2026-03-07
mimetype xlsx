--- v1 (2026-01-08)
+++ v2 (2026-03-07)
@@ -12,613 +12,550 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="665">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e58/ksa3m8g14ynbu60i890d4w57alg2y39a.jpg</t>
+  </si>
+  <si>
+    <t>Журнал кассира-операциониста 48 л. А4: Ж КО штр.: 4607094135197</t>
+  </si>
+  <si>
+    <t>Журнал кассира-операциониста можно использовать для учета приходно-расходных операций с наличными деньгами.</t>
+  </si>
+  <si>
+    <t>Бухгалтерские книги</t>
+  </si>
+  <si>
+    <t>107948</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kartonpak/"&gt;Картонпак&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e27/uwnli1cus18qylcz67d3ykymmzna8qf5.jpg</t>
+  </si>
+  <si>
+    <t>Кассовая книга 48 л. А4   К К</t>
+  </si>
+  <si>
+    <t>107950</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/169/fvae0x9ntndvo6rrh43i74mf231jxe7w.jpg</t>
   </si>
   <si>
     <t>Книга учета 192 л. кл. офс. А4 б винил вертик. синий: KYA4-BV192K штр.: 4602723045205</t>
   </si>
   <si>
-    <t>Бухгалтерские книги</t>
-[...1 lines deleted...]
-  <si>
     <t>107955</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...8 lines deleted...]
-    <t>107956</t>
+    <t>http://anytos.ru//upload/iblock/860/g56eotx76ppy49nc31cxxi1jnzeywogq.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л. кл. газет. А4 картон вертик.: KYA4-KR96 штр.: 4602723068808</t>
+  </si>
+  <si>
+    <t>107965</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л. кл. офс. А4 б винил вертик. синий: KYA4-BV96K штр.: 4602723045182</t>
+  </si>
+  <si>
+    <t>Книги учета в твердой обложке из бумвинила, плотностью 950 г/м2 и мягкой обложке из картона, плотностью 360 г/м2. Золотое тиснение, форзац с логотипом inФОРМАТ, информационной блок на внутренней стороне обложки. Скрепление: твердая обложка – скоба, мягкая обложка – шитье проволокой втачку. Внутренний блок в серую клетку «на вылет», плотность бумаги - 60 г/м2.</t>
+  </si>
+  <si>
+    <t>107968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a20/tci86cfessjepjx31h8amtzywn54y55e.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л. кл. офс. А4 твердая обложка вертик.</t>
+  </si>
+  <si>
+    <t>107974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccf/ccf7bf22377a75c4fe7daba3801c988d.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 48 л., пустографка, мелованный картон, блок офсет: KU48P_2997</t>
+  </si>
+  <si>
+    <t>Книга учета А4 48 л., пустографка, мелованный картон, блок офсет: KU48P_2997 Книга учета OfficeSpace 48л. А4, пустографка, мелованный картон, блок офсет</t>
+  </si>
+  <si>
+    <t>212297</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/672/67210064fb2b782500fe480462ed1b4f.jpg</t>
+  </si>
+  <si>
+    <t>Журнал кассира-операциониста  форма КМ-4  280 190 48 л., горизонтальный, картон, блок газетный: K-KS48_509 штр.:  4610008525090</t>
+  </si>
+  <si>
+    <t>Журнал кассира-операциониста &amp;#40;форма КМ-4&amp;#41; 280*190 48 л., горизонтальный, картон, блок газетный: K-KS48_509 Журнал кассира-операциониста. Блок газетка, 48 листов. Крепление - скрепка. Обложка - немелованный картон.</t>
+  </si>
+  <si>
+    <t>212330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd0/dd036619bbc49400c1d297b2e77a9212.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета движения трудовых книжек и вкладышей в них А4 48 л., мелованный картон, блок офсет: K-UTK48_761 штр.:  4610008527612</t>
+  </si>
+  <si>
+    <t>Книга учета движения трудовых книжек и вкладышей в них А4 48 л., мелованный картон, блок офсет: K-UTK48_761 Книга учета движения трудовых книжек и вкладышей в них. Формат А4. Обложка - мелованный картон. Способ крепления - скрепка. Блок 48 листов, офсет.</t>
+  </si>
+  <si>
+    <t>212414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63f/gzydh7k25gkzi1o3ljyagpicm44s52xl.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации посетителей А4 96 л., твердый переплет 7БЦ, блок офсет: K-RP96_2990 штр.:  4680211009908</t>
+  </si>
+  <si>
+    <t>Журнал регистрации посетителей А4 96 л., твердый переплет 7БЦ, блок офсет: K-RP96_2990 Журнал регистрации посетителей, 96л., твердый переплет 7БЦ, блок офсет</t>
+  </si>
+  <si>
+    <t>213531</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b39/b395207704d6867d230b27b9af656cbf.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 80 л., клетка, твердый переплет 7БЦ, блок офсет: KU80K_2998  190204</t>
+  </si>
+  <si>
+    <t>Книга учета А4 80 л., клетка, твердый переплет 7БЦ, блок офсет: KU80K_2998 /190204 Книга учета OfficeSpace 80л. А4, клетка,тв. переплет 7БЦ, блок офсет</t>
+  </si>
+  <si>
+    <t>213761</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe9/fe917ce48bbca9ef7e00b75fbabbe969.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., линия, твердый переплет 7БЦ, блок газетный: CL-98-726   153187 штр.:  4610008521979</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., линия, твердый переплет 7БЦ, блок газетный: CL-98-726 / 153187 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - газетка, линия, пустографка, 96 листов. Обложка книги - ламинированный картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>213994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c5/6c5eb8cbb353985dec937ba405be2d27.jpg</t>
+  </si>
+  <si>
+    <t>Книга регистрации документов А4 96 л., бумвинил., блок офсет: K-RD96_2988 штр.:  4680211009885</t>
+  </si>
+  <si>
+    <t>Книга регистрации документов А4 96 л., бумвинил., блок офсет: K-RD96_2988 Книга регистрации документов 96л., твердый переплет, обложка бумвинил тиснение золото, блок офсет</t>
+  </si>
+  <si>
+    <t>214001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cb/3cbb05c0b0ce22fd12ef732767c03389.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, картон, блок офсет: CL-98-315   153186 штр.:  4610008521955</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, картон, блок офсет: CL-98-315 / 153186 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсет, клетка, пустографка, 96 листов. Обложка книги - мелованный картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>214094</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50d/od01mti3fuksgeb388pjb64y9psf1jkm.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа на рабочем месте, 96л., картон, офсет: K-TB96_2989 штр.:  4680211009892</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа на рабочем месте, 96л., картон, офсет: K-TB96_2989 Журнал регистрации инструктажа на рабочем месте, 96л., твердый переплет, обложка картон, блок офсет</t>
+  </si>
+  <si>
+    <t>214195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/222/22258d74779a2a493c304170a13f3bf6.jpg</t>
+  </si>
+  <si>
+    <t>Кассовая книга  форма КО-4  А4 48 л., горизонтальная, мелованный картон, блок газетный: K-KK48_510 штр.:  4610008525106</t>
+  </si>
+  <si>
+    <t>Кассовая книга &amp;#40;форма КО-4&amp;#41; А4 48 л., горизонтальная, мелованный картон, блок газетный: K-KK48_510 Кассовая книга, 48 листов. Крепление - скрепка. Обложка - плотный белый офсет. Блок газетка.</t>
+  </si>
+  <si>
+    <t>214274</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82c/82cc1e010e97deaf6135ca75725e07bf.jpg</t>
+  </si>
+  <si>
+    <t>Кассовая книга  форма КО-4  А4 96 л., горизонтальная, мелованный картон, блок газетный: K-KK96_511 штр.:  4610008525113</t>
+  </si>
+  <si>
+    <t>Кассовая книга &amp;#40;форма КО-4&amp;#41; А4 96 л., горизонтальная, мелованный картон, блок газетный: K-KK96_511 Кассовая книга, 96 листов. Крепление - скрепка. Обложка - плотный белый офсет. Блок газетка.</t>
+  </si>
+  <si>
+    <t>214659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/134/13423ff057c260c5140493d325ca7013.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, картон, блок газетный: CL-98-325   153185 штр.:  4610008521931</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, картон, блок газетный: CL-98-325 / 153185 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - газетка, клетка, 96 листов. Обложка книги - картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>214881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/631/02ue22byy34iia9xzyrsf0z4cb4l20q1.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, твердый переплет 7БЦ, блок офсетный</t>
+  </si>
+  <si>
+    <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсет, клетка, 96 листов. Обложка книги - ламинированный картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>215118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35b/35b68f8bcc9a679832e5b54fa3562e6f.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 144 л., пустографка, бумвинил., блок офсет: KU144-763</t>
+  </si>
+  <si>
+    <t>Книга учета А4 144 л., пустографка, бумвинил., блок офсет: KU144-763 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсетная печать, пустографка, 144 листа. Обложка книги - бумвинил. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>216172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/723/s2i7r9t0gbx76w5sla27sxozxt8ci4qh.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации въезда выезда автотранспорта А4 96 л., бумвинил., блок офсет: K-RA96_2937 штр.:  4680211009373</t>
+  </si>
+  <si>
+    <t>Журнал регистрации въезда/выезда автотранспорта А4 96 л., бумвинил., блок офсет: K-RA96_2937 Журнал регистрации въезда/выезда автотранспорта твердый переплет, обложка бумвинил тиснение золото, блок офсет</t>
+  </si>
+  <si>
+    <t>216356</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e0/7e02c70b294724d01e64d02f1a016951.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., линия, картон, блок газетный: CL-98-326   153190 штр.:  4610008521948</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., линия, картон, блок газетный: CL-98-326 / 153190 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - огазетка, пустографка, линия, 80 листов. Обложка книги - мелованный картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>216402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/787/787beeabc387aea35403b52958acede8.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, твердый переплет 7БЦ, блок газетный: CL-98-725   153181 штр.:  4610008521962</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, твердый переплет 7БЦ, блок газетный: CL-98-725 / 153181 Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - газетка, клетка, пустографка, 96 листов. Обложка книги - ламинированный картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>216506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb8/fb8aec39ba8605cfb8e74ea1da6030dc.jpg</t>
+  </si>
+  <si>
+    <t>Книга отзывов и предложений А5 96 л., мелованный картон, блок газетный: K-KO96_512 штр.:  4610008525120</t>
+  </si>
+  <si>
+    <t>Книга отзывов и предложений А5 96 л., мелованный картон, блок газетный: K-KO96_512</t>
+  </si>
+  <si>
+    <t>217463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/804/8049f4fc6853667c5f43770ed1272c7f.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, бумвинил., блок газетный: CL-98-225   153183 штр.:  4610008522006</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 л., клетка, бумвинил., блок газетный: CL-98-225 / 153183</t>
+  </si>
+  <si>
+    <t>218572</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72f/98l00no26akkv73ifwrdnky7q1d4870y.jpg</t>
+  </si>
+  <si>
+    <t>Книга отзывов и предложений А5 96л., бумвинил, офсетный: КО96б_14119 штр.: 4680211121198</t>
+  </si>
+  <si>
+    <t>Книга отзывов и предложений в твердом переплете с обложкой из бумвинала и офсетным блоком. Является необходимым атрибутом в каждой торговой точке.</t>
+  </si>
+  <si>
+    <t>337370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37b/37b900770c51d8eb17957021928d9fac.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета А4 192л., клетка, бумвинил, блок офсет 974532</t>
+  </si>
+  <si>
+    <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсет, клетка, 192 листа. Твердый переплет с обложкой из бумвинила. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>337371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d27/d273efab6405e98c2e2166752ae9f3a1.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта история развития ребенка OfficeSpace А5 205 150мм  ф.112 ,красная,тв.обл. БВ,196л 266721</t>
+  </si>
+  <si>
+    <t>Бланк соответствует государственным стандартам документального ведения учета и утвержден Министерством здравоохранения Российской Федерации.</t>
+  </si>
+  <si>
+    <t>354690</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/861/861d1a46f61d2da19419308bb79d50e9.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта история развития ребенка OfficeSpace А5 205 150мм  ф.112 ,синяя,тв.обл. БВ,196л 266722</t>
+  </si>
+  <si>
+    <t>354691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7a/b7a1e30a389871747c11431d76b83758.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка  школьника  OfficeSpace, 14л, А4, блок офсет, ф.026 у-2000 266717</t>
+  </si>
+  <si>
+    <t>354693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f62/f62dae012fba6c0a7d6b344d5b8807b8.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта ребенка  школьника  OfficeSpace, 16л, А4, блок офсет, ф.026 у-2000 синяя. 266718</t>
+  </si>
+  <si>
+    <t>355162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19e/19e921ca85b0a9eec0792a6dc2808e51.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, бумвинил, цвет красный, блок офсетный. 275752</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 листов, клетка, блок офсетный, обложка бумвинил, цвет обложки: красный, твердый переплет.</t>
+  </si>
+  <si>
+    <t>366804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ca/4ca771c4106e516c9ac99a2f39de14d1.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный. 275754</t>
+  </si>
+  <si>
+    <t>Книга учета А4 96 листов, клетка, блок офсетный, обложка бумвинил, цвет обложки: синий, твердый переплет.</t>
+  </si>
+  <si>
+    <t>366879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdc/cdc8a07f453857e46e6f7610796734b4/45f330a5c03be51fa451da49f3c2791a.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета-120л. в клетку офсет, обл. бумвинил</t>
+  </si>
+  <si>
+    <t>375763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61c/61c42fd6172667972a87b27e9f2b8eea/2af54337bfa62eca4764997efca90b8e.jpg</t>
+  </si>
+  <si>
+    <t>Бух книги учета-160л. в клетку офсет, обл. бумвинил</t>
+  </si>
+  <si>
+    <t>375765</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/860/g56eotx76ppy49nc31cxxi1jnzeywogq.jpg</t>
-[...325 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b65/b65a63cc127047ecf8e4b7dd8ff4e8dc/268b135471d97ec22f9665ef6b21a55c.jpg</t>
   </si>
   <si>
     <t>Бух книги учета_144л. пустографка, обл. бумвинил</t>
   </si>
   <si>
     <t>375766</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/454/45428d350edc297ca6389302b6cb1eee/55c0b6435d9102e2161a286f64ab61c7.jpg</t>
   </si>
   <si>
     <t>Бух книги Отзывов и предложений,А5 обложка картон. офсетный блок,48л.</t>
   </si>
   <si>
     <t>375816</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90d/90de0681388b3dfef22c9ad6c09618da/521aa93abb5bac80670942096c8b53c1.jpg</t>
-[...61 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e8d/e8d99717dc829217f02f567e203f2a7d.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации работ по ТО и ремонту пож-охран. сигнализации КЖ 739 1</t>
   </si>
   <si>
     <t>Журнал регистрации работ по ТО и ремонту пож-охран. сигнализации КЖ 739/1</t>
   </si>
   <si>
     <t>375839</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46c/46c328fe584d68306232c10103c8032d/a8519abc701277cd0b50c71bd7d214dc.jpg</t>
-[...67 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4bf/4bfa29eb478c3e30722a4cc8a8b1bc4f/3363df2d0808256dfcd07784890f9b10.jpg</t>
   </si>
   <si>
     <t>Журнал уч та присвоения гр. 1 по электробез неэлетротехническ персон КЖ 134</t>
   </si>
   <si>
     <t>Журнал учёта присвоения гр. 1 по электробез неэлетротехническ персон КЖ 134</t>
   </si>
   <si>
     <t>375849</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/925/siuojuc8lezp9qft8gpfmhuan6mj8y0p.jpg</t>
   </si>
   <si>
     <t>Домовая книга  поквартирная , Форма  11, 12 л., А4, 198х278 мм, картон, офсет, BRAUBERG, 130192</t>
   </si>
   <si>
     <t>Домовая поквартирная книга STAFF оформлена в соответствии с правилами бухгалтерского и управленческого учета по форме №11. Обложка выполнена из высококачественного мелованного картона плотностью 220 г/м2. Вертикальная ориентация. Внутренний блок содержит 12 листов офсетной белой бумаги плотностью 55 г/м2. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>392413</t>
@@ -914,83 +851,50 @@
   <si>
     <t>Книга учета 96 л., А4, 210х295 мм, BRAUBERG, клетка, бумвинил, блок офсет, альбомный формат, 130074</t>
   </si>
   <si>
     <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку. Формат А4 &amp;#40;203х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>392455</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/beb/a1cfj4g7g7mipyzyg11am48t6koi029x.jpg</t>
   </si>
   <si>
     <t>Книга учета движения трудовых книжек и вкладышей к ним, 32 л., сшивка, плобма, обложка ПВХ</t>
   </si>
   <si>
     <t>Книга учета движения трудовых книжек и вкладышей к ним утверждена Постановлением Министерства труда и социального развития № 69 от 10.10.2003 г. Книга, в которой регистрируются принятые от работников при поступлении на работу трудовые книжки и вкладыши.</t>
   </si>
   <si>
     <t>392456</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32a/32a2b6f98388a8bf8f9b2a068580d9f4/a4effb9f2cf3fd6764edbd4d49f3e635.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fdc/8md8uddeu289376d05lcy68pmc9kftk9.jpg</t>
   </si>
   <si>
     <t>Журнал учета для розничной торговли, 96 листов, А4 200x290 мм, бумвинил, фольга, офсет, BRAUBERG, 111270</t>
   </si>
   <si>
     <t>Журнал учета BRAUBERG используется для фиксирования финансовых итогов дня и формирования остатков товара. Применяется продавцами розничных торговых точек, реализующих товары большого ассортиментного ряда. Обложка из бумвинила плотностью 300 г/м2 приятна на ощупь и имеет эстетичный внешний вид. В сочетании с твердым переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Тиснение фольгой придает изделию дорогой, престижный вид. Внутренний блок содержит 96 листов офсетной белой бумаги плотностью 60 г/м2. Журнал оформлен в соответствии с правилами бухгалтерского и управленческого учета. Название на обложке выполнено тиснением фольгой.</t>
   </si>
   <si>
     <t>423345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63a/xjd3awzq7bo9fre9vu9xq4ixzflvxlow.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации трудовых договоров и дополнительных соглашений, 32 л., сшивка, плобма, обложка ПВХ</t>
   </si>
   <si>
     <t>Журнал регистрации трудовых договоров и дополнительных соглашений используется для регистрации трудовых договоров, заключенных с сотрудниками организации и дополнительных соглашений к ним. Журнал опломбирован номерной индикаторной пломбой.</t>
   </si>
   <si>
     <t>423346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/508/d7on30b0znv523o65dbohp36caj4k5dq.jpg</t>
@@ -1061,50 +965,62 @@
   <si>
     <t>557524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/306c05ee679052a3bc0550aef347309e/3a33b34fa3c996b443e12789e299cf4b.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 260мм, мелованный картон, блок офсетный</t>
   </si>
   <si>
     <t>557525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/703/703d7329808fa864eeb2fd4f3f76224f/2045a13cd24c73116c52ac94171c2e32.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, бумвинил., блок офсетный</t>
   </si>
   <si>
     <t>Книга учета А4 96 листов, линия, блок офсетный, обложка бумвинил, цвет обложки: ассорти, твердый переплет.</t>
   </si>
   <si>
     <t>557526</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6a1/6a1c634ec25ec8eabfcb4ea93850bacd/b6f6bea076710db7f7bfe6fe20490600.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, твердый переплет 7БЦ, блок офсетный</t>
+  </si>
+  <si>
+    <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсет, линия, пустографка, 96 листов. Обложка книги - ламинированный картон. Формат книги - А4.</t>
+  </si>
+  <si>
+    <t>557527</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b6b/b6b28c78008258f207d4b5094aa3ffb4/1feaab16df9ffb5f450e8ee1ca7dcffb.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка,  quot;Государ. символика quot;, 200 290мм, тв. переп, блок офсетный</t>
   </si>
   <si>
     <t>Используются для ведения записей по учету материальных и трудовых ресурсов. Блок листов - офсетная печать, пустографка, 96 листа. Обложка книги - ламинированный картон. Формат книги - А4.</t>
   </si>
   <si>
     <t>557528</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbd/5dah1nwrj2i4ekxzo7ta2va6m833fiit.jpg</t>
   </si>
   <si>
     <t>Книга Отзывов и предложений, 96 л., глянцевая, блок офсет, нумерация, А5  150х205 мм , BRAUBERG, 130223, 130233</t>
   </si>
   <si>
     <t>Книга отзывов и предложений STAFF - один из основных помощников руководителей, способствующих развитию и улучшению качества производства или обслуживания. Имеет жесткую книжную обложку, покрытую глянцевой пленкой плотностью 300 г/м2. Название на обложке выполнено печатью офсетного способа. Вертикальная ориентация. Внутренний блок содержит 96 листов офсетной бумаги плотностью 60 г/м2 с нумерацией, разлиновкой и текстом, облегчающими ведение записей. Формат А5 &amp;#40;150х205 мм&amp;#41;.</t>
   </si>
   <si>
     <t>564149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40e/qdgxhuuskhyfdjcyvfpub8s98y9o63yf.jpg</t>
@@ -1307,122 +1223,146 @@
   <si>
     <t>610915</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f94/rt1infmr983gonfov9kknhmf213kockm.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л. лин. офс. А4 б винил вертик. черн.</t>
   </si>
   <si>
     <t>617529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3cc/3cc477653e66f54a8e6049577fa4c99e.jpg</t>
   </si>
   <si>
     <t>Бух книги учета 96л. в клетку офсет, обл.бумвинил красный</t>
   </si>
   <si>
     <t>647857</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/30d/30d43357f353815a84ac54bc285324c0.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e7f/e7febba09130617e2c69f5ff112048c6.jpg</t>
   </si>
   <si>
     <t>Книга учета 64 л. кл. офс. А4 мел. карт. вертик.</t>
   </si>
   <si>
     <t>Формат листов: А4 Количество листов: 64 Материал обложки: мелованный картон Линовка: клетка Вид изделия: Книга учета Ориентация: вертикальный Вид бумаги внутреннего блока: офсет 55 г/м2</t>
   </si>
   <si>
     <t>649950</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b7f/b7fdd1657b259e98ef6d4f8aff737a1c.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 128 л. кл. офс. А4 7БЦ вертик.</t>
+  </si>
+  <si>
+    <t>Формат листов: А4 Количество листов: 128 Материал обложки: 7БЦ Линовка: клетка Вид изделия: Книга учета Ориентация: вертикальный Вид бумаги внутреннего блока: офсет 55 г/м2</t>
+  </si>
+  <si>
+    <t>649952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c74/c7492ae68d2207d4a35a7c78b7d61012.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 144 л. кл. газет.с нумер., А4 тв.обл. вертик.</t>
+  </si>
+  <si>
+    <t>Формат листов: А4 Количество листов: 144 Материал обложки: твердый картон Линовка: клетка с нумерацией Вид изделия: Книга учета Ориентация: вертикальный Вид бумаги внутреннего блока: газетный 45 г/м2</t>
+  </si>
+  <si>
+    <t>661111</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/410/wz7dla7ce03l22dyc2sdn5upm45immgt.jpg</t>
   </si>
   <si>
     <t>Бух книги регистрации посетителей А4, 96л, обл бумвинил</t>
   </si>
   <si>
     <t>795537</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dcf/myb70guzmgogvr115sdqxeny0k6ekyk7.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок газетный</t>
+  </si>
+  <si>
+    <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из газетной бумаги, содержит 96 листов в клетку. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
+  </si>
+  <si>
+    <t>800309</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1a5/90q05xk3p7uybr5mclt75q6bg8w7sgwc.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 144 листа в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>800783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/014/57v2frwasw1efh90e0w0jyq3umbzsde3.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., линия, 200 290мм, бумвинил, цвет синий, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 144 листа в линию. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>800784</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e22/5u7hy1z414bviuf29fmvt9ujfx6iqa9z.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета OfficeSpace, А4, 192л., клетка, 200 290мм, бумвинил, цвет зеленый, блок офсетный</t>
+  </si>
+  <si>
+    <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 192 листа в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
+  </si>
+  <si>
+    <t>800785</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ec9/6gaxr7zxaadow4f8v6yda92xcswg34l0.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, бумвинил, цвет синий, блок офсетный с гербом</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в клетку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия. Так же на обложке имеется тиснение фольгой.</t>
   </si>
   <si>
     <t>800787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dc/1womdvh8cwqqvjy12209c8vmr41eykjq.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок офсетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в клетку. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>800789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5be/rnxc3m2bujl3m6wqpiz38nbm19qkmmsg.jpeg</t>
@@ -1559,50 +1499,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/582/j1v5r396zo1x6fretcertnpa146j92qh.jpeg</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 80Л. ЛИН. Б ВИН.  quot;СИНИЙ quot;</t>
   </si>
   <si>
     <t>КНИГА УЧЕТА А4 80Л. ЛИН. Б/ВИН. &amp;quot;СИНИЙ&amp;quot;</t>
   </si>
   <si>
     <t>840239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee6/jspcz6cja32vzzuqkwk5am489hetsmfq.jpg</t>
   </si>
   <si>
     <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 120л, А5  210 155мм , форма 112 у, блок офсет</t>
   </si>
   <si>
     <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; по форме 112/у. Формат А5 &amp;#40;210?155 мм&amp;#41;, 120 л., переплет 7БЦ, обложка из твердого картона с матовой ламинацией, внутренний блок - офсетная бумага плотностью 65 г/м2.</t>
   </si>
   <si>
     <t>841444</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/697/g5x32id3z7jc9ycc4jw5rq8uds99gvxx.jpg</t>
+  </si>
+  <si>
+    <t>Медицинская карта  quot;История развития ребенка quot; OfficeSpace, 120л, А5  210 155мм , форма 112 у, блок офсет, универсальная</t>
+  </si>
+  <si>
+    <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; по форме 112/у. Формат А5 &amp;#40;210*155мм&amp;#41;, 120л., переплет 7БЦ, обложка из твердого картона с матовой ламинацией и красочным дизайном, внутренний блок - офсетная бумага плотностью 60г/м?.</t>
+  </si>
+  <si>
+    <t>841445</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ff/k9i2en9o9sfd6wq254blfsq0lc7jo5c9.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, бумвинил., блок офсетный, коричневый</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в линию. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>843138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/382/glf44upti4eij2qvip5a53ohwlntsjr7.jpg</t>
   </si>
   <si>
     <t>Домовая книга А4, 16л., на скрепке, блок офсетный</t>
   </si>
   <si>
     <t>Домовая книга. Обложка - картон плотностью 200-220 г/м2. Внутренний блок -офсетная бумага 55 г/м2. Вид крепления -скрепка.</t>
   </si>
   <si>
     <t>844861</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
@@ -1631,50 +1583,59 @@
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 128 листов в клетку. Книжный переплет обложки в сочетании с глянцевой ламинацией обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845532</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 128л., линия, 200 290мм, твердый картон, блок офсетный с нумерацией</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 128 листов в линию с нумерацией. Книжный переплет обложки обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845533</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 144л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок типографский</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из типографской бумаги, содержит 144 листа в клетку. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845534</t>
   </si>
   <si>
+    <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, бумвинил, цвет синий, блок офсетный</t>
+  </si>
+  <si>
+    <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из белой офсетной бумаги, содержит 96 листов в линейку. Книжный переплет обложки в сочетании с покрытием из бумвинила обеспечивает долгую сохранность изделия.</t>
+  </si>
+  <si>
+    <t>845535</t>
+  </si>
+  <si>
     <t>Книга учета OfficeSpace, А4, 96л., линия, 200 290мм, твердая обложка  quot;крафт quot;, блок газетный</t>
   </si>
   <si>
     <t>Книга учета используется для ведения различных записей на предприятиях, в офисах и т.д. Внутренний блок, изготовленный из газетной бумаги, содержит 96 листов в линию. Книжный переплет обложки в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия.</t>
   </si>
   <si>
     <t>845536</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e11/ghfd9v0tbt3urhpiwdhui6gc6ma4ga6d.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл на сш бл офс Attache Bright Сolours  обл-кар  сиреневый</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл на сш бл офс Attache Bright Сolours &amp;#40;обл-кар&amp;#41; сиреневый</t>
   </si>
   <si>
     <t>879299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/863/ixiarsxt9jhipol7htorevcsxnx6mblv.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл насш бл офс Attache Bright Сolours  об-карт  лайм</t>
@@ -1688,246 +1649,213 @@
   <si>
     <t>http://anytos.ru//upload/iblock/767/kj7ctrxzjjydspuc0tcxrmu9ejxxq1y8.jpg</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace, А4, 192л., клетка, 200 290мм, твердая обложка  quot;крафт quot;, блок типографский</t>
   </si>
   <si>
     <t>Книга учета OfficeSpace отлично подойдет для ведения различных записей на предприятиях или в офисах. Книга формата А4 выполнена в размере 200*290мм. Внутренний блок, изготовленный из типографской бумаги, содержит 192 листа в клетку. Книжный переплет обложки из твердого картона в сочетании с покрытием под крафт-бумагу обеспечивает долгую сохранность изделия. Книга учета имеет вертикальную ориентацию. • Размер: 200*290мм; • Количество листов: 192; • Внутренний блок: типографская бумага</t>
   </si>
   <si>
     <t>883951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02b/hgewo9fawes3m1fytgh62vsi9mh18cet.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл на сш бл офс Attache Bright Сolours об-карт гол</t>
   </si>
   <si>
     <t>Книга учета 96 листов А4 кл на сш бл офс Attache Bright Сolours&amp;#40;об-карт&amp;#41;гол</t>
   </si>
   <si>
     <t>898464</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/838/rdzq657v61ixa39g6g5ixvwh19f2fbe7.jpg</t>
-[...17 lines deleted...]
-    <t>904699</t>
+    <t>http://anytos.ru//upload/iblock/66b/wa8uefpd6ottr6fxwfk682m2nsfcabw7.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, герб, А4  200х290 мм , BRAUBERG, зеленая, 130277</t>
+  </si>
+  <si>
+    <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок состоит из 96 листов, выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>930863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43a/wv2oxisnge7y3031t7mrum8awfskc2r0.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, герб, А4  200х290 мм , BRAUBERG, бордовая, 130276</t>
+  </si>
+  <si>
+    <t>938717</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/bwtq1nk1v8ovljhsou7d1jg0fqhn1vo6.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, герб, А4  200х290 мм , BRAUBERG, черная, 130275</t>
+  </si>
+  <si>
+    <t>938718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5de/yvu1itzmceqirn805s3lm9evi3qb056n.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, наклейка, А4  200х290 мм , BRAUBERG, зеленая, 130280</t>
+  </si>
+  <si>
+    <t>Книга учета BRAUBERG незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т.д. Обложка из бумвинила приятна на ощупь и имеет эстетичный внешний вид. В сочетании с книжным переплетом ей свойственна хорошая износоустойчивость. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок состоит из 96 листов, выполнен из офсетной белой бумаги 65 г/м2 и разлинован в клетку.</t>
+  </si>
+  <si>
+    <t>938719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bea/5jbxr46gh28tya1iqn2m5e4w8hv8erz1.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, наклейка, А4  200х290 мм , BRAUBERG, черная, 130278</t>
+  </si>
+  <si>
+    <t>938720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9b/rwhp1l26j72fqhwgawogsrcrc21o1yzk.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета 96 л., клетка, твердая, бумвинил, офсет, наклейка, А4  200х290 мм , BRAUBERG, бордовая, 130279</t>
+  </si>
+  <si>
+    <t>939326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6b/2tfonf3j4wd8ueuoh599oex6hf2w6w62.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А4 96л клетка альбомная бумвинил офсет</t>
+  </si>
+  <si>
+    <t>950249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bd/kbi3r2m9bgwyo9iy7ur3xrdlmtmyu5e5.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache альбомная А4 клетка 96л, скоба, картон, офсет</t>
+  </si>
+  <si>
+    <t>950250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/459/fhi0s8th1niwi9u204wojdak37rd3b84.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета движения трудововых книжек и вклад.в них А4,блок офсет 96л бумв</t>
+  </si>
+  <si>
+    <t>950251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/102/hmlyh0q6g698wzu6s29ho6wql99vzhbp.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А4 96л в клетку блок офсет, бумвинил серый</t>
+  </si>
+  <si>
+    <t>962047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/378/kxn2mq4xyroi8vx82m08b9v6ffjmlce3.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А4 96л в клетку блок офсет, бумвинил черный</t>
+  </si>
+  <si>
+    <t>962048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55f/130e3gkh9ryj8nn0fnk37txcefxc4aid.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А4 96л в клетку блок офсет, бумвинил зеленый</t>
+  </si>
+  <si>
+    <t>962049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e3/cvlb4tt663zkau3zzynfjajfzpsod9wh.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А5 96л клетка офсет картон мел. спираль</t>
+  </si>
+  <si>
+    <t>962051</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc7/55aor5zna44rne617veh6jjmg8oipowp.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Герб А4 96л в клетку блок офсет.бумвинил бордовый</t>
+  </si>
+  <si>
+    <t>962052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/517/qfl286hy150oviqygrk0y9u60m39x4we.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А4 96 листов, клетка, блок офсет, бумвинил бордовый</t>
+  </si>
+  <si>
+    <t>973056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6c/e7w533d0n3oaqyre9n2t3x7kew6b7k2m.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета Attache А5 96 листов, клетка, офсет, картон, мел. скоба</t>
+  </si>
+  <si>
+    <t>973057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/453/oq1rdm60zic5v2kfhpwfpnuzau1ji7v2.jpg</t>
+  </si>
+  <si>
+    <t>Книга учета доходов ИП, применяющих упрощенную систему налогообложения, А4, 40стр., скрепка, блок офсетная бумага</t>
+  </si>
+  <si>
+    <t>981862</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uchitel-kanc/"&gt;Учитель-Канц&lt;/a&gt;</t>
-  </si>
-[...172 lines deleted...]
-    <t>981862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/479/nvgaxj8k5g3e3p4qk6rn74tx3243ikh1.jpg</t>
   </si>
   <si>
     <t>Книга учета Attache А4 128л клетка офсет бумвинил</t>
   </si>
   <si>
     <t>987360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d38/awxzvs0p0bt1u98yws5e09g7xi0tv6z0.jpg</t>
   </si>
   <si>
     <t>Книга учета 96 л., клетка, обложка из мелованного картона, блок офсет, А4  200х290 мм , ОФИСМАГ, 130186</t>
   </si>
   <si>
     <t>Книга учета ОФИСМАГ незаменима для ведения различного рода учетных записей в офисе, на складе, в магазине и т. д. Мягкая обложка из мелованного картона плотностью 200 г/м2. Скрепление - скоба. Такое изделие сохраняет целостность в течение долгого времени. Внутренний блок 96 листов выполнен из офсетной белой бумаги 60 г/м2 и разлинован в клетку. Формат А4 &amp;#40;195х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>1005223</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
@@ -2377,57 +2305,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M172"/>
+  <dimension ref="A1:M165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F172" sqref="F172"/>
+      <selection pane="bottomRight" activeCell="F165" sqref="F165"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2447,3835 +2375,3717 @@
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="1"/>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="3" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="F10" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G10" s="3" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>53</v>
-      </c>
-[...16 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="F14" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>58</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="F17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="F19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>120</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>25</v>
+        <v>40</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>129</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>25</v>
+        <v>40</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>137</v>
+        <v>40</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>141</v>
+        <v>40</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>145</v>
+        <v>40</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>141</v>
+        <v>175</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>141</v>
+        <v>175</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>141</v>
+        <v>185</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="F47" s="3" t="s">
-        <v>186</v>
+      <c r="G47" s="3" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>191</v>
+        <v>185</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>206</v>
+        <v>175</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>206</v>
+        <v>175</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>206</v>
+        <v>175</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>235</v>
+        <v>185</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>52</v>
+        <v>129</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>235</v>
+        <v>40</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>295</v>
+        <v>58</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>206</v>
+        <v>40</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>303</v>
+        <v>40</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>191</v>
+        <v>40</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>167</v>
+        <v>40</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>235</v>
+        <v>40</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>206</v>
+        <v>40</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>235</v>
+        <v>40</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>197</v>
+        <v>58</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>347</v>
+        <v>289</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>351</v>
+        <v>289</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>196</v>
+        <v>378</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B95" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F95" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G95" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>321</v>
+        <v>383</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>196</v>
+        <v>25</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>196</v>
+        <v>378</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>25</v>
+        <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>196</v>
+        <v>25</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>196</v>
+        <v>378</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>406</v>
+        <v>25</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>16</v>
+        <v>378</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>406</v>
+        <v>40</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>424</v>
+        <v>53</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>406</v>
+        <v>40</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>406</v>
+        <v>40</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>406</v>
+        <v>40</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>406</v>
+        <v>447</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>467</v>
+        <v>40</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>17</v>
+        <v>40</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>17</v>
+        <v>40</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>17</v>
+        <v>507</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>503</v>
+        <v>452</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>17</v>
+        <v>40</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>507</v>
+        <v>452</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>17</v>
+        <v>40</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>511</v>
+        <v>452</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>515</v>
+        <v>452</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>519</v>
+        <v>456</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>523</v>
+        <v>40</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>197</v>
+        <v>71</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>472</v>
+        <v>423</v>
       </c>
       <c r="B133" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C133" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F133" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>472</v>
+        <v>499</v>
       </c>
       <c r="B134" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F134" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>472</v>
+        <v>529</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>30</v>
+        <v>378</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>472</v>
+        <v>533</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>30</v>
+        <v>378</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>476</v>
+        <v>537</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>515</v>
+        <v>541</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>30</v>
+        <v>378</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>406</v>
+        <v>214</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C140" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="C140" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>406</v>
+        <v>214</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>406</v>
+        <v>214</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>565</v>
+        <v>214</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B145" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="C145" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F145" s="3" t="s">
-        <v>565</v>
+        <v>378</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B146" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F146" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>572</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="C150" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>235</v>
+        <v>378</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>52</v>
+        <v>586</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="F155" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="B155" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G155" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B156" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F156" s="3" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="C157" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F157" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G157" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>608</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>609</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>406</v>
+        <v>607</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>611</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
         <v>612</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>406</v>
+        <v>607</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>406</v>
+        <v>607</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>406</v>
+        <v>624</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>565</v>
+        <v>624</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>80</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>631</v>
-[...154 lines deleted...]
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">