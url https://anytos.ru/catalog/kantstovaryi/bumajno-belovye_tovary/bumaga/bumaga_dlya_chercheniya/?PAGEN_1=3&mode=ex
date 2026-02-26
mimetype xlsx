--- v0 (2026-01-09)
+++ v1 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="517">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -113,452 +113,521 @@
   <si>
     <t>http://anytos.ru//upload/iblock/975/975c2906f814e14374d0aa7f34854ba8.jpg</t>
   </si>
   <si>
     <t>Ватман А3 297 420, 200 г м2: БЧ-0590</t>
   </si>
   <si>
     <t>Ватман А3 297*420, 200 г/м2: БЧ-0590</t>
   </si>
   <si>
     <t>23234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6f/d6f8a847ff5fc966efba400e04b0ceb8.jpg</t>
   </si>
   <si>
     <t>Ватман А4 210 297, 200 г м2: БЧ-0583</t>
   </si>
   <si>
     <t>Ватман А4 210*297, 200 г/м2: БЧ-0583</t>
   </si>
   <si>
     <t>23235</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d4a/72xvuaziuppneiakqqozn3f6nh293gzd.jpg</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая 400х600 мм гол.: 3с79 штр.: 4607090580809</t>
+  </si>
+  <si>
+    <t>108031</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bumaga/"&gt;Бумага&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bc6/bnalqisrklqmu1ikcfxvrnt04hzjrsss.jpg</t>
   </si>
   <si>
     <t>Бумага миллиметровая 640 мм 10 м оранж.: БМК640 10 штр.: 4810179000048</t>
   </si>
   <si>
     <t>108032</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/bumaga/"&gt;Бумага&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>10</t>
   </si>
   <si>
-    <t>Бумага миллиметровая 640 мм 20 м оранж.: БМК640 20 штр.: 4810179000055</t>
-[...2 lines deleted...]
-    <t>108033</t>
+    <t>http://anytos.ru//upload/iblock/4cd/b5fvdjkbpiyitlm3fkn48k25zexm51rp.jpg</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая в папке А3 20 л. гол.: ПМ А3 штр.: 4607112474338</t>
+  </si>
+  <si>
+    <t>108037</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/815/d2ghkajdxzg0f1t7dr0n46wu80dzwuex.jpg</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая в папке А4 20 л. гол.: ПМ А4 штр.: 4607112474352</t>
+  </si>
+  <si>
+    <t>108039</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/l3igwi5f13klat5o5bhia6bv3ayl33rb.jpg</t>
+  </si>
+  <si>
+    <t>Копировальная бумага 100 л. А4 фиол.   С5 100ф</t>
+  </si>
+  <si>
+    <t>108043</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/fkb-i-kl/"&gt;ФКБ и КЛ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72d/72d3813d25df9fc2eea3dae1904b6a47.jpg</t>
+  </si>
+  <si>
+    <t>Ватман A0 1200 840, 200 г м2, 5 листов: БЧ-2046 штр.:  4640012672053</t>
+  </si>
+  <si>
+    <t>Ватман A0 1200*840, 200 г/м2, 5 листов: БЧ-2046 Ватман для чертежно-графических работ тушью, карандашом и акварельными красками. Рулончик из 5 листов смотан без втулки и упакован в гофоркороб, что облегчает его хранение и транспортировку</t>
+  </si>
+  <si>
+    <t>215034</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05a/05ae407f1063029d6e5ac01ddb0ad854.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для акварели в листах A1  600х840мм ,1уп. 100л,180гр. Кр,13041 штр.  4606090013041</t>
+  </si>
+  <si>
+    <t>Набор для акварели от компании Kroyter включает в себя 100 белых листов ватмана формата А1 &amp;#40;60-84 cм&amp;#41;. Бумага повышенной плотности - 180 г/кв.м - подходит для рисования водорастворимыми красками, тушью, фломастерами и карандашами. Поставляется в упаковке из оберточной крафт-бумаги.</t>
+  </si>
+  <si>
+    <t>253005</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kroyter/"&gt;Kroyter&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d7/9d7266c71bb7952c17f9192cdc74d995/a68cbd777e0d5145490ed9f0c81af0dc.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для акварели в листах A2  594x416мм , 1уп. 100л,180гр. Кр,13065 штр.  4606090013065</t>
+  </si>
+  <si>
+    <t>Набор для акварели от компании «Kroyter» включает в себя 100 листов бумаги рисовальной «марки, А» формата А2. - 180 г/кв.м - предназначена для рисования водорастворимыми красками, тушью, фломастерами и карандашами. Не рекомендуется для масляных красок. Поставляется в упаковке из оберточной крафт-бумаги.</t>
+  </si>
+  <si>
+    <t>253006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/baf/baf0cf710e11f1f2d6678dee105ce6c4/7d21c0dfc75d3d01ad15d53a8412987f.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для акварели в листах A3  416x297мм , 1уп. 200л,180гр. Кр,13089 штр.  4606090013089</t>
+  </si>
+  <si>
+    <t>Набор для акварели от компании «Kroyter» включает в себя 200 листов бумаги рисовальной «марки, А» формата А3. - 180 г/кв.м - предназначена для рисования водорастворимыми красками, тушью, фломастерами и карандашами. Не рекомендуется для масляных красок. Поставляется в упаковке из оберточной крафт-бумаги.</t>
+  </si>
+  <si>
+    <t>253007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/135/1356e15fcd2885942330cf30aecb4150.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А1 860 610, 200 г м2, по 100 л.:  штр.:</t>
+  </si>
+  <si>
+    <t>Чертежная бумага марки А идеально подходит для выполнения чертежно-графических работ тушью, карандашом и акварельными красками. Ее отличие заключается в том, что даже после многократных подчисток она не изменяет своих поверхностных характеристик.</t>
+  </si>
+  <si>
+    <t>337555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0d/0wbjujckvcyj23svicxm2fvcgxjax5vm.jpg</t>
+  </si>
+  <si>
+    <t>Альбом для черчения, А4, 32 л., HATBER, склейка, жесткая подложка, 160 г м2,  quot;Классика quot;, 32Ач4Ак 09480, А089606</t>
+  </si>
+  <si>
+    <t>Альбом предназначен для выполнения чертежно-графических работ. Альбом для черчения А4 формата, отрывная склейка. Внутренний блок содержит 32 листа, офсетная бумага 190 г/м2. Жесткая подложка даёт возможность делать чертежи на весу. Обложка изготовлена из мелованной бумаги плотностью 250 г/м2.</t>
+  </si>
+  <si>
+    <t>392587</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc6/5fj54qr4w223j7d8ab285xddmv1g47te.jpg</t>
-[...41 lines deleted...]
-    <t>108045</t>
+    <t>http://anytos.ru//upload/iblock/a65/o5etpn0ykmlpn45r3dixndpxiyqq10gr.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А0, 1200 х 840 мм, ГОЗНАК С-Пб, плотность 200 г м2, КОМПЛЕКТ 5 листов, БЧ-2046</t>
+  </si>
+  <si>
+    <t>Ватман BRAUBERG предназначен для чертежно-графических работ тушью и карандашом. Ватман формата А0 &amp;#40;1200 х 840 мм&amp;#41; производится из высококачественного сырья марки А. Имеет плотность 200 г/м2, что исключает просвечивание изображения. Обладает высокой прочностью и устойчивостью к истиранию. поверхность c однородной структурой обеспечивает четкость линий и точную передачу цветовой гаммы. 5 листов&amp;nbsp;&amp;nbsp;в комплекте. Поставляется в прочной картонной упаковке.</t>
+  </si>
+  <si>
+    <t>392588</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a5/o6gcefvtntmofhemz7baplx0jg1ee763.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А1, 610 х 860 мм, 1 лист, плотность 200 г м2, ГОЗНАК С-Пб, упаковка по 100 листов, с водяным знаком</t>
+  </si>
+  <si>
+    <t>Чертежная бумага марки А. Предназначена для выполнения чертежно-графических работ карандашом и тушью. Дополнительная гарантия качества - нанесенный водяной знак с логотипом компании-производителя. Ватман А1 – плотная белая бумага для чертежей и рисунков. Толщина соответствует требованиям по ГОСТ. Такая бумага хорошо подходит для работы карандашом, тушью, акварельными красками, гуашью. Лист ватмана формата A1 имеет размер 610х860 мм, он определен государственными стандартами и указывается в миллиметрах. Это связано с тем, что такая единица измерения принята основной в инженерных науках, а такой лист изначально был предназначен для выполнения чертежей. Сейчас этот вид бумаги может использоваться для любого творчества: рисунки, аппликации и др. В нашем интернет-магазине вы можете купить ватман формата А1 «Гознак» по недорогой цене.</t>
+  </si>
+  <si>
+    <t>392591</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/goznak/"&gt;Гознак&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8c/9maylyfjp4bj22y927s643swrgzijkok.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А2, 594 х 420 мм, 1 лист, плотность 200 г м2, ГОЗНАК С-Пб, с водяным знаком</t>
+  </si>
+  <si>
+    <t>Чертежная бумага марки А. Предназначена для выполнения чертежно-графических работ карандашом и тушью.</t>
+  </si>
+  <si>
+    <t>392592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a8/45v5md38162yjvtqml72300en3mhcj2i.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А3, 297 х 420мм, 1 лист, плотность 200 г м2, ГОЗНАК С-Пб, с водяным знаком</t>
+  </si>
+  <si>
+    <t>392593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a7/pei5wl6k5v70nk6gewuft8zhmh8d47w7.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А4, 210 х 297 мм, 1 лист, плотность 200 г м2, ГОЗНАК С-Пб, БЧ-0583</t>
+  </si>
+  <si>
+    <t>Чертежная бумага марки А. Предназначена для выполнения чертежно-графических работ карандашом и тушью. Изготовлен из высококачественного сырья. Ватман А4 – плотная белая бумага для чертежей и рисунков. Толщина соответствует требованиям по ГОСТ. Такая бумага хорошо подходит для работы карандашом, тушью, акварельными красками, гуашью. Лист ватмана формата A4 имеет размер 210х297 мм, он определен государственными стандартами и указывается в миллиметрах. Это связано с тем, что такая единица измерения принята основной в инженерных науках, а такой лист изначально был предназначен для выполнения чертежей. Сейчас этот вид бумаги может использоваться для любого творчества: рисунки, аппликации и др. В нашем интернет-магазине вы можете купить ватман формата А4 «Гознак» по недорогой цене.</t>
+  </si>
+  <si>
+    <t>392594</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d40/2ibl5loncg2oot63ddbhylukr4npfcoo.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения А3, 297х420 мм, 10 л., BRAUBERG, без рамки, внутренний блок 160 г м2, 125233</t>
+  </si>
+  <si>
+    <t>Папка для черчения BRAUBERG содержит набор листов для выполнения чертежно-графических работ карандашами, тушью и чернилами. Внутренний блок содержит 10 листов без рамки плотностью 160 г/м2. Обложка выполнена из импортного мелованного картона плотностью 235 г/м2. Формат А3 &amp;#40;297х420 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/665/l4q0eqic63y0d6w9fqvd6zzkl2gktf6s.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения А3, 297х420 мм, 20 л., BRAUBERG, без рамки, внутренний блок 160 г м2, 125234</t>
+  </si>
+  <si>
+    <t>Папка для черчения BRAUBERG содержит набор листов для выполнения чертежно-графических работ карандашами, тушью и чернилами. Внутренний блок содержит 20 листов без рамки плотностью 160 г/м2. Обложка выполнена из импортного мелованного картона плотностью 235 г/м2. Формат А3 &amp;#40;297х420 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13d/6q8kmmv02d41jk7oe3lt4f0ryyxxjgz7.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения А4, 210х297 мм, 10 л., BRAUBERG, без рамки, вн. бл. 160 г м2,  2 вида , 121510</t>
+  </si>
+  <si>
+    <t>Папка для черчения BRAUBERG содержит набор листов для выполнения чертежно-графических работ карандашами, тушью и чернилами. Внутренний блок содержит 10 листов без рамки плотностью 160 г/м2. Обложка выполнена из импортного мелованного картона плотностью 235 г/м2. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392601</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/320/zeb4y04wka9ofslq6v0c4xj5ldkbwvj7.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения А4, 210х297 мм, 20 л., BRAUBERG, без рамки, вн. бл. 160 г м2,  2 вида , 125235</t>
+  </si>
+  <si>
+    <t>Папка для черчения BRAUBERG содержит набор листов для выполнения чертежно-графических работ карандашами, тушью и чернилами. Внутренний блок содержит 20 листов без рамки плотностью 160 г/м2. Обложка выполнена из импортного мелованного картона плотностью 200 г/м2. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>392602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1a/9hw6rdbkiholpqdyx6b5wdott1wq1kib.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения, А3, 297х420 мм, 24 л., ватман, СПБФ ГОЗНАК, без рамки, внутренний блок 200 г м2, 3с63</t>
+  </si>
+  <si>
+    <t>Папка для черчения содержит набор листов ватмана для выполнения чертежно-графических работ карандашами, тушью и чернилами.</t>
+  </si>
+  <si>
+    <t>392603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7a/0vm5emqqozrc9iawkdy937946o9qp3qd.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения, А4, 210х297 мм, 24 л., ватман, СПБФ ГОЗНАК, без рамки, внутренний блок 200 г м2, 3с62</t>
+  </si>
+  <si>
+    <t>392604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/663/66332907cc39672b9c924ab0da9f5087.jpeg</t>
+  </si>
+  <si>
+    <t>Калька под тушь OfficeSpace, 625мм 10м, 40г м2, в рулоне</t>
+  </si>
+  <si>
+    <t>Калька в рулоне. Подходит для выполнения графических, чертежных работ тушью, линером, капилярными и гелевыми ручками. Плотность 40г/кв.м. Рулон 10 м, ширина 625 мм.</t>
+  </si>
+  <si>
+    <t>427962</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0d/e0d62d477cf60a639de59eb4169f932d.jpeg</t>
+  </si>
+  <si>
+    <t>Калька под тушь OfficeSpace, 625мм 20м, 40г м2, в рулоне</t>
+  </si>
+  <si>
+    <t>Калька в рулоне. Подходит для выполнения графических, чертежных работ тушью, линером, капилярными и гелевыми ручками. Плотность 40г/кв.м. Рулон 20 м, ширина 625 мм.</t>
+  </si>
+  <si>
+    <t>427963</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/7e93426236f1d3f1281705aa3dd54ee4.jpeg</t>
+  </si>
+  <si>
+    <t>Калька под тушь OfficeSpace, 878мм 10м, 40г м2, в рулоне</t>
+  </si>
+  <si>
+    <t>Калька в рулоне. Подходит для выполнения графических, чертежных работ тушью, линером, капилярными и гелевыми ручками. Плотность 40г/кв.м. Рулон 10 м, ширина 878 мм.</t>
+  </si>
+  <si>
+    <t>427964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/679/6790726f4438b2274bd508c17703ac3e.jpeg</t>
+  </si>
+  <si>
+    <t>Калька под тушь OfficeSpace, 878мм 20м, 40г м2, в рулоне</t>
+  </si>
+  <si>
+    <t>Калька в рулоне. Подходит для выполнения графических, чертежных работ тушью, линером, капилярными и гелевыми ручками. Плотность 40г/кв.м. Рулон 20 м, ширина 878 мм.</t>
+  </si>
+  <si>
+    <t>427965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cde/svudfsciy8d857pj18cohvvlkfpbg7jv.jpg</t>
+  </si>
+  <si>
+    <t>Ватман формат А1  610 х 860 мм , ГОЗНАК С-Пб, плотность 200 г м2, КОМПЛЕКТ 3 листа, BRAUBERG, 110973</t>
+  </si>
+  <si>
+    <t>Ватман BRAUBERG предназначен для чертежно-графических работ тушью и карандашом. Ватман формата А1 &amp;#40;860 х 610 мм&amp;#41; производится из высококачественного сырья марки А. Имеет плотность 200 г/м2, что исключает просвечивание изображения. Обладает высокой прочностью и устойчивостью к истиранию. поверхность c однородной структурой обеспечивает четкость линий и точную передачу цветовой гаммы. 3 листа в комплекте. Поставляется в прочной картонной упаковке.</t>
+  </si>
+  <si>
+    <t>459259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52e/52e2b7625f7bdb1968bc68907b51600d/91668329095d4837326406f5f006263d.jpg</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая ProMEGA Engineer,878ммх20м,оранж,1рул уп</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая ProMEGA Engineer,878ммх20м,оранж,1рул/уп</t>
+  </si>
+  <si>
+    <t>581532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/738/738fc01af94bbccc905e7aa4a0f7fdd9/e91bda775e0c4d5d3f727e214266e819.jpg</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая ProMEGA Engineer,640ммх40м,оранж,1рул уп</t>
+  </si>
+  <si>
+    <t>Бумага миллиметровая ProMEGA Engineer,640ммх40м,оранж,1рул/уп</t>
+  </si>
+  <si>
+    <t>581534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa9/fa9919c266f2a5154ac92318603b4bd1/b05a7a16b14e08d57fc8f1a295f7a409.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ватман бумага чертежная Гознак А1  пачка 100л. 610х860 мм, 200г кв.м, 96 </t>
+  </si>
+  <si>
+    <t>Ватман бумага чертежная Гознак А1 &amp;#40;пачка 100л. 610х860 мм, 200г/кв.м, 96&amp;#37;&amp;#41;</t>
+  </si>
+  <si>
+    <t>581535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fb/0fb677d637ec87462ddc7723e9595e2e/d29e52c4dabe90500f88d21354feff91.jpg</t>
+  </si>
+  <si>
+    <t>Бумага чертежная  ватман  Гознак Спб, пачка 100л, 210х297, 200 гр</t>
+  </si>
+  <si>
+    <t>Бумага чертежная &amp;#40;ватман&amp;#41; Гознак Спб, пачка 100л, 210х297, 200 гр</t>
+  </si>
+  <si>
+    <t>581538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03a/03a69eb382f445d64eb15bf575ce6714/21e3fe9d9e20a079c7a1c36b162e9985.jpg</t>
+  </si>
+  <si>
+    <t>Бумага чертежная  ватман  Гознак Спб, пачка 100л, 297х420, 200 гр</t>
+  </si>
+  <si>
+    <t>Бумага чертежная &amp;#40;ватман&amp;#41; Гознак Спб, пачка 100л, 297х420, 200 гр</t>
+  </si>
+  <si>
+    <t>581539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b95/pbltr7yle08uiec4m6uv7f6uanyg1x99.jpg</t>
+  </si>
+  <si>
+    <t>Калька под карандаш, рулон 840 мм х 20 м, 30 г м2, STAFF, 128996</t>
+  </si>
+  <si>
+    <t>Калька STAFF предназначена для выполнения чертежных и дизайнерских работ карандашом. Имеет матовую, шероховатую поверхность. При черчении карандашом по такой кальке карандаш не проскальзывает, оставляя четкий темный след равной толщины. Размер рулона составляет 840 мм х 20 м. Плотность - 30 г/м2.</t>
+  </si>
+  <si>
+    <t>616758</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50b/mwq8m20kah3jkwqpmu62pvclakhdx8ab.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для черчения Erich Krause, А4, 20 листов, без рамки</t>
+  </si>
+  <si>
+    <t>Бумага для черчения формата А4 &amp;#40;210х297 мм&amp;#41;. Без рамки. В папке 20 листов. Бумага чертежная плотностью 180 г/м2. Папка из плотного картона удобна для хранения и переноски чертежей. Бумага для черчения упакована в термоусадочную пленку по 5 штук.</t>
+  </si>
+  <si>
+    <t>696693</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/088/8ho7e84ld3fgiqqymn57aeldk9cefdo8.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для черчения Erich Krause, А3, 10 листов, без рамки</t>
+  </si>
+  <si>
+    <t>Бумага для черчения ErichKrause®, А3, 10 листов, без рамки</t>
+  </si>
+  <si>
+    <t>696698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f7/wxb43y1ud1aozzd6oucwqe7g9odrbqgw.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для черчения Erich Krause, А3, 20 листов, без рамки</t>
+  </si>
+  <si>
+    <t>Бумага для черчения ErichKrause®, А3, 20 листов, без рамки</t>
+  </si>
+  <si>
+    <t>696699</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/135/1356e15fcd2885942330cf30aecb4150.jpg</t>
-[...328 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c34/zewbftg9aguehsxnxhcl9fbzmpmsvv3z.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная  миллиметровая  ПЛОТНАЯ папка А3 голубая 20 листов 80 г м2, STAFF, 113487</t>
   </si>
   <si>
     <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Бумага формата А3 &amp;#40;297х420 мм&amp;#41; и плотностью 80 г/м2. Упакована в картонную папку по 20 листов. Цвет линовки - голубой. Отличается четкими линиями и точной миллиметровой разметкой.</t>
   </si>
   <si>
     <t>708868</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dac/f5agnq69zqbsepfcwdsg90vquw2lw2ar.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная  миллиметровая  ПЛОТНАЯ папка А4 голубая 20 листов 80 г м2, STAFF, 113485</t>
   </si>
   <si>
     <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Бумага формата А4 &amp;#40;210х297 мм&amp;#41; и плотностью 65 г/м2. Упакована в картонную папку по 20 листов. Цвет линовки - голубой. Отличается четкими линиями и точной миллиметровой разметкой.</t>
   </si>
   <si>
     <t>708869</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/3bpqhfofxeiaeijgi12h5a7lzucnf0ri.jpg</t>
@@ -629,341 +698,266 @@
   <si>
     <t>http://anytos.ru//upload/iblock/acd/53zjaelkfznutfn3kmkq9de3wf23xiww.jpg</t>
   </si>
   <si>
     <t>Ватман  1 School А2 100л 180гр., уп.крафт</t>
   </si>
   <si>
     <t>Ватман №1 School А2 100л 180гр., уп.крафт</t>
   </si>
   <si>
     <t>787840</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95a/c124c488nkoyztx460ftg2ipyx1ag89k.jpg</t>
   </si>
   <si>
     <t>Папка для черчения  1School А4, 20л, 160 гр м2</t>
   </si>
   <si>
     <t>Папка для черчения №1School А4, 20л, 160 гр/м2</t>
   </si>
   <si>
     <t>795529</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/962/9sctgey6p0fba92s3w4ad70leq1iqeje.jpeg</t>
-[...5 lines deleted...]
-    <t>813500</t>
+    <t>http://anytos.ru//upload/iblock/be7/3aauhzo68y9eoihvpnt696zfizxcvzjt.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА ДЛЯ ЧЕРЧЕНИЯ А4 7 Л.</t>
+  </si>
+  <si>
+    <t>813502</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/be7/3aauhzo68y9eoihvpnt696zfizxcvzjt.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b65/gsc522g17l21yckzyikcf8fdv9107oug.jpeg</t>
   </si>
   <si>
     <t>ПАПКА ДЛЯ ЧЕРЧЕНИЯ А4 8Л. 2 ВИДА</t>
   </si>
   <si>
     <t>813503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b5/31ywy0gatj3z5ki4ygevts3y64vurgka.jpeg</t>
   </si>
   <si>
     <t>ПАПКА ДЛЯ ЧЕРЧЕНИЯ А3 7 Л. ШТАМП ВЕРТИКАЛЬНЫЙ</t>
   </si>
   <si>
     <t>813508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18f/tfkcgrp28n9xmpbomzfkeb0gfibwgjdg.jpeg</t>
   </si>
   <si>
     <t>ПАПКА ДЛЯ ЧЕРЧЕНИЯ А3 7 Л. ШТАМП ГОРИЗОНТАЛЬНЫЙ</t>
   </si>
   <si>
     <t>813509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f5/a4ahswgo2ju5ej0ga8hgqkmcbjqrm9rz.jpeg</t>
   </si>
   <si>
     <t>ПАПКА ДЛЯ ЧЕРЧЕНИЯ А3 20Л. 1 ВИД</t>
   </si>
   <si>
     <t>840226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/139/kj2makof6e8dtvt117gsweiqj3mo6u75.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная 640мм 10м, OfficeSpace, оранжевая</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Рулон 10 м, ширина 640 мм. Цвет - оранжевый.</t>
   </si>
   <si>
     <t>848272</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/76e/v1ykud3l78teu2wbesh0wze4i6tfzvsh.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c52/l1plddebgmkx9cfh8d6brd6fe28g025d.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная 878мм 10м, OfficeSpace, оранжевая</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Рулон 10 м, ширина 878 мм. Цвет - оранжевый.</t>
   </si>
   <si>
     <t>848275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/5k8zai3igyb0d3m9b9iuz5fa04tol9ih.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная 878мм 20м, OfficeSpace, оранжевая</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Рулон 20 м, ширина 878 мм. Цвет - оранжевый.</t>
   </si>
   <si>
     <t>848276</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a44/35dyjfkxcogj9qsu3bturx3a2shkcsy6.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная 878мм 40м, OfficeSpace, оранжевая</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Рулон 40 м, ширина 878 мм. Цвет - оранжевый.</t>
   </si>
   <si>
     <t>848277</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/029/jkn276dl034fg0d3h8nvy3yqmcxlt39a.jpg</t>
   </si>
   <si>
-    <t>Папка для черчения школьная А2 420х594 200г м2 24л П-1582</t>
-[...7 lines deleted...]
-  <si>
     <t>Папка для черчения школьная А3 297х420 200г м2 24л 3с63</t>
   </si>
   <si>
     <t>Папка для черчения школьная А3 297х420 200г/м2 24л 3с63</t>
   </si>
   <si>
     <t>879261</t>
   </si>
   <si>
-    <t>Папка для черчения школьная А4 210х297 200г м2 24л 3с62</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b1b/c0823vwsmvo4nuuqe5lanaxbakwb72lc.jpg</t>
   </si>
   <si>
     <t>Ватман А1, 860 610, Гознак, 200г м2, 50л.</t>
   </si>
   <si>
     <t>Бумага чертежная &amp;#40;ватман&amp;#41; Краснокамский Гознак идеально подходит для выполнения чертежно-графических работ тушью, карандашом и акварельными красками. Материал сочетает в себе высокую эластичность и стойкость к истиранию. Прочная однородная структура обеспечивает четкость линий и точную передачу цвета. Формат А1 соответствует размеру 860*610мм. Плотность бумаги 200г/кв.м.</t>
   </si>
   <si>
     <t>883947</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfc/p2l9lf6gqvjz9w0b8zul4hp6xadglumv.jpg</t>
   </si>
   <si>
     <t>Ватман А2, 420 594, Гознак, 200г м2, 100л.</t>
   </si>
   <si>
     <t>Бумага чертежная &amp;#40;ватман&amp;#41; Краснокамский Гознак идеально подходит для выполнения чертежно-графических работ тушью, карандашом и акварельными красками. Материал сочетает в себе высокую эластичность и стойкость к истиранию. Прочная однородная структура обеспечивает четкость линий и точную передачу цвета. Формат А2 соответствует размеру 420*594мм. Плотность бумаги 200г/кв.м.</t>
   </si>
   <si>
     <t>883948</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/804/uznx8g3g8finn037rwbdqbr2eycn36up.jpg</t>
+  </si>
+  <si>
+    <t>Ватман А3, 297 420, Гознак, 200г м2, 100л.</t>
+  </si>
+  <si>
+    <t>Бумага чертежная &amp;#40;ватман&amp;#41; Краснокамский Гознак идеально подходит для выполнения чертежно-графических работ тушью, карандашом и акварельными красками. Материал сочетает в себе высокую эластичность и стойкость к истиранию. Прочная однородная структура обеспечивает четкость линий и точную передачу цвета. Формат А3 соответствует размеру 297*420мм. Плотность бумаги 200г/кв.м.</t>
+  </si>
+  <si>
+    <t>883949</t>
+  </si>
+  <si>
     <t>Ватман  1 School А1 100л 190гр., уп.крафт</t>
   </si>
   <si>
     <t>Ватман №1 School А1 100л 190гр., уп.крафт</t>
   </si>
   <si>
     <t>932123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43f/mshxrpbw8ccgw22uaxj7b4294zitb2gn.jpg</t>
   </si>
   <si>
     <t>Ватман, формат А2  594х420 мм , 1 лист, плотность 200 г м2, ГОЗНАК Краснокамск</t>
   </si>
   <si>
     <t>Чертежная бумага марки А. Предназначена для выполнения чертежно-графических работ карандашом и тушью. Ватман А2 – плотная белая бумага для чертежей и рисунков. Толщина соответствует требованиям по ГОСТ. Такая бумага хорошо подходит для работы карандашом, тушью, акварельными красками, гуашью. Лист ватмана формата A2 имеет размер 594х420 мм, он определен государственными стандартами и указывается в миллиметрах. Данный вид бумаги может использоваться для любого творчества: рисунки, аппликации и др.</t>
   </si>
   <si>
     <t>945713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ed/1emfv87qw2isjuqjrxlv7qa1fnf5jhfm.jpg</t>
   </si>
   <si>
     <t>Ватман формат А1  610х860 мм  ГОЗНАК Краснокамск, плотность 200 г м2, КОМПЛЕКТ 10 листов, BRAUBERG, 880776</t>
   </si>
   <si>
     <t>Чертежная бумага BRAUBERG марки А. Предназначена для выполнения чертежно-графических работ карандашом и тушью. Ватман формата А1 &amp;#40;610х860 мм&amp;#41; производится из высококачественного сырья марки А. Имеет плотность 200 г/м2, что исключает просвечивание изображения. Обладает высокой прочностью и устойчивостью к истиранию. Поверхность c однородной структурой обеспечивает четкость линий и точную передачу цветовой гаммы. 10 листов в комплекте. Поставляется в прочной картонной упаковке.</t>
   </si>
   <si>
     <t>946092</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6be/n5t871saw2tl0ng54sms04vq96grxyt3.jpg</t>
-[...20 lines deleted...]
-    <t>959653</t>
+    <t>http://anytos.ru//upload/iblock/6e0/zuoxuoahu176hlr5zygfen6atddmi0rx.jpg</t>
+  </si>
+  <si>
+    <t>Ватман формат А1  610х860 мм  ГОЗНАК С-Пб, плотность 200 г м2, КОМПЛЕКТ 10 л., водяной знак, BRAUBERG, 880775</t>
+  </si>
+  <si>
+    <t>Ватман BRAUBERG предназначен для чертежно-графических работ тушью и карандашом. Ватман формата А1 &amp;#40;610х860 мм&amp;#41; производится из высококачественного сырья марки А. Имеет плотность 200 г/м2, что исключает просвечивание изображения. Обладает высокой прочностью и устойчивостью к истиранию. Поверхность c однородной структурой обеспечивает четкость линий и точную передачу цветовой гаммы. 10 листов в комплекте. Поставляется в прочной картонной упаковке.</t>
+  </si>
+  <si>
+    <t>946642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/003/il6nng1zstr02lhy6ma0xi2fh4nqp8gf.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш, рулон 625 мм х 20 м, плотность 40 г м2, STAFF, 115506</t>
   </si>
   <si>
     <t>Калька STAFF предназначена для выполнения чертежных и дизайнерских работ карандашом. Имеет матовую шероховатую поверхность. При черчении карандашом по такой кальке карандаш не проскальзывает, оставляя четкий темный след равной толщины. Размер рулона составляет 625 мм х 20 м. Плотность - 40 г/м2.</t>
   </si>
   <si>
     <t>959654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29c/zg9jxztqwp1ovps69f0df4sbe8lqito2.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш, рулон 878 мм х 20 м, плотность 40 г м2, STAFF, 115507</t>
   </si>
   <si>
     <t>Калька STAFF предназначена для выполнения чертежных и дизайнерских работ карандашом. Имеет матовую шероховатую поверхность. При черчении карандашом по такой кальке карандаш не проскальзывает, оставляя четкий темный след равной толщины. Размер рулона составляет 878 мм х 20 м. Плотность - 40 г/м2.</t>
   </si>
   <si>
     <t>959655</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/409/tw4wn2rvis40sz9tgmbn25a1xkc13bhz.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f5f/8onisujdz1263zr83ss9952y4bf9d9xv.jpg</t>
   </si>
   <si>
     <t>Папка для черчения  1School без рамки 20лист А3 160 г м2</t>
   </si>
   <si>
     <t>Папка для черчения №1School без рамки 20лист А3 160 г/м2</t>
   </si>
   <si>
     <t>961965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87b/z347rdgdhjrm1ay9edddb3m6rb2gh9ui.jpg</t>
   </si>
   <si>
     <t>Папка для черчения  1School без рамки 10лист А3 160 г м2</t>
   </si>
   <si>
     <t>Папка для черчения №1School без рамки 10лист А3 160 г/м2</t>
   </si>
   <si>
     <t>961966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b9/awn60vzh3b591lhrlq12ktogjsprdiol.jpg</t>
@@ -983,50 +977,62 @@
   <si>
     <t>Папка для черчения  1School рамка верт. штампом 10лист А3 160 г м2</t>
   </si>
   <si>
     <t>Папка для черчения №1School рамка верт. штампом 10лист А3 160 г/м2</t>
   </si>
   <si>
     <t>961968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/348/xzh5b0iub9xkn5vvx2olnm81o9vkt6r7.jpg</t>
   </si>
   <si>
     <t>Папка для черчения А3, 24л., Гамма  quot;Студия quot;  бумага Гознак СПб , без рамки, 200г м2</t>
   </si>
   <si>
     <t>Папка для черчения А3, 24л., Гамма &amp;quot;Студия&amp;quot; &amp;#40;бумага Гознак СПб&amp;#41;, без рамки, 200г/м2</t>
   </si>
   <si>
     <t>966108</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b80/zz1y1ltrrqljupeq3dq5pjwugsj2idiv.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения А4, 24л., Гамма  quot;Студия quot;  бумага Гознак СПб , без рамки, 200г м2</t>
+  </si>
+  <si>
+    <t>Папка для черчения А4, 24л., Гамма &amp;quot;Студия&amp;quot; &amp;#40;бумага Гознак СПб&amp;#41;, без рамки, 200г/м2</t>
+  </si>
+  <si>
+    <t>966109</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aef/l8m35efkvmwsdd1iw5czt9qfsjoir31m.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная OfficeSpace, А3 20л., голубая, в папке</t>
   </si>
   <si>
     <t>966110</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19d/0v2bijldbo4pnqllio4w2wrr0eustv2r.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная OfficeSpace, А4 20л., голубая, в папке</t>
   </si>
   <si>
     <t>966111</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0de/97z401blvcmf6dw4fgvaddxf123t92aa.jpg</t>
@@ -1034,116 +1040,101 @@
   <si>
     <t>Бумага для черчения в пластиковой папке Erich Krause, А3, 10 листов, без рамки</t>
   </si>
   <si>
     <t>970322</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfe/5tiezika6a48o2x73hrmb2tpp03ojzr8.jpg</t>
   </si>
   <si>
     <t>Калька А4, 90 г м2, 500 листов, Tracing XEROX, 450L96031</t>
   </si>
   <si>
     <t>Инженерная калька – имеет гладкую поверхность, благодаря чему обеспечивается передача четких линий, что очень важно при печати инженерной графики. Предназначена как для работы вручную &amp;#40;тушью, карандашом&amp;#41;, так и для печати на струйных и лазерных принтерах.</t>
   </si>
   <si>
     <t>974850</t>
   </si>
   <si>
     <t>&lt;a href="/brands/xerox/"&gt;Xerox&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1f4/9nfhllam7kqk9kr4p3erj24rj33ol4dq.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для черчения в пластиковой папке Erich Krause, Art, А4, 10 листов, вертикальная рамка</t>
+  </si>
+  <si>
+    <t>975864</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dba/sd810vcjr3rew8f7lx2oh6vs5haas1pn.jpg</t>
   </si>
   <si>
     <t>Бумага для черчения в пластиковой папке Erich Krause, Art, А4, 10 листов, горизонтальная рамка</t>
   </si>
   <si>
     <t>975865</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/862/mcrmfphsea4ot02ss5g6x6s2p1h9dbhp.jpg</t>
   </si>
   <si>
     <t>Бумага для черчения в пластиковой папке Erich Krause, Art, А3, 20 листов, без рамки</t>
   </si>
   <si>
     <t>Бумага для черчения формата А3 &amp;#40;297х420 мм&amp;#41;. Без рамки. В папке 20 листов. Бумага чертежная плотностью 200 г/м2. Папка из высококачественного прозрачного пластика удобна для хранения и переноски чертежей.</t>
   </si>
   <si>
     <t>978515</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/755/dsy9ju11otlra2gvt2ej0zkmb9dcyx6z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/189/qu4qhuvdz1fuj79o7kt9t067mpb2y95s.jpg</t>
   </si>
   <si>
     <t>Папка для черчения BG  бумага Гознак , А3, 10л., без рамки, 200г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG &amp;#40;бумага Гознак&amp;#41;, А3, 10л., без рамки, 200г/м2</t>
   </si>
   <si>
     <t>981850</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/28e/7lxx32dhzm88q4aow63airlh06345a65.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/10d/ohf3piungdwzft94n1qq4bcmivbi1gma.jpg</t>
   </si>
   <si>
     <t>Папка для черчения BG  бумага Гознак , А4, 10л., без рамки, 200г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG &amp;#40;бумага Гознак&amp;#41;, А4, 10л., без рамки, 200г/м2</t>
   </si>
   <si>
     <t>981852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/gjhfbfzxb64bo6glforgeobwyzj307i8.jpg</t>
   </si>
   <si>
     <t>Папка для черчения BG  бумага Гознак , А4, 20л., без рамки, 200г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG &amp;#40;бумага Гознак&amp;#41;, А4, 20л., без рамки, 200г/м2</t>
   </si>
   <si>
     <t>981853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/297/k9teoowjhmq3s9yezhbh8bvagmt2evd5.jpg</t>
@@ -1151,50 +1142,62 @@
   <si>
     <t>Папка для черчения BG, А3, 10л., без рамки, 160г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG, А3, 10л., без рамки, 160г/м2</t>
   </si>
   <si>
     <t>981854</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edd/7129b1lnwstz1y013vp94idfzlz9rjvu.jpg</t>
   </si>
   <si>
     <t>Папка для черчения BG, А3, 10л., с вертикальной рамкой, 160г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG, А3, 10л., с вертикальной рамкой, 160г/м2</t>
   </si>
   <si>
     <t>981855</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/17a/ccuk5cd17ig2gh1ta3n4tvi3vhzx7d5j.jpg</t>
+  </si>
+  <si>
+    <t>Папка для черчения BG, А3, 10л., с горизонтальной рамкой, 160г м2</t>
+  </si>
+  <si>
+    <t>Папка для черчения BG, А3, 10л., с горизонтальной рамкой, 160г/м2</t>
+  </si>
+  <si>
+    <t>981856</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ca5/yhg941adkwnvrwco867zm10gmuh8z92l.jpg</t>
   </si>
   <si>
     <t>Папка для черчения BG, А3, 20л., без рамки, 160г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG, А3, 20л., без рамки, 160г/м2</t>
   </si>
   <si>
     <t>981857</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ce/k04spltf022l215z6m9oe323n68rmljp.jpg</t>
   </si>
   <si>
     <t>Папка для черчения BG, А4, 10л., с вертикальной рамкой, 160г м2</t>
   </si>
   <si>
     <t>Папка для черчения BG, А4, 10л., с вертикальной рамкой, 160г/м2</t>
   </si>
   <si>
     <t>981858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/2n5kyfy1nff72e07eklz8c09xnn3ygqw.jpg</t>
@@ -1295,212 +1298,173 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1ba/ugybhqyoxfkikama2w6afc6goeuaoxio.jpg</t>
   </si>
   <si>
     <t>Калька для чертежных и дизайнерских работ папка, А4, 210х297 мм, 40 г м2, 40 листов, BRAUBERG, 116375</t>
   </si>
   <si>
     <t>Калька BRAUBERG предназначена для выполнения чертежных работ тушью. Также применяется в рукоделии и шитье для выкройки, для нанесения рисунков и декорирования. Подойдет для работы тушью, линером, капиллярными и гелевыми ручками. Обеспечивает равномерное нанесение туши и четкость линий. Калька в количестве 40 листов упакована в картонную папку. Размер листа соответствует стандартному формату А4 &amp;#40;210 х 297 мм&amp;#41;. Плотность – 40 г/м2.</t>
   </si>
   <si>
     <t>994764</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f30/5rczdai6dk2jhv3yzwbi0c3anx99tw27.jpg</t>
   </si>
   <si>
     <t>Калька для чертежных и дизайнерских работ папка, А3, 297х420 мм, 40 г м2, 40 листов, BRAUBERG, 116374</t>
   </si>
   <si>
     <t>Калька BRAUBERG предназначена для выполнения чертежных работ тушью. Также применяется в рукоделии и шитье для выкройки, для нанесения рисунков и декорирования. Подойдет для работы тушью, линером, капиллярными и гелевыми ручками. Обеспечивает равномерное нанесение туши и четкость линий. Калька в количестве 40 листов упакована в картонную папку. Размер листа соответствует стандартному формату А3 &amp;#40;297 х 420 мм&amp;#41;. Плотность – 40 г/м2.</t>
   </si>
   <si>
     <t>995002</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c2/iessog04bs9karf3ecbzuoc29pmu2zgd.jpg</t>
-[...8 lines deleted...]
-    <t>996899</t>
+    <t>http://anytos.ru//upload/iblock/9e4/wapundo9c3l0h60wg6bxiqhb51nfqp3j.jpg</t>
+  </si>
+  <si>
+    <t>Калька А4 для печати и творчества, 90 г м2, 100 листов, SKETCHMARKER, SM17119, 116412</t>
+  </si>
+  <si>
+    <t>Калька SKETCHMARKER предназначена для рисования и черчения карандашами, ручками и чернилами. Подходит для печати на струйном и лазерном принтере. Калька изготавливается из высококачественного сырья, обладает высокой прочностью, но при этом почти прозрачна, что позволяет легко копировать изображения. Плотность – 90 г/м2.Гладкая поверхность кальки обеспечивает четкость и аккуратность линий, что особенно важно для архитекторов, дизайнеров, художников и чертежников. Используется для создания эскизов, графических работ, архитектурных и дизайнерских чертежей.</t>
+  </si>
+  <si>
+    <t>996901</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sketchmarker/"&gt;SKETCHMARKER&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9e4/wapundo9c3l0h60wg6bxiqhb51nfqp3j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/253/3dt6jrbnno0blzzbt3pd8zdyembjswd2.jpg</t>
   </si>
   <si>
     <t>Папка для черчения БОЛЬШАЯ А2, 420х594 мм, 24 листа 200 г м2, без рамки, ватман, ГОЗНАК СПБФ, П-1582</t>
   </si>
   <si>
     <t>Папка для черчения ГОЗНАК СПБФ содержит набор листов ватмана для выполнения чертежно-графических работ карандашами, тушью и чернилами. В папке для черчения и рисования 24 листа белоснежной чертежной бумаги &amp;#40;ватмана&amp;#41; марки А.</t>
   </si>
   <si>
     <t>998480</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/05f/gi4a0pyqot82t1telht5c0aitmpt2uur.jpg</t>
+  </si>
+  <si>
+    <t>Ватман формат А1  610х860 мм , 1 лист, плотность 200 г м2, ГОЗНАК Краснокамск</t>
+  </si>
+  <si>
+    <t>Чертежная бумага марки А. Предназначена для выполнения чертежно-графических работ карандашом и тушью. Ватман А1 – плотная белая бумага для чертежей и рисунков. Толщина соответствует требованиям по ГОСТ. Такая бумага хорошо подходит для работы карандашом, тушью, акварельными красками, гуашью. Лист ватмана формата A1 имеет размер 610х860 мм, он определен государственными стандартами и указывается в миллиметрах. Это связано с тем, что такая единица измерения принята основной в инженерных науках, а такой лист изначально был предназначен для выполнения чертежей. Сейчас этот вид бумаги может использоваться для любого творчества: рисунки, аппликации и др.</t>
+  </si>
+  <si>
+    <t>999040</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00e/2c5crfnemryjc9ogctaunjjqs4vrkr19.jpg</t>
   </si>
   <si>
     <t>Калька А3 для печати и творчества, 90 г м2, 250 листов, SKETCHMARKER, R17310, 116414</t>
   </si>
   <si>
     <t>999051</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/81d/xe8n5d8afpxporm2cau3zs5p11ztmz8m.jpg</t>
-[...20 lines deleted...]
-    <t>1005218</t>
+    <t>http://anytos.ru//upload/iblock/94c/wc5jbq1o2adtja381qlxd7sgqjmnjjx8.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для рисования и графики А3 100 л., 200 г м2 ВАТМАН ГОЗНАК, в коробке, BRAUBERG ART CLASSIC, 116889</t>
+  </si>
+  <si>
+    <t>Бумага для рисования и графики BRAUBERG содержит набор листов ватмана производства Гознак. Бумага упакована в короб из микрогофрокартона, что позволяет сохранить товар в привлекательном виде при транспортировке, а также удобно хранить в бытовых условиях Внутренний блок содержит 100 листов производства ГОЗНАК КБФ плотностью 200 г/м2. Ватман формата А3 &amp;#40;297х420 мм&amp;#41; устойчив к истиранию и прекрасно подойдет как для рисования именно в сухих техниках &amp;#40;карандаши, фломастеры, графитные мелки, линеры&amp;#41;, так и для чертежных работ. Подойдет для маркеров, но нужно будет подкладывать что-то под лист, на котором рисуете.</t>
+  </si>
+  <si>
+    <t>1004831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/165/xyz0xr18nnvjvkyhezxmgcjovaxf1jm2.jpg</t>
   </si>
   <si>
     <t>Калька для чертежных и дизайнерских работ, рулон 625 мм х 20 м, 40 г м2, BRAUBERG, 116372</t>
   </si>
   <si>
     <t>Калька BRAUBERG предназначена для выполнения чертежных работ тушью. Также применяется в рукоделии и шитье для выкройки, для нанесения рисунков и декорирования. Имеет гладкую &amp;#40;каландрированную&amp;#41; поверхность. Подойдёт для работы тушью, линером, капиллярными и гелевыми ручками. Обеспечивает равномерное нанесение туши и четкость линий. Размер рулона составляет 625 мм х 20 м. Плотность – 40 г/м2.</t>
   </si>
   <si>
     <t>1005219</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/085/xe08lldpgd00sw1wcmi5cg1b1yy7nd3o.jpg</t>
-[...8 lines deleted...]
-    <t>1005674</t>
+    <t>http://anytos.ru//upload/iblock/abe/njv6ommunbix3rdet3rpyo5h40fa6gy2.jpg</t>
+  </si>
+  <si>
+    <t>Калька для чертежных и дизайнерских работ, рулон 878 мм х 20 м, 40 г м2, BRAUBERG, 116373</t>
+  </si>
+  <si>
+    <t>Калька BRAUBERG предназначена для выполнения чертежных работ тушью. Также применяется в рукоделии и шитье для выкройки, для нанесения рисунков и декорирования. Имеет гладкую &amp;#40;каландрированную&amp;#41; поверхность. Подойдёт для работы тушью, линером, капиллярными и гелевыми ручками. Обеспечивает равномерное нанесение туши и четкость линий. Размер рулона составляет 878 мм х 20 м. Плотность – 40 г/м2.</t>
+  </si>
+  <si>
+    <t>1005220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ef/dou4w31gvvarvtg3g9kp13yj2za6eiqx.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная в пластиковой папке ErichKrause, А4, 20 листов</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная формата А4 &amp;#40;210х297мм&amp;#41;. 20 листов. Папка из плотного картона, которая удобна для хранения и переноски выполненных работ. Бумага плотностью 80 г/м2. Цвет координатной сетки - светло-оранжевый. Предназначена для чертежных, графических и дизайнерских работ.</t>
   </si>
   <si>
     <t>1005675</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37d/b7ge2n28041wjqknc4pjj15163gc277f.jpg</t>
   </si>
   <si>
     <t>Папка для черчения БОЛЬШАЯ А2, 420х594 мм, 24 л., 200 г м2, без рамки, ватман ГОЗНАК КБФ, BRAUBERG, 116572</t>
   </si>
   <si>
     <t>Папка для черчения BRAUBERG содержит набор листов ватмана для выполнения чертежно-графических работ карандашами, тушью и чернилами &amp;#40;рейсфедером&amp;#41;. Высокая плотность бумаги также позволяет рисовать акварелью, гуашью, древесным углем, пастелью и маркерами. Папка для черчения BRAUBERG представляет собой набор из 24 листов ватмана производства ГОЗНАК КБФ. Папка для черчения включает отдельные листы рисовальной бумаги формата А2 &amp;#40;420х594 мм&amp;#41; плотностью 200 г/м2. Обложка выполнена из импортного мелованного картона плотностью 200 г/м2.</t>
   </si>
   <si>
     <t>1005992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/120/bjtqhlaxkppjq848b3lhtym2d5ihvw5h.jpg</t>
   </si>
   <si>
-    <t>Ватман А1 610х860 мм Гознак С-Пб 180 г м2 300 л. водяной знак</t>
-[...5 lines deleted...]
-    <t>1006740</t>
+    <t>Ватман А1 610х860 мм Гознак С-Пб 200 г м2 100 л. водяной знак</t>
+  </si>
+  <si>
+    <t>Ватман А1 610х860 мм Гознак С-Пб 200 г/м2 100 л. водяной знак</t>
+  </si>
+  <si>
+    <t>1006741</t>
   </si>
   <si>
     <t>&lt;a href="/brands/goznak-s-pb/"&gt;Гознак С-Пб&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Ватман А1 610х860 мм Гознак С-Пб 200 г м2 100 л. водяной знак</t>
-[...25 lines deleted...]
-  <si>
     <t>Ватман А2 594х420 мм Гознак С-Пб 200 г м2 100 л.</t>
   </si>
   <si>
     <t>Ватман А2 594х420 мм Гознак С-Пб 200 г/м2 100 л.</t>
   </si>
   <si>
     <t>1006744</t>
   </si>
   <si>
     <t>Ватман А3 297х420 мм Гознак С-Пб 200 г м2 100 л.</t>
   </si>
   <si>
     <t>Ватман А3 297х420 мм Гознак С-Пб 200 г/м2 100 л.</t>
   </si>
   <si>
     <t>1006745</t>
   </si>
   <si>
     <t>Ватман А4 297х210 мм Гознак С-Пб 200 г м2 100 л.</t>
   </si>
   <si>
     <t>Ватман А4 297х210 мм Гознак С-Пб 200 г/м2 100 л.</t>
   </si>
   <si>
     <t>1006746</t>
@@ -1551,62 +1515,50 @@
     <t>http://anytos.ru//upload/iblock/11d/s0xqvbayj06evu92o23ppceslig9g2pi.jpg</t>
   </si>
   <si>
     <t>Папка для черчения 10 л. А4 КФОБ АРКАДА 200 г м2</t>
   </si>
   <si>
     <t>Папка для черчения 10 л. А4 КФОБ АРКАДА 200 г/м2</t>
   </si>
   <si>
     <t>1009638</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kfob/"&gt;КФОБ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ac/ok2xc4a9i033q8bhgkdw59j0oomgfx0r.jpg</t>
   </si>
   <si>
     <t>Калька А3 ВЫСОКОЙ ПРОЗРАЧНОСТИ, ПЛОТНАЯ, для печати и творчества, 90 г м2, 250 листов, BRAUBERG, 116641</t>
   </si>
   <si>
     <t>Калька в листах BRAUBERG предназначена для широкого круга задач, в том числе для профессионального использования. Подходит для печати на струйном и лазерном принтере, а также для рисования и черчения карандашами, ручками и чернилами. Калька формата А3 изготавливается из высококачественного натурального сырья, обладает высокой прочностью, но при этом почти прозрачна, что позволяет легко копировать изображения. Плотность – 90 г/м2. Гладкая поверхность кальки обеспечивает четкость и аккуратность линий, что особенно важно для архитекторов, дизайнеров, художников и чертежников. Используется для создания эскизов, графических работ, архитектурных и дизайнерских чертежей. Также незаменима для дизайнерских и оформительских работ самого широкого спектра, в том числе для создания конвертов, открыток, пригласительных. Калька не желтеет при длительном хранении и подходит для архивных документов. Поставляется по 250 листов в прочной картонной коробке с дополнительной термоусадочной пленкой.</t>
   </si>
   <si>
     <t>1014090</t>
-  </si>
-[...10 lines deleted...]
-    <t>1014091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32c/ljxzj6ydaygbanuxgltttfsj4yo7zain.jpg</t>
   </si>
   <si>
     <t>Калька А4 ВЫСОКОЙ ПРОЗРАЧНОСТИ, ПЛОТНАЯ, для печати и творчества, 70 г м2, 100 листов, BRAUBERG, 116642</t>
   </si>
   <si>
     <t>Калька в листах BRAUBERG предназначена для широкого круга задач, в том числе для профессионального использования. Подходит для печати на струйном и лазерном принтере, а также для рисования и черчения карандашами, ручками и чернилами. Калька формата А4 изготавливается из высококачественного натурального сырья, обладает высокой прочностью, но при этом почти прозрачна, что позволяет легко копировать изображения. Плотность – 70 г/м2. Гладкая поверхность кальки обеспечивает четкость и аккуратность линий, что особенно важно для архитекторов, дизайнеров, художников и чертежников. Используется для создания эскизов, графических работ, архитектурных и дизайнерских чертежей. Также незаменима для дизайнерских и оформительских работ самого широкого спектра, в том числе для создания конвертов, открыток, пригласительных. Калька не желтеет при длительном хранении и подходит для архивных документов. Поставляется по 100 листов в прочной картонной коробке с дополнительной термоусадочной пленкой.</t>
   </si>
   <si>
     <t>1014092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa4/jeih7okloter65eadm4ib4ta7daspes1.jpg</t>
   </si>
   <si>
     <t>Калька А4 ВЫСОКОЙ ПРОЗРАЧНОСТИ, ПЛОТНАЯ, для печати и творчества, 90 г м2, 100 листов, BRAUBERG, 116643</t>
   </si>
   <si>
     <t>Калька в листах BRAUBERG предназначена для широкого круга задач, в том числе для профессионального использования. Подходит для печати на струйном и лазерном принтере, а также для рисования и черчения карандашами, ручками и чернилами. Калька формата А4 изготавливается из высококачественного натурального сырья, обладает высокой прочностью, но при этом почти прозрачна, что позволяет легко копировать изображения. Плотность – 90 г/м2. Гладкая поверхность кальки обеспечивает четкость и аккуратность линий, что особенно важно для архитекторов, дизайнеров, художников и чертежников. Используется для создания эскизов, графических работ, архитектурных и дизайнерских чертежей. Также незаменима для дизайнерских и оформительских работ самого широкого спектра, в том числе для создания конвертов, открыток, пригласительных. Калька не желтеет при длительном хранении и подходит для архивных документов. Поставляется по 100 листов в прочной картонной коробке с дополнительной термоусадочной пленкой.</t>
   </si>
   <si>
     <t>1014093</t>
   </si>
@@ -1981,57 +1933,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M132"/>
+  <dimension ref="A1:M126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G132" sqref="G132"/>
+      <selection pane="bottomRight" activeCell="G126" sqref="G126"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2159,2872 +2111,2736 @@
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="C13" s="1"/>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="3" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>110</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>66</v>
+        <v>132</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...12 lines deleted...]
-        <v>66</v>
+      <c r="G31" s="3" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>66</v>
+        <v>132</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>66</v>
+        <v>86</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>158</v>
+        <v>58</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>152</v>
+        <v>180</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G42" s="3" t="s">
-        <v>96</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>66</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>66</v>
+        <v>231</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>109</v>
+        <v>231</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F56" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="3" t="s">
-        <v>115</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>109</v>
+        <v>231</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>58</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>183</v>
+        <v>273</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F66" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G66" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>270</v>
+        <v>206</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>71</v>
+        <v>210</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>278</v>
+        <v>304</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>71</v>
+        <v>210</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>301</v>
+        <v>58</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>187</v>
+        <v>320</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>187</v>
+        <v>320</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>322</v>
+        <v>132</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>18</v>
+        <v>328</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>157</v>
+        <v>341</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>334</v>
+        <v>58</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="B83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G83" s="3" t="s">
         <v>336</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>157</v>
+        <v>357</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>357</v>
+        <v>332</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>110</v>
+        <v>328</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>330</v>
+        <v>371</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>326</v>
+        <v>371</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="G91" s="3" t="s">
         <v>371</v>
-      </c>
-[...13 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>374</v>
+        <v>133</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>110</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>56</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>37</v>
+        <v>189</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>356</v>
+        <v>17</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>37</v>
+        <v>133</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>65</v>
+        <v>432</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>431</v>
+        <v>17</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>431</v>
+        <v>91</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>17</v>
+        <v>432</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>115</v>
+        <v>58</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>431</v>
+        <v>86</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>65</v>
+        <v>180</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>157</v>
+        <v>86</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>157</v>
+        <v>468</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>65</v>
+        <v>468</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>115</v>
+        <v>58</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B115" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="F115" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G115" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>467</v>
+        <v>488</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>467</v>
+        <v>492</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>471</v>
+        <v>496</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>471</v>
+        <v>86</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>471</v>
+        <v>86</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>467</v>
+        <v>505</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>471</v>
+        <v>86</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>471</v>
+        <v>80</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>66</v>
+        <v>358</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>66</v>
-[...136 lines deleted...]
-      <c r="G132" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>