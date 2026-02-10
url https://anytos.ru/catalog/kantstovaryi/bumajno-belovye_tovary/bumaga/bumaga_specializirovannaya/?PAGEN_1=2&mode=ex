--- v0 (2025-10-07)
+++ v1 (2026-02-10)
@@ -12,269 +12,488 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/39b/39b7ba21c8ba608a82ff78e9feebf319.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов клетка 67,5х98 50 лист. 80гр. штр.  4630012884310</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache.&amp;lt;br /&amp;gt;Цвет бумаги - белый, линовка - клетка, 50 листов в склейке, размер блока 67.5х98 см, бумага 80гр, 6 стандартных отверстий.&amp;lt;br /&amp;gt;Блоки упакованы по 1 упаковке в коробке</t>
+  </si>
+  <si>
+    <t>Бумага специализированная</t>
+  </si>
+  <si>
+    <t>246164</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/716/00ab5ubwo4e24r0m3lxnh0o58qj0p2uh.jpg</t>
   </si>
   <si>
     <t>Калька 420 мм 20 м 40 г м2 п тушь: 420х20 штр.: 4607112474086</t>
   </si>
   <si>
-    <t>Бумага специализированная</t>
-[...1 lines deleted...]
-  <si>
     <t>108018</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bumaga/"&gt;Бумага&lt;/a&gt;</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e0/b12fz6ruu1iftmqfu9xh5cvv22opeke6.jpg</t>
   </si>
   <si>
     <t>Калька 625 мм 10 м 40 г м2 п тушь: 625х10 штр.: 4607112474109</t>
   </si>
   <si>
     <t>108020</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56d/9ll896agrrp3o06k2yk986fxk2zq7z84.jpg</t>
   </si>
   <si>
     <t>Калька 625 мм 20 м 40 г м2  п тушь: 625х20 штр.: 4607112474116</t>
   </si>
   <si>
     <t>108021</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/57a/ecxq17qi1zoditawsio3l6e7waf79ed8.jpg</t>
+  </si>
+  <si>
+    <t>Калька 625 мм 40 м 40 г м2  п тушь: 625х40 штр.: 4607112474130</t>
+  </si>
+  <si>
+    <t>108022</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>Калька 878 мм 10 м 40 г м2  п тушь: 878х10 штр.: 4607112474147</t>
   </si>
   <si>
     <t>108023</t>
   </si>
   <si>
-    <t>1</t>
-[...17 lines deleted...]
-    <t>108027</t>
+    <t>http://anytos.ru//upload/iblock/0b5/qdtzm65d6qd8xl7tw2s7lljfonm5yw1a.jpg</t>
+  </si>
+  <si>
+    <t>Калька в папке А3 40 л. 40 г м2 п тушь: КДР-А3 штр.: 4607112473522</t>
+  </si>
+  <si>
+    <t>108029</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lilija-holding/"&gt;Лилия Холдинг&lt;/a&gt;</t>
   </si>
   <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a0/ietrntj0p09f9yusopk8unigyyqudkvt.jpg</t>
+  </si>
+  <si>
+    <t>Блок д флипчарта inФОРМАТ 67,5 х 96,5см белый, 20лист: BF67x98-20 ШТ штр.: 4602723045045</t>
+  </si>
+  <si>
+    <t>118812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e7/6e77a0c25a315f8bdda87e519cb13425.jpg</t>
+  </si>
+  <si>
+    <t>Калька под тушь А3 40 л, 40 г м2, в папке: КДР А3 штр.:  4607112473522</t>
+  </si>
+  <si>
+    <t>Калька под тушь А3 40 л, 40 г/м2, в папке: КДР/А3 Калька листовая под тушь формата А4 для чертежных и дизайнерских работ. Плотность 40 г/м2</t>
+  </si>
+  <si>
+    <t>213464</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f6/8f61bf2933ae916344839fc447517efd.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А4 20 л., голубая, в папке: ПМ А4 штр.:  4607112474352</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А4 20 л., голубая, в папке: ПМ/А4 Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Формат А4, 20 листов.&amp;nbsp;&amp;nbsp;Папка – мелованный картон. Цвет - голубой.</t>
+  </si>
+  <si>
+    <t>214370</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc4/es2f1kiw6iod4y3pgh3aah1e244w6xuh.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 100 л., синяя: CP_339  158737 штр.:  4610008523393</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 100 л., синяя: CP_339/ 158737 Копировальная бумага предназначена для рукописных работ и пишущих машинок. Формат А4. 100 листов в папке. Цвет - синий. Папка выполнена из плотного картона.</t>
+  </si>
+  <si>
+    <t>215156</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a4/2a41f120f4cb7f4a9007d994b3829757.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 50 л., фиолетовая: CP_338  158734 штр.:  4610008523386</t>
+  </si>
+  <si>
+    <t>Копировальная бумага предназначена для рукописных работ и пишущих машинок. Формат А4. 50 листов в папке. Цвет - фиолетовый. Папка выполнена из плотного картона.</t>
+  </si>
+  <si>
+    <t>216538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4d/c4dac1454db72ea1c13729802b83681e.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 50 л., синяя: CP_340  158736 штр.:  4610008523409</t>
+  </si>
+  <si>
+    <t>Копировальная бумага предназначена для рукописных работ и пишущих машинок. Формат А4. 50 листов в папке. Цвет - синий.&amp;nbsp;&amp;nbsp;Папка выполнена из плотного картона.</t>
+  </si>
+  <si>
+    <t>218124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c82/44e07sch08c964wmgclcmri0p44xfnul.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 100 л., черная: CP_342  175035 штр.:  4610008523423</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 100 л., черная: CP_342/ 175035</t>
+  </si>
+  <si>
+    <t>219392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba8/ba8d8e95272c91f2e941f59b87da7376.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А3 20 л., голубая, в папке: ПМ А3 штр.:  4607112474338</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А3 20 л., голубая, в папке: ПМ/А3</t>
+  </si>
+  <si>
+    <t>220670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/202/202489751fbf5c46e86722122f5d5554.jpg</t>
+  </si>
+  <si>
+    <t>Калька под тушь 420 40, 40 г м2: КБ-4093 штр.:  4607112474093</t>
+  </si>
+  <si>
+    <t>Калька под тушь 420*40, 40 г/м2: КБ-4093</t>
+  </si>
+  <si>
+    <t>235174</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be9/be93cf77300ebced2e30b92cce62acd3.jpg</t>
+  </si>
+  <si>
+    <t>Калька под тушь 420 20, 40 г м2: КБ-4086 штр.:  4607112474086</t>
+  </si>
+  <si>
+    <t>Калька под тушь 420*20, 40 г/м2: КБ-4086</t>
+  </si>
+  <si>
+    <t>235318</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbf/dbfd211da017987c2a623bb0e1c9dc4e.jpg</t>
+  </si>
+  <si>
+    <t>Калька под тушь 878 20, 40 г м2: КБ-4154 штр.:  4607112474154</t>
+  </si>
+  <si>
+    <t>Калька под тушь 878*20, 40 г/м2: КБ-4154</t>
+  </si>
+  <si>
+    <t>235328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec7/ec7850f33153602108d9e006c53a6bb3.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 100 л., фиолетовая: CP_337  158735 штр.:  4610008523379</t>
+  </si>
+  <si>
+    <t>Бумага копировальная А4, 100 л., фиолетовая: CP_337/ 158735 Копировальная бумага предназначена для рукописных работ и пишущих машинок. Формат А4. 100 листов в папке. Цвет - фиолетовый. Папка выполнена из плотного картона.</t>
+  </si>
+  <si>
+    <t>236351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f92/f9282cf7e89e7d5daefc5fcb54edbaa7.jpg</t>
+  </si>
+  <si>
+    <t>Калька под тушь А4 40 л, 40 г м2, в папке: КДР А4 штр.:  4607112475205</t>
+  </si>
+  <si>
+    <t>Калька под тушь А4 40 л, 40 г/м2, в папке: КДР/А4 Калька листовая под тушь формата А4 для чертежных и дизайнерских работ. Плотность 40 г/м2</t>
+  </si>
+  <si>
+    <t>236432</t>
+  </si>
+  <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e7/6e77a0c25a315f8bdda87e519cb13425.jpg</t>
-[...116 lines deleted...]
-    <t>236432</t>
+    <t>http://anytos.ru//upload/iblock/a24/a249d9fddfa7f557b8226732cff4f587.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов белый 67,5х98 10 лист. 80гр. штр.  4630012884327</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache.&amp;lt;br /&amp;gt;Цвет - белый, 10 листов в склейке, размер блока 67.5х98 см, бумага 80гр, 6 стандартных отверстий.&amp;lt;br /&amp;gt;Блоки упакованы по 1 штуке в отдельный короб.</t>
+  </si>
+  <si>
+    <t>246156</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/649/6496828dfa93533e5a4633ffb6242e3b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бумага для флипчартов Attache 67.5х98 nbsp-см белая 20 nbsp-листов  80 nbsp-г кв.м, 5 nbsp-блоков в nbsp-упаковке </t>
+  </si>
+  <si>
+    <t>Бумага для флипчартoв Attache со стандартными крепежными отверстиями. Цвет белый. Поставляется блоками по 20 белых листов &amp;#40;без линовки&amp;#41; размером 67,5-98 см. Плотность материала составляет 80 г/кв.м. В комплекте поставки 5 блоков.</t>
+  </si>
+  <si>
+    <t>246157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/730/7304ae199180d5599991407665f49905.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов белый 67,5х98 50 лист. 5 бл уп 80гр. штр.  4630012889193</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache с универсальной разметкой для крепежных отверстий. Цвет белый. Поставляется комплектами по 5 блоков, в каждом блоке содержится по 50 листов белого цвета размером 67.5-98 см.</t>
+  </si>
+  <si>
+    <t>246158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aaf/aafe57c053c00ea8dfb9a94246694ba5.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов белый 67,5х98 50 лист. 80гр. штр.  4630012884334</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache.&amp;lt;br /&amp;gt;Цвет - белый, без линовки 50 листов в склейке, размер блока 675*980 мм, бумага 80гр, 6 стандартных отверстий.&amp;lt;br /&amp;gt;Блоки упакованы по 1 штуке в коробке</t>
+  </si>
+  <si>
+    <t>246159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0d/d0d22167e8598997202760b3ef71df76/bbcc6d465d9c3fe8d193e4c3f56f31e7.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов клетка 67,5х98 10 лист. 80гр. штр.  4630012884303</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache. Цвет бумаги - белый, линовка - клетка, 10 листов в склейке, размер блока 67.5х98 см, бумага 80гр, 6 стандартных отверстий. Блоки упакованы по 1 штуке в отдельный короб.</t>
+  </si>
+  <si>
+    <t>246161</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/706/706c8a275960c3899e5b424cffa8f3d0/5cc1cae9ad73bd970ce87e5cb69bc47e.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов клетка 67,5х98 20 лист. 5 бл уп 80гр. штр.  4630012132725</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартoв Attache с универсальной разметкой для крепежных отверстий, разлинованный в клетку. Цвет белый. Поставляется комплектами по 5 блоков, в каждом блоке содержится по 20 листов белого цвета размером 67,5-98 см. Плотность бумаги 80 г/кв.м</t>
+  </si>
+  <si>
+    <t>246162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Блок бумаги для флипчартов клетка 67,5х98 50 лист. 5 бл уп 80гр. штр.  4630012889186</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов Attache с универсальной разметкой для крепежных отверстий, разлинованный в клетку. Цвет белый. Поставляется комплектами по 5 блоков, в каждом блоке содержится по 50 листов белого цвета размером 67.5-98 см.</t>
+  </si>
+  <si>
+    <t>246163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32c/32cfa94b043be378580bb3218ac6b0a3.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А3 10 л, голубая, в папке: 10БМг3п_9708 штр.: 4680211077082</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная прекрасно подойдет для выполнения чертежей, графиков, схем. Отдельные листы формата А3 упакованы в папку из мелованного картона. В папке 10 листов. Линовка - голубая.</t>
+  </si>
+  <si>
+    <t>337536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaf/eaf0400165465ba14dd697da5d03a51f.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А3 8 л., голубая, на скрепке: 8БмА3ск_13548 штр.: 4680211115487</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Формат А3, 8 листов. Бумага высокого качества, каждый лист оформлен белыми полями. Обложка – мелованный картон, скрепка. Цвет линовки - голубой.</t>
+  </si>
+  <si>
+    <t>337537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/168/1686e8027785c61d088d6a3f1df3ba54.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А4 16 л., оранжевая, на скрепке: 16БмА4ск_13546 штр.: 4680211115463</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная для выполнения чертежей, графиков, схем. Формат А4, 16 листов. Бумага высокого качества, каждый лист оформлен белыми полями. Обложка – мелованный картон, скрепка. Цвет линовки - оранжевый.</t>
+  </si>
+  <si>
+    <t>337538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3a/d3a1c32443ea361e0b407f1b3c09b43e.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная А4 10 л, голубая, в папке 10БМг4п_9707</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная прекрасно подойдет для выполнения чертежей, графиков, схем. Отдельные листы формата А4 упакованы в папку из мелованного картона. В папке 10 листов. Линовка - голубая.</t>
+  </si>
+  <si>
+    <t>338124</t>
+  </si>
+  <si>
+    <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60a/60afa876efceca399f42185718a8b8e1.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш А4 20 л, 40 г м2, в папке Кбк4_10274</t>
   </si>
   <si>
     <t>Калька листовая под карандаш формата А4 плотностью 40 г/м2. Прекрасно подойдет для чертежных и дизайнерских работ, а также может быть с успехом использоваться в творческих поделках.</t>
   </si>
   <si>
     <t>340916</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abf/oueawi39svnmofoxjne4ct1qptls0utl.jpg</t>
   </si>
   <si>
     <t>Блок для флипчарта LITE 60х90 см  клетка, 20 листов  перфорац. BFL60x90-20K</t>
   </si>
   <si>
     <t>Флипчарт – магнитно-маркерная доска с креплением для листа или блока бумаги, переворачиваемой по принципу блокнота.Предназначен для использования на конференциях, мастер-классах, совещаниях. Каждый лист блока снабжен перфорацией для ровного отрывания. Технические характеристики блока: - перфорация для легкого отрыва листа - универсальные отверстия для крепления к флипчарту - изготавливается только из экологически чистых материалов, без отбеливания хлором - линовка: белый - плотность бумаги: 65 г/м2.</t>
   </si>
@@ -296,261 +515,258 @@
   <si>
     <t>Калька 40 л. А4 для чертежных и дизайнерских работ  КДР А4</t>
   </si>
   <si>
     <t>Калька 40 л. А4 д/чертежных и дизайнерских работ — качественный продукт для дизайнеров, архитекторов, реставраторов и представителей других профессий, где требуются чертежи. Отличается высокой прочностью, устойчивостью к разрывам и заломам. Обеспечивает чистое и четкое изображение, ровные линии, которые не смазываются и не выцветают со временем.</t>
   </si>
   <si>
     <t>348895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32c/y1bg94vc5qbbwlhpw739mlsn8ivd242j.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная, рулон 640 мм х 20 м, оранжевая, STAFF, 128992</t>
   </si>
   <si>
     <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Выполнена из бумаги плотностью 65 г/м2. Ширина рулона составляет 640 мм, длина - 20 м. Отличается четкими линиями, точной миллиметровой разметкой и линовкой оранжевого цвета.</t>
   </si>
   <si>
     <t>392573</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/212/gm07fr1w3wjf46072x2m6n8z4y3h2fiq.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная, рулон 878 мм х 10 м, оранжевая, STAFF</t>
+  </si>
+  <si>
+    <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Выполнена из бумаги плотностью 65 г/м2. Ширина рулона составляет 878 мм, длина - 10 м. Отличается четкими линиями, точной миллиметровой разметкой и линовкой оранжевого цвета.</t>
+  </si>
+  <si>
+    <t>392574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62e/62ynv6buvs6wvprrshzuj1tt5fkyzfzn.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная, рулон 878 мм х 20 м, оранжевая, STAFF, 128993</t>
+  </si>
+  <si>
+    <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Выполнена из бумаги плотностью 65 г/м2. Ширина рулона составляет 878 мм, длина - 20 м. Отличается четкими линиями, точной миллиметровой разметкой и линовкой оранжевого цвета.</t>
+  </si>
+  <si>
+    <t>392575</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/51d/2d4xhpepfb7nwcbijc1n1z1tgo4s0xdm.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная, формат 400х600 мм, синяя, ПМБ</t>
   </si>
   <si>
     <t>Четкость линий позволяет точно и безошибочно выполнять чертежные или графические работы.</t>
   </si>
   <si>
     <t>392576</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b2/bmpu281ipv98spyx38jl56ovis438abh.jpg</t>
   </si>
   <si>
     <t>Калька для чертежных и дизайнерских работ, А3, 297х420 мм, 40 л., 40 г м2, в папке</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных и дизайнерских работ карандашом или тушью, а также свето- и ручного копирования. Поверхность глянцевая.</t>
   </si>
   <si>
     <t>392577</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/88f/9a1n1r54bwzl9jkgqb5wdpie3g6vc5a7.jpg</t>
+  </si>
+  <si>
+    <t>Калька под карандаш, рулон 420 мм х 20 м, 25 - 30 г м2, STAFF, 128994</t>
+  </si>
+  <si>
+    <t>Калька STAFF предназначена для выполнения чертежных и дизайнерских работ карандашом. Имеет матовую шероховатую поверхность. При черчении карандашом по такой кальке карандаш не проскальзывает, оставляя четкий темный след равной толщины. Размер рулона составляет 420 мм х 20 м. Плотность - 30 г/м2.</t>
+  </si>
+  <si>
+    <t>392578</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2e6/dic0vxrmhqn63ubus5ok9c8qddswgm2w.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш, рулон 640 мм х 20 м, 30 г м2, STAFF, 128995</t>
   </si>
   <si>
     <t>Калька STAFF предназначена для выполнения чертежных и дизайнерских работ карандашом. Имеет матовую шероховатую поверхность. При черчении карандашом по такой кальке карандаш не проскальзывает, оставляя четкий темный след равной толщины. Размер рулона составляет 640 мм х 20 м. Плотность - 30 г/м2.</t>
   </si>
   <si>
     <t>392579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f9/x12vz2526sh3x9cv3eipoc0kyyp9vj8k.jpg</t>
   </si>
   <si>
     <t>Калька под тушь, рулон 420 мм х 20 м, 40 г м2, КБ-4086</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных работ тушью.</t>
   </si>
   <si>
     <t>392581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edb/vcxeh1msspqwqeylote9cj0t7grmjda8.jpg</t>
   </si>
   <si>
     <t>Калька под тушь, рулон 625 мм х 20 м, 40 г м2, КБ-4116</t>
   </si>
   <si>
     <t>392582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc2/dg6ribxus86m0xq5uivc19rqnd4ibjxt.jpg</t>
   </si>
   <si>
     <t>Калька под тушь, рулон 878 мм х 20 м, 40 г м2, КБ-4154</t>
   </si>
   <si>
     <t>392585</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ba3/omt6isgibgxa8gagl5vn8nxxc2a1ddjx.jpg</t>
+  </si>
+  <si>
+    <t>Калька под тушь, рулон 878 мм х 40 м, 40 г м2, КБ-4161</t>
+  </si>
+  <si>
+    <t>392586</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/995/995235e2f2ea7a34fe5d9e1f209012ce/dbf82b1808383bb50c9cfdc854a38177.jpg</t>
   </si>
   <si>
     <t>Калька под тушь OfficeSpace, 420мм 20м, 40г м2, в рулоне</t>
   </si>
   <si>
     <t>Калька в рулоне. Подходит для выполнения графических, чертежных работ тушью, линером, капилярными и гелевыми ручками. Плотность 40г/кв.м. Рулон 20 м, ширина 420 мм.</t>
   </si>
   <si>
     <t>557491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/173/1733e2f786537e4dcdef54d6e3cdf204/3afd73dcc0b9b84486e3634f776b9b3b.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш OfficeSpace, 420мм 20м, 40г м2, в рулоне</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных и дизайнерских работ карандашом. Плотность 40г/кв.м. Рулон 20 м, ширина 420 мм.</t>
   </si>
   <si>
     <t>557492</t>
   </si>
   <si>
-    <t>5</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/490/490d6a38986246162dddf370ec8dfe1f/be1f5562188828d9a64e69a12bb1fef3.jpg</t>
   </si>
   <si>
     <t>Калька под тушь OfficeSpace, 420мм 10м, 40г м2, в рулоне</t>
   </si>
   <si>
     <t>Калька в рулоне. Подходит для выполнения графических, чертежных работ тушью, линером, капилярными и гелевыми ручками. Плотность 40г/кв.м. Рулон 10 м, ширина 420 мм.</t>
   </si>
   <si>
     <t>557495</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3b3/h6fguvriwljc6w1hezgttxhz5pp5zvt7.jpg</t>
   </si>
   <si>
     <t>Калька для чертежных и дизайнерских работ, А4, 210х297 мм, 40 г м2, в папке, 40 листов, КДР А4</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных и дизайнерских работ карандашом или тушью, а также свето- и ручного копирования.</t>
   </si>
   <si>
     <t>563917</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae6/ae6bda9564966269b65df3c2a6f04e3e/bc6093cd42130d85e6426d9372337b82.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fb/6fb9c02789223491ccbfb78b6042c973/1afdb99dcb16446742df5699f50f7a52.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш OfficeSpace, 625мм 10м, 40г м2, в рулоне</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных и дизайнерских работ карандашом. Плотность 40г/кв.м. Рулон 10 м, ширина 625 мм.</t>
   </si>
   <si>
     <t>587455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/114/114a4fa76386e87f88e5f8bbae0049dc/fa99a07c837e5bf938d2d8c9c961fb94.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш OfficeSpace, 878мм 10м, 40г м2, в рулоне</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных и дизайнерских работ карандашом. Плотность 40г/кв.м. Рулон 10 м, ширина 878 мм.</t>
   </si>
   <si>
     <t>587456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/123/12329a1b8ea34fadbada20aa8a41c47d/56ddd506a4499f88b50d0f6a1fcdd9aa.jpg</t>
   </si>
   <si>
     <t>Калька под карандаш OfficeSpace, 420мм 10м, 40г м2, в рулоне</t>
   </si>
   <si>
     <t>Калька предназначена для выполнения чертежных и дизайнерских работ карандашом. Плотность 40г/кв.м. Рулон 10 м, ширина 420 мм.</t>
   </si>
   <si>
     <t>593245</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc5/bc5c425320a78bbc5c52dc37cc049df0/a997ab3ffa2f9d34c8248b8335c6b6e8.jpg</t>
-[...11 lines deleted...]
-    <t>20</t>
+    <t>http://anytos.ru//upload/iblock/6ef/6ef9553b43d0cffc0f4e5c0733a1ed9b/1e67198739b81ce601bc0b424e52c0fd.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов блок бумаги д флипчартов клетка 67,5х98 20 л. 80гр.</t>
+  </si>
+  <si>
+    <t>Бумага для флипчартов блок бумаги д/флипчартов клетка 67,5х98 20 л. 80гр.</t>
+  </si>
+  <si>
+    <t>610876</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5f/1ngy1mf5fiade4qff4mreuvzw4lubyg8.jpg</t>
   </si>
   <si>
     <t>Бумага копировальная  копирка  синяя А4, 50 листов, BRAUBERG ART  quot;CLASSIC quot;, 112402</t>
   </si>
   <si>
     <t>Копировальная бумага BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для письма вручную, хобби и творчества. Имеет стандартный формат А4 и односторонний красящий слой синего цвета. Не пачкается. Может использоваться многократно. 50 штук в упаковке хватит на долгое время.</t>
   </si>
   <si>
     <t>671378</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f2/zxf4c505vr7ah0fm6ea8ndy1pc7f3y81.jpg</t>
   </si>
   <si>
     <t>Бумага копировальная  копирка  черная А4, 50 листов, BRAUBERG ART  quot;CLASSIC quot;, 112404</t>
   </si>
   <si>
     <t>Копировальная бумага BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для письма вручную, хобби и творчества. Имеет стандартный формат А4 и односторонний красящий слой черного цвета. Не пачкается. Может использоваться многократно. 50 штук в упаковке хватит на долгое время.</t>
   </si>
@@ -608,405 +824,450 @@
   <si>
     <t>http://anytos.ru//upload/iblock/097/27b8rpjhw7rg0lo7tq9r5eiayg493qpu.jpg</t>
   </si>
   <si>
     <t>Бумага копировальная  копирка , фиолетовая, А4, 100 листов, STAFF, 112407</t>
   </si>
   <si>
     <t>Копировальная бумага STAFF предназначена для письма вручную, хобби и творчества. Имеет стандартный формат А4 и односторонний красящий слой фиолетового цвета. Не пачкается. Может использоваться многократно.Копировальная бумага упакована в папку из плотного мелованного картона и пленку.&amp;nbsp;&amp;nbsp;Надежная упаковка отлично защитит содержимое от влаги&amp;nbsp;&amp;nbsp;и механических повреждений.100 штук в упаковке хватит на долгое время.</t>
   </si>
   <si>
     <t>671384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72e/1nzf6ast25h2ejlqge91i5k8g1vn9vxk.jpg</t>
   </si>
   <si>
     <t>Бумага копировальная  копирка , черная, А4, 100 листов, STAFF, 112408</t>
   </si>
   <si>
     <t>Копировальная бумага STAFF предназначена для письма вручную, хобби и творчества. Имеет стандартный формат А4 и односторонний красящий слой черного цвета. Не пачкается. Может использоваться многократно.Копировальная бумага упакована в папку из плотного мелованного картона и пленку.&amp;nbsp;&amp;nbsp;Надежная упаковка отлично защитит содержимое от влаги&amp;nbsp;&amp;nbsp;и механических повреждений.100 штук в упаковке хватит на долгое время.</t>
   </si>
   <si>
     <t>671385</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f1f/omd6xjsrgmtskbuhi5qyudnhwx1bav66.jpg</t>
+  </si>
+  <si>
+    <t>Бумага термотрансферная LOMOND для светлых тканей, А4, 10 шт., 140 г м2, 0808411</t>
+  </si>
+  <si>
+    <t>Высококачественное полноцветное изображение, отпечатанное на струйном принтере, затем с помощью термопресса или домашнего утюга переносится на светлую ткань. Отпечатанное изображение имеет глянцевый блеск. Изделия с нанесенным изображением можно стирать.</t>
+  </si>
+  <si>
+    <t>693823</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lomond/"&gt;Lomond&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c86/rc3cgm1k8ixmkp3y9cb2rb14pocp3u6n.jpg</t>
   </si>
   <si>
     <t>Бумага термотрансферная LOMOND для т мных тканей, А4, 10 шт., 140 г м2, 0808421</t>
   </si>
   <si>
     <t>Высококачественное полноцветное изображение, отпечатанное на цветном струйном принтере, затем с помощью термопресса или просто домашнего утюга переносится на темную ткань. Майки, футболки, фуфайки с нанесенным изображением можно стирать.</t>
   </si>
   <si>
     <t>693824</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lomond/"&gt;Lomond&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/78a/wz4z2wr5jynchong6mqztn5gdeenth0n.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная А4 20л  quot;Чертежи quot;</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная А4 20л &amp;quot;Чертежи&amp;quot;</t>
   </si>
   <si>
     <t>703650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/298/yh6d5dtb376fcehe3fz3h7lg4mc0b58h.jpg</t>
   </si>
   <si>
     <t>Бумага копировальная черная 50 л уп  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Бумага копировальная черная&amp;nbsp;&amp;nbsp;50 л/уп &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703653</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ee7/ca7e56343ehioz6zxuc7pdji532elegy.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная черная 100 л уп  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Бумага копировальная черная 100 л/уп &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>703654</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a4d/ba3735a2y6uu8q77320lflthx107bq11.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная А4 20л  quot;Геометрия quot;</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная, 20 листов в папке, формат А4, плотность 65 гр/м2. Внутренний блок - офсетная бумага с точной миллиметровой разметкой, линовка оранжевого цвета. Упаковка - папка из мелованного картона с одним клапаном.</t>
   </si>
   <si>
     <t>703656</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3f8/bgdiym5i80sewj5gazzbxhkisxyns109.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная  миллиметровая , планшет А3, голубая, 20 листов, 80 г м2, STAFF, 113491</t>
+  </si>
+  <si>
+    <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Бумага формата А3 &amp;#40;297х420 мм&amp;#41; и плотностью 80 г/м2. В наборе 20 листов. Цвет линовки - голубой. Отличается четкими линиями и точной миллиметровой разметкой.</t>
+  </si>
+  <si>
+    <t>774652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/577/y4nxuilhlhwhmn35272i67128lf8225k.jpg</t>
+  </si>
+  <si>
+    <t>Бумага масштабно-координатная  миллиметровая , планшет А4, голубая, 20 листов, 80 г м2, STAFF, 113490</t>
+  </si>
+  <si>
+    <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Бумага формата А4 &amp;#40;210х297 мм&amp;#41; и плотностью 80 г/м2. В наборе 20 листов. Цвет линовки - голубой. Отличается четкими линиями и точной миллиметровой разметкой.</t>
+  </si>
+  <si>
+    <t>791644</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a68/b9s9xwjh1t2jybg7hib9iw2d4wrfd8tt.jpg</t>
   </si>
   <si>
     <t>Бумага масштабно-координатная  миллиметровая , скоба, А4, оранжевая, 16 листов, 65 г м2, STAFF, 113488</t>
   </si>
   <si>
     <t>Масштабно-координатная бумага STAFF предназначена для выполнения чертежно-графических работ карандашом или тушью. Применяется при создании инженерных схем и чертежей, планов и карт, а также при рисовании выкройки. Бумага формата А4 &amp;#40;210х297 мм&amp;#41; и плотностью 65 г/м2 на скобе, 16 листов. Цвет линовки - оранжевый. Отличается четкими линиями и точной миллиметровой разметкой.</t>
   </si>
   <si>
     <t>829410</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f6/nybte68ssxpvsvl3l9v1tm2ymim01w7d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f77/gd6vsmsayclkvtl6ajpi5wqd3lbb38f8.jpg</t>
   </si>
   <si>
     <t>Бумага писчая БОЛЬШОГО ФОРМАТА А3, 65 г м2, 500 л., Россия, белизна 92   ISO  STAFF, 114213</t>
   </si>
   <si>
     <t>Бумага писчая STAFF предназначена для создания сопроводительной документации, письма и канцелярских работ. Упакована в пачки по 500 листов формата А3. Листы бумаги плотностью 65 г/м2 и белизной 92&amp;#37; &amp;#40;ISO&amp;#41; обеспечивают исключительный комфорт при письме вручную любыми типами ручек и карандашей.</t>
   </si>
   <si>
     <t>833269</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4b4/9jpuexkbegdh1ntjvdm3k1itf6f8vky0.jpg</t>
+  </si>
+  <si>
+    <t>Бумага копировальная  копирка  А3, 2 цвета по 10 листов  черная, белая , BRAUBERG ART, 113855</t>
+  </si>
+  <si>
+    <t>Копировальная бумага BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для письма вручную, хобби и творчества. Имеет большой формат А3 и односторонний красящий слой белого или черного цвета. Не пачкается. Может использоваться многократно. 20 листов, по 10 белого и черного цвета.</t>
+  </si>
+  <si>
+    <t>841790</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d05/9m7rme34tqcof1ta16csbm3r05gz7af9.jpg</t>
   </si>
   <si>
     <t>Бумага копировальная  копирка  белая А4, 50 листов, BRAUBERG ART  quot;CLASSIC quot;, 113854</t>
   </si>
   <si>
     <t>Копировальная бумага BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для письма вручную, хобби и творчества. Имеет стандартный формат А4 и односторонний красящий слой белого цвета. Не пачкается. Может использоваться многократно. 50 листов в упаковке хватит на долгое время.</t>
   </si>
   <si>
     <t>841791</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0aa/xoid86ctaelakqkxjkd0b2nj8aix8kk7.jpg</t>
-[...8 lines deleted...]
-    <t>932124</t>
+    <t>http://anytos.ru//upload/iblock/a19/496cnme7xz9lgwtcz6sxlt760ir1ehj0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бумага для цветной лазерной печати Cartblank Digi  А3, 160 г кв.м, 250 л </t>
+  </si>
+  <si>
+    <t>Бумага для цветной лазерной печати Cartblank Digi &amp;#40;А3, 160 г/кв.м, 250 л&amp;#41;</t>
+  </si>
+  <si>
+    <t>950197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/402/puvbypbzeb998lc9y9hxwbl3vs3tmbbo.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 130х25  н.  CARDIETTE START 100 К13025АК60 рул к</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 130х25 &amp;#40;н.&amp;#41; CARDIETTE START 100 К13025АК60 рул/к</t>
+  </si>
+  <si>
+    <t>961975</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus-medicina/"&gt;Комус Медицина&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45f/q1bkely5clqrpyet5z66x9skai95ykt4.jpg</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ BIOSET 3600 3700 110х100х200К110Z100АК200100шт.</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ BIOSET 3600/3700 110х100х200К110Z100АК200100шт.</t>
   </si>
   <si>
     <t>961976</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/komus-medicina/"&gt;Комус Медицина&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b08/waj0e7uz7ey3sehaxsi1y3e9w8a2i7ii.jpg</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ NIHON KOHDEN 110х140х142 К110Z140АК142 114шт. уп</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ NIHON KOHDEN 110х140х142 К110Z140АК142 114шт./уп</t>
   </si>
   <si>
     <t>961977</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c22/57qm41jrwi46rv7hcqyfwhy2wraf8zxp.jpg</t>
-[...5 lines deleted...]
-    <t>961984</t>
+    <t>http://anytos.ru//upload/iblock/ca3/euhj8sq8ciyp2lkmx09ge35tlrexaas8.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ Nihon Kohden 9130 210х140х215 К210Z140АК215 34 в</t>
+  </si>
+  <si>
+    <t>961985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2be/jm7s6p4oc833wo6hglilrh48alilbidn.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ KENZ-302 112х27х12, К11227АК12, 72 шт. кор.</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ KENZ-302 112х27х12, К11227АК12, 72 шт./кор.</t>
+  </si>
+  <si>
+    <t>961987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5d/1wb805nlhj72c2auhkpm9rr93gn082ue.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ HelliGE Mac-800 110х140х200, К110Z140АК200H, 84</t>
+  </si>
+  <si>
+    <t>961988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b30/10fla8vu3f0w4g7dk1rqii2bnqrtlk7d.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ CARDIETTE AR-1200 120х100х300, К120Z100АК300</t>
+  </si>
+  <si>
+    <t>961989</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efe/t49ncawaz7yfv38tog54ta502xdm6128.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ FUKUDA Cardisuny ALPHA-600 145х150х400, К145Z150</t>
+  </si>
+  <si>
+    <t>961990</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/1hnjn7ttk9zzn2tqxz3cx0veegyjvbvb.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для CTG  FM  Bionet Fetacare FC-1400, 151х25х18, 48 шт ко</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для CTG &amp;#40;FM&amp;#41; Bionet Fetacare FC-1400, 151х25х18, 48 шт/ко</t>
+  </si>
+  <si>
+    <t>961992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9f/ksgzucnysntjc1uxtn1yel9li7p5h9xa.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ KENZ Cardico-1210  R210х48Z-D  210х150х320, К210</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ KENZ Cardico-1210 &amp;#40;R210х48Z-D&amp;#41; 210х150х320, К210</t>
+  </si>
+  <si>
+    <t>961994</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b5/5m3zfs0wxia3vwsbiadkc5p3eak8wj30.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 80х20х16  н.  HEART SCREEN ЮКАРД К8020АК16 125 р</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 80х20х16 &amp;#40;н.&amp;#41; HEART SCREEN/ЮКАРД К8020АК16 125 р</t>
+  </si>
+  <si>
+    <t>961998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea2/hh7hfy72h5jvwirle3av5rr8qdjfnn0t.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ SCHILLER АТ-101 80х70х300 ЛДМ</t>
+  </si>
+  <si>
+    <t>962003</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ca3/euhj8sq8ciyp2lkmx09ge35tlrexaas8.jpg</t>
-[...151 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f45/07jv3efpipm0gdookjpfjrfel7nuprkg.jpg</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ HelliGE MicroSmart 90х90х360, ЛДМ-55гр.</t>
   </si>
   <si>
     <t>962005</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/582/y3v9a6gd1seh46d0ymuzvtggswkfem6t.jpg</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 57х50х12  н.  К5750АК12</t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 57х50х12 &amp;#40;н.&amp;#41; К5750АК12</t>
+  </si>
+  <si>
+    <t>962012</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f4a/ldo8zp0gxwas9y32kiw5g76dg6grbh8p.jpg</t>
   </si>
   <si>
     <t>Лента тепл.регист. для CTG  FM  Comen Star 5000С 112х90х150, К110Z90Z150</t>
   </si>
   <si>
     <t>Лента тепл.регист. для CTG &amp;#40;FM&amp;#41; Comen Star 5000С 112х90х150, К110Z90Z150</t>
   </si>
   <si>
     <t>962013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8a/xvxn7n13wuanqec8z6uzx5zjuvs42q8r.jpg</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ 145х30  в.  ст.сетка FUKUDA, NK К145АК30</t>
   </si>
   <si>
     <t>Лента тепл.регист. для ЭКГ 145х30 &amp;#40;в.&amp;#41; ст.сетка FUKUDA, NK К145АК30</t>
   </si>
   <si>
     <t>962015</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/896/u4ytgsp8zea0h452w2dp239yxbmsijze.jpg</t>
-[...8 lines deleted...]
-    <t>999855</t>
+    <t>http://anytos.ru//upload/iblock/fd0/kefzpilmu47bmn8k1652nxwxev11oa4a.jpg</t>
+  </si>
+  <si>
+    <t>Лента для ЭКГ 80х20х12 н.  HEART SCREEN ЮКАРД, К8020АК16, 3 штуки в упаковке</t>
+  </si>
+  <si>
+    <t>Мелованная бумага, покрытая термическим составом, реагирующим на нагревание, для аппаратов ЭКГ Heart Screen 80G, ЮКАРД. Бумага смотана в рулон термослоем наружу. Требуемые размерные характеристики: Ширина рулона - 80&amp;#43;0,1 мм; Длина намотки - не более 20 м; Внутренний диаметр втулки - 12&amp;#43;0,1 мм. На наружной стороне рулона, должна быть нанесена стандартная диаграммная сетка розового цвета. Бумага должна быть изготовлена из импортного сырья. Плотность бумажной основы плотность не менее 55 г/кв.м, толщина 60 мкм, гладкость min.350, белизна min. 85&amp;#37;, архивируемость не менее 5 лет, высокочувствительная. Наличие контрольной линии, нанесенной по краям, появляющейся не более чем через 0,5 м до окончания рулона и сигнализирующей о его окончании. Бумага должна отвечать требованиям ГОСТ 7826-93. Остаточный срок годности на момент поставки должен быть не менее 80&amp;#37;, от срока годности, установленного производителем. Обязательное наличие сертификата &amp;#40;декларации&amp;#41; о соответствии, регистрационного удостоверения на момент поставки.</t>
+  </si>
+  <si>
+    <t>962021</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce0/vtwnusrv46537takju9poaec5srigaja.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента тепл.регист. для ЭКГ 50x30x18  в. ,  К50АК18 , 4 шт уп  1709769 </t>
+  </si>
+  <si>
+    <t>Лента тепл.регист. для ЭКГ 50x30x18 &amp;#40;в.&amp;#41;, &amp;#40;К50АК18&amp;#41;, 4 шт/уп &amp;#40;1709769&amp;#41;</t>
+  </si>
+  <si>
+    <t>962022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14f/kl10x7fnnasvx0mps3w2g5en6i09ysp4.jpg</t>
+  </si>
+  <si>
+    <t>Бумага рисовальная Каляка-Маляка офс. 100 г м2 в рулоне</t>
+  </si>
+  <si>
+    <t>Бумага рисовальная Каляка-Маляка офс. 100 г/м2 в рулоне</t>
+  </si>
+  <si>
+    <t>1006750</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c2/id4z98ui4cqqqw3smamizimstov0yx2u.jpg</t>
   </si>
   <si>
     <t>Бумага газетная БОЛЬШОГО ФОРМАТА А3, 43-47 г м2, 2500 л, для офиса, дома и творчества STAFF, 116645</t>
   </si>
   <si>
     <t>Газетная бумага STAFF большого формата А3 – это идеальное решение для ваших творческих проектов, письма, рисования, черчения, канцелярских работ. Газетная бумага формата A3, в стопе по 2500 листов, упакована в надежный гофрокороб. Плотность – 43-47 г/м2, белизна – 61&amp;#37; &amp;#40;ISO&amp;#41;. Подходит для письма и печати: изготовления объявлений, листовок, газет, рекламных брошюр. Продольное направление волокон делают эту бумагу идеальной для создания бумажной лозы &amp;#40;плетения&amp;#41;. Кроме того, этот тип бумаги может использоваться для упаковки подарков и цветов, выкройки лекал, а также как упаковочный материал для хрупких предметов, книг, обуви, одежды.Внимание! Данная бумага не предназначена для использования в печатной и копировально-множительной технике.</t>
   </si>
   <si>
     <t>1010143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/fuzpdcl337tgltr85pac04wsk4x2wmmc.jpg</t>
   </si>
   <si>
     <t>Бумага газетная БОЛЬШОГО ФОРМАТА А3, 43-47 г м2, 500 л, для офиса, дома и творчества, STAFF, 116646</t>
   </si>
   <si>
     <t>Газетная бумага STAFF большого формата А3 – это идеальное решение для ваших творческих проектов, письма, рисования, черчения, канцелярских работ. Газетная бумага формата A3, в стопе по 500 листов, упакована в надежный гофрокороб. Плотность – 43-47 г/м2, белизна – 61&amp;#37; &amp;#40;ISO&amp;#41;. Подходит для письма и печати: изготовления объявлений, листовок, газет, рекламных брошюр. Продольное направление волокон делают эту бумагу идеальной для создания бумажной лозы &amp;#40;плетения&amp;#41;. Кроме того, этот тип бумаги может использоваться для упаковки подарков и цветов, выкройки лекал, а также как упаковочный материал для хрупких предметов, книг, обуви, одежды.Внимание! Данная бумага не предназначена для использования в печатной и копировально-множительной технике.</t>
   </si>
   <si>
     <t>1010144</t>
   </si>
@@ -1372,1830 +1633,2316 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J79"/>
+  <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G79" sqref="G79"/>
+      <selection pane="bottomRight" activeCell="G100" sqref="G100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="C4" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="3" t="s">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
         <v>24</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C11" s="1"/>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F11" s="3" t="s">
+      <c r="G11" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="G11" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="G12" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...19 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...48 lines deleted...]
-      <c r="C15" s="1" t="s">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="G22" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...22 lines deleted...]
-      <c r="F16" s="3" t="s">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="G16" s="3" t="s">
-[...159 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...167 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>40</v>
+        <v>155</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>40</v>
+        <v>155</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>29</v>
+        <v>166</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>167</v>
+        <v>40</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>167</v>
+        <v>40</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>91</v>
+        <v>166</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>208</v>
       </c>
       <c r="F50" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="G50" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F56" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="F57" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="F57" s="3" t="s">
+      <c r="B58" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="G57" s="3" t="s">
+      <c r="C58" s="1" t="s">
         <v>239</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="F58" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="G58" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="B59" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="3" t="s">
+      <c r="C59" s="1" t="s">
         <v>244</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="B60" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G59" s="3" t="s">
+      <c r="C60" s="1" t="s">
         <v>248</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="B62" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G63" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>262</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G64" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>266</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="F66" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>275</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="F67" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>283</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="F69" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G69" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>238</v>
+        <v>287</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>296</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>299</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>241</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>91</v>
+        <v>241</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>24</v>
+        <v>329</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">