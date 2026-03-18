--- v0 (2026-01-15)
+++ v1 (2026-03-18)
@@ -12,130 +12,139 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/63d/cdkv9x94w8j5g8f9jjlg7c4xvjpuqq6s.jpg</t>
+  </si>
+  <si>
+    <t>Чековая лента inФОРМАТ 57х30х12 термо: 57x30x12 TER штр.: 4602723041115</t>
+  </si>
+  <si>
+    <t>Данная термочувствительная чековая лента являет собой особый вид, производимый из бумаги и имеющий специальный термочувствительный химсостав. Под воздействием высокой температуры на такой чековой ленте печатается информация. Для использования такой ленты не нужна краска, а значит и заправлять картриджи тоже нет надобности. Большая часть магазинов сейчас использует современные кассовые аппараты, которые заправляются этой лентой, позволяющей экономить.</t>
+  </si>
+  <si>
+    <t>Чековая лента</t>
+  </si>
+  <si>
+    <t>103437</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ae0/jef29wkyq8ef2i0514oo3stbv22yisni.jpg</t>
   </si>
   <si>
     <t>Чековая лента inФОРМАТ 57х40х12 термо: 57x40x12 TER штр.: 4602723041108</t>
   </si>
   <si>
     <t>&amp;#40; 32 м &amp;#41;</t>
   </si>
   <si>
-    <t>Чековая лента</t>
-[...1 lines deleted...]
-  <si>
     <t>103438</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/685/4j9fvxf0ve7hv0skbq93xmymhzqrdkte.jpg</t>
   </si>
   <si>
     <t>Чековая лента 80х80х12 термо: 80х12х80 с штр.: 4607013901612</t>
   </si>
   <si>
     <t>208847</t>
   </si>
   <si>
     <t>&lt;a href="/brands/starless/"&gt;Starless&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef3/mko4bwz7uzlj8qhtpxah1mwu65wq4jrq.jpg</t>
   </si>
   <si>
     <t>Чековая лента LITE 57х30х12 термо 57х30х12L TER</t>
   </si>
   <si>
-    <t>Данная термочувствительная чековая лента являет собой особый вид, производимый из бумаги и имеющий специальный термочувствительный химсостав. Под воздействием высокой температуры на такой чековой ленте печатается информация. Для использования такой ленты не нужна краска, а значит и заправлять картриджи тоже нет надобности. Большая часть магазинов сейчас использует современные кассовые аппараты, которые заправляются этой лентой, позволяющей экономить.</t>
-[...1 lines deleted...]
-  <si>
     <t>346994</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
     <t>Чековая лента LITE 57х40х12  40м  термо  57х40х12L TER</t>
   </si>
   <si>
     <t>349371</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5da/nytnr2gllnv45xw353mri4sn43acna2s.jpg</t>
   </si>
   <si>
     <t>Чековая лента inФОРМАТ термо 80х80х12  70 м . 80х80х12 TER</t>
   </si>
   <si>
     <t>Чековая лента изготовлена из высококачественного европейского сырья. Лента для термопечати используется в кассовых аппаратах и калькуляторах со встроенным или внешним термопринтером. Ролики поставляются в термоусадочной пленке и гофрокоробах. Основные плюсы: - Изготовлена из европейского сырья - Самый продаваемый размер в нашем ассортименте - Привлекательная цена. Характеристики: - Плотность бумаги, г/м2: 48 - Тип ролика/чек. ленты: термо - Белизна: 87&amp;#37; - Ширина, мм: 80 - Длина, м: 70 - Диаметр, мм: 67 - Внутренний диаметр втулки, мм: 12</t>
   </si>
   <si>
     <t>367006</t>
@@ -161,50 +170,62 @@
   <si>
     <t xml:space="preserve">Ролики для касс 80х74 м. х вт.12 мм из т б 8шт уп., 6уп кор. </t>
   </si>
   <si>
     <t>Ролики для касс 80х74 м. х вт.12 мм из т/б 8шт/уп., 6уп/кор.  </t>
   </si>
   <si>
     <t>380131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/636/636a969d382d5a562a29ad0db2bf1f4b/0671ede024675abcb38ccc79aa9abbfa.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ролики для касс 80х80х12  50м  из т б 10шт уп., 7уп кор </t>
   </si>
   <si>
     <t>Ролики для касс 80х80х12 &amp;#40;50м&amp;#41; из т/б 10шт/уп., 7уп/кор  </t>
   </si>
   <si>
     <t>380132</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/27c/27c225b1c701889c29ccf59ff715244e/6f4e79aa6fd93f9fa563cddece6f8595.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ролики для касс 80х80х12  70м   из т б 8шт уп ,6уп кор </t>
+  </si>
+  <si>
+    <t>Ролики для касс 80х80х12 &amp;#40;70м&amp;#41;&amp;nbsp;&amp;nbsp;из т/б  8шт/уп ,6уп/кор    </t>
+  </si>
+  <si>
+    <t>380134</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad8/vwepyl7crg9a09ewozb7yrg5kzvkcn1h.jpg</t>
   </si>
   <si>
     <t>Чековая лента для МОБИЛЬНЫХ КАСС, ТЕРМОБУМАГА 57 мм  диаметр 30 мм, длина 11 м, втулка 12 мм , КОМПЛЕКТ 16 шт., BRAUBERG, 111275</t>
   </si>
   <si>
     <t>Чековая лента производится из термобумаги ведущих европейских производителей. Предназначена для использования в компактных мобильных кассах и терминалах, имеющих ограничения по диаметру чековой ленты. Cостоит из бумажной основы с нанесением на неё термочувствительного химического состава. Рулоны изготовлены на современном оборудовании, обеспечивающем ровную намотку и отсутствие бумажной пыли. Позволяют получить печать высокого качества и продлевают срок службы оргтехники. Чековая лента с наружным термослоем имеет ширину 57 мм и общую длину 11 м. Диаметр рулона - 30 мм, диаметр втулки - 12 мм. Плотность бумаги чековой ленты - 48 г/м2. Поставляется в термоусадочной пленке. 16 штук в комплекте.</t>
   </si>
   <si>
     <t>422729</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34a/693itybv9k4cu77brsbwqnpaegjdh8hs.jpg</t>
   </si>
   <si>
     <t>Чековая лента ТЕРМОБУМАГА 80 мм  диаметр 56 мм, длина 50 м, втулка 12 мм , КОМПЛЕКТ 6 шт., 44 г м2, STAFF  quot;Basic quot;, 111954, Код_1С</t>
   </si>
   <si>
     <t>Чековая лента STAFF &amp;quot;Basic&amp;quot; пригодна для использования во всех видах устройств, использующих для печати термобумагу: кассовые аппараты, калькуляторы. Состоит из бумажной основы с нанесением на нее термочувствительного химического состава. Рулоны изготовлены на современном оборудовании, обеспечивающем ровную намотку и отсутствие бумажной пыли.Сегмент &amp;quot;ЭКОНОМ&amp;quot;, производится из российской термобумаги. Информация, напечатанная на чеке, хорошо читается, но могут возникнуть сложности при считывании штрих-кодов и QR-кодов. Бумага имеет сероватый оттенок.Чековая лента с наружным термослоем имеет ширину 80 мм и общую длину 50 м. Диаметр рулона – 65 мм, диаметр втулки – 12 мм. Плотность бумаги чековой ленты – 44 г/м2. Поставляется в термоусадочной пленке. 6 штук в комплекте.</t>
@@ -482,62 +503,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5b3/ppi74hua89s0uq794y3pp0ozin49gj1j.jpg</t>
   </si>
   <si>
     <t>Чековая лента ТЕРМОБУМАГА 57мм  диаметр 40 мм, длина 25 м, втулка 12 мм , КОМПЛЕКТ 50 шт., BRAUBERG, 115375</t>
   </si>
   <si>
     <t>Чековая лента BRAUBERG применяется для кассовых аппаратов, платежных терминалов самообслуживания, банкоматов и т.п. Изготовлена на современном оборудовании, обеспечивающем ровную намотку и отсутствие бумажной пыли. Cостоит из бумажной основы с нанесением на неё термочувствительного химического состава. Рулоны изготовлены на современном оборудовании, которое гарантирует ровную намотку и отсутствие бумажной пыли. Позволяют получить печать высокого качества и продлевают срок службы оргтехники.Чековая лента с наружным термослоем имеет ширину 57 мм и общую длину 25 м. Диаметр рулона – 44 мм, диаметр втулки - 12 мм. Плотность бумаги чековой ленты – 48 г/м2. Поставляется в коробе по 50 штук в комплекте. Внутри короба рулоны упакованы в термоусадочную пленку по 10 шт.</t>
   </si>
   <si>
     <t>955124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/410/gtc10nkcark9gpedplijxrjr39ne0sl8.jpg</t>
   </si>
   <si>
     <t>Чековая лента ТЕРМОБУМАГА 80 мм  диаметр 56 мм, длина 50 м, втулка 12 мм  КОМПЛЕКТ 60 шт., BRAUBERG, 115376</t>
   </si>
   <si>
     <t>Чековая лента BRAUBERG применяется для кассовых аппаратов, платежных терминалов самообслуживания, банкоматов и т.п. Изготовлена на современном оборудовании, обеспечивающем ровную намотку и отсутствие бумажной пыли. Cостоит из бумажной основы с нанесением на неё термочувствительного химического состава. Рулоны изготовлены на современном оборудовании, которое гарантирует ровную намотку и отсутствие бумажной пыли. Позволяют получить печать высокого качества и продлевают срок службы оргтехники.Чековая лента с наружным термослоем имеет ширину 80 мм и общую длину 50 м. Диаметр рулона - 60 мм, диаметр втулки - 12 мм. Плотность бумаги чековой ленты - 48 г/м2. Поставляется в коробе по 60 штук в комплекте. Внутри короба рулоны упакованы в термоусадочную пленку по 10 шт.</t>
   </si>
   <si>
     <t>955125</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c34/2b4fu7ubq66sn46txn2rptphm6inpya9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a32/rmkq2gja4mc5ry7j59k0ehlv2xw3s18c.jpg</t>
   </si>
   <si>
     <t>Чековая лента термо 57 12 12  12м  OfficeSpace эконом, 45г м2, термослой наружу</t>
   </si>
   <si>
     <t>Чековая лента термо 57*12*12 &amp;#40;12м&amp;#41; OfficeSpace эконом, 45г/м2, термослой наружу</t>
   </si>
   <si>
     <t>965794</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/436/ok46w2bkb4bncjqjwr00wsa8mwj7oyug.jpg</t>
   </si>
   <si>
     <t>Чековая лента термо 57 19 12  19м  OfficeSpace эконом, 45г м2, термослой наружу</t>
   </si>
   <si>
     <t>Чековая лента термо 57*19*12 &amp;#40;19м&amp;#41; OfficeSpace эконом, 45г/м2, термослой наружу</t>
   </si>
   <si>
     <t>965795</t>
@@ -644,77 +653,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f16/o5whgrziosp2c7jxscrc8qokqvanpccs.jpg</t>
   </si>
   <si>
     <t>Чековая лента термо 80 70 12  70м  OfficeSpace эконом, 45г м2, термослой наружу</t>
   </si>
   <si>
     <t>Чековая лента термо 80*70*12 &amp;#40;70м&amp;#41; OfficeSpace эконом, 45г/м2, термослой наружу</t>
   </si>
   <si>
     <t>984676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d9/8omok2eokhgqbva62n3m1lusno17i5ub.jpg</t>
   </si>
   <si>
     <t>Чековая лента термо 80 80 12  80м  OfficeSpace эконом, 45г м2, термослой наружу</t>
   </si>
   <si>
     <t>Чековая лента термо 80*80*12 &amp;#40;80м&amp;#41; OfficeSpace эконом, 45г/м2, термослой наружу</t>
   </si>
   <si>
     <t>984677</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f89/u0l293hizv8e6pamu3vp0ht2dy1p1nef.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/13c/8w79ap1dc8b5g2b6ko4coi2t192zg3go.jpg</t>
   </si>
   <si>
     <t>Чековая лента термо 57 20 12  15м , НБК, 42г м2 термослой наружу</t>
   </si>
   <si>
     <t>Чековая лента термо 57*20*12 &amp;#40;15м&amp;#41;, НБК, 42г/м2 термослой наружу</t>
   </si>
   <si>
     <t>1000666</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Чековая лента термо 57 20 12  20м , НБК, 42г м2 термослой наружу</t>
   </si>
   <si>
     <t>Чековая лента термо 57*20*12 &amp;#40;20м&amp;#41;, НБК, 42г/м2 термослой наружу</t>
   </si>
   <si>
     <t>1000667</t>
   </si>
   <si>
     <t>Чековая лента термо 57 30 12  19м , НБК, 48г м2 термослой наружу</t>
@@ -888,62 +870,50 @@
     <t>&lt;a href="/brands/promega-jet/"&gt;ProMega Jet&lt;/a&gt;</t>
   </si>
   <si>
     <t>Чековая лента LITE 44х30х12  27м  термо</t>
   </si>
   <si>
     <t>Чековая лента LITE 44х30х12 &amp;#40;27м&amp;#41; термо</t>
   </si>
   <si>
     <t>1006624</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8db/j4r2tce2pzb0j0ymiff6o8by80ycs6yk.jpg</t>
   </si>
   <si>
     <t>Чековая лента ТЕРМОБУМАГА 57 мм  диаметр 42 мм, длина 20 м, втулка 12 мм  КОМПЛЕКТ 6 шт., 117528</t>
   </si>
   <si>
     <t>Чековая лента предназначена для использования в стационарных платежных терминалах и банкоматах, имеющих термопринтер для печати чеков. Чековая лента с наружным термослоем имеет ширину 57 мм и общую длину 20 м. Диаметр рулона – 42 мм, диаметр втулки – 12 мм. Плотность бумаги чековой ленты – 55 г/м2. Имеет сигнальную полосу, информирующую о приближении окончания ленты в рулоне. Поставляется в термоусадочной пленке. 6 штук в комплекте.Чековая лента изготовлена на современном оборудовании, обеспечивающем ровную намотку и отсутствие бумажной пыли. Позволяет получить печать высокого качества и продлевает срок службы оргтехники.</t>
   </si>
   <si>
     <t>1013789</t>
-  </si>
-[...10 lines deleted...]
-    <t>1013790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/277/e4k9u427aot5enxue7x89bv913crxbg8.jpg</t>
   </si>
   <si>
     <t>Чековая лента ТЕРМОБУМАГА 80 мм  диаметр 70 мм, длина 60 м, втулка 12 мм  КОМПЛЕКТ 3 шт., 117526</t>
   </si>
   <si>
     <t>Чековая лента предназначена для использования в стационарных платежных терминалах и банкоматах, имеющих термопринтер для печати чеков. Чековая лента с наружным термослоем имеет ширину 80 мм и общую длину 60 м. Диаметр рулона – 70 мм, диаметр втулки – 12 мм. Плотность бумаги чековой ленты – 55 г/м2. Поставляется в термоусадочной пленке. 3 штуки в комплекте.Чековая лента изготовлена на современном оборудовании, обеспечивающем ровную намотку и отсутствие бумажной пыли. Позволяет получить печать высокого качества и продлевает срок службы оргтехники.</t>
   </si>
   <si>
     <t>1013791</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1282,57 +1252,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M75"/>
+  <dimension ref="A1:M73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F75" sqref="F75"/>
+      <selection pane="bottomRight" activeCell="F73" sqref="F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1375,1576 +1345,1539 @@
         <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="1"/>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="F8" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="F12" s="3" t="s">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="G14" s="3" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="F15" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...9 lines deleted...]
-        <v>69</v>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="F16" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>71</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="F17" s="3" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>87</v>
+        <v>60</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>89</v>
-      </c>
-[...10 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="F21" s="3" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="B23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" s="3" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="F39" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>87</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>193</v>
+        <v>94</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>196</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F50" s="3" t="s">
-        <v>116</v>
+        <v>107</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="3" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F52" s="3" t="s">
-        <v>223</v>
+        <v>108</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>96</v>
+        <v>213</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>219</v>
+        <v>103</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>87</v>
+        <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>96</v>
+        <v>227</v>
       </c>
       <c r="B55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>87</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>193</v>
+        <v>123</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>116</v>
+        <v>196</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>193</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>116</v>
+        <v>38</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>123</v>
+        <v>273</v>
       </c>
       <c r="B70" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="F70" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...6 lines deleted...]
-        <v>35</v>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G71" s="3" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>23</v>
+        <v>282</v>
       </c>
       <c r="B72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>38</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>35</v>
-[...39 lines deleted...]
-        <v>54</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">