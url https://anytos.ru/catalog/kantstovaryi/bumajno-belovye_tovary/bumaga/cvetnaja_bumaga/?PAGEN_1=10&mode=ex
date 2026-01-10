--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -12,62 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2542">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b50/6170e8an6a68vgbag78e46meuo2f1q22.jpg</t>
   </si>
   <si>
     <t>Бумага цв. Каляка-Маляка 10 цв. 10 л. офс. А4 3 : БЦКМ10_ штр.: 4602723004547</t>
   </si>
   <si>
     <t>Цветная бумага</t>
   </si>
@@ -111,57 +120,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a83/85jlk0q8wy6sfd8tvzqsf64jhd6edr4q.jpg</t>
   </si>
   <si>
     <t>Бумага цв. Каляка-Маляка 8 цв. 16 л. офс. А4 3    БЦКМ16</t>
   </si>
   <si>
     <t>107845</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69f/7nl26zv5mxlcvgsvkpekst1n580gpz90.jpg</t>
   </si>
   <si>
     <t>Бумага цв. флуор. Каляка-Маляка 4 цв. 8 л. А4 3 : БФКМ08 штр.: 4602723011804</t>
   </si>
   <si>
     <t>107876</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/004/2m38hhebxecyvk5pfaympk0p6ah3scoi.jpg</t>
-[...5 lines deleted...]
-    <t>107912</t>
+    <t>http://anytos.ru//upload/iblock/025/3wm2yiacuqrc8csp9dbdqwen4kyxwzpp.jpg</t>
+  </si>
+  <si>
+    <t>Бумага бархатная Каляка-Маляка 10 цв. 10 л. 170х180 мм 3 : ББКМ10-2 штр.: 4602723004691</t>
+  </si>
+  <si>
+    <t>107916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bac/q43sqd48eb1qdp12jmd4teqi75lq5wt9.jpg</t>
   </si>
   <si>
     <t>Бумага бархатная Каляка-Маляка 10 цв. 10 л. 175х250 мм 3 : ББКМ10-1 штр.: 4602723004684</t>
   </si>
   <si>
     <t>107917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aca/wzmt45ky0bg63m1jubkgwh7huswea500.jpg</t>
   </si>
   <si>
     <t>Бумага бархатная Каляка-Маляка 5 цв. 5 л. 175х250 мм 3 : ББКМ5-1 штр.: 4602723004660</t>
   </si>
   <si>
     <t>107919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/t2axt93ahd8g4fylxv63wtgw63lunxn6.jpg</t>
   </si>
   <si>
     <t>Бумага цв. самоклеящ. Каляка-Маляка 4 цв. 8 л. флуор. А4 3 : БФСКМ08 штр.: 4602723010371</t>
   </si>
@@ -207,62 +216,50 @@
   <si>
     <t>Цветная бумага двухсторонняя А4 16л. 8цв., газет. 50г: Нб16-8дв_043 штр.:  4610008520439</t>
   </si>
   <si>
     <t>Цветная бумага двухсторонняя А4 16л. 8цв., газет. 50г: Нб16-8дв_043 Цветная бумага - замечательный инструмент для творчества. В набор входят 16 листов 8-ми различных цветов. Блок - двусторонняя офсетная бумага, формат А4.</t>
   </si>
   <si>
     <t>216124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/570/570f79a1d9e40e6f52dafe4749ca257a/ece4d6c5ffb1032f44fc2e09ed0fdece.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 18л. 10цв.,  quot;Волшебная quot;  золотой, серебряный цвет : Нб18-10_1089 штр.:  4650062490897</t>
   </si>
   <si>
     <t>Цветная бумага А4 18л. 10цв., &amp;quot;Волшебная&amp;quot; &amp;#40;золотой, серебряный цвет&amp;#41;: Нб18-10_1089 Цветная бумага - замечательный инструмент для творчества. В набор входят 18 листов из 10 различных цветов, в том числе два листа серебристого и золотого цветов. Блок - газетная и мелованная бумага, обложка - офсетная бумага. Формат А4.</t>
   </si>
   <si>
     <t>216227</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5a7/5a7bb3b3c34989de9851de14d28c80e5/d2555621da912beb45f9df309885a9e3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9a2/9a21e851a473980725cd9a9435461d13.jpg</t>
   </si>
   <si>
     <t>Цветная бумага самоклеящаяся А4 10л. 10цв., в папке: Нбс10-10_4445</t>
   </si>
   <si>
     <t>217623</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a90/a90242f2a2dde361949723cd6a7cda3b/801fcec259135a96045cf6c00bab0bc7.jpg</t>
   </si>
   <si>
     <t>Бархатная бумага А4 5цв. 5л. в папке с европодвесом: Нбх5-5_1811 штр.:  4650062498114</t>
   </si>
   <si>
     <t>Бархатная бумага А4 5цв. 5л. в папке с европодвесом: Нбх5-5_1811 Бархатная бумага является отличным инструментом для создания картин, поделок и поздравительных открыток. В набор входят 5 листов разных цветов формата А4. Бумага упакована в папку из целлюлозного картона с европодвесом.</t>
   </si>
   <si>
     <t>219222</t>
   </si>
   <si>
     <t>8</t>
@@ -315,137 +312,170 @@
   <si>
     <t>Бумага цв. мел. 8 цв. 8 л. А4 Каляка-Маляка в папке</t>
   </si>
   <si>
     <t>340862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/216/216c0c214b001decb6e982bb5f9d09b4/7bb6bdfaf6b4e7f583c807c031b04122.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, Мульти-Пульти, 24л, 24цв, мелованная, на скобе БЦм24-24_15890</t>
   </si>
   <si>
     <t>Цветная бумага - отличный инструмент для творчества. В набор входят 24 листа из 24 различных цветов. Блок - мелованная бумага, обложка - картон. Формат А4.</t>
   </si>
   <si>
     <t>340978</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb4/0dvlfwou2zw87gxmcs2lj7gsgchvqh37.jpg</t>
+  </si>
+  <si>
+    <t>Бумага цв. мел. 8 цв. 16 л. А4 Каляка-Маляка в папке ассорти БЦМКМ16</t>
+  </si>
+  <si>
+    <t>Цветная бумага необходима каждому ребенку - для аппликаций в детском саду, начальной школе и просто для домашнего творчества. Цветная бумага Каляка-Маляка® легко складывается, образуя аккуратные сгибы, и имеет яркие цвета, поэтому поделки из нее выглядят красиво. Основные преимущества: - складывается ровно, без заломов - не пачкает рук - обложка из мелованного картона плотностью 230 г/м2 сохранит первоначальный вид изделия в течении длительного времени.</t>
+  </si>
+  <si>
+    <t>345470</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/be2/9hcnyt05n80kbaruv6rfl79487nd9iwl.jpg</t>
   </si>
   <si>
     <t>Бумага цв. 2-сторон. 8 цв. 16 л. А4 Каляка-Маляка скреп. ассорти БЦДСКМ16</t>
   </si>
   <si>
-    <t>Цветная бумага необходима каждому ребенку - для аппликаций в детском саду, начальной школе и просто для домашнего творчества. Цветная бумага Каляка-Маляка® легко складывается, образуя аккуратные сгибы, и имеет яркие цвета, поэтому поделки из нее выглядят красиво. Основные преимущества: - складывается ровно, без заломов - не пачкает рук - обложка из мелованного картона плотностью 230 г/м2 сохранит первоначальный вид изделия в течении длительного времени.</t>
-[...1 lines deleted...]
-  <si>
     <t>345471</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fa/0fa05dec7a85ad9d957253b74abff0e9/cc4ff1342598513144407fd60d109499.jpg</t>
   </si>
   <si>
     <t>Бархатная бумага A4, Мульти-Пульти, 7л., 7цв., в папке с европодвесом ББ7А4_11087</t>
   </si>
   <si>
     <t>Бумага формата А4 с нанесенным флоком &amp;#40;ворсом&amp;#41;, имитирует поверхность бархатной ткани и отличается насыщенностью, глубиной тона, плотностью. В папке с замком для удобного хранения и европодвесом 7 листов различных 7 цветов. Бархатная бумага является прекрасным декоративным материалом. Она широко применяется для выполнения декоративных и художественно-оформительских работ, изготовления сувениров, изделий флористики, аппликаций.</t>
   </si>
   <si>
     <t>346091</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6de/6de67b8bad2e06d43d2add2681bbb3cd/423706aa7ba25d64064aa9db26629adf.jpg</t>
   </si>
   <si>
     <t>Бархатная бумага A5, Мульти-Пульти, 10л., 10цв., в папке с европодвесом ББ10А5_11086</t>
   </si>
   <si>
     <t>Бумага формата А5 с нанесенным флоком &amp;#40;ворсом&amp;#41;, имитирует поверхность бархатной ткани и отличается насыщенностью, глубиной тона, плотностью. В папке с замком для удобного хранения и европодвесом 10 листов различных 10 цветов. Бархатная бумага является прекрасным декоративным материалом. Она широко применяется для выполнения декоративных и художественно-оформительских работ, изготовления сувениров, изделий флористики, аппликаций.</t>
   </si>
   <si>
     <t>346092</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/62f/62f88355d445f1e30a7742ac0ff9f122/5e791b8c64ad9b33a8351334fc9b1af3.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага A4, Мульти-Пульти, 10л., 10цв., мелованная, в папке БЦм10-10_13972</t>
+  </si>
+  <si>
+    <t>Цветная бумага - отличный материал для творчества. В набор входят 10 листов 10-ти различных цветов. Блок - мелованная бумага повышенной плотности относительно стандартных цветных бумаг. Бумага окрашена с одной стороны и упакована в папку из высококачественного целлюлозного картона.</t>
+  </si>
+  <si>
+    <t>346183</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/40c/40c41dbc7d5fe1aa7f8b819886ec675c/46827579b404a2063a81e0fb379308e8.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, Мульти-Пульти, 16л., 8цв., в папке БЦо8-16_13971</t>
   </si>
   <si>
     <t>Цветная бумага - отличный материал для творчества. В набор входят 16 листов 8-ми различных цветов. Блок - офсетная бумага повышенной плотности относительно стандартных цветных бумаг. Бумага окрашена с одной стороны и упакована в папку из высококачественного целлюлозного картона.</t>
   </si>
   <si>
     <t>346184</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11b/11b4b56917ad82604ff97f9f4476a8e4/6396aa136874cfb8866efe5f3eec561d.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, Мульти-Пульти, 16л., 8цв., в папке БЦо8-16дв_13973</t>
   </si>
   <si>
     <t>Цветная бумага - отличный материал для творчества. В набор входят 16 листов 8-ми различных цветов. Блок - офсетная бумага повышенной плотности относительно стандартных цветных бумаг. Бумага окрашена с двух сторон и упакована в папку из высококачественного целлюлозного картона.</t>
   </si>
   <si>
     <t>346185</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c05/c0502de3c5aea60893346d59148f5b38/1eafb829aa330fba5c3fbbbf8222b55b.jpg</t>
   </si>
   <si>
     <t>Цветная бумага самоклеящаяся A4, Мульти-Пульти, 7л., 7цв., в папке с европодвесом БС7А4_11095</t>
   </si>
   <si>
     <t>Работа с цветной бумагой способствует развитию мелкой моторики у детей, Сгибание, вырезание, разрывание, наклеивание — все это стимулирует деятельность пальцев. Виды творчества предусматривают создание поделок в технике аппликации и объемных изделий, используется при моделировании и проектировании, для декорирования, легко создавать украшения. Цветной бумаге уделяют повышенное внимание и активно применяют для хобби и творчества в технике создания картин и объемных фигур с помощью скрученных разными способами узких бумажных полосок. Бумага на самоклеящейся основе позволит избежать использование клея и неаккуратных потеков на краях будущих бумажных шедевров. В наборе 7 листов формата А4 разных насыщенных цветов в папке с замком для удобного хранения и европодвесом.</t>
   </si>
   <si>
     <t>346186</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f76/f769786e9c4e22430cb3d66862849de4/97758586b86f442d87c99818a0f3d81a.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага самоклеящаяся A5, Мульти-Пульти, 12л., 12цв., в папке с европодвесом БС12А5_11097</t>
+  </si>
+  <si>
+    <t>Работа с цветной бумагой способствует развитию мелкой моторики у детей, Сгибание, вырезание, разрывание, наклеивание — все это стимулирует деятельность пальцев. Виды творчества предусматривают создание поделок в технике аппликации и объемных изделий, используется при моделировании и проектировании, для декорирования, легко создавать украшения. Цветной бумаге уделяют повышенное внимание и активно применяют для хобби и творчества в технике создания картин и объемных фигур с помощью скрученных разными способами узких бумажных полосок. Бумага на самоклеящейся основе позволит избежать использование клея и неаккуратных потеков на краях будущих бумажных шедевров. В наборе 12 листов формата А5 разных насыщенных цветов в папке с замком для удобного хранения и европодвесом.</t>
+  </si>
+  <si>
+    <t>346188</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ce/atzkj4xuox0nw01tw8gz13ywz73gynus.jpg</t>
   </si>
   <si>
     <t>Бумага цветная 8 цветов, 16 листов, А4 Каляка-Маляка скреп. ассорти  БЦСКМ16</t>
   </si>
   <si>
     <t>349007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/008/0086ceac31b183d465bec5b9427f9015/8c11eeaaf7d796e6b740efe714550937.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, Мульти-Пульти  quot;Енот в Ирландии quot;, 08л., 08цв., тонированная, в папке БЦт8-8_18052</t>
   </si>
   <si>
     <t>Цветная бумага - замечательный инструмент для творчества. В набор входят 8 листов 8-ти цветов. Блок - офсетная бумага, формат А4. паковка - папка с европодвесом.</t>
   </si>
   <si>
     <t>350306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b8/7b857916737bb92a2c93308aa1c0913d/20b2bbd90d828fe5370b6a92b6d15c2d.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, Мульти-Пульти, 16л., 16цв., в папке БЦо16-16дв_13974</t>
@@ -495,50 +525,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/930/930a11ce42efb24b3377d8a6272748dd.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, ArtSpace, 8л., 8цв., тонированная, в пакете 264195</t>
   </si>
   <si>
     <t>Работа с цветной бумагой способствует развитию мелкой моторики у детей. Сгибание, вырезание, разрывание, наклеивание — все это стимулирует деятельность пальцев. Виды творчества предусматривают создание поделок в технике аппликации и объемных изделий, используется при моделировании и проектировании, для создания аппликаций, поделок и поздравительных открыток, декорирования предметов, оформления помещений и многого другого, легко создавать украшения. Цветной бумаге уделяют повышенное внимание и активно применяют для хобби и творчества в технике создания картин и объемных фигур с помощью скрученных разными способами узких бумажных полосок. Цветная тонированная бумага ArtSpace универсально подходит для обучения разным видам творчества. С этой бумагой приятно и удобно работать, а созданные из нее аппликации и игрушки смотрятся красочно и аккуратно. В наборе 8 листов формата А4 разных насыщенных цветов в пакете с европодвесом.</t>
   </si>
   <si>
     <t>353726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd6/dd608e8d09c9087b6e4ade10d44e3fe8/2e18b3ced1e9ac0267bfb4de6488171b.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, ArtSpace, 12л., 12цв., тонированная, в папке. 264194</t>
   </si>
   <si>
     <t>Работа с цветной бумагой способствует развитию мелкой моторики у детей. Сгибание, вырезание, разрывание, наклеивание — все это стимулирует деятельность пальцев. Виды творчества предусматривают создание поделок в технике аппликации и объемных изделий, используется при моделировании и проектировании, для создания аппликаций, поделок и поздравительных открыток, декорирования предметов, оформления помещений и многого другого, легко создавать украшения. Цветной бумаге уделяют повышенное внимание и активно применяют для хобби и творчества в технике создания картин и объемных фигур с помощью скрученных разными способами узких бумажных полосок. Цветная тонированная бумага ArtSpace универсально подходит для обучения разным видам творчества. С этой бумагой приятно и удобно работать, а созданные из нее аппликации и игрушки смотрятся красочно и аккуратно. В наборе 12 листов формата А4 разных насыщенных цветов, с дополнительными черным и белым цветом, в папке для удобного хранения и европодвесом.</t>
   </si>
   <si>
     <t>355168</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6c1/1fj7tc15asj809u0prf4ogg9l7lhy5uc.jpg</t>
+  </si>
+  <si>
+    <t>Бумага цветная 2-сторон. schoolФОРМАТ обл. мел.бум 115 г м2 А4- 205 290 мм 8 цветная 16 л. 65 г м2 офс. Скреп. БЦ2О16Л8Ц-ШК</t>
+  </si>
+  <si>
+    <t>Цветная бумага один из самых популярных материалов для изготовления поделок: оригами, аппликация, моделирование. Новая цветная бумага schoolФОРМАТ соответствует высшим стандартам качества по всем параметрам: 1. Качественный прокрас бумаги - листы прокрашены плотным слоем, а цвета бумаги яркие и насыщенные. 2. Плотность бумаги 65г/м2. 3. Обложка из плотной мелованной бумаги &amp;#40;85 г/м2&amp;#41; не только позволяет сделать дизайн ярким, но и долго сохраняет привлекательный вид изделия. 4. Привлекательные и яркие дизайны с милыми персонажами понравятся и взрослым, и детям.</t>
+  </si>
+  <si>
+    <t>359410</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e74/uw2uuwiq9h182w31zwkfoxp482z27e1t.jpg</t>
   </si>
   <si>
     <t>Бумага цветная глянц. узор Каляка-Маляка А4 10 цветная 10 л. в папке. БЦГКМ10</t>
   </si>
   <si>
     <t>В линейке материалов для аппликаций Каляка-Маляка® появилась яркая новинка – оригинальная бумага с узором, выполненным сверкающим лаком. Бумага прекрасно подходит как для дополнительного декорирования, так и для создания отдельных поделок, включая 3D аппликации и оригами. Бумага повышенной плотности и гибкости формата А4 глянцевая, упакована в удобную папку конверт с вырубным окном, чтобы было видно переливающийся лаковый узор. Бумаги с эффектами – тренд в детских канцелярских товарах! Повышенная плотность и гибкость делает бумагу идеальной для детских аппликаций и поделок: хорошо складывается, образуя аккуратные сгибы и легко приклеивается. Глянцевый узор поможет украсить аппликацию необычными элементами, сделать интересные 3D аппликации, а также поделки в технике оригами. Обладает насыщенными цветами благодаря высокому качеству прокраски. Сгибая, разрезая, наклеивая бумагу, ребенок развивает сенсорику, координацию, знакомится с цветом. Яркий дизайн мотивирует к занятиям творчеством!</t>
   </si>
   <si>
     <t>359414</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f07/f07344dd71cff0fa975ad8071ecb0eee/badd99d38cd7a972b3ab7d0f5fcf9a01.jpg</t>
   </si>
   <si>
     <t>Бумага цветная  1School 10л.10цв.А4 мелован золото сереб  Отличник</t>
   </si>
   <si>
     <t>Бумага цветная №1School 10л.10цв.А4 мелован&amp;#40;золото&amp;#43;сереб&amp;#41; Отличник</t>
   </si>
   <si>
     <t>383223</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
@@ -660,50 +705,62 @@
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя газетная, 16 листов 8 цветов, на скобе, ПИФАГОР, 200х280 мм,  quot;Праздник quot;, 129560</t>
   </si>
   <si>
     <t>385302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61c/ir9cgq6zvq2tfzxukbzegou20y9qgzan.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя мелованная, 10 листов 10 цветов скоба HATBER VK, 210х295 мм,  quot;Джунгли quot;, 10Бц4м 01953, N217313</t>
   </si>
   <si>
     <t>Набор цветной двухсторонней бумаги предназначен для творчества, хобби, моделирования. Подходит для детей в возрасте от 3 лет, для развития моторики и фантазии. Двусторонняя мелованная цветная бумага идеально подойдет для создания красочных аппликаций, оригами, изготовления открыток и поделок. Может использоваться для скрапбукинга, квиллинга и оформления подарков. В наборе представлены 10 ярких цветов двусторонней мелованной бумаги на 10 листах А4 формата. Мелованная цветная бумага более яркая и насыщенная по сравнению с офсетной, благодаря чему придает дополнительное очарование поделкам и аппликациям. Обложка: мелованный картон.</t>
   </si>
   <si>
     <t>385303</t>
   </si>
   <si>
     <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/65b/79jc4p34w0gvz9jonhgnavfezo0jmk66.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага А4 2-сторонняя мелованная, 16 листов 8 цветов, на скобе, BRAUBERG, 200х280 мм,  quot;Морская quot;, 129924</t>
+  </si>
+  <si>
+    <t>Цветная бумага BRAUBERG предназначена для творчества и хобби и может использоваться, начиная с трехлетнего возраста, для развития моторики и фантазии ребенка. Набор мелованной &amp;#40;глянцевой&amp;#41; двусторонней цветной бумаги плотностью 80 г/м2 включает 16 листов формата А4 &amp;#40;200х280 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.</t>
+  </si>
+  <si>
+    <t>385304</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e72/yzigbxl52eng22d611rj32p3iu49whsr.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя офсетная ВОЛШЕБНАЯ, 16 листов 10 цветов, на скобе, BRAUBERG, 200х275 мм,  quot;Единорог quot;, 129922</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для творчества и хобби и может использоваться с трехлетнего возраста для развития моторики и фантазии ребенка. Набор офсетной двусторонней цветной бумаги плотностью 65 г/м2 включает 16 листов формата А4 &amp;#40;200х275 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах из офсетной бумаги &amp;#40;2 листа на один цвет&amp;#41; &amp;#43; 2 цвета мелованной бумаги плотностью 80 г/м золотого и серебряного цвета. Листы скреплены скобами, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>385307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b8/zxfcv1xia3tghf6wnysxv80oga8z7xm0.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя офсетная, 16 листов 8 цветов, на скобе, BRAUBERG, 200х275 мм,  quot;Кораблик quot;, 129925</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для творчества и хобби и может использоваться с трехлетнего возраста для развития моторики и фантазии ребенка. Набор офсетной двусторонней цветной бумаги плотностью 65 г/м2 включает 16 листов формата А4 &amp;#40;200х275 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>385308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92b/1m4o1zxyq8hoyg7ooglorze87d98mdgq.jpg</t>
@@ -753,77 +810,77 @@
   <si>
     <t>Цветная бумага А4 газетная, 16 листов 8 цветов, на скобе, ПИФАГОР, 200х283 мм,  quot;Мишка сладкоежка quot;, 129564</t>
   </si>
   <si>
     <t>385323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81f/o3mw6em1slzvxguf1llvqsv7es1ug46x.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 газетная, 24 листа 24 цвета, на скобе, ПИФАГОР, 200х283 мм,  quot;Совенок quot;, 128003</t>
   </si>
   <si>
     <t>Набор цветной бумаги, состоящий из ярких и насыщенных цветов, позволит создать прекрасную аппликацию или поделку. Может использоваться, начиная с трехлетнего возраста, для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. Набор газетной односторонней цветной бумаги плотностью 50 г/м2 включает 24 листа формата А4 &amp;#40;200х283 мм&amp;#41; в 24-х разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>385325</t>
   </si>
   <si>
     <t>Цветная бумага А4 газетная, 24 листа 24 цвета, на скобе, ПИФАГОР, 200х283 мм,  quot;Умный котик quot;, 128002</t>
   </si>
   <si>
     <t>385326</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e33/6o233touuzvdlqpoag8h5fejiu10lpj4.jpg</t>
-[...8 lines deleted...]
-    <t>385329</t>
+    <t>http://anytos.ru//upload/iblock/68c/y2pq7llu1sro3taiu48cn6p0880lepic.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага А4 ГОЛОГРАФИЧЕСКАЯ САМОКЛЕЯЩАЯСЯ, 8 листов 8 цветов,  quot;ЗВЕЗДОЧКИ quot;, ОСТРОВ СОКРОВИЩ, 210х2997 мм, 129286</t>
+  </si>
+  <si>
+    <t>Набор цветной бумаги ОСТРОВ СОКРОВИЩ предназначен для творчества, хобби, моделирования, оформления презентаций как любителями, так и профессионально занимающимися людьми. Набор самоклеящейся голографической односторонней цветной бумаги плотностью 80 г/м2 включает 8 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах. Листы упакованы в полиэтиленовый пакет с липким краем, легко режутся и сгибаются.</t>
+  </si>
+  <si>
+    <t>385328</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c36/xxu7jpffbce5yx1x86tjbfpyj48ybfk2.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 ДВУХЦВЕТНАЯ МЕЛОВАННАЯ, 10 листов, 20 цветов, папка, 210х297 мм, ОСТРОВ СОКРОВИЩ, 129551</t>
   </si>
   <si>
     <t>Набор цветной бумаги для учебы и творчества ОСТРОВ СОКРОВИЩ пригодится в моделировании, оформлении плакатов, создании аппликаций и поделок. Набор мелованной &amp;#40;глянцевой&amp;#41; двусторонней цветной бумаги плотностью 80 г/м2 включает 10 листов формата А4 &amp;#40;200х280 мм&amp;#41; в 20-ти разнообразных и насыщенных однородных цветах. Листы упакованы в картонную папку, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>385333</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dce/ma06xuairawrp63yacfoneuuizogazcx.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 мелованная САМОКЛЕЯЩАЯСЯ, 10 листов 10 цветов, в пакете, 80 г м2, BRAUBERG, 210х297 мм, 124721</t>
   </si>
   <si>
     <t>Набор цветной самоклеящейся бумаги BRAUBERG предназначен для творчества, хобби, моделирования, оформления презентаций как любителями, так и профессионально занимающимися людьми. Набор самоклеящейся мелованной односторонней цветной бумаги плотностью 80 г/м2 включает 10 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 10-ти разнообразных и насыщенных однородных цветах. Листы упакованы в полиэтиленовый пакет с липким краем, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>385338</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b0/ei833mkftm0u4x7qjuezxc9n9xtb43id.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 мелованная САМОКЛЕЯЩАЯСЯ, 10 листов 10 цветов, папка, HATBER  quot;Creative quot;, 194х280 мм, 10Бц4с_05934, N050880</t>
   </si>
   <si>
     <t>Набор цветной самоклеящейся мелованной бумаги плотностью 160 г/м2. Предназначен для творчества, хобби, моделирования, оформления презентаций как любителями, так и профессионально занимающимися людьми. Цветная бумага идеально подойдет для создания красочных аппликаций, изготовления открыток и поделок. Бумага, представленная в ассортименте, клеится без клея, не пачкает руки и рабочую поверхность. С оборотной стороны листа нанесены надсечки, благодаря чему цветная бумага легко отделяется от основы. Аппликация из самоклеящейся бумаги может стать прекрасным подарком, так как она выглядит аккуратно и долго сохраняет свой первоначальный вид.В наборе представлены 10 ярких цветов самоклеящейся бумаги на 10 листах А4 формата &amp;#40;194х280 мм&amp;#41;. Папка: мелованный картон, внутренняя упаковка - пакет с липким клапаном.</t>
   </si>
   <si>
     <t>385339</t>
@@ -1203,50 +1260,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4ea/4ea0a5d52e0010f96c98aae22429cbbd/5ba2153ad196407b7f11a8e6658019cd.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, ArtSpace  quot;Волшебная quot;, 18 листов, 18 цветов, газетная,  quot;Осьминог quot;</t>
   </si>
   <si>
     <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены: 16 стандартных ярких цветов двусторонней газетной бумаги,&amp;nbsp;&amp;nbsp;золотой и серебряный цвета двусторонней мелованной бумаги. Всего 18 листов. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 30шт.</t>
   </si>
   <si>
     <t>433386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ec/8ec7889ba908543cc9359736e98f53cc/10559ef173497065d7ece4847b5783c9.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, ArtSpace, 16 листов, 16 цветов, мелованная,  quot;Ежик quot;</t>
   </si>
   <si>
     <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены 16 ярких цветов односторонней мелованной бумаги на 16 листах. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 30шт.</t>
   </si>
   <si>
     <t>433387</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1fc/1fc3f2734221f63fa14a7023743fea30/d6f8ec9b080014aedf6854328e91fcd7.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага A4, ArtSpace, 32 листа, 16 цветов, мелованная,  quot;Крокодил quot;</t>
+  </si>
+  <si>
+    <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены 16 ярких цветов односторонней мелованной бумаги на 32 листах. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 20шт.</t>
+  </si>
+  <si>
+    <t>433388</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/181/1811c06daaba57ffd0dd90c1004065ce/310f11b6407942d773fd87c3071ecb57.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, ArtSpace, 8 листов, 8 цветов, мелованная,  quot;Мышка quot;</t>
   </si>
   <si>
     <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены 8 ярких цветов двусторонней мелованной бумаги на 8 листах. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 50шт.</t>
   </si>
   <si>
     <t>433389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/754/7546ce3fd54d6013fba42d9ca417616f/a089eab8b6dfddbb556ad173ec686236.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, ArtSpace, 8 листов, 16 цветов, мелованная,  quot;Божья коровка quot;</t>
   </si>
   <si>
     <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены 16 ярких цветов двусторонней мелованной бумаги на 8 листах. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 50шт.</t>
   </si>
   <si>
     <t>433390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c0/2c0d9eb412cd903c7c8d0e4e82c7ac8b/bb1d46d808eafcf47546b9b898519000.jpg</t>
@@ -1335,86 +1404,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/125/125462763ed92a65933db3eaf8d1ca40/6202601d6be970cbc81d70b0384d528e.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, ArtSpace  quot;Волшебная quot;, 10 листов, 18 цветов, мелованная,  quot;Рыбка quot;</t>
   </si>
   <si>
     <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены: 16 стандартных ярких цветов &amp;#43; золотой и серебряный цвета двусторонней мелованной бумаги. Всего 10 листов. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 30шт.</t>
   </si>
   <si>
     <t>469208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5c/b5c1dc47e6f2299e96e98382c7b02802/bbfa6f290c59af2e7807df40a72b1126.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, ArtSpace, 8 листов, 8 цветов, мелованная,  quot;Хамелеон quot;</t>
   </si>
   <si>
     <t>Набор цветной бумаги ArtSpace идеально подойдет для создания красочных апликаций, изготовления открыток и поделок. Прекрасно подойдет детям для развития моторики и фантазии ребенка. Рекомендована для уроков труда и технологии. В наборе представлены 8 ярких цветов односторонней мелованной бумаги на 8 листах. Размер 200*275. Обложка - мелованная бумага. Тип скрепления - 2 скобы. На обороте обложки предложен интересный вариант поделки. Транспортная упаковка: крафтбумага по 50шт.</t>
   </si>
   <si>
     <t>561295</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f2a/f2aad8cefb1fd52d3a3808c9c89ef359/e8bd949e3ec13f03f50aa38e2e502593.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага A4, Мульти-Пульти, 8л., 8цв., флуоресцентная, мелованная, на скобе</t>
+  </si>
+  <si>
+    <t>Цветная бумага - замечательный инструмент для творчества. В набор входят 8 листов 8-ми флюоресцентных цветов, в том числе два листа серебристого и золотого цветов. Блок - мелованная бумага, формат А4. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>561318</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cca/el8jqwv4hoyi31dpcukm9h7c68bjlifu.jpg</t>
+  </si>
+  <si>
+    <t>Бумага гофрированная  креповая  ДЛЯ ФЛОРИСТИКИ, 110 г м2, КРАСНАЯ, 50х250 см, ОСТРОВ СОКРОВИЩ, 129148</t>
+  </si>
+  <si>
+    <t>Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Плотная крепированная бумага ОСТРОВ СОКРОВИЩ достаточно прочная, она прекрасно держит форму. Крепированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 110 г/м2, удлинение при натяжении – 150&amp;#37;. Цвет - Красный.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
+  </si>
+  <si>
+    <t>563413</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bfe/3cxvn0i2nsqtpiceudrvsncs6zkwhk2k.jpg</t>
   </si>
   <si>
     <t>Пористая резина  фоамиран  10  quot;ИНТЕНСИВНЫХ ЦВЕТОВ quot;, 1 мм, 10 листов, А4, ОСТРОВ СОКРОВИЩ, 661696</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. 10 интенсивных цветов формата А4 позволят создать уникальную и эффектную поделку! Толщина каждого листа - 1 мм, размер листа - 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами, ему можно придать любую форму растягивая и скручивая. Интенсивные пастельные цвета помогут выгодно выделить вашу поделку, а их насыщенность не оставит никого равнодушным. Такие цвета легко запоминаются и подчеркнут индивидуальность.Используется для создания флористического декора, аппликаций, сувениров, детского рукоделия и создания украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки. Не токсична, безопасна для детского творчества.</t>
   </si>
   <si>
     <t>565208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/855/7adkgmb1nval3vbe89qtwd7vcwt2qkjz.jpg</t>
   </si>
   <si>
     <t>Пористая резина  фоамиран  10  quot;ЯРКО-ПАСТЕЛЬНЫХ ЦВЕТОВ quot;, 1 мм, 10 листов, А4, ОСТРОВ СОКРОВИЩ, 661695</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. В набор входит 10 ярко-пастельных цветов, которые позволяют создать уникальную и эффектную поделку! Листы формата А4 &amp;#40;21х29,7 см&amp;#41; толщиной 1 мм удобны для создания украшений, аппликаций, декорирования различных предметов и изделий.Пастельные тона спокойны и ненавязчивы, но при этом подчеркивают вкус и индивидуальность при создании творческих работ.Материал легко режется обычными ножницами, ему можно придать любую форму растягивая и скручивая. Используется для создания флористического декора, аппликаций, сувениров, детского рукоделия и создания украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки. Не токсична, безопасна для детского творчества.</t>
   </si>
   <si>
     <t>565209</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7ba/thpm07fx8ktb45eseyj7iu7bg1lrb2f6.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага А4 ТОНИРОВАННАЯ В МАССЕ, 24 листа 8 цветов  4 пастель   4 интенсив , BRAUBERG, 200х290 мм, 128009</t>
+  </si>
+  <si>
+    <t>Набор цветной бумаги BRAUBERG предназначен для творчества, хобби, моделирования, оформления презентаций как любителями, так и профессионалами. Двусторонняя цветная бумага окрашивается непосредственно в процессе изготовления и обладает плотностью 80 г/м2. Набор включает 24 листа размером 200х290 мм &amp;#40;чуть меньше, чем формат А4&amp;#41; в 8-ми цветах - 4 пастельных &amp;#40;приглушенных&amp;#41; &amp;#43; 4 интенсивных &amp;#40;насыщенных&amp;#41;. Листы упакованы в полиэтиленовый пакет с липким краем, легко режутся и сгибаются.</t>
+  </si>
+  <si>
+    <t>565814</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d5f/fy1uk7wy87rso8vpojohy254s8q7d1q9.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 ТОНИРОВАННАЯ В МАССЕ, 40 листов 8 цветов, склейка, 80 г м2, BRAUBERG, 210х297 мм, 124714</t>
   </si>
   <si>
     <t>Набор цветной двухсторонней тонированной бумаги BRAUBERG предназначен для творчества, хобби, моделирования. Подходит для детей в возрасте от 3 лет, для развития моторики и фантазии. Немелованная двусторонняя цветная бумага окрашивается непосредственно в процессе изготовления и обладает плотностью 80 г/м2. Набор включает 40 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах. Листы скреплены при помощи альбомной склейки, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>565815</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8fe/co4o1gzfe33eana44qhql2sirflumgq6.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага, А4, 2-сторонняя мелованная  глянцевая , 16 листов 8 цветов, на скобе, ЮНЛАНДИЯ, 200х280 мм,  quot;ПЛЯЖ quot;, 129552</t>
+  </si>
+  <si>
+    <t>Набор двусторонней цветной бумаги ЮНЛАНДИЯ предназначен для творчества и хобби и может использоваться детьми с трехлетнего возраста. Рекомендован для уроков труда и технологии. Инструкция по созданию аппликации размещена на обороте. Цветная мелованная бумага ЮНЛАНДИЯ имеет глянцевую поверхность благодаря чему сохраняет четкость, яркость и насыщенность оттенка на протяжении длительного времени. Она прокрашена с двух сторон, поэтому отлично подойдет для объемных поделок, в которых обратная сторона может остаться на виду. Поделки и аппликации из такой бумаги будут яркими и красивыми, а ребенок сможет воплотить в жизнь любую творческую задумку.Набор цветной бумаги плотностью 80 г/м2 включает 16 листов формата А4 8-ми различных цветов. Листы надежно скреплены скобами. Бумага легко режется и сгибается. Помогает развивать моторику, фантазию и пространственное мышление ребенка.</t>
+  </si>
+  <si>
+    <t>565817</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a97/a97a8bf9aec7201aeaba539d02d596b8/e04883398c69ea9aea01f53b273c4749.jpg</t>
   </si>
   <si>
     <t>Бумага цветная ProMEGA Jet  А4,80г,розовая пастель  пачка 500л.</t>
   </si>
   <si>
     <t>Бумага цветная ProMEGA Jet &amp;#40;А4,80г,розовая пастель&amp;#41; пачка 500л.</t>
   </si>
   <si>
     <t>586816</t>
   </si>
   <si>
     <t>&lt;a href="/brands/promega-jet/"&gt;ProMega Jet&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c1/8c1dbaa6a560199b28e467c53e7a3103/cd7880c4ba9dbcdb63dcc3cebf4a8051.jpg</t>
   </si>
   <si>
     <t>Бумага цветная ProMEGA Jet  А4,80г,голубой интенсив  пачка 500л</t>
   </si>
   <si>
     <t>Бумага цветная ProMEGA Jet &amp;#40;А4,80г,голубой интенсив&amp;#41; пачка 500л</t>
   </si>
   <si>
     <t>586819</t>
@@ -1596,62 +1713,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/18d/82lbxolqz4u9pwhoh66026064bcn0w41.jpg</t>
   </si>
   <si>
     <t>Цветной фетр для творчества А4, ОСТРОВ СОКРОВИЩ, 5 листов, 5 цветов, толщина 2 мм, оттенки серого, 660647</t>
   </si>
   <si>
     <t>Цветной фетр ОСТРОВ СОКРОВИЩ предназначен для создания ярких творческих поделок дома, в школе и в детском саду. Используется для создания аппликаций и вышивания, легко режется и приклеивается на ровную поверхность. Плотность - 170 г/м2 и толщина в 2 мм гарантируют поделкам отличное качество и долгий срок службы. Цветной фетр формата А4 поставляется в упаковке по 5 листов, в 5 различных оттенках серого цвета. Такое разнообразие придется по вкусу любому покупателю. Фетр Остров Сокровищ обладает приятной нежной фактурой, прост и&amp;nbsp;&amp;nbsp;удобен в использовании. Края не осыпаются при разрезании, благодаря чему не нуждаются в дополнительной обработке.Данный товар относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>617285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/772/tz941ttvq87h1kq25ya15reqg5vq4cgy.jpg</t>
   </si>
   <si>
     <t>Бумага цв. ШКОЛА ТВОРЧЕСТВА 16 л. 8 цв.</t>
   </si>
   <si>
     <t>16 листов&amp;#40;8 цветов&amp;#41; цветного картона из качественного прокрашенного картона плотностью 220г/м3 упакованы в папке из высококачественного мелованного картона плотностью 230г/м3. Честный размер А4 формата - 210*297мм. Транспортная упаковка - гофрокороб.</t>
   </si>
   <si>
     <t>623783</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90e/v0yi37hi61pjeev54bn54sc80m1egx2q.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9aa/9aa92783f5393a5243fb93b8084b73ec.jpg</t>
   </si>
   <si>
     <t>Цветной фетр Мульти-Пульти  quot;Приключения Енота quot;, А4, 5л., 5цв., 2мм, самоклеящийся</t>
   </si>
   <si>
     <t>Набор цветного мягкого фетра&amp;nbsp;&amp;nbsp;Мульти-Пульти отлично подойдет для творческих работ, аппликаций и различных поделок. Для работы с самоклеящимся фетром не требуется клей. В наборе представлены цвета: красный, желтый, зеленый, синий, коричневый.</t>
   </si>
   <si>
     <t>630650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/160/1600c62f03ab3c774d51a6bc6a945e4e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Цветная бумага двустор. A4, Мульти-Пульти, 18л., 18цв., офсетная,  quot;Волшебная quot;  золото, серебро </t>
   </si>
   <si>
     <t>Цветная бумага - замечательный инструмент для творчества. В набор входят 18 листов 18 цветов, в том числе два листа серебристого и золотого цветов.</t>
   </si>
   <si>
     <t>630652</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f89/f89ee0ca8d93e491e03b010153f2c9fa.jpg</t>
@@ -1752,62 +1857,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e7f/brd16je3vwr8kmjyb4i1b1c8qsdvx9si.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 80г м, 100 л, медиум, желтая, для офисной техники, 112454</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации, а также для детского творчества &amp;#40;изготовления поделок и аппликаций&amp;#41;. Упакована в пачку из 100 листов формата А4. В упаковке бумага умеренно-насыщенного тона желтого цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники.Поставляется в упаковке «полибэг» &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>664743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/763/jvfdjilxtk52e88w573wzzrw93410879.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 80г м, 100 л, медиум, зеленая, для офисной техники, 112458</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации, а также для детского творчества &amp;#40;изготовления поделок и аппликаций&amp;#41;. Упакована в пачки по 100 листов формата А4. В упаковке бумага умеренно-насыщенного тона зеленого цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники.Поставляется в упаковке «полибэг» &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>664744</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a8/soldk0515ey2v51ooa03zzmpjkbx8ect.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/469/337ryux34f8bkoguf9v2vbb6k3awj6uk.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 80г м, 100 л, медиум, фиолетовая, для офисной техники, 112456</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации, а также для детского творчества &amp;#40;изготовления поделок и аппликаций&amp;#41;. Упакована в пачку из 100 листов формата А4. В упаковке бумага умеренно-насыщенного тона фиолетового цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники.Поставляется в упаковке «полибэг» &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>664746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d47/iqy684dimna64ofbg4d7ygz2cnc3cra4.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 80г м, 100 л, интенсив, желтая, для офисной техники, 112450</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации, а также для детского творчества &amp;#40;изготовления поделок и аппликаций&amp;#41;. Упакована в пачку из 100 листов формата А4. В упаковке бумага интенсивного тона желтого цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники.Поставляется в упаковке «полибэг» &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>664747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc0/0nndarevyr1my0wjlqyw5ybf1zf79jte.jpg</t>
@@ -1857,153 +1950,120 @@
   <si>
     <t>671478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d59/wfhvfk3yjnnkoqwboh8l8o6bvgdk2uwk.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 80 г м2, 100 л., пастель, зеленая, для офисной техники, 112444</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации, а также для детского творчества &amp;#40;изготовления поделок и аппликаций&amp;#41;. Упакована в пачки по 100 листов формата А4. В упаковке бумага пастельного тона зеленого цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники. Поставляется в упаковке «полибэг» &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>673294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/280/qfjzf414ppt9jba70wnwounkkvp8zq45.jpg</t>
   </si>
   <si>
     <t>Цветная бумага A4, Мульти-Пульти, 18л., 18цв., офсетная,  quot;Волшебная quot;  золото, серебро , в папке</t>
   </si>
   <si>
     <t>682720</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b76/zn16qhei1l4qy3gwb0mqnc47iq9xmr1y.jpg</t>
-[...2 lines deleted...]
-    <t>Цветная бумага 500 650мм., Clairefontaine  quot;Etival color quot;, 24л., 160г м2, бирюзовый, легкое зерно, хлопок</t>
+    <t>http://anytos.ru//upload/iblock/de4/6zzbbmso24m4maeqz9oxwfp0c0ocs205.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага 500 650мм., Clairefontaine  quot;Etival color quot;, 24л., 160г м2, бледно-зеленый, легкое зерно, хлопок</t>
   </si>
   <si>
     <t>Цветная бумага Clairefontaine от французского производителя имеет размер 500*650 мм., что позволяет использовать один лист для разных направлений в творчестве.&amp;nbsp;&amp;nbsp;Бумага идеально подходит для творческих работ и для рисования. В серии 44 глубоких и светостойких цвета. Бумагу можно использовать для рисования карандашом, пастелью, гуашью, акрилом. Бумага имеет две разные поверхности: гладкая с одной стороны, с другой стороны лёгкое зерно. Плотность бумаги – 160 г/м2. Состав: бескислотная, глубоко окрашенная, 100&amp;#37; чистая целлюлоза с добавлением 30&amp;#37; хлопка.</t>
   </si>
   <si>
-    <t>682725</t>
+    <t>682726</t>
   </si>
   <si>
     <t>&lt;a href="/brands/clairefontaine/"&gt;Clairefontaine&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fba/0jzekm3wy3516ddx6ulxylifnu5wskqp.jpg</t>
-[...23 lines deleted...]
-    <t>682759</t>
+    <t>http://anytos.ru//upload/iblock/a6e/q0yw37o9jka01pdvtjpoe0omo6n9hp4n.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага 500 650мм., Clairefontaine  quot;Etival color quot;, 24л., 160г м2, интенсивный розовый, легкое зерно, хлопок</t>
+  </si>
+  <si>
+    <t>682730</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e19/m1s3skgo4zrm8fma18h8ufuvl0i7wbbv.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двусторонняя A4, Мульти-Пульти  quot;Енот в России quot;, 16л., 16цв., газетная, на скобе</t>
   </si>
   <si>
     <t>Цветная бумага - отличный материал для творчества. В набор входят 16 листов 16-ти различных цветов. Блок - газетная бумага 45г/м2 с двусторонним прокрасом. Обложка выполнена из качественного импортного целлюлозного картона и скреплена с блоком скобами. Бумага отлично клеится любыми видами клея и подойдет для воплощения ярких творческих идей и задумок.</t>
   </si>
   <si>
     <t>693565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0f/w3o8l3tdno3osy92rsxkynj4hyt3p7l3.jpg</t>
   </si>
   <si>
     <t>Бумага цветная 1-стор. Schoolformat мелов. 16 л. 16 цв. 60 г м2 на скрепке</t>
   </si>
   <si>
     <t>Бумага цветная 1-стор. Schoolformat мелов. 16 л. 16 цв. 60 г/м2 на скрепке</t>
   </si>
   <si>
     <t>696195</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a5a/k03tj9949dinfnc417u8j9f89d40eecp.jpg</t>
   </si>
   <si>
     <t>Бумага цветная 1-стор. Schoolformat мелов. 24 л. 24 цв. 60 г м2  на скрепке</t>
   </si>
   <si>
     <t>Бумага цветная 1-стор. Schoolformat мелов. 24 л. 24 цв. 60 г/м2&amp;nbsp;&amp;nbsp;на скрепке</t>
   </si>
   <si>
     <t>696196</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e88/9fcdlpfq9hzl5691l9uufcu4z681d70b.jpg</t>
   </si>
   <si>
     <t>Бумага цветная А4 32л. 16цв.  quot;Совенок-индеец quot;</t>
   </si>
   <si>
     <t>Бумага цветная А4 32л. 16цв. &amp;quot;Совенок-индеец&amp;quot;</t>
   </si>
   <si>
     <t>708181</t>
-  </si>
-[...10 lines deleted...]
-    <t>708182</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a1/etkkyjoyh03fqo3vltopdvllmy8mzxh7.jpg</t>
   </si>
   <si>
     <t>Цветная бумага волшебная, А4, 18 л., 10 цв.,  quot;Волшебный единорог quot;</t>
   </si>
   <si>
     <t>Цветная бумага волшебная, А4, 18 л., 10 цв., &amp;quot;Волшебный единорог&amp;quot;</t>
   </si>
   <si>
     <t>708183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/910/xwimuoo4pzsyftzil2inj4djmkuwivc0.jpg</t>
   </si>
   <si>
     <t>Цветная бумага волшебная, А4, 18 л., 10 цв.,  quot;Совенок quot;</t>
   </si>
   <si>
     <t>Цветная бумага волшебная, А4, 18 л., 10 цв., &amp;quot;Совенок&amp;quot;</t>
   </si>
   <si>
     <t>708184</t>
   </si>
@@ -2388,101 +2448,71 @@
   <si>
     <t>Цветная бархатная бумага, 5 листов, 5 цветов, формат А5, плотность 140 гр/м2. Внутренний блок - бархатная бумага. В наборе цвета: красный, синий, зеленый, черный, желтый. Упаковка - папка из мелованного картона с одним клапаном. Рекомендуется детям от 3 лет.</t>
   </si>
   <si>
     <t>708253</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a9/3ii60auheu7s8q3v3j3wsrl4d35mp23e.jpg</t>
   </si>
   <si>
     <t>Бумага цветная бархатная 20х20 см., 5 л., 5 цв., в папке,  quot;Плюшевый монстрик quot;</t>
   </si>
   <si>
     <t>708254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/amlfve924wm2mh8q2sj1g22dgxwoijkq.jpg</t>
   </si>
   <si>
     <t>Бумага цветная бархатная 20х20 см., 5л. 5цв.  quot;Город и карусель quot;</t>
   </si>
   <si>
     <t>708255</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f05/k26gy8uf3qf8htec3yrjycrlcc9qjt1f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3af/fxaes0hd3d2x3wuxv2sqvq13iefc1553.jpg</t>
   </si>
   <si>
     <t>Бумага цветная бархатная самоклеящаяся, А4, 5 л., 5 цв., в папке,  quot;Море и остров quot;</t>
   </si>
   <si>
     <t>Цветная бархатная самоклеящаяся бумага, 5 листов, 5 цветов, формат А4, плотность 240 гр/м2. Внутренний блок - бархатная бумага с клеевым слоем. В наборе цвета: красный, синий, зеленый, черный, желтый. Упаковка - папка из мелованного картона с двумя клапанами. Рекомендуется детям от 3 лет.</t>
   </si>
   <si>
     <t>708257</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b1/85y0yetmmegaqag0kbuh8iryms0qzt6b.jpg</t>
-[...11 lines deleted...]
-    <t>Бумага цветная для оригами 20х20 см., 8л. 8цв.  quot;Голубой слон quot;</t>
+    <t>http://anytos.ru//upload/iblock/1d3/xnsp3h5vjk3nx6fadetn9f9upmoen5nw.jpg</t>
+  </si>
+  <si>
+    <t>Бумага цветная для оригами 20х20 см., 8л. 8цв.  quot;Подводный мир quot;</t>
   </si>
   <si>
     <t>Цветная бумага для оригами 8 листов, 8 цветов, формат 20 х 20 см, плотность 80 гр/м2. Внутренний блок - тонированная бумага. В наборе цвета: красный, голубой, розовый, салатовый, оранжевый, сиреневый, желтый, лимонный. Упаковка - папка из мелованного картона с одним клапаном. На внутренней стороне папки напечатаны схемы сборки фигур в технике оригами. Бумага прокрашена в массе, поэтому при складывании бумаги на сгибе цвет сохраняется. Рекомендуется детям от 3 лет.</t>
   </si>
   <si>
-    <t>708259</t>
-[...7 lines deleted...]
-  <si>
     <t>708260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e3/dhpsv9hfg9agg6xnjphfpm30ezglx1dx.jpg</t>
   </si>
   <si>
     <t>Бумага цветная для оригами 20х20 см., 8л. 8цв.  quot;Разноцветный дракон quot;</t>
   </si>
   <si>
     <t>708261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63c/jozxbpfgvhyts9zk8judgz7yyxqfba5w.jpg</t>
   </si>
   <si>
     <t>Бумага цветная для оригами с рисунком 20х20 см., 18л. 6цв.  quot;Цветные поделки quot;</t>
   </si>
   <si>
     <t>Цветная бумага для оригами с двусторонним рисунком, 18 листов, 12 рисунков, формат 20 х 20 см, плотность 60 гр/м2. Внутренний блок - офсетная бумага, с каждой стороны листа нанесен свой рисунок. Упаковка - папка из мелованного картона с одним клапаном. На внутренней стороне папки напечатаны схемы сборки фигур в технике оригами. Рекомендуется детям от 3 лет.</t>
   </si>
   <si>
     <t>708262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d67/2yvea51f78yfkeu0tc337n1mes2ciwet.jpg</t>
@@ -2661,62 +2691,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1f7/6gldyg8sj7f9bf6wq0vudpt17glqvg33.jpg</t>
   </si>
   <si>
     <t>Бумага цветная двухсторонняя А4 16л.16цв.  quot;Веселые монстры quot;</t>
   </si>
   <si>
     <t>Цветная двусторонняя бумага, 16 листов, 16 цветов, формат А4, плотность 50 гр/м2. Внутренний блок - офсет №2, двойной прокрас с двух сторон. В наборе цвета: красный, желтый, синий, черный, оранжевый, фиолетовый, зеленый, коричневый, розовый, голубой, фисташковый, темно-синий, сиреневый, салатовый, темно-коричневый, светло-коричневый. Крепление - скоба, обложка - офсетная бумага.</t>
   </si>
   <si>
     <t>708287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b11/b7o0y3mooxasusolg1za0jbq4d7b1tsp.jpg</t>
   </si>
   <si>
     <t>Цветная бумага двухсторонняя, А4, 16 л., 8 цв.,  quot;Кошки quot;</t>
   </si>
   <si>
     <t>Цветная двусторонняя бумага, 16 листов, 8 цветов, формат А4, плотность 50 гр/м2. Внутренний блок - офсет №2, двойной прокрас с двух сторон. В наборе цвета:&amp;nbsp;&amp;nbsp;красный, желтый, синий, черный, фиолетовый, оранжевый, зеленый, коричневый. Крепление - скоба, обложка - офсетная бумага. Рекомендуется детям от 3 лет.</t>
   </si>
   <si>
     <t>708289</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b3/82hvl2tbhqo00210mh0apkdldomy6lbo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cac/e4zam42oxxyye344ag5cg6ga7xurug4y.jpg</t>
   </si>
   <si>
     <t>Бумага цветная двухсторонняя мелованная А4 8л. 8цв.  quot;Витраж quot;</t>
   </si>
   <si>
     <t>Цветная мелованная двусторонняя бумага, 8 листов, 8 цветов, формат А4, плотность 65 гр/м2. Внутренний блок - мелованная бумага двойного прокраса, что дает насыщенность цвета.В наборе цвета: красный, синий, коричневый, желтый, зеленый, розовый. Крепление - скоба, обложка - мелованная бумага. Рекомендуется детям от 3 лет.</t>
   </si>
   <si>
     <t>708295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/51b/kqdv8nqe71ibtp85yzefedyp63jfrc3m.jpg</t>
   </si>
   <si>
     <t>Бумага цветная двухсторонняя мелованная А4 8л. 8цв.  quot;Мечтающая овечка quot;</t>
   </si>
   <si>
     <t>708296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b0/14wlv66oplyz8z46yzfs540c4vn9c922.jpg</t>
   </si>
   <si>
     <t>Бумага цветная самоклеящаяся перламутровая А4 8л. 8цв.  quot;Сказочный домик quot;</t>
@@ -2883,59 +2901,50 @@
   <si>
     <t>Бумага цветная Каляка-Маляка мелованная с блестками 7 л. 7 цв. 180 г/м2 А4 210х297 мм в папке</t>
   </si>
   <si>
     <t>712164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edd/eixcqsf3ucbbmnzvp8sommc583f5jrl6.jpg</t>
   </si>
   <si>
     <t>Бумага цветная прозрачная Каляка-Маляка 15 л. 15 цв. А4 210х297 мм в папке</t>
   </si>
   <si>
     <t>712165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9b/oswvdxdvv61vl5gr0ae1p8j1eebfa3kj.jpg</t>
   </si>
   <si>
     <t>Бумага цветная самоклеящ. Каляка-Маляка 10 л. 10 цв. А4 210х297 мм в папке</t>
   </si>
   <si>
     <t>712166</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b39/1sx26bwnolmkbdu3dj4n2am5his9ztj2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/18a/9pfhcuewz862k6hk4813wymqczxwx980.jpg</t>
   </si>
   <si>
     <t>Бумага цветная 2-сторонняя Schoolformat мелов. 10 л. 10 цв. 60 г м2 на скрепке</t>
   </si>
   <si>
     <t>Бумага цветная 2-сторонняя Schoolformat мелов. 10 л. 10 цв. 60 г/м2 на скрепке</t>
   </si>
   <si>
     <t>712531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/403/u5gqeqdbik1lzbt5w1ncfkse6dam18kt.jpg</t>
   </si>
   <si>
     <t>Бумага цветная для оригами А-5 Забавная Панда 10цв.10л. 40 ПО-8970</t>
   </si>
   <si>
     <t>Бумага цветная для оригами А-5 Забавная Панда 10цв.10л./40/ПО-8970</t>
   </si>
   <si>
     <t>717545</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lilija-holding/"&gt;Лилия Холдинг&lt;/a&gt;</t>
@@ -3075,62 +3084,50 @@
   <si>
     <t>775426</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da6/wqqktpiims5hrmbruc3wj8f1q3ek7t0m.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, 50 70, 1мм., ярко-розовый</t>
   </si>
   <si>
     <t>775427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/097/hrgqegh6h6mao0qtgp8p00aremhi5ptc.jpg</t>
   </si>
   <si>
     <t>Бумага гофрированная  ИТАЛИЯ  180 г м2, медная  808 , 50х250 см, BRAUBERG FLORE, 112656</t>
   </si>
   <si>
     <t>Итальянская гофрированная бумага BRAUBERG &amp;quot;FIORE&amp;quot; поражает насыщенностью цвета и способностью удерживать форму изделия. Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Гофрированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 180 г/м2, удлинение при натяжении – 260&amp;#37;. Цвет - Mедный &amp;#40;808&amp;#41;.Металлический блеск бумаги придаст особый шарм и роскошь конечному изделию.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>785684</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/172/gw2j925dxrlbcje2e62z8fstauhdlirb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a41/r7tt2agu4hm1kmpdo2lcwl37fvh94gjf.jpg</t>
   </si>
   <si>
     <t>Цветная бумага самоклеящаяся A5, Мульти-Пульти, 7л., 7цв., с блестками, в папке с европодвесом,  quot;Енот в космосе quot;</t>
   </si>
   <si>
     <t>Цветная бумага с блёстками Мульти-Пульти предназначена для создания по-настоящему ярких и блестящих поделок, открыток и аппликаций. Слой с блестками не пачкается, не оставляет следов и при этом обладает ярким и приятным сиянием. Клеевая основа позволяет обходится в процессе без клея. Набор состоит из 7 листов размера 140*200.</t>
   </si>
   <si>
     <t>786857</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/171/835l5ycs2n923zip15tl068ldph62309.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  пенка EVA  Мульти-Пульти, А4, 10л., 10цв., 2мм,  quot;Приключения Енота quot;</t>
   </si>
   <si>
     <t>Цветная пористая резина Мульти-Пульти проста в использовании и безопасна. Может использоваться для изготовления объемных аппликаций и поделок. В наборе представлена палитра из 10 цветов. Размер листа 200*285мм, толщина 2мм.</t>
   </si>
   <si>
     <t>786862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e02/l8vcs7nr9mwchvdusmcsdlcmffvb6675.jpg</t>
@@ -3201,122 +3198,95 @@
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, А4, 5л., 5цв., 2мм, пастель</t>
   </si>
   <si>
     <t>786871</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d4/civtub2swru1ynkrbsdl70w7y7y0sztu.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, А4, 7л., 7цв., 2мм, интенсив</t>
   </si>
   <si>
     <t>786872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23b/20n6klsgx9hm070mw0b9b7n7ww1bf73x.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, А4, 7л., 7цв., 2мм, пастель</t>
   </si>
   <si>
     <t>786873</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bb1/p7x1bfehhiayi3uy1n1hc0x9h9noz27g.jpg</t>
+  </si>
+  <si>
+    <t>Цветная пористая резина  фоамиран  ArtSpace, А4,10л., 10цв., 2мм, микс</t>
+  </si>
+  <si>
+    <t>786874</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b26/2udxfopj1h9sdj5ud1agz1fgqfrydz8j.jpg</t>
   </si>
   <si>
     <t>Бумага гофрированная  ИТАЛИЯ  140 г м2, медная  918 , 50х250 см, BRAUBERG FLORE, 112599</t>
   </si>
   <si>
     <t>Итальянская гофрированная бумага BRAUBERG &amp;quot;FIORE&amp;quot; поражает насыщенностью цвета и способностью удерживать форму изделия. Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Гофрированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 140 г/м2, удлинение при натяжении – 180&amp;#37;. Цвет - Медный &amp;#40;918&amp;#41;.Металлический блеск бумаги придаст особый шарм и роскошь конечному изделию.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>789160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba6/jmfjc69e916ls9bo3d2fa1yw0hjd89c4.jpg</t>
   </si>
   <si>
     <t>Фетр Мульти-Пульти, А4, 10л., 10цв., 2мм, перфорированный,  quot;Енот в волшебном мире quot;</t>
   </si>
   <si>
     <t>Набор цветного мягкого фетра Мульти-Пульти отлично подойдет для творческих работ, аппликаций и различных поделок. Перфорированная поверхность позволяет использовать листы как для интересного оформления, так и для шитья по перфорированным отверстиям. В наборе представлена большая палитра из 10 цветов. Листы имеют размер 200*285мм. Толщина листа 2мм.</t>
   </si>
   <si>
     <t>793059</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f0/9dtz3e6m5rk9va1bcp7ijf3k575eeox5.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed4/1z9j312v5xzpwiya26u4nfryb7i8b6ok.jpg</t>
   </si>
   <si>
     <t>Фетр Мульти-Пульти, А4, 8л., 8цв., 1мм, с узором  quot;Горошек quot;,  quot;Енот в волшебном мире quot;</t>
   </si>
   <si>
     <t>Набор цветного мягкого фетра Мульти-Пульти отлично подойдет для творческих работ, аппликаций и различных поделок. Узор в виде горошка позволяет сделать поделку необычной и стильной. В наборе представлена палитра из 8 цветов. Листы имеют размер 200*285мм. Толщина листа 1мм.</t>
   </si>
   <si>
     <t>793063</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/08a/b9qob9yjq12uv8vzfl0gbv96pigbq0tn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e1/fqvfjc3wxs6s4kj0fiy2pxfl8x1g5jzw.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, 50 70, 1мм., бежевый</t>
   </si>
   <si>
     <t>793065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d5/1gwou5yppi2afpshvl7k1rqqrmjfbznj.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, 50 70, 1мм., белый</t>
   </si>
   <si>
     <t>793066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f6/sm3apavv1q7gavviwvwcp3z615dpcnf8.jpg</t>
   </si>
   <si>
     <t>Цветная пористая резина  фоамиран  ArtSpace, 50 70, 1мм., бирюзово-синий</t>
   </si>
   <si>
     <t>793067</t>
@@ -3474,152 +3444,98 @@
   <si>
     <t>Фетр ArtSpace 50 70 см, 2мм, серый, в рулоне</t>
   </si>
   <si>
     <t>794645</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46c/6f0y8ctl7hpvgw0xicqquobozr793zw6.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace 50 70 см, 2мм, синий, в рулоне</t>
   </si>
   <si>
     <t>794646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa6/tp24vyo0667gderytl7k4x8eatc3ghsl.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace, А4, 10л., 10цв., 2мм, микс</t>
   </si>
   <si>
     <t>794647</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/828/5fdnir7jzqzpe1jwj8w0f5u88a3sc4ps.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c3/k2dqys2x8mc72h7x3o45rfz1arklu7nz.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace, А4, 5л., 5цв., 2мм, пастель</t>
   </si>
   <si>
     <t>794649</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/758/s6rryzzqqxnkblewvl28a2czpga1tpdu.jpg</t>
-[...2 lines deleted...]
-    <t>Фетр ArtSpace 50 70 см, 2мм, белый, в рулоне</t>
+    <t>http://anytos.ru//upload/iblock/151/yk96lsv3yowhp5n9o55gms854lretq7s.jpg</t>
+  </si>
+  <si>
+    <t>Фетр ArtSpace 50 70 см, 2мм, лавандовый, в рулоне</t>
   </si>
   <si>
     <t>Фетр ArtSpace отлично подойдет для пошива игрушек, книжек, украшений, сумочек, шкатулок, чехлов, аппликаций, декора предметов интерьера. Мягкий и податливый материал хорошо держит форму, быстро склеивается и сгибается в любом направлении.&amp;nbsp;&amp;nbsp;Используется в различных видах творчества: шитьё, скрапбукинг, вышивка бисером, создание бижутерии.&amp;nbsp;&amp;nbsp;Богатая цветовая палитра порадует и детей, и взрослых. Создавайте неповторимые шедевры!</t>
   </si>
   <si>
-    <t>799047</t>
-[...25 lines deleted...]
-  <si>
     <t>799050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc8/0wt6ch5o9q77rpm0xj0blmklx9ntl1g6.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace 50 70 см, 2мм, персиковый, в рулоне</t>
   </si>
   <si>
     <t>799051</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91f/16wbufg8cs6l3f6lkjpayjpvo9cerl5p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/70e/wixb51jdniebn1exvn70old73w9ogxnz.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace 50 70 см, 2мм, фиолетовый, в рулоне</t>
   </si>
   <si>
     <t>799054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d1/4xt862a6tpancj3z97c635ba2tsafguf.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace 50 70 см, 2мм, фуксия, в рулоне</t>
   </si>
   <si>
     <t>799055</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/381/nrtith7uvrwxhh438bpktv6ski1re1mb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/33f/5fj31oy39xbkkgls0tfpboxedecd2lve.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace, А4, 5л., 5цв., 2мм, оттенки желтого</t>
   </si>
   <si>
     <t>799057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a43/o82a0yfwwehxzn89z1kb5gqcirxexoy8.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace, А4, 5л., 5цв., 2мм, оттенки зеленого</t>
   </si>
   <si>
     <t>799058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32f/3c62lb7v4ql03k7j80zkurbai58ops2m.jpg</t>
   </si>
   <si>
     <t>Фетр ArtSpace, А4, 5л., 5цв., 2мм, оттенки коричневого</t>
   </si>
   <si>
     <t>799059</t>
@@ -3828,62 +3744,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/872/f7kwqwm68r5cyk2c0p4fkjarwq6vb5bn.jpeg</t>
   </si>
   <si>
     <t>НАБОР  35 ЦВ.БУМАГИ А4 10Л.10ЦВ. quot;ЛАКИРОВАННАЯ quot;</t>
   </si>
   <si>
     <t>НАБОР №35 ЦВ.БУМАГИ А4 10Л.10ЦВ.&amp;quot;ЛАКИРОВАННАЯ&amp;quot;</t>
   </si>
   <si>
     <t>819775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f66/ljujeadcj53hl8tlyi358y6f0lkwnr4m.jpeg</t>
   </si>
   <si>
     <t>НАБОР  40 ЦВ.БУМАГИ А4 10Л.10ЦВ.</t>
   </si>
   <si>
     <t>НАБОР №40 ЦВ.БУМАГИ А4 10Л.10ЦВ.</t>
   </si>
   <si>
     <t>819776</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e2e/y18rucgahl4cfe4a19yvw0hge41qqvb6.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e5a/ccs6uy2nvlm8ao26tmeq74nhjd27dstv.jpeg</t>
   </si>
   <si>
     <t>НАБОР  8 ЦВ.БУМАГИ САМОКЛ. А4 5 ЦВ.10Л.  quot;МЕТАЛЛИК quot;</t>
   </si>
   <si>
     <t>НАБОР №8 ЦВ.БУМАГИ САМОКЛ. А4 5 ЦВ.10Л. &amp;quot;МЕТАЛЛИК&amp;quot;</t>
   </si>
   <si>
     <t>819778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/994/0te1xar2d47nbvnc0tucphnnzapuf5sc.jpeg</t>
   </si>
   <si>
     <t>НАБОР  3 ЦВ.БУМАГИ А4 5 ЦВ. 10Л. quot;ФЛУОР quot;</t>
   </si>
   <si>
     <t>НАБОР №3 ЦВ.БУМАГИ А4 5 ЦВ. 10Л.&amp;quot;ФЛУОР&amp;quot;</t>
   </si>
   <si>
     <t>819779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f38/vjuuwiwi9swan2c6gyrg7qs1mk64y744.jpeg</t>
@@ -3912,113 +3816,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/36c/bcqkbniqqubnjnru91mg12nynhymapbs.jpeg</t>
   </si>
   <si>
     <t>НАБОР  11 БАРХ.БУМАГИ САМОКЛ. А4 5Л. 5 ЦВ.</t>
   </si>
   <si>
     <t>НАБОР №11 БАРХ.БУМАГИ САМОКЛ. А4 5Л. 5 ЦВ.</t>
   </si>
   <si>
     <t>819783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe4/8c6eu1228ik4h0ft654pozldq8621lt7.jpeg</t>
   </si>
   <si>
     <t>НАБОР  2 ЦВ.БУМАГИ А4 20ЦВ. 10Л. ДВУСТОРОННЯЯ</t>
   </si>
   <si>
     <t>НАБОР №2 ЦВ.БУМАГИ А4 20ЦВ. 10Л. ДВУСТОРОННЯЯ</t>
   </si>
   <si>
     <t>819784</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e56/lfnnnnv3t41q6c0s4vqr11nquwpnc98o.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3df/kt1lzz0iiqrue5k5skl2l0k3ccthu0pl.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ А4, 7 Л. 7ЦВ.  quot;МУЛЬТИКИ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ А4, 7 Л. 7ЦВ. &amp;quot;МУЛЬТИКИ&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>819787</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23d/nr9kq16o7cedt3b796apnw9mqy4ni5pj.jpeg</t>
   </si>
   <si>
     <t>ФОАМИРАН  quot;БАЗОВЫЕ ЦВЕТА quot; 6л. 6цв.</t>
   </si>
   <si>
     <t>ФОАМИРАН &amp;quot;БАЗОВЫЕ ЦВЕТА&amp;quot; 6л./6цв.</t>
   </si>
   <si>
     <t>819788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/698/l0ersu32b0ftu0aqq9qmuk7dezauxglt.jpeg</t>
   </si>
   <si>
     <t>НАБОР  15 ЦВ.БУМАГИ ТОНИРОВАННОЙ А3 10Л.10ЦВ.</t>
   </si>
   <si>
     <t>НАБОР №15 ЦВ.БУМАГИ ТОНИРОВАННОЙ А3 10Л.10ЦВ.</t>
   </si>
   <si>
     <t>819789</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/36f/188yydxejkmactaqmjlmmcabm3skqy0a.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dab/5kxada6677u02y1dc86rbs2tnqa5p3ek.jpeg</t>
   </si>
   <si>
     <t>НАБОР ДВУСТОРОННЕЙ ЦВЕТНОЙ БУМАГИ А4, 10Л. 20ЦВ.  quot;ХОББИ ТАЙМ quot; 2 ВИДА</t>
   </si>
   <si>
     <t>НАБОР ДВУСТОРОННЕЙ ЦВЕТНОЙ БУМАГИ А4, 10Л. 20ЦВ. &amp;quot;ХОББИ ТАЙМ&amp;quot; 2 ВИДА</t>
   </si>
   <si>
     <t>819793</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/430/8lh20fsl6qanjfm99gqkuttgwtgxi9xx.jpeg</t>
   </si>
   <si>
     <t>НАБОР  13 ТОНИРОВАННАЯ В МАССЕ ЦВЕТНАЯ БУМАГА С ФАКТУРНЫМ ТИСНЕНИЕМ А4, 7л. 7цв.</t>
   </si>
   <si>
     <t>НАБОР №13 ТОНИРОВАННАЯ В МАССЕ ЦВЕТНАЯ БУМАГА С ФАКТУРНЫМ ТИСНЕНИЕМ А4, 7л./7цв.</t>
   </si>
   <si>
     <t>819795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/604/2y9xyug593nfh6cvonsutada8g8ezzwh.jpeg</t>
@@ -4071,50 +3951,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/73c/u5vrt0qccxs37bhl1ej2xpq9unr07fvo.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ НА СКРЕПКЕ А4, 6Л. 6ЦВ.  quot;МУЛЬТИКИ quot;</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ НА СКРЕПКЕ А4, 6Л. 6ЦВ. &amp;quot;МУЛЬТИКИ&amp;quot;</t>
   </si>
   <si>
     <t>819810</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/545/4fzhtnev9tmah9crxsl9yep0ooy1yje4.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ НА СКРЕПКЕ А4, 6Л. 6ЦВ.  quot;ХОББИ ТАЙМ quot;</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ НА СКРЕПКЕ А4, 6Л. 6ЦВ. &amp;quot;ХОББИ ТАЙМ&amp;quot;</t>
   </si>
   <si>
     <t>819812</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6ba/i5g1916ebyxomhyql27qeb7slv2y29tk.jpeg</t>
+  </si>
+  <si>
+    <t>НАБОР ЦВЕТНОЙ БУМАГИ А4, 20Л. 10ЦВ.  quot;ХОББИ ТАЙМ quot; 2 ВИДА</t>
+  </si>
+  <si>
+    <t>НАБОР ЦВЕТНОЙ БУМАГИ А4, 20Л. 10ЦВ. &amp;quot;ХОББИ ТАЙМ&amp;quot; 2 ВИДА</t>
+  </si>
+  <si>
+    <t>819817</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b0d/2vt3h0tvy2u0xmkt9v41a785w172be3a.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ А4 20Л.10ЦВ.  quot;МУЛЬТИКИ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ А4 20Л.10ЦВ. &amp;quot;МУЛЬТИКИ&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>819818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15d/ovyjobs9xkc05twbbz9j00xgbzwu2aec.jpeg</t>
   </si>
   <si>
     <t>НАБОР ДВУСТОРОННЕЙ ЦВЕТНОЙ БУМАГИ А4, 10Л. 20ЦВ.  quot;МУЛЬТИКИ quot; 4 ВИДА</t>
   </si>
   <si>
     <t>НАБОР ДВУСТОРОННЕЙ ЦВЕТНОЙ БУМАГИ А4, 10Л. 20ЦВ. &amp;quot;МУЛЬТИКИ&amp;quot; 4 ВИДА</t>
   </si>
   <si>
     <t>819819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/099/55ssj6beo2ht3cqa0qyjkskha6m3ega3.jpeg</t>
@@ -4941,86 +4833,110 @@
   <si>
     <t>ФОАМИРАН ЗЕФИРНЫЙ, В ЛИСТАХ 50х140СМ, &amp;#40; НЕЖНО-РОЗОВЫЙ &amp;#41;</t>
   </si>
   <si>
     <t>819894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c4/oz8ius0i3gx8u7xm4wybjf4mk2p7erux.jpg</t>
   </si>
   <si>
     <t>819895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/iya2x154cvnxpbt8upe7wo5kw7eblvam.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ФОАМИРАН ЗЕФИРНЫЙ, В ЛИСТАХ 50х140СМ,  БОРДОВЫЙ </t>
   </si>
   <si>
     <t>ФОАМИРАН ЗЕФИРНЫЙ, В ЛИСТАХ 50х140СМ, &amp;#40; БОРДОВЫЙ &amp;#41;</t>
   </si>
   <si>
     <t>819896</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/177/d7ic8pq7g0r2ctn82d2dhv1izc56xag0.jpg</t>
+  </si>
+  <si>
+    <t>Бумага гофрированная  креповая  ПЛОТНАЯ, 32 г м2, лимонная, 50х250 см, в рулоне, BRAUBERG, 112521</t>
+  </si>
+  <si>
+    <t>Гофрированная &amp;#40;креповая&amp;#41; бумага BRAUBERG применяется для оформления букетов, подарочной упаковки, изготовления поделок и праздничного оформления залов. Гофрированная &amp;#40;креповая&amp;#41; бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги - 50х250 см, плотность – 32 г/м2, удлинение при натяжении – 45&amp;#37;. Цвет - Лимонный. Бумага BRAUBERG достаточно прочная, хорошо крепится и прекрасно держит форму.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
+  </si>
+  <si>
+    <t>829873</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/83d/eeqsxmhv481i51y59xfzli3ikw58vc3y.jpg</t>
   </si>
   <si>
     <t>Бумага гофрированная  креповая  ПЛОТНАЯ, 32 г м2, молочная, 50х250 см, в рулоне, BRAUBERG, 112519</t>
   </si>
   <si>
     <t>Гофрированная &amp;#40;креповая&amp;#41; бумага BRAUBERG применяется для оформления букетов, подарочной упаковки, изготовления поделок и праздничного оформления залов. Гофрированная &amp;#40;креповая&amp;#41; бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги - 50х250 см, плотность – 32 г/м2, удлинение при натяжении – 45&amp;#37;. Цвет - Молочный. Бумага BRAUBERG достаточно прочная, хорошо крепится и прекрасно держит форму.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>829874</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/132/27h8srpyy3j0ztb4qm8w9c002j33z6dt.jpg</t>
   </si>
   <si>
     <t>Бумага гофрированная  креповая  ПЛОТНАЯ, 32 г м2, черная, 50х250 см, в рулоне, BRAUBERG, 112530</t>
   </si>
   <si>
     <t>Гофрированная &amp;#40;креповая&amp;#41; бумага BRAUBERG применяется для оформления букетов, подарочной упаковки, изготовления поделок и праздничного оформления залов. Гофрированная &amp;#40;креповая&amp;#41; бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги - 50х250 см, плотность – 32 г/м2, удлинение при натяжении – 45&amp;#37;. Цвет - Черный. Бумага BRAUBERG достаточно прочная, хорошо крепится и прекрасно держит форму.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>829879</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dda/t6iognhry71fiw65w06f3jczfaobofcb.jpg</t>
   </si>
   <si>
     <t>Бумага для оригами и аппликаций 14х14 см, 20 цветов, 200 листов, ОСТРОВ СОКРОВИЩ, 113717</t>
   </si>
   <si>
     <t>Бумага для оригами и аппликаций ОСТРОВ СОКРОВИЩ предназначена для создания оригинальных поделок в технике оригами. Способствует развитию фантазии, творческих способностей, усидчивости. В набор входит 200 листов цветной бумаги для оригами размером 140х140 мм по 10 листов каждого цвета. Цветовая палитра - 20 цветов в тонах пастель, медиум, интенсив, неон.Бумага обладает качествами, необходимыми для использования в технике оригами: квадратные листы удобны в работе, бумага хорошо держит сгибы, обладает повышенной гладкостью, прочностью.Удобная герметичная упаковка обеспечивает сохранность бумаги и предотвращает замятие листов.</t>
   </si>
   <si>
     <t>829881</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/227/oj3ljn3j14hk4288p0bk4zznvp8j4n2t.jpg</t>
+  </si>
+  <si>
+    <t>Набор крепированной бумаги, А4, 12 листов, 12 цветов, в папке с европодвесом, ЮНЛАНДИЯ, 112558</t>
+  </si>
+  <si>
+    <t>Набор бумаги с мелкоскладчатой &amp;#40;крепированной&amp;#41; поверхностью ЮНЛАНДИЯ используется для создания поделок и аппликаций, украшения открыток и других изделий, оформления подарочной упаковки. В наборе 12 листов формата А4 и 12 различных цветов. Набор бумаги ЮНЛАНДИЯ представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги - 21х29,7 см, плотность – 32 г/м2, удлинение при натяжении – 45&amp;#37;. Цвет - Ассорти. В наборе: черный, коричневый, фиолетовый, синий, голубой, зеленый, светло-зеленый, розовый, красный, оранжевый, желтый, белый.Бумага ЮНЛАНДИЯ достаточно прочная, хорошо крепится и прекрасно держит форму.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия, а набор из разных цветов сможет вдохновить Вас на новые идеи. Одного набора из 12-ти разных цветов хватит для изготовления большого количества различных поделок, каждая из которых будет уникальной.</t>
+  </si>
+  <si>
+    <t>829883</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/721/5v640odt6fa5ubs4bh2fexl87n5tifow.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя газетная, 32 листа 16 цветов, на скобе, ПИФАГОР, 200х280 мм,  quot;Город quot;, 113543</t>
   </si>
   <si>
     <t>Набор цветной бумаги ПИФАГОР для детского творчества позволит создать прекрасную аппликацию или поделку. Набор газетной двусторонней цветной бумаги плотностью 50 г/м2 включает 32 листа формата А4 &amp;#40;200х280 мм&amp;#41; в 16-ти разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>829884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/318/tb1ojfu1llc49vtvgpu1vjnqy18qozd5.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя офсетная, 32 листа 16 цветов, на скобе, BRAUBERG, 200х280 мм,  quot;Фламинго quot;, 113541</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для творчества и хобби и может использоваться с трехлетнего возраста для развития моторики и фантазии ребенка. Набор офсетной двусторонней цветной бумаги плотностью 60 г/м2 включает 32 листа формата А4 &amp;#40;200х280 мм&amp;#41; в 16-ти разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>829885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/810/sm8dglgi27qdcter89bljcy2cj25p465.jpg</t>
@@ -6021,62 +5937,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d33/1cfbn3vis6iid96fk4je5qoku8k8pnw6.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 1 мм, ОСТРОВ СОКРОВИЩ, 25 листов, 25 цветов, яркие цвета, 665098</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. 25 интенсивных цветов формата А4 позволят создать уникальную и эффектную поделку! Толщина каждого листа - 1 мм, размер листа - 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами – ему можно придать любую форму растягивая и скручивая. Интенсивные пастельные цвета помогут выгодно выделить вашу поделку, а их насыщенность не оставит никого равнодушным. Такие цвета легко запоминаются и подчеркнут индивидуальность.Используется для создания флористического декора, аппликаций, сувениров, детского рукоделия и создания украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.</t>
   </si>
   <si>
     <t>946290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b79/w6jwzb50k79u0m9rilk3c00hq9f17800.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 2 мм, ОСТРОВ СОКРОВИЩ, 10 листов, 10 цветов, иридисцентные цвета, 665101</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. В набор входят 10 блестящих цветов, которые позволят создать уникальную и эффектную поделку! Листы формата А4 &amp;#40;21х29,7 см&amp;#41; толщиной 2 мм удобны для создания украшений из фоамирана, создания аппликаций, декорирования различных предметов и изделий.Глиттерный фоамиран – это фоамиран, декорированный блестками. Материал легко режется обычными ножницами, ему можно придать любую форму, растягивая и скручивая – блёстки не осыпаются.Используется для создания флористического декора, аппликаций, сувениров, детского рукоделия и создания украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.Цветная пористая резина с глиттером ОСТРОВ СОКРОВИЩ – блестящий материал для воплощения творческих идей!</t>
   </si>
   <si>
     <t>946291</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eb0/u63ghb2gtyaoxpacpstlpbmkbm5xaima.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c20/ay053r6j0l5lk8de0bb3vf5wi6hun801.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 2 мм, ОСТРОВ СОКРОВИЩ, 10 листов, 10 цветов, яркие цвета, блестки, САМОКЛЕЯЩАЯСЯ, 665104</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ в листах предназначена для хобби, творчества и рукоделия. В набор входят 10 блестящих цветов, которые позволят создать уникальную и эффектную поделку! Листы формата А4 &amp;#40;21х29,7 см&amp;#41; толщиной 2 мм удобны для создания украшений из фоамирана, создания аппликаций, декорирования различных предметов и изделий.Глиттерный фоамиран – это фоамиран, декорированный блестками. Материал легко режется обычными ножницами, ему можно придать любую форму, растягивая и скручивая – блёстки не осыпаются. Самоклеящаяся основа позволяет использовать пористую резину без применения клея – качественный клеевой слой надёжно фиксирует фоамиран на различных поверхностях.Используется для создания флористического декора, аппликаций, сувениров, детского рукоделия и создания украшений. Готовые изделия представляют собой аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.Цветная пористая резина с глиттером ОСТРОВ СОКРОВИЩ – блестящий материал для воплощения творческих идей!</t>
   </si>
   <si>
     <t>946293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0e/7p4rwpijug1ckm5w2hy11mes470i21hh.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 2 мм, ОСТРОВ СОКРОВИЩ, 10 листов, 10 цветов, яркие цвета, САМОКЛЕЯЩАЯСЯ, 665099</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. 10 интенсивных цветов формата А4 на самоклеящейся основе позволят создать уникальную и эффектную поделку! Толщина каждого листа – 2 мм, размер листа – 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами, ему можно придать любую форму, растягивая и скручивая. Самоклеящаяся основа позволяет использовать пористую резину без применения клея – качественный клеевой слой надёжно фиксирует фоамиран на различных поверхностях.Яркие цвета помогут выгодно выделить поделку, а их насыщенность не оставит никого равнодушным. Такие цвета зарядят энергией, легко запомнятся и подчеркнут индивидуальность.Фоамиран используется для создания флористического декора, аппликаций, сувениров, детского рукоделия и создания украшений. Готовые изделия представляют собой аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Не токсичен, безопасен для детского творчества.Цветная пористая резина ОСТРОВ СОКРОВИЩ – блестящий материал для воплощения творческих идей!</t>
   </si>
   <si>
     <t>946294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0b/9b3lm3rc5lopwz89y3po7j5c2rnxhjcb.jpg</t>
@@ -6285,86 +6189,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/df6/tnwnpa9e1ymrds5l0v3g19pkvpy1ez5t.jpg</t>
   </si>
   <si>
     <t>Бумага цветная Комус Color  лимон интенсив , 80г, А4, 50 л.</t>
   </si>
   <si>
     <t>Бумага цветная Комус Color &amp;#40;лимон интенсив&amp;#41;, 80г, А4, 50 л.</t>
   </si>
   <si>
     <t>952792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/948/rsk3ro2ozbp8z3h1spo2e8k8bmqo4egl.jpg</t>
   </si>
   <si>
     <t>Бумага цветная Комус Color  слоновая кость пастель , 80г, А4, 500 л.</t>
   </si>
   <si>
     <t>Бумага цветная Комус Color &amp;#40;слоновая кость пастель&amp;#41;, 80г, А4, 500 л.</t>
   </si>
   <si>
     <t>952794</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f2a/8sutqjvoyywu3voce13xtbamxvx2g812.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага А4 2-сторонняя мелованная, 20 листов 10 цветов, в папке, BRAUBERG, 200х280 мм,  quot;Кактусы quot;, 115171</t>
+  </si>
+  <si>
+    <t>Набор двусторонней цветной бумаги BRAUBERG предназначен для творчества и хобби и может использоваться детьми с трехлетнего возраста. Бумага рекомендована для уроков труда и технологии. Творческая инструкция по созданию аппликации на обороте. Набор двусторонней цветной бумаги плотностью 80 г/м2 включает 20 листов формата А4 &amp;#40;200х280 мм&amp;#41; в 10-ти разнообразных и насыщенных однородных цветах. Листы упакованы в картонную папку, легко режутся и сгибаются.</t>
+  </si>
+  <si>
+    <t>954073</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89c/nixwvx4gjr37826dz3kpv6drkzr7xi92.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя мелованная, 64 листа 16 цветов, склейка, BRAUBERG, 200х280 мм,  quot;Олени quot;, 115172</t>
   </si>
   <si>
     <t>Набор двусторонней мелованной цветной бумаги BRAUBERG предназначен для творчества и хобби и может использоваться детьми с трехлетнего возраста. Бумага рекомендована для уроков труда и технологии. Творческая инструкция по созданию аппликации на обороте. Набор двусторонней цветной бумаги на склейке плотностью 65 г/м2 включает 64 листа формата А4 &amp;#40;200х280 мм&amp;#41; в 16-ти разнообразных и насыщенных однородных цветах. Листы легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>954074</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f98/1bw4v57d2gysyl1jum7kgvjpoumuh24e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa8/ncp0j57u7fp0g5lv8mqugr3vec3o6r5p.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 офсетная, 24 листа 8 цветов, в папке, ЮНЛАНДИЯ, 200х283 мм,  quot;Кот нок quot;, 115168</t>
   </si>
   <si>
     <t>Набор односторонней цветной бумаги ЮНЛАНДИЯ предназначен для творчества и хобби и может использоваться детьми с трехлетнего возраста. Инструкция по созданию аппликации на обороте. Офсетная бумага ЮНЛАНДИЯ отличается шероховатой поверхностью. Она не бликует на свету, на ней удобно писать ручкой и карандашом, рисовать красками. Офсетные листы цветной бумаги можно не только разрезать ножницами, но и разрывать руками, создавая оригинальные поделки.Набор односторонней цветной бумаги плотностью 65 г/м2 включает 24 листа формата А4 8-ми различных цветов.</t>
   </si>
   <si>
     <t>954076</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/694/j23ezv5rk2k9rq49vqthmfvg04skz1m8.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага А4 офсетная, 40 листов 10 цветов, в папке, BRAUBERG, 200х280 мм,  quot;Море quot;, 115169</t>
+  </si>
+  <si>
+    <t>Набор цветной бумаги BRAUBERG предназначен для творчества и хобби и может использоваться детьми с трехлетнего возраста. Рекомендован для уроков труда и технологии. Творческая инструкция по созданию аппликации на обороте. Набор офсетной односторонней цветной бумаги плотностью 65 г/м2 включает 40 листов формата А4 &amp;#40;200х280 мм&amp;#41; в 10-ти разнообразных и насыщенных однородных цветах. Листы поставляются в папке, легко режутся и сгибаются.</t>
+  </si>
+  <si>
+    <t>954077</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b08/0mlu0xmbn24uo6xmu2kwpemjfvc2f02s.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 ТОНИРОВАННАЯ В МАССЕ, 160л. 16цв., 80г м2, BRAUBERG, 115089</t>
   </si>
   <si>
     <t>Набор цветной бумаги BRAUBERG предназначен для творчества, хобби, моделирования. Подходит для детей в возрасте от 3 лет, для развития моторики и фантазии. 160 листов двусторонней бумаги в 16 разнообразных оттенках надолго обеспечат ребенка всем необходимым для творческого процесса. Цветная бумага имеет плотность 80 г/м2, поэтому легко режется, клеится и сгибается. Благодаря цветному срезу поделки будут выглядеть аккуратными и завершенными. Бумага поставляется в коробке, благодаря чему её удобно хранить и она точно не помнется.</t>
   </si>
   <si>
     <t>954740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/327/cpr7p888naapgj7io6da7vta330vd1yo.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 газетная, 24 листов, 12 цветов, на скобе, ПИФАГОР, 200х280мм, 115484</t>
   </si>
   <si>
     <t>Цветная бумага ПИФАГОР, состоящая из ярких и насыщенных цветов, позволит создать прекрасную аппликацию или поделку. Цвета: черный, фиолетовый, синий, красный, зеленый, голубой, коричневый, желтый. Набор газетной односторонней цветной бумаги плотностью 50 г/м2 включает 24 листа формата А4 &amp;#40;200х280 мм&amp;#41; в 12-и разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>961467</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8e/kdg2wbsjaheg19zmcci07ns92awb6b8v.jpg</t>
@@ -6612,62 +6528,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d79/0rs63gpbvy2132dg1if1r42ir8rrp1m0.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ  8 А4 10 ЛИСТОВ, 10 ЦВЕТОВ  quot;ЦВЕТЫ quot;</t>
   </si>
   <si>
     <t>Наборы для хобби набирают популярность с удивительной силой. И в этом нет ничего удивительного. Взрослому человеку хобби необходимо для души, а детям – для развития. Поделочная бумага интересны в первую очередь детям. С ее помощью у ребенка есть возможность создать волшебную сказку на обычном белом листе. Набор «Цветы» включает в себя 10 листов с различными анимациями. Два листа предназначены для наклеивания, остальные для вырезания. Изображения различных цветов могут быть полезны не только для развлечение, они могут стать прекрасным пособием для обучения. Нарциссы и розы, лилии и тюльпаны, ромашки и маки, каждая девочка сможет составить свой собственный букет и подарить его маме. В набор входит 10 листов А4 формата &amp;#40;195х288 мм&amp;#41;. Бумага мелованная, плотностью 115 г/м2. На обратной стороне упаковки расположена линейка-мат, с помощью которой можно ровно резать бумагу под необходимым углом.</t>
   </si>
   <si>
     <t>980216</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cea/42wpg5uwqe10geaj7siwah6xirz3qgqd.jpg</t>
   </si>
   <si>
     <t>Цветная бумага тонированная А4, Мульти-Пульти, 48л., 12цв., в пакете,  quot;Енот в России quot;</t>
   </si>
   <si>
     <t>Цветная бумага тонированная А4, Мульти-Пульти, 48л., 12цв., в пакете, &amp;quot;Енот в России&amp;quot;</t>
   </si>
   <si>
     <t>984648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/610/zpzscm6k2odsq2afcbzy4354ch9ukpmc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f3b/1h5rj3nxm61yf5julcnhvwtwnwpok9ha.jpg</t>
   </si>
   <si>
     <t>Бумага цветная МАЛОГО ФОРМАТА 10 цветов, BRAUBERG  quot;MULTICOLOR quot; А5, 80 г м2, 100 л.,  10 цветов x 10 листов , 116406</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG &amp;quot;MULTICOLOR&amp;quot; предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации. Станет незаменимым помощником для школьных занятий и реализации для творческих идей детей и взрослых &amp;#40;изготовления поделок и аппликаций&amp;#41;. Двусторонняя цветная бумага подойдет для групповых занятий в детском саду, мастер-классов, рукоделия.Упакована в пачку из 100 листов формата А5. В упаковке 5 цветов интенсивного тона &amp;#40;красный, оранжевый, желтый, зеленый и голубой&amp;#41; и 5 цветов пастельного тона &amp;#40;розовый, оранжевый, желтый, зеленый и голубой&amp;#41;. Листы бумаги плотностью 80 г/м2 подходят для офисной техники.Поставляется в упаковке &amp;quot;полибэг&amp;quot; &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны &amp;quot;полибэг&amp;quot; имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>995103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae1/s26un0zudn2m2d6qec1p4ybkzd0nzxx1.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 БАРХАТНАЯ САМОКЛЕЯЩАЯСЯ, 10 листов 10 цветов, 110 г м2, BRAUBERG, 113502</t>
   </si>
   <si>
     <t>Набор цветной бархатной бумаги BRAUBERG предназначен для творчества, хобби, моделирования, оформления презентаций как любителями, так и профессионально занимающимися людьми. Набор самоклеящейся бархатной односторонней цветной бумаги плотностью 110 г/м2 включает 10 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 10-ти разнообразных и насыщенных однородных цветах. Листы упакованы в полиэтиленовый пакет с липким краем, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>998575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cac/vggwqsvdsicfmm6s8sp3fgk4d3yrnjm1.jpg</t>
@@ -6771,50 +6675,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/35b/3jv47c5oyxcf38u0kcfg8lzw3w3pes98.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя офсетная, 8 листов, 8 цветов, на скобе, BRAUBERG, 200х283 мм,  quot;Дождик quot;, 116625</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для творчества и хобби и может использоваться с трехлетнего возраста для развития моторики и фантазии ребенка. Набор офсетной двусторонней цветной бумаги плотностью 65 г/м2 включает 8 листов формата А4 &amp;#40;200х283 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>1004937</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af9/ju1ajs0qbc6c9b5rlswlzow16oiajyo2.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 мелованная, 100 листов, 20 цветов, в коробе, BRAUBERG, 200х290 мм,  quot;Прогулка quot;, 116420</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для творчества и хобби. Может использоваться с трехлетнего возраста для развития моторики и фантазии ребенка. Набор мелованной односторонней цветной бумаги улучшенной прокраски плотностью 80 г/м2 включает 100 листов формата А4 минус &amp;#40;200х290 мм&amp;#41; в 20 разнообразных и насыщенных однородных цветах. Бумага вложена в прочную картонную коробку, благодаря которой листы точно не помнутся.</t>
   </si>
   <si>
     <t>1004938</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6af/6dcpdluev248zgko4gplu20b2225ql2e.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага односторонняя на клею ErichKrause, Jolly Friends, А4, 10 листов, 10 цветов, игрушка-набор для детского творчества</t>
+  </si>
+  <si>
+    <t>1004996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07a/dhftgkz12dshzv6t4cur7of2epagktoj.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага двусторонняя на клею ErichKrause, Jolly Friends, А4, 10 листов, 10 цветов, игрушка-набор для детского творчества</t>
+  </si>
+  <si>
+    <t>1005140</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/998/oryxbucq8irs9aoft5mg2z0gb6e88qh2.jpg</t>
   </si>
   <si>
     <t>Цветная бумага мелованная односторонняя на клею ErichKrause, Jolly Friends, А4, 10 л.,10 цв., игрушка-набор для дет.творчества</t>
   </si>
   <si>
     <t>1005141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ac/tng5mykstb6qyb7j7odb1lh5afzcwqfg.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 2-сторонняя газетная, 8 листов, 8 цветов, на скобе, ПИФАГОР, 200х283,  quot;Тигр нок quot;, 116623</t>
   </si>
   <si>
     <t>Набор цветной бумаги ПИФАГОР для детского творчества позволит создать прекрасную аппликацию или поделку. Набор газетной двусторонней цветной бумаги плотностью 50 г/м2 включает 8 листов формата А4 &amp;#40;200х283 мм&amp;#41; в 8 разнообразных и насыщенных однородных цветах. Листы скреплены скобами, легко режутся и сгибаются.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>1005178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db4/1w0qovqzbyiacapstl77y8xa2o7bo4rl.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 газетная, 8 листов, 8 цветов, на скобе, ПИФАГОР, 200х283 мм,  quot;ДиноМир quot;, 116622</t>
@@ -6825,83 +6747,80 @@
   <si>
     <t>1005179</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/617/3a5491glr393v8mgcpg2emux4er0xh7r.jpg</t>
   </si>
   <si>
     <t>Набор цв.бум.и картона глянцевого на клею ErichKrause, Jolly Friends, А4, 20 листов, по 10 цв., игрушка-набор для детского творчества</t>
   </si>
   <si>
     <t>Набор цветной бумаги мелованной односторонней и картона глянцевого одностороннего формата А4 &amp;#40;203х280 мм&amp;#41;. В наборе 20 листов бумаги и картона 10 базовых цветов &amp;#40;красный, оранжевый, желтый, зеленый, голубой, синий, фиолетовый, розовый, коричневый, черный&amp;#41;. Плотность наполнения — 170 г/м2. Тип скрепления — клей. На внутренней стороне обложки приводятся инструкции по изготовлению поделок. Упакована в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>1005715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a71/1rcdy3ld6rpjha7eneip8rpznjktsdio.jpg</t>
   </si>
   <si>
     <t>Набор цв.бум.и картона глянцевого на клею ErichKrause, Простоквашино, А4, 20 листов, по 10 цв., игрушка-набор для детского творчества</t>
   </si>
   <si>
     <t>1005718</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/632/jgmnhc32v0et1s350qgd9cfpmw9xpenn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9be/db8pujlr9vpil3rn750qgrbilyzyxi9u.jpg</t>
   </si>
   <si>
     <t>Фетр цветной флюоресцентный 5цв в пакете с хедером, европодвес 5 пр. А4</t>
   </si>
   <si>
     <t>1006619</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cac/uxtmqj3c5fb58w8r82ui92at6owdgsh0.jpeg</t>
+  </si>
+  <si>
+    <t>НАБОР ЦВЕТНОЙ БУМАГИ А4, 20 ЛИСТОВ, 20 ЦВЕТОВ, 1 ВИД</t>
+  </si>
+  <si>
+    <t>1008677</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b94/x66ejobdc6rq52gzyaq2p6ejrygwnjab.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЦВЕТНОЙ БУМАГИ ТОНИРОВАННОЙ А4, 20 ЛИСТОВ, 20 ЦВЕТОВ, 1 ВИД</t>
   </si>
   <si>
     <t>1008678</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/15a/0yv26chj5ff2quf34t1990gqhd0o7ine.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 75 г м2, 100 л.  5 цветов х 20 листов , НЕОН, для офисной техники, 116667</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, а также для детского творчества &amp;#40;изготовления поделок и аппликаций, оригами&amp;#41;. Упакована в пачку из 100 листов формата А4. В упаковке бумага неонового тона 5 разных цветов: малинового, оранжевого, желтого, зеленого и розового. Листы бумаги плотностью 75 г/м2 подходят для офисной техники.Поставляется в упаковке &amp;quot;полибэг&amp;quot; &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1010725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39f/o3z0w40c1fvn1g4h9k3d390i2cmc1ot5.jpg</t>
   </si>
   <si>
     <t>Бумага цветная BRAUBERG, А4, 75 г м2, 100 л., НЕОН, розовая, для офисной техники, 116669</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, оформления писем и приглашений, в качестве разделителей для архивации, а также для детского творчества &amp;#40;изготовления поделок и аппликаций&amp;#41;. Упакована в пачку из 100 листов формата А4. В упаковке бумага неонового тона розового цвета. Листы бумаги плотностью 75 г/м2 подходят для офисной техники.Поставляется в упаковке &amp;quot;полибэг&amp;quot; &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1010726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8d/rrdns4fjy15ehjl7w3l39lfmo960uye6.jpg</t>
@@ -6960,146 +6879,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e82/a2qrwk819n2zkei6jrkvvvldaz02tfox.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 ТОНИРОВАННАЯ В МАССЕ, 80 листов, 10 цветов, короб, 80 г м2, BRAUBERG, 210х297 мм, 117616</t>
   </si>
   <si>
     <t>Набор цветной двухсторонней тонированной бумаги BRAUBERG предназначен для творчества, хобби, моделирования. Подходит для детей в возрасте от 3 лет для развития моторики и фантазии. Немелованная двусторонняя цветная бумага окрашивается непосредственно в процессе изготовления и обладает плотностью 80 г/м2. Набор включает 80 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 10 разнообразных и насыщенных однородных цветах. Бумага вложена в прочную картонную коробку и упакованы в полиэтиленовый пакет с липким краем – листы точно не помнутся. Легко режется и сгибаются.</t>
   </si>
   <si>
     <t>1010732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/805/146i52cubkg69ghpffn61o512fz70mcp.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 газетная, 16 листов, 16 цветов, на скобе, HATBER ECO, 200х270 мм,  quot;Забавные животные quot;, 060646, 16Бц4_18827</t>
   </si>
   <si>
     <t>Набор цветной двухсторонней бумаги HATBER предназначен для творчества, хобби, моделирования. Подходит для детей в возрасте от 3 лет, для развития моторики и фантазии. В наборе представлены 16 ярких цветов на 16 листах А4 формата. Обложка - из офсетной бумаги, скрепление - скоба. Цветная бумага идеально подойдет для создания красочных аппликаций, оригами, изготовления открыток и поделок. Может использоваться для скрапбукинга, квиллинга и оформления подарков.</t>
   </si>
   <si>
     <t>1011247</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dbc/mz6xtp8y92eutznndbdahi8d6jwx8ykc.jpg</t>
+  </si>
+  <si>
+    <t>Бумага цветная ПЛОТНАЯ BRAUBERG, А4 160 г м2, 250 л., синяя, интенсив, для печати, творчества, 116673</t>
+  </si>
+  <si>
+    <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, а также для детского творчества &amp;#40;изготовления поделок и аппликаций, оригами&amp;#41;. Упакована в пачку из 250 листов формата А4. В упаковке бумага интенсивного тона синего цвета. Листы бумаги с повышенной плотностью 160 г/м2 подходят для офисной техники.Поставляется в упаковке &amp;quot;полибэг&amp;quot; &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
+  </si>
+  <si>
+    <t>1012582</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8d0/uul740alq395ab5zwzc2rxmc4b2rbia7.jpg</t>
   </si>
   <si>
     <t>Бумага цветная ПЛОТНАЯ BRAUBERG, А4, 160 г м2, 250 л., желтая, интенсив, для печати, творчества, 116674</t>
   </si>
   <si>
     <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, а также для детского творчества &amp;#40;изготовления поделок и аппликаций, оригами&amp;#41;. Упакована в пачку из 250 листов формата А4. В упаковке бумага интенсивного тона желтого цвета. Листы бумаги с повышенной плотностью 160 г/м2 подходят для офисной техники.Поставляется в упаковке &amp;quot;полибэг&amp;quot; &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1012583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cff/w1xgc6y2ant3yktk2urnb6t1pc7mgelm.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 1 мм, 55 листов, 55 цветов, яркие цвета, ОСТРОВ СОКРОВИЩ, 665662</t>
   </si>
   <si>
     <t>Пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для создания ярких творческих поделок в школе, в детском саду или дома. Используется для создания аппликаций, легко режется и приклеивается на ровную поверхность. 55 интенсивных цветов фоамирана &amp;#40;пористой резины&amp;#41; ОСТРОВ СОКРОВИЩ с блестками формата А4 позволят создать уникальную и эффектную поделку! Толщина каждого листа – 1 мм, размер листа – 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами – ему можно придать любую форму, растягивая и скручивая. Яркие цвета с блестками помогут выгодно выделить вашу поделку, а их насыщенность не оставит никого равнодушным. Такие цвета легко запоминаются и подчеркнут индивидуальность.Используется для создания флористического декора, аппликаций, сувениров, украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.</t>
   </si>
   <si>
     <t>1012584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d38/x1bht8zzd8y2mphtnv3vv831qfv4mb81.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 2 мм, НАБОР, 20 листов, 20 цветов, пастельные цвета, блестки, ОСТРОВ СОКРОВИЩ, 665665</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. 20 пастельных цветов фоамирана &amp;#40;пористой резины&amp;#41; ОСТРОВ СОКРОВИЩ с блестками формата А4 позволят создать уникальную и эффектную поделку! Толщина каждого листа – 2 мм, размер листа – 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами – ему можно придать любую форму, растягивая и скручивая. Пастельные цвета с блестками помогут выгодно выделить вашу поделку, а их насыщенность не оставит никого равнодушным. Такие цвета легко запоминаются и подчеркнут индивидуальность.Используется для создания флористического декора, аппликаций, сувениров, украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.</t>
   </si>
   <si>
     <t>1012585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adf/bllakqpnrzljup8uxqs2tj0nlhuytmeh.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 2 мм, НАБОР, 20 листов, 20 цветов, яркие цвета, ОСТРОВ СОКРОВИЩ, 665663</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. 20 интенсивных цветов фоамирана &amp;#40;пористой резины&amp;#41; ОСТРОВ СОКРОВИЩ формата А4 позволят создать уникальную и эффектную поделку! Толщина каждого листа – 2 мм, размер листа – 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами – ему можно придать любую форму, растягивая и скручивая. Яркие цвета помогут выгодно выделить вашу поделку, а их насыщенность не оставит никого равнодушным. Такие цвета легко запоминаются и подчеркнут индивидуальность.Используется для создания флористического декора, аппликаций, сувениров, украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.</t>
   </si>
   <si>
     <t>1012586</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ca9/j7p91xjmu6e8ms8pgt5sn7eni36rbzs4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/015/fm4iozbfanys28bg8y11wespc0s67mls.jpg</t>
   </si>
   <si>
     <t>Пористая резина фоамиран А4, 2 мм, НАБОР, 30 листов, 30 цветов, яркие цвета, ОСТРОВ СОКРОВИЩ, 665664</t>
   </si>
   <si>
     <t>Цветная пористая резина &amp;#40;фоамиран&amp;#41; ОСТРОВ СОКРОВИЩ предназначена для хобби, творчества и рукоделия. 30 интенсивных цветов фоамирана &amp;#40;пористой резины&amp;#41; ОСТРОВ СОКРОВИЩ формата А4 позволят создать уникальную и эффектную поделку! Толщина каждого листа – 2 мм, размер листа – 29,7х21 см. Материал очень прост в использовании: легко режется обычными ножницами – ему можно придать любую форму, растягивая и скручивая. Интенсивные цвета помогут выгодно выделить вашу поделку, а их насыщенность не оставит никого равнодушным. Такие цвета легко запоминаются и подчеркнут индивидуальность.Используется для создания флористического декора, аппликаций, сувениров, украшений. Готовые изделия представляют собой: аксессуары для волос &amp;#40;банты, ободки, резинки, короны&amp;#41;, бижутерию, банты для подарочных упаковок, елочные игрушки.Фоамиран не токсичен, безопасен для детей.</t>
   </si>
   <si>
     <t>1012588</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fbb/mk331j0u190g1puyr6ilhs9uz7cyc5tf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a2d/cf9afm949rr6nxyz2pxx7fxa3p6bylkc.jpg</t>
   </si>
   <si>
     <t>Фетр супер жесткий А4, 1 мм, 10 листов, 10 цветов, плотность 160 г м2, ОСТРОВ СОКРОВИЩ, 665667</t>
   </si>
   <si>
     <t>Цветной фетр ОСТРОВ СОКРОВИЩ предназначен для создания ярких творческих поделок дома, в школе или в детском саду. Используется для создания аппликаций и вышивки, легко режется и приклеивается на ровную поверхность. Плотность 160 г/м2 и толщина 1 мм гарантируют поделкам отличное качество и долгий срок службы. Цветной фетр формата А4 поставляется в упаковке по 10 листов &amp;#40;10 насыщенных цветов&amp;#41;. Такое многообразие оттенков придется по вкусу самому взыскательному покупателю. Фетр ОСТРОВ СОКРОВИЩ обладает ОСОБО ЖЕСТКОЙ фактурой, благодаря чему прекрасно держит форму и не скатывается. Это удобный материал для изготовления поделок, аппликаций и предметов декора. Края не осыпаются при разрезании, поэтому не нуждаются в дополнительной обработке.Данный товар относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1012591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/911/0ne0up01p7700k58s23lice7jhrtv0na.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 мелованная ВОЛШЕБНАЯ, 10 листов, 10 цветов, 200х280 мм, ЮНЛАНДИЯ  quot;ДОМИКИ quot;, 116959</t>
   </si>
   <si>
     <t>Цветная бумага ЮНЛАНДИЯ предназначена для творчества и хобби и может использоваться, начиная с трехлетнего возраста, для развития моторики и фантазии ребенка. Набор мелованной &amp;#40;глянцевой&amp;#41; односторонней цветной бумаги плотностью 90 г/м2 включает 8 листов формата А4 &amp;#40;200х280 мм&amp;#41; в 8-ми разнообразных и насыщенных однородных цветах &amp;#43; 2 листа мелованной бумаги плотностью 90 г/м – золотого и серебряного цвета. Листы легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>1012592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6a/hjsba0slndoji74je165mz300g4fh1k8.jpg</t>
@@ -7128,116 +7023,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c98/dcqs5psfty0ir0ssx760c896bd6ony4q.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 ТОНИРОВАННАЯ В МАССЕ, 40 листов, 20 цветов, склейка, 80 г м2, BRAUBERG, 116339</t>
   </si>
   <si>
     <t>Набор цветной двухсторонней тонированной бумаги BRAUBERG предназначен для творчества, хобби, моделирования. Подходит для детей в возрасте от 3 лет, для развития моторики и фантазии. Немелованная двусторонняя цветная бумага окрашивается непосредственно в процессе изготовления и обладает плотностью 80 г/м2. Набор включает 40 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 20 разнообразных и насыщенных однородных цветах. Листы скреплены при помощи альбомной склейки, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>1012595</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65b/79122c0a1sbhdmztcl31qdk5t829wxjs.jpg</t>
   </si>
   <si>
     <t>Цветная бумага А4 ТОНИРОВАННАЯ В МАССЕ, 60 листов, 12 цветов, в папке, 80 г м2, BRAUBERG, 210х297 мм, 117615</t>
   </si>
   <si>
     <t>Набор цветной бумаги BRAUBERG предназначен для творчества, хобби, моделирования, оформления презентаций как любителями, так и профессионально занимающимися людьми. Набор офсетной двусторонней цветной бумаги плотностью 80 г/м2 включает 60 листов формата А4 &amp;#40;210х297 мм&amp;#41; в 12-ти разнообразных и насыщенных однородных цветах. Листы уложены в картонную папку и упакованы в полиэтиленовый пакет с липким краем, легко режутся и сгибаются.</t>
   </si>
   <si>
     <t>1012596</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/19f/89shb2tgpmwnbfjzigk2zi99q5icp00u.jpg</t>
-[...5 lines deleted...]
-    <t>1012646</t>
+    <t>http://anytos.ru//upload/iblock/01b/ptvqljlc5hsxkq74iw0z2voz89xp4y8i.jpg</t>
+  </si>
+  <si>
+    <t>Цветной фетр для творчества, 400х600 мм, ОСТРОВ СОКРОВИЩ BRAUBERG, 3 листа, толщина 4 мм, плотный, желтый, 660660</t>
+  </si>
+  <si>
+    <t>Цветной фетр BRAUBERG предназначен для создания ярких творческих поделок дома, в школе и в детском саду. Используется для создания аппликаций и вышивания, легко режется и приклеивается на ровную поверхность. Плотность - 500 г/м2 и толщина в 4 мм гарантируют поделкам отличное качество и долгий срок службы. Цветной фетр формата 400х600 мм поставляется в упаковке по 3 листа насыщенного желтого цвета. Плотный фетр отлично держит форму и используется в качестве основы при создании игрушек и других поделок. Материл обладает приятной фактурой, прост и удобен в использовании. Края не осыпаются при отрезании, благодаря чему не нуждаются в дополнительной обработке.Данный товар относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>1012597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4e/020io2ha61a2n1wkkmr88fyr7djk6k8z.jpg</t>
   </si>
   <si>
     <t>Бумага цветная CLAIREFONTAINE, А4, 80 г м2, 500 л.  4 цвета x 125 л. , микс неон, Франция, 1705SC</t>
   </si>
   <si>
     <t>Цветная бумага премиум-класса CLAIREFONTAINE обеспечивает превосходное качество при копировании, печати на лазерном или струйном принтере. Бумага серии TROPHЕE от французского производителя CLAIREFONTAINE выпускается в широкой цветовой гамме. Упакована в пачку из 500 листов формата А4. В упаковке – бумага неонового тона разного цвета &amp;#40;розовый, зеленый, желтый, оранжевый&amp;#41;. Листы бумаги плотностью 80 г/м2 подходят для офисной техники. Уникальные технические характеристики бумаги обеспечивают превосходное качество печати, надежность работы высокопроизводительных аппаратов, продлевают срок службы техники. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1015760</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e17/y8cki7kjk68k152sfsosceq33j9mxp34.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b87/6zoo75c90l5047udrvvru8f88q3st9ea.jpg</t>
   </si>
   <si>
     <t>Бумага цветная CLAIREFONTAINE, А4, 80 г м2, 500 л., интенсив, кораллово-красный, Франция, 8175PC</t>
   </si>
   <si>
     <t>Цветная бумага премиум-класса CLAIREFONTAINE обеспечивает превосходное качество при копировании, печати на лазерном или струйном принтере. Бумага серии TROPHЕE от французского производителя CLAIREFONTAINE выпускается в широкой цветовой гамме. Упакована в пачку из 500 листов формата А4. В упаковке – бумага интенсивного тона красного цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники. Уникальные технические характеристики бумаги обеспечивают превосходное качество печати, надежность работы высокопроизводительных аппаратов, продлевают срок службы техники. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1015762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb5/m88klehsyav0pyqkecw34uns76tm3cv8.jpg</t>
   </si>
   <si>
     <t>Бумага цветная CLAIREFONTAINE, А4, 80 г м2, 500 л., интенсив, королевский синий, Франция, 1976PC</t>
   </si>
   <si>
     <t>Цветная бумага премиум-класса CLAIREFONTAINE обеспечивает превосходное качество при копировании, печати на лазерном или струйном принтере. Бумага серии TROPHЕE от французского производителя CLAIREFONTAINE выпускается в широкой цветовой гамме. Упакована в пачку из 500 листов формата А4. В упаковке – бумага интенсивного тона синего цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники. Уникальные технические характеристики бумаги обеспечивают превосходное качество печати, надежность работы высокопроизводительных аппаратов, продлевают срок службы техники. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1015763</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/576/y607kzcsg4vq1wc861hfwe3n2ybjrew5.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8cd/psme6mdnoijfb6bxmnycz7w8olvv1rsj.jpg</t>
   </si>
   <si>
     <t>Бумага цветная CLAIREFONTAINE, А4, 80 г м2, 500 л., интенсив, солнечно-желтый, Франция, 1978PC</t>
   </si>
   <si>
     <t>Цветная бумага премиум-класса CLAIREFONTAINE обеспечивает превосходное качество при копировании, печати на лазерном или струйном принтере. Бумага серии TROPHЕE от французского производителя CLAIREFONTAINE выпускается в широкой цветовой гамме. Упакована в пачку из 500 листов формата А4. В упаковке – бумага интенсивного тона солнечно-желтого цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники. Уникальные технические характеристики бумаги обеспечивают превосходное качество печати, надежность работы высокопроизводительных аппаратов, продлевают срок службы техники. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1015765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76d/h3hohnqznzybngievcx8o3uyctvmr6mz.jpg</t>
   </si>
   <si>
     <t>Бумага цветная CLAIREFONTAINE, А4, 80 г м2, 500 л., интенсив, травяной, Франция, 1991C, 1991PC</t>
   </si>
   <si>
     <t>Цветная бумага премиум-класса CLAIREFONTAINE обеспечивает превосходное качество при копировании, печати на лазерном или струйном принтере. Бумага серии TROPHЕE от французского производителя CLAIREFONTAINE выпускается в широкой цветовой гамме. Упакована в пачку из 500 листов формата А4. В упаковке – бумага интенсивного тона зеленого цвета. Листы бумаги плотностью 80 г/м2 подходят для офисной техники. Уникальные технические характеристики бумаги обеспечивают превосходное качество печати, надежность работы высокопроизводительных аппаратов, продлевают срок службы техники. Цветопередача монитора может искажать реальный цвет бумаги.</t>
   </si>
   <si>
     <t>1015766</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/223/a9eivfghl31aycsz4h6pnhpko3j25cs9.jpg</t>
@@ -7552,50 +7429,266 @@
     <t>1015792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5e/epinlte6oror6xxqvaifon94qds3vr64.jpg</t>
   </si>
   <si>
     <t>Цветная бумага ТИШЬЮ 17 г м2, А4  210х297 мм , 20 листов, 10 цветов интенсив, в папке, BRAUBERG, 116498</t>
   </si>
   <si>
     <t>Данный набор бумаги тишью предназначен для детского творчества. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги интенсивного тона состоит из 20 листов, представленных в 10 цветах формата А4 и имеет плотность 17 г/м2. Бумага упакована в красочную картонную папку. Ваш ребенок сможет в полной мере окунуться с вами в мир фантазий, создавая свои первые поделки и аппликации. Набор так же можно использовать для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
   </si>
   <si>
     <t>1015793</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b17/ptlge3rvw2bpya8neazc010pfwi7att6.jpg</t>
   </si>
   <si>
     <t>Цветная бумага ТИШЬЮ 17 г м2, А4  210х297 мм , 80 листов, 40 цветов в папке, BRAUBERG, 116499</t>
   </si>
   <si>
     <t>Данный набор бумаги тишью предназначена для детского творчества. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги состоит из 80 листов, представленных в 40 цветах формата А4, и имеет плотность 17 г/м2. Бумага упакована в красочную картонную папку. Ваш ребенок сможет в полной мере окунуться с вами в мир фантазий, создавая свои первые поделки и аппликации. Набор так же можно использовать для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
   </si>
   <si>
     <t>1015794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7f/5mk046zflp0g04jqmn7c2hpgilpgtsy7.jpg</t>
+  </si>
+  <si>
+    <t>Бумага цветная ПЛОТНАЯ BRAUBERG, А4, 160 г м2, 250 л., красная, интенсив, для печати, творчества, 116672</t>
+  </si>
+  <si>
+    <t>Цветная бумага BRAUBERG предназначена для использования в офисе и дома. Идеально подойдет для офисной техники, а также для детского творчества &amp;#40;изготовления поделок и аппликаций, оригами&amp;#41;. Упакована в пачку из 250 листов формата А4. В упаковке бумага интенсивного тона красного цвета. Листы бумаги с повышенной плотностью 160 г/м2 подходят для офисной техники.Поставляется в упаковке &amp;quot;полибэг&amp;quot; &amp;#40;Polybag&amp;#41;, которая представляет собой прочный прозрачный полиэтиленовый конверт, надежно защищающий бумагу при транспортировке. С одной стороны полибэг имеет заклеивающийся клапан, что предоставляет возможность многократно открывать и закрывать упаковку.Цветопередача монитора может искажать реальный цвет бумаги.</t>
+  </si>
+  <si>
+    <t>1017628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bd/eb8ubl3sd89159a20pmc86qhxq9id1h0.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, голубой цвет, ЗОЛОТАЯ СКАЗКА, 116478</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги голубого цвета состоит из 10 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa6/skzubyrdqe3ez33k2yqxkv1u93162dgv.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, коралловый цвет, ЗОЛОТАЯ СКАЗКА, 116477</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги кораллового цвета состоит из 10 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/859/zzghfasu5eqldg6ao33nwotxw81l1u6p.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, лимонный цвет, ЗОЛОТАЯ СКАЗКА, 116479</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги лимонного цвета состоит из 10 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ff/hl5vknglsn04amfvy646rcfgfuvfk7z0.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, персиковый цвет, ЗОЛОТАЯ СКАЗКА, 116481</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги персикового цвета состоит из 10 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d9/o5msxf17h1w8796dahld90xrssjvzn67.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, салатовый цвет, ЗОЛОТАЯ СКАЗКА, 116482</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги салатового цвета состоит из 10 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f62/vu6flx8ee1ixzrtduau647w0jl88cdzh.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, сиреневый цвет, ЗОЛОТАЯ СКАЗКА, 116480</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги сиреневого цвета состоит из 10 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9d/cu4hlhhe5mx3ecq7f9y72n9m20voo3gh.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, цвет белый, ЗОЛОТАЯ СКАЗКА, 116483</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги состоит из 10 листов белого цвета формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e6/ab4wi67s908me203pc0iqdasmscozy13.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 10 листов, черный цвет, ЗОЛОТАЯ СКАЗКА, 116484</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги состоит из 10 листов черного цвета формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет с отверстием для подвешивания. Если вы творческий человек и увлекаетесь поделками из бумаги тишью, то благодаря данному отверстию вы можете организовать хранение бумаги в наглядном, доступном месте, подвесив ее над своим рабочим местом. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e6/igoc0oh3qe7tvtjrmlhw0fpnhnjs03q6.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 100 листов, 20 цветов, интенсив ассорти, ЗОЛОТАЯ СКАЗКА, 116496</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги интенсивного тона состоит из 100 листов, представленных в 20 цветах формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017637</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f92/ika3lmkgs33wpvaieahcyd0cfh7wi529.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, белый цвет, ЗОЛОТАЯ СКАЗКА, 116491</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги состоит из 50 листов белого цвета формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e3/wdr48vbriwwlxtm26lg8goizk7ugr744.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, голубой цвет, ЗОЛОТАЯ СКАЗКА, 116486</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги голубого цвета состоит из 50 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/308/x1akb2nubmz83erdr1m1ptx4hvyahkok.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, коралловый цвет, ЗОЛОТАЯ СКАЗКА, 116485</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги кораллового цвета состоит из 50 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f6/8wl0ux333gd0rtdwai0692v8lyu0i91a.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, лимонный цвет, ЗОЛОТАЯ СКАЗКА, 116487</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги лимонного цвета состоит из 50 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017641</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9f/8qtf9lb4ygxsqo67jcrlr4pj0w2p389q.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, персиковый цвет, ЗОЛОТАЯ СКАЗКА, 116489</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги персикового цвета состоит из 50 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017642</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/804/47tgvbnt2iaxghra0y6xwsls0he1p31m.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, салатовый цвет, ЗОЛОТАЯ СКАЗКА, 116490</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги салатового цвета состоит из 50 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/387/mkjcc42o3ca72oe4o4aeg0r5d2xlj5oz.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, 50х66 см, 50 листов, сиреневый цвет, ЗОЛОТАЯ СКАЗКА, 116488</t>
+  </si>
+  <si>
+    <t>Бумага тишью предназначена для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги сиреневого цвета состоит из 50 листов формата 50х66 см и имеет плотность 17 г/м2. Бумага упакована в пакет. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef0/gzcmfmrqpew86p1j550pcgi28nkdglu4.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага ТИШЬЮ 17 г м2, А4  210х297 мм , 20 листов, 10 цветов пастель, в папке, BRAUBERG, 116497</t>
+  </si>
+  <si>
+    <t>Данный набор бумаги тишью предназначена для детского творчества. Может использоваться детьми от 3 лет для развития моторики и воображения. Набор бумаги пастельного тона состоит из 20 листов, представленных в 10 цветах формата А4, и имеет плотность 17 г/м2. Бумага упакована в красочную картонную папку. Ваш ребенок сможет в полной мере окунуться с вами в мир фантазий, создавая свои первые поделки и аппликации. Набор так же можно использовать для оформления подарков, декорирования, создания красивых цветочных композиций, украшения интерьеров, скрапбукинга. Ваши творческие идеи оживут от одного прикосновения к этой бумаге! Она позволит вам раскрыться в полной мере, как дизайнеру, при оформлении подарков на свадьбы, дни рождения, памятные даты!</t>
+  </si>
+  <si>
+    <t>1017645</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7922,14684 +8015,14826 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J657"/>
+  <dimension ref="A1:M662"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G657" sqref="G657"/>
+      <selection pane="bottomRight" activeCell="G662" sqref="G662"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...29 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="G14" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...65 lines deleted...]
-      <c r="C17" s="1" t="s">
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E18" s="3" t="s">
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...134 lines deleted...]
-      <c r="E24" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...56 lines deleted...]
-      <c r="B27" s="1" t="s">
+      <c r="G37" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...65 lines deleted...]
-      <c r="B30" s="1" t="s">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...245 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>167</v>
+        <v>16</v>
       </c>
       <c r="G42" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>178</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F43" s="3" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>187</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F54" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...22 lines deleted...]
-      <c r="C52" s="1" t="s">
+      <c r="G54" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F58" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="G58" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...33 lines deleted...]
-      <c r="B54" s="1" t="s">
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...131 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="G67" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...114 lines deleted...]
-      <c r="B65" s="1" t="s">
+      <c r="G68" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...390 lines deleted...]
-      <c r="C82" s="1" t="s">
+      <c r="G82" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...12 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>200</v>
+        <v>245</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>200</v>
+        <v>245</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>205</v>
+        <v>245</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>47</v>
+        <v>220</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>47</v>
+        <v>245</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>47</v>
+        <v>245</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>47</v>
+        <v>245</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>226</v>
+        <v>50</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>226</v>
+        <v>50</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>205</v>
+        <v>50</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>47</v>
+        <v>245</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>47</v>
+        <v>245</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>253</v>
+        <v>268</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>455</v>
+        <v>50</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>455</v>
+        <v>50</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>463</v>
+        <v>96</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>463</v>
+        <v>268</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="F115" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G126" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="G115" s="3" t="s">
-[...42 lines deleted...]
-      <c r="F117" s="3" t="s">
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G132" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="G117" s="3" t="s">
-[...142 lines deleted...]
-      <c r="A124" s="1" t="s">
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F136" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...289 lines deleted...]
-      </c>
       <c r="G136" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>200</v>
+        <v>268</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>200</v>
+        <v>502</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B141" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...392 lines deleted...]
-      </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>635</v>
+        <v>96</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>648</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>648</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>173</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>173</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>713</v>
+        <v>725</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>714</v>
+        <v>726</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>713</v>
+        <v>729</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>714</v>
+        <v>730</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>731</v>
+        <v>743</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B187" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B187" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>753</v>
+        <v>734</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>756</v>
+        <v>733</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>757</v>
+        <v>734</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>759</v>
-[...5 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>761</v>
+        <v>733</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>762</v>
+        <v>734</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>759</v>
-[...5 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>765</v>
+        <v>733</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>766</v>
+        <v>734</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>779</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>779</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>781</v>
+        <v>794</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="B209" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C209" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>802</v>
+        <v>815</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="B243" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C243" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>635</v>
+        <v>968</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>965</v>
+        <v>96</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="B257" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="C257" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D257" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1011</v>
+        <v>1017</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>976</v>
+        <v>1019</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1024</v>
+        <v>979</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1028</v>
+        <v>979</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>976</v>
+        <v>1064</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1070</v>
+        <v>979</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1074</v>
+        <v>979</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1078</v>
+        <v>979</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1082</v>
+        <v>979</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B296" s="1" t="s">
-[...829 lines deleted...]
-      </c>
       <c r="C332" s="1" t="s">
-        <v>1159</v>
+        <v>979</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1216</v>
+        <v>1225</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1159</v>
+        <v>1226</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>47</v>
+        <v>1228</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1159</v>
+        <v>1231</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>47</v>
+        <v>1228</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1159</v>
+        <v>1235</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1225</v>
+        <v>1236</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>47</v>
+        <v>1228</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1226</v>
+        <v>1237</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
       <c r="C336" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="F336" s="3" t="s">
         <v>1228</v>
       </c>
-      <c r="D336" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G336" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1230</v>
+        <v>1241</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1231</v>
+        <v>1242</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1232</v>
+        <v>1243</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1233</v>
+        <v>1244</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>47</v>
+        <v>1228</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1235</v>
+        <v>1246</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1236</v>
+        <v>1247</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1237</v>
+        <v>1248</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>97</v>
+        <v>1228</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1238</v>
+        <v>1249</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1239</v>
+        <v>1250</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1240</v>
+        <v>1251</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1241</v>
+        <v>1252</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>97</v>
+        <v>1228</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1242</v>
+        <v>1253</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>97</v>
+        <v>1228</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>97</v>
+        <v>1228</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1115</v>
+        <v>1262</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>976</v>
+        <v>1263</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1251</v>
+        <v>1264</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>47</v>
+        <v>1228</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1252</v>
+        <v>1265</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1253</v>
+        <v>1266</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1254</v>
+        <v>1267</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1255</v>
+        <v>1268</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1257</v>
+        <v>1270</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1258</v>
+        <v>1271</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1259</v>
+        <v>1272</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1260</v>
+        <v>1273</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1261</v>
+        <v>1274</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1262</v>
+        <v>1275</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1263</v>
+        <v>1276</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1265</v>
+        <v>1278</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1267</v>
+        <v>1280</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1268</v>
+        <v>1281</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F347" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F348" s="3" t="s">
         <v>1269</v>
       </c>
-      <c r="B347" s="1" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="G348" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1277</v>
+        <v>1290</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1278</v>
+        <v>1291</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1279</v>
+        <v>1292</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1284</v>
+        <v>1297</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1285</v>
+        <v>1298</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>1305</v>
+        <v>1269</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1321</v>
+        <v>1333</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1322</v>
+        <v>1334</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1323</v>
+        <v>1335</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1327</v>
+        <v>1339</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1328</v>
+        <v>1340</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>1305</v>
+        <v>1228</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1330</v>
+        <v>1342</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1331</v>
+        <v>1343</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>1305</v>
+        <v>1228</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1305</v>
+        <v>1228</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1305</v>
+        <v>1228</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1348</v>
+        <v>1360</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1305</v>
+        <v>1228</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1305</v>
+        <v>1228</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1433</v>
+        <v>1445</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1434</v>
+        <v>1446</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1435</v>
+        <v>1447</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1436</v>
+        <v>1448</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1441</v>
+        <v>1453</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1442</v>
+        <v>1454</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1468</v>
+        <v>1480</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1472</v>
+        <v>1484</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1473</v>
+        <v>1485</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1474</v>
+        <v>1486</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1475</v>
+        <v>1487</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1476</v>
+        <v>1488</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1477</v>
+        <v>1489</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1487</v>
+        <v>1499</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1488</v>
+        <v>1500</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1489</v>
+        <v>1501</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1490</v>
+        <v>1502</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1491</v>
+        <v>1503</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1492</v>
+        <v>1504</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1493</v>
+        <v>1505</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1494</v>
+        <v>1506</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1495</v>
+        <v>1507</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1496</v>
+        <v>1508</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1497</v>
+        <v>1509</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1498</v>
+        <v>1510</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1499</v>
+        <v>1511</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1500</v>
+        <v>1512</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1501</v>
+        <v>1513</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1502</v>
+        <v>1514</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1503</v>
+        <v>1515</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1504</v>
+        <v>1516</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1505</v>
+        <v>1517</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1506</v>
+        <v>1518</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1507</v>
+        <v>1519</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1509</v>
+        <v>1521</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1510</v>
+        <v>1522</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1513</v>
+        <v>1525</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="B408" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F424" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B426" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...412 lines deleted...]
-      </c>
       <c r="D426" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>1256</v>
+        <v>1228</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1609</v>
+        <v>1619</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>1256</v>
+        <v>268</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1611</v>
+        <v>1621</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1612</v>
+        <v>1622</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1613</v>
+        <v>1623</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>1256</v>
+        <v>245</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1614</v>
+        <v>1624</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1615</v>
+        <v>1625</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1616</v>
+        <v>1626</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>1256</v>
+        <v>220</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1618</v>
+        <v>1628</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1619</v>
+        <v>1629</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1621</v>
+        <v>1631</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1622</v>
+        <v>1632</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1623</v>
+        <v>1633</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1624</v>
+        <v>1634</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1625</v>
+        <v>1635</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>1256</v>
+        <v>220</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1626</v>
+        <v>1636</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1627</v>
+        <v>1637</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1628</v>
+        <v>1638</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1629</v>
+        <v>1639</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1630</v>
+        <v>1640</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1631</v>
+        <v>1641</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1632</v>
+        <v>1642</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1633</v>
+        <v>1643</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>1256</v>
+        <v>220</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1634</v>
+        <v>1644</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1551</v>
+        <v>1645</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1552</v>
+        <v>1646</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1635</v>
+        <v>1647</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1638</v>
+        <v>1650</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1639</v>
+        <v>1651</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>1256</v>
+        <v>96</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1640</v>
+        <v>1652</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1644</v>
+        <v>1656</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1646</v>
+        <v>979</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1648</v>
+        <v>1659</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1649</v>
+        <v>1660</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1650</v>
+        <v>1661</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1651</v>
+        <v>1662</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1653</v>
+        <v>1664</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1654</v>
+        <v>1665</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1655</v>
+        <v>1666</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-    <row r="444" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1656</v>
+        <v>1667</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1657</v>
+        <v>1668</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1658</v>
+        <v>1669</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1659</v>
+        <v>1670</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-    <row r="445" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1661</v>
+        <v>1672</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1662</v>
+        <v>1673</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1663</v>
+        <v>1674</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-    <row r="446" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
-        <v>1664</v>
+        <v>1675</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1665</v>
+        <v>1676</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1666</v>
+        <v>1677</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1667</v>
+        <v>1678</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-    <row r="447" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
-        <v>1668</v>
+        <v>1679</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1669</v>
+        <v>1680</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-    <row r="448" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1672</v>
+        <v>1683</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1673</v>
+        <v>1684</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1674</v>
+        <v>1685</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>1675</v>
+        <v>1686</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-    <row r="449" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1676</v>
+        <v>1687</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1678</v>
+        <v>1689</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1679</v>
+        <v>1690</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-    <row r="450" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1680</v>
+        <v>1691</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1681</v>
+        <v>1692</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1682</v>
+        <v>1693</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>1683</v>
+        <v>1694</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-    <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1684</v>
+        <v>1695</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>976</v>
+        <v>1697</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1686</v>
+        <v>1698</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-    <row r="452" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1687</v>
+        <v>1699</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1688</v>
+        <v>1700</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1689</v>
+        <v>1701</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1690</v>
+        <v>1702</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-    <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1691</v>
+        <v>1703</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1692</v>
+        <v>1704</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1693</v>
+        <v>1705</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1694</v>
+        <v>1706</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1695</v>
+        <v>1707</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1698</v>
+        <v>1710</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1699</v>
+        <v>1711</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1700</v>
+        <v>1712</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1711</v>
+        <v>1723</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1719</v>
+        <v>1731</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1720</v>
+        <v>1732</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1721</v>
+        <v>1733</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1722</v>
+        <v>1734</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1723</v>
+        <v>1735</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1729</v>
+        <v>1741</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1730</v>
+        <v>1742</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1731</v>
+        <v>1743</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1732</v>
+        <v>1744</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1733</v>
+        <v>1745</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1734</v>
+        <v>1746</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1735</v>
+        <v>1747</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1736</v>
+        <v>1748</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1737</v>
+        <v>1749</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1741</v>
+        <v>1753</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1742</v>
+        <v>1754</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1743</v>
+        <v>1755</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1744</v>
+        <v>1756</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1745</v>
+        <v>1757</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1751</v>
+        <v>1763</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1764</v>
+        <v>1776</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1765</v>
+        <v>1777</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1772</v>
+        <v>1784</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1773</v>
+        <v>1785</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1778</v>
+        <v>1790</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1779</v>
+        <v>1791</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1780</v>
+        <v>1792</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1781</v>
+        <v>1793</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1784</v>
+        <v>1796</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1785</v>
+        <v>1797</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1786</v>
+        <v>1798</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1789</v>
+        <v>1801</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1790</v>
+        <v>1802</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1791</v>
+        <v>1803</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1792</v>
+        <v>1804</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1793</v>
+        <v>1805</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1797</v>
+        <v>1809</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1798</v>
+        <v>1810</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1800</v>
+        <v>1812</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1818</v>
+        <v>1830</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1819</v>
+        <v>1831</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1820</v>
+        <v>1832</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1821</v>
+        <v>1833</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1822</v>
+        <v>1834</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1823</v>
+        <v>1835</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1824</v>
+        <v>1836</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1825</v>
+        <v>1837</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1826</v>
+        <v>1838</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1827</v>
+        <v>1839</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1828</v>
+        <v>1840</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1829</v>
+        <v>1841</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1835</v>
+        <v>1847</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1837</v>
+        <v>1849</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1838</v>
+        <v>1850</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1839</v>
+        <v>1851</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1840</v>
+        <v>1852</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1842</v>
+        <v>1854</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1845</v>
+        <v>1857</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1846</v>
+        <v>1858</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1847</v>
+        <v>1859</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1848</v>
+        <v>1860</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1849</v>
+        <v>1861</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1850</v>
+        <v>1862</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1851</v>
+        <v>1863</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1852</v>
+        <v>1864</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1853</v>
+        <v>1865</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1854</v>
+        <v>1866</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1855</v>
+        <v>1867</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1856</v>
+        <v>1868</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1857</v>
+        <v>1869</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1858</v>
+        <v>1870</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1859</v>
+        <v>1871</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1860</v>
+        <v>1872</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1861</v>
+        <v>1873</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1865</v>
+        <v>1877</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1866</v>
+        <v>1878</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1867</v>
+        <v>1879</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1868</v>
+        <v>1880</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1869</v>
+        <v>1881</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1870</v>
+        <v>1882</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1871</v>
+        <v>1883</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1873</v>
+        <v>1885</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1874</v>
+        <v>1886</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1875</v>
+        <v>1887</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1876</v>
+        <v>1888</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1877</v>
+        <v>1889</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1878</v>
+        <v>1890</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1879</v>
+        <v>1891</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1880</v>
+        <v>1892</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1881</v>
+        <v>1893</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1883</v>
+        <v>1895</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1887</v>
+        <v>1899</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1888</v>
+        <v>1900</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1889</v>
+        <v>1901</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1891</v>
+        <v>1903</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1892</v>
+        <v>1904</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1893</v>
+        <v>1905</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1894</v>
+        <v>1906</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1895</v>
+        <v>1907</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1896</v>
+        <v>1908</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1897</v>
+        <v>1909</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1898</v>
+        <v>1910</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1899</v>
+        <v>1911</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1900</v>
+        <v>1912</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1901</v>
+        <v>1913</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1902</v>
+        <v>1914</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1903</v>
+        <v>1915</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1904</v>
+        <v>1916</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1905</v>
+        <v>1917</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1906</v>
+        <v>1918</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1907</v>
+        <v>1919</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1908</v>
+        <v>1920</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1909</v>
+        <v>1921</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1912</v>
+        <v>1924</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1915</v>
+        <v>1927</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1916</v>
+        <v>1928</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1918</v>
+        <v>1930</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>220</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1920</v>
+        <v>1932</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1921</v>
+        <v>1933</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1922</v>
+        <v>1934</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1935</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1923</v>
+        <v>1936</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1924</v>
+        <v>1937</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1925</v>
+        <v>1938</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1926</v>
+        <v>1939</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>494</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1927</v>
+        <v>1940</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1929</v>
+        <v>1942</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1930</v>
+        <v>1943</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1935</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1931</v>
+        <v>1944</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1932</v>
+        <v>1945</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1933</v>
+        <v>1946</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1934</v>
+        <v>1947</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F514" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F515" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F516" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E517" s="3" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F517" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F518" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E519" s="3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F519" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F520" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E521" s="3" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F521" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F522" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F523" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F524" s="3" t="s">
+        <v>1992</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F525" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F526" s="3" t="s">
+        <v>2001</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" s="3" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F527" s="3" t="s">
+        <v>2001</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F528" s="3" t="s">
+        <v>2010</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="3" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F529" s="3" t="s">
+        <v>2010</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="3" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F530" s="3" t="s">
+        <v>2010</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E531" s="3" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F531" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E532" s="3" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F532" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" s="3" t="s">
+        <v>2031</v>
+      </c>
+      <c r="F533" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="3" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F534" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="F535" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="3" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F536" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F537" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>2051</v>
+      </c>
+      <c r="F538" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E539" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F539" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F540" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F541" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E542" s="3" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F542" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E543" s="3" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F543" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E544" s="3" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F544" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F545" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E546" s="3" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F546" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E547" s="3" t="s">
+        <v>2087</v>
+      </c>
+      <c r="F547" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E548" s="3" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F548" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A549" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F549" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G549" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A550" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F550" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A551" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F551" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A552" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F552" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F553" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F554" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F555" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F556" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F557" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>2132</v>
+      </c>
+      <c r="F558" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F559" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F560" s="3" t="s">
         <v>1935</v>
       </c>
-      <c r="B514" s="1" t="s">
-[...1071 lines deleted...]
-      </c>
       <c r="G560" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2128</v>
+        <v>2141</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2129</v>
+        <v>2142</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2130</v>
+        <v>2143</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2131</v>
+        <v>2144</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>167</v>
+        <v>215</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>2132</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2133</v>
+        <v>2145</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2134</v>
+        <v>2146</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2135</v>
+        <v>2147</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2136</v>
+        <v>2148</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>97</v>
+        <v>268</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2137</v>
+        <v>2149</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2138</v>
+        <v>2150</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2139</v>
+        <v>2151</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2140</v>
+        <v>2152</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>97</v>
+        <v>215</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2141</v>
+        <v>2153</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2142</v>
+        <v>2154</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2143</v>
+        <v>2155</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2144</v>
+        <v>2156</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>97</v>
+        <v>215</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2145</v>
+        <v>2157</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2146</v>
+        <v>2158</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2147</v>
+        <v>2159</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2148</v>
+        <v>2160</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>97</v>
+        <v>245</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2149</v>
+        <v>2161</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2150</v>
+        <v>2162</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2151</v>
+        <v>2163</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2152</v>
+        <v>2164</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>97</v>
+        <v>1228</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2153</v>
+        <v>2165</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2154</v>
+        <v>2166</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2155</v>
+        <v>2167</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2156</v>
+        <v>2168</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2157</v>
+        <v>2169</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2158</v>
+        <v>2170</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2159</v>
+        <v>2171</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2160</v>
+        <v>2172</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2161</v>
+        <v>2173</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2162</v>
+        <v>2174</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2163</v>
+        <v>2175</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2164</v>
+        <v>2176</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2165</v>
+        <v>2177</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2166</v>
+        <v>2178</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2167</v>
+        <v>2179</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2168</v>
+        <v>2180</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>1963</v>
+        <v>215</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2169</v>
+        <v>2181</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2170</v>
+        <v>2182</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2171</v>
+        <v>2183</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2172</v>
+        <v>2184</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2173</v>
+        <v>2185</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2174</v>
+        <v>2186</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2175</v>
+        <v>2187</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2176</v>
+        <v>2188</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>253</v>
+        <v>2189</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2177</v>
+        <v>2190</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A575" s="1" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>226</v>
+        <v>96</v>
       </c>
       <c r="G575" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A576" s="1" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>2190</v>
+        <v>2203</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>2191</v>
+        <v>2204</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>1256</v>
+        <v>215</v>
       </c>
       <c r="G576" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A577" s="1" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>97</v>
+        <v>215</v>
       </c>
       <c r="G577" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A578" s="1" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>2198</v>
+        <v>2211</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>2200</v>
+        <v>2213</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>253</v>
+        <v>215</v>
       </c>
       <c r="G578" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A579" s="1" t="s">
-        <v>2201</v>
+        <v>2214</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>2202</v>
+        <v>2215</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>2203</v>
+        <v>2216</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>2204</v>
+        <v>2217</v>
       </c>
       <c r="F579" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G579" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A580" s="1" t="s">
-        <v>2205</v>
+        <v>2218</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2206</v>
+        <v>2219</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2207</v>
+        <v>2219</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>2208</v>
+        <v>2220</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>200</v>
+        <v>1935</v>
       </c>
       <c r="G580" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A581" s="1" t="s">
-        <v>2209</v>
+        <v>2221</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2210</v>
+        <v>2222</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2211</v>
+        <v>2222</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>2212</v>
+        <v>2223</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>200</v>
+        <v>1935</v>
       </c>
       <c r="G581" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A582" s="1" t="s">
-        <v>2213</v>
+        <v>2224</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2214</v>
+        <v>2225</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>200</v>
+        <v>1935</v>
       </c>
       <c r="G582" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
-        <v>2217</v>
+        <v>2227</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2219</v>
+        <v>2229</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>2220</v>
+        <v>2230</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>2221</v>
+        <v>220</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
-        <v>2222</v>
+        <v>2231</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2223</v>
+        <v>2232</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>97</v>
+        <v>220</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>2227</v>
+        <v>2236</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>2228</v>
+        <v>2237</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>2229</v>
+        <v>2238</v>
       </c>
       <c r="F585" s="3" t="s">
-        <v>97</v>
+        <v>1935</v>
       </c>
       <c r="G585" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A586" s="1" t="s">
-        <v>2230</v>
+        <v>2239</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2231</v>
+        <v>2240</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>2233</v>
+        <v>2241</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>97</v>
+        <v>1935</v>
       </c>
       <c r="G586" s="3" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A587" s="1" t="s">
-        <v>2234</v>
+        <v>2242</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2235</v>
+        <v>2243</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="G587" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A588" s="1" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2239</v>
+        <v>2246</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2240</v>
+        <v>2246</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>2241</v>
+        <v>2247</v>
       </c>
       <c r="F588" s="3" t="s">
-        <v>200</v>
+        <v>2248</v>
       </c>
       <c r="G588" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A589" s="1" t="s">
-        <v>2242</v>
+        <v>2249</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2244</v>
+        <v>2250</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>2245</v>
+        <v>2251</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>200</v>
+        <v>2248</v>
       </c>
       <c r="G589" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A590" s="1" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>2249</v>
+        <v>2255</v>
       </c>
       <c r="F590" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A591" s="1" t="s">
-        <v>2250</v>
+        <v>2256</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2251</v>
+        <v>2257</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2251</v>
+        <v>2258</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>2252</v>
+        <v>2259</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>1963</v>
+        <v>215</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A592" s="1" t="s">
-        <v>2253</v>
+        <v>2260</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>2254</v>
+        <v>2261</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>2255</v>
+        <v>2262</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2256</v>
+        <v>2263</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="G592" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A593" s="1" t="s">
-        <v>2257</v>
+        <v>2264</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>2258</v>
+        <v>2265</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>2259</v>
+        <v>320</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="G593" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A594" s="1" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>2263</v>
+        <v>320</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>2264</v>
+        <v>2269</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>1963</v>
+        <v>215</v>
       </c>
       <c r="G594" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A595" s="1" t="s">
-        <v>2265</v>
+        <v>2270</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>2266</v>
+        <v>2271</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>2263</v>
+        <v>2272</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>2267</v>
+        <v>2273</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>1963</v>
+        <v>215</v>
       </c>
       <c r="G595" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
-        <v>2268</v>
+        <v>2274</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2269</v>
+        <v>2275</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2270</v>
+        <v>2276</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>253</v>
+        <v>215</v>
       </c>
       <c r="G596" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A597" s="1" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2273</v>
+        <v>2280</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2274</v>
+        <v>2281</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>13</v>
+        <v>215</v>
       </c>
       <c r="G597" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A598" s="1" t="s">
-        <v>2275</v>
+        <v>2282</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2276</v>
+        <v>2283</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>2278</v>
+        <v>228</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A599" s="1" t="s">
-        <v>2279</v>
+        <v>2286</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2280</v>
+        <v>2287</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2281</v>
+        <v>2288</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>2282</v>
+        <v>2289</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G599" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A600" s="1" t="s">
-        <v>2283</v>
+        <v>2290</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>2284</v>
+        <v>2291</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>2285</v>
+        <v>2292</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>2286</v>
+        <v>2293</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G600" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A601" s="1" t="s">
-        <v>2287</v>
+        <v>2294</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2288</v>
+        <v>2295</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2289</v>
+        <v>2296</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>2290</v>
+        <v>2297</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>200</v>
+        <v>268</v>
       </c>
       <c r="G601" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A602" s="1" t="s">
-        <v>2291</v>
+        <v>2298</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2292</v>
+        <v>2299</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>301</v>
+        <v>2300</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>2293</v>
+        <v>2301</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>200</v>
+        <v>268</v>
       </c>
       <c r="G602" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A603" s="1" t="s">
-        <v>2294</v>
+        <v>2302</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2295</v>
+        <v>2303</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>301</v>
+        <v>2304</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>200</v>
+        <v>268</v>
       </c>
       <c r="G603" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A604" s="1" t="s">
-        <v>2297</v>
+        <v>2306</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2298</v>
+        <v>2307</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2299</v>
+        <v>2308</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>200</v>
+        <v>268</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2302</v>
+        <v>2311</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>2303</v>
+        <v>2312</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>2304</v>
+        <v>2313</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>200</v>
+        <v>268</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
-        <v>2305</v>
+        <v>2314</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2306</v>
+        <v>2315</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2307</v>
+        <v>2316</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2308</v>
+        <v>2317</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>200</v>
+        <v>245</v>
       </c>
       <c r="G606" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
-        <v>2309</v>
+        <v>2318</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2311</v>
+        <v>2320</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2312</v>
+        <v>2321</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="G607" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
-        <v>2313</v>
+        <v>2322</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>2314</v>
+        <v>2323</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2315</v>
+        <v>2324</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>2316</v>
+        <v>2325</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="G608" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
-        <v>2317</v>
+        <v>2326</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>2318</v>
+        <v>2327</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2319</v>
+        <v>2328</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>2320</v>
+        <v>2329</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>253</v>
+        <v>215</v>
       </c>
       <c r="G609" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
-        <v>2321</v>
+        <v>2330</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>2323</v>
+        <v>2332</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>2324</v>
+        <v>2333</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>253</v>
+        <v>215</v>
       </c>
       <c r="G610" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
-        <v>2325</v>
+        <v>2334</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>2326</v>
+        <v>2335</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>2327</v>
+        <v>2336</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>2328</v>
+        <v>2337</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>253</v>
+        <v>268</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
-        <v>2329</v>
+        <v>2338</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>2330</v>
+        <v>2339</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2331</v>
+        <v>2340</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>2332</v>
+        <v>2341</v>
       </c>
       <c r="F612" s="3" t="s">
-        <v>253</v>
+        <v>648</v>
       </c>
       <c r="G612" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A613" s="1" t="s">
-        <v>2333</v>
+        <v>2342</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>2334</v>
+        <v>2343</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>2335</v>
+        <v>2344</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>2336</v>
+        <v>2345</v>
       </c>
       <c r="F613" s="3" t="s">
-        <v>253</v>
+        <v>648</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
-        <v>2337</v>
+        <v>2346</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2338</v>
+        <v>2347</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>2339</v>
+        <v>2348</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>2340</v>
+        <v>2349</v>
       </c>
       <c r="F614" s="3" t="s">
-        <v>253</v>
+        <v>648</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
-        <v>2341</v>
+        <v>2350</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2342</v>
+        <v>2351</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2343</v>
+        <v>2352</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>2344</v>
+        <v>2353</v>
       </c>
       <c r="F615" s="3" t="s">
-        <v>253</v>
+        <v>648</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
-        <v>2345</v>
+        <v>2354</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2346</v>
+        <v>2355</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2347</v>
+        <v>2356</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>2348</v>
+        <v>2357</v>
       </c>
       <c r="F616" s="3" t="s">
-        <v>253</v>
+        <v>648</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
-        <v>2349</v>
+        <v>2358</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2350</v>
+        <v>2359</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2351</v>
+        <v>2360</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>2352</v>
+        <v>2361</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>226</v>
+        <v>648</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
-        <v>2353</v>
+        <v>2362</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2354</v>
+        <v>2363</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="F618" s="3" t="s">
-        <v>226</v>
+        <v>648</v>
       </c>
       <c r="G618" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="F619" s="3" t="s">
-        <v>200</v>
+        <v>648</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2362</v>
+        <v>2370</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="F620" s="3" t="s">
-        <v>200</v>
+        <v>648</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A621" s="1" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
       <c r="F621" s="3" t="s">
-        <v>200</v>
+        <v>648</v>
       </c>
       <c r="G621" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A622" s="1" t="s">
-        <v>2369</v>
+        <v>2377</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>2370</v>
+        <v>2378</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>2370</v>
+        <v>2379</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>2371</v>
+        <v>2380</v>
       </c>
       <c r="F622" s="3" t="s">
-        <v>1963</v>
+        <v>648</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A623" s="1" t="s">
-        <v>2372</v>
+        <v>2381</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2373</v>
+        <v>2382</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2374</v>
+        <v>2383</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>2375</v>
+        <v>2384</v>
       </c>
       <c r="F623" s="3" t="s">
-        <v>617</v>
+        <v>648</v>
       </c>
       <c r="G623" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A624" s="1" t="s">
-        <v>2376</v>
+        <v>2385</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2377</v>
+        <v>2386</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2378</v>
+        <v>2387</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>2379</v>
+        <v>2388</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>617</v>
+        <v>648</v>
       </c>
       <c r="G624" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A625" s="1" t="s">
-        <v>2380</v>
+        <v>2389</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2381</v>
+        <v>2390</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2382</v>
+        <v>2391</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>2383</v>
+        <v>2392</v>
       </c>
       <c r="F625" s="3" t="s">
-        <v>617</v>
+        <v>648</v>
       </c>
       <c r="G625" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A626" s="1" t="s">
-        <v>2384</v>
+        <v>2393</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2385</v>
+        <v>2394</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2386</v>
+        <v>2395</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>2387</v>
+        <v>2396</v>
       </c>
       <c r="F626" s="3" t="s">
-        <v>617</v>
+        <v>648</v>
       </c>
       <c r="G626" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A627" s="1" t="s">
-        <v>2388</v>
+        <v>2397</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2389</v>
+        <v>2398</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>2382</v>
+        <v>2399</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>2390</v>
+        <v>2400</v>
       </c>
       <c r="F627" s="3" t="s">
-        <v>617</v>
+        <v>228</v>
       </c>
       <c r="G627" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A628" s="1" t="s">
-        <v>2391</v>
+        <v>2401</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2392</v>
+        <v>2402</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>2393</v>
+        <v>2403</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>2394</v>
+        <v>2404</v>
       </c>
       <c r="F628" s="3" t="s">
-        <v>617</v>
+        <v>228</v>
       </c>
       <c r="G628" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A629" s="1" t="s">
-        <v>2395</v>
+        <v>2405</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>2396</v>
+        <v>2406</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>2397</v>
+        <v>2407</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>2398</v>
+        <v>2408</v>
       </c>
       <c r="F629" s="3" t="s">
-        <v>617</v>
+        <v>228</v>
       </c>
       <c r="G629" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A630" s="1" t="s">
-        <v>2399</v>
+        <v>2409</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>2400</v>
+        <v>2410</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>2401</v>
+        <v>2411</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>2402</v>
+        <v>2412</v>
       </c>
       <c r="F630" s="3" t="s">
-        <v>617</v>
+        <v>228</v>
       </c>
       <c r="G630" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A631" s="1" t="s">
-        <v>2403</v>
+        <v>2413</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>2404</v>
+        <v>2414</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>2397</v>
+        <v>2415</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>2405</v>
+        <v>2416</v>
       </c>
       <c r="F631" s="3" t="s">
-        <v>617</v>
+        <v>228</v>
       </c>
       <c r="G631" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A632" s="1" t="s">
-        <v>2406</v>
+        <v>2417</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>2407</v>
+        <v>2418</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>2408</v>
+        <v>2419</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>2409</v>
+        <v>2420</v>
       </c>
       <c r="F632" s="3" t="s">
-        <v>617</v>
+        <v>2421</v>
       </c>
       <c r="G632" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A633" s="1" t="s">
-        <v>2410</v>
+        <v>2422</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>2411</v>
+        <v>2423</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>2412</v>
+        <v>2424</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>2413</v>
+        <v>2425</v>
       </c>
       <c r="F633" s="3" t="s">
-        <v>617</v>
+        <v>2421</v>
       </c>
       <c r="G633" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A634" s="1" t="s">
-        <v>2414</v>
+        <v>2426</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>2415</v>
+        <v>2427</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>2416</v>
+        <v>2428</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>2417</v>
+        <v>2429</v>
       </c>
       <c r="F634" s="3" t="s">
-        <v>617</v>
+        <v>2430</v>
       </c>
       <c r="G634" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A635" s="1" t="s">
-        <v>2418</v>
+        <v>2431</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>2419</v>
+        <v>2432</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2420</v>
+        <v>2433</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>2421</v>
+        <v>2434</v>
       </c>
       <c r="F635" s="3" t="s">
-        <v>617</v>
+        <v>2430</v>
       </c>
       <c r="G635" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A636" s="1" t="s">
-        <v>2422</v>
+        <v>2435</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2423</v>
+        <v>2436</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2424</v>
+        <v>2437</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>2425</v>
+        <v>2438</v>
       </c>
       <c r="F636" s="3" t="s">
-        <v>617</v>
+        <v>2430</v>
       </c>
       <c r="G636" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A637" s="1" t="s">
-        <v>2426</v>
+        <v>2439</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2427</v>
+        <v>2440</v>
       </c>
       <c r="C637" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F637" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A638" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E638" s="3" t="s">
+        <v>2446</v>
+      </c>
+      <c r="F638" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A639" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E639" s="3" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F639" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A640" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E640" s="3" t="s">
+        <v>2454</v>
+      </c>
+      <c r="F640" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A641" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C641" s="1" t="s">
         <v>2428</v>
       </c>
-      <c r="D637" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A638" s="1" t="s">
+      <c r="D641" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E641" s="3" t="s">
+        <v>2457</v>
+      </c>
+      <c r="F641" s="3" t="s">
         <v>2430</v>
       </c>
-      <c r="B638" s="1" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="G641" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A642" s="1" t="s">
-        <v>2446</v>
+        <v>2458</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2447</v>
+        <v>2459</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2448</v>
+        <v>2460</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>2449</v>
+        <v>2461</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>213</v>
+        <v>2430</v>
       </c>
       <c r="G642" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A643" s="1" t="s">
-        <v>2450</v>
+        <v>2462</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2451</v>
+        <v>2463</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2452</v>
+        <v>2464</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2453</v>
+        <v>2465</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G643" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A644" s="1" t="s">
-        <v>2454</v>
+        <v>2466</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2455</v>
+        <v>2467</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2456</v>
+        <v>2468</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2457</v>
+        <v>2469</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
-        <v>2458</v>
+        <v>2470</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2459</v>
+        <v>2471</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2460</v>
+        <v>2472</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2461</v>
+        <v>2473</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>2462</v>
+        <v>215</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2466</v>
+        <v>2477</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>2462</v>
+        <v>2430</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2467</v>
+        <v>2478</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2468</v>
+        <v>2479</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2469</v>
+        <v>2480</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2470</v>
+        <v>2481</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
-        <v>2472</v>
+        <v>2482</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2473</v>
+        <v>2483</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2474</v>
+        <v>2484</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2475</v>
+        <v>2485</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2476</v>
+        <v>2486</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2477</v>
+        <v>2487</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2478</v>
+        <v>2488</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2479</v>
+        <v>2489</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2480</v>
+        <v>2490</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2481</v>
+        <v>2491</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2482</v>
+        <v>2492</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2483</v>
+        <v>2493</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G650" s="3" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2484</v>
+        <v>2494</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2485</v>
+        <v>2495</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>2486</v>
+        <v>2496</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>2487</v>
+        <v>2497</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
-        <v>2488</v>
+        <v>2498</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2489</v>
+        <v>2499</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>2490</v>
+        <v>2500</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>2491</v>
+        <v>2501</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G652" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
-        <v>2492</v>
+        <v>2502</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2493</v>
+        <v>2503</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2494</v>
+        <v>2504</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>2495</v>
+        <v>2505</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G653" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2496</v>
+        <v>2506</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2497</v>
+        <v>2507</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>2469</v>
+        <v>2508</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2498</v>
+        <v>2509</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2499</v>
+        <v>2510</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2500</v>
+        <v>2511</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2501</v>
+        <v>2512</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2502</v>
+        <v>2513</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>2471</v>
+        <v>2430</v>
       </c>
       <c r="G655" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2503</v>
+        <v>2514</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2504</v>
+        <v>2515</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2505</v>
+        <v>2516</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2506</v>
+        <v>2517</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>200</v>
+        <v>2430</v>
       </c>
       <c r="G656" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
-        <v>2507</v>
+        <v>2518</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2508</v>
+        <v>2519</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>200</v>
+        <v>2430</v>
       </c>
       <c r="G657" s="3" t="s">
-        <v>127</v>
+        <v>277</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A658" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E658" s="3" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F658" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G658" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A659" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C659" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E659" s="3" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F659" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G659" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A660" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B660" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C660" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E660" s="3" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F660" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G660" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A661" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B661" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C661" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E661" s="3" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F661" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G661" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A662" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C662" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E662" s="3" t="s">
+        <v>2541</v>
+      </c>
+      <c r="F662" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G662" s="3" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">