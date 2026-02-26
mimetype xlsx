--- v0 (2026-01-11)
+++ v1 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="685">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="682">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -80,161 +80,128 @@
   <si>
     <t>Крепированная бумага применяется для изготовления поделок и аппликаций, декорирования подарочной упаковки, изготовления карнавальных костюмов и декораций. Размер: 200х50 см.</t>
   </si>
   <si>
     <t>Крепированная бумага</t>
   </si>
   <si>
     <t>348999</t>
   </si>
   <si>
     <t>&lt;a href="/brands/koh-i-noor/"&gt;Koh-I-Noor&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/245/32ohb3xpcahrmvuwceclya30bwcg98j5.jpg</t>
   </si>
   <si>
     <t>Бумага цветная крепированная 50х200 см KOH-I-NOOR розовая  9755003001PM</t>
   </si>
   <si>
     <t>349000</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3d5/a2niqr5aheip3bbtxf20osijfxobfjzt.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/956/r5vtwsb20botb40ok3h7m7c1gc0hnrjo.jpg</t>
   </si>
   <si>
     <t>Бумага цветная крепированная 50х200 см KOH-I-NOOR белая  9755001001PM</t>
   </si>
   <si>
     <t>349006</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e83/qht33nr8yiobl63ltwfwy7iz4riw9kse.jpg</t>
-[...8 lines deleted...]
-    <t>390757</t>
+    <t>http://anytos.ru//upload/iblock/8ce/psup18oa3wymsa2jae8i5zb6dy2igena.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага крепированная плотная, ассорти 10 цветов, растяжение до 45 , 32 г м2, BRAUBERG, 50х250 см, 127151</t>
+  </si>
+  <si>
+    <t>Поделочная крепированная бумага BRAUBERG применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. Крепированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника, оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.Благодаря своей высокой плотности 32 г/м2 и удлинению при натяжении на 45&amp;#37;, крепированная бумага позволяет создавать объемные композиции, которые надолго сохранят задуманную форму. Размер рулона — 50&amp;#215;250 см. Продается в картонном дисплее ассорти - в упаковке 200 рулонов бумаги 10 разных цветов. Это позволяет экономить время при изготовлении большого количества различных поделок - купив один раз большой набор ассорти, его хватит надолго и каждая поделка будет уникальной. Также такая упаковка удобна для продажи в розницу.</t>
+  </si>
+  <si>
+    <t>390770</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/3ztpt0ydabwg2jflw91xiht0w20htfq2.jpg</t>
+  </si>
+  <si>
+    <t>Цветная бумага крепированная плотная, растяжение до 45 , 32 г м2, BRAUBERG, рулон, белая, 50х250 см, 126528</t>
+  </si>
+  <si>
+    <t>Крепированная бумага BRAUBERG применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, праздничного оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. &amp;quot;Благодаря своей высокой плотности 32 г/м2 и удлинению при натяжении на 45&amp;#37; крепированная бумага позволяет создавать объемные композиции, которые надолго сохранят задуманную форму. Размер рулона — 50х250 см, цвет - белый.Крепированная бумага BRAUBERG открывает широкие горизонты для творчества детей и взрослых. Она сделает творческий процесс еще более увлекательным, а также вдохновит на создание необычных поделок, которые способны стать оригинальным дополнением в дизайне интерьера.</t>
+  </si>
+  <si>
+    <t>390771</t>
+  </si>
+  <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ce/psup18oa3wymsa2jae8i5zb6dy2igena.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/24c/12vy6mzsbxny08vybi3vpzvcli3b8ji8.jpg</t>
   </si>
   <si>
     <t>Цветная бумага крепированная плотная, растяжение до 45 , 32 г м2, BRAUBERG, рулон, голубая, 50х250 см, 126534</t>
   </si>
   <si>
     <t>Крепированная бумага BRAUBERG применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, праздничного оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. Благодаря своей высокой плотности 32 г/м2 и удлинению при натяжении на 45&amp;#37; крепированная бумага позволяет создавать объемные композиции, которые надолго сохранят задуманную форму. Размер рулона — 50х250 см, цвет - голубой.Крепированная бумага BRAUBERG открывает широкие горизонты для творчества детей и взрослых. Она сделает творческий процесс еще более увлекательным, а также вдохновит на создание необычных поделок, которые способны стать оригинальным дополнением в дизайне интерьера.</t>
   </si>
   <si>
     <t>390772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/081/p52ig4vhfwd2gc0rjn9pqjf17z7rpbme.jpg</t>
   </si>
   <si>
     <t>Цветная бумага крепированная плотная, растяжение до 45 , 32 г м2, BRAUBERG, рулон, желтая, 50х250 см, 126529</t>
   </si>
   <si>
     <t>Крепированная бумага применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Плотная крепированная бумага BRAUBERG достаточно прочная, хорошо крепится и прекрасно держит форму. Крепированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника, оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>390773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/627/fe9nedqdam5qkxdrcsmlt5ixoq3uzvff.jpg</t>
   </si>
   <si>
     <t>Цветная бумага крепированная плотная, растяжение до 45 , 32 г м2, BRAUBERG, рулон, красная, 50х250 см, 126531</t>
   </si>
   <si>
     <t>Крепированная бумага BRAUBERG применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, праздничного оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. Благодаря своей высокой плотности 32 г/м2 и удлинению при натяжении на 45&amp;#37; крепированная бумага позволяет создавать объемные композиции, которые надолго сохранят задуманную форму. Размер рулона — 50х250 см, цвет - красный.Крепированная бумага BRAUBERG открывает широкие горизонты для творчества детей и взрослых. Она сделает творческий процесс еще более увлекательным, а также вдохновит на создание необычных поделок, которые способны стать оригинальным дополнением в дизайне интерьера.</t>
   </si>
   <si>
     <t>390774</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62f/gbevpgnn6c3l1t3c0kc0ak2oca82ng0q.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/67b/brnlu35l0qzinuuhgo3pu0qhb3p39xks.jpg</t>
   </si>
   <si>
     <t>Цветная бумага крепированная плотная, растяжение до 45 , 32 г м2, BRAUBERG, рулон, розовая, 50х250 см, 126532</t>
   </si>
   <si>
     <t>Крепированная бумага BRAUBERG применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, праздничного оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. Благодаря своей высокой плотности 32 г/м2 и удлинению при натяжении на 45&amp;#37; крепированная бумага позволяет создавать объемные композиции, которые надолго сохранят задуманную форму. Размер рулона — 50х250 см, цвет - розовый.Крепированная бумага BRAUBERG открывает широкие горизонты для творчества детей и взрослых. Она сделает творческий процесс еще более увлекательным, а также вдохновит на создание необычных поделок, которые способны стать оригинальным дополнением в дизайне интерьера.</t>
   </si>
   <si>
     <t>390776</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f52/dn3lepvvc5z5wubuj6d8ja0lv9owkmx6.jpg</t>
   </si>
   <si>
     <t>Цветная бумага крепированная плотная, растяжение до 45 , 32 г м2, BRAUBERG, рулон, синяя, 50х250 см, 126535</t>
   </si>
   <si>
     <t>Крепированная бумага BRAUBERG применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, праздничного оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. Благодаря своей высокой плотности 32 г/м2 и удлинению при натяжении на 45&amp;#37; крепированная бумага позволяет создавать объемные композиции, которые надолго сохранят задуманную форму. Размер рулона — 50х250 см, цвет - синий.Крепированная бумага BRAUBERG открывает широкие горизонты для творчества детей и взрослых. Она сделает творческий процесс еще более увлекательным, а также вдохновит на создание необычных поделок, которые способны стать оригинальным дополнением в дизайне интерьера.</t>
   </si>
   <si>
     <t>390778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33d/1639c7j6ttjf2au4g5l5eeuvs0m7uwyx.jpg</t>
@@ -266,86 +233,74 @@
   <si>
     <t>Цветная бумага крепированная,  quot;горошек quot;, растяжение до 25 , 22 г м2, BRAUBERG, европодвес, 50х200 см, 127938</t>
   </si>
   <si>
     <t>Поделочная крепированная бумага применяется для декорирования подарочной упаковки, оформления букетов, изготовления поделок и аппликаций, праздничного оформления залов, изготовления карнавальных костюмов и декораций для детских и корпоративных праздников. Цвет: ассорти. Наличие узора: да. Количество цветов: 1. Ширина: 50 см. Длина: 200 см. Плотность: 22 г/м2. Удлинение при натяжении: 25 &amp;#37;. Упаковка: пакет с европодвесом&amp;nbsp;&amp;nbsp;Бренд - BRAUBERG.&amp;nbsp;&amp;nbsp;Производитель - Китай.&amp;nbsp;&amp;nbsp;Артикул - 127938.&amp;nbsp;&amp;nbsp;Штрихкод - 4606224141930</t>
   </si>
   <si>
     <t>390785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd1/1y1zro12fc4x7yfe3zacqrtleim17luu.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная для творчества и флористики, 110 г м2, желтая, 50х250 см, ОСТРОВ СОКРОВИЩ, 129146</t>
   </si>
   <si>
     <t>Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Плотная крепированная бумага ОСТРОВ СОКРОВИЩ достаточно прочная, она прекрасно держит форму. Крепированная &amp;#40;гофрированная&amp;#41; бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 110 г/м2, удлинение при натяжении – 150&amp;#37;. Цвет - Желтый.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания» и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>424540</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5b/tm0uzbl97o685vmdbr1d2689zmugu1tl.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72a/qtur3ueelspeb647qjv4jg5r087nv7ov.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная для творчества и флористики, 110 г м2, зеленая, 50х250 см, ОСТРОВ СОКРОВИЩ, 129151</t>
   </si>
   <si>
     <t>Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Плотная крепированная бумага ОСТРОВ СОКРОВИЩ достаточно прочная, она прекрасно держит форму. Крепированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 110 г/м2, удлинение при натяжении – 150&amp;#37;. Цвет - Зеленый.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>424544</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d1b/3slmgpljdwq6n9ufje1p6i6ci2cdkrjh.jpg</t>
+  </si>
+  <si>
+    <t>Бумага крепированная для творчества и флористики, 110 г м2, синяя, 50х250 см, ОСТРОВ СОКРОВИЩ, 129152</t>
+  </si>
+  <si>
+    <t>Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Плотная крепированная бумага ОСТРОВ СОКРОВИЩ достаточно прочная, она прекрасно держит форму. Крепированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 110 г/м2, удлинение при натяжении – 150&amp;#37;. Цвет - Синий.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
+  </si>
+  <si>
+    <t>424545</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f92/40g3zbj0bnutidk6cshninm3wg5ye8j8.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная для творчества и флористики, 110 г м2, белая, 50х250 см, ОСТРОВ СОКРОВИЩ, 129153</t>
   </si>
   <si>
     <t>Применяется для оформления букетов, подарочной упаковки, изготовления поделок, карнавальных костюмов и праздничного оформления залов. Плотная крепированная бумага ОСТРОВ СОКРОВИЩ достаточно прочная, она прекрасно держит форму. Крепированная бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги 50х250 см, плотность – 110 г/м2, удлинение при натяжении – 150&amp;#37;. Цвет - Белый.Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из крепированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия.</t>
   </si>
   <si>
     <t>424546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/075/enrty5jw967nmswiyyjwq130hw15thvw.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная флористическая ArtSpace, 50 250см, 110г м2, светло-желтая, в пакете</t>
   </si>
   <si>
     <t>Флористическая гофрированная бумага плотностью 110г/м2 хорошо растягиваться без надрывов, сохраняя необходимую форму. Благодаря этому свойству и пластичности, материал используют в изготовлении искусственных цветов и в технике свит-дизайн. Флористическая линейка используется в создании тематических украшений праздников или фотозон. Из нее делают подвесные цветочные шары, гирлянды, карнавальные костюмы, объемные цифры или буквы. Флористы используют гофрированную бумагу для создания упаковки ручных букетов. Она легко принимает желаемую форму края и украшает этим композицию из живых цветов.</t>
   </si>
   <si>
     <t>712863</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
@@ -1658,62 +1613,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c62/a32s4larbc4fvvrsmu0sznphsn51gotf.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная ТРИ СОВЫ, 50 250см, 32г м2, небесно-голубая,в рулоне, пакет с европодвесом</t>
   </si>
   <si>
     <t>«ТРИ СОВЫ» – время с пользой! Крепированная бумага в рулоне «ТРИ СОВЫ» – отличный выбор для творчества. Полотно небесно-голубого цвета шириной 50 см и плотностью 32 г/м2 имеет длину 2,5 метра и упаковано в прозрачный пакет с европодвесом. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: небесно-голубой.</t>
   </si>
   <si>
     <t>884192</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36c/6b5nuw5h5qnngfn5mt39g3kvo8d21ein.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная ТРИ СОВЫ, 50 250см, 32г м2, оранжевая, в рулоне, пакет с европодвесом</t>
   </si>
   <si>
     <t>«ТРИ СОВЫ» – время с пользой! Крепированная бумага в рулоне «ТРИ СОВЫ» – отличный выбор для творчества. Полотно оранжевого цвета шириной 50 см и плотностью 32 г/м2 имеет длину 2,5 метра и упаковано в прозрачный пакет с европодвесом. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: оранжевый.</t>
   </si>
   <si>
     <t>884193</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7dc/2cm4uo4kehcqi9o3si3ot7bniqro7wgi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed9/pnvlhedfm96429kiqi52tx58q2umlfbq.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная ТРИ СОВЫ, 50 250см, 32г м2, розовая, в рулоне, пакет с европодвесом</t>
   </si>
   <si>
     <t>«ТРИ СОВЫ» – время с пользой! Крепированная бумага в рулоне «ТРИ СОВЫ» – отличный выбор для творчества. Полотно розового цвета шириной 50 см и плотностью 32 г/м2 имеет длину 2,5 метра и упаковано в прозрачный пакет с европодвесом. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: розовый.</t>
   </si>
   <si>
     <t>884195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a6/khyteacfnhl3yeuc6ma85kjfywhkc31u.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная ТРИ СОВЫ, 50 250см, 32г м2, светло-сиреневая, в рулоне, пакет с европодвесом</t>
   </si>
   <si>
     <t>«ТРИ СОВЫ» – время с пользой! Крепированная бумага в рулоне «ТРИ СОВЫ» – отличный выбор для творчества. Полотно светло-сиреневого цвета шириной 50 см и плотностью 32 г/м2 имеет длину 2,5 метра и упаковано в прозрачный пакет с европодвесом. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: светло-сиреневый.</t>
   </si>
   <si>
     <t>884197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1d/5v12pv7mx2x30pkgxy5kg1hjnzj04vv9.jpg</t>
@@ -1778,50 +1721,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dc6/xgg16p98w29wxpdxhkctdehltey4rzg4.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная ТРИ СОВЫ, 50 250см, 32г м2, фиолетовая, в рулоне, пакет с европодвесом</t>
   </si>
   <si>
     <t>«ТРИ СОВЫ» – время с пользой! Крепированная бумага в рулоне «ТРИ СОВЫ» – отличный выбор для творчества. Полотно фиолетового цвета шириной 50 см и плотностью 32 г/м2 имеет длину 2,5 метра и упаковано в прозрачный пакет с европодвесом. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: фиолетовый.</t>
   </si>
   <si>
     <t>884204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6c/01dfoyj7wu9onxdgqwjfca9a0wh1cpq5.jpg</t>
   </si>
   <si>
     <t>Бумага крепированная ТРИ СОВЫ, 50 250см, 32г м2, шампань, в рулоне, пакет с европодвесом</t>
   </si>
   <si>
     <t>«ТРИ СОВЫ» – время с пользой! Крепированная бумага в рулоне «ТРИ СОВЫ» – отличный выбор для творчества. Полотно цвета шампань шириной 50 см и плотностью 32 г/м2 имеет длину 2,5 метра и упаковано в прозрачный пакет с европодвесом. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: шампань.</t>
   </si>
   <si>
     <t>884205</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/286/uvbxq8qci3lrgmf0naqe2yxnebglb7du.jpg</t>
+  </si>
+  <si>
+    <t>Набор крепированной бумаги ТРИ СОВЫ, 50 250см, 32г м2, 5шт, ассорти, в рулонах</t>
+  </si>
+  <si>
+    <t>«ТРИ СОВЫ» – время с пользой! Набор крепированной бумаги «ТРИ СОВЫ» – отличный выбор для творчества. В набор входит пять рулонов разных цветов. Каждый из них длиной 2,5 метра, шириной 50 см и плотностью 32 г/м2. Бумага тонкая, с мелким гофром и растяжением 60&amp;#37;. Товар отличается высоким качеством и не оставляет следов краски. Набор упакован в пакет с европодвесом. Крепированная бумага «ТРИ СОВЫ» отлично подойдет не только для упаковки букетов и подарков, но и для создания праздничных украшений и поделок. • Плотность: 32 г/м2; • Размер: 50*250 см; • Цвет: ассорти.</t>
+  </si>
+  <si>
+    <t>884207</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/195/0f1blyrut1dg5m345ezeo8405w75tw7q.jpg</t>
   </si>
   <si>
     <t>Набор крепированной флористической бумаги Мульти-Пульти, А4, 110г м2, 12л., 12цв., ассорти, в папке,  quot;Енот в сказке quot;</t>
   </si>
   <si>
     <t>Бумага с крепированной поверхностью «Мульти-Пульти» серии «Енот в сказке» – это замечательный материал для творчества не только детей, но и взрослых. Товар представлен в наборе из 12 листов формата А4 разных цветов в папке с замком для удобного хранения и европодвесом. Бумага плотностью 110 г/кв. м имеет размер 20*28,5 см и растяжение до 140&amp;#37;. Более плотная фактура бумаги и большая способность к растяжению позволяет создавать объемные яркие поделки: цветы, платья для кукол и вызывает у детей большой интерес к творческому процессу. Разрезая, сгибая, склеивая изделие, ребенок производит действия, положительно влияющие на моторику рук. Работа с этим материалом помогает развить и творческие качества малыша: чувство цвета, формы, композиции. • Размер: А4 &amp;#40;20*28,5 см&amp;#41;; • Плотность блока: 110 г/кв. м.; • Растяжение: 140&amp;#37;; • Цвет: ассорти.</t>
   </si>
   <si>
     <t>884208</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dae/56kycw61x3lvzulcytrx6nrebx3ezf31.jpeg</t>
   </si>
   <si>
     <t>БУМАГА КРЕПОВАЯ В РУЛОНЕ  quot;МЕТАЛЛИЗИРОВАННАЯ quot;, ЗОЛОТО</t>
   </si>
   <si>
     <t>БУМАГА КРЕПОВАЯ В РУЛОНЕ &amp;quot;МЕТАЛЛИЗИРОВАННАЯ&amp;quot;, ЗОЛОТО</t>
@@ -2021,96 +1976,132 @@
   <si>
     <t>БУМАГА КРЕПОВАЯ В РУЛОНЕ, ФИОЛЕТОВАЯ</t>
   </si>
   <si>
     <t>908435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/162/b51axg4lufa7sbncsp8r3a60cmj5iyx5.jpeg</t>
   </si>
   <si>
     <t>БУМАГА КРЕПОВАЯ В РУЛОНЕ, ФУКСИЯ</t>
   </si>
   <si>
     <t>908436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/552/oq9e02kde3n0gjge8gidy5cpyhg5in5i.jpeg</t>
   </si>
   <si>
     <t>БУМАГА КРЕПОВАЯ В РУЛОНЕ, ЯРКО-ЗЕЛЕНАЯ</t>
   </si>
   <si>
     <t>908437</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bed/ppuy2ven8er1vx4hwhpy7fqnn921meij.jpg</t>
+  </si>
+  <si>
+    <t>Бумага гофрированная креповая, 32 г м2, 50х250 см, 10 рулонов, пастель, BRAUBERG, 112557</t>
+  </si>
+  <si>
+    <t>Гофрированная &amp;#40;креповая&amp;#41; бумага BRAUBERG применяется для оформления букетов, подарочной упаковки, изготовления поделок и праздничного оформления залов. Гофрированная &amp;#40;креповая&amp;#41; бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги - 50х250 см, плотность – 32 г/м2, удлинение при натяжении – 45&amp;#37;. Цвет - Ассорти пастельных цветов. Бумага BRAUBERG достаточно прочная, хорошо крепится и прекрасно держит форму.Данная бумага уменьшенной плотности и толщины для более качественной пропитки клеем, что идеально подходит для аппликаций и поделок. Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия, а набор из разных цветов сможет вдохновить Вас на новые идеи. Одного набора из 10-ти разных цветов хватит для изготовления большого количества различных поделок, каждая из которых будет уникальной.</t>
+  </si>
+  <si>
+    <t>939418</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/209/ar3gml6ai7lkuwhlcs79anjwp61nhp82.jpg</t>
+  </si>
+  <si>
+    <t>Бумага гофрированная креповая, 32 г м2, 50х250 см, 10 рулонов, яркие цвета, BRAUBERG, 112556</t>
+  </si>
+  <si>
+    <t>Гофрированная &amp;#40;креповая&amp;#41; бумага BRAUBERG применяется для оформления букетов, подарочной упаковки, изготовления поделок и праздничного оформления залов. Гофрированная &amp;#40;креповая&amp;#41; бумага представляет собой бумажную продукцию с неровной, складчатой поверхностью. Размер бумаги - 50х250 см, плотность – 32 г/м2, удлинение при натяжении – 45&amp;#37;. Цвет - Ассорти ярких цветов. В наборе: белый, желтый, оранжевый, красный, розовый, фиолетовый, голубой, синий, светло-зеленый, травяной.Бумага BRAUBERG достаточно прочная, хорошо крепится и прекрасно держит форму.Данная бумага уменьшенной плотности и толщины для более качественной пропитки клеем, что идеально подходит для аппликаций и поделок. Используется в основном для творчества, хенд-мейда, во флористике, свит-дизайне &amp;#40;изготовление букетов из конфет&amp;#41;, скрапбукинге &amp;#40;техника оформления блокнотов, альбомов, коллажей и пр.&amp;#41;, квиллинге, декупаже, при изготовлении декоративных деревьев, топиарий в технике «торцевания», и т. п.Из гофрированной бумаги делают бумажные цветы, объемные шары и другие 3D-изделия. С помощью таких элементов можно украсить квартиру, зал для утренника или выпускного, офис для корпоратива, кафе для проведения торжественного мероприятия, а набор из разных цветов сможет вдохновить Вас на новые идеи. Одного набора из 10-ти разных цветов хватит для изготовления большого количества различных поделок, каждая из которых будет уникальной.</t>
+  </si>
+  <si>
+    <t>939419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d74/00so3h395q0h4mfy2ztput8s2v0l9hy8.jpg</t>
+  </si>
+  <si>
+    <t>Набор креповой бумаги в рулоне 2000х500 9755, 10цв  трад  9755037002PM</t>
+  </si>
+  <si>
+    <t>Набор креповой бумаги в рулоне 2000х500 9755, 10цв &amp;#40;трад&amp;#41; 9755037002PM</t>
+  </si>
+  <si>
+    <t>950825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7b/khdzkmw8pr23zd6p4871jtl7yczp5ax0.jpg</t>
+  </si>
+  <si>
+    <t>Бумага креповая KOH-I-NOOR, 50х200 см, 10 рулонов, классические цвета, 9755, 9755037002PM</t>
+  </si>
+  <si>
+    <t>Бумага крепированная KOH-I-NOOR в рулоне, размер листа 2000х500 мм. Предназначена для поделочных работ и изготовления подарочной упаковки. Плотность – 32 г/м2. Степень крепирования – 30-40&amp;#37;. Целлюлоза 100&amp;#37;. В наборе 10 рулонов традиционных цветов: красная, белая, оранжевая, желтая, зеленая, синяя, малиновая, фиолетовая, коричневая, черная. Бумага упакована в прозрачный пакет, размер упаковки – 505х175х45 мм.</t>
+  </si>
+  <si>
+    <t>998527</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c6e/532nr6s88u34leer84cvyo6u84a66vmv.jpg</t>
   </si>
   <si>
     <t>Набор крепированной бумаги ТРИ СОВЫ, 50 250см, 110г м2, 10шт, интенсив, в рулонах</t>
   </si>
   <si>
     <t>Набор крепированной бумаги ТРИ СОВЫ, 50*250см, 110г/м2, 10шт, интенсив, в рулонах</t>
   </si>
   <si>
     <t>1001546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0aa/7jnfq4llpnxqd1ieripxa9i6jikvs39t.jpg</t>
   </si>
   <si>
     <t>Набор крепированной бумаги ТРИ СОВЫ, 50 250см, 110г м2, 10шт, пастель, в рулонах</t>
   </si>
   <si>
     <t>Набор крепированной бумаги ТРИ СОВЫ, 50*250см, 110г/м2, 10шт, пастель, в рулонах</t>
   </si>
   <si>
     <t>1001547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10a/ky1woifvuo12fb797z6ys4lqfgs57vzx.jpg</t>
   </si>
   <si>
     <t>Бумага цветная, крепирированная Koh-I-Noor 9755 2000х500 серебряная рулон</t>
   </si>
   <si>
     <t>1007032</t>
-  </si>
-[...13 lines deleted...]
-    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2437,57 +2428,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M180"/>
+  <dimension ref="A1:M179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G180" sqref="G180"/>
+      <selection pane="bottomRight" activeCell="G179" sqref="G179"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2577,3951 +2568,3928 @@
       </c>
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G18" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="G22" s="3" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>116</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>136</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>137</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>187</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>201</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>202</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>227</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>228</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>254</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B74" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F74" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F75" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F81" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>308</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>309</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G111" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G112" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G113" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G114" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>447</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>18</v>
+        <v>452</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="F119" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...12 lines deleted...]
-        <v>18</v>
+      <c r="G119" s="3" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>18</v>
+        <v>452</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>18</v>
+        <v>452</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>467</v>
+        <v>577</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>33</v>
+        <v>578</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>609</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>610</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C158" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>612</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B159" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>615</v>
-      </c>
-[...7 lines deleted...]
-        <v>617</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>618</v>
-      </c>
-[...10 lines deleted...]
-        <v>621</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>626</v>
+        <v>271</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>626</v>
+        <v>271</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>286</v>
+        <v>634</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>286</v>
+        <v>634</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G173" s="3" t="s">
         <v>658</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>662</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>18</v>
+        <v>29</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>658</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>663</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F175" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G175" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>658</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>18</v>
-[...21 lines deleted...]
-      <c r="G180" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>